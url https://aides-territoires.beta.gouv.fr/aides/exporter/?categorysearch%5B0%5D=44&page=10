--- v0 (2025-10-02)
+++ v1 (2025-11-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA249"/>
+  <dimension ref="A1:AA238"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -3051,55 +3051,50 @@
  &lt;/li&gt;
  &lt;li&gt;
   développer des partenariats locaux dans une logique collaborative, proposer une gouvernance locale,
  &lt;/li&gt;
  &lt;li&gt;
   présenter un caractère réaliste tant dans le montage technique que financier (cofinancements publics et/ou privés obligatoires)
  &lt;/li&gt;
  &lt;li&gt;
   structurer à terme un modèle de fonctionnement pérenne (volet IT seulement).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
       <c r="V15" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W15" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/ge-initiatives-territoriales/</t>
         </is>
       </c>
       <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  initiatives.territoriales&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>ddt-stpp@marne.gouv.fr</t>
         </is>
       </c>
       <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c1e-grand-est-initiatives-territoriales/</t>
         </is>
       </c>
       <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -5533,55 +5528,50 @@
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Charente-Maritime, Deux-Sèvres</t>
         </is>
       </c>
       <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.soluris.fr/</t>
         </is>
       </c>
-      <c r="W28" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;soluris.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>b.lienard@soluris.fr</t>
         </is>
       </c>
       <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d3c2-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
       <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:27" customHeight="0">
       <c r="A29" s="1">
@@ -5813,55 +5803,50 @@
 &lt;/p&gt;
 &lt;p&gt;
   identifiée par un prescripteur labellisé FTS, et après réception du Courrier Prescripteur étayé des arguments ayant conduit à la sélection du projet (caractère innovant à forte intensité technologique de la startup, qualité de la protection de la technologie et de sa liberté d&amp;#039;exploitation, qualité de l&amp;#039;équipe dirigeante, autres points forts du projet, ...) ;
 &lt;/p&gt;
 &lt;p&gt;
   être lauréate (éditions 2018 et suivantes) du Concours iLab ou du Concours National du PIA.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U30" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V30" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://lafrenchtech.com/fr/la-france-aide-les-startups/french-tech-seed/</t>
         </is>
       </c>
       <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après avoir rencontré physiquement un chargé d&amp;#039;affaires innovation de la
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Direction Régionale de Bpifrance
  &lt;/a&gt;
  de son siège social, la startup recevra un lien URL lui donnant accès à la plateforme BEL. Elle pourra y déposer les éléments nécessaires à l&amp;#039;instruction de sa demande.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z30" s="1" t="inlineStr">
         <is>
@@ -9106,55 +9091,50 @@
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U48" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.vivalab.fr/</t>
         </is>
       </c>
-      <c r="W48" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le
  &lt;a href="https://www.vivalab.fr/"&gt;
   formulaire de contact
  &lt;/a&gt;
  en bas de page mettra le porteur d&amp;#039;action en lien avec le bon interlocuteur régional au sein de la Carsat.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>magalie.raimbault@cnav.fr</t>
         </is>
       </c>
       <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a3b9-soutenir-linnovation-dans-le-champ-de-la-prev/</t>
         </is>
       </c>
       <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -9798,55 +9778,50 @@
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adhésion à AGATE et/ou conventionnement en fonction du type d&amp;#039;aide ou d&amp;#039;accompagnement
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Savoie</t>
         </is>
       </c>
       <c r="V52" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W52" s="1" t="inlineStr">
         <is>
           <t>https://agate-territoires.fr/domaines-dintervention/transition-numerique-geomatique-informatique/</t>
         </is>
       </c>
       <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  numerique&amp;#64;agate-territoires.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>edmond.wach@agate-territoires.fr</t>
         </is>
       </c>
       <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df1f-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
       <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -10090,240 +10065,138 @@
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-numeriques/</t>
         </is>
       </c>
       <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:27" customHeight="0">
       <c r="A55" s="1">
-        <v>89882</v>
+        <v>90723</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Renforcer les capacités d’enseignement à distance et l’offre de services numériques aux étudiants</t>
-[...4 lines deleted...]
-          <t>France Relance</t>
+          <t>Soutenir les initiatives incluant le développement de technologies, services ou produits numériques innovants - Prototypes numériques</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>Ministère de l'Enseignement supérieur et de la Recherche</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
-        <is>
-[...95 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I56" s="1" t="inlineStr">
+      <c r="I55" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J56" s="1" t="inlineStr">
+      <c r="J55" s="1" t="inlineStr">
         <is>
           <t>Dans la limite d’un plafond de 100 000 €</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Démontrer et expérimenter avec des utilisateurs la pertinence des applications, technologies, contenus, services ou usages numériques novateurs avant leur phase de déploiement ;
  &lt;/li&gt;
  &lt;li&gt;
   Susciter des opportunités de marchés pour les entreprises de la filière numérique régionale ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer de nouveaux services et usages répondant aux évolutions sociétales.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Entreprises
  &lt;/li&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Collectivités
  &lt;/li&gt;
  &lt;li&gt;
   Établissements publics
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les soumissionnaires doivent être localisés sur le territoire régional (ils doivent pouvoir justifier, à la date du dépôt du dossier, de l&amp;#039;existence d&amp;#039;un établissement en région).
 &lt;/p&gt;
 &lt;p&gt;
@@ -10377,172 +10250,172 @@
  &lt;/li&gt;
  &lt;li&gt;
   Coûts de marketing / communication
  &lt;/li&gt;
  &lt;li&gt;
   Coûts matériels pour la réalisation du prototype
  &lt;/li&gt;
  &lt;li&gt;
   Frais de personnels mobilisés sur le projet
  &lt;/li&gt;
  &lt;li&gt;
   au coût réel chargé pour les salariés (sur justifications des bulletins de salaires),
  &lt;/li&gt;
  &lt;li&gt;
   au coût valorisé pour les non-salariés (utilisation de la grille des salaires du Syntec numérique) et dans la limite de 30 % du coût total du projet.
  &lt;/li&gt;
  &lt;li&gt;
   Coûts des services de consultants ou prestataires, utilisés exclusivement pour le projet (études d&amp;#039;ingénierie technique, études juridiques, test d&amp;#039;usages, coûts de maquettage, etc.).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/prototypes-numeriques</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Jean-Paul Chiron
 Délégation numérique : 05 57 57 83 49
 &lt;/p&gt;
 &lt;p&gt;
  Myriam Drouet
 Délégation numérique : 05 57 57 74 08
 &lt;/p&gt;
 &lt;p&gt;
  Cyrille Harnay
 Délégation numérique : 05 57 57 86 09
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/217d-prototypes-numeriques/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-      <c r="A57" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>90733</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Financer des prestations d’études et de conseil (diagnostic, expertise, AMOA) permettant de définir une stratégie de transformation numérique et/ou de cybersécurité</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine
 Commission européenne</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J57" s="1" t="inlineStr">
+      <c r="J56" s="1" t="inlineStr">
         <is>
           <t>Plafonné à 30 000€</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif a pour but d&amp;#039;accompagner le financement des prestations d&amp;#039;études et de conseil (diagnostic, expertise, AMOA) permettant de définir votre stratégie de transformation numérique et/ou votre stratégie cybersécurité.
 &lt;/p&gt;
 &lt;strong&gt;
  Objectif
 &lt;/strong&gt;
 : A
 ccélérer l&amp;#039;appropriation des usages avancés du numérique des entreprises en les accompagnant grâce à des prestations de conseil spécialisé en vue de la future mise en oeuvre de projets numériques.</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  PME, ETI et associations ayant des activités lucratives avec un impact économique implantées en région Nouvelle-Aquitaine..
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent à des prestations externes : frais d&amp;#039;études et de conseil (diagnostic en vue de définir votre projet de transformation numérique et/ou de cybersécurité, AMOA...)
  &lt;br /&gt;
  Taux d&amp;#039;intervention jusqu&amp;#039;à 50%, plafonné à 30 000€
  &lt;br /&gt;
  Base réglementaire SA 40453 PME
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -10550,530 +10423,525 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La transformation numérique accompagne une transformation globale et continue qui nécessite d&amp;#039;agir sur 4 leviers :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le client : Mettre le client final au cœur de la stratégie de développement et de la valeur de l&amp;#039;offre de l&amp;#039;entreprise et le transformer en ressource active, personnalisation
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;organisation interne : Rendre son organisation plus agile, injecter de la transversalité et du mode projet, refondre ses dispositifs managériaux, mieux gérer ses stocks et ses flux
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;usage : passer du produit ou  du service à l&amp;#039;usage, proposer des offres globales incluant produit et services
  &lt;/li&gt;
  &lt;li&gt;
   Les partenaires : mieux associer ses partenaires pour créer plus de valeur, savoir se coordonner et s&amp;#039;interfacer avec ses partenaires
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans cette perspective, une attention particulière sera portée aux engagements de l&amp;#039;entreprise en matière de RSE. Il est attendu que la transformation numérique de l&amp;#039;entreprise tienne compte des enjeux de sobriété et de sécurité numériques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T57" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/conseil-en-strategie-numerique</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délégation numérique
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Si vous êtes une PME ou une ETI non-industrielle : transfonum&amp;#64;nouvelle-aquitaine.fr
  &lt;/li&gt;
  &lt;li&gt;
   Les PME et les ETI industrielles sont invitées à prendre directement contact avec nos services à l&amp;#039;adresse suivante : aides.eco&amp;#64;nouvelle-aquitaine.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c102-conseil-en-strategie-numerique/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
         <v>90796</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Accélérer l’émergence et la croissance des jeunes pousses innovantes (start-ups)</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Accélération Start-Up</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Prêt
 Avance récupérable</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La région Nouvelle-Aquitaine se donne pour ambition d&amp;#039;impulser de nouvelles actions permettant de passer à une phase d&amp;#039;accélération dans l&amp;#039;émergence et la croissance des jeunes pousses innovantes. L&amp;#039;enjeu est d&amp;#039;être en mesure d&amp;#039;accompagner les projets de start-up de la phase d&amp;#039;incubation à celle de déploiement, en passant par l&amp;#039;étape intermédiaire d&amp;#039;amorçage, puis à celle d&amp;#039;accélération.
 &lt;/p&gt;
 &lt;p&gt;
  Objectif : contribuer à financer les dépenses globales d&amp;#039;accélération d&amp;#039;un projet d&amp;#039;entreprise innovante.
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires :
  Les entreprises innovantes
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   implantées en Nouvelle-Aquitaine :
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   immatriculées depuis 5 ans au maximum qui ont pour objectif de développer un produit et/ou service basé sur une innovation technologique ou non technologique,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   dont le modèle d&amp;#039;affaires présente un risque et n&amp;#039;ayant pas encore distribué de bénéfices
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Montant :
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 Aide plafonnée à un montant maximum cumulé de 3 M€ (subvention, prêt, avance) sur la période globale d&amp;#039;éligibilité du bénéficiaire au régime d&amp;#039;aide (cf. base réglementaire).
 &lt;br /&gt;
 Dans la limite des taux maximum autorisés, le niveau de l&amp;#039;aide accordée est fonction des critères de sélection
 &lt;br /&gt;
 Aide sous forme de subvention, prêt ou avance
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dépenses éligibles
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide est non affectée à une assiette de dépenses strictement définie. Elle contribue à financer les besoins globaux de l&amp;#039;entreprise, y compris l&amp;#039;accroissement du besoin en fonds de roulement.
 &lt;/p&gt;
 &lt;p&gt;
  Critères de sélection :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   besoins réels de l&amp;#039;entreprise,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   degré d&amp;#039;innovation,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;équipe,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   montant des fonds propres mobilisés,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   lien avec les filières stratégiques régionales,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   perspectives de retombées économiques sur le territoire régional,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   co-financements mobilisés...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/acceleration-start</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 &lt;/p&gt;
 &lt;p&gt;
  Service start-up
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Le remplir et le renvoyer le dossier (
  &lt;a href="https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/acceleration-start" rel="noopener" target="_blank"&gt;
   à télécharger ici
  &lt;/a&gt;
  )par mail à l&amp;#039;adresse suivante :
  &lt;a href="mailto:startup-region&amp;#64;nouvelle-aquitaine.fr" rel="noopener" target="_blank"&gt;
   startup-region&amp;#64;nouvelle-aquitaine.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Important : si la société est déjà créée, merci de joindre à votre demande :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un extrait Kbis,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   la dernière liasse comptable et fiscale si vous avez déjà clôturé un exercice,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   et si disponibles et à jour : une présentation du projet / un business plan / un communiqué de presse / le prévisionnel financier détaillé.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2f62-acceleration-start-up/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>90836</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Maintenir et adapter aux nouvelles technologies du matériel et équipement culturel.</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I59" s="1" t="inlineStr">
+      <c r="I58" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif vise le maintien mais aussi l&amp;#039;adaptation aux nouvelles technologies du matériel et équipement culturel.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   participer au maintien d&amp;#039;une activité artistique et culturelle,
  &lt;/li&gt;
  &lt;li&gt;
   préserver la vitalité du réseau d&amp;#039;équipements existants,
  &lt;/li&gt;
  &lt;li&gt;
   aider ces équipements à s&amp;#039;adapter aux nouvelles technologies et aux enjeux de la création contemporaine
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions nécessaires à remplir :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   structure professionnelle reconnue et déjà soutenue pour son projet artistique et culturel
  &lt;/li&gt;
  &lt;li&gt;
   La structure ne devra pas avoir fait de demande similaire dans les 5 années précédentes ladite demande.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   équipements en lien avec le projet artistique et culturel : équipements scéniques, matériel son, audiovisuel et lumière...
  &lt;/li&gt;
  &lt;li&gt;
   Sont exclus les achats de matériel informatique, d&amp;#039;instruments, de mobilier et de véhicules.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/achat-de-materiel-re-equipement-culturel</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>Direction de la Culture et du Patrimoine
 Service Aménagement culturel du territoire
 &lt;br /&gt;
 05 55 45 54 44 / 05 55 45 18 56</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d34a-achat-de-materiel-re-equipement-culturel/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
         <v>90883</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Favoriser le développement de logiciels libres limitant leur impact environnemental et social</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En application de l&amp;#039;action 9 de la feuille de route &amp;#34;numérique responsable&amp;#34;, la Région Nouvelle-Aquitaine souhaite favoriser le développement de logiciels libres limitant leur impact environnemental et social. Elle souhaite aussi libérer le patrimoine de logiciels libres existants dans la Région afin d&amp;#039;en faire bénéficier le plus grand nombre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;innovation par la création de nouveaux services basés sur les logiciels libres
  &lt;/li&gt;
  &lt;li&gt;
   Libérer le patrimoine logiciel existant
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Cet appel à projets est permanent.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Pour le premier objectif &amp;#34;Favoriser l&amp;#039;innovation par la création de nouveaux services basés sur les logiciels libres&amp;#34; :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les entreprises (sauf les autoentrepreneurs et les micro-entrepreneurs) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les associations et les fondations ;
@@ -11183,328 +11051,328 @@
   Pérennité technique et opérationnelle
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte de l&amp;#039;éco-conception (uniquement pour le premier objectif)
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte de la cybersécurité
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Il est recommandé de prendre contact avec le service en amont du dépôt de candidature. Nous vous invitons à le faire grâce au formulaire téléchargeable
   &lt;a href="https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/logiciels-libres-innovants" rel="noopener" target="_blank"&gt;
    sur cette page
   &lt;/a&gt;
   .
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/logiciels-libres-innovants</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délégation numérique
 Bordeaux : logiciel-libre&amp;#64;nouvelle-aquitaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8369-logiciels-libres-innovants/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-      <c r="A61" s="1">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>90901</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Aider au recrutement pour gérer la transformation numérique</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif permettra aux PME, aux ETI et aux associations avec une activité économique de recruter un(e) chef(fe) de projets transformation numérique. Ce(tte) dernier(ère) vous permettra d&amp;#039;assurer la mise en œuvre et le suivi du projet de transformation numérique au sein de l&amp;#039;entreprise.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Piloter la stratégie de transformation numérique au sein de l&amp;#039;entreprise
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Emploi
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;p&gt;
  PME, ETI ou association avec activité économique disposant d&amp;#039;une stratégie de transformation numérique clairement définie.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;
 &lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Recrutement en CDI d&amp;#039;un cadre qualifié en charge du projet de transformation numérique
  &lt;br /&gt;
  Prise en charge des 12 premiers mois du salaire brut charges sociales et patronales incluses
  &lt;br /&gt;
  Condition : création d&amp;#039;une fonction nouvelle dans l&amp;#039;entreprise et recrutement en CDI sur un statut de cadre ayant en charge la mise en œuvre de la stratégie de transformation numérique de l&amp;#039;entreprise. Cette fonction est de celle différente d&amp;#039;un DSI.
  &lt;br /&gt;
  Base réglementaire De Minimis
  &lt;br /&gt;
  Taux d&amp;#039;intervention jusqu&amp;#039;à 50% plafonné à 40 000 euros.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;
 &lt;strong&gt;
  Critères de sélection
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Si vous êtes une PME ou une ETI (hors industrie)
   &lt;/strong&gt;
   , vous pouvez télécharger le document de pré demande ci dessous et en le renvoyant dûment complété à l&amp;#039;adresse mail de contact indiquée dans la fiche.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les entreprises industrielles
   &lt;/strong&gt;
   sont invités à prendre directement contact avec nos services à l&amp;#039;adresse suivante :
   aides.eco&amp;#64;nouvelle-aquitaine.fr
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-recrutement-transformation-numerique</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>Délégation numérique
 14. rue francois de sourdis
 &lt;br /&gt;
 33000
                                                     Bordeaux</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c11f-aide-au-recrutement-transformation-numerique/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-      <c r="A62" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
         <v>90915</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Prototyper les innovations pour un numérique responsable</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H62" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre de la feuille de route régionale pour un Numérique Responsable 2020-2022, la Région Nouvelle-Aquitaine souhaite favoriser l&amp;#039;émergence de solutions numériques au bénéfice de la transition sociale et environnementale, en permettant le prototypage d&amp;#039;innovations numériques à impact positif.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Objectifs
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;émergence de solutions numériques à impact environnemental positif en soutenant le prototypage des technologies, services, produits et outils innovants, durables, et à fort potentiel, dédiés à la protection de l&amp;#039;environnement et à la transition environnementale ;
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;innovation numérique pouvant conduire à la création d&amp;#039;outils, de services ou de produits à impact social positif en matière notamment d&amp;#039;insertion professionnelle et d&amp;#039;employabilité, d&amp;#039;accès et de maintien dans l&amp;#039;emploi, d&amp;#039;inclusion, de médiation, d&amp;#039;éducation, de santé, de solidarité, d&amp;#039;accès au logement, de lutte contre les discriminations, de lutte contre la pauvreté ;
  &lt;/li&gt;
  &lt;li&gt;
   Aider la filière numérique à innover dans les technologies, les process de création ou encore les modèles économiques pour concevoir ses produits et services de façon moins impactante.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Biodiversité
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;p&gt;
  C&amp;#039;est un appel à projets permanent
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   Les entreprises (sauf les autoentrepreneurs et les micro-entrepreneurs) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les associations et les syndicats professionnels
  &lt;/li&gt;
  &lt;li&gt;
   Les collectivités et établissements publics
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -11555,164 +11423,164 @@
  Comment faire ma demande ?
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    Il est recommandé de prendre contact avec le service en amont du dépôt de candidature.
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    Télécharger et remplir le dossier de candidature, ainsi que le modèle de budget fourni ;
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    Préparer les pièces justificatives demandées dans le dossier de candidature ;Renvoyer le dossier par e-mail à :
    protoimpact&amp;#64;nouvelle-aquitaine.fr
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/proto-impact-prototyper-les-innovations-pour-un-numerique-responsable</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délégation numérique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d1bc-proto-impact-prototyper-les-innovations-pour-/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-      <c r="A63" s="1">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>90946</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Soutenir les entreprises touristiques dans leurs démarches de transformation numérique et l'expérimentation d'outils métiers</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      Cette aide soutient les entreprises touristiques dans leurs démarches de transformation numérique et l&amp;#039;expérimentation d&amp;#039;outils métiers.
     &lt;/p&gt;
     &lt;p&gt;
      &lt;/p&gt;&lt;ul&gt;
       &lt;li&gt;
        &lt;strong&gt;
         Objectifs
        &lt;/strong&gt;
        :
       &lt;/li&gt;
       &lt;li&gt;
        accompagner la transformation numérique de la filière touristique comme facteur de développement et d&amp;#039;attractivité des territoires
       &lt;/li&gt;
       &lt;li&gt;
        favoriser l&amp;#039;émergence et l&amp;#039;expérimentation de nouveaux outils métiers permettant aux acteurs institutionnels et professionnels du tourisme de la Nouvelle-Aquitaine d&amp;#039;améliorer la lisibilité/visibilité de leur destination et de répondre efficacement aux changements de comportements et d&amp;#039;usages des clientèles touristiques.
       &lt;/li&gt;
      &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrages publics et privés. Les SCI sont exclues du champ des aides.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   50% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 60 000 € HT
  &lt;/li&gt;
  &lt;li&gt;
   Montant minimum des dépenses : 8 000 €.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
@@ -11721,1096 +11589,1096 @@
    &lt;/strong&gt;
    : prestation de développement, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux outils, ...
    Expérimentation, d&amp;#039;intérêt régional,  de nouveaux outils métiers et/ou nouvelles compétences partagées :
    démarches collectives (acteurs institutionnels et professionnels du tourisme) ancrées sur le territoire de la Nouvelle-Aquitaine
    initiatives individuelles, pour les professionnels du tourisme, en vue d&amp;#039;un déploiement potentiel à la filière.
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
  : diagnostic, tests utilisateurs et expérimentation territoriale, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux nouveaux outils.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez prendre contact afin de connaître les démarches à effectuer.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/transformation-numerique</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Site de Limoges (départements 87-23-19)
 Direction du tourisme
 27, boulevard de la Corderie. CS 3116, 87031
                                                     Limoges Cedex 1
 05 55 45 00 30
  &lt;/li&gt;
  &lt;li&gt;
   Site de Poitiers (départements 79-86-17-16)
 Direction du tourisme
 15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
                                                     Poitiers
 05 16 01 40 55
  &lt;/li&gt;
  &lt;li&gt;
   Site de Bordeaux (départements 33-24-47-40-64)
 Direction du tourisme
 14, rue François de Sourdis CS 81383, 33077
                                                     Bordeaux cedex
 05 57 57 83 09.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6727-transformation-numerique/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>90950</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets de jeu vidéo portés par les entreprises</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      La région Nouvelle-Aquitaine se donne pour ambition d&amp;#039;accompagner le développement du jeu vidéo. L&amp;#039;enjeu est d&amp;#039;accompagner les projets de jeu vidéo portés par les entreprises du territoire afin d&amp;#039;étayer le financement de ces projets et de favoriser l&amp;#039;accompagnement du secteur du jeu vidéo sur le territoire en prenant en compte ses spécificités.
     &lt;/p&gt;
     &lt;p&gt;
      &lt;strong&gt;
       Objectifs
      &lt;/strong&gt;
      :
     &lt;/p&gt;
     &lt;p&gt;
      &lt;/p&gt;&lt;ul&gt;
       &lt;li&gt;
        Soutenir le développement de projet de jeux vidéo, soutenir l&amp;#039;innovation et la créativité.
       &lt;/li&gt;
      &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Cible prioritaire : Entreprises de toute taille, prioritairement sociétés de production, éditeurs, distributeurs, etc. de jeux vidéo implantés en région justifiant de la propriété des droits.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Subvention maximum de 50% des dépenses éligibles retenues. Aide plafonnée à 150.000 €.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/production-de-jeux-video</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Marie PERRONNET
 Délégation numérique
 14, Rue François de Sourdis, 33077
                                                     Bordeaux cedex
 05 45 94 37 86.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ac34-production-de-jeux-video/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-      <c r="A65" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
         <v>92101</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Gagner en efficacité opérationnelle grâce à la digitalisation de votre organisme</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Notre service digital de pré-remplissage automatique de vos données (text mining)</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires accompagne les organismes de logements sociaux dans leur digitalisation.
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre a pour objectif de faire gagner en efficacité les organismes en facilitant leurs démarches de prêt.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T64" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux/presentation-service-preremplissage-automatique-donnees-textmining?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_con</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
   https://www.banquedesterritoires.fr/directions-regionales
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
   Contactez-nous à travers notre formulaire de contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6f56-accelerer-la-digitalisation-de-votre-organism/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-      <c r="A66" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>92104</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Soutenir la relocalisation industrielle</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Financement pour l’aménagement et l’immobilier d’activité</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G66" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En tant qu&amp;#039;opérateur historique incontournable de l&amp;#039;aménagement et du développement local, la Banque des Territoires favorise la relocalisation de la production industrielle en France. Elle permet aux collectivités locales d&amp;#039;exploiter leurs sites et aux industriels d&amp;#039;accéder à des sites industriels « clés en main » pour implanter leur activité.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Plus concrètement, elle les accompagne à trouver un site industriel et à l&amp;#039;exploiter rapidement au travers d&amp;#039;une gamme d&amp;#039;offres complète et « à la carte » : ingénierie, investissements immobilier et serviciel, prêts ou encore consignations. Son offre est par ailleurs transversale, répondant aux besoins des industriels dans différents secteurs : immobilier et foncier, mobilité, numérique, transition énergétique et écologique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Accès aux services
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V66" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Industrie_relocalisation</t>
         </is>
       </c>
-      <c r="X66" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui contacter ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Si vous êtes une entreprise ou un investisseur international : contactez Business France
  &lt;/li&gt;
  &lt;li&gt;
   Les services de développement économique de votre région
  &lt;/li&gt;
  &lt;li&gt;
   Si vous êtes un industriel français : prenez contact avec la
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    direction régionale de la Banque des Territoires
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6ef-trouver-des-sites-cles-en-main-permettant-dac/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>92578</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Aider à la Structuration de Projets de Territoires (ASPT)</t>
         </is>
       </c>
-      <c r="C67" s="1" t="inlineStr">
+      <c r="C66" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I67" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 20</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider au démarrage, au diagnostic territorial ou à la définition d&amp;#039;une stratégie de développement, prenant en compte les études et coûts d&amp;#039;ingénierie externes liés à l&amp;#039;élaboration de projets de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1. Aide à la Structuration de projets de Territoires (ASPT)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département finance un pourcentage du montant HT des études et prestations d&amp;#039;ingénierie externes, selon le taux suivant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communautés d&amp;#039;Agglomération et communes situées dans le périmètre d&amp;#039;une Communauté d&amp;#039;Agglomération : 10 %
  &lt;/li&gt;
  &lt;li&gt;
   Communautés de Communes, Communes situées dans le périmètre d&amp;#039;une Communauté de Communes, Parcs Naturels Régionaux, Groupes d&amp;#039;Action Locale Établissements et associations représentatives couvrant une zone d&amp;#039;action territoriale significative : 20 %
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;assiette subventionnable est plafonnée à 100 000 € par projet.
 &lt;/p&gt;
 &lt;p&gt;
  Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2. Volet spécifique « Petites Villes de Demain » (PVD)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département finance un pourcentage du montant HT des études globales ou thématiques nécessaires à l&amp;#039;élaboration ou à la concrétisation d&amp;#039;un projet de revitalisation et de développement retenus dans le cadre du programme « Petites Villes de Demain ».
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;intervention du Département de Vaucluse est fixé à 10 % du montant HT des études.
 L&amp;#039;aide est plafonnée à 5 000 € par étude.
 &lt;/p&gt;
 &lt;p&gt;
  Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M67" s="1" t="inlineStr">
+      <c r="M66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Coûts d&amp;#039;études et d&amp;#039;ingénierie liés aux projets suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une charte
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une stratégie territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une étude liée à une approche innovante inscrite dans une démarche de transition écologique, climatique ou sociétale
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration de démarches globales de développement durable telles que les Agendas 21 locaux et les Plans Climat Air Energie Territoriaux (PCAET)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour les projets réalisés à l&amp;#039;échelle communale, seules les démarches possédant un volet territorial seront éligibles (Charte PNR, PCAET, CTE, PDU, PVD...). Ils devront par ailleurs être cohérents avec les compétences, projets et démarches de développement durable entrepris dans les territoires intercommunaux et / ou de projets, dans lesquels le demandeur s&amp;#039;inscrit ainsi qu&amp;#039;avec la stratégie et les politiques départementales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Emploi
 International
 Attractivité économique
 Artisanat
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés de Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés d&amp;#039;Agglomération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcs Naturels Régionaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations représentatives couvrant une zone d&amp;#039;action territoriale significative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements (de statut public ou associatif) liés à des politiques départementales (Collèges, Etablissements pour personnes âgées ou personnes handicapées, Établissements pour l&amp;#039;accueil des enfants ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/796d-aider-a-la-structuration-de-projets-de-territ/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>92582</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Informatiser la gestion des bibliothèques</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 35</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Informatiser la gestion des bibliothèques dans un souci de plus grande fiabilité et d&amp;#039;automatisation de l&amp;#039;ensemble des tâches de gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à hauteur de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  35 % pour les communes de moins de 5 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  25 % pour les communes comprises entre 5000 et 15000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Majorée en fonction de critères liés à la nature du projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#43; 10 % si surface de la bibliothèque « normative » (0.07 m2 par habitant et au moins 100 m2)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43; 10 % si présence d&amp;#039;un salarié professionnel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Matériel informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Logiciel spécifique de gestion (liste fournie à la demande par le S.L.L)
+ &lt;/li&gt;
+ &lt;li&gt;
+  1ère informatisation, renouvellement du matériel et/ou changement de logiciel, mise en réseau des bibliothèques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Bibliothèques et livres</t>
+        </is>
+      </c>
       <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...22 lines deleted...]
-&lt;/ul&gt;</t>
+ Bénéficiaires : Communes de moins de 15 000 habitants ou les intercommunalités (E.P.C.I.)
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de câblage, de maintenance et de formation ne sont pas pris en charge
+&lt;/p&gt;
+&lt;p&gt;
+ Conformité avec les normes bibliothéconomiques en vigueur
+&lt;/p&gt;
+&lt;p&gt;
+ Respect des spécifications techniques
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T67" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U67" s="1" t="inlineStr">
         <is>
-          <t>Vaucluse</t>
+          <t>Communes du Vaucluse inférieures à 15000 habitants</t>
         </is>
       </c>
       <c r="X67" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
       <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
       <c r="Z67" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/796d-aider-a-la-structuration-de-projets-de-territ/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80ea-informatiser-la-gestion-des-bibliotheques/</t>
         </is>
       </c>
       <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:27" customHeight="0">
       <c r="A68" s="1">
-        <v>92582</v>
+        <v>92584</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Informatiser la gestion des bibliothèques</t>
+          <t>Aider le développement de pratiques numériques dans les bibliothèques/médiathèques</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
-          <t> Min : 10 Max : 35</t>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à 20 % du coût total d’investissement</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Informatiser la gestion des bibliothèques dans un souci de plus grande fiabilité et d&amp;#039;automatisation de l&amp;#039;ensemble des tâches de gestion.
-[...26 lines deleted...]
-&lt;/ul&gt;</t>
+ Doter les bibliothèques/médiathèques de matériel informatique et/ou de lecture à même de lutter contre la fracture numérique, et encourager en leur sein le développement de pratiques numériques.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M68" s="1" t="inlineStr">
         <is>
-          <t>&lt;ul&gt;
-[...9 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;
+ Acquisitions de bornes Wifi, postes informatiques dédiés, tablettes, liseuses etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de câblage, de maintenance et d&amp;#039;abonnement à Internet ne sont pas pris en charge.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
-Bibliothèques et livres</t>
+Bibliothèques et livres
+Inclusion numérique</t>
         </is>
       </c>
       <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Bénéficiaires : Communes de moins de 15 000 habitants ou les intercommunalités (E.P.C.I.)
-[...8 lines deleted...]
- Respect des spécifications techniques
+ Bénéficiaires :
+ Communes de moins de 15 000 habitants ou les intercommunalités (E.P.C.I.)
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;ateliers de découverte, de sensibilisation et de pratique numérique, conjointement avec les enjeux du Schéma Départemental d&amp;#039;Amélioration d&amp;#039;Accessibilité des Services au Public (S.D.A.A.S.P.) et du Schéma Directeur Territorial d&amp;#039;Aménagement Numérique (S.D.T.A.N.) au sein de la bibliothèque.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet présenté s&amp;#039;appliquera à détailler les modalités de mise en oeuvre, en lien avec les schémas précités, et le fonctionnement de la bibliothèque.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Communes du Vaucluse inférieures à 15000 habitants</t>
         </is>
       </c>
       <c r="X68" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
       <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
       <c r="Z68" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/80ea-informatiser-la-gestion-des-bibliotheques/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6b6-aider-le-developpement-de-pratiques-numerique/</t>
         </is>
       </c>
       <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:27" customHeight="0">
       <c r="A69" s="1">
-        <v>92584</v>
+        <v>92586</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aider le développement de pratiques numériques dans les bibliothèques/médiathèques</t>
+          <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>Commune
-Intercommunalité / Pays</t>
+          <t>Commune</t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
-          <t> Max : 20</t>
-[...4 lines deleted...]
-          <t>Aide plafonnée à 20 % du coût total d’investissement</t>
+          <t> Max : 70</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
-        <is>
-[...111 lines deleted...]
-      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M70" s="1" t="inlineStr">
+      <c r="M69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12849,570 +12717,570 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>92601</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en œuvre d’actions innovantes en matière d’usages et de services numériques</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions (y compris études préalables) relatives aux réponses à améliorer en matière de services offerts aux habitants grâce à des services et outils numériques en lien avec les compétences et les politiques publiques départementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions financées devront s&amp;#039;inscrire dans les grands enjeux des Schémas départementaux, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets participant directement ou indirectement à une aide à une entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets ne rentrant pas dans les domaines de compétence soutenables par le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de location de locaux et/ou de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renouvellement d&amp;#039;un soutien d&amp;#039;une action déjà subventionnée par le Département
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X70" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
       <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
       <c r="Z70" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5aca-soutenir-la-mise-en-uvre-dactions-innovantes-/</t>
         </is>
       </c>
       <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:27" customHeight="0">
       <c r="A71" s="1">
-        <v>92601</v>
+        <v>92602</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Soutenir la mise en œuvre d’actions innovantes en matière d’usages et de services numériques</t>
+          <t>Soutenir l’animation d’ateliers collectifs de médiation numérique sur le territoire du département de Vaucluse</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Actions (y compris études préalables) relatives aux réponses à améliorer en matière de services offerts aux habitants grâce à des services et outils numériques en lien avec les compétences et les politiques publiques départementales.
-[...109 lines deleted...]
-          <t>&lt;p&gt;
  &lt;strong&gt;
   Animation d&amp;#039;ateliers collectifs de médiation numérique comportant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;ateliers collectifs de médiation numérique par la structure subventionnée (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier)
  &lt;/li&gt;
  &lt;li&gt;
   Des ateliers qui s&amp;#039;inscrivent dans les grands enjeux des Schémas départementaux identifiés ci-dessus, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse et ce, en pleine complémentarité avec les initiatives lancées autour de l&amp;#039;Appel à projet concernant le Réseau d&amp;#039;inclusion numérique de Vaucluse (fin 2019/début 2020) et le réseau des Espaces France Services
  &lt;/li&gt;
  &lt;li&gt;
   Une présentation de la programmation du contenu et des thématiques qui seront traités dans les ateliers sur l&amp;#039;année ainsi que les modalités d&amp;#039;animation projetées (exemples non exhaustifs : «Découverte d&amp;#039;Internet, de la tablette et premiers apprentissages », « Rester connecté avec son territoire », « Rester connecté avec sa famille et ses amis », « Les démarches administratives en ligne »...)
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;animation des ateliers de médiation numérique avec dispositifs informatiques ad-hoc par un/des salarié(s) qualifié(s) sur les thématiques traitées
  &lt;/li&gt;
  &lt;li&gt;
   Des ateliers mis en place physiquement dans la structure bénéficiaire de la subvention mais qui pourront également, après avis des services départementaux, être organisés, dans une entité publique du territoire (commune ou EPCI)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de la subvention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  500 € de subvention par atelier collectif organisé par le demandeur (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier) soit 12 000 € au maximum par an dans la limite de 24 ateliers subventionnés
 &lt;/p&gt;
 &lt;p&gt;
  Les subventions seront allouées après examen des projets déposés dans la limite des crédits disponibles et votés au budget départemental.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais de location de locaux et/ou de matériels
  &lt;/li&gt;
  &lt;li&gt;
   Les projets d&amp;#039;investissement et/ou d&amp;#039;achat de matériels
  &lt;/li&gt;
  &lt;li&gt;
   Les dépenses liées à l&amp;#039;Appel à Projets réseau départemental d&amp;#039;inclusion numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8463-soutenir-lanimation-dateliers-collectifs-de-m/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>92609</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Soutenir le déploiement des outils et projets numériques au service du développement touristique</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J73" s="1" t="inlineStr">
+      <c r="J72" s="1" t="inlineStr">
         <is>
           <t>Aide maximale de 10 K€ par projet dans la limite de 50 K€ par an</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les acteurs du tourisme, afin de mieux répondre aux attentes des visiteurs et renouveler les expériences de découverte des sites et lieux qu&amp;#039;ils promeuvent ou gèrent, doivent s&amp;#039;adapter et proposer des solutions innovantes pour contribuer à bâtir le tourisme de demain.
 En matière d&amp;#039;attractivité touristique et d&amp;#039;outil de découverte, le numérique a un rôle fort à jouer et est indispensable pour le renforcement de l&amp;#039;attractivité des sites touristiques du Vaucluse.
 Le Département souhaite fournir des services innovants et de qualité aux touristes et accompagner financièrement les EPCI, OT et OTI dans leurs projets de développement numériques afin de stimuler l&amp;#039;innovation au sein de la filière du tourisme.
 L&amp;#039;usage du numérique devra par ailleurs aider les acteurs du secteur touristique à intégrer plus rapidement des innovations utiles à leur développement dans la période post-épidémie Covid 19.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M73" s="1" t="inlineStr">
+      <c r="M72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Projets de mise en place d&amp;#039;outils de découverte et de valorisation numérique,  applications numériques ou parcours numériques individualisés ou collectifs (sites intérieurs ou extérieurs).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Offices de tourisme communaux ou intercommunaux
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une attention particulière sera portée :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal
  &lt;/li&gt;
  &lt;li&gt;
   Au caractère innovant du projet
  &lt;/li&gt;
  &lt;li&gt;
   A l&amp;#039;articulation du projet avec les acteurs du tourisme
  &lt;/li&gt;
  &lt;li&gt;
   A la liaison entre le projet et la stratégie de communication portée par Vaucluse Provence Attractivité
  &lt;/li&gt;
  &lt;li&gt;
   A la bonne connexion du projet et le réseau de bornes wifi touristique du Département et en particulier à la web application de valorisation des sites touristiques du Vaucluse
  &lt;/li&gt;
  &lt;li&gt;
   A la dimension durable du projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d7b5-soutenir-le-deploiement-des-outils-et-projets/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>92939</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Inciter les entreprises à acquérir les compétences permettant la maitrise du digital pour devenir une entreprise digitale</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce parcours s&amp;#039;inscrit dans le cadre de la politique régionale en faveur de la transition numérique et tout particulièrement du Business Act dont la transition numérique est l&amp;#039;un des 3 moteurs. La Région Grand Est souhaite proposer des accompagnements adaptés aux besoins en matière de transition numérique des différentes typologies d&amp;#039;entreprises régionales (TPE, PME, ETI).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par ce dispositif, la Région Grand Est souhaite accélérer la digitalisation des petites entreprises afin de leur permettre de faire face aux évolutions des modes de consommation de la population, aux effets de la fracture urbain/rural, aux nouvelles habitudes en terme de mobilité ou encore aux nouvelles contraintes sanitaires avec pour objectif de maintenir, sur tous les territoires de la région, des commerces et services de proximité, des artisans, des activités touristiques...
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif Transformation Digitale propose un accompagnement complet qui vise à inciter les entreprises à acquérir les compétences permettant la maitrise du digital mais également à faciliter l&amp;#039;acquisition des équipements nécessaires pour devenir une entreprise digitale.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif propose un parcours de digitalisation articulé autour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI/communes/Union de Commerçants...), dans la définition et la mise en œuvre de projets collectifs notamment de plateformes d&amp;#039;achat local, la CCI Grand Est est mobilisée sur ce parcours – ce parcours fait l&amp;#039;objet d&amp;#039;un dispositif dédié ;
  &lt;/li&gt;
  &lt;li&gt;
   D&amp;#039;un parcours individuel : concerne l&amp;#039;accompagnement individuel à la digitalisation des entreprises avec : un accompagnement au déploiement du digital via des prestataires labellisés par la Région et une aide à l&amp;#039;acquisition de solutions digitales qui vise à rendre opérationnelle l&amp;#039;intégration du digital dans l&amp;#039;entreprise.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles les entreprises remplissant les critères suivants
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Moins de 20 salariés ;
  &lt;/li&gt;
  &lt;li&gt;
   Ayant un chiffre d&amp;#039;affaires annuel n&amp;#039;excédant pas 2 millions d&amp;#039;euros ;
  &lt;/li&gt;
  &lt;li&gt;
   Disposant d&amp;#039;au moins un exercice fiscal clos à compter de la date de la demande d&amp;#039;aide (sauf en cas de reprise d&amp;#039;entreprise assortie d&amp;#039;une nouvelle immatriculation ou de création d&amp;#039;un établissement secondaire) ;
  &lt;/li&gt;
  &lt;li&gt;
   Immatriculées au Registre du Commerce et de l&amp;#039;industrie et/ou au Répertoire des métiers et de l&amp;#039;Artisanat et/ou bénéficiant d&amp;#039;une attestation MSA – pour les activités touristiques et agricoles les associations sont éligibles ;
  &lt;/li&gt;
  &lt;li&gt;
   Ayant une activité relevant d&amp;#039;un code NAF de la liste suivante : Secteur commerce / artisanat    Secteur tourisme    Secteur agricole, 10 à 33 hors 3250A, 43 à 47 hors 4773Z-4774Z-4791A et B, 49 hors (NAF secteur tourisme), 50 (hors NAF secteur tourisme), 51 (hors NAF secteur tourisme), 56, 5914Z, 7420Z, 81, 9003, 95 et 96    4932Z, 4939, 5010Z, 5030Z, 5110Z, 55, 7010Z, 7711A, 7721Z, 79, 8230Z, 8532Z, 8551Z, 8559B, 8899B, 9102Z, 9103Z, 9104Z, 9312 et 9313, 9321 et 9329, 9491Z, 9499Z    0111Z, 0121Z, 0124Z à 0129Z, 0141Z, 0142Z, 0145Z à 0147Z, 0149Z, 0150Z, 0312Z, 0322Z, 1102A
  &lt;/li&gt;
  &lt;li&gt;
   Exerçant une activité marchande majoritairement ;
@@ -13420,473 +13288,468 @@
  &lt;li&gt;
   En situation régulière au regard des obligations fiscales, sociales et environnementales ;
  &lt;/li&gt;
 &lt;/ul&gt;
 Les activités sous forme de franchises ne sont pas éligibles.
 &lt;br /&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide sous forme de chèque numérique qui comprendra une aide au conseil et prestation numérique réalisée auprès d&amp;#039;un/d&amp;#039;opérateur(s) labellisé(s) par la Région ainsi qu&amp;#039;une aide à l&amp;#039;acquisition de solutions digitales.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accompagnement proposé par les opérateurs labellisés visera à intégrer, selon les besoins et spécificités de l&amp;#039;activité, les compétences suivantes dans l&amp;#039;entreprise : « je souhaite connaitre et maitriser les outils digitaux permettant d&amp;#039;optimiser l&amp;#039;organisation interne de l&amp;#039;entreprise »,
 &lt;/p&gt;
 « j&amp;#039;adapte mon local, mon environnement pour optimiser l&amp;#039;utilisation d&amp;#039;outils numériques »,
 &lt;br /&gt;
 « je souhaite déployer une stratégie de commercialisation multicanale en ligne »,
 &lt;br /&gt;
 « je souhaite déployer une stratégie de communication multicanale en ligne ».
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/</t>
         </is>
       </c>
-      <c r="W74" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après réalisation du diagnostic de maturité digitale, les demandes se font par l&amp;#039;intermédiaire de la plateforme de téléservice dédiée. Un accusé de réception sera envoyé à réception de la demande.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lien :
  &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/" rel="noopener" target="_blank"&gt;
   https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>audrey.lemaire@grandest.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/87f5-grand-est-transformation-digitale-parcours-in/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>94241</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Investir dans l'innovation pour la formation professionnelle</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’éducation et la formation professionnelle</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Pour répondre à un besoin des acteurs et entreprises de votre territoire et développer un projet éducatif à fort impact social/territorial, la Banque des Territoires vous propose des offres des investissements en fonds propres et quasi-fonds propres et un accompagnement tout au long du projet.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent porter sur :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accès à l&amp;#039;éducation, y compris pour les publics vulnérables
  &lt;/li&gt;
  &lt;li&gt;
   la structuration de l&amp;#039;école de demain
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;accompagnement de nouveaux modèles éducatifs capitalisant sur la EdTech
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T75" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=invest_innovation_pro_psat</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/192d-investir-dans-linnovation-pour-la-formation-p/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>94242</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Œuvrer en faveur de l’innovation pour l’éducation</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’éducation et la formation professionnelle</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires accompagne les acteurs qui œuvrent en faveur de l&amp;#039;innovation pour l&amp;#039;éducation.
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre concerne les structures privées ou associatives intervenant sur l&amp;#039;éducation et les collectivités qui souhaitent contribuer à l&amp;#039;innovation dans le domaine de l&amp;#039;éducation ou de la EdTech.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Egalité des chances
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T76" s="1" t="inlineStr">
+      <c r="T75" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=invest_edtech_forgood_psat</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4b71-investir-dans-linnovation-pour-leducation-edu/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>94676</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Ardennes
 Ardennes Ingenierie</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accompagnement se décline en trois niveaux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   niveau 1 : un conseil de premier niveau aux bénéficiaires ;
  &lt;/li&gt;
  &lt;li&gt;
   niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
  &lt;/li&gt;
  &lt;li&gt;
   niveau 3 : un accompagnement spécifique pour des prestations identifiées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
 &lt;/p&gt;
 &lt;p&gt;
  Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
 &lt;/p&gt;
 &lt;p&gt;
  Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M77" s="1" t="inlineStr">
+      <c r="M76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement et Equipement publics
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
 &lt;/p&gt;
 &lt;p&gt;
  -	Résorption de logements vacants dégradés
 &lt;/p&gt;
 &lt;p&gt;
  -	Déplacement de la mairie dans l&amp;#039;ancienne école
 &lt;/p&gt;
 &lt;p&gt;
  -	Revue de projets communaux : informations et conseils multi domaines
 &lt;/p&gt;
 &lt;p&gt;
  -	Mise aux normes PMR de la Mairie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Voirie et infrastructures
  &lt;/strong&gt;
@@ -13999,506 +13862,506 @@
 &lt;/p&gt;
 &lt;p&gt;
  Recherche de financements
 &lt;/p&gt;
 &lt;p&gt;
  -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Numérique et dématérialisation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projet culturel
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -	Projet de pôle culturel comprenant un Musée et une bibliothèque
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Culture et identité collective
 Tourisme
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
 &lt;/p&gt;
 &lt;p&gt;
  Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Ardennes</t>
         </is>
       </c>
-      <c r="W77" s="1" t="inlineStr">
+      <c r="W76" s="1" t="inlineStr">
         <is>
           <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  mail : ardennesingenierie&amp;#64;cd08.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>anne.durand@cd08.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>94792</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une maintenance du parc informatique</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champ d&amp;#039;action en matière de numérique et informatique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur la
  &lt;strong&gt;
   maintenance informatique
  &lt;/strong&gt;
  et vous propose une
  &lt;strong&gt;
   centrale d&amp;#039;achat à prix coûtant
  &lt;/strong&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M78" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Maintenance informatique
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dépannage et assistance informatique en ligne ou sur place
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Centrale d&amp;#039;achat à prix coûtant de matériels et logiciels informatiques
  &lt;/li&gt;
  &lt;li&gt;
   Paramétrage, installation et reprise des données lors d&amp;#039;un remplacement de postes, livraison
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Audit informatique
  &lt;/li&gt;
  &lt;li&gt;
   Assistance et conseils à la mise en œuvre de l&amp;#039;infrastructure informatique
  &lt;/li&gt;
  &lt;li&gt;
   Maintenance et logiciels pour les établissements scolaires (expérimentation)
  &lt;/li&gt;
  &lt;li&gt;
   Prêt de matériel informatique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Equipement public
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être une collectivité locale située dans le département de la Charente.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Être adhérent à l&amp;#039;ATD16, au volet numérique.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.atd16.fr/</t>
         </is>
       </c>
-      <c r="W78" s="1" t="inlineStr">
+      <c r="W77" s="1" t="inlineStr">
         <is>
           <t>https://ticket.atd16.fr</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;atd16.fr
   &lt;/a&gt;
   - 05 45 20 07 60
  &lt;/li&gt;
  &lt;li&gt;
   Sébastien Briongos - Responsable du service Matériel Système et Réseaux
  -
   &lt;a href="mailto:sbriongos&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    sbriongos&amp;#64;atd16.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Juliette Dufloux - Assistante achat -
   &lt;a href="mailto:jdufloux&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    jdufloux&amp;#64;atd16.fr
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>contact@atd16.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0a2f-copie-14h49-beneficier-dune-assistance-inform/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
         <v>94793</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement à la mise en oeuvre du RGPD</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;agence vous assiste également dans la mise en œuvre du Règlement Général sur la Protection des Données au sein de votre collectivité et vous accompagne dans le suivi des pratiques.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="M78" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Assurer le rôle de Délégué à la Protection des Données (DPO)
  &lt;/li&gt;
  &lt;li&gt;
   Proposer un audit initial de mise en conformité et rédaction d&amp;#039;un registre de traitement
  &lt;/li&gt;
  &lt;li&gt;
   Conseiller et accompagner dans la réponse aux demandes émanant des administrés (droit d&amp;#039;accès, droit à l&amp;#039;oubli...)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner en cas de fuite ou de perte de données personnelles
  &lt;/li&gt;
  &lt;li&gt;
   Suivre et mettre à jour du registre de traitement et des évolutions des pratiques
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibiliser des élus et agents (réunions, capsules de formation...)
  &lt;/li&gt;
  &lt;li&gt;
   Répondre à toute question concernant la protection des données personnelles
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique
 Sécurité</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être une collectivité locale située dans le département de la Charente.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Être adhérent à l&amp;#039;ATD16, option RGPD
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://www.atd16.fr/</t>
         </is>
       </c>
-      <c r="W79" s="1" t="inlineStr">
+      <c r="W78" s="1" t="inlineStr">
         <is>
           <t>https://ticket.atd16.fr</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;atd16.fr
   &lt;/a&gt;
   - 05 45 20 07 60
  &lt;/li&gt;
  &lt;li&gt;
   Maëva Sabouraud - Responsable du service juridique et financier
  -
   &lt;a rel="noopener" target="_blank"&gt;
    juriste&amp;#64;atd16.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>contact@atd16.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8ff7-copie-15h06-beneficier-dune-assistance-juridi/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>94831</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises primo utilisatrices d'intelligence artificielle</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Aide aux entreprises primo utilisatrices d'intelligence artificielle - Volet Prestation</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette aide s&amp;#039;inscrit dans l&amp;#039;axe « Booster compétitivité des entreprises par l&amp;#039;IA » du
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2019/06/ia-francais.pdf"&gt;
   plan régional en faveur de l&amp;#039;Intelligence Artificielle
  &lt;/a&gt;
  adopté par la Région Grand Est.
 &lt;/p&gt;
 &lt;h4&gt;
  Nature et montant de l&amp;#039;aide
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide sera versée sous forme de subvention.
  &lt;strong&gt;
   Taux maximale de subvention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   30% des dépenses éligibles pour une prestation externe réalisée par un offreur de solution hors Grand Est
  &lt;/li&gt;
  &lt;li&gt;
   50% des dépenses éligibles pour une prestation externe réalisée par un offreur de solution dans le Grand Est
  &lt;/li&gt;
  &lt;li&gt;
@@ -14516,67 +14379,67 @@
  &lt;/li&gt;
  &lt;li&gt;
   30 000 € pour le recrutement d&amp;#039;une personne de niveau Bac&amp;#43;2 à Bac&amp;#43;5
  &lt;/li&gt;
  &lt;li&gt;
   Pour le recrutement d&amp;#039;une personne de niveau supérieur (équivalent à un niveau post-doctorant) :
   &lt;ul&gt;
    &lt;li&gt;
     50 000 € pour les entreprises de moins de 250 salariés
    &lt;/li&gt;
    &lt;li&gt;
     35 000 € pour les entreprises 250 et 2 000 salariés
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  La demande d&amp;#039;aide
 &lt;/h4&gt;
 &lt;p&gt;
  Traitement des dossiers au fil de l&amp;#039;eau
 Toute demande doit faire l&amp;#039;objet de l&amp;#039;envoi à la Région d&amp;#039;une déclaration d&amp;#039;intention (cf annexe) puis après accusé réception et si la demande est recevable, de l&amp;#039;envoi d&amp;#039;un dossier de demande d&amp;#039;aide.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P80" s="1" t="inlineStr">
+      <c r="P79" s="1" t="inlineStr">
         <is>
           <t>24/06/2021</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  Les bénéficiaires sont les entreprises de moins de 2 000 salariés implantées dans le Grand Est, quels que soient leurs secteurs d&amp;#039;activité, à l&amp;#039;exception des activités de conseils.
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises éligibles à ce dispositif n&amp;#039;ont pas engagé de démarches ou sont dans les toutes premiers étapes du projet dans le domaine de l&amp;#039;intelligence artificielle et sont considérées comme primo-utilisatrices.
 &lt;/p&gt;
 &lt;p&gt;
  Elles n&amp;#039;ont pas bénéficié d&amp;#039;une aide pour conduire un projet d&amp;#039;intelligence artificielle ou n&amp;#039;ont pas été récompensées au titre de l&amp;#039;intelligence artificielle.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif n&amp;#039;est pas ouvert aux startups.
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises ne sont pas en difficulté au sens de l&amp;#039;Union européenne.
 &lt;/p&gt;
 &lt;h4&gt;
  Projets éligibles - Nature des projets
 &lt;/h4&gt;
 &lt;p&gt;
  Tout premier projet d&amp;#039;intelligence artificielle ayant un impact sur le développement de l&amp;#039;entreprise à moyen terme : renforcement de sa compétitivité, de son positionnement sur des marchés, développement de savoir-faire. Le projet d&amp;#039;intelligence artificielle peut porter sur l&amp;#039;outil de production, la relation client, les processus internes et le produit/service porté par l&amp;#039;entreprise. Ces principaux domaines de cas d&amp;#039;usage s&amp;#039;inscrivent dans la continuité du diagnostic IA.
 &lt;/p&gt;
@@ -14593,143 +14456,143 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le recrutement d&amp;#039;une personne diplômée de niveau supérieur ou égal à Bac&amp;#43;2 ou équivalent, dans le domaine de l&amp;#039;intelligence artificielle ou tous domaines connexes, pour un contrat en CDI ou en CDD d&amp;#039;une durée de 12 mois minimum.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Au besoin, une partie de l&amp;#039;achat de matériel nécessaire pour la bonne réalisation du projet pourra être pris en charge. Il est rappelé que l&amp;#039;aide « Primo IA » concerne principalement l&amp;#039;accès à des ressources et compétences.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide sera de manière prioritaire mobilisée sur la base d&amp;#039;un diagnostic IA réalisé en amont.
 &lt;/p&gt;
 &lt;h4&gt;
  Dépenses éligibles
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dans le cas d&amp;#039;une prestation externe : L&amp;#039;assiette éligible des dépenses est le coût hors taxe de la prestation et le coût hors taxe de l&amp;#039;achat de matériel.
  &lt;/li&gt;
  &lt;li&gt;
   Dans le cas d&amp;#039;un recrutement : L&amp;#039;assiette éligible comprend le salaire brut augmenté des charges patronales et le coût hors taxe de l&amp;#039;achat de matériel.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-entreprises-primo-utilisatrices-dintelligence-artificielle/</t>
         </is>
       </c>
-      <c r="W80" s="1" t="inlineStr">
+      <c r="W79" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0213/depot/simple</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:primo-ia&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   primo-ia&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b976-aide-aux-entreprises-primo-utilisatrices-dint/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>94896</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Accompagner la digitalisation des commerces</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I81" s="1" t="inlineStr">
+      <c r="I80" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les modèles économiques des commerces sont depuis plusieurs années fragilisés du fait principalement de l&amp;#039;évolution des modes de consommation (mobilité des consommateurs, digitalisation de l&amp;#039;acte d&amp;#039;achat...).
 &lt;/p&gt;
 &lt;p&gt;
  Ces évolutions se sont accélérées avec la crise sanitaire et
  &lt;strong&gt;
   imposent aujourd&amp;#039;hui à tout commerce de repenser sa stratégie de digitalisation et d&amp;#039;accélérer sa mise en œuvre
  &lt;/strong&gt;
  .
 Il est ainsi proposé de mettre l&amp;#039;accent sur la digitalisation des entreprises et notamment des commerces dans le cadre d&amp;#039;un programme sur mesure &amp;#34;
  &lt;strong&gt;
   Grand Est Transformation Digitale
  &lt;/strong&gt;
  &amp;#34;.
 Le dispositif propose un parcours de digitalisation articulé autour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI / communes / Union de Commerçants ...), dans la définition et la mise en œuvre de plans d&amp;#039;actions collectifs en faveur des commerces avec 2 volets d&amp;#039;accompagnement :
   &lt;ul&gt;
    &lt;li&gt;
     &lt;strong&gt;
      Volet 1
     &lt;/strong&gt;
@@ -14810,215 +14673,215 @@
   Taux : 80% de l&amp;#039;effort consenti par l&amp;#039;EPCI ou la Commune
  &lt;/li&gt;
  &lt;li&gt;
   Plafond d&amp;#039;aide : 50 000 € par EPCI ou Commune
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Aide à l&amp;#039;investissement (Volet2)
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Nature : Subvention
  &lt;/li&gt;
  &lt;li&gt;
   Section : Investissement
  &lt;/li&gt;
  &lt;li&gt;
   Taux : 50%
  &lt;/li&gt;
  &lt;li&gt;
   Plafond d&amp;#039;aide : 20 000 €
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M81" s="1" t="inlineStr">
+      <c r="M80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Volet 1
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;accompagnement en ingénierie sera réalisé par la CCI Grand Est qui définira en lien avec l&amp;#039;EPCI ou la commune le besoin d&amp;#039;accompagnement. Celui-ci sera donc adapté aux territoires et personnalisé selon le tissu commercial du territoire.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Volet 2
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide à l&amp;#039;acquisition de solutions digitales permettant la mise en œuvre de marketplace, plateforme d&amp;#039;achat, plateforme commerciale, plateforme de réservation... et figurant dans la liste ci-dessous : Dépenses d&amp;#039;investissements éligible Type de dépenses Logiciels/Sites Web marchands / Applications mobiles / Outils de travail collaboratifs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Achat de licences et logiciels
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Frais de développement, de paramétrage et de conception
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Investissement liés au développement d&amp;#039;un service (site internet / intranet / application)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 Les abonnements, contrats et autres services ne sont pas éligibles
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Attractivité économique
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T81" s="1" t="inlineStr">
+      <c r="T80" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-collectif/</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute demande fait l&amp;#039;objet d&amp;#039;un dossier de candidature qui sera adressé à
  &lt;a href="mailto:transfodigitale.parcourscollectif&amp;#64;grandest.fr"&gt;
   transfodigitale.parcourscollectif&amp;#64;grandest.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/580f-grand-est-transformation-digitale-parcours-co/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>94963</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Accompagner le développement des start-ups</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Appel à manifestation d’intérêt "Incubateur d'excellence Grand Est"</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cet appel à candidature vise à labelliser des incubateurs existants et à venir, proposant aux start-ups un accompagnement de qualité, propre à favoriser leur émergence, leur développement et leur connexion à l&amp;#039;écosystème régional d&amp;#039;innovation, sur la base d&amp;#039;un cahier des charges élaboré par la Région Grand Est.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P82" s="1" t="inlineStr">
+      <c r="P81" s="1" t="inlineStr">
         <is>
           <t>15/01/2018</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une structure peut être labellisée « Incubateur d&amp;#039;excellence Grand Est » si elle répond au cahier des charges suivant :
 &lt;/p&gt;
 &lt;h4&gt;
  1. Cible
 &lt;/h4&gt;
 &lt;p&gt;
  La cible de l&amp;#039;incubateur est constituée par les porteurs de projet à forte dimension innovante. L&amp;#039;innovation est entendue dans un sens large, pouvant être non seulement technologique, mais également marketing et commerciale, de produit, service et usage, de procédé et d&amp;#039;organisation, de modèle d&amp;#039;affaires, ou encore sociétale.
 Le porteur peut être étudiant, privé, public, en lien avec la recherche publique ou non.
 &lt;/p&gt;
 &lt;h4&gt;
  2. Une gouvernance impliquée dans l&amp;#039;entrepreneuriat
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;incubateur a des liens privilégiés avec les entreprises locales, les grandes entreprises en démarche d&amp;#039;Open innovation, l&amp;#039;écosystème de l&amp;#039;innovation (Agence Régionale d&amp;#039;Innovation, Pôles de Compétitivité...).
 &lt;/p&gt;
 &lt;h4&gt;
  3. Un deal flow suffisant
 &lt;/h4&gt;
 &lt;p&gt;
  La structure incubatrice accompagne un minimum de 10 nouveaux projets par an, et présente une expérience minimum de trois ans dans l&amp;#039;accompagnement de start-ups.
 &lt;/p&gt;
 &lt;h4&gt;
  4. Une équipe professionnelle et des expertises externes mobilisables
@@ -15087,121 +14950,121 @@
   d&amp;#039;un réseau d&amp;#039;entrepreneurs innovants ou startuppers expérimentés pouvant également être actifs dans la gouvernance ;
  &lt;/li&gt;
  &lt;li&gt;
   de grandes entreprises ouvertes à l&amp;#039;Open Innovation et au mécénat de compétences.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  8. Un mode de financement hybride public/privé
 &lt;/h4&gt;
 &lt;p&gt;
  Le financement de l&amp;#039;incubateur présente les caractéristiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un modèle économique pérenne et viable ;
  &lt;/li&gt;
  &lt;li&gt;
   une réflexion sur la mise en place d&amp;#039;un service payant (mode et niveau de tarification) ;
  &lt;/li&gt;
  &lt;li&gt;
   une participation financière des collectivités locales sur le territoire desquelles rayonne l&amp;#039;incubateur.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/be-appel-a-manifestation-dinteret-incubateur-dexcellence-grand/</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:incubateurs&amp;#64;grandest.fr"&gt;
   incubateurs&amp;#64;grandest.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1c75-be-est-appel-a-manifestation-dinteret-incubat/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>94989</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Accompagner la création d’entreprises innovantes : start-up</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par ce dispositif, la Région Grand Est décide d&amp;#039;accompagner la création d&amp;#039;entreprises innovantes, génératrices d&amp;#039;emplois et de nouvelles activités à fort potentiel.
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  Start-up immatriculées et dont le siège social est en région Grand Est. Les entreprises présentent un niveau de fonds propres suffisant pour mener leurs projets et disposent d&amp;#039;un niveau de capital social libéré significatif.
 La start up est une entreprise de création récente, disposant de peu d&amp;#039;actifs corporels et évoluant souvent dans un environnement technologique très mouvant. Ses flux de trésorerie disponibles étant négatifs au démarrage, son niveau de risque spécifique est très élevé, ce qui explique son financement par capitaux propres.
 &lt;/p&gt;
 &lt;h3&gt;
  L&amp;#039;aide peut intervenir à 2 niveaux :
 &lt;/h3&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Sous la forme d&amp;#039;une bourse attribuée au porteur de projet dans les 6 mois qui précèdent l&amp;#039;immatriculation.
 Cette bourse permet de consolider les fonds propres de la future entreprise ou de l&amp;#039;entreprise créée.
 Elle est prescrite par les structures s&amp;#039;inscrivant dans le réseau des incubateurs et des accélérateurs du Grand Est – SEMIA, Rimbaud Tech, Incubateur Lorrain, Technopôle de l&amp;#039;Aube, etc.-, qui sont les interlocuteurs du porteur de projet.
  &lt;/li&gt;
  &lt;li&gt;
   Sous la forme d&amp;#039;une aide à Recherche et au Développement attribuée à l&amp;#039;entreprise (une fois, non limitée dans le temps)
 Cette aide vise à soutenir les premiers développements de la start-up, elle peut être mobilisée pour la Recherche et le Développement, l&amp;#039;industrialisation et la première commercialisation.
  &lt;/li&gt;
 &lt;/ol&gt;
@@ -15231,461 +15094,461 @@
  &lt;li&gt;
   le nom du porteur de projet et le nombre de salariés de l&amp;#039;entreprise,
  &lt;/li&gt;
  &lt;li&gt;
   une brève description du projet, les dates de début et de fin, le nombre d&amp;#039;emplois créés, le montant des investissements,
  &lt;/li&gt;
  &lt;li&gt;
   la localisation du projet,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;ensemble des postes de dépenses du projet,
  &lt;/li&gt;
  &lt;li&gt;
   le montant du financement public estimé nécessaire pour le projet,
  &lt;/li&gt;
  &lt;li&gt;
   le montant de l&amp;#039;aide sollicitée.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction du dossier.
 La date de réception par la Région de la lettre d&amp;#039;intention est antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Attractivité économique
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/start-up-accompagner-creation-dentreprises-innovantes/</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:startup&amp;#64;grandest.fr"&gt;
   startup&amp;#64;grandest.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b460-start-up-accompagner-la-creation-dentreprises/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>95250</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement en ingénierie de données avec Dataviz</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C83" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Dataviz Petites Villes de Demain</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose un service de centre de ressource aux collectivités. Ce service fournit des cartographies, infographies et autres modélisations graphiques à l&amp;#039;échelle communale, infra-communale ou à celle de l&amp;#039;EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  Ces datavisualisations permettent à la fois d&amp;#039;établir un diagnostic territorial mais servent également d&amp;#039;aide à la décision, d&amp;#039;évaluation voire de communication.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le service Dataviz repose sur trois piliers :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un centre de ressource
  &lt;/li&gt;
  &lt;li&gt;
   Un recueil d&amp;#039;initiatives
  &lt;/li&gt;
  &lt;li&gt;
   Un outil de diagnostic
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Revitalisation
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux/dataviz-pvd?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acc_dataviz_pvd_psat</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://pvd.spallian.com/stat_dashboard.html?name&amp;#61;petites_villes_donnees&amp;amp;token_id&amp;#61;Banque-des-Territoires_public" rel="noopener" target="_blank"&gt;
   Découvrez le service Dataviz PVD
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8e6a-beneficier-du-service-dataviz-pvd-les-petites/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>97286</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une sauvegarde informatique et d'usage collaboratifs</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Agence technique met en place une
  &lt;strong&gt;
   sauvegarde de vos données
  &lt;/strong&gt;
  conformément aux standards de l&amp;#039;ANSSI
  &lt;strong&gt;
   en 3 supports
  &lt;/strong&gt;
  distincts dont une sauvegarde externalisée avec l&amp;#039;engagement de retrouver vos données sous 72 heures.
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs, l&amp;#039;ATD16 propose un
  &lt;strong&gt;
   cloud
  &lt;/strong&gt;
  souverain pour un
  &lt;strong&gt;
   usage collaboratif
  &lt;/strong&gt;
  de vos données en
  &lt;strong&gt;
   mode nomade
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M85" s="1" t="inlineStr">
+      <c r="M84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sauvegarde 3,2,1
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Disposer des 3 copies de vos données, stockées sur 2 supports différents et une sauvegarde externalisée
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Outils collaboratifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Disposer d&amp;#039;un cloud souverain
  &lt;/li&gt;
  &lt;li&gt;
   Accéder à ses données en synchronisation locale depuis différents appareils
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Equipement public</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être une collectivité locale située dans le département de la Charente.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Être adhérent à l&amp;#039;ATD16, option Sauvegarde 3,2,1 et usages collaboratifs
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>https://www.atd16.fr/</t>
         </is>
       </c>
-      <c r="W85" s="1" t="inlineStr">
+      <c r="W84" s="1" t="inlineStr">
         <is>
           <t>https://ticket.atd16.fr</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;atd16.fr
   &lt;/a&gt;
   - 05 45 20 07 60
  &lt;/li&gt;
  &lt;li&gt;
   Sébastien Briongos - Responsable du service Matériel Systèmes et Réseaux -
   &lt;a href="mailto:sbriongos&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    sbriongos&amp;#64;atd16.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>contact@atd16.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b2fe-copie-13h15-beneficier-dune-assistance-numeri/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>98465</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Mutualiser un responsable des services informatiques</t>
         </is>
       </c>
-      <c r="C86" s="1" t="inlineStr">
+      <c r="C85" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le GIP RECIA propose aux collectivités qui le désirent de
  &lt;strong&gt;
   mutualiser la direction des services informatiques (DSI)
  &lt;/strong&gt;
  afin d&amp;#039;optimiser les ressources numériques et de vous accompagner dans le pilotage de vos prestataires locaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce service permet aux collectivités territoriales et à leurs groupements de bénéficier des services d&amp;#039;un responsable des services informatiques mutualisé qui pourra
  &lt;strong&gt;
   assister les élus et les directions dans la définition d&amp;#039;une stratégie numérique
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Dans une petite collectivité, le responsable des services informatiques mutualisé remplace le service informatique manquant, conseille la collectivité à la fois sur les choix stratégiques mais aussi sur l&amp;#039;accompagnement des services dans l&amp;#039;évolution des pratiques numériques.
 &lt;/p&gt;
 &lt;p&gt;
  Dans une collectivité plus importante, sans se substituer à la DSI en place, le responsable des services informatiques mutualisé apporte sa connaissance et son expertise pour aider la DSI et les services à s&amp;#039;organiser pour réussir leur transition numérique.
 &lt;/p&gt;
 &lt;h4&gt;
  Les avantages
 &lt;/h4&gt;
 &lt;ul&gt;
@@ -15762,156 +15625,156 @@
  &lt;li&gt;
   Rédaction de PCA (Plan de continuité de l&amp;#039;activité)
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de PRA (Plan de reprise d&amp;#039;activité)
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de PSSI (Plan de sécurisation des systèmes d&amp;#039;information)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Ressources utiles
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;a href="https://www.solaere.recia.fr/" rel="noopener" target="_blank"&gt;
   https://www.solaere.recia.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
   https://www.snc.recia.fr/contactus
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:info&amp;#64;recia.solutions" rel="noopener" target="_blank"&gt;
   info&amp;#64;recia.solutions
  &lt;/a&gt;
  &lt;br /&gt;
  Tél : 02 38 42 24 59
  &lt;em&gt;
   (choix 4)
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>olivier.jouin@recia.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/786b-copie-12h51-mutualiser-un-delegue-a-la-protec/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>98466</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transformation numérique des collectivités territoriales</t>
         </is>
       </c>
-      <c r="C87" s="1" t="inlineStr">
+      <c r="C86" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec sa plate-forme Solaere et son pôle E-administration, le GIP RECIA offre un
  &lt;strong&gt;
   ensemble de services cohérents et innovants
  &lt;/strong&gt;
  couvrant
  &lt;strong&gt;
   la chaine de dématérialisation des documents et des échanges
  &lt;/strong&gt;
  dans sa globalité, à travers un
  &lt;strong&gt;
   portail sécurisé et unifié
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Des outils et des services d&amp;#039;e-administration qui ont pour objectif de
  &lt;strong&gt;
   simplifier la communication entre les services, les élus, les administrations et les citoyens
  &lt;/strong&gt;
  et de
  &lt;strong&gt;
   faciliter les usages et les échanges entre collectivités et les services de l&amp;#039;État
  &lt;/strong&gt;
@@ -15973,585 +15836,585 @@
  &lt;/li&gt;
  &lt;li&gt;
   Archivage électronique
  &lt;/li&gt;
  &lt;li&gt;
   Gestion des flux bons de commandes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Ressources utiles :
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.recia.fr/nos-services/e-administration/" rel="noopener" target="_blank"&gt;
    https://www.recia.fr/nos-services/e-administration/
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
    https://www.snc.recia.fr/contactus
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a rel="noopener" target="_blank"&gt;
   info&amp;#64;recia.solutions
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 02 38 42 24 59
  &lt;em&gt;
   (choix 1)
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>olivier.jouin@recia.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/243a-copie-13h06-mutualiser-un-delegue-a-la-protec/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>98480</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Consigner des fonds pour garantir ses activités</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Consignations et dépôts spécialisés</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires accompagne les EPL par la consignation de fonds afin de garantir leurs actions dans le cadre d&amp;#039;un Plan de Prévention des Risques Technologiques et des risques environnementaux.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez souscrire à cette offre dans les cas de figure suivants si vous avez un projet :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;aménagement,
  &lt;/li&gt;
  &lt;li&gt;
   de protection des riverains à proximité d&amp;#039;installations industrielles à risques,
  &lt;/li&gt;
  &lt;li&gt;
   pour prévenir les risques environnementaux.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Industrie</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/consignations?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=garantie_actions_epl_psat</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6b70-securiser-vos-fonds-et-anticiper-les-risques-/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>98525</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Consigner pour faire face aux risques technologiques</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>La consignation pour faire face aux risques technologiques</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre d&amp;#039;un Plan de Prévention des Risques Technologiques (PPRT), la Banque des Territoires vous accompagne grâce à une offre de consignation des montants arrêtés dans une convention financière tripartite (industriel, collectivité et État).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/consignations/consignation-risques-technologiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=risques_tech_psat</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5c1f-faire-face-aux-risques-technologiques-grace-a/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-      <c r="A90" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>100679</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Apporter une ingénierie publique et une aide à la décision</t>
         </is>
       </c>
-      <c r="D90" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Accompagnement et ingénierie publique</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au sens de l&amp;#039;article L 5511-1 du Code général des collectivités territoriales,
  &lt;strong&gt;
   Cantal Ingénierie &amp;amp; Territoires
  &lt;/strong&gt;
  est un établissement public dénommé agence départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Elle est chargée d&amp;#039;apporter, aux collectivités territoriales et aux établissements publics intercommunaux du département qui le demandent, une assistance d&amp;#039;ordre technique, juridique ou financier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M90" s="1" t="inlineStr">
+      <c r="M89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une assistance à toutes les étapes du projet :
 &lt;/p&gt;
 &lt;p&gt;
  - dès la définition du besoin à la réalisation des travaux,
 &lt;/p&gt;
 &lt;p&gt;
  - pour une simple expertise, de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage ou en maitrise d&amp;#039;oeuvre.
 &lt;/p&gt;
 &lt;p&gt;
  Ce périmètre d&amp;#039;intervention est évolutif et s&amp;#039;adapte aux besoins des adhérents, notamment :
 &lt;/p&gt;
 &lt;p&gt;
  • Assistance et conseils juridiques et administratifs dans les domaines liés à la gestion locale;
 &lt;/p&gt;
 &lt;p&gt;
  • Accompagnement de projets et aide à la programmation ;
 &lt;/p&gt;
 &lt;p&gt;
  • Eau et Assainissement : Assistance à maîtrise d&amp;#039;ouvrage;
 &lt;/p&gt;
 &lt;p&gt;
  • Voirie, ouvrages d&amp;#039;art et réseaux divers : Assistance à maitrise d&amp;#039;ouvrage et maitrise d&amp;#039;œuvre;
 &lt;/p&gt;
 &lt;p&gt;
  • Patrimoine bâti, Espaces publics et Tourisme;
 &lt;/p&gt;
 &lt;p&gt;
  • Numérique et E administration : dématérialisation, développement du numérique éducatif dans les écoles;
 &lt;/p&gt;
 &lt;p&gt;
  • RGPD – DPO.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Tourisme
 Espace public
 Voirie et réseaux
 Technologies numériques et numérisation
 Bâtiments et construction
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
+      <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etre membre de CIT  (l&amp;#039;ensemble des communes, établissements publics de coopération intercommunale (EPCI) et autres
  organismes de coopération locale ayant leur siège dans le Département peuvent adhérer).
  &lt;/li&gt;
  &lt;li&gt;
   S&amp;#039;acquitter d&amp;#039;une cotisation annuelle forfaitaire (par
  habitant ou suivant le budget). Celle- ci ouvre droit à un panel de services gratuits (conseil juridique
  et administratif, utilisation de la plateforme de dématérialisation, d&amp;#039;une salle virtuelle de visioconférence,
  de l&amp;#039;ENT pour les écoles primaires...). L&amp;#039;accès aux autres prestations est facturé en supplément.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T90" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>Cantal</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>http://www.ingenierie-et-territoires.cantal.fr</t>
         </is>
       </c>
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cantal Ingénierie &amp;amp; Territoires
 &lt;/p&gt;
 &lt;p&gt;
  15 000 AURILLAC
 &lt;/p&gt;
 &lt;p&gt;
  04 71 45 27 27
 &lt;/p&gt;
 &lt;p&gt;
  cit&amp;#64;cantal.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>cit@cantal.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5c6c-les-missions-et-le-perimetre-dintervention-de/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-      <c r="A91" s="1">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
         <v>101387</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Financer la santé numérique et les services liés au prendre soin</t>
         </is>
       </c>
-      <c r="D91" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
 entreprise privée (opérateur, investisseur, exploitant ou société de services
 portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
 entreprise à mission ou corporate venture) et vous développez un projet de
@@ -16560,405 +16423,405 @@
 d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
 propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
 service lié à la e-santé et au médico-social, comme la transition numérique des
 établissements de santé, l’usage du numérique pour la prévention, les
 technologies innovantes au service des soignants, ou encore un service à impact
 social lié au prendre soin dans la santé, le vieillissement, le handicap, la
 petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
 « tiers de confiance », la Banque des Territoires propose de financer
 les projets portant une logique d’intérêt général sous la forme d’apports en
 capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
 d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
 aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
 la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
 données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
 de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
 sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
 des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
 &lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
 l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
 transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
 et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Santé
 Technologies numériques et numérisation
 Sécurité</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S91" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
         </is>
       </c>
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y91" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z91" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
         </is>
       </c>
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-      <c r="A92" s="1">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
         <v>101580</v>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Intégrer le numérique dans le quotidien des artisans</t>
         </is>
       </c>
-      <c r="C92" s="1" t="inlineStr">
+      <c r="C91" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E92" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
-      <c r="G92" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H92" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K92" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L92" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>Vous souhaitez que les artisans s&amp;#039;engagent dans une démarche de développement numérique pour accroître leur compétitivité et adapter leurs services aux attentes des consommateurs dans un contexte économique et sanitaire en évolution.
 &lt;br /&gt;
 &lt;br /&gt;
 Les chambres de métiers et de l&amp;#039;artisanat vous propose d&amp;#039;opérer un dispositif d&amp;#039;accompagnement comprenant : ·une communication et une sensibilisation auprès des artisans sur les possibilités d&amp;#039;augmenter leur chiffre d&amp;#039;affaires et leur rentabilité par le numérique, et accroitre l&amp;#039;usage des technologies numériques dans l&amp;#039;entreprise ·la réalisation d&amp;#039;un diagnostic de maturité digitale et proposition de plan d&amp;#039;action par un conseiller CMA en présentiel (possible en distanciel) ·un accompagnement à la mise en oeuvre du projet par une aide à la concrétisation dans le cadre d&amp;#039;un investissement matériel ou immatériel ou l&amp;#039;orientation vers les expertises des activateurs France NUM.</t>
         </is>
       </c>
-      <c r="N92" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique
 Artisanat</t>
         </is>
       </c>
-      <c r="O92" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S92" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U92" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="X92" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre chambre des métiers et de l&amp;#039;artisanat : https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite/annuaire-des-cma
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y92" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z92" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e992-integrer-le-numerique-dans-le-quotidien-des-a/</t>
         </is>
       </c>
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-      <c r="A93" s="1">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
         <v>101593</v>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Accélérer la transformation écologique et numérique des entreprises</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Initiative France</t>
         </is>
       </c>
-      <c r="G93" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de contribuer à la transition écologique de votre territoire, les associations Initiative France proposent :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de sensibiliser les porteurs de projets dans votre territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;analyser la &amp;#34;responsabilité écologique&amp;#34; des projets entrepreneuriaux du territoire lors de leur passage en comités d&amp;#039;agrément ;
  &lt;/li&gt;
  &lt;li&gt;
   de mobiliser des experts sur la thématique ;
  &lt;/li&gt;
  &lt;li&gt;
   de valoriser des projets à forte dimension sociale et environnementale via le label Initiative Remarquable ;
  &lt;/li&gt;
  &lt;li&gt;
   de favoriser la transition écologique agricole en soutenant les projets d&amp;#039;agriculture biologique, les circuits-courts, la diversification, les technologies agricoles performantes au niveau environnemental...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Par ailleurs, pour accélérer la transformation numérique des TPE du territoire, le réseau Initiative France pourra :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   mettre à disposition des élus son réseau de partenaires  ;
  &lt;/li&gt;
  &lt;li&gt;
   intégrer la dimension numérique dans la stratégie de développement des entreprises soutenues par le réseau Initiative France ;
  &lt;/li&gt;
  &lt;li&gt;
   mobiliser des experts sur les questions numériques pour accompagner les entrepreneurs.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La capacité d&amp;#039;action du réseau sera conditionnée par les moyens mis à disposition des associations  France, qui pourront être co-construits avec les différents partenaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir cartographie sur
  &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer" rel="noopener" target="_blank"&gt;
   https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>julie.leveque@initiative-france.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a303-accelerer-la-transformation-ecologique-et-num/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-      <c r="A94" s="1">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
         <v>102051</v>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Impact CO2 - L’impact sur le climat des objets et gestes de quotidien</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G94" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  On parle de plus en plus de kilos ou de tonnes de CO2, et tant mieux. Mais concrètement, quelles sont les émissions nécessaires pour fabriquer et consommer les objets qui nous entourent ? et comment les communiquer auprès des citoyens ? &lt;span&gt;🤔&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    &lt;a href="https://impactco2.fr/" rel="noopener" target="_blank"&gt;
     Impact CO2
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/em&gt;
  &lt;/strong&gt;
  vous propose de
  &lt;strong&gt;
   découvrir l&amp;#039;impact sur le climat
  &lt;/strong&gt;
  &lt;strong&gt;
   des objets et gestes du quotidien pour les comparer avoir les bons ordres de grandeur : usages numérique, transport, alimentation, chauffage ...
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Des infographies peuvent être directement reprises pour illustrer vos contenus et communications.
 &lt;/p&gt;
 &lt;p&gt;
  Cet outil simple et ludique est intégrable sur tout type de site.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M94" s="1" t="inlineStr">
+      <c r="M93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Diffusé par différentes entreprises ou à l&amp;#039;issue de certaines
  &lt;a href="https://fresqueduclimat.org/" rel="noopener" target="_blank"&gt;
   &lt;em&gt;
    Fresques du climat
   &lt;/em&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , ce simulateur est aussi intégré sur les sites de
  &lt;a href="https://www.grenoble.fr/2297-mon-convertisseur-co2.htm" rel="noopener" target="_blank"&gt;
   Grenoble
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
@@ -16976,343 +16839,343 @@
   Issy
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.defimobilite-lemans.fr/" rel="noopener" target="_blank"&gt;
   Le Mans
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Technologies numériques et numérisation
 Economie circulaire
 Agriculture et agroalimentaire
 Consommation et production
 Logement et habitat
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
+      <c r="R93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/</t>
         </is>
       </c>
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/516c-copie-14h12-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-      <c r="A95" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>102204</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Aider citoyens et collaborateurs à chiffrer les avantages du télétravail en termes d'émissions CO2 évitées</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le télétravail a récemment pris une place importante dans bon nombre de structures. Changement fort tant côté employé que pour l&amp;#039;organisation dans son ensemble, le télétravail a également des avantages indéniables en termes d&amp;#039;émissions carbone et de temps de transport... Encore faut-il pouvoir les estimer.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
  &lt;strong&gt;
   librement diffusable
  &lt;/strong&gt;
  &lt;strong&gt;
   intégrable sur tout type de site
  &lt;/strong&gt;
  pour permettre à chacun de calculer l&amp;#039;impact du télétravail en termes d&amp;#039;
  &lt;strong&gt;
   émissions CO2 évitées sur les déplacements et en temps gagné
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;a href="https://impactco2.fr/transport/teletravail" target="_self"&gt;
    impactco2.fr/transport/teletravail
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M95" s="1" t="inlineStr">
+      <c r="M94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cet outil est par exemple repris sur le site de
  &lt;a href="https://www.seineouest.fr/mon-impact-transport" rel="noopener" target="_blank"&gt;
   Grand Paris Seine Ouest (GPSO)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Appui méthodologique
 Valorisation d'actions
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/transport/teletravail</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/04f9-copie-12h21-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-      <c r="A96" s="1">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>102937</v>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Aider à la recherche de financements européens</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G96" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informer
  &lt;/li&gt;
  &lt;li&gt;
   Conseiller
  &lt;/li&gt;
  &lt;li&gt;
   Appuyer au montage d&amp;#039;un projet européen innovant
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La Région propose de vous informer  par l&amp;#039;intermédiaire :
  &lt;br /&gt;
  - du site internet dédié : www.europeid.fr,
  &lt;br /&gt;
@@ -17320,51 +17183,51 @@
  &lt;br /&gt;
  - de rendez-vous individuels.
 &lt;/p&gt;
 &lt;p&gt;
  Elle propose également de vous accompagner tout au long de votre  candidature.
 &lt;/p&gt;
 &lt;p&gt;
  Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
 &lt;/p&gt;
 &lt;p&gt;
  Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
  &lt;br /&gt;
  - l&amp;#039;orientation vers les cellules ressources
  &lt;br /&gt;
  - la recherche de partenaires
  &lt;br /&gt;
  - la rédaction de votre candidature
  &lt;br /&gt;
  - sa relecture critique avant soumission
 &lt;/p&gt;
 &lt;p&gt;
  Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
@@ -17381,503 +17244,498 @@
 Qualité de l'air
 Biodiversité
 Paysage
 International
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une structure francilienne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V96" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
         </is>
       </c>
-      <c r="X96" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact au Conseil régional :
 &lt;/p&gt;
 &lt;p&gt;
  europe&amp;#64;iledefrance.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>veronique.hostein@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z96" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
         </is>
       </c>
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-      <c r="A97" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>103246</v>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’expérimentation en e-santé</t>
         </is>
       </c>
-      <c r="D97" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Soutien à l’expérimentation en e-santé</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G97" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I97" s="1" t="inlineStr">
+      <c r="I96" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Résolument tournée vers l&amp;#039;avenir et mobilisée pour lutter contre les fractures territoriales, la Région soutient les solutions innovantes pour contribuer à la permanence des soins sur le territoire francilien.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Projets en investissement : acquisition de matériels légers de télémédecine inscrits dans une démarche de valorisation de la ressource médicale locale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Région participe au financement d&amp;#039;équipements de type télécabines de santé, mallettes ou chariots de télémédecine et soutient les solutions technologiques ou informatiques innovantes.
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien régional s&amp;#039;élève à 50 % du coût de l&amp;#039;équipement à hauteur de 15 000 euros pour les équipements mobiles et 50 000 euros pour les équipements non mobiles (équipements lourds type télécabine, système d&amp;#039;information...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
  Contacter le service action sociale, santé et famille pour vérifier l&amp;#039;éligibilité du projet avant de renseigner et transmettre un dossier complet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A noter :
  &lt;/strong&gt;
  Les dépenses éligibles se composent de dépenses en investissement. Le bénéficiaire doit démontrer la nécessité de l&amp;#039;équipement pour lequel il demande un soutien tant par le besoin concernant l&amp;#039;accès aux soins que par la pertinence de l&amp;#039;outil proposé (éloignement des structures de soins, population fragilisée, jeunes actifs mobiles...)
  &lt;br /&gt;
  Ne peuvent être soutenus que les projets ayant reçu l&amp;#039;aval des autorités de santé sur les nouvelles technologies utilisées.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R97" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
  Sont éligibles les professionnels de santé regroupés en un collectif (associations, fondations, GCS, GCSM, GIP, GIE, SCI, SCP, SISA, SEL...) et les collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T97" s="1" t="inlineStr">
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V97" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/Byq2ccW9E</t>
         </is>
       </c>
-      <c r="X97" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Magdouda Bendjebla :
  &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   magdouda.bendjebla&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pierre Faivre :
  &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   pierre.faivre&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/428b-soutien-a-lexperimentation-en-e-sante/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-      <c r="A98" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>103252</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de restauration et de numérisation d’œuvre d’un fonds patrimonial identifié</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Aide à la restauration et numérisation d’œuvre d’un fonds patrimonial identifié</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient la préservation et la conservation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié. Constitutives du patrimoine matériel et immatériel, ces archives présentent un réel intérêt à être valorisées auprès du public.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40 % maximum des dépenses éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent aux coûts de la restauration de l&amp;#039;œuvre, des travaux de numérisation et d&amp;#039;indexation des données, sur la base du devis présenté.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant des dépenses éligibles est plafonné à 1 000 000 M€.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet doit être financé à hauteur de 20 % minimum par la structure porteuse du projet.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide porte sur les travaux de restauration et de numérisation d&amp;#039;archives photographiques, audiovisuelles, papier qu&amp;#039;elles soient privées ou publiques en lien avec l&amp;#039;histoire et la mémoire de l&amp;#039;Ile-de-France.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes d&amp;#039;aide devront être déposées sur
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  , la plateforme des aides régionales. La plateforme sera accessible à compter d&amp;#039;avril 2019.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-restauration-et-numerisation-doeuvre-dun-fonds-patrimonial-identifie</t>
         </is>
       </c>
-      <c r="W98" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture
 &lt;/p&gt;
 &lt;p&gt;
  Service Patrimoines et inventaire
 &lt;/p&gt;
 &lt;p&gt;
  Chargée de mission pour les départements 75, 77, 92, 93
 &lt;/p&gt;
 &lt;p&gt;
  Héloïse Maillé
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01 53 85 66 27
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
    heloise.maille-virole&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission pour les départements 78, 91, 94, 95
  &lt;br /&gt;
  Kamel Kacihi
  &lt;br /&gt;
  Tél. : 01 53 85 64 72
  &lt;br /&gt;
  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   kamel.kacihi&amp;#64;iledefrance.fr
   &lt;br /&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c39-aide-a-la-restauration-et-numerisation-duvre-/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>103253</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Soutenir la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Aide à la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
 &lt;/p&gt;
 &lt;p&gt;
  Ouverture permanente
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
 &lt;/p&gt;
 &lt;p&gt;
  Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
 &lt;/p&gt;
 &lt;p&gt;
  Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
 &lt;/p&gt;
 &lt;p&gt;
  Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est plafonnée à 1 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Soutien à la numérisation des collections :
 &lt;/p&gt;
@@ -17892,159 +17750,159 @@
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale permet de financer en investissement :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Les demandes d&amp;#039;aide devront être déposées sur
  &lt;/span&gt;
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  &lt;span&gt;
   , la plateforme des aides régionales.
  &lt;/span&gt;
 </t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/HyI4AOCmi</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture
  &lt;br /&gt;
  Service Patrimoines et inventaire
 &lt;/p&gt;
 &lt;p&gt;
  Chargée de mission pour les départements 75, 77, 92, 93
  &lt;br /&gt;
  Héloïse Maillé
  &lt;br /&gt;
  &lt;span&gt;
   &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
    heloise.maille-virole&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission pour les départements 78, 91, 94, 95
  &lt;br /&gt;
  Kamel Kacihi
  &lt;br /&gt;
  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   kamel.kacihi&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3878-aide-a-la-construction-la-restauration-lamena/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>103324</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Investir dans les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Santé numérique et innovation</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I100" s="1" t="inlineStr">
+      <c r="I99" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Innovation en santé,
  &lt;/li&gt;
  &lt;li&gt;
   Intelligence artificielle,
  &lt;/li&gt;
  &lt;li&gt;
   Télémédecine,
  &lt;/li&gt;
  &lt;li&gt;
   Téléconsultation,
  &lt;/li&gt;
@@ -18072,332 +17930,322 @@
 &lt;p&gt;
  &lt;strong&gt;
   À noter
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;un dispositif régional pouvant être sollicité durant toute l&amp;#039;année en fonction de la disponibilité des crédits.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes doivent être déposées en ligne sur la plateforme
  &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P100" s="1" t="inlineStr">
+      <c r="P99" s="1" t="inlineStr">
         <is>
           <t>31/12/2019</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les associations relevant de la loi de 1901 et les fondations reconnues d&amp;#039;utilité publique, existantes depuis au moins 1 an.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les projets innovants et emblématiques :
   &lt;/strong&gt;
   les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les projets de recherche :
   &lt;/strong&gt;
   les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/sante-numerique-et-innovation</t>
         </is>
       </c>
-      <c r="W100" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service santé :
  &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   sante&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  et
  &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   pierre.faivre&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01.53.85.53.85
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3dfa-sante-numerique-et-innovation/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>103486</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Soutenir des investissements numériques dans le champ culturel</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Investissement culturel - Aide aux investissements numériques</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I101" s="1" t="inlineStr">
+      <c r="I100" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J101" s="1" t="inlineStr">
+      <c r="J100" s="1" t="inlineStr">
         <is>
           <t>1 million € maximum</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Nature de l&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est une subvention d&amp;#039;un taux maximum de 40% du montant des dépenses éligibles, plafonnées à 1 M€.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
 &lt;/p&gt;
 &lt;h4&gt;
  Cofinancements possibles
 &lt;/h4&gt;
 &lt;p&gt;
  Les autres aides à l&amp;#039;investissement culturel :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
    Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
    Investissement culturel – Aide aux structures itinérantes
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M101" s="1" t="inlineStr">
+      <c r="M100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont concernés :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espace public
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires cibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
  &lt;/li&gt;
  &lt;li&gt;
   Aménageurs mandatés par les collectivités locales,
  &lt;/li&gt;
  &lt;li&gt;
   Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-investissements-numeriques</t>
         </is>
       </c>
-      <c r="W101" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les projets relevant du secteur :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    du spectacle vivant
   &lt;/strong&gt;
   :
   &lt;span&gt;
    Christine Vacher :
    &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
     christine.vacher&amp;#64;iledefrance.fr
    &lt;/a&gt;
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    du patrimoine
   &lt;/strong&gt;
   : Cécile Chenot -
   &lt;a href="mailto:cecile.chenot&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    cecile.chenot&amp;#64;iledefrance.fr
    &lt;span&gt;
@@ -18434,782 +18282,782 @@
   &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
    cinema.audiovisuel&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    du livre et de la lecture
   &lt;/strong&gt;
   : Delphine Martincourt -
   &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dae5-investissement-culturel-aide-aux-investisseme/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>104489</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Accompagner financièrement les commerces en milieu rural, situés dans des communes en situation de fragilité commerciale, dans la modernisation de leurs outils de travail</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire Commerce - Artisanat</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J102" s="1" t="inlineStr">
+      <c r="J101" s="1" t="inlineStr">
         <is>
           <t>Montant maximum de subvention : 22.500€</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Structurer et renforcer l&amp;#039;offre commerciale des communes présentant un caractère de fragilité commerciale.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide est accordée sous forme d&amp;#039;une subvention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;intensité d&amp;#039;aide maximale n&amp;#039;excède pas 30% du montant HT des dépenses éligibles, ces derniers devant au minimum atteindre 10.000€ HT et le plafond des dépenses éligibles est de 75.000€ HT. Ainsi le montant maximum de subvention s&amp;#039;élève à 22.500€.
 &lt;/p&gt;
 &lt;p&gt;
  Un même projet ne peut pas se voir attribuer plus de 80% d&amp;#039;aide publique, tous financeurs publics confondus (ex : LEADER, FISAC) sous réserve par ailleurs des éventuelles règles de cumul propres à ces autres financements publics.
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide doit être effectuée à la Région des Pays de la Loire avant l&amp;#039;engagement des dépenses.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type de procédure :
  &lt;/strong&gt;
  Dématérialisé.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Technologies numériques et numérisation
 Artisanat</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P102" s="1" t="inlineStr">
+      <c r="P101" s="1" t="inlineStr">
         <is>
           <t>21/12/2021</t>
         </is>
       </c>
-      <c r="Q102" s="1" t="inlineStr">
+      <c r="Q101" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires de l&amp;#039;aide régionale doivent implanter ou maintenir leur activité dans les communes de la région Pays de la Loire identifiées en situation de « fragilité commerciale » : la liste des communes éligibles est consultable dans le règlement d&amp;#039;intervention, rubrique « à télécharger ».
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Pour les commerces en création ou reprise, situés dans une commune bénéficiant d&amp;#039;une aide accompagnée, une étude de faisabilité devra être jointe au dossier de demande d&amp;#039;aide.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux d&amp;#039;aménagement intérieur : électricité, peinture, isolation, vitrine, façade, etc;
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux de mise aux normes (sanitaires, sécuritaires, environnementales);
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux d&amp;#039;accessibilité des personnes en situation de handicap et à mobilité réduite;
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;acquisition de matériels professionnels neufs;
   &lt;/li&gt;
   &lt;li&gt;
    Les véhicules de tournée alimentaire et leur aménagement;
   &lt;/li&gt;
   &lt;li&gt;
    TPE (très petite entreprise) en création ou développement, réalisant moins d&amp;#039;1 million d&amp;#039;euros de chiffre d&amp;#039;affaires annuel HT et dont la surface de vente est inférieure à 400 m2 ;
   &lt;/li&gt;
   &lt;li&gt;
    Ayant un effectif inférieur à 10 salariés ;
   &lt;/li&gt;
   &lt;li&gt;
    Inscrite au Registre du commerce et des sociétés ou au répertoire des métiers ;
   &lt;/li&gt;
   &lt;li&gt;
    Autonome, c&amp;#039;est à dire non détenue à plus de 25% du capital par une autre entreprise ;
   &lt;/li&gt;
   &lt;li&gt;
    En situation économique et financière saine (à jour de ses cotisations sociales et fiscales et dont les capitaux propres sont positifs).
   &lt;/li&gt;
  &lt;/ul&gt;
  Sont exclues du champ d&amp;#039;intervention les sociétés de fait, les sociétés civiles immobilières ainsi que les loueurs de fonds.
  &lt;br /&gt;
 </t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-commerce-artisanat</t>
         </is>
       </c>
-      <c r="W102" s="1" t="inlineStr">
+      <c r="W101" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/PDLCA/depot/simple</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
 &lt;/p&gt;
 &lt;p&gt;
  Pôle Artisanat et commerce
 &lt;/p&gt;
 &lt;p&gt;
  Axel ADAM
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:axel.adam&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
   axel.adam&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 28 20 52 14
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0fd6-pays-de-la-loire-commerce-artisanat/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>104516</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Soutenir les entreprises dans leur projet de croissance pour booster l’activité et l’emploi en Pays de la Loire</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire Prêts TPE/PME</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire
 Bpifrance</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le contexte économique est désormais plus favorable. Pour autant, l&amp;#039;impact sur l&amp;#039;emploi reste encore trop faible.
  &lt;br /&gt;
  Le prêt TPE/PME a pour objectif de conforter les plans de financement des entreprises ligériennes et faire effet de levier sur les financements bancaires. L&amp;#039;intervention de la Région permet ainsi de mobiliser des financements de Bpifrance, des financements bancaires et de faire bénéficier les entreprises d&amp;#039;un taux préférentiel.
  &lt;br /&gt;
  Il permet de financer les investissements immatériels et l&amp;#039;augmentation du besoin en fonds de roulement dans le cadre d&amp;#039;un programme global de développement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Prêt :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Le montant du prêt est compris entre 10.000€ et 50.000€ pour une durée de 5 ans. Il doit obligatoirement être adossé à un autre financement privé de type bancaire et bénéficie d&amp;#039;un différé d&amp;#039;amortissement du capital de 12 mois et d&amp;#039;un taux préférentiel. Il est au maximum égal au montant des fonds propres et quasi fonds propres de l&amp;#039;entreprise.
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;assiette du prêt est constituée prioritairement par : des investissements immatériels, des investissements corporels ayant une faible valeur de gage, l&amp;#039;augmentation du Besoin en Fonds de Roulement (BFR) générée par le projet de développement.
   &lt;/li&gt;
   &lt;li&gt;
    Les demandes sont instruites par Bpifrance.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Technologies numériques et numérisation
 Emploi
 International
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P103" s="1" t="inlineStr">
+      <c r="P102" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q103" s="1" t="inlineStr">
+      <c r="Q102" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour qui ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    TPE et PME de 3 et 50 salariés, de plus de 3 ans, de tout secteur d&amp;#039;activité et exerçant l&amp;#039;essentiel de leurs activités sur le territoire de la région ou s&amp;#039;y installant, à l&amp;#039;exclusion des activités d&amp;#039;intermédiation financière, des activités de promotion et de locations immobilières, des secteurs agricoles (sauf code NAF 02.20Z et 02.40 Z), des SCI ainsi que les affaires individuelles. Financièrement saines.
   &lt;/li&gt;
   &lt;li&gt;
    Sont visés les projets de développement des entreprises et en particulier les investissements immatériels, les investissements corporels ayant une faible valeur de gage ou bien encore le besoin en fonds de roulement pour lesquels les banques peuvent être plus réticentes à intervenir. Sont exclues les opérations de création, de transmission et de restructuration financière.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-prets-tpe/pme</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 51 72 94 00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/12dd-pays-de-la-loire-prets-tpepme/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>104534</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création cinématographique, audiovisuelle et numérique en Pays de la Loire.</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E104" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;aide à la création cinématographique, audiovisuelle et numérique</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I104" s="1" t="inlineStr">
+      <c r="I103" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J104" s="1" t="inlineStr">
+      <c r="J103" s="1" t="inlineStr">
         <is>
           <t>Aide à la production 50 % du coût prévisionnel du film, dans la limite de 30 000 €</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le soutien à la création est l&amp;#039;une des priorités de la politique culturelle régionale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  Dans le domaine du cinéma, de l&amp;#039;audiovisuel et de la création numérique, les aides régionales visent à soutenir les productions d&amp;#039;auteurs et de structures régionales et d&amp;#039;attirer en Pays de la Loire des projets de qualité.
  &lt;br /&gt;
  En partenariat avec le CNC, le fonds d&amp;#039;aide à la création a ainsi pour objectif de soutenir la diversité de la création, conforter la filière régionale et contribuer à la valorisation du territoire, dans toutes ses dimensions.
 &lt;/p&gt;
 &lt;p&gt;
  La Région aide la production de longs métrages, fictions télévisées, magazines, documentaires, courts métrages et œuvres numériques, en partenariat avec le CNC.
  &lt;br /&gt;
  Elle propose également des aides au développement, destinées à financer la réalisation de pilotes, la réécriture de scénarios de fictions, le développement de projets.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Arts plastiques et photographie
 Technologies numériques et numérisation
 Médias et communication</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P104" s="1" t="inlineStr">
+      <c r="P103" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour tous les types de projets, les dates limites de dépôt des dossiers sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;le lundi 27 janvier 2025,&lt;/li&gt;
 &lt;li&gt;le lundi 19 mai 2025,&lt;/li&gt;
 &lt;p&gt;le lundi 18 août 2025,&lt;/p&gt;
 &lt;li&gt;le lundi 13 octobre 2025.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Le dépôt des dossiers de demande d’aide à la création cinématographique, audiovisuelle et numérique est dématérialisé via l’outil Portail des Aides – voir onglet « Déposer un dossier ».&lt;/p&gt;
 &lt;p&gt;Il vous faut, en parallèle, adresser l’ensemble des éléments déposés en un seul fichier pdf à l’adresse &lt;a href="mailto:cinema&amp;#64;paysdelaloire.fr"&gt;cinema&amp;#64;paysdelaloire.fr&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/fonds-daide-la-creation-cinematographique-audiovisuelle-et-numerique</t>
         </is>
       </c>
-      <c r="W104" s="1" t="inlineStr">
+      <c r="W103" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CREATION_CINE/depot/simple</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction de la culture, du sport et des associations&lt;/p&gt;&lt;p&gt; Service Culture&lt;/p&gt;&lt;p&gt;Guylaine Hass&lt;br /&gt;&lt;strong&gt;Longs métrages, fictions tv, numérique&lt;/strong&gt;&lt;br /&gt;02 28 20 51 30&lt;br /&gt;&lt;a href="mailto:guylaine.hass&amp;#64;paysdelaloire.fr"&gt;guylaine.hass&amp;#64;paysdelaloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Xénia Buet&lt;br /&gt;&lt;strong&gt;Documentaires, courts métrages&lt;/strong&gt;&lt;br /&gt;02 28 20 52 19&lt;br /&gt;&lt;a href="mailto:xenia.buet&amp;#64;paysdelaloire.fr"&gt;xenia.buet&amp;#64;paysdelaloire.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2fc2-fonds-daide-a-la-creation-cinematographique-a/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>104611</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Aider les petites entreprises  pour l’acquisition et l’appropriation d’outils numériques à forte valeur ajoutée</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire Investissement numérique</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I105" s="1" t="inlineStr">
+      <c r="I104" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J105" s="1" t="inlineStr">
+      <c r="J104" s="1" t="inlineStr">
         <is>
           <t>plafond fixé à 15 000 euros</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif est une première déclinaison concrète et opérationnelle du Plan Régional pour l&amp;#039;Economie Numérique (PREN) voté en juin 2017. Pays de la Loire Investissement numérique complète l&amp;#039;accompagnement du parcours de la numérisation aux côtés des actions de sensibilisation et d&amp;#039;aide au conseil (Pays de la Loire Conseil).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour qui ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Entreprises de moins de 50 salariés, créées depuis plus de 2 ans exerçant une activité marchande majoritairement et ayant un chiffre d&amp;#039;affaires n&amp;#039;excédant pas 10 M€, implantées dans la région Pays de la Loire (siège social, filiale, établissement), sous réserve que l&amp;#039;investissement envisagé concerne directement ladite implantation.
  &lt;/li&gt;
  &lt;li&gt;
   Le bénéficiaire doit prouver que l&amp;#039;investissement envisagé s&amp;#039;intègre dans une démarche stratégique, par la production d&amp;#039;un rapport d&amp;#039;étude et de préconisations rédigé par un conseil externe, ou par l&amp;#039;entreprise elle-même à l&amp;#039;issue d&amp;#039;une réflexion interne.
  &lt;/li&gt;
  &lt;li&gt;
   Secteurs inéligibles : professions non commerciales réglementées, entreprises et établissements publics et para-publics, professionnels du e-commerce.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 International
 Artisanat</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P105" s="1" t="inlineStr">
+      <c r="P104" s="1" t="inlineStr">
         <is>
           <t>25/08/2018</t>
         </is>
       </c>
-      <c r="Q105" s="1" t="inlineStr">
+      <c r="Q104" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour quels projets ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acquisitions de solutions immatérielles à forte valeur ajoutée, dans le cadre d&amp;#039;un projet de développement significatif en terme de chiffre d&amp;#039;affaires ou/et de performance interne. Les dépenses éligibles sont les coûts d&amp;#039;acquisition, les frais d&amp;#039;installation des logiciels, les coûts de maintenance et d&amp;#039;abonnement pour une durée maximale d&amp;#039;un an, les frais de formation liés à l&amp;#039;intégration des logiciels acquis (hors pris en charge par un Organisme Paritaire Collecteur Agréé - OPCA). Ex : ERP, solutions de collecte ou sécurisation des données, intranet, outil de gestion de maintenance, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Les acquisitions financées par crédit-bail ou location financière sont inéligibles, les factures devant être libellées au nom du bénéficiaire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-investissement-numerique</t>
         </is>
       </c>
-      <c r="W105" s="1" t="inlineStr">
+      <c r="W104" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/PDL_INVNUM/depot/simple</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  numerique&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Numéro VERT : 0 800 04 11 11
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fe2c-pays-de-la-loire-investissement-numerique/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>104710</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E106" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;aide publique est fixé par la GAL.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
@@ -19241,740 +19089,740 @@
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le taux d&amp;#039;aide publique est fixé par la GAL.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des politiques européennes
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contactez votre GAL référent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>104773</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Faciliter l’accès aux crédits bancaires en apportant, en partenariat avec Bpifrance, une garantie jusqu’à 70% (35% Région, 35% Bpifrance)</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire Garantie</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire
 Bpifrance</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Qu&amp;#039;il s&amp;#039;agisse d&amp;#039;innover, d&amp;#039;exporter, de s&amp;#039;adapter aux évolutions du marché, toutes ces composantes de la vie de l&amp;#039;entreprise comportent un volet financier. La question du financement est une priorité pour la Région avec un objectif transversal : faire effet de levier sur les financements privés, notamment bancaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Pour qui ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ces garanties bénéficient à l&amp;#039;ensemble des PME (répondant à la définition européenne de la PME). Sont toutefois exclues : les activités d&amp;#039;intermédiation financière, les activités de promotion et de locations immobilières (sauf immobilier lié à un projet de développement d&amp;#039;une entreprise), les activités agricoles réalisant moins de 750 000 € de chiffres d&amp;#039;affaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quels projets ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Fonds Pays de la Loire Garantie peut être mobilisé dans le cadre des opérations suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de création d&amp;#039;entreprise ;
  &lt;/li&gt;
  &lt;li&gt;
   de transmission d&amp;#039;entreprise ;
  &lt;/li&gt;
  &lt;li&gt;
   pour l&amp;#039;acquisition et le développement de nouveaux équipements ;
  &lt;/li&gt;
  &lt;li&gt;
   pour le développement à l&amp;#039;international des entreprises ;
  &lt;/li&gt;
  &lt;li&gt;
   pour le renforcement de la structure financière et de la trésorerie des entreprises ;
  &lt;/li&gt;
  &lt;li&gt;
   pour soutenir les entreprises innovantes.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Technologies numériques et numérisation
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 International</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P107" s="1" t="inlineStr">
+      <c r="P106" s="1" t="inlineStr">
         <is>
           <t>07/06/2019</t>
         </is>
       </c>
-      <c r="Q107" s="1" t="inlineStr">
+      <c r="Q106" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les concours garantis doivent être supérieurs ou égaux à deux ans et peuvent prendre la forme :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de prêts à long et moyen terme, y compris de prêts personnels aux dirigeants pour apport de fonds propres et de contrats de développement ;
  &lt;/li&gt;
  &lt;li&gt;
   de crédits-baux mobiliers et immobiliers, de cessions-bails, de locations financières, à l&amp;#039;exclusion de la location simple ;
  &lt;/li&gt;
  &lt;li&gt;
   de cautions bancaires liées à un crédit vendeur.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La Région et Bpifrance interviennent en co-garantie auprès de la ou des banque(s) jusqu&amp;#039;à 70% maximum. Bpifrance instruit les dossiers pour le compte de la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-garantie</t>
         </is>
       </c>
-      <c r="W107" s="1" t="inlineStr">
+      <c r="W106" s="1" t="inlineStr">
         <is>
           <t>https://contacts.bpifrance.fr/serviceclient/demandes</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
    &lt;br /&gt;
    Bpifrance
    &lt;br /&gt;
    0251729400
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c2b6-pays-de-la-loire-garantie/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>111653</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Expérimenter de nouvelles ressources numériques pour les bibliothèques et médiathèques</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Culture et action extérieure : Bibliothèques et médiathèques</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J108" s="1" t="inlineStr">
+      <c r="J107" s="1" t="inlineStr">
         <is>
           <t>2.000€ maximum par territoire.</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bibliothèques et médiathèques : aide aux intercommunalités du Nord-Essonne, pour expérimenter de nouvelles ressources numériques visant à enrichir les offres numériques existantes des intercommunalités.
 &lt;/p&gt;
 &lt;p&gt;
  Dispositif annuel, renouvelable un an pour la même ressource.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2017-02-0021 (AD du 13/11/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation
 Animation et mise en réseau
 Médias et communication</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Intercommunalités du Nord-Essonne.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture et de l&amp;#039;action internationale
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 93 52
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7a2b-experimenter-de-nouvelles-ressources-numeriqu/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>111672</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Surveiller les dépôts sauvages</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I109" s="1" t="inlineStr">
+      <c r="I108" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J109" s="1" t="inlineStr">
+      <c r="J108" s="1" t="inlineStr">
         <is>
           <t>50% maximum du coût HT de l’opération</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dispositifs de surveillance pour la lutte contre les dépôts sauvages.
 &lt;/p&gt;
 &lt;p&gt;
  Aide à l&amp;#039;achat et à l&amp;#039;installation de dispositifs autonomes ou factices photographiques et audio sans réseau.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2017-04-0039 (AD du 29/05/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Sols
 Recyclage et valorisation des déchets
 Technologies numériques et numérisation
 Risques naturels</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T109" s="1" t="inlineStr">
+      <c r="T108" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 97 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ac0-surveiller-les-depots-sauvages/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>111679</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Surveiller et lutter contre les dépôts sauvages à proximité de milieux naturels</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Développement durable : Territoire zéro déchet et économie circulaire</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I110" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J110" s="1" t="inlineStr">
+      <c r="J109" s="1" t="inlineStr">
         <is>
           <t>50% maximum du coût HT de l’opération</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide pour la mise en place de dispositifs de surveillance pour lutter contre les dépôts sauvages à proximité de milieux naturels.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2019-04-0010 (AD du 25/03/2019)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Sols
 Recyclage et valorisation des déchets
 Technologies numériques et numérisation
 Risques naturels
 Paysage</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les terrains naturels et agricoles publics (hors zones urbaines et espaces privés),
  &lt;/li&gt;
  &lt;li&gt;
   les chemins et sentiers ruraux (hors routes communales et voies privées).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mission développement durable
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 96 96
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/87c2-surveiller-et-lutter-contre-les-depots-sauvag/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>111736</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises ultramarines à maîtriser leur impact sur l'environnement et à diminuer leur consommation d'énergie - Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Bpifrance
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I111" s="1" t="inlineStr">
+      <c r="I110" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J111" s="1" t="inlineStr">
+      <c r="J110" s="1" t="inlineStr">
         <is>
           <t>subvention pouvant couvrir jusqu’à 70% des dépenses éligibles prévisionnelles</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montants et modalités d&amp;#039;octroi :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70 % des dépenses éligibles prévisionnelles retenues dans la limite de 100 000 € maximum et dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre du règlement dit des aides « de minimis ». Le cumul des aides « de minimis » ne doit pas excéder 200 000 € sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximum :
  &lt;/strong&gt;
  100.000€
  &lt;br /&gt;
  &lt;strong&gt;
   Montant minimum :
  &lt;/strong&gt;
  20.000€
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
  Pas de frais d&amp;#039;instruction.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Commerces et services
 Technologies numériques et numérisation
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   PME éligibles :
  &lt;/strong&gt;
  Entreprises, établies dans un Département ou Région d&amp;#039;Outre-mer (Guadeloupe, Martinique, Guyane, La Réunion, Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, et conformes à la doctrine d&amp;#039;intervention de Bpifrance.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
  sont éligibles, les projets permettant à l&amp;#039;entreprise de :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Mieux maîtriser ou de diminuer son impact sur l&amp;#039;environnement, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Diminuer sa consommation d&amp;#039;énergie ou de matières premières non renouvelables, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement et de réduction de la consommation d&amp;#039;énergie et/ou,
   &lt;/li&gt;
   &lt;li&gt;
@@ -19991,146 +19839,146 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les investissements matériels et équipements : par exemple, échangeurs thermiques, cogénération à haut-rendement, matériels de récupération, de stockage et de réduction d&amp;#039;énergie (solaire, électricité, mécanique), matériels réduisant les émissions polluantes, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les investissements immatériels : par exemple, coûts de mise aux normes, dépenses liées au respect de l&amp;#039;environnement, sécurité, formation des équipes de production, logiciels, diagnostics (performance énergétique de bâtiment industriel, impact environnemental du procédé), démarche éco-responsable (traitement et valorisation des déchets, éco-conception des produits, écologie industrielle), etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux : par exemple, travaux d&amp;#039;aménagement et de rénovation des bâtis prenant en compte les risques sismiques et cycloniques, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les frais externes divers : par exemple : préparation d&amp;#039;accords juridiques, faisabilité, sous-traitance, formations, déplacements, salons, etc.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Guyane</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Subvention-Investissement-Outre-mer</t>
         </is>
       </c>
-      <c r="W111" s="1" t="inlineStr">
+      <c r="W110" s="1" t="inlineStr">
         <is>
           <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/siom</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse postale :1660 Rocade Lycée 97300 Cayenne
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 06 90 28 90 60
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/contactez-nous/direction-regionale-cayenne" rel="noopener" target="_blank"&gt;
   Contact par mail
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   Demande en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f98e-aider-les-entreprises-ultramarines-a-maitrise/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>111757</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -20167,82 +20015,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M112" s="1" t="inlineStr">
+      <c r="M111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -20288,188 +20136,188 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W112" s="1" t="inlineStr">
+      <c r="W111" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>111759</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I113" s="1" t="inlineStr">
+      <c r="I112" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -20504,72 +20352,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M113" s="1" t="inlineStr">
+      <c r="M112" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -20593,371 +20441,371 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>111768</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux usages numériques avec les Conseillers numériques France services</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Former aux usages numériques avec les Conseillers numériques France services</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F113" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;État finance la formation et le déploiement de 4 000 conseillers numérique France service sur le territoire sur une durée de 2 ans pour les collectivités, établissements publics ou associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif visant à
+ &lt;strong&gt;
+  faire monter en compétences sur le numérique des habitants d&amp;#039;un territoire
+ &lt;/strong&gt;
+ , avec un accompagnement humain, interactif et à l&amp;#039;écoute des attentes des citoyens. Sur une durée de deux ans,
+ &lt;strong&gt;
+  l&amp;#039;État finance ainsi la formation et le déploiement de 4 000 Conseillers numériques France Services sur le territoire
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les Conseillers numériques France Services proposent et animent
+ &lt;strong&gt;
+  des ateliers ou activités de médiation numérique gratuits
+ &lt;/strong&gt;
+ pour les habitants et ainsi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutiennent les français dans les usages quotidiens du numérique (travailler à distance, consulter un médecin, gérer des courriels, suivre la scolarité de leurs enfants...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sensibilisent aux enjeux du numérique en favorisant des usages citoyens et critiques (maitrise de l&amp;#039;information, protection des données personnelles, maitrise des réseaux sociaux...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnent les usagers vers l&amp;#039;autonomie, notamment dans la réalisation de démarches administratives.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute personne désirant se former sur les usages du numérique au quotidien.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;br /&gt;
+&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cohesion-territoires.gouv.fr/france-services</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/particuliers/former-usages-numeriques-conseillers-numeriques-france-services</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Conseiller numérique France Services est piloté par le programme Société Numérique de l&amp;#039;Agence Nationale de la Cohésion des Territoires (ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, vous pouvez envoyer un mail à l&amp;#039;adresse : conseiller-numerique&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y113" s="1" t="inlineStr">
         <is>
-          <t>lea.pambrun@sdeeg33.fr</t>
+          <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z113" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a6b-former-aux-usages-numeriques-avec-les-conseil/</t>
         </is>
       </c>
       <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:27" customHeight="0">
       <c r="A114" s="1">
-        <v>111768</v>
+        <v>111995</v>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Se former aux usages numériques avec les Conseillers numériques France services</t>
+          <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
-        <is>
-[...145 lines deleted...]
-      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Plateforme d'apprentissage Interreg Europe PLP</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F115" s="1" t="inlineStr">
+      <c r="F114" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
  &lt;/li&gt;
  &lt;li&gt;
   des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
  &lt;/li&gt;
  &lt;li&gt;
   des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
 &lt;/p&gt;
 &lt;p&gt;
  A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M115" s="1" t="inlineStr">
+      <c r="M114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
  &lt;/li&gt;
  &lt;li&gt;
   améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
  &lt;/li&gt;
  &lt;li&gt;
   impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -21002,261 +20850,261 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
  &lt;a rel="noopener" target="_blank"&gt;
   interregeurope.eu
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
         </is>
       </c>
-      <c r="W115" s="1" t="inlineStr">
+      <c r="W114" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier  &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase    &amp;#43;33 (0) 491 575 606
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>112001</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Projet de coopération territoriale Interreg Europe</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F116" s="1" t="inlineStr">
+      <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I116" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J116" s="1" t="inlineStr">
+      <c r="J115" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M116" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -21301,927 +21149,922 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T116" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W116" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>115168</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Gérer les archives communales et intercommunales numériques</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Gestion des archives communales et intercommunales numériques</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les communes dans leurs obligations règlementaires de conservation et de communication de leurs documents numériques.
 &lt;/p&gt;
 &lt;p&gt;
  Prestation réglementaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Champs d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Collecte automatisée des documents.
  &lt;/li&gt;
  &lt;li&gt;
   Conservation et communication réglementaires des documents.
  &lt;/li&gt;
  &lt;li&gt;
   À terme, possibilité de gérer les procédures d&amp;#039;élimination réglementaire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Signer une convention tripartite entre le représentant légal de la commune ou de l&amp;#039;EPCI, le Président du Conseil départemental et le directeur des archives départementales, chargé du contrôle scientifique et technique des archives publiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes et EPCI de moins de 20.000 habitants adhérents à la société SPL-Xdemat.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/91/18-gestion-des-archives-communales-et-intercommunales-numeriques.htm</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   departement&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/485f-gerer-les-archives-communales-et-intercommuna/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>115182</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Aider à la première informatisation en bibliothèques municipales</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Bibliothèques municipales : aide à la première informatisation</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I118" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide à l&amp;#039;équipement en matériel informatique à l&amp;#039;occasion d&amp;#039;une 1ère informatisation de bibliothèques équipées du logiciel départemental de gestion des bibliothèques Koha.
 &lt;/p&gt;
 &lt;p&gt;
  Peuvent bénéficier de cette aide, les communes et les intercommunalités qui attribuent à la bibliothèque un budget annuel d&amp;#039;acquisition livres et périodiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   0,45 € minimum /hab pour une commune de moins de 3000 hab
  &lt;/li&gt;
  &lt;li&gt;
   0,90 € minimum /hab pour une commune de plus de 3000 hab
  &lt;/li&gt;
  &lt;li&gt;
   0,45 € minimum / hab pour l&amp;#039;ensemble des communes de la bibliothèque intercommunale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Versement de la subvention : après réception des factures acquittées ou des certificats de paiement des factures.
 &lt;/p&gt;
 &lt;p&gt;
  Taux de subvention : 30% du coût HT pour 2 postes informatiques.
 &lt;/p&gt;
 &lt;p&gt;
  Montant maximal de la subvention : 3.100€
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes et groupements de communes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   De moins de 10000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Ayant signé une convention avec le Département de l&amp;#039;Aube
  &lt;/li&gt;
  &lt;li&gt;
   Remettant à la bibliothèque dépatementale tous les ans le rapport d&amp;#039;activité de la bibliothèque rensigné
  &lt;/li&gt;
  &lt;li&gt;
   Disposant d&amp;#039;une bibliothèque de 120 m2 minimum
  &lt;/li&gt;
  &lt;li&gt;
   Attribuant à la bibliothèque un budget annuel d&amp;#039;acquisition livres et périodiques
  &lt;/li&gt;
  &lt;li&gt;
   Dont la bibliothèque dispose du logiciel départemental de gestion de bibliothèque Koha.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Courrier du représentant de la collectivité au Président du Conseil départemental.
 &lt;/p&gt;
 &lt;p&gt;
  Pièces à fournir :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   devis chiffré
  &lt;/li&gt;
  &lt;li&gt;
   délibération du Conseil municipal
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/73/18-bibliotheques-municipales-aide-a-la-1ere-informatisation.htm</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   departement&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/77d2-aider-a-la-premiere-informatisation-en-biblio/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>116786</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Encourager les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales - Label Territoire Numérique Libre</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Label Territoire Numérique Libre</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>ADULLACT (Association des Développeurs et Utilisateurs de Logiciels Libres pour les Administrations et les Collectivités Territoriales)</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis 2016, le label Territoire Numérique Libre encourage les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales, en valorisant les choix stratégiques et techniques mis en place sur le territoire : mise en place d&amp;#039;une stratégie en faveur du libre, utilisation de logiciels et systèmes libres, mise à disposition des données publiques (open data), etc.
  &lt;br /&gt;
  &lt;br /&gt;
  Il récompense la mutualisation des ressources, le bon usage de l&amp;#039;argent public, et toutes les initiatives en faveur des biens communs numériques sur le territoire.
  &lt;br /&gt;
  &lt;br /&gt;
  Le label Territoire Numérique Libre a été créé pour mettre en lumière les initiatives libres des collectivités, pour les promouvoir auprès des élus, des autres collectivités et des citoyens. C&amp;#039;est un marqueur fort pour toutes les collectivités engagées dans une démarche &amp;#34;Libre&amp;#34;.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La candidature au label Territoire Numérique Libre est gratuite, et ne nécessite aucune adhésion préalable.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://territoire-numerique-libre.org/le-label/" rel="noopener" target="_blank"&gt;
   Visitez notre site web pour plus d&amp;#039;informations.
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si ...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   votre collectivité utilise au moins un logiciel libre, dans ses services ou établissements scolaires,
  &lt;/li&gt;
  &lt;li&gt;
   vous avez entrepris d&amp;#039;ouvrir vos données publiques (open data),
  &lt;/li&gt;
  &lt;li&gt;
   vous favorisez l&amp;#039;utilisation de formats de fichiers ouverts,
  &lt;/li&gt;
  &lt;li&gt;
   les initiatives numériques libres sont encouragées sur votre territoire ...
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  ... alors, vous êtes déjà un Territoire Numérique Libre !
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les collectivités territoriales françaises de métropole ou d&amp;#039;outre-mer peuvent participer : villes, métropoles, communautés de communes, communautés d&amp;#039;agglomération, départements, régions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  Il suffit de désigner un·e élu·e référent et un·e personne responsable de la candidature, et de compléter le questionnaire de candidature en ligne. La participation au label est entièrement gratuite, seule la fabrication de la signalétique est à la charge des collectivités lauréates.
 &lt;/p&gt;
 &lt;p&gt;
  Vous trouverez davantage d&amp;#039;informations sur notre page pour
  &lt;a href="https://territoire-numerique-libre.org/candidat/" rel="noopener" target="_blank"&gt;
   Être candidat
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://territoire-numerique-libre.org/le-label/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Camille TILLATTE
  &lt;br /&gt;
  Chargée de Marketing et Communication à l&amp;#039;ADULLACT
  &lt;br /&gt;
  label&amp;#64;territoire-numerique-libre.org
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>camille.tillatte@adullact.org</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e457-encourager-les-usages-numeriques-libres-ouver/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>117160</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans le développement de leurs offres de lecture publique</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans le développement d&amp;#039;une offre de lecture publique répondant aux besoins des populations.
 &lt;/p&gt;
 &lt;p&gt;
  Création, rénovation, aménagement, informatisation de médiathèque, mise en réseau d&amp;#039;équipements.
 &lt;/p&gt;
 &lt;p&gt;
  Conventions entre le Département et la collectivité pour les aides à la construction ou à l&amp;#039;aménagement dans le cadre de la politique contractuelle.
 &lt;/p&gt;
 &lt;p&gt;
  Conventions entre le Département et la collectivité pour les aides à l&amp;#039;emploi et les aides à projets dans le cadre des Contrats Départementaux Lecture.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement gratuit (missions du service de lecture publique départemental).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M120" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Diagnostic de territoire co-construit avec les collectivités
   &lt;/li&gt;
   &lt;li&gt;
    Définition, avec la collectivité demandeuse, des besoins en matière d&amp;#039;équipement et de services
   &lt;/li&gt;
   &lt;li&gt;
    Aide à la rédaction d&amp;#039;un Projet Culturel, Scientifique, Educatif et Social
   &lt;/li&gt;
   &lt;li&gt;
    Accompagnement de la collectivité dans la définition de son projet bâtimentaire (médiathèque, lieu hybride, CDI médiathèque publique, réhabilitation d&amp;#039;un bâtiment existant)
   &lt;/li&gt;
   &lt;li&gt;
    Conseils en matière d&amp;#039;aménagement mobilier
   &lt;/li&gt;
   &lt;li&gt;
    Conseils en matière de collections documentaires et de services
   &lt;/li&gt;
   &lt;li&gt;
    Conseils en matière d&amp;#039;informatisation des médiathèques (système de gestion et portail web)
   &lt;/li&gt;
   &lt;li&gt;
    Aide à la création d&amp;#039;espaces numériques
   &lt;/li&gt;
   &lt;li&gt;
    Aide au montage de projets culturels dans le cadre des Contrats Départementaux Lecture
   &lt;/li&gt;
   &lt;li&gt;
    Conseils en matière de mise en réseau intercommunal et de mutualisation des services entre médiathèques
   &lt;/li&gt;
   &lt;li&gt;
    Information sur les dispositifs de subventions existants (Etat, Région, Département),
   &lt;/li&gt;
   &lt;li&gt;
    Aide au montage de dossiers et mise en relation avec les interlocuteurs
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Equipement public
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collectivités de Seine-et-Marne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W120" s="1" t="inlineStr">
+      <c r="W119" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5ac0-accompagner-les-collectivites-dans-le-develop/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>117404</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités pour la conservation et la gestion de leurs archives</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Assistance et veille téléphonique
   &lt;/li&gt;
   &lt;li&gt;
    Visites de conseil et/ou diagnostic
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Dans le cadre des prescriptions fixées par le Code du patrimoine et dans le prolongement du contrôle scientifique exercé au titre de l&amp;#039;Etat.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation
 Appui méthodologique
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W121" s="1" t="inlineStr">
+      <c r="W120" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/014f-conseiller-les-collectivites-pour-la-conserva/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>117484</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseiller aux décideurs locaux (CDL)
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
  &lt;br /&gt;
  &lt;br /&gt;
  La mise en place de ce nouvel interlocuteur permet :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -22234,90 +22077,90 @@
  &lt;li&gt;
   de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M121" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aide dans la confection d&amp;#039;un budget
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une analyse financière
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de nouveaux moyens de paiement
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la décision en matière financière et fiscale
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Simulations fiscales
  &lt;/li&gt;
  &lt;li&gt;
   Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement le déploiement du nouveau référentiel comptable M57
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement dans la rationalisation des régies
  &lt;/li&gt;
  &lt;li&gt;
   Suivi et gestion des marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Promotion de la démarche partenariale (CSCF et EP)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -22342,133 +22185,133 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P122" s="1" t="inlineStr">
+      <c r="P121" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>117493</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Participer à un appel à projet du Grand Plan d'Investissement</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>France 2030</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  ________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires gère le mandat du Grand Plan d&amp;#039;Investissement 2018-2022 (GPI) pour le compte de l&amp;#039;État. Doté d&amp;#039;un budget de 57 milliards d&amp;#039;euros, il s&amp;#039;articule autour de 4 actions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1. Accélérer la transition écologique
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le programme GPI intègre un appel à projets pour la Ville de demain. L&amp;#039;objectif de ces projets ? Favoriser le développement d&amp;#039;une nouvelle façon de concevoir, construire et gérer les villes afin qu&amp;#039;elles préservent à la fois la qualité de vie des habitants, la cohésion sociale et l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
@@ -22508,159 +22351,159 @@
  &lt;li&gt;
   les ressources académiques et de recherche.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;objectif ? Développer de nouveaux modèles qui répondent aux enjeux de transition énergétique, écologique, démographique, sociale ou encore numérique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   4. Construire l&amp;#039;État de l&amp;#039;âge numérique
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du « Fonds pour la Société Numérique » (FSN), plusieurs appels à projets sont lancés pour soutenir les actions visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Développer les réseaux à très haut débit ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les services, contenus et usages numériques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Industrie</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/france-2030?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=France_2030_dnat</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa29-participer-a-un-appel-a-projet-du-grand-plan-/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>117496</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le développement des villes</t>
         </is>
       </c>
-      <c r="C124" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les transports propres et de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
@@ -22684,179 +22527,179 @@
   Traiter les friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour de tels projets, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études visant à structurer le montage économique, financier et juridique ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser un accompagnement en ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Friche
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>117550</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
  &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
   formations thématiques
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
 &lt;/p&gt;
 &lt;p&gt;
  Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M124" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
  &lt;br /&gt;
  Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
  &lt;br /&gt;
  Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
  &lt;br /&gt;
  Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   organisation de sessions d&amp;#039;information thématiques :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : dispositif département Jura subventions DETR DSIL FNADT
  &lt;br /&gt;
  Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
  &lt;br /&gt;
@@ -22871,51 +22714,51 @@
  Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   organisation de formations thématiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : comment mobiliser les fonds européens sur son territoire
  &lt;br /&gt;
  Ex : mécénat et financement participatif
  &lt;br /&gt;
  Ex : marchés publics - comment acheter local
  &lt;br /&gt;
  Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
  &lt;br /&gt;
  Ex : réalisation des travaux
  &lt;br /&gt;
  Ex :
  comment associer les habitants à un projet communal ou intercommunal
  &lt;br /&gt;
  Ex le projet culturel du territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
@@ -22925,473 +22768,473 @@
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>http://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Madame la Présidente
  &lt;/li&gt;
  &lt;li&gt;
   AMJ
  &lt;/li&gt;
  &lt;li&gt;
   2 rue de Pavigny 39000 Lons-le-Saunier
  &lt;/li&gt;
  &lt;li&gt;
   Tél 03-84-86-07-07
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Service assistance juridique, administrative et financière :
   &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    juridique&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Service formation :
   &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    formation&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>117563</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Consigner des sommes d'argent pour les collectivités locales</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Consignations et dépôts spécialisés</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Par le biais de la Caisse des Dépôts, la Banque des Territoires propose un service de consignation de sommes d&amp;#039;argent dans l&amp;#039;attente de résoudre un litige ou dans l&amp;#039;optique de réaliser un projet. Cette consignation gratuite peut être demandée dans les situations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Expropriation en vue de réaliser un projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préemption d&amp;#039;un bien immobilier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un PPRT (Plan de Prévention des Risques Technologiques) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Survenue de risques environnementaux sur le territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Volonté de garantir la finition d&amp;#039;un lotissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Volonté d&amp;#039;assurer une contribution financière à l&amp;#039;occasion d&amp;#039;un plan social.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=consignation_securisee_cl_psat</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y125" s="1" t="inlineStr">
         <is>
-          <t>fabrice.castro@amjura.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z125" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50fb-consigner-des-sommes-dargent-pour-les-collect/</t>
         </is>
       </c>
       <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:27" customHeight="0">
       <c r="A126" s="1">
-        <v>117563</v>
+        <v>117568</v>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Consigner des sommes d'argent pour les collectivités locales</t>
+          <t>Financer l’apprentissage tout au long de la vie</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
-          <t>Consignations et dépôts spécialisés</t>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
         </is>
       </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G126" s="1" t="inlineStr">
-        <is>
-[...136 lines deleted...]
-      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
 structure intervenant sur l’éducation (champ du primaire, secondaire,
 périscolaire ou supérieur) ayant un fort impact social et territorial, une
 structure de formation continue ayant un fort impact social et territorial, une
 structure de formation en apprentissage (CFA / OFA), une EdTech de l’éducation
 ou de la formation professionnelle ayant une fonction support clé pour les
 organismes de formation ou organismes de formation et/ou centre de formations
 d’apprentis ou encore une collectivité locale ou une entreprise publique locale
 (société d’économie mixte) ? Vous souhaitez solliciter des financements pour un
 projet qui favorise l’accès à l’éducation de toutes et tous ? &lt;/span&gt;La Banque des
 Territoires investit dans vos projets pour permettre à chacune et chacun
 d’apprendre dans les meilleures conditions et tout au long de la vie, en tout
 point du territoire.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Notre offre de
 financement s’articule autour de deux volets. Un premier consacré à
 l’éducation, où nous accompagnons, conseillons et finançons les projets
 éducatifs des territoires. Un second consacré à la formation professionnelle à
 impact, où nous investissons dans le développement de structures de formation
 professionnelle, initiale ou continue, positionnées sur la formation des
 publics répondant à des enjeux de cohésion sociale et territoriale, de la
 transition écologique, et des métiers en tension. Cet investissement prend la
 forme d’une prise de participation en fonds propres ou quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Egalité des chances
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche
 Emploi</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=education_formation_psat</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-apprentissage/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>119891</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Réaliser une étude sur-mesure de l'activité économique</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous devez réaliser un état des lieux de l&amp;#039;économie et de certains secteurs d&amp;#039;activité de votre territoire ? Vous souhaitez optimiser l&amp;#039;attractivité de celui-ci, affiner votre connaissance d&amp;#039;une filière, évaluer le potentiel d&amp;#039;un évènement, l&amp;#039;impact d&amp;#039;un équipement ?
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI vous fournit les analyses et données utiles pour sécuriser vos décisions en matière de développement économique.
 &lt;/p&gt;
 &lt;p&gt;
  Elle vous propose ainsi un service sur mesure en fonction de votre stratégie locale de développement économique :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    PORTRAIT DE VOTRE TERRITOIRE OU D&amp;#039;UNE FILIÈRE :
   &lt;/strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   L&amp;#039;analyse quantitative et qualitative de données est produite à partir :
   &lt;br /&gt;
   - des données collectées sur les sources les plus pertinentes à votre besoin (sources CCI, organismes publics INSEE, URSSAF, partenaires, ...) ;
   &lt;br /&gt;
   - de recherches documentaires (presse, web, rapports d&amp;#039;experts, études antérieures et documents d&amp;#039;urbanisme) ;
   &lt;br /&gt;
   - d&amp;#039;un repérage de projets qui entrent dans le périmètre de l&amp;#039;analyse.
   &lt;br /&gt;
@@ -23423,148 +23266,148 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    ÉTUDE D&amp;#039;IMPACT ÉCONOMIQUE DE VOTRE ÉQUIPEMENT OU ÉVÉNEMENT :
   &lt;/strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   Ce service s&amp;#039;adresse particulièrement aux organisateurs de manifestations, gestionnaires d&amp;#039;équipements, associations ou encore groupes d&amp;#039;acteurs publics pour analyser les retombées économiques d&amp;#039;un équipement ou événement.
   &lt;br /&gt;
   Il repose sur une méthodologie d&amp;#039;enquête avec la restitution d&amp;#039;un bilan.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Un entretien préalable avec votre conseiller CCI pour préciser vos besoins et définir le périmètre d&amp;#039;étude.
   &lt;br /&gt;
   Prestation sur devis.
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Innovation, créativité et recherche
 International
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/etude-sur-mesure-de-lactivite-economique</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/28e1-realiser-une-etude-sur-mesure-de-lactivite-ec/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>119940</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Département</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I129" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités thématiques d&amp;#039;affectation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
   &lt;/p&gt;
  &lt;/li&gt;
@@ -23581,368 +23424,368 @@
  &lt;li&gt;
   &lt;p&gt;
    à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
 &lt;/p&gt;
 &lt;p&gt;
  Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M129" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique et mise aux normes de bâtiments publics
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une voie verte
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de nouveaux arrêts et terminus de bus
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une médiathèque
  &lt;/li&gt;
  &lt;li&gt;
   Réaménagement des locaux de l&amp;#039;office du tourisme
  &lt;/li&gt;
  &lt;li&gt;
   Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie et ouvrages d&amp;#039;art
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Technologies numériques et numérisation
 Tiers-lieux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les collectivités éligibles à la DSID :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La nature des projets éligibles :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
  &lt;/li&gt;
  &lt;li&gt;
   La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
  &lt;/li&gt;
  &lt;li&gt;
   en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
  &lt;/li&gt;
  &lt;li&gt;
   plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T129" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de sa préfecture de département ou de région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>119942</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J130" s="1" t="inlineStr">
+      <c r="J129" s="1" t="inlineStr">
         <is>
           <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
 &lt;/p&gt;
 &lt;p&gt;
  Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
  &lt;/li&gt;
  &lt;li&gt;
   La transition écologique : par exemple, la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -23971,132 +23814,132 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>119945</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Dotation de soutien à l'investissement local</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I131" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La
  &lt;strong&gt;
   dotation de soutien à l&amp;#039;investissement local
  &lt;/strong&gt;
  (DSIL) a été créée en 2016 afin de soutenir l&amp;#039;investissement local des collectivités du bloc communal, d&amp;#039;accompagner et de favoriser la transformation des territoires. Les décisions d&amp;#039;attribution de la DSIL relèvent du préfet de région et les crédits de cette dotation sont destinés à financer des opérations entrant dans l&amp;#039;une des 6 thématiques fixées par l&amp;#039;article L. 2334-42 du CGCT :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique, transition énergétique, développement des énergies renouvelables
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes et sécurisation des équipements publics
  &lt;/li&gt;
  &lt;li&gt;
   Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements
  &lt;/li&gt;
  &lt;li&gt;
   Développement du numérique et de la téléphonie mobile
  &lt;/li&gt;
  &lt;li&gt;
   Création, transformation et rénovation des bâtiments scolaires
  &lt;/li&gt;
  &lt;li&gt;
@@ -24127,219 +23970,219 @@
  &lt;li&gt;
   pour 35% en fonction de la  population située dans une unité urbaine de moins de 50.000 habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour la première part, est prise en compte la population municipale des régions. Pour le département de Mayotte, la population DGF du département est retenue. Pour la seconde part, la population prise en compte est la population DGF des communes, telle que définie à l&amp;#039;article L. 2334-2 du CGCT et les unités urbaines sont celles qui figurent sur la liste publiée par l&amp;#039;Institut national de la statistique et des études économiques.
 &lt;/p&gt;
 &lt;p&gt;
  Cette répartition vise à apporter un soutien privilégié aux régions dans lesquelles se concentrent les collectivités de taille modeste qui peuvent rencontrer davantage de difficultés à mobiliser les financements nécessaires à des projets structurants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Gestion déconcentrée de la DSIL :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Depuis sa création en 2016, la gestion de la dotation de soutien à l&amp;#039;investissement local a été confiée à l&amp;#039;échelon régional, ce qui signifie que les préfets de région attribuent les subventions au titre de la DSIL en concertation avec les sous-préfets d&amp;#039;arrondissement et le préfet de département. Le caractère régional de la dotation permet aux préfets de région de s&amp;#039;adapter aux spécificités de leurs territoires sans être contraints par une enveloppe départementale et de mettre en œuvre des stratégies infrarégionales de manière souple, en priorisant les territoires disposant des ressources les moins élevées pour investir.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet de loi relatif à la différenciation, la décentralisation, la déconcentration et portant diverses mesures de simplification de l&amp;#039;action publique locale (3DS) réaffirme la compétence de principe du préfet de région pour l&amp;#039;attribution des subventions. Afin de fluidifier le processus d&amp;#039;attribution, il autorise néanmoins le préfet de département à signer les actes associés à l&amp;#039;attribution des subventions, au nom et par délégation du préfet de région et dans les conditions que celui-ci fixe.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M131" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique des bâtiments communaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de la mairie
  - Sécurisation des accès à l&amp;#039;école
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une piste cyclable - aménagement d&amp;#039;un chemin piéton dans le cadre des mobilités douces
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un terrain multi-sport - aménagement d&amp;#039;équipements sportifs divers
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un groupe scolaire
  - rénovation de la cantine scolaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>119980</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I131" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La
  &lt;strong&gt;
   Dotation d&amp;#039;équipement des territoires ruraux
  &lt;/strong&gt;
  (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités d&amp;#039;attribution de la DETR sont caractérisées par une gestion largement déconcentrée permettant une adaptation aux priorités locales. Une commission départementale d&amp;#039;élus (dite &amp;#34;commission DETR&amp;#34;) est chargée de définir les catégories d&amp;#039;opérations prioritaires, les taux de subvention minimaux et maximaux applicables à chacune d&amp;#039;elles dans la limite des planchers et plafonds définis par le code général des collectivités territoriales (20-80%), et de donner son avis sur tous les projets de subvention supérieurs à 100 000 euros.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il convient donc, pour s&amp;#039;assurer de l&amp;#039;éligibilité d&amp;#039;une opération d&amp;#039;investissement au titre de cette dotation, de vérifier que celle-ci s&amp;#039;inscrive bien dans le cadre des catégories prioritaires définies par la commission dans le département concerné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités nationales d&amp;#039;affectation pour 2022 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En 2022, certaines priorités nationales ont été fixées, sous réserve du respect des décisions de la commission des élus. Ces priorités sont fixées par l&amp;#039;instruction ministérielle du 7 janvier 2022 relative à la composition et aux règles d&amp;#039;emploi des dotations et fonds de soutien à l&amp;#039;investissement en faveur des territoires en 2022 (https://www.legifrance.gouv.fr/download/pdf/circ?id&amp;#61;45271).
 &lt;/p&gt;
@@ -24359,267 +24202,267 @@
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction de la population regroupée des communes caractérisées comme peu denses ou très peu denses, au sens de l&amp;#039;INSEE, au 1er janvier de l&amp;#039;année précédant l&amp;#039;année au titre de laquelle la répartition est effectuée, situées dans les établissements publics de coopération intercommunale à fiscalité propre répondant aux critères d&amp;#039;éligibilité indiqués au 1° de l&amp;#039;article L. 2334-33 et qui ont leur siège dans le département ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction du rapport, pour chaque EPCI à fiscalité propre éligible, entre le potentiel fiscal moyen par habitant des EPCI à fiscalité propre de sa catégorie et son potentiel fiscal moyen par habitant ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  2°) la seconde moitié de la dotation est répartie en fonction de critères de densité du département et du potentiel financier des communes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % répartis entre les départements, en proportion du rapport entre la densité moyenne de population de l&amp;#039;ensemble des départements et la densité de population du département, le rapport pris en compte étant plafonné à 10 ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction du rapport, pour chaque commune répondant aux critères d&amp;#039;éligibilité indiqués aux a et b du 2° de l&amp;#039;article L. 2334-33, entre le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes appartenant au même groupe démographique et son potentiel financier moyen par habitant.
  &lt;br /&gt;
  Les données utilisées sont les données au 1er janvier N-1.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la DETR 2022</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>120285</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Accéder à un Système d’Information Géographique (S.I.G) et Géoservices</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Système d’Information Géographique (S.I.G) et Géoservices</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mise à disposition de données géographiques et de
  &lt;span&gt;
   &lt;a href="https://infogeo.ladrome.fr" rel="noopener" target="_blank"&gt;
    e-services cartographiques
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
@@ -24630,178 +24473,173 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
   Informations générales sur les Systèmes d&amp;#039;Information Géographique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mise à disposition de données IGN (Scan 25 – Scan 100 – BD Forêt – BD Ortho – BD Alti) et données foncières de la DGFIP (Fichiers Majic III) pouvant être utiles aux bureaux d&amp;#039;études (adressage postal, travaux sur les réseaux, urbanisme, aménagement du territoire...)
  &lt;/li&gt;
  &lt;li&gt;
   Accès à différentes plateformes web cartographiques permettant de consulter des données produites par le département, des données foncières ainsi que des données IGN.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Syndicat d&amp;#039;eaux et de rivières
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/systeme-information-geographique-geoservices/</t>
         </is>
       </c>
-      <c r="W133" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme
 &lt;/p&gt;
 &lt;p&gt;
  Pôle SIG
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 79 26 90
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:sig&amp;#64;ladrome.fr"&gt;
   sig&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a5db-systeme-dinformation-geographique-sig-et-geos/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>120286</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Installer et maintenir des systèmes informatiques et réseaux</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Systèmes Informatiques et réseaux</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Installation et maintenance d&amp;#039;équipements, infrastructures associées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -24863,155 +24701,150 @@
   Service de sauvegarde de données externalisée
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Hébergement dans un DataCenter 100% public :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réservations et dépôts de noms de domaine
  &lt;/li&gt;
  &lt;li&gt;
   Hébergement de sites web
  &lt;/li&gt;
  &lt;li&gt;
   Messagerie électronique et calendriers partagés
  &lt;/li&gt;
  &lt;li&gt;
   Hébergement de serveurs dédiés
  &lt;/li&gt;
  &lt;li&gt;
   Virtualisation de serveurs métiers pour un travail à distance
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/systemes-informatiques-reseaux/</t>
         </is>
       </c>
-      <c r="W134" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Mixte Numérian
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 30 13 13
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.numerian.fr/"&gt;
   www.numerian.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
   contact&amp;#64;numerian.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/94f3-systemes-informatiques-et-reseaux/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>120287</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de logiciels et d'applications de gestion</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Logiciels et applications</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mise à disposition de logiciels de gestion à l&amp;#039;échelle communale et intercommunale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -25057,155 +24890,150 @@
   &lt;br /&gt;
   – Logiciel d&amp;#039;aide à la rédaction des marchés publics
   &lt;br /&gt;
   – Logiciel de gestion des Autorisations du Droit du Sol
   &lt;br /&gt;
   – Cloud, espace de stockage en ligne partagé pour un travail collaboratif
   &lt;br /&gt;
   – Liste de diffusion mails
   &lt;br /&gt;
   – Enquêtes en ligne
   &lt;br /&gt;
   – Applications en ligne de gestion du cadastre et autorisations du droit du sol
  &lt;/li&gt;
  &lt;li&gt;
   Choix des outils, installation et déploiement au sein de la collectivité ou en mode hébergé pour un accès distant
  &lt;/li&gt;
  &lt;li&gt;
   Formation des utilisateurs
  &lt;/li&gt;
  &lt;li&gt;
   Service d&amp;#039;assistance par nos agents au quotidien
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/logiciels-applications/</t>
         </is>
       </c>
-      <c r="W135" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Mixte Numérian
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 30 13 13
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="http://www.numerian.fr"&gt;
   www.numerian.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
   contact&amp;#64;numerian.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3a06-logiciels-et-applications/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>120288</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Mettre en place des process de dématérialisation et des téléprocédures (e-administration)</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>E-Administration</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dématérialisation et téléprocédures.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -25238,161 +25066,156 @@
   – Délivrance de certificat de signature électronique sur site
   &lt;br /&gt;
   – Plateforme de dématérialisation des marchés publics
   &lt;br /&gt;
   – Tiers de Télétransmission vers la préfecture et la trésorerie
   &lt;br /&gt;
   – Dématérialisation des actes réglementaires et budgétaires
   &lt;br /&gt;
   – Dématérialisation des bordereaux comptables
   &lt;br /&gt;
   – Parapheur électronique en ligne avec circuits de validation
   &lt;br /&gt;
   – Service de Correspondant Informatique et Libertés
   &lt;br /&gt;
   – Audits dans le cadre de la loi sur le RGPD
  &lt;/li&gt;
  &lt;li&gt;
   Formation des utilisateurs
  &lt;/li&gt;
  &lt;li&gt;
   Service d&amp;#039;assistance par nos agents au quotidien
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/e-administration/</t>
         </is>
       </c>
-      <c r="W136" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Syndicat Mixte Numérian
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04 75 30 13 13
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="https://www.numerian.fr/"&gt;
     www.numerian.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
     contact&amp;#64;numerian.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3cad-e-administration/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>120289</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de formations et d'actions de sensibilisation aux nouveaux usages numériques</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Nouveaux usages numériques</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Formations, actions de sensibilisation, ateliers spécifiques, conseil et accompagnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
   Informations générales
@@ -25433,155 +25256,150 @@
  &lt;/li&gt;
  &lt;li&gt;
   Prestations de conseil pour l&amp;#039;organisation d&amp;#039;événements
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la définition de la stratégie numérique des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Maîtrise d&amp;#039;œuvre (intervention payante) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Animation de formations numériques à destination des agents de la collectivité
   &lt;/li&gt;
   &lt;li&gt;
    Organisation de Café-outils ou « 1h pour... » dans les territoires
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/nouveaux-usages-numeriques/</t>
         </is>
       </c>
-      <c r="W137" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Moulin Digital
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 83 50 58
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;lemoulindigital.fr"&gt;
   contact&amp;#64;lemoulindigital.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://lemoulindigital.fr/"&gt;
   www.lemoulindigital.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/177f-nouveaux-usages-numeriques/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>120311</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Être accompagné à l'informatisation de sa bibliothèque</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Informatisation des bibliothèques</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Opérations d&amp;#039;informatisation ou de ré-informatisation de bibliothèque ou de réseau de bibliothèques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -25598,165 +25416,160 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Visite sur place ou accompagnement à distance
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;expression du besoin et à la définition du projet
  &lt;/li&gt;
  &lt;li&gt;
   Présentation des offres des fournisseurs existantes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Visite sur place ou accompagnement à distance Réalisation d&amp;#039;une étude de faisabilité financière et technique du projet Aide à la méthode de gestion projet (organisation du chantier, calendrier)
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la sélection du prestataire et au suivi du chantier
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/informatisation-des-bibliotheques/</t>
         </is>
       </c>
-      <c r="W138" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme
 &lt;/p&gt;
 &lt;p&gt;
  Services des médiathèques
 &lt;/p&gt;
 &lt;p&gt;
  Pôle Informatique et Numérique
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 78 41 90
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:jrieu&amp;#64;ladrome.fr"&gt;
   jrieu&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9000-informatisation-des-bibliotheques/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>120433</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Développer les usages, services et infrastructures numériques, projets innovants en lien avec le numérique</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>DEVELOPPEMENT DES USAGES, SERVICES ET INFRASTRUCTURES NUMERIQUES, PROJETS INNOVANTS EN LIEN AVEC LE NUMERIQUE</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La stratégie numérique départementale visant à soutenir le développement des usages, services et infrastructures numériques s&amp;#039;articule autour de 4 axes :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Accompagner les publics dans leur appropriation du numérique,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Soutenir l&amp;#039;innovation, la compétitivité et l&amp;#039;attractivité du territoire grâce aux infrastructures numériques,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Développer l&amp;#039;administration numérique tournée vers l&amp;#039;usager : &amp;#64;services , Accompagner les collectivités du territoire dans leur transition numérique.
@@ -25809,1693 +25622,530 @@
   &lt;strong&gt;
    Téléservice
   &lt;/strong&gt;
   : Communication et numérique
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif :
   &lt;/strong&gt;
   Développement des usages, services et infrastructures numériques, projets innovants en lien avec le numérique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les aides à l&amp;#039;investissement sont versées suivant le règlement financier général du Département.
  &lt;/li&gt;
  &lt;li&gt;
   Les aides au fonctionnement sont versées selon les modalités définies sur la lettre de notification.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M139" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
  Les opérations éligibles sont des projets de services, d&amp;#039;usages ou de contenus innovants répondant aux enjeux d&amp;#039;ampleur départementale sus-mentionnés. La sélection des projets s&amp;#039;appuiera notamment sur les critères suivants : caractère innovant du projet, compétences du porteur, méthodologie employée, place de l&amp;#039;usager dans le projet, qualité et engagement des partenaires, viabilité et pérennité du projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  collectivités territoriales et leurs regroupements, associations, syndicats mixtes, organismes publics et leurs groupements.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/developpement-des-usages-services-et-infrastructures-numeriques-projets-innovants-en-lien-avec-le-numerique/</t>
         </is>
       </c>
-      <c r="W139" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme – Direction Générale Adjointe du Développement – Mission Développement Numérique
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél :
  &lt;strong&gt;
   04.75.79.81.77
  &lt;/strong&gt;
  – Courriel :
  &lt;a href="mailto:numerique&amp;#64;ladrome.fr"&gt;
   numerique
  &lt;/a&gt;
  &lt;a href="mailto:numerique&amp;#64;ladrome.fr"&gt;
   &amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/531e-developpement-des-usages-services-et-infrastr/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>120458</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Avoir un guichet unique pour les aides européennes en Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C139" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - FEDER - Fonds européen de développement régional
 EUROPE - FSE + - Fonds social européen
 EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Mon projet européen</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La période de démarrage d&amp;#039;une nouvelle programmation des FESI (fonds européens structurels et d&amp;#039;investissement) est généralement l&amp;#039;occasion de reposer les ambitions en matière d&amp;#039;animation pour faire connaître les opportunités de financements offertes par l&amp;#039;Union européenne, et accompagner au mieux les porteurs potentiels.
 &lt;/p&gt;
 &lt;p&gt;
  Il est important d&amp;#039;avoir un pilotage général de cette stratégie d&amp;#039;animation via la mise en place d&amp;#039;un guichet d&amp;#039;accueil de premier niveau (boîte mails :
  &lt;strong&gt;
   Mon projet européen).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif de ce guichet unique est d&amp;#039;orienter au mieux le projet en dirigeant le porteur vers le bon financement européen disponible, ou à l&amp;#039;inverse lui indiquer qu&amp;#039;il n&amp;#039;y en a pas en lien avec son projet.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une adresse mail est mise à disposition des porteurs potentiels/porteurs :
  &lt;strong&gt;
   monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce nouvel outil permettra une orientation de premier niveau afin de rediriger les porteurs potentiels/porteurs vers le bon interlocuteur qui pourra les accompagner ensuite vers la définition de son projet dans le respect des règles européennes.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Montagne
 Economie d'énergie et rénovation énergétique
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 International
 Attractivité économique
 Animation et mise en réseau
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu</t>
         </is>
       </c>
-      <c r="W140" s="1" t="inlineStr">
+      <c r="W139" s="1" t="inlineStr">
         <is>
           <t>http://www.europe-bfc.eu</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>andrea.perilli@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b498-mon-projet-europeen/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-[...35 lines deleted...]
-      <c r="H141" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>120567</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer et transformer les filières - France 2030 Région Auvergne - Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>France 2030</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance
+Direction régionale de l’économie, de l’emploi, du travail et des solidarités  (DREETS) — Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I141" s="1" t="inlineStr">
-[...24 lines deleted...]
- &lt;br /&gt;
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif « Amélioration et transformation de filières » se traduit par un appel à projets ouvert à l&amp;#039;attention des entreprises et acteurs économiques et de la recherche du territoire régional.
+&lt;/p&gt;
+&lt;p&gt;
+ A titre d&amp;#039;exemple, voici les domaines d&amp;#039;excellence dans lesquelles les projets doivent s&amp;#039;inscrire pour être éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Industrie du futur et protection industrielle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bâtiments et travaux publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilité et systèmes de transport intelligents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sport, Montagne, Tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agriculture, Agroalimentaire, Forêt
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets soutenus doivent démontrer un apport concret et déterminant à une filière stratégique régionale et à sa structuration, en bénéficiant prioritairement à de nombreuses petites et moyennes entreprises (PME) ou entreprises de taille intermédiaire indépendantes (ETI) issues de cette filière.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
-[...312 lines deleted...]
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
-[...19 lines deleted...]
- &lt;br /&gt;
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>30/09/2022</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets doivent contribuer à la structuration d&amp;#039;une filière dans une logique partenariale, en ayant un impact sur un grand nombre d&amp;#039;acteurs économiques, en particulier en bénéficiant de façon significative à de nombreuses PME et ETI régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils peuvent notamment prendre la forme de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Dépenses d&amp;#039;investissement matériel et immatériel ;
-[...848 lines deleted...]
- &lt;li&gt;
   création d&amp;#039;unités industrielles partagées ;
  &lt;/li&gt;
  &lt;li&gt;
   mise en commun de compétences techniques ;
  &lt;/li&gt;
  &lt;li&gt;
   mise en place d&amp;#039;outils collaboratifs ;
  &lt;/li&gt;
  &lt;li&gt;
   développement d&amp;#039;une offre de service bénéficiant à l&amp;#039;ensemble d&amp;#039;une filière existante ;
  &lt;/li&gt;
  &lt;li&gt;
   mise en place de plateformes technologiques mutualisées, de démonstrateurs, de plateformes d&amp;#039;accélération pour l&amp;#039;industrie du futur ;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://lyonbiopole.com/appel-a-projet/france-2030-amelioration-et-transformation-de-filiere</t>
         </is>
       </c>
-      <c r="W146" s="1" t="inlineStr">
+      <c r="W140" s="1" t="inlineStr">
         <is>
           <t>https://app.bel.bpifrance.fr/subscribe/pia4-atf/company?origin=FR-ARA</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, les équipes de Bpifrance, de la Région et de la DREETS Auvergne-Rhône-Alpes se tiennent à la disposition des partenaires des projets pour les accompagner dans la préparation de leurs dossiers.
 &lt;/p&gt;
 &lt;p&gt;
  Information et dépôt de dossier : http://France2030.auvergnerhonealpes.fr
 &lt;/p&gt;
 &lt;p&gt;
  Correspondant Bpifrance : France2030.auvergnerhonealpes&amp;#64;bpifrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  Vous avez besoin d&amp;#039;aide pour maximiser les chances que votre dossier soit retenu ? Des structures dans vos régions sont là pour vous accompagner. Retrouvez la liste
  &lt;a href="https://gnius.esante.gouv.fr/fr/acteurs/fiches-acteur?title&amp;#61;&amp;amp;field_zone_d_intervention_target_id%5B127%5D&amp;#61;127" rel="noopener" target="_blank"&gt;
   ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  !
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>anne.bertaud@esante.gouv.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/68a5-ameliorier-et-transformer-les-filieres-france/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>120596</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I147" s="1" t="inlineStr">
+      <c r="I141" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J147" s="1" t="inlineStr">
+      <c r="J141" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -27523,66 +26173,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P147" s="1" t="inlineStr">
+      <c r="P141" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q147" s="1" t="inlineStr">
+      <c r="Q141" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R147" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -27594,371 +26244,626 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>120898</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Encourager la diversité de création dans le domaine du jeu vidéo et conforte son écosystème professionnel</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'aide à la création de jeu vidéo</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région encourage la diversité de création dans le domaine du jeu vidéo et conforte son écosystème professionnel, à travers une aide sélective et remboursable à la production.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P142" s="1" t="inlineStr">
+        <is>
+          <t>13/10/2025</t>
+        </is>
+      </c>
+      <c r="Q142" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide est destinée aux sociétés commerciales productrices de jeu vidéo.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise bénéficiaire doit avoir la maîtrise artistique, technique et financière de son projet. Elle assure la responsabilité de la production et de la réalisation du jeu vidéo. Elle peut disposer d&amp;#039;un coproducteur.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les aides accordés sont des avances récupérables selon des modalités précisées dans les conventions signées entre le bénéficiaire et la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont octroyées sur la base du règlement (UE)
+ &lt;a href="http://circulaire.legifrance.gouv.fr/pdf/2015/10/cir_40085.pdf" rel="noopener" target="_blank"&gt;
+  n° 1407/2013
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ de la Commission du 18 décembre 2013 qui fixe un plafond de 200.000€ d&amp;#039;aide publique maximum par société sur une durée de 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise soutenue doit déclarer les aides de minimis déjà perçues.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité de l&amp;#039;œuvre est conditionnée par le respect des critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le projet doit être un jeu vidéo, on line ou off line, sur console, téléphone mobile, PC, réseaux sociaux et sur tout support de distribution à l&amp;#039;exclusion des jeux « Pay to win »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit avoir un coût global de développement supérieur ou égal à 50.000€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit avoir 50% minimum des dépenses de production réalisées en Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet ne doit pas comporter de séquences qui pourraient faire l&amp;#039;objet d&amp;#039;une classification PEGI 18 (Pan-European Game Information, système européen d&amp;#039;information sur les jeux).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le dossier de candidature de l&amp;#039;entreprise doit comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les informations renseignées sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégralité des pièces demandées sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  , et listées dans les dossiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier ad hoc daté et signé déposé sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En plus de ces démarches sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , l&amp;#039;entreprise candidate doit adresser dans les mêmes délais l&amp;#039;intégralité des pièces en format papier (datées et signées par le responsable légal de l&amp;#039;entreprise) à :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Région Île-de-France
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mme Julitte MICHEL
+&lt;/p&gt;
+&lt;p&gt;
+ Service Cinéma et Audiovisuel de la Région
+ &lt;br /&gt;
+ 2, rue Simone-Veil
+ &lt;br /&gt;
+ 93400 Saint-Ouen.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1ère session 2023
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture de la plateforme : mardi 1er novembre 2022
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fermeture de la plateforme : mercredi 1er février 2023 - 17h
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comité de sélection : mars 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vote des aides en Commission permanente : mai 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2ème session 2023
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture de la plateforme : mercredi 1er mars 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fermeture de la plateforme : vendredi 30 juin 2023 - 17h
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comité de sélection : septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vote des aides en Commission permanente : novembre 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-daide-la-creation-de-jeu-video</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>Julitte Michel
+&lt;br /&gt;
+Chargée de mission Jeu vidéo
+&lt;br /&gt;
+&lt;a href="mailto:julitte.michel&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ julitte.michel&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;
+Tél. : 01 53 85 77 02</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/16e4-fonds-daide-a-la-creation-de-jeu-video/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>120975</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Aider les collectivités à l’installation de la vidéo-protection</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Aide à l’installation de la vidéo-protection</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement des élus dans l&amp;#039;analyse de leur territoire communal ou intercommunal, l&amp;#039;identification des besoins et l&amp;#039;élaboration d&amp;#039;un projet de développement de la vidéo-protection à court terme.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M148" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département met à disposition ses compétences techniques, afin que la commune ou l&amp;#039;EPCI bénéficie d&amp;#039;un accompagnement en amont de la demande de financement permettant d&amp;#039;aboutir à l&amp;#039;identification des besoins au regard des caractéristiques de la commune ou de l&amp;#039;EPCI et de la typologie des risques encourus.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif est d&amp;#039;engager une réflexion (dialogue) pour aider la collectivité à appréhender la mise en place de la vidéo-protection sur son territoire.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Soit, suite à la production par la Commune ou l&amp;#039;EPCI d&amp;#039;une première présentation sur les risques ou dégradations observées et les enjeux de la mise en place d&amp;#039;un système de vidéo-protection ; premiers retours des échanges avec le référent sureté (Gendarmerie ou Police nationale).
 &lt;/p&gt;
 &lt;p&gt;
  Soit, organisation d&amp;#039;une réunion, afin d&amp;#039;aider la commune (ou l&amp;#039;EPCI) à appréhender le guide élaboré par le Département et d&amp;#039;échanger sur les premières pistes à creuser en priorité.
 &lt;/p&gt;
 &lt;p&gt;
  Soit, accompagnement du Département dans la production d&amp;#039;un cahier des charges afin de solliciter, éventuellement, un AMO par la collectivité.
 &lt;/p&gt;
 &lt;p&gt;
  Cet accompagnement peut être mené en amont de tout projet d&amp;#039;installation d&amp;#039;un système de vidéo-protection quel que soit le niveau d&amp;#039;avancement des réflexions ou études.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Technologies numériques et numérisation
 Appui méthodologique
 Connaissance de la mobilité
 Sécurité</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collectivités de Seine-et-Marne
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>http://seine-et-marne.fr/fr/bouclier-de-securite-ouverture-des-subventions-aux-communes</t>
         </is>
       </c>
-      <c r="W148" s="1" t="inlineStr">
+      <c r="W143" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél.: 01 64 14 73 56
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6f2b-aider-les-collectivites-a-linstallation-de-la/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>121339</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Fonds national d'aménagement et de développement du territoire</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Préfecture de région — Hauts-de-France</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I149" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espaces verts
 Accès aux services
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Equipement public
 Bâtiments et construction
 Emploi
 Attractivité économique
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les champs d&amp;#039;intervention privilégiés du FNADT sont :
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
  &lt;br /&gt;
  développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions présentant un caractère innovant ou expérimental dans le domaine de
  &lt;br /&gt;
  l&amp;#039;aménagement et du développement durable.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
         </is>
       </c>
-      <c r="W149" s="1" t="inlineStr">
+      <c r="W144" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
  &lt;br /&gt;
  &lt;br /&gt;
  Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Mme Anne-Laure FERRY : 03 44 06 12 63 /
@@ -28046,397 +26951,174 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Boite fonctionnelle :
  &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
   sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>lucille.dechaize@oise.gouv.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C150" s="1" t="inlineStr">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E150" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I150" s="1" t="inlineStr">
+      <c r="I145" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J145" s="1" t="inlineStr">
         <is>
           <t>Taux maximal d’intervention FEDER : 60%</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
-[...222 lines deleted...]
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
 &lt;/p&gt;
 &lt;p&gt;
  Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
 &lt;/p&gt;
 &lt;p&gt;
  Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M145" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Elaboration de stratégies de transformation numérique du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
  &lt;/li&gt;
  &lt;li&gt;
   Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
  &lt;/li&gt;
  &lt;li&gt;
   Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
  &lt;/li&gt;
  &lt;li&gt;
   Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
  &lt;/li&gt;
  &lt;li&gt;
   Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Technologies numériques et numérisation
 Tiers-lieux
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
 &lt;/p&gt;
 &lt;p&gt;
  Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
 &lt;/p&gt;
 &lt;p&gt;
  Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
 &lt;/p&gt;
 &lt;p&gt;
  Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
 &lt;/p&gt;
 &lt;p&gt;
  Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
@@ -28466,286 +27148,140 @@
 &lt;ul&gt;
  &lt;li&gt;
   Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
  &lt;/li&gt;
  &lt;li&gt;
   Dépenses de personnel.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités de soutien financier
 &lt;/p&gt;
 &lt;p&gt;
  Plancher minimal de subvention FEDER : 30 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;intervention FEDER : 60%
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
         </is>
       </c>
-      <c r="W151" s="1" t="inlineStr">
+      <c r="W145" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>florence.kohtz@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-[...146 lines deleted...]
-      <c r="A153" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>121995</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Financer la recherche-développement (R&amp;D) en sciences du numérique appliquée à la culture</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Convention Culture-Inria</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La convention Culture-Inria est un dispositif de financement de la recherche-développement (R&amp;amp;D) en sciences du numérique appliquée à la culture, proposé à l&amp;#039;écosystème institutionnel du ministère de la Culture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que la convention Culture-Inria ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le ministère de la Culture a engagé un partenariat avec l&amp;#039;
  &lt;a href="https://www.inria.fr/fr" rel="noopener" target="_blank"&gt;
   Institut national de recherche en informatique et en automatique (Inria)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , afin de stimuler la R&amp;amp;D entre les institutions culturelles et le monde de la recherche en sciences du numérique.
 &lt;/p&gt;
 &lt;p&gt;
  Doté d&amp;#039;un personnel de quelque 2000 chercheurs répartis en 170 équipes, l&amp;#039;Inria est le seul établissement public entièrement voué aux sciences du numérique, couvrant l&amp;#039;ensemble de ce domaine : algorithmie, intelligence artificielle, interaction homme-machine, web sémantique, etc.
 &lt;/p&gt;
 &lt;p&gt;
  Ce partenariat prend la forme d&amp;#039;une
  &lt;strong&gt;
@@ -28898,64 +27434,64 @@
   Remplissez le formulaire et transmettez-le par mail à :
   &lt;a href="mailto:mcc-inria&amp;#64;culture.gouv.fr."&gt;
    mcc-inria&amp;#64;culture.gouv.fr.
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Si le dossier est accepté
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Si le projet est pré-sélectionné, l&amp;#039;équipe d&amp;#039;Inria intéressée, en lien avec le ministère de la Culture, prend contact avec la structure culturelle demandeuse.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   S&amp;#039;ouvre alors une seconde étape pour l&amp;#039;élaboration d&amp;#039;une convention de recherche
  &lt;/strong&gt;
  . La rédaction de la convention procède d&amp;#039;une collaboration étroite entre les trois parties : acteur culturel, équipe Inria et ministère de la Culture. Elle permet d&amp;#039;affiner et de consolider, d&amp;#039;un commun accord, la description du projet, la contribution des équipes concernées, la méthodologie ainsi que le calendrier prévisionnel. La durée de cette étape dépend à la fois de la complexité du projet et de la disponibilité des parties.
 &lt;/p&gt;
 &lt;p&gt;
  NB :  Dans l&amp;#039;accord cadre Culture-Inria, la réalisation d&amp;#039;un projet ne relève pas d&amp;#039;une prestation de service, mais d&amp;#039;une collaboration scientifique, formalisée par une convention de recherche. L&amp;#039;une des conditions essentielles à la mise en place d&amp;#039;une convention est qu&amp;#039;une équipe d&amp;#039;Inria soit intéressée par le sujet de recherche proposé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Médias et communication</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité du demandeur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention Culture-Inria concerne :
 &lt;/p&gt;
 &lt;p&gt;
  - les services du ministère de la Culture : administration centrale, DRAC et services à compétence nationale (SCN)
 &lt;/p&gt;
 &lt;p&gt;
  - les établissements publics (EP) sous tutelle
 &lt;/p&gt;
 &lt;p&gt;
  - les organismes suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ARTE
  &lt;/li&gt;
  &lt;li&gt;
   Centre national des arts du cirque
  &lt;/li&gt;
@@ -28994,808 +27530,803 @@
   et/ou permettre de tester de nouveaux concepts ou de nouveaux usages qui ont à la fois un impact dans le secteur culturel et un intérêt pour les sciences du numérique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ils doivent en outre relever d&amp;#039;un ou plusieurs des types suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Production d&amp;#039;un état de l&amp;#039;art
  &lt;/li&gt;
  &lt;li&gt;
   Transfert technologique (d&amp;#039;une équipe de recherche Inria vers un acteur culturel)
  &lt;/li&gt;
  &lt;li&gt;
   Développement informatique spécifique (prototype d&amp;#039;interface, création d&amp;#039;algorithmes, etc.)
  &lt;/li&gt;
  &lt;li&gt;
   Valorisation et diffusion des résultats de recherche
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Par souci de progressivité, un projet peut faire l&amp;#039;objet d&amp;#039;une phase préliminaire, puis d&amp;#039;une phase approfondie , chaque phase étant subventionnée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/convention-culture-inria</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service du Numérique
 &lt;/p&gt;
 &lt;p&gt;
  Département du numérique pour la transformation des politiques culturelles et de l&amp;#039;administration des données
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:mcc-inria&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
   mcc-inria&amp;#64;culture.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/343c-convention-culture-inria/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>122825</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Participer au label national Territoires, Villes et Villages Internet</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Villes Internet</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Label national Territoires, Villes et Villages Internet est une évaluation des politiques publiques numériques territoriales, unique en Europe.
 &lt;/p&gt;
 &lt;p&gt;
  La marque territoriale « Label National Territoires, Villes et Villages Internet » concerne les villages comme les grandes villes, dès les premiers services connectés aux habitants et usagers du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Ce label national prend la forme d&amp;#039;un panneau en entrée de ville avec 1 à 5 arobases (&amp;#64;) millésimé chaque année. Il se base sur un référentiel de 16 enjeux thématiques et 139 services numériques conçu par des universitaires avec l&amp;#039;association et créé avec l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  Pour participer, les collectivités référencent leurs actions sur la plateforme
   villes-internet.net. Le référentiel sert d&amp;#039;auto-évaluation et de feuille de route quotidienne aux décideurs publics et à leurs agents.
  &lt;br /&gt;
  &lt;br /&gt;
  Chaque année un jury d&amp;#039;experts indépendant étudie plus de 250 dossiers de collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le label national est soutenu depuis près de 25 ans par plusieurs ministères et traditionnellement remis par un membre du gouvernement.
 &lt;/p&gt;
 &lt;p&gt;
  La participation est ouverte à tout EPCI, ville ou village, de toutes tailles et toutes les régions françaises et territoires ultramarins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/site/label-territoires-villes-villages-internet/reglement/" rel="noopener" target="_blank"&gt;
   Consultez le règlement du Label national Territoires, Villes et Villages Internet
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions de toutes les collectivités sont recensées en accès libre et de manière géolocalisée et thématique dans l&amp;#039;ATLAAS.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/atlaas" rel="noopener" target="_blank"&gt;
   Consultez plus de 30 000 actions de collectivités
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/site/evaluer/" rel="noopener" target="_blank"&gt;
   Consultez le palmarès des éditions antérieures
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche
 Equipement public
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Médias et communication
 Réduction de l'empreinte carbone
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.villes-internet.net/site/participez-au-label/</t>
         </is>
       </c>
-      <c r="W154" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour participer rendez-vous sur la page &amp;#34;Participer au label&amp;#34;
  (voir le bouton &amp;#34;descriptif complet&amp;#34; en bas de page) et cliquez sur le bouton &amp;#34;Ma collectivité souhaite participer&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Ou contactez directement l&amp;#039;association Villes Internet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   01 55 06 09 30 |  coordination&amp;#64;villes-internet.net
  &lt;/li&gt;
  &lt;li&gt;
   68 boulevard Malesherbes 75008 Paris
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>fpoznanski@villes-internet.net</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb5f-label-national-territoires-villes-et-villages/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>126137</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Fond de solidarité - Enveloppes de solidarité</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I148" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 60</t>
         </is>
       </c>
-      <c r="J155" s="1" t="inlineStr">
+      <c r="J148" s="1" t="inlineStr">
         <is>
           <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W155" s="1" t="inlineStr">
+      <c r="W148" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Responsable de la Gestion Financière des Aides aux Collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Olivier Bayle, Tél. 04 77 12 52 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>128974</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Demander une subvention au titre de la convention interrégionale du Massif central (CIMAC) 2021-2027</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Convention interrégionale du Massif central (CIMAC) 2021-2027</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Commissariat du Massif Central</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espace public
 Accès aux services
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Réhabilitation
 Paysage
 Accessibilité
 Attractivité économique
 Animation et mise en réseau
 Artisanat
 Mobilité pour tous
 Connaissance de la mobilité
 Spectacle vivant
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Consulter la
  &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/1.-CIMAC-21-27.pdf" target="_self"&gt;
   convention de massif
  &lt;/a&gt;
  et sa
  &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/2.-Plaquette-presentation_convention_massif_central_21_27.pdf" target="_self"&gt;
   plaquette de présentation
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>Massif central</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.massif-central.eu/jai-un-projet/deposer-un-dossier/je-ne-sollicite-pas-de-feder/</t>
         </is>
       </c>
-      <c r="W156" s="1" t="inlineStr">
+      <c r="W149" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/demande-de-subvention-cimac-2021-2027</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ANCT Commissariat du Massif central
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.massif-central.eu/contact/carnets-de-contacts/animateurs-thematiques/" target="_self"&gt;
   Coordonnées des chargés de mission thématiques
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  et
  &lt;a target="_self"&gt;
   massif.central&amp;#64;anct.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>massif.central@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>129711</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Financer le développement d’infrastructures numériques au sein des territoires</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Financement des infrastructures numériques</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Vous
 êtes porteur d’un projet d’infrastructures numériques en tant que collectivité
 locale, entreprise publique locale, entreprise, opérateur ou exploitant de
 réseau ou acteur financier ? Vous êtes à la recherche d’un financement
 pour développer le Très Haut Débit fixe ou mobile au sein d’un territoire ? La
 Banque des Territoires peut investir dans le développement d’infrastructures
 contribuant à l’amélioration de la connectivité, la création d’emploi, la
 transformation numérique ou encore à l’attractivité des territoires.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre
 d’investissement concerne les projets portant sur :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les réseaux 4G/5G ;&lt;/li&gt;&lt;li&gt;la sécurisation des réseaux ;&lt;/li&gt;&lt;li&gt;les réseaux fixes des territoires ;&lt;/li&gt;&lt;li&gt;les data centers.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;En tant
 que « tiers de confiance », la Banque des Territoires propose de
 financer les projets portant une logique d’intérêt général sous la forme
 d’apports en capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=infrastructures_numeriques_psat</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous via notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-numeriques/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>130805</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements immobiliers des entreprises pour favoriser leur installation et leur développement sur le territoire</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>AIDE a l’immobilier d’ENTREPRISE (A.I.E) - GRANDS PROJETS</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J158" s="1" t="inlineStr">
+      <c r="J151" s="1" t="inlineStr">
         <is>
           <t>Ne peut dépasser 100.000€, ou 500.000€ pour les projets de création de plus de 100 emplois.</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide vise à favoriser l&amp;#039;installation et le développement d&amp;#039;entreprises sur le territoire pour concourir à la création d&amp;#039;emplois durables et soutenir leur engagement dans des démarches respectueuses de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Montant /
   Taux de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide se calcule en fonction du nombre d&amp;#039;emplois (CDI-ETP) que l&amp;#039;entreprise s&amp;#039;engage à créer sur une période de 3 ans à compter de sa demande d&amp;#039;aide (accusé de réception de la lettre d&amp;#039;intention).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant peut être plafonné par un taux d&amp;#039;aide en fonction de la zone d&amp;#039;implantation et des aides publiques accordées au cours des trois derniers exercices fiscaux (régime de Minimis).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide ne peut dépasser
  &lt;strong&gt;
   100 000 €, ou 500 000 €
@@ -29968,75 +28499,75 @@
 &lt;p&gt;
  &amp;gt; Articles R.1511-4 et suivants du Code général des collectivités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Arrêté du 22 février 2018 constatant le classement de communes en zone de revitalisation rurale.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier d&amp;#039;entreprise entre l&amp;#039;EPCI et le Département de la Drôme.
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises s&amp;#039;engagent à respecter les règles encadrant les attributions de subventions publiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Engagement du bénéficiaire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après engagement sur l&amp;#039;attribution de l&amp;#039;aide, l&amp;#039;entreprise devra apposer à l&amp;#039;entrée du bâtiment une affiche comportant la mention « financé avec le soutien du Département de la Drôme et de l&amp;#039;EPCI XXX», ainsi que leurs logos. Cette affiche sera fournie par le Département au moment de l&amp;#039;accord de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat
 Industrie
 Fiscalité des entreprises</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Relever d&amp;#039;un secteur d&amp;#039;activité de production, transformation ou services qualifiés aux entreprises, selon la liste jointe en annexe ;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Porter un projet de développement ou d&amp;#039;installation nécessitant un investissement immobilier situé en zone AFR (Aides à finalité régionale)  telle que fixée par le décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027 ;
   &lt;/li&gt;
   &lt;li&gt;
    Réaliser un investissement immobilier d&amp;#039;un montant minimum de 200 000 € HT hors zone de revitalisation rurale (ZRR) et de 50 000 € HT minimum en ZRR ;
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à maintenir son activité durant cinq années au minimum (3 ans pour les petites et moyennes entreprises) ;
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à ne pas distribuer de dividendes au cours des trois années suivant l&amp;#039;octroi de l&amp;#039;aide, sauf cas exceptionnels dûment justifiés et validés par l&amp;#039;EPCI et le Département :
   &lt;/li&gt;
@@ -30100,168 +28631,163 @@
  &lt;strong&gt;
   hors d&amp;#039;une Zone Revitalisation Rurale
  &lt;/strong&gt;
  (ZRR).
 &lt;/p&gt;
 &lt;p&gt;
  D&amp;#039;au moins 50 000 € HT, lorsque le projet immobilier se situe
  &lt;strong&gt;
   en Zone Revitalisation Rurale
  &lt;/strong&gt;
  (ZRR).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les dépenses peuvent être de la nature suivante sans que cela ne soit exhaustif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Acquisition de terrain, acquisition/ construction/ extension ou rénovation de bâtiment ;
 &lt;/p&gt;
 &lt;p&gt;
  Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e-grands-projets/</t>
         </is>
       </c>
-      <c r="W158" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chef de service
  &lt;/strong&gt;
  : Florane BAFFERT-DIAKITE – 04 75 79 70 51
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chargés de Développement Territorial Economie
  &lt;/strong&gt;
  : 07 60 31 09 54 ou 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f42f-aide-a-limmobilier-dentreprise-aie-grands-pro/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>131407</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Développer des technologies numériques et émergentes pour la compétitivité en  adéquation avec le Pacte Vert</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Horizon Europe - Technologies numériques et émergentes pour la compétitivité et l'adéquation avec le Pacte Vert - 2024</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.4 Numérique, Industrie et Espace - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Technologies numériques et émergentes au service de la compétitivité et de l&amp;#039;adaptation au Pacte Vert qui vise à réaliser et à exploiter des avancées majeures dans le domaine de la science et de la technologie, à maintenir l&amp;#039;excellence scientifique de l&amp;#039;Europe et à garantir la souveraineté de ces technologies clés qui devraient avoir une incidence sur la société en contribuant à relever les grands défis sociétaux touchant à l&amp;#039;environnement.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-après
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Montant par topic :
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : 15 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
@@ -30316,99 +28842,99 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  TOPICS
 &lt;/span&gt;
 :   A venir
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : Usine d&amp;#039;innovation photonique pour l&amp;#039;Europe (Partenariat photonique) (IA)
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-04 : Leadership industriel en matière d&amp;#039;IA, de données et de robotique au service de la compétitivité et de la transition écologique (Partenariat IA, données et robotique) (IA)
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : Photonique intelligente pour la communication, la détection et l&amp;#039;accès conjoints partout (Partenariat Photonique) (RIA)
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-22: Fondamentaux du génie logiciel (RIA)
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL4-2024-DIGITAL-EMERGING-01-03: Nouveaux paradigmes et approches, vers des robots alimentés par l&amp;#039;IA - changement d&amp;#039;étape dans la fonctionnalité (Partenariat IA, données et robotique) (RIA)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
  Cliquez ici
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
   Cliquez ici
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL4-2024-DIGITAL-EMERGING-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43120193;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355292;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
@@ -30416,142 +28942,142 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la Direction Générale (EN)
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43; (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
   Cliquez ici
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e0ee-horizon-europe-technologies-numeriques-et-eme/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>132278</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -30580,159 +29106,159 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W160" s="1" t="inlineStr">
+      <c r="W153" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>133061</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Investir pour la cybersécurité et la souveraineté numérique</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Financement de vos projets de services numériques</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;
     &lt;span&gt;🚩&lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
@@ -30749,348 +29275,348 @@
  &lt;li&gt;
   Vous êtes une collectivité locale et vous souhaitez protéger et gérer les données de vos infrastructures sensibles ou stratégiques, renforcer la sécurité numérique des hôpitaux, administrations ou tout autre acteur territorial ou encore garantir un numérique de confiance à vos administrés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un porteur de projet (entreprise, investisseur, exploitant...) et vous souhaitez développer des solutions numériques éprouvées et accessibles.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour accompagner les territoires dans leur transition numérique face à une numérisation croissante et à une recrudescence du risque cyber, la Banque des Territoires propose une offre d&amp;#039;investissements pour financer des solutions innovantes autour de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la confiance numérique : identité numérique, signature électronique... ;
  &lt;/li&gt;
  &lt;li&gt;
   la cybersécurité : solutions de gestion du risque cyber, sensibilisation, protection et assurance cyber, détection... ;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de la data : services de protection de la donnée personnelle et territoriale.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Emploi
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cybersecurite_souverainete_numerique</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous via notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2267-investir-pour-la-cybersecurite-et-la-souverai/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>138018</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements des collèges privés</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Aide à l'investissement des collèges privés (travaux bâtiments, équipement numérique …)</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I162" s="1" t="inlineStr">
+      <c r="I155" s="1" t="inlineStr">
         <is>
           <t> Max : 10</t>
         </is>
       </c>
-      <c r="J162" s="1" t="inlineStr">
+      <c r="J155" s="1" t="inlineStr">
         <is>
           <t>Maxi 10% des charges de fonctionnement des collèges privés de l'année N-1</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide à l&amp;#039;investissement des collèges privés (travaux, équipement numérique ...)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  Collèges privés
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
  &lt;/strong&gt;
  Tableau et devis
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Récurrence de l&amp;#039;aide :
  &lt;/strong&gt;
  Annuelle
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Technologies numériques et numérisation
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dépôt au 15 février de chaque année.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
  Direction Déléguée Collèges
 &lt;/p&gt;
 &lt;p&gt;
  Chrislaine Schoeps
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:chrislaine.schoeps&amp;#64;hauteloire.fr" target="_self"&gt;
   chrislaine.schoeps&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.43.07.11.80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ce81-soutenir-les-investissements-des-colleges-pri/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>139927</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -31136,850 +29662,850 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q163" s="1" t="inlineStr">
+      <c r="Q156" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>139937</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Informer sur la mise en œuvre des usages numériques. Accompagner pour le développement du numérique éducatif. Proposer un accès gratuit à des plateformes de dématérialisation.</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Usages numériques</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Cantal Ingénierie &amp;amp; Territoires propose des prestations d&amp;#039;accompagnement, d&amp;#039;AMO, de conseil dans le domaine du numérique. L&amp;#039;agence propose également des outils mutualisés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M164" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ecoles numériques du Cantal : ENT (environnements numérique de travail),
  &lt;/li&gt;
  &lt;li&gt;
   Mission de maintenance et assistance
  &lt;/li&gt;
  &lt;li&gt;
   Conseil et expertise sur le volet équipements et réseaux
  &lt;/li&gt;
  &lt;li&gt;
   Dématérialisation de la commande publique
  &lt;/li&gt;
  &lt;li&gt;
   Dématérialisation des flux vers les services de l&amp;#039;État (contrôle de légalité, hélios...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Appui méthodologique
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
  &lt;/li&gt;
  &lt;li&gt;
   Etre adhérent à CIT
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;essentiel des services sont accessibles  gratuitement sous condition d&amp;#039;adhésion
  &lt;/li&gt;
  &lt;li&gt;
   Contrat de maintenance et AMO: services payants.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Cantal</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>http://ingenierie-et-territoires.cantal.fr/</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  cit&amp;#64;cantal.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>cit@cantal.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/85ea-informer-sur-la-mise-en-uvre-des-usages-numer/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>140794</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Contribuer au développement économique, à l’attractivité et à l’aménagement du territoire</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Chambre de commerce et d'industrie (CCI) des Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil AMONT : réalisation de diagnostics de l&amp;#039;appareil commercial, et de diagnostics économiques (études, plan d&amp;#039;actions, recueil en concertation avec les acteurs locaux...)
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie de CONCERTATION : animation de territoire (mise en réseau d&amp;#039;entreprises, développement de l&amp;#039;attractivité du territoire et des liens entre tous les acteurs économiques du territoire...) et animation d&amp;#039;associations de commerçants, et d&amp;#039;entreprises de ZA, appui à la dynamisation des centres-villes.
  &lt;/li&gt;
  &lt;li&gt;
   Expertise TECHNIQUE : réalisation d&amp;#039;études commerciales et de marchés, développement des entreprises
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M165" s="1" t="inlineStr">
+      <c r="M158" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;un diagnostic commercial : élaborer un état des lieux fiable et précis sur le tissu commercial, formuler des préconisations de développement et proposer des enrichissements
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;étude d&amp;#039;implantation commerciale : faciliter les prises de décisions en matière d&amp;#039;aménagement, d&amp;#039;implantation et de dynamisme commercial à partir d&amp;#039;une approche marché personnalisée, et informer sur les accompagnements complémentaires proposés par la CCI (accompagnement du porteur de projet dans le montage du dossier...)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;un hôtel d&amp;#039;entreprises
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les collectivités, la CCI intervient en tant que prestataire, via la signature de contrats de prestation rémunérés.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>http://www.digne.cci.fr/</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : 60 bd Gassendi 04000 Digne-les-Bains
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 92 30 80 80 (Digne-les-Bains)
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 92 72 31 52 (Manosque)
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:accueil&amp;#64;digne.cci.fr" target="_self"&gt;
   accueil&amp;#64;digne.cci.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/97a1-contribuer-au-developpement-economique-a-latt/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>140795</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Favoriser la médiation entre le secteur public et les entreprises, contribuer à leur développement économique et au développement des territoires</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Chambre des métiers et de l'artisanat (CMA) Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil AMONT et ingénierie de PROJET : Diagnostic économique pour permettre aux collectivités de disposer de données statistiques sur l&amp;#039;artisanat de leur territoire, réaliser un état des lieux sur les pratiques, les usages, les attentes et besoins des entreprises
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie ADMINISTRATIVE : Favoriser la réponse des entreprises artisanales locales aux marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie de CONCERTATION : Soutien à l&amp;#039;animation du territoire, contribution à l&amp;#039;émergence de circuits courts de commercialisation
  &lt;/li&gt;
  &lt;li&gt;
   Expertise TECHNIQUE : Proposition de solution répondant aux besoins des collectivités de développement numérique des entreprises artisanales, d&amp;#039;aménagement du territoire, d&amp;#039;accès à la commande publique, de réponse aux enjeux du développement durable et de l&amp;#039;attractivité touristique, de formation des chefs d&amp;#039;entreprise.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Observatoire économique, étude de marché, diagnostic d&amp;#039;entreprise artisanale régional (DEAR) et proposition de plan d&amp;#039;actions pour répondre aux enjeux stratégiques et opérationnels des collectivités
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la rédaction de marchés publics permettant de faciliter l&amp;#039;accès aux entreprises locales et accompagnement des entreprises pour y répondre
  &lt;/li&gt;
  &lt;li&gt;
   Club Rénover &amp;#43;, club de la Fabrique de l&amp;#039;Artisanat, Commissions territoriales...
  &lt;/li&gt;
  &lt;li&gt;
   Projet alimentaire territorial (PAT), marchés aux saveurs des Alpes du Sud et artisans sans vitrine, boutique éphémère, salon des Arts &amp;amp; Gourmandises, Maison de produits de pays...
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostic et accompagnement des chefs d&amp;#039;entreprises artisanales dans leur projet de développement (numérique, commercial...) et de transmission
  &lt;/li&gt;
  &lt;li&gt;
   Actions de développement durable (Ecodéfis, Rénover &amp;#43;, attribution de labels, conseils en structuration et économies d&amp;#039;énergie...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Formation professionnelle
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Signature d&amp;#039;une Charte par les communes et conventionnement avec les EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Prestations payantes au cas par cas (en fonction des projets)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://www.cmar-paca.fr</t>
         </is>
       </c>
-      <c r="X166" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : 23 Allée des fontainiers, 04000 Digne-les-Bains
  &lt;br /&gt;
  Tél : 04 92 30 90 90
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact04&amp;#64;cmar-paca.fr" target="_self"&gt;
   contact04&amp;#64;cmar-paca.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6a75-favoriser-la-mediation-entre-le-secteur-publi/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>141758</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Choisir des objets connectés au service de votre collectivité</t>
         </is>
       </c>
-      <c r="C167" s="1" t="inlineStr">
+      <c r="C160" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>SIEL-Territoire d’énergie Loire</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui sommes-nous ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que le réseau d&amp;#039;objets connectés ROC42 ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le SIEL-Territoire d&amp;#039;énergie Loire propose à ses adhérents et à des tiers non adhérents un réseau d&amp;#039;objets connectés ROC42. C&amp;#039;est un réseau radio bas débit départemental permettant dès aujourd&amp;#039;hui des usages connectés au travers de l&amp;#039;utilisation de capteurs dans le cadre d&amp;#039;une démarche innovante. ROC42 s&amp;#039;intègre dans un nouveau paradigme, celui d&amp;#039;un territoire intelligent et durable rendu possible grâce à une technologie sobre en énergie.
 &lt;/p&gt;
 &lt;p&gt;
  ROC42 a pour vocation de couvrir intégralement le territoire ligérien, grâce aux passerelles posées principalement sur les sites publics, propriétés des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R167" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Coût forfaitaire annuel en fonction du nombre d&amp;#039;habitants concernés dans la commune ou l&amp;#039;EPCI &amp;#43; coût mensuel selon le nombre de capteurs à installer.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://www.te42.fr/</t>
         </is>
       </c>
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Franck RUARD&lt;br /&gt;
  ruard&amp;#64;siel42.fr
  &lt;br /&gt;
  04 77 43 89 11
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>communication@siel42.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bfb8-choisir-des-objets-connectes-au-service-de-vo/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>141759</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Gérer vos données (cadastre, éclairage public, adressage)</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>SIEL-Territoire d’énergie Loire</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui sommes-nous ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que Géoloire42 ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le SIEL-Territoire d&amp;#039;énergie Loire a mis en place un SIG web départemental nommé Géoloire42 – avec des «applications métiers» dédiées – permettant aux collectivités d&amp;#039;accéder en ligne à l&amp;#039;ensemble de leurs données en matière de cadastre, d&amp;#039;éclairage public et d&amp;#039;adressage. Il est issu d&amp;#039;une démarche participative associant les collectivités adhérentes au SIEL-Territoire d&amp;#039;énergie Loire et des acteurs majeurs de l&amp;#039;aménagement du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Technologies numériques et numérisation
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>http://te42.fr</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accueil du SIEL-Territoire d&amp;#039;énergie Loire
  &lt;br /&gt;
  04 77 43 89 00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>communication@siel42.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f3c5-gerer-vos-donnees-cadastre-eclairage-public-a/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>142229</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C169" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -32139,51 +30665,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -32193,56 +30719,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -32271,136 +30797,136 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>142693</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Co-construire votre projet de territoire intelligent avec l'ensemble des parties prenantes</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La transformation numérique représente une révolution culturelle. Elle constitue également un enjeu politique majeur pour la transition écologique et solidaire de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans l&amp;#039;élaboration de votre projet de territoire intelligent, depuis l&amp;#039;identification des besoins collectifs jusqu&amp;#039;à la mise en place des solutions technologiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mettre le numérique au service de votre projet de territoire : par où commencer ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment choisir les solutions les plus adaptées ?
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement vers de nouvelles pratiques : comment réussir la conduite du changement ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment rendre l&amp;#039;usage de la donnée pertinent pour favoriser la prise de décision ?
@@ -32440,175 +30966,175 @@
   Identification et priorisation de vos besoins
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Co-construction de la stratégie numérique au service du projet de territoire
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mobilisation des parties prenantes
  &lt;/li&gt;
  &lt;li&gt;
   Animation d&amp;#039;ateliers d&amp;#039;intelligence collective : vision partagée, grandes orientations
  &lt;/li&gt;
  &lt;li&gt;
   Formalisation du plan d&amp;#039;actions opérationnel (démarche itérative)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des services et montée en compétence des agents
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la rédaction des cahiers des charges pour le choix des solutions techniques adaptées
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M170" s="1" t="inlineStr">
+      <c r="M163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Grand Bassin de Bourg-en-Bresse
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un séminaire pour les élus : intégrer la transformation numérique dans le projet de territoire du Grand Bassin de Bourg-en-Bresse
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Espace public
 Voirie et réseaux
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Commerces et services
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Médias et communication
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/co-construire-votre-projet-territoire-intelligent-ensemble</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e9b1-co-construire-votre-projet-de-territoire-inte/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>142830</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Mettre en place un service de transport à l’aide de véhicules autonomes</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez innover pour répondre à un besoin de mobilité non couvert sur votre territoire ? Vous envisagez d&amp;#039;initier une démarche pilote autour de solutions de transport offertes par les navettes ou voitures autonomes partagées ? Le Cerema vous accompagne, de la définition de votre projet à sa mise en œuvre opérationnelle.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pourquoi mettre en place un service de transport basé sur des véhicules autonomes ?
  &lt;/li&gt;
  &lt;li&gt;
   Pour quels itinéraires ? Comment assurer la sécurité routière pour tous les usagers sur les parcours concernés ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels contraintes et avantages associés ?
  &lt;/li&gt;
  &lt;li&gt;
   Besoin d&amp;#039;aide pour obtenir une autorisation d&amp;#039;expérimentation ?
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -32647,171 +31173,171 @@
  &lt;li&gt;
   Analyse des interactions potentielles avec les autres usagers (piétons, vélos, véhicules conventionnels)
  &lt;/li&gt;
  &lt;li&gt;
   Propositions d&amp;#039;aménagement de la voirie existante.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Accompagner le territoire dans la demande d&amp;#039;autorisation d&amp;#039;expérimentation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mémento sur la réglementation, la procédure et les principales étapes d&amp;#039;instruction
  &lt;/li&gt;
  &lt;li&gt;
   Support à la constitution du dossier
  &lt;/li&gt;
  &lt;li&gt;
   Suivi de la procédure d&amp;#039;instruction jusqu&amp;#039;à l&amp;#039;obtention d&amp;#039;une réponse.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M171" s="1" t="inlineStr">
+      <c r="M164" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Sécurité, Acceptabilité, Mobilité autonome
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Projet SAM « Sécurité et acceptabilité de la mobilité autonome » (2019-2023).
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Métropole Aix-Marseille-Provence | Thecamp
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Analyse de l&amp;#039;itinéraire envisagé pour une liaison entre le campus et la gare TGV d&amp;#039;Aix-en-Provence (depuis 2019)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Ville de Longwy
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Analyse de l&amp;#039;itinéraire envisagé par la ville pour un service de transport entre ville basse et ville haute (2019-2020)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/mettre-place-service-transport-aide-vehicules-autonomes</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0d33-mettre-en-place-un-service-de-transport-a-lai/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>143294</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Apprendre à utiliser les fichiers fonciers et DV3F (Formation)</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Description
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema propose des formations pour les acteurs publics de l&amp;#039;aménagement du territoire pour apprendre à utiliser les fichiers fonciers et DV3F. Les formations sont à destination des organismes bénéficiaires des Fichiers Fonciers (collectivités territoriales, Etablissements publics de l&amp;#039;Etat, Agences d&amp;#039;urbanisme, EPF, SAFER, ADIL, OLAP, SCoT, etc.) et les bureaux d&amp;#039;études via le Cerema.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs pédagogiques
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  A l&amp;#039;issue de la formation, les stagiaires seront capables de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   découvrir et comprendre le contenu des Fichiers fonciers et de DV3F, les notions thématiques liées et les usages possibles des données
  &lt;/li&gt;
  &lt;li&gt;
   connaitre le modèle de données DV3F et l&amp;#039;apport des Fichiers fonciers
  &lt;/li&gt;
@@ -32899,301 +31425,301 @@
 &lt;/p&gt;
 &lt;p&gt;
  La formation se déroule sur 5 jours, sous la forme d&amp;#039;une session de 3 jours sur les Fichiers fonciers et de 2 jours sur DV3F, avec 3 à 4 semaines d&amp;#039;intervalle entre les deux sessions. Elle est encadrée par deux formateurs à chaque session : un chargé d&amp;#039;études thématique référent sur les Fichiers fonciers ou sur DV3F et un géomaticien spécialisé dans les Fichiers fonciers et DV3F.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités d&amp;#039;évaluation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Frais d&amp;#039;inscription
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  2500€ HT (TVA à 0 % s&amp;#039;agissant de formation)
 &lt;/p&gt;
 &lt;p&gt;
  Déjeuners inclus
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
+      <c r="R165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Public : Organismes bénéficiaires des Fichiers Fonciers (collectivités territoriales, Etablissements publics de l&amp;#039;Etat, Agences d&amp;#039;urbanisme, EPF, SAFER, ADIL, OLAP, SCoT, etc.) et les bureaux d&amp;#039;études
 &lt;/p&gt;
 &lt;p&gt;
  Aucun pré-requis n&amp;#039;est nécessaire. La formation propose une initiation complète au SQL (langage de requête structuré), via le client PgAdmin de l&amp;#039;outil libre PostgreSQL.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-utilisation-donnees-foncieres</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9b94-apprendre-a-utiliser-les-fichiers-fonciers-et/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>143352</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement en matière de sécurité des systèmes d'information</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière d&amp;#039;informatique sous l&amp;#039;angle de la sécurité des systèmes d&amp;#039;information.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M173" s="1" t="inlineStr">
+      <c r="M166" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Diagnostic du parc informatique et des pratiques de sauvegarde et d&amp;#039;archivage
  &lt;/li&gt;
  &lt;li&gt;
   Préconisations en vue de sécuriser le système d&amp;#039;information de la collectivité &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Assistance de gestion de crise en cas de cyberattaque&lt;/li&gt;&lt;li&gt;Intervention technique ponctuelle afin de tester la résilience du système d&amp;#039;information (campagne de phishing, test de restauration...)&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://www.inge43.fr/</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
   contact&amp;#64;inge43.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 71 07 41 71
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>contact@inge43.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/96a4-beneficier-dun-accompagnement-en-matiere-de-s/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>144547</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M174" s="1" t="inlineStr">
+      <c r="M167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -33236,766 +31762,163 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W174" s="1" t="inlineStr">
+      <c r="W167" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-[...603 lines deleted...]
-      <c r="A177" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>145007</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Déployer le réseau WIFI 43</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>KIT WIFI 43</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="J177" s="1" t="inlineStr">
+      <c r="J168" s="1" t="inlineStr">
         <is>
           <t>Financement des frais d'accès au service WIFI43 soit 250€ HT pour 2 bornes maxi par structure publique</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département finance un kit Wifi 43 comprenant l&amp;#039;activation et le matériel nécessaires au fonctionnement des bornes, soit un coût de 250€ HT pour le kit de 2 bornes (ces frais sont à votre charge pour toute borne supplémentaire). Cette prise en charge ne comprend pas la pose des bornes.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;abonnement, à la charge de la collectivité ou de l&amp;#039;établissement bénéficiaire, sera de 288€ HT / an (il ne comprend pas l&amp;#039;abonnement ADSL/Fibre/...) pour les 2 bornes. Pour toute borne supplémentaire, le bénéficiaire devra s&amp;#039;acquitter d&amp;#039;un abonnement supplémentaire de 144€ HT/an auprès du fournisseur
  (la société YZIACT - &lt;a href="https://www.google.com/maps/place//data&amp;#61;!4m2!3m1!1s0x47f557fa9db027ed:0xeae53dc45fead0ac?sa&amp;#61;X&amp;amp;ved&amp;#61;1t:8290&amp;amp;ictx&amp;#61;111" tabindex="0"&gt;&lt;span&gt;ZA de Clairac, 30 Rue Maryse Bastié, 26760 Beaumont-lès-Valence&lt;/span&gt;&lt;/a&gt;&lt;span&gt;- tel &lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;a href="https://www.google.com/search?client&amp;#61;firefox-b-e&amp;amp;q&amp;#61;YZIACT#"&gt;&lt;span&gt;04 75 78 28 35&lt;/span&gt;&lt;/a&gt;)&lt;/span&gt;&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Centre de soins&lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le kit Wifi 43  comprend 2 portails :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - portail captif pour l&amp;#039;authentification des usagers
  &lt;br /&gt;
  - un portail d&amp;#039;administration à destination de la structure publique pour gérer les bornes (exemple : limiter les accès pendant les heures d&amp;#039;ouverture de la mairie,...)
@@ -34006,217 +31929,217 @@
   Public concerné :  tout public
  &lt;/li&gt;
  &lt;li&gt;
   Pièces à fournir : Délibération de la structure publique selon modèle pouvant être fourni par le Département&lt;br /&gt;&lt;/li&gt;
  &lt;li&gt;
   Récurrence de l&amp;#039;aide : souscription possible  jusqu&amp;#039;à fin 2024 &lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M177" s="1" t="inlineStr">
+      <c r="M168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Plus de 95 structures publiques  équipées
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Accès aux services
 Cohésion sociale et inclusion
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Animation et mise en réseau
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les pré-requis pour bénéficier du kit Wifi 43 :
   &lt;br /&gt;
   - Etre une structure publique
   &lt;br /&gt;
   - Disposer d&amp;#039;une ligne et d&amp;#039;un abonnement internet ADSL ou autre (Fibre, Wifimax, Satellite, 4G fixe)
   &lt;br /&gt;
   - Emettre une délibération de votre assemblée délibérante (un modèle peut vous être fourni)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Il est recommandé d&amp;#039;avoir un débit supérieur à 2mb/s pour pouvoir utiliser les bornes dans de bonnes conditions.
   &lt;br /&gt;
   &lt;br /&gt;
   NB : Vous pouvez tester votre débit sur le site
   suivant, par exemple : https://www.degrouptest.com/test-debit.php
   &lt;br /&gt;
   Vous pouvez également, si besoin, tester l&amp;#039;éligibilité de votre ligne pour passer sur du Très Haut Débit : https://www.auvergnetreshautdebit.fr/reseau-et-couverture/eligibilite-de-votre-ligne/
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction du Numérique (DNUM)
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:dnum&amp;#64;hauteloire.fr" target="_self"&gt;
   dnum&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b800-beneficier-du-reseau-wifi-43/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>145963</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Développer des pôles d'excellence pour renforcer les liens entre la science et les entreprises</t>
         </is>
       </c>
-      <c r="C178" s="1" t="inlineStr">
+      <c r="C169" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>HEU - Pôles d'excellence - 2023</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Pôles d&amp;#039;excellence visant à renforcer les liens entre la science et les entreprises.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-dessous
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Montant par topic :
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-WIDERA-2023-ACCESS-07-01 : 60 millions d&amp;#039;euros
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
@@ -34243,698 +32166,698 @@
 &lt;strong&gt;
  De même, les appels précisent les bénéficiaires attendus :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
  &lt;/li&gt;
  &lt;li&gt;
   Projets mono-bénéficiaires, impliquant une seule organisation
  &lt;/li&gt;
  &lt;li&gt;
   Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  TOPICS :
 &lt;/span&gt;
 A venir
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-WIDERA-2023-ACCESS-07-01 : Pôles d&amp;#039;excellence
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Industrie</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
  Cliquez ici
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T169" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-11-widening-participation-and-strengthening-the-european-research-area_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
   Cliquez ici
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-11-widening-participation-and-strengthening-the-european-research-area_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-WIDERA-2023-ACCESS-07;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;null;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;callTopicSearchTableState" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la Direction générale
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/index_en"&gt;
   Cliquez ici
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3e90-horizon-europe-poles-dexcellence-2023/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>149073</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Mener à bien un projet de création ou d’extension d’un système de vidéoprotection sur l’espace public et vos caméras sont connectées par fibre optique</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Soutien des collectivités aux usages numériques – Vidéoprotection – Fibre Optique (GFU)</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet de création ou d&amp;#039;extension d&amp;#039;un système de vidéoprotection sur l&amp;#039;espace public et vos caméras sont connectées par fibre optique ?
 &lt;/p&gt;
 &lt;p&gt;
  Et avec souscription à une offre de groupement fermé d&amp;#039;utilisateurs (GFU) auprès de l&amp;#039;un des réseaux d&amp;#039;initiative publique inscrit au Plan Franc Très Haut Débit ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller de 40 000 € à 60 000 € en fonction de votre situation :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P179" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
         <is>
           <t>11/07/2023</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/videoprotection-espace-public/</t>
         </is>
       </c>
-      <c r="W179" s="1" t="inlineStr">
+      <c r="W170" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0250/depot/simple</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toutes questions, prenez contact dès maintenant avec les services régionaux. Vous bénéficierez de conseil dans l&amp;#039;élaboration de votre projet en sollicitant un entretien à numerique&amp;#64;grandest.fr.
 &lt;/p&gt;
 &lt;p&gt;
  Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir est disponible.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contact pour GFU Losange : relations-collectivites&amp;#64;losange-fibre.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contact pour GFU Rosace : albert.mauss&amp;#64;rosace-fibre.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aeec-soutien-des-collectivites-aux-usages-numeriqu/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>149086</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Mettre en place une démarche d’amélioration de l’organisation de votre entreprise</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Modules Transformants Industrie 5.0</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez aller plus loin dans votre transformation vers le 5.0, définir votre feuille de route et préparer un investissement, mieux connaitre une technologique, mettre en place une démarche d&amp;#039;amélioration de l&amp;#039;organisation de votre entreprise ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 10 000€ :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Des dépenses remboursées jusqu&amp;#039;à 50% du montant HT de la prestation (durée estimative globale de 20 jours, pour un montant de 20k € HT)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Attractivité économique
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P180" s="1" t="inlineStr">
+      <c r="P171" s="1" t="inlineStr">
         <is>
           <t>24/05/2023</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/modules-transformants-industrie-5-0/</t>
         </is>
       </c>
-      <c r="W180" s="1" t="inlineStr">
+      <c r="W171" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0238/depot/simple</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Prenez contact dès maintenant avec
  &lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/" target="_self"&gt;
   votre référent de proximité
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Déposez votre demande en ligne dès sélection d&amp;#039;un devis non signé d&amp;#039;un prestataire référencé.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est. La signature du devis doit donc être postérieure au dépôt de la demande en ligne.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En fonction des besoins, une entreprise pourra solliciter plusieurs modules, en effectuant des demandes séparées. Les modules s&amp;#039;inscrivent dans la dynamique des Parcours de transformation mis en place par la Région et dans la continuité du
  &lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/" target="_self"&gt;
   diagnostic 360
  &lt;/a&gt;
  mais peuvent toutefois être sollicités indépendamment.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/93a5-modules-transformants-industrie-50/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>149093</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Mener à bien e 1er projet de développement de votre entreprise intégrant une brique d’intelligence artificielle</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Aide aux entreprises primo utilisatrices d'intelligence artificielle - Volet recrutement</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Avance récupérable</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien e 1er projet de développement de votre entreprise intégrant une brique d&amp;#039;intelligence artificielle.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 50 000€  :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une avance de trésorerie de 50% de l&amp;#039;aide dès le démarrage de votre projet
   &lt;/li&gt;
   &lt;li&gt;
    Des dépenses remboursées jusqu&amp;#039;à 50%
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P181" s="1" t="inlineStr">
+      <c r="P172" s="1" t="inlineStr">
         <is>
           <t>19/04/2023</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une entreprise de moins de 2 000 salariés
   &lt;/li&gt;
   &lt;li&gt;
    immatriculée dans le Grand Est
   &lt;/li&gt;
   &lt;li&gt;
    tous secteurs d&amp;#039;activité, sauf activités de conseil
   &lt;/li&gt;
   &lt;li&gt;
    dans une situation financière saine (absence de procédure collective ou de plan de restructuration et à jour de vos cotisations fiscales et sociales).
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Les Startups sont exclues
  &lt;/span&gt;
 &lt;p&gt;
  Et votre projet concerne :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Un premier projet d&amp;#039;intelligence artificielle ayant un impact sur le développement de l&amp;#039;entreprise à moyen terme : renforcement de sa compétitivité, de son positionnement sur des marchés, développement de savoir-faire. Le projet d&amp;#039;intelligence artificielle peut porter sur l&amp;#039;outil de production, la relation client, les processus internes et le produit/service porté par l&amp;#039;entreprise
   &lt;/li&gt;
   &lt;li&gt;
    Le projet d&amp;#039;intelligence artificielle mobilise un recrutement d&amp;#039;une personne diplômée dans un domaine lié à l&amp;#039;IA, de niveau supérieur ou égal à Bac&amp;#43;2, ou équivalent, en CDI ou en CDD d&amp;#039;une durée de 12 mois minimum
   &lt;/li&gt;
   &lt;li&gt;
    Le projet s&amp;#039;inscrit prioritairement dans la continuité du diagnostic régional en Intelligence Artificielle
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
  &lt;/span&gt;
  &lt;br /&gt;
 </t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/entreprises-primo-utilisatrices-ia-recrutelment/</t>
         </is>
       </c>
-      <c r="W181" s="1" t="inlineStr">
+      <c r="W172" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0213/depot/simple</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déposez votre demande en ligne dès formalisation du projet et identification du profil à recruter et avant signature du contrat de travail.
 &lt;/p&gt;
 &lt;p&gt;
  Attention : tout contrat entamé avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7cf2-aide-aux-entreprises-primo-utilisatrices-dint/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>149113</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Mener à bien un projet d’animation pour un court métrage, un long métrage, une série</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Soutien à la production de projets d’animation</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet d&amp;#039;animation pour un court métrage, un long métrage, une série ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    40 000€ pour un court-métrage d&amp;#039;animation
   &lt;/li&gt;
   &lt;li&gt;
    200 000€ pour un long-métrage d&amp;#039;animation
   &lt;/li&gt;
   &lt;li&gt;
    120 000€ pour un projet audiovisuel
   &lt;/li&gt;
   &lt;li&gt;
    Un acompte de 50 % dès le démarrage de votre projet
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Technologies numériques et numérisation
 Médias et communication
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P182" s="1" t="inlineStr">
+      <c r="P173" s="1" t="inlineStr">
         <is>
           <t>25/10/2022</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une entreprise de production disposant d&amp;#039;un code APE de production de films cinématographiques ou de vidéo et de programme de télévision au moment du versement de la subvention (pour les projets de long-métrage capital de la société &amp;#61; 45 000€)
   &lt;/li&gt;
   &lt;li&gt;
    Une entreprise établie en France ou dans un Etat membre de l&amp;#039;Espace Economique Européen
   &lt;/li&gt;
   &lt;li&gt;
    Une entreprise se trouvant dans une situation financière saine et en règle de ses obligations réglementaires, fiscales et sociales
   &lt;/li&gt;
   &lt;li&gt;
    Un producteur ou coproducteur délégué de l&amp;#039;œuvre (être en capacité d&amp;#039;obtenir les aides sélectives du CNC (aide sélectives, COSIP, WEBCOSIP)
   &lt;/li&gt;
   &lt;li&gt;
    Un producteur délégué mentionné dans l&amp;#039;accord de pré-achat avec le diffuseur le cas échéant
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Et si votre projet répond à au moins 2 critères :
 &lt;/p&gt;
@@ -34946,593 +32869,443 @@
   &lt;li&gt;
    Présente un intérêt artistique ambitieux pour le Grand Est
   &lt;/li&gt;
   &lt;li&gt;
    Un coproducteur délégué dont l&amp;#039;adresse fiscale est établie dans le Grand Est
   &lt;/li&gt;
   &lt;li&gt;
    Engage une part significative de dépenses sur le territoire régional : activité de production, création animation et sonore en lien avec l&amp;#039;animation, une part de la post-production, devra être effectuée dans le Grand Est en mobilisant le plus possible des ressources locales
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Le producteur ou coproducteur délégué devra s&amp;#039;engager à un montant de dépenses en Grand Est hors imprévus égal à 160% de l&amp;#039;aide régionale sollicitée ou votée.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant des dépenses prévisionnelles de développement ou de production en région devra, le cas échéant, être au moins égal à l&amp;#039;addition des subventions sollicitées auprès des collectivités de ce territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Le producteur ou coproducteur délégué devra fournir un bilan carbone prévisionnel accompagné d&amp;#039;une note d&amp;#039;intention des actions éco-responsables envisagées sur le projet déposé à l&amp;#039;aide la matrice des propositions d&amp;#039;actions téléchargeable ci-dessous.
 &lt;/p&gt;
 &lt;p&gt;
  Un producteur ne pourra pas déposer plus de 2 projets par dispositif et par appel à projets.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T173" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-la-production-de-projets-danimation/</t>
         </is>
       </c>
-      <c r="W182" s="1" t="inlineStr">
+      <c r="W173" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0126/depot/simple</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Vos contacts
   &lt;br /&gt;
  &lt;/span&gt;
  marie-alix.fourquenay&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 03 87 31 81 40
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 06 29 11 22 22
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e7b1-soutien-a-la-production-de-projets-danimation/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>149117</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Réaliser un diagnostic pour évaluer votre niveau de maturité en cybersécurité et définir un plan d’actions</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Diagnostic cybersécurité</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous vous interrogez sur la capacité de votre organisation à faire face aux cyberattaques ? Réalisez un diagnostic pour évaluer votre niveau de maturité en cybersécurité et définir un plan d&amp;#039;actions.
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 5 000€ :
 &lt;/p&gt;
 &lt;p&gt;
  Des dépenses remboursées jusqu&amp;#039;à 50% du montant de la prestation plafonnée à 10 000€ HT et d&amp;#039;une durée de 10 jours.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Attractivité économique
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P183" s="1" t="inlineStr">
+      <c r="P174" s="1" t="inlineStr">
         <is>
           <t>20/10/2022</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une entreprise (PME de moins de 250 salariés ou Entreprise de Taille Intermédiaire de moins de 5 000 salariés)
  &lt;/li&gt;
  &lt;li&gt;
   une collectivité territoriale
  &lt;/li&gt;
  &lt;li&gt;
   un établissement public ou groupement d&amp;#039;intérêt public
  &lt;/li&gt;
  &lt;li&gt;
   une association loi 1901, loi 1905 et loi 1908 considérée en situation financière saine au regard de la règlementation européenne
  &lt;/li&gt;
  &lt;li&gt;
   immatriculé dans le Grand Est
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et vous sélectionnez un prestataire référencé par la Région Grand Est :
 &lt;/p&gt;
 &lt;p&gt;
  Téléchargez la liste des prestataires référencés
 &lt;/p&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/diagnostic-cybersecurite/</t>
         </is>
       </c>
-      <c r="W183" s="1" t="inlineStr">
+      <c r="W174" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0157/depot/simple</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déposez votre demande en ligne depuis cette page et dès sélection d&amp;#039;un devis non signé d&amp;#039;un prestataire référencé.
 &lt;/p&gt;
 &lt;p&gt;
  Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est. La signature du devis doit donc être postérieure au dépôt de la demande en ligne.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a458-diagnostic-cybersecurite/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E184" s="1" t="inlineStr">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>149151</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités aux usages numériques</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Soutien des collectivités aux usages numériques - Vidéoprotection - WiFi ou ADSL</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
-[...149 lines deleted...]
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet de création ou d&amp;#039;extension d&amp;#039;un système de vidéoprotection sur l&amp;#039;espace public et vos caméras sont connectées par Wifi ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € par commune : Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une Commune
  &lt;/li&gt;
  &lt;li&gt;
   Un établissement public de coopération intercommunale ou un syndicat mixte dans le cadre de l&amp;#039;exercice de la compétence de la prévention de la délinquance
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et si votre projet concerne :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;installation (création et extension) de caméras sur la voie publique ou aux abords de lieux ouverts au public, au titre de l&amp;#039;exercice de la compétence de prévention de la délinquance, dans toutes les communes du Grand Est.
 &lt;/p&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T185" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/plan-regional-de-soutien-des-collectivites-aux-usages-numeriques/</t>
         </is>
       </c>
-      <c r="W185" s="1" t="inlineStr">
+      <c r="W175" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0067%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.gr</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toutes questions, prenez contact dès maintenant avec les services régionaux. Vous bénéficierez de conseil dans l&amp;#039;élaboration de votre projet en sollicitant un entretien à
  &lt;a target="_self"&gt;
   numerique&amp;#64;grandest.fr
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir (cf règlement, ci dessous) disponible.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4936-soutien-des-collectivites-aux-usages-numeriqu/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>150687</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -35573,157 +33346,157 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>152558</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal</t>
         </is>
       </c>
-      <c r="C187" s="1" t="inlineStr">
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>HEU - Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal - 2024</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Horizon Europe vise à renforcer la base scientifique et technologique de l&amp;#039;UE et l&amp;#039;Espace européen de la recherche (EER), à stimuler la capacité d&amp;#039;innovation, la compétitivité et l&amp;#039;emploi en Europe, et à répondre aux priorités des citoyens, en soutenant notre modèle et nos valeurs socio-économiques.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 133,5 millions d&amp;#039;euros
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 133,5 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant par topic :
@@ -35837,113 +33610,113 @@
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-7: Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-8: Élargir les résultats du groupe opérationnel du EIP au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique.
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-9: Des réseaux thématiques pour compiler et partager des connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-10: Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-11: Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-12: Développement de réseaux consultatifs de l&amp;#039;UE dans le domaine de la sylviculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-13: Développement de réseaux de conseil de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (EN)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T187" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
@@ -35953,369 +33726,369 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la DG
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/944c-heu-gouvernance-innovante-observations-enviro/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>154417</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Identifier des solutions numériques innovantes et bénéficier d’un appui méthodologique à l’innovation</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Appui à l’innovation et à la data dans les projets territoriaux</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes une collectivité territoriale ou un opérateur des collectivités, et vous souhaitez mettre en place une démarche d&amp;#039;innovation, l&amp;#039;utilisation de solutions digitales ou la gestion de données territoriales ? Les experts de la Banque des Territoires vous accompagnent dans la conduite de vos projets innovants.
 &lt;/p&gt;
 &lt;p&gt;
  Nous intervenons de deux manières différentes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit en mobilisant des experts pour accompagner les expérimentations ou mener les études amont aux projets (aide à la qualification des besoins, appui à rédaction de CCTP) ;
  &lt;/li&gt;
  &lt;li&gt;
   soit par le biais du cofinancement d&amp;#039;études réalisées par un cabinet extérieur dans la limite de 50% du montant TTC de l&amp;#039;étude (80% en Outre-mer).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;appui à l&amp;#039;innovation et à la data dans les projets territoriaux est destiné en priorité à accélérer la transformation écologique des territoires, et à renforcer la cohésion sociale et territoriale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/appui-innovation-data-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=appui_innovation_data_territor</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
    Contactez-nous via notre formulaire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/19ef-identifier-des-solutions-numeriques-innovante/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>155545</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Traiter, numériser et valoriser les archives à l'échelle communale, départementale et régionale</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E189" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Traitement, numérisation et valorisation d&amp;apos;archives à l&amp;apos;échelle communale, départementale et régionale</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F189" s="1" t="inlineStr">
+      <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le classement, la numérisation et la valorisation des archives assurent leur pérennité autant qu&amp;#039;ils en favorisent l&amp;#039;accès et contribuent à la diffusion des savoirs et des connaissances auprès des publics. Le ministère de la Culture soutient les porteurs de tels projets en leur allouant une subvention.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que le traitement, la numérisation et la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale et régionale ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nombreux sont les acteurs territoriaux à détenir des archives qu&amp;#039;ils souhaitent rendre accessibles le plus largement possible aux publics. Cette mise à disposition peut passer par la restauration d&amp;#039;archives ; le traitement, c&amp;#039;est-à-dire le classement des documents ; la numérisation, c&amp;#039;est-à-dire la conversion d&amp;#039;un support physique vers un support numérique ; ou encore la valorisation, qui peut se faire par la mise en ligne de documents, la publication d&amp;#039;ouvrages, le montage d&amp;#039;expositions, l&amp;#039;organisation de journées d&amp;#039;étude, la mise en œuvre de projets culturels et éducatifs, etc.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs de la démarche
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La démarche a vocation à permettre aux demandeurs de déposer en ligne une demande de subvention concernant des projets destinés à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   sauvegarder des archives au niveau communal, départemental ou régional ;
  &lt;/li&gt;
  &lt;li&gt;
   améliorer leurs conditions de communication, notamment par leur numérisation et leur mise en ligne ;
  &lt;/li&gt;
  &lt;li&gt;
   établir leur classement et leur inventaire ;
  &lt;/li&gt;
  &lt;li&gt;
   les mettre en valeur par l&amp;#039;organisation d&amp;#039;expositions, de publications, de colloques et de journées d&amp;#039;étude. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant de la subvention accordée est de 1.000 à 10.000 euros par projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les demandes sont instruites par chacune des directions régionales des affaires culturelles et, dans les outre-mer, par chacune des directions des affaires culturelles.
  &lt;/li&gt;
  &lt;li&gt;
   Le montant de la subvention est déterminé selon la nature du projet et les dépenses nécessaires à sa réalisation. La subvention est versée en une seule fois.
  &lt;/li&gt;
  &lt;li&gt;
   Le versement de la subvention interviendra entre 3 et 6 mois après instruction et vérification de la complétude du dossier.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M189" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exemples de projets soutenus précédemment
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Aide à la restauration d&amp;#039;un compoix de la ville d&amp;#039;Uzès (région Auvergne-Rhône-Alpes) : 1 500 €.
   &lt;/li&gt;
   &lt;li&gt;
    Aide à la numérisation du fonds photographique de la Maison Léger (région Auvergne-Rhône-Alpes) : 5 000 €.
   &lt;/li&gt;
   &lt;li&gt;
    Soutien à l&amp;#039;exposition « Au pays de l&amp;#039;or bleu : maîtriser, utiliser, préserver l&amp;#039;eau en Lozère », du 17 octobre 2023 au 12 avril 2024 (région Occitanie).
   &lt;/li&gt;
   &lt;li&gt;
    Soutien aux commémorations de la mort de Toussaint-Louverture à La Réunion.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Technologies numériques et numérisation
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité du demandeur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Vous êtes une structure de rang communal, départemental ou régional et vous souhaitez sauvegarder, traiter, numériser ou valoriser des archives ? Ce dispositif est fait pour vous !
   &lt;/li&gt;
   &lt;li&gt;
    Sont éligibles les personnes morales qui entendent mener une opération de traitement, de numérisation ou de valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Modalités d&amp;#039;évaluation des dossiers
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Les projets sont évalués selon leur apport en matière d&amp;#039;accès aux sources et de valorisation des archives et selon leur faisabilité au regard du calendrier et du budget prévus.
  &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/traitement-numerisation-et-valorisation-d-archives-a-l-echelle-communale-departementale-et-regionale2</t>
         </is>
       </c>
-      <c r="W189" s="1" t="inlineStr">
+      <c r="W179" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine-2024</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale, vous êtes invités à vous adresser à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction générale des patrimoines et de l&amp;#039;architecture
  &lt;br /&gt;
  Service interministériel des archives de France
  &lt;br /&gt;
  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr"&gt;
   martine.leroy&amp;#64;culture.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
  01 40 15 09 52
  &lt;br /&gt;
  182 rue Saint-Honoré, 75001 Paris
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -36629,343 +34402,343 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Martine LEROY​​​​​ ;
   &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
    martine.leroy&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
   Saint-Pierre-et-Miquelon
 &lt;/h2&gt;
 &lt;p&gt;
  Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à Saint-Pierre-et-Miquelon, vous êtes invités à vous adresser à:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Martine LEROY​​​​​ ;
   &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
    martine.leroy&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/57d8-traitement-numerisation-et-valorisation-darch/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>157095</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 EUROPE - FEDER - Fonds européen de développement régional
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 France Ruralités</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Aide montage des dossiers de subventions</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
  &lt;br /&gt;
  • trouver des pistes de financement pour les projets ;
  &lt;br /&gt;
  • monter au besoin les dossiers de subventions.
  &lt;br /&gt;
  &lt;br /&gt;
  MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
  &lt;br /&gt;
  Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
  &lt;br /&gt;
  Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
  &lt;br /&gt;
  •    A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
  &lt;br /&gt;
  •    Au 03.55.94.18.11
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  17 Quai Paul Wiltzer
  &lt;br /&gt;
  57000 METZ
  &lt;br /&gt;
  Horaires d&amp;#039;ouverture :
  &lt;br /&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>158480</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -36997,277 +34770,277 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P191" s="1" t="inlineStr">
+      <c r="P181" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R191" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W191" s="1" t="inlineStr">
+      <c r="W181" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>159422</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Développer l'e-tourisme</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I192" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J192" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>Montant maximum de subvention : 5.000€</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une aide pourra être accordée pour le développement de l&amp;#039;e-tourisme.
 &lt;/p&gt;
 &lt;p&gt;
  Nature des dépenses subventionnables : création d&amp;#039;outils, de contenus numériques (photos, vidéos, audio...) et de services touristiques numériques innovants (outils numériques liés à la mobilité, Wifi territorial, espaces publics connectés).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Technologies numériques et numérisation
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    L&amp;#039;association Landes Attractivité validera la compatibilité du projet avec les autres systèmes numériques et avec le système régional d&amp;#039;information touristique SIRTAQUI ;
   &lt;/li&gt;
   &lt;li&gt;
    Programme s&amp;#039;inscrivant dans le cadre d&amp;#039;une stratégie numérique de territoire ;
   &lt;/li&gt;
   &lt;li&gt;
    Convention avec l&amp;#039;association Landes Attractivité pour l&amp;#039;information des adhérents en matière de commercialisation (référence à la &amp;#34;place de marché départementale&amp;#34; organisée par Landes Attractivité).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=115</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
   tourisme&amp;#64;landes.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/68b1-developpement-du-e-tourisme/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>159889</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Installer un relais info jeunes dans des maisons ou espaces France Services</t>
         </is>
       </c>
-      <c r="C193" s="1" t="inlineStr">
+      <c r="C183" s="1" t="inlineStr">
         <is>
           <t>France Ruralités</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Agence du Service Civique</t>
         </is>
       </c>
-      <c r="F193" s="1" t="inlineStr">
+      <c r="F183" s="1" t="inlineStr">
         <is>
           <t>Centres régionaux information jeunesse (CRIJ)</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS POURSUIVIS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accompagner les jeunes dans leur parcours vers l&amp;#039;autonomie et l&amp;#039;accès aux droits en leur apportant une information individualisée et simplifiée.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;information des jeunes, destinée prioritairement aux 13-30 ans, vise à couvrir tous les sujets qui intéressent les jeunes dans leur vie quotidienne: orientation, études, métiers et formations, emploi, jobs, stages, alternance, formation continue, logement, santé, vie pratique, initiatives et projets, loisirs, vacances, sports, partir en Europe et à l&amp;#039;étranger...
 &lt;/p&gt;
 &lt;p&gt;
  Une maison ou un espace France services, en tant que lieu d&amp;#039;accueil est un espace privilégié pour devenir relais Info Jeunes dans une logique d&amp;#039;aller vers tous les jeunes.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet vise à expérimenter le déploiement de relais Info Jeunes dans ces espaces.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PROJETS SOUTENUS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un relais Info jeunes est un lieu ouvert à tout public, notamment aux 13-30 ans et qui offre un premier niveau d&amp;#039;information aux jeunes (informations thématiques, liens vers des sites partenaires, actualités, évènements...) sur ordinateur, tablette ou borne tactile avec l&amp;#039;appui d&amp;#039;un référent formé à l&amp;#039;utilisation de ces ressources. Il permet également la mise en relation entre le jeune et une structure labellisée information jeunesse.
@@ -37287,206 +35060,206 @@
  Le temps de travail du référent relais Info jeunes est pris en charge par la structure accueillante.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT CANDIDATER
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Auprès de quelle structure ?
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Auprès du centre régional information jeunesse (CRIJ) de la région dont dépend la maison ou l&amp;#039;espace France services souhaitant s&amp;#039;inscrire dans le dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Par quel biais/sous quelle forme ?
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Prise de contact avec le centre régional d&amp;#039;information jeunesse (CRIJ) puis par conventionnement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Formation professionnelle
 Technologies numériques et numérisation
 Emploi
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P193" s="1" t="inlineStr">
+      <c r="P183" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q193" s="1" t="inlineStr">
+      <c r="Q183" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BÉNÉFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Les bénéficiaires sont des maisons ou espaces France services qui souhaitent offrir ce service à leur public jeune. Les bénéficiaires finaux sont les jeunes et leurs parents.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS/CRITÈRES D&amp;#039;ACCÈS À LA MESURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Projet situé en zone rurale (au sens de la définition INSEE)
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Être une maison ou un espace France services
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Projet situé dans une région expérimentatrice (HdF, PdL). Extension dans d&amp;#039;autres régions en cours.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T193" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France et Pays de la Loire</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2023-12/Guide_France_ruralit%C3%A9s_v5.pdf</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre Centre régional d&amp;#039;information jeunesse (CRIJ).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6f03-installer-un-relais-info-jeunes-dans-des-mais/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>160867</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Accompagner la structuration des services de proximité</t>
         </is>
       </c>
-      <c r="C194" s="1" t="inlineStr">
+      <c r="C184" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 4</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I184" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J194" s="1" t="inlineStr">
+      <c r="J184" s="1" t="inlineStr">
         <is>
           <t>de 7 500 à 30 000 euros</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Equilibrer l&amp;#039;accès aux services de proximité
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
  &lt;/li&gt;
  &lt;li&gt;
@@ -37526,227 +35299,227 @@
   Type d&amp;#039;opérations :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
  &lt;/li&gt;
  &lt;li&gt;
   Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   *le cahier des charges des études devra être transmis
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>160868</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Favoriser la coopération des acteurs du territoire</t>
         </is>
       </c>
-      <c r="C195" s="1" t="inlineStr">
+      <c r="C185" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 5</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I195" s="1" t="inlineStr">
+      <c r="I185" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J195" s="1" t="inlineStr">
+      <c r="J185" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 euros</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  La coopération peut prendre les formes suivantes :
  &lt;br /&gt;
  &lt;strong&gt;
   - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;strong&gt;
   - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
@@ -37765,51 +35538,51 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
 &lt;/p&gt;
 &lt;p&gt;
  Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
@@ -37829,770 +35602,614 @@
 Paysage
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R195" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;p&gt;
  Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T195" s="1" t="inlineStr">
+      <c r="T185" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X195" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>161036</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Soutenir la coopération entre les sociétés de production européennes qui développent des oeuvres avec un fort potentiel d'audience internationale</t>
         </is>
       </c>
-      <c r="C196" s="1" t="inlineStr">
+      <c r="C186" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Europe Créative</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>CREA - Co-développement européen - 2024</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Programme Europe Créative 2021-2027&lt;br /&gt;EUROPE CREATIVE - (2) Volet Média&lt;/p&gt;&lt;p&gt;Europe créative - Europe créative vise à préserver, développer et promouvoir la diversité et le patrimoine culturels et linguistiques européens et à accroître la compétitivité et le potentiel économique des secteurs culturels et créatifs, en particulier le secteur audiovisuel.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 6,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : dépend du nombre de bénéficiaires éligibles faisant partie du consortium&lt;/li&gt;    &lt;li&gt;Taux de cofinancement : jusqu&amp;#039;à 70% du total des coûts éligibles&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Objectif&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;p&gt;Soutenir la coopération entre les sociétés de production européennes qui développent des oeuvres avec un fort potentiel d&amp;#039;audience internationale.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Informations complémentaires&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Le présent appel à propositions est un appel à propositions ouvert.&lt;/li&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : jusqu&amp;#039;à 30 mois&lt;br /&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 International</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R186" s="1" t="inlineStr">
         <is>
           <t>Pays éligibles au programme:
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" rel="nofollow noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2024/call-fiche_crea-media-2024-codev_en.pdf</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;EACEAMEDIA-CODEV&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Lignes directrices (EN)&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2024/call-fiche_crea-media-2024-codev_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Autres documents de l&amp;#039;appel (EN)&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/crea-media-2024-codev?tenders&amp;#61;false&amp;amp;programmePart&amp;#61;&amp;amp;pageNumber&amp;#61;58" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Site web de l&amp;#039;agence&lt;br /&gt; &lt;a href="https://www.eacea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Information &amp;#43;&lt;br /&gt; &lt;a href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6b3b-crea-co-developpement-europeen-2024/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>161669</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Développer les usages innovants du numérique</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Développer les usages  innovants du numérique</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I197" s="1" t="inlineStr">
+      <c r="I187" s="1" t="inlineStr">
         <is>
           <t> Min : 50</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour favoriser leur duplicabilité et/ou leur extension par :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La mise en place ou le développement de projets expérimentaux, pilotes et/ou innovants&lt;/p&gt;&lt;p&gt;• Le soutien de poste d’animateur dédié au développement des usages et projets numériques répondant aux spécificités territoriales&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour favoriser l&amp;#039;innovation collective, le partage d’information et la transmission de &lt;/strong&gt;&lt;strong&gt;compétences grâce à la création des tiers-lieux numériques. &lt;/strong&gt;La Région finance les tiers-lieux d’idéation-expérimentation et de fabrication et médiation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour accompagner le développement des Micro-Folies. &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M197" s="1" t="inlineStr">
+      <c r="M187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour la Région, la transformation numérique passe par le développement d’usages innovants dans de nombreux domaines : tourisme / patrimoine, éducation, e-santé, agriculture … La collectivité accompagne les expérimentations de nouveaux usages du numérique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Tourisme
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q197" s="1" t="inlineStr">
+      <c r="Q187" s="1" t="inlineStr">
         <is>
           <t>02/01/2027</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les projets seront sélectionnés selon
 plusieurs critères techniques : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;- &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’aspect
 innovant (expérimentation ou action novatrice territoriale) ou pilote
 (déploiement d’une expérimentation) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
 portée territoriale du projet (les projets de portée intercommunale et au-delà
 seront privilégiés) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
 proposition de contenus et de services numériques mis en œuvre ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’intégration
 de dispositif d’animation favorisant une bonne appropriation de l’action par le
 public cible ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;leur
 réplicabilité et interopérabilité ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;la
 participation aux réseaux (Ex : Association des tiers-lieux, Micro-Folies) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux de la donnée (ouverture,
 valorisation, protection, sécurisation…) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux du numérique
 responsable sur la base des 4 piliers du numérique responsable : numérique
 sobre, numérique au service du bien commun, numérique éthique et l’inclusion
 numérique …)&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T197" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://www.bourgognefranchecomte.fr/</t>
         </is>
       </c>
-      <c r="W197" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Délégation à la Transformation Numérique  - contacts : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;France Guillemin 06 74 97 43 20 - &lt;a target="_self"&gt;france.guillemin&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;       &lt;/p&gt;&lt;p&gt;Anne-Claire Sanz 06 59 42 51 65  &lt;a href="mailto:anneclaire.sanz&amp;#64;bourgognefranchecomte.fr"&gt;anneclaire.sanz&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>france.guillemin@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-usages-innovants-du-numerique/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>161671</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
         </is>
       </c>
-      <c r="C198" s="1" t="inlineStr">
+      <c r="C188" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I198" s="1" t="inlineStr">
+      <c r="I188" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J198" s="1" t="inlineStr">
+      <c r="J188" s="1" t="inlineStr">
         <is>
           <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M198" s="1" t="inlineStr">
+      <c r="M188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Accès aux services
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Réhabilitation
 Logement et habitat
 Paysage
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P198" s="1" t="inlineStr">
+      <c r="P188" s="1" t="inlineStr">
         <is>
           <t>15/12/2023</t>
         </is>
       </c>
-      <c r="Q198" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
+      <c r="R188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
 existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T198" s="1" t="inlineStr">
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>Allier</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
         </is>
       </c>
-      <c r="W198" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>i.charnet@agglo-moulins.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G199" s="1" t="inlineStr">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
-[...140 lines deleted...]
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
 d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
 dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
 gagnant-gagnant entre les collectivités et les entreprises locales ou
 nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
 permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
 potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
 2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
 mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
 délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
 collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
 financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
 donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
 structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
 mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
 potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
 engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
 et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
 projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
 financements (mécénat) pour les projets (petits et grands) portés par les
 communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
@@ -38600,147 +36217,147 @@
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
 projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
 d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue
 de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>162242</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Se former à comment subventionner ses projets</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
 l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
 dispositifs d’aides à l’ingénierie et de financements recensés sur la
 plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
 communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
 spécialiste des cofinancements, mais vous apportera une vision plus claire de
 la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
 recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
 de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
 territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
@@ -38752,197 +36369,197 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
 Président, vice-président, conseiller communautaire en fonction à la date de la
 formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
 portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>162563</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I202" s="1" t="inlineStr">
+      <c r="I191" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J202" s="1" t="inlineStr">
+      <c r="J191" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M202" s="1" t="inlineStr">
+      <c r="M191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -38981,719 +36598,621 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R202" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T202" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="A204" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>162939</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Valoriser les atouts culturels, touristiques et patrimoniaux du territoire</t>
         </is>
       </c>
-      <c r="C204" s="1" t="inlineStr">
+      <c r="C192" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I204" s="1" t="inlineStr">
+      <c r="I192" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Avec sa démarche d’attractivité amorcée depuis 2019, le territoire des Coëvrons poursuit la valorisation des atouts du territoire. Ce dernier possède un patrimoine historique, naturel et bâti riche et marqué par des sites emblématiques et des espaces naturels diversifiés. Doté de propositions culturelles abondantes et d’un tissu associatif dynamique, le territoire des Coëvrons fait preuve d’un dynamisme culturel avéré.&lt;/p&gt;&lt;p&gt;L’enjeu est de renforcer l’appropriation de cette richesse patrimoniale et culturelle par les populations résidentes, de la faire connaitre à tous et de renforcer l’ancrage local des propositions culturelles.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Promouvoir le territoire par son offre touristique et patrimoniale&lt;/p&gt;&lt;p&gt;- Préserver, animer et valoriser le patrimoine naturel, historique et culturel&lt;/p&gt;&lt;p&gt;- Proposer de nouvelles offres touristiques et patrimoniales&lt;/p&gt;&lt;p&gt;- Renforcer l’offre touristique et patrimoniale accessible toute l’année&lt;/p&gt;&lt;p&gt;- Qualifier l’offre touristique et patrimoniale via des labels&lt;/p&gt;&lt;p&gt;- Contribuer à l’animation culturelle sur l’ensemble du territoire&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Entretien et restauration du patrimoine&lt;/li&gt;&lt;li&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/li&gt;&lt;li&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/li&gt;&lt;li&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/li&gt;&lt;li&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/li&gt;&lt;li&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/li&gt;&lt;li&gt;- Actions de promotion du territoire&lt;/li&gt;&lt;li&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/li&gt;&lt;li&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/li&gt;&lt;li&gt;- Développement de formes culturelles innovantes&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M204" s="1" t="inlineStr">
+      <c r="M192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;- Entretien et restauration du patrimoine&lt;/p&gt;&lt;p&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/p&gt;&lt;p&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/p&gt;&lt;p&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/p&gt;&lt;p&gt;Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/p&gt;&lt;p&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/p&gt;&lt;p&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/p&gt;&lt;p&gt;- Actions de promotion du territoire&lt;/p&gt;&lt;p&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/p&gt;&lt;p&gt;Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/p&gt;&lt;p&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/p&gt;&lt;p&gt;- Développement de formes culturelles innovantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Technologies numériques et numérisation
 Tiers-lieux
 Artisanat
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P204" s="1" t="inlineStr">
+      <c r="P192" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q204" s="1" t="inlineStr">
+      <c r="Q192" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T204" s="1" t="inlineStr">
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables-1/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>162978</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Accompagner le développement d'une production et d’une consommation responsables</t>
         </is>
       </c>
-      <c r="C205" s="1" t="inlineStr">
+      <c r="C193" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I205" s="1" t="inlineStr">
+      <c r="I193" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt; &lt;span&gt;Dans le cadre de sa démarche d’attractivité, le territoire des Coëvrons affirme sa volonté de construire une image d&amp;#039;un territoire de gastronomie, notamment par la révélation de l&amp;#039;identité culinaire des Coëvrons. La mise en oeuvre d’un Projet alimentaire de territoire depuis 2021 accompagne la concrétisation de cette dynamique émergente. Parallèlement, le territoire des Coëvrons fait face à une diminution des commerces et services de proximité, notamment hors du pôle d’Evron.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’enjeu : développer un mode de production et de consommation respectueux de l’environnement, bénéfique pour l’économie et bon pour la santé, améliorer l’accès aux produits locaux, accompagner et valoriser les productions et les producteurs locaux, renforcer l’ancrage local et une économie axée sur les besoins.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir et développer des activités agricoles durables et variées, adaptées aux enjeux du changement climatique&lt;/li&gt;&lt;li&gt;Accompagner la mutation vers une agriculture sous signes officiels de qualité&lt;/li&gt;&lt;li&gt;Agir pour une alimentation saine pour tous&lt;/li&gt;&lt;li&gt;Développer les circuits-courts&lt;/li&gt;&lt;li&gt;Renforcer le commerce de proximité, les services et l&amp;#039;artisanat&lt;/li&gt;&lt;li&gt;Expérimenter de nouveaux modèles économiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Maintien et développement d’activités agricoles durables et variées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Activités de soutien à la diversification des productions et d’activités, mutualisation de matériel&lt;/li&gt;&lt;li&gt;Création d&amp;#039;espaces test agricoles&lt;/li&gt;&lt;li&gt;Création et animation de réseaux d’agriculteurs&lt;/li&gt;&lt;li&gt;Accompagnement de la mutation vers une agriculture sous signes officiels de qualité : échanges de savoirs et de pratiques, informations, sensibilisation, formations&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Soutien à une alimentation saine pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions autour du &amp;#34;bien manger&amp;#34;, du gaspillage alimentaire, de la consommation responsable, des enjeux liés à la précarité et à l&amp;#039;insécurité alimentaire&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation et de formation des professionnels de l’alimentation&lt;/li&gt;&lt;li&gt;Création et animation de liens entre les différents intervenants de l&amp;#039;alimentation (cuisiniers, producteurs, parents d&amp;#039;élève, enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Renforcement du commerce de proximité, des services et de l’artisanat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en lien avec le maintien, la création et la reprise d’entreprises et d’activités de proximité&lt;/li&gt;&lt;li&gt;Actions de mise en valeur et accessibilité des produits locaux (ex : épiceries mobiles)&lt;/li&gt;&lt;li&gt;Nouvelles formes de commerces pour répondre aux besoins de la population&lt;/li&gt;&lt;li&gt;Création et accompagnement de structures collectives de type pépinière d’entreprises, FabLab, village d’artisans&lt;/li&gt;&lt;li&gt;Actions d’information, de formation, de sensibilisation, de mutualisation&lt;/li&gt;&lt;li&gt;Développement de nouveaux modèles économiques : actions en lien avec l’économie circulaire et l’économie sociale et solidaire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P205" s="1" t="inlineStr">
+      <c r="P193" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q205" s="1" t="inlineStr">
+      <c r="Q193" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R205" s="1" t="inlineStr">
+      <c r="R193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T205" s="1" t="inlineStr">
+      <c r="T193" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique-1/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-      <c r="A206" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>162981</v>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Soutenir la promotion et l’innovation des activités économiques locales</t>
         </is>
       </c>
-      <c r="C206" s="1" t="inlineStr">
+      <c r="C194" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D206" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Fiche 4 - FEADER</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I206" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J206" s="1" t="inlineStr">
+      <c r="J194" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers possède un tissu économique essentiellement
 constitué de très petites entreprises.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le nombre d’emplois locaux augmente bien que les actifs travaillent
 majoritairement à l’extérieur du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La crise sanitaire (Covid19) a modifié en partie les pratiques de
 consommation et de travail dans certains secteurs d’activités et pousse à
 innover pour relocaliser et produire des biens et services économiques.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le déploiement de la fibre (via Gironde Haut Méga) à l’horizon
 2025 sur l’ensemble du territoire est également un atout à valoriser.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’accompagnement des entreprises dans leur transition numérique est un
 objectif prioritaire notamment sur les nouvelles technologies de l’information
 et de la communication (TIC) pour les filières économiques stratégiques du
 territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les 6 filières économiques stratégiques sont :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;commerce local&lt;/li&gt;&lt;li&gt;&lt;span&gt;construction BTP&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;négoce et services interentreprises&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;agro-viticulture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt; santé et services à la personne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner la &lt;/span&gt;&lt;span&gt;transformation du tissu économique
 local notamment avec la numérisation d&lt;/span&gt;&lt;span&gt;es activités et
 l’arrivée de la fibre&lt;/span&gt; &lt;/li&gt;&lt;li&gt;Inciter à l’innovation au cœur des entreprises pour relocaliser « les
 productions »&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M206" s="1" t="inlineStr">
+      <c r="M194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a name="_Hlk133511547"&gt;&lt;/a&gt;&lt;a name="_Hlk127613183"&gt;&lt;/a&gt;&lt;a name="_Hlk133235982"&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Démarches d’innovation
 et d’expérimentation dans l’industrie (hors filières stratégiques du SRDEII),
 le tissu artisanal productif ou l’évolution de l’agriculture de demain sur le
 territoire&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Dispositifs et
 projets d’animation et promotion de réseaux et/ou de thématiques des
 entreprises et acteurs œuvrant dans l’écosystème notamment des 6 filières
 stratégiques du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement aux
 usages du numérique et développement de plateformes ou outils numériques pour
 les acteurs dans leurs activités économiques et territoriales notamment des 6
 filières stratégiques du territoire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P206" s="1" t="inlineStr">
+      <c r="P194" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q206" s="1" t="inlineStr">
+      <c r="Q194" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R206" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T206" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-mobilites-alternatives-et-durables/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>162982</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C207" s="1" t="inlineStr">
+      <c r="C195" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I207" s="1" t="inlineStr">
+      <c r="I195" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -39736,625 +37255,625 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P207" s="1" t="inlineStr">
+      <c r="P195" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q207" s="1" t="inlineStr">
+      <c r="Q195" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T207" s="1" t="inlineStr">
+      <c r="T195" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>163126</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une offre de services d'ingénierie portant sur l'étude et/ou la réalisation de projets liés à l'aménagement et au développement du territoire</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>Agence des territoires de la Sarthe</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;réaliser toutes
 études, analyses et schémas directeurs pour assister à la définition de
 stratégie de développement et de promotion territoriale, &lt;/li&gt;&lt;li&gt;assurer des missions de conseil,
 d’information, et d’animation du développement du territoire, &lt;/li&gt;&lt;li&gt;étudier et mettre
 en œuvre des programmes d’intérêt général liés à la promotion économique du
 territoire ou à la gestion de services communs aux entreprises au sens de
 l’article L 1524- 7 du Code général des collectivités territoriales, &lt;/li&gt;&lt;li&gt;étudier et/ou réaliser, sous la forme
 notamment de mandats,  de contrats
 d’assistance à maîtrise d’ouvrage ou de concessions, toutes opérations
 d’aménagement au sens de l’article L. 300-1 du Code de l’urbanisme, de
 construction, de rénovation d’équipements de tout immeuble, local ou ouvrage, &lt;/li&gt;&lt;li&gt;étudier et/ou réaliser, selon notamment les
 formes précitées, des opérations d’aménagement foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M208" s="1" t="inlineStr">
+      <c r="M196" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;VOIRIE : &lt;/span&gt;Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) pour étude d’aménagements routiers, chiffrage des travaux d’entretien de voirie , AMO et Maîtrise d&amp;#039;Oeuvre (MOE) sur ouvrages d’art.&lt;/li&gt;&lt;li&gt;&lt;span&gt;EAU : &lt;/span&gt;assainissement collectif, assistance technique aux stations d’épuration, recherche de ressources en eau potable.&lt;/li&gt;&lt;li&gt;&lt;span&gt;TRANSITION ÉNÉRGÉTIQUE : &lt;/span&gt;accompagnement technique et administratif sur les projets de chaleur renouvelable et d’efficacité énergétique.&lt;/li&gt;&lt;li&gt;&lt;span&gt;ACTES ADMINISTRATIFS : &lt;/span&gt;opérations foncières de types cessions, acquisitions, échanges &amp;amp; servitudes de faible importance.&lt;/li&gt;&lt;li&gt;&lt;span&gt;RÈGLEMENT GÉNÉRAL SUR LA PROTECTION DES DONNÉES (RGPD) : &lt;/span&gt;accompagnement à la mise en conformité avec le RGPD, après désignation de l’ATESART comme Délégué à la Protection des Données. Les détails de cette offre sont en téléchargement ci-dessous. Plus d’information à l’adresse mail : &lt;a href="mailto:dpo&amp;#64;sarthe.fr"&gt;dpo&amp;#64;sarthe.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;MÉCÉNAT : &lt;/span&gt;plateforme de financement participatif et accompagnement pour la mise en ligne, aide à la démarche mécénat.&lt;/li&gt;&lt;li&gt;&lt;span&gt;ARCHIVAGE : &lt;/span&gt;tri, gestion des éliminations règlementaires, classement et inventaire des archives publiques des communes et des EPCI par un archiviste professionnel.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Espace public
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Technologies numériques et numérisation
 Equipement public
 Bâtiments et construction
 Accessibilité
 Appui méthodologique
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R208" s="1" t="inlineStr">
+      <c r="R196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sous actionnariat&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>Sarthe</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://www.sarthe.fr/developpement-territoires-environnement/sarterritoires-conseils-services-collectivites/atesart-au-service-des-territoires</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ATESART, &lt;a href="mailto:atesart&amp;#64;laposte.net" target="_self"&gt;atesart&amp;#64;laposte.net&lt;/a&gt;, 02 43 54 73 44&lt;/p&gt;&lt;p&gt;LECHANTEUX Sabrina, &lt;a href="mailto:sabrina.lechanteux&amp;#64;sarthe.fr" target="_self"&gt;sabrina.lechanteux&amp;#64;sarthe.fr&lt;/a&gt;, 02 43 54 73 44&lt;/p&gt;&lt;p&gt;LE ROUX Nolwenn, &lt;a href="mailto:nolwenn.leroux&amp;#64;sarthe.fr" target="_self"&gt;nolwenn.leroux&amp;#64;sarthe.fr&lt;/a&gt;, 02 43 54 70 72&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>atesart@laposte.net</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/apporter-aux-communes-et-epci-actionnaires-une-offre-de-services-dingenierie-portant-sur-letude-et-ou-realisat-de-projets-lies-a-lamenagement-et-au-dvt-de-leur-territoire/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>163167</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Renforcer les services de proximité et aménager le territoire pour un cadre de vie accueillant et dynamique</t>
         </is>
       </c>
-      <c r="C209" s="1" t="inlineStr">
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Des services et un aménagement du territoire pour un cadre de vie accueillant et dynamique</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
-      <c r="F209" s="1" t="inlineStr">
+      <c r="F197" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I209" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="J209" s="1" t="inlineStr">
+      <c r="J197" s="1" t="inlineStr">
         <is>
           <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays du Bessin en Virois bénéficie d&amp;#039;une qualité de vie en lien avec un
 environnement perçu comme préservé et encore peu sensible aux aléas climatiques (à
 l’exception de la zone côtière exposée aux risques de submersion marine). Il se
 structure autour de pôles dont les niveaux de services diffèrent selon les secteurs, avec
 une difficulté de certains bourgs à maintenir des services de proximité (administrations,
 commerces, soins, garde d&amp;#039;enfant, etc.). L’évolution démographique de certaines zones
 du territoire entraîne le rajeunissement, et parfois l&amp;#039;accroissement de la population.
 Cela engendre une demande d’accueil renforcée dans les écoles et établissements de la
 petite enfance. Le développement urbain se fait essentiellement sous forme de
 lotissements ce qui pose la question de la consommation des terres agricoles et de
 l’intégration des néo-ruraux. Une évolution de l’offre d&amp;#039;hébergement touristique et un
 développement des résidences secondaires limitent le parc de logements locatifs. La
 disparité du territoire entre Nord et Sud se fait également ressentir dans l’accès aux
 services de proximité. Les opérations accompagnées dans le cadre de cette fiche action
 sont en cohérence avec 13 objectifs du SRADDET, notamment l’accompagnement des
 mutations sociodémographiques, la réduction de l’artificialisation des sols et le
 renforcement des fonctions de centralité dans les villes moyennes et bourgs
 structurants. Cette fiche action prend également en compte les constats du GIEC
 normand en termes de santé, inégalité d’accès aux services de soin, adaptation aux
 changements climatiques et la pollution de l’air.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagner le développement de services de proximité pour les habitants et
 usagers d&amp;#039;un bassin de vie &lt;/li&gt;&lt;li&gt;Penser et aménager un cadre de vie accueillant prenant en compte les publics les plus
 éloignés
 &lt;/li&gt;&lt;li&gt;Encourager la mutualisation de lieux, d&amp;#039;outils et de ressources ouverts à tou.te.s
 &lt;/li&gt;&lt;li&gt;Valoriser l&amp;#039;image du territoire pour le rendre plus attractif&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M209" s="1" t="inlineStr">
+      <c r="M197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouverture, extension et modernisation de lieux d’accueil et de services mutualisés ;
 &lt;/li&gt;&lt;li&gt;Création de services publics numériques (services en ligne ; services de télémédecine) ;
 &lt;/li&gt;&lt;li&gt;Animation de tiers-lieux ;
 &lt;/li&gt;&lt;li&gt;Création de nouvelles formes d&amp;#039;habitat : une offre mixte intergénérationnelle favorisant la cohésion sociale,
 l&amp;#039;appartenance, et des habitats inclusifs (mixité de logement, animation, espaces mutualisés...) ;
 &lt;/li&gt;&lt;li&gt;Création de plateformes numériques d’échange et de partage de services, d’infrastructures, de matériels ;
 &lt;/li&gt;&lt;li&gt;Actions de recensement et de valorisation des acteurs publics, associatifs et privés du territoire et plus
 particulièrement des séniors et des publics éloignés (compétences, disponibilité, expertise) ;
 &lt;/li&gt;&lt;li&gt;Actions en faveur de l’atténuation de l’impact environnemental de l’habitat&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R209" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de créer ou de renforcer un service pour les habitants et usagers d&amp;#039;un bassin de vie&lt;/li&gt;&lt;li&gt;le projet permet de rendre le cadre de vie plus accueillant et inclusif&lt;/li&gt;&lt;li&gt;le projet permet de mutualiser des lieux, outils et ressources&lt;/li&gt;&lt;li&gt;le projet permet de valoriser l&amp;#039;image du territoire et de le rendre plus attractif&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale
 (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles, &lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes, &lt;/li&gt;&lt;li&gt;Travaux effectués en régie, &lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles, &lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S209" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>leader.bessinvirois@calvados.fr</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-services-de-proximite-et-amenager-le-territoire-pour-un-cadre-de-vie-accueillant-et-dynamique/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>163169</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Développer les mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité</t>
         </is>
       </c>
-      <c r="C210" s="1" t="inlineStr">
+      <c r="C198" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
         <is>
           <t>Des mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité.</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I210" s="1" t="inlineStr">
+      <c r="I198" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="J210" s="1" t="inlineStr">
+      <c r="J198" s="1" t="inlineStr">
         <is>
           <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La mobilité dans le Pays du Bessin au Virois est très dépendante de l&amp;#039;automobile.
 Cette situation renforce la vulnérabilité des publics fragiles ou isolés et n&amp;#039;est pas soutenable à
 terme compte tenu des enjeux climatiques et énergétiques.
 Par ailleurs, le développement des alternatives doit s&amp;#039;articuler avec la préservation des
 espaces naturels et agricoles (consommation de foncier).
 Cette fiche vise à soutenir l&amp;#039;émergence de solutions de mobilité décarbonées, accessibles à
 tou.te.s, mais également de dispositifs permettant de réduire les déplacements subis ou
 contraints dans une logique de sobriété. Les objectifs poursuivis font échos à 10 axes du
 SRADDET, en particulier l’objectif 44 qui traite des nouvelles pratiques de mobilité.
 Naturellement, cette fiche action prend en compte les constats du GIEC normand et se veut
 répondre aux problématiques de la pollution de l’air et les inégalités d’accès aux services de
 soins.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives aux modes de déplacements individuels et carbonés
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organiser les déplacements contraints
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Garantir l&amp;#039;accès à la mobilité pour tou.te.s.
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planifier l&amp;#039;offre de mobilité à une plus grande échelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M210" s="1" t="inlineStr">
+      <c r="M198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation et animation de schémas globaux de déplacements dans les EPCI et entre les EPCI ;
 &lt;/li&gt;&lt;li&gt;Création/renforcement de &amp;#34;pôles de mobilité&amp;#34; de proximité, regroupant les offres alternatives ;
 &lt;/li&gt;&lt;li&gt;Création ou développement de plateformes de réservation en ligne et de partage de solutions de mobilité ;
 &lt;/li&gt;&lt;li&gt;Développement de lignes de transports collectifs intra et inter communautaires (EPCI) permettant de renforcer
 l&amp;#039;accès aux services et commerces ;
 &lt;/li&gt;&lt;li&gt;Création de dispositifs d&amp;#039;autopartage basés sur des véhicules à faible impact (électrique ou GNV), portés par les
 entreprises et/ou les collectivités à destination des habitants et/ou des salariés ;
 &lt;/li&gt;&lt;li&gt;Promotion de dispositifs favorisant le covoiturage (études, communication) ;
 &lt;/li&gt;&lt;li&gt;Création de services de mobilités actives (études, communication, signalétique, achat de matériels) ;
 &lt;/li&gt;&lt;li&gt;Création ou renforcement d&amp;#039;offres de transport innovantes, individualisées et personnalisées à visée sociale (transport
 à la demande). &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Voirie et réseaux
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Limiter les déplacements subis
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R210" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet propose des alternatives aux modes de déplacements individuels et carbonés&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet d&amp;#039;organiser les déplacements contraints&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet a pour objectif de garantir l&amp;#039;accès à la mobilité pour tous &lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de planifier et diversifier l&amp;#039;offre de mobilité sur le territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T210" s="1" t="inlineStr">
+      <c r="T198" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>leader.bessinvirois@calvados.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-mobilites-responsables-accessibles-a-tou-te-s-et-structurees-autour-de-poles-de-proximite/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>163199</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C211" s="1" t="inlineStr">
+      <c r="C199" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I211" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -40391,794 +37910,764 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q211" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R211" s="1" t="inlineStr">
+      <c r="R199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S211" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T211" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-      <c r="A212" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>163593</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Accompagner des projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dispositif d&amp;#039;accompagnement des projets collaboratifs de R&amp;amp;D portés par des entreprises. Les entreprises, positionnées sur leur marché et disposant d&amp;#039;une stratégie de R&amp;amp;D à long terme, décident, face à un verrou technologique ou scientifique, de s&amp;#039;adjoindre les compétences d&amp;#039;un laboratoire public, ou/et d&amp;#039;un centre de transfert de technologies et de méthodologies, dans le cadre d&amp;#039;un partenariat pour mettre en oeuvre un projet de R&amp;amp;D collaboratif.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif a pour objectif d’aider les entreprises régionales dans leurs démarches d’innovation, pour améliorer leur positionnement concurrentiel sur le marché et ainsi favoriser le développement économique du territoire.&lt;/p&gt;&lt;p&gt;Le dispositif d’accompagnement au transfert de technologies, cible les collaborations de R&amp;amp;D entre les entreprises et les centres de compétences en accord avec la priorité 2 du schéma régional de développement économique régional : renforcer notre souveraineté par l&amp;#039;innovation responsable, et ainsi s&amp;#039;appuyer sur la recherche pour dynamiser l&amp;#039;innovation, les sauts technologiques, et le transfert vers les entreprises.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M212" s="1" t="inlineStr">
+      <c r="M200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;assiette éligible comprend toutes les dépenses de l&amp;#039;entreprise liées au projet. &lt;/p&gt;&lt;p&gt;Le montant de l&amp;#039;aide sera calculé après instruction en fonction de la typologie de projet, de la typologie d&amp;#039;entreprise et de sa capacité financière.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts
 Innovation, créativité et recherche
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
+      <c r="R200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles localisées en Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entreprise devra :&lt;/p&gt;&lt;p&gt;être localisée en Nouvelle-Aquitaine (NA);&lt;/p&gt;&lt;p&gt;avoir un projet de partenariat R&amp;amp;D avec un centre de compétences situé dans ou hors du territoire de NA ;&lt;/p&gt;&lt;p&gt;avoir un niveau de fonds propres en adéquation avec sa demande d&amp;#039;aide ;&lt;/p&gt;&lt;p&gt;respecter les règles d&amp;#039;éco-socio conditionnalités mises en place par la Région ;&lt;/p&gt;&lt;p&gt;ne pas distribuer de dividendes issus de la subvention ;&lt;/p&gt;&lt;p&gt;signer un accord de partenariat définissant notamment les règles de confidentialité, de répartition/protection et d&amp;#039;exploitation des résultats issus du projet collaboratif.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de</t>
         </is>
       </c>
-      <c r="W212" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La demande devra être faite directement auprès du service concerné, avant le début du projet qui fait l&amp;#039;objet de la demande de subvention. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction de l’enseignement supérieur recherche et transfert de technologie&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;/p&gt;&lt;p&gt;Du lundi au vendredi de 9h à 18h sans interruption&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de-technologies-et-de-methodologies-et-ou-laboratoires-publics/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-      <c r="A213" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>163647</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Programme Usine du Futur</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme Usine du Futur évolue : Agissons, aujourd&amp;#039;hui, pour une industrie durable et compétitive.
 Vous souhaitez améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales ?
 La Région Nouvelle-Aquitaine fait évoluer son programme Usine du Futur pour vous accompagner  dans la mise en oeuvre de vos actions prioritaires, vous faire gagner en performance  globale et vous adapter aux transitions. Vous avez un/des projet(s) en lien avec l’amélioration de vos performances économiques, environnementales, sociales et sociétales? La Région Nouvelle-Aquitaine vous propose de participer au programme Usine du Futur afin de :
 	Garantir et améliorer votre compétitivité et votre performance industrielle dans un environnement changeant.
 	Vous adapter aux contraintes et saisir les opportunités liées aux transitions sociétales et environnementales.
 	Développer et/ou faire évoluer votre activité, votre organisation et/ou votre modèle économique pour des avantages concurrentiels durables.
 	Améliorer votre ancrage territorial et identifier des ressources locales pour créer de nouvelles alliances.
 En intégrant le programme, vous bénéficiez d&amp;#039;un accompagnement sur 1 à 5 leviers (performance stratégique, performance industrielle, performance du collectif, performance de la donnée, performance technologique) et de solutions adaptées à vos projets, grâce à :
 	5 jours d’analyse &amp;#34;terrain” de vos besoins, problématiques et/ou projets avec des recommandations et un plan d&amp;#039;actions structuré pour l&amp;#039;amélioration de vos performances (sur 12 semaines maximum).
 	5 jours d’appui méthodologique pour l’amorçage de votre plan d’actions et la conduite du changement au sein de vos équipes (sur 6 mois maximum).
 	Un référent Usine du Futur pour vous aider à identifier et mobiliser des dispositifs et des financements pour vos projets.
 	Des informations et échanges entre pairs grâce à la communauté Usine du Futur.
 L&amp;#039;analyse terrain et l&amp;#039;accompagnement méthodologique seront réalisés par un consultant externe sélectionné et pris en charge à 100% par la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Formation professionnelle
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Innovation, créativité et recherche
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q213" s="1" t="inlineStr">
+      <c r="Q201" s="1" t="inlineStr">
         <is>
           <t>18/09/2026</t>
         </is>
       </c>
-      <c r="R213" s="1" t="inlineStr">
+      <c r="R201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ETI et PME industrielles et de services à l’industrie, de 10 à 500 salariés (effectif consolidé), localisées en Nouvelle-Aquitaine.
 Les entreprises ayant déjà bénéficié d’un diagnostic Usine du Futur peuvent de nouveau candidater à condition que leur précédent diagnostic date d’au moins 2 ans.
 Si une entreprise a plusieurs sites, le périmètre de l&amp;#039;accompagnement sera précisé avec l&amp;#039;entreprise. Engagement et disponibilité du dirigeant et de ses équipes à s&amp;#039;investir dans la conduite d&amp;#039;actions d&amp;#039;amélioration de performance de l&amp;#039;analyse terrain jusqu&amp;#039;au bilan.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/usine-du-futur-agissons-aujourd-hui-pour-une-industrie-durable-et-competitive</t>
         </is>
       </c>
-      <c r="W213" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme Usine du Futur évolue : Agissons, aujourd&amp;#039;hui, pour une industrie durable et compétitive.
 Vous souhaitez améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales ?
 La Région Nouvelle-Aquitaine fait évoluer son programme Usine du Futur pour vous accompagner  dans la mise en oeuvre de vos actions prioritaires, vous faire gagner en performance  globale et vous adapter aux transitions. Vous avez un/des projet(s) en lien avec l’amélioration de vos performances économiques, environnementales, sociales et sociétales? La Région Nouvelle-Aquitaine vous propose de participer au programme Usine du Futur afin de :
 	Garantir et améliorer votre compétitivité et votre performance industrielle dans un environnement changeant.
 	Vous adapter aux contraintes et saisir les opportunités liées aux transitions sociétales et environnementales.
 	Développer et/ou faire évoluer votre activité, votre organisation et/ou votre modèle économique pour des avantages concurrentiels durables.
 	Améliorer votre ancrage territorial et identifier des ressources locales pour créer de nouvelles alliances.
 En intégrant le programme, vous bénéficiez d&amp;#039;un accompagnement sur 1 à 5 leviers (performance stratégique, performance industrielle, performance du collectif, performance de la donnée, performance technologique) et de solutions adaptées à vos projets, grâce à :
 	5 jours d’analyse &amp;#34;terrain” de vos besoins, problématiques et/ou projets avec des recommandations et un plan d&amp;#039;actions structuré pour l&amp;#039;amélioration de vos performances (sur 12 semaines maximum).
 	5 jours d’appui méthodologique pour l’amorçage de votre plan d’actions et la conduite du changement au sein de vos équipes (sur 6 mois maximum).
 	Un référent Usine du Futur pour vous aider à identifier et mobiliser des dispositifs et des financements pour vos projets.
 	Des informations et échanges entre pairs grâce à la communauté Usine du Futur.
 L&amp;#039;analyse terrain et l&amp;#039;accompagnement méthodologique seront réalisés par un consultant externe sélectionné et pris en charge à 100% par la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-usine-du-futur-2024/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
         <v>163669</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Transformer son système d'information : Les Défis Numériques des TPE</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Programme : Les Défis Numériques des TPE</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à l’entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final. Elle propose un parcours d’accompagnement des très petites entreprises (TPE) à la transformation numérique intitulé « Défis numériques ».&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 1 : Conquérir le WEB&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : créer votre première vitrine Google&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : déployer votre présence digitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : créer mon site vitrine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 2 : Rayonner en ligne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : optimiser votre présence naturelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : créer votre stratégie de contenus&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : lancer vos premières campagnes d’acquisition&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 3 : Transformer le digital en business&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : vendre via les plateformes existantes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : lancer votre boutique digitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : créer une expérience d’achat unique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 4 : Établir une bonne relation clients&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : dialoguer avec vos clients&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : construire votre communauté&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : développer votre programme relationnel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 5 : Propulser votre entreprise avec le numérique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : digitaliser vos opérations essentielles&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : piloter grâce à des tableaux de bord et indicateurs clés&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : unifier votre gestion digitale adaptée à votre taille&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 6 : Sécuriser votre environnement digital&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : adopter les réflexes cyber&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : cartographier vos risques&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : mettre en conformité votre environnement numérique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Défi 7 : Tendre vers la sobriété numérique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Niveau 1 : comprendre votre impact&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 2 : mesurer votre empreinte&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Niveau 3 : construire votre transition écodigitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q214" s="1" t="inlineStr">
+      <c r="Q202" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R214" s="1" t="inlineStr">
+      <c r="R202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE de moins de 10 salariés&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE réalisant moins de 2 millions de chiffre d&amp;#039;affaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;1Pour entrer dans le programme régional, le chef d’entreprise recevra de son conseiller numérique un lien pour saisir sa demande sur « Mes Démarches Simplifiées » (MDS).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Saisie de la demande sur mes démarches simplifiées et entrée dans le parcours.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le parcours se déroule en deux phases :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;une première phase comprenant un diagnostic et un plan d’action,&lt;br /&gt;&lt;/p&gt;&lt;p&gt;une deuxième phase comprenant l’accompagnement dans la mise en œuvre du projet.&lt;/p&gt;&lt;p&gt;   3. Réalisation d’un diagnostic et une définition des défis numériques (1 jour)&lt;/p&gt;&lt;p&gt;A minima, à la fin du diagnostic et avant le démarrage ou non de la deuxième phase (accompagnement), un échange entre le conseiller numérique et le chargé de mission référent de l’économie territoriale sera réalisé sur les modalités de poursuite dans le programme du dirigeant selon plusieurs cas de figure :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pas d’accompagnement post diagnostic,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagnement post diagnostic court ou long sans demande de subvention,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagnement post diagnostic court ou long avec une demande de subvention&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;  4. Accompagnement à la réalisation des défis numériques (1 à 3 jours) selon les besoins identifiés dans le plan d’action.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Soit un parcours global (diagnostic et accompagnement) de 2 à 4 jours comprenant l’administratif dont la saisie sur MDS et le Reporting. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/programme-les-defis-numeriques-des-tpe</t>
         </is>
       </c>
-      <c r="W214" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour bénéficier d’un accompagnement à la transformation numérique, le chef d’entreprise doit contacter le conseiller numérique de la chambre consulaire (Chambre de Métiers et de l&amp;#039;Artisanat ou Chambre de Commerce et d&amp;#039;Industrie) de son département (voir &lt;a href="https://les-aides.nouvelle-aquitaine.fr/system/files/specific_pj_files/DéfiNum_liste%20des%20conseillers%20numériques%20CMA-Maj02-2025_1.xlsx" target="_self"&gt;la liste des conseillers numériques disponible&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;Après échange et présentation des besoins, il sera proposé au dirigeant :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;soit d’entrer dans le dispositif régional,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;soit un accompagnement autre (formations, prestations etc…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-les-defis-numeriques-des-tpe/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>163681</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Aider la transformation numérique des TPE</t>
         </is>
       </c>
-      <c r="C215" s="1" t="inlineStr">
+      <c r="C203" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Aide à la transformation numérique des TPE</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H215" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à la très petite entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final.
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;L’aide à la transformation numérique vise à soutenir des entreprises dans le cadre d&amp;#039;un projet de refonte global et stratégique, tenant compte des enjeux de sobriété et de sécurité numériques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q215" s="1" t="inlineStr">
+      <c r="Q203" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R215" s="1" t="inlineStr">
+      <c r="R203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE artisanale ou de production ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprise (TPE) &amp;lt; 10 Équivalents Temps Plein (ETP) et CA ou bilan &amp;lt; 2 M€ ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plancher de 10 000 € HT d’investissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Eligibilité selon les codes d&amp;#039;indentification Activités Principales Exercées (APE, NAF) ou secteurs d’activités éligibles au règlement d&amp;#039;intervention relatif à l&amp;#039;aide à la transformation numérique des TPE.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour solliciter l’aide, le ou la dirigeante d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Réaliser un accompagnement préalable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser un diagnostic de maturité cyber sécurité (équivalence au défi numérique n°6 - niveau 2 du programme régional « Défi numérique ») ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Déposer la fiche de pré-demande auprès de la Région à l&amp;#039;adresse correspondante, indiquée sur la fiche de pré-demande disponible en bas de cette page.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T215" s="1" t="inlineStr">
+      <c r="T203" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/aide-la-transformation-numerique-des-tpe</t>
         </is>
       </c>
-      <c r="W215" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour solliciter l’aide, le ou la dirigeante d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Réaliser un accompagnement préalable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser un diagnostic de maturité cyber sécurité (équivalence au défi numérique n°6 - niveau 2 du programme régional « Défi numérique ») ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Déposer la fiche de pré-demande auprès de la Région à l&amp;#039;adresse correspondante, indiquée sur la fiche de pré-demande disponible en bas de cette page.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-transformation-numerique-des-tpe/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
         <v>163685</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Encourager les innovations et nouvelles technologies numériques au service des transitions</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Innovation numérique responsable</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide à l&amp;#039;innovation numérique responsable vise à encourager les innovations et nouvelles technologies numériques au service des transitions (innovations à impact environnemental, social, sociétal, territorial) et/ou qui visent à diminuer leur propre empreinte environnementale (enjeu de sobriété).
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Les projets devront répondre à un ou plusieurs des objectifs suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;un numérique sobre : en réduisant sa consommation énergétique et donc son empreinte environnementale ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique durable : qui tienne compte du cycle de vie ou qui augmente la durée de vie des matériels et services numériques ou leur recyclabilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique maîtrisé : par le développement de solutions open source ou de communs numériques, par le renforcement de la cybersécurité et l’interopérabilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique inclusif : qui agit pour plus d’accessibilité et d’égalité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique accélérateur des ambitions de la feuille de route régionale Néo Terra.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M216" s="1" t="inlineStr">
+      <c r="M204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L&amp;#039;aide prend la forme d&amp;#039;une subvention. &lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;intervention de la subvention est défini en fonction de la nature du porteur de projet et des dépenses éligibles. Il ne peut pas excéder 50%, sauf le développement de logiciels libres et de communs numériques qui pourra être soutenu jusqu’à 60% d&amp;#039;intervention. Pour cela, le demandeur devra être en mesure de justifier d’une stratégie de création de communauté pertinente et d’un modèle économique durable adapté.&lt;/p&gt;&lt;p&gt;La subvention n&amp;#039;est pas accordée à titre général mais affectée à la réalisation du projet (pas de soutien au fonctionnement des structures).&lt;/p&gt;&lt;p&gt;Une part d&amp;#039;autofinancement est attendue des porteurs de projets.&lt;/p&gt;&lt;p&gt;Coûts éligibles :&lt;/p&gt;&lt;p&gt;Coûts de conception &lt;/p&gt;&lt;p&gt;Coûts de développement &lt;/p&gt;&lt;p&gt;Dépenses de personnels mobilisées sur le projet : &lt;/p&gt;&lt;p&gt;au coût réel chargé sur justifications des salaires ; &lt;/p&gt;&lt;p&gt;au coût valorisé pour les non-salariés qui ne pourra pas excéder 30% du montant des dépenses éligibles (la prise en compte des dépenses de personnels non salariés sera limitée aux porteurs de projets de type association ou entreprises de moins de 3 ans) &lt;/p&gt;&lt;p&gt;Frais de déplacements nécessaires au projet (limité à 5 % de l’assiette éligible) &lt;/p&gt;&lt;p&gt;Frais généraux (limité à 20 % des dépenses de personnel) &lt;/p&gt;&lt;p&gt;Coûts des services de consultants ou prestataires (y compris les études) utilisés exclusivement pour le projet &lt;/p&gt;&lt;p&gt;Investissements matériels&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R216" s="1" t="inlineStr">
+      <c r="R204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Des projets individuels ou collaboratifs pourront être soutenus. &lt;/p&gt;&lt;p&gt;Pour les projets d’innovation technologique : &lt;/p&gt;&lt;p&gt;Entreprises et associations des filières numérique, robotique et électronique &lt;/p&gt;&lt;p&gt;Le caractère innovant du projet sera déterminant. &lt;/p&gt;&lt;p&gt;Pour les innovations à visée collective :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités et autres acteurs publics et parapublics. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le caractère d’intérêt général et/ou les retombées sur le territoire du projet seront déterminants.&lt;/p&gt;&lt;p&gt;Critères de sélection : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Dimension innovante en termes d’usages, de services et/ou de technologies &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Impact / création de valeur : environnementale, sociale, territoriale, économique, d’intérêt général &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Viabilité, pérennité technique et opérationnelle du projet &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Interopérabilité, réutilisabilité, ouverture du projet&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Capacité du porteur de projet &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Utilisation éthique des données&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Partenariats et collaboration avec les acteurs locaux&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’intensité de l’aide régionale sera modulée suivant le cumul de plusieurs critères : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Création ou utilisation d’un ou plusieurs communs numériques et utilisation des technologies libres&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cybersécurité &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’éco-conception numérique &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Impact environnemental, social et sociétal démontré &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Analyse cycle de vie du produit&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V204" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/innovation-numerique-responsable</t>
         </is>
       </c>
-      <c r="W216" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Afin d&amp;#039;étudier l&amp;#039;éligibilité de votre demande, la fiche de renseignements est à renvoyer dûment complétée à la Délégation Numérique : innovation-numerique&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/innovation-numerique-responsable/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
         <v>163690</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Innover durablement par le design</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Innover durablement par le design</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H205" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez des projets innovants, la Région vous propose un dispositif d&amp;#039;accompagnement et de maturation de vos projets par le design.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renforcer votre souveraineté par l&amp;#039;innovation responsable&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir l&amp;#039;innovation au service de l&amp;#039;humain&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accélérer votre compétitivité au service des transitions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M217" s="1" t="inlineStr">
+      <c r="M205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Etude des dossiers : au fur et à mesure de la réception des dossiers&lt;/p&gt;&lt;p&gt;Prise de décision : après accusé de réception de la saisine&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Forfait  selon la nature du projet, le type de structure, l&amp;#039;engagement de l&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;ou&lt;/p&gt;&lt;p&gt;Taux maximum de 50  % du montant du projet &amp;#34;sec&amp;#34;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles seront étudiées à réception de la demande d&amp;#039;aide et sont conditionnées à la prise en compte d&amp;#039;un prestataire externe (designer, bureau d&amp;#039;études...)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Forêts
 Technologies numériques et numérisation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R217" s="1" t="inlineStr">
+      <c r="R205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises; TPE à titre exceptionnel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Groupement d&amp;#039;intérêt économique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Laboratoires de recherche pour des projets collaboratifs avec des entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Siège du porteur du projet en Nouvelle-Aquitaine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Taille de l&amp;#039;entreprise&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Adhésion ou non à un parcours régional&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/innover-durablement-par-le-design</t>
         </is>
       </c>
-      <c r="W217" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Adressez un email expliquant le projet à :&lt;/p&gt;&lt;p&gt;dynamique.design&amp;#64;nouvelle-aquitaine.fr &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/innover-durablement-par-le-design/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
         <v>163767</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>ADEME
 Agence Nationale de l'Habitat (ANAH)
 Agences de l'eau
 Agence nationale de la cohésion des territoires (ANCT)
 ALEC 42 - Agence Locale de l'Energie et du Climat
 Agence Nationale pour la Rénovation Urbaine (ANRU)
 SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
 DDT de la Loire</t>
         </is>
       </c>
-      <c r="G218" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K218" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -41220,4175 +38709,4135 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N218" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R218" s="1" t="inlineStr">
+      <c r="R206" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W218" s="1" t="inlineStr">
+      <c r="W206" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X218" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-      <c r="A219" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>163926</v>
       </c>
-      <c r="B219" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C219" s="1" t="inlineStr">
+      <c r="C207" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°1 - Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture, pour en faire un atout environnemental, économique, culturel et touristique</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I219" s="1" t="inlineStr">
+      <c r="I207" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J219" s="1" t="inlineStr">
+      <c r="J207" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette aide met l’accent sur la promotion des métiers de la mer et des
 produits, un pilier incontournable pour garder un territoire vivant et attractif. Il vise
 à créer de la richesse économique, environnementale et sociale par la valorisation
 conjointe de produits de qualité du territoire, les métiers et le tourisme. Cette fiche
 action contribue à revitaliser la filière pêche et aquaculture, nos territoires littoraux
 et contribuer à améliorer l’image des gens de mer. Cette image vivante du
 territoire, associée à la richesse de son passé halieutique, est au centre de
 l’attractivité du territoire et de son potentiel d’attractivité. Il est donc important de
 structurer l’offre touristique bleue et durable, pour attirer les touristes sur notre
 territoire.
 En parallèle, le nombre de professionnels de la pêche et de l’aquaculture, que ce
 soit en mer comme à terre a fortement baissé depuis ces dernières années, et la
 moyenne d’âge des pêcheurs est élevée. L’attrait des métiers est de plus en plus
 difficile, et la transmission des entreprises, notamment pour les marins-pêcheurs
 devient un problème primordial pour les années à venir. Il est nécessaire de donner
 les moyens à la mise en avant des métiers et des formations liés à la pêche et à
 l’aquaculture (y compris le mareyage, la vente, la poissonnerie, etc.) afin d’attirer
 de nouveaux professionnels, en reconversion professionnelle ou en formation
 initiale et de permettre à chacun de se faire sa propre opinion sur les métiers de la
 pêche et de l’aquaculture.
 Il s’agira également d’enrichir et diversifier l’offre de produit de qualité à partir des
 ressources halieutiques pêchées et élevées sur notre territoire… qui ne sont pas
 encore valorisées. Il s’agira de soutenir les démarches collectives de promotion qui
 visent en particulier à développer les liens entre produits, savoir-faire et territoire
 et donc à renforcer la notoriété conjointe des produits et du territoire. Des efforts
 spécifiques de communication et sensibilisation doivent ainsi permettre de faire
 connaître et comprendre aux consommateurs la singularité et la spécificité de ses
 produits (qui combinent leur qualité à un lieu singulier)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter la population à s’orienter vers
 les métiers de la pêche et de l’aquaculture, valorisant l’image des gens de mer&lt;/li&gt;&lt;li&gt; Soutenir les démarches collectives de
 valorisation et promotion des produits de la pêche et de l’aquaculture &lt;/li&gt;&lt;li&gt;Développer une offre touristique bleue et
 durable, de découverte des activités maritimes&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accroissement des formations maritimes
 dans l’orientation des jeunes, des femmes et des personnes en réinsertion &lt;/li&gt;&lt;li&gt;&lt;span&gt;Amélioration de l’environnement
 économique de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accroissement des démarches de qualité
 (label, IGP, promotion) pour les produits de la mer locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’une offre touristique
 bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M219" s="1" t="inlineStr">
+      <c r="M207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de sensibilisation et de communication aux métiers en mer comme à
 terre&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 de partenariats entre les acteurs socio-professionnels de la filière pêche et
 aquaculture, la formation et l’emploi&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien
 des savoir-faire et des compétences de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coordination
 entre le secteur de la pêche et le tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’une identité touristique « Côte d’Albâtre » en lien avec la filière pêche et
 aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de valorisation et promotions des produits de la mer locaux (label,
 IGP, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la création de nouvelles filières de valorisation et de promotion de produits
 de la mer « méconnus »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la mise en place de concours culinaire visant à promouvoir les métiers
 et  des produits&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre
 en valeur les savoir-faire locaux et artisanaux de l’ensemble de la filière&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N219" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P219" s="1" t="inlineStr">
+      <c r="P207" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q219" s="1" t="inlineStr">
+      <c r="Q207" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R219" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S219" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T219" s="1" t="inlineStr">
+      <c r="T207" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V219" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X219" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture-pour-en-faire-un-atout-environnemental-economique-culturel-et-touristique/</t>
         </is>
       </c>
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-      <c r="A220" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>164043</v>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Accélérer et accompagner la sobriété numérique</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Alt IMPACT - Soutien aux actions de sobriété numérique</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Alt IMPACT est un programme porté par l’ADEME, le CNRS et l’INRIA, et financé par les CEE (Certificats d’économies d’énergie).&lt;/p&gt;&lt;p&gt;Il a pour objectif d’&lt;strong&gt;accélérer et accompagner la sobriété numérique&lt;/strong&gt;, en particulier : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;accélérer la sensibilisation et la formation&lt;/strong&gt; de l’ensemble des publics (citoyens, entreprises, collectivités, ou toute autre organisation…) à l’impact environnemental du numérique et à la compréhension de ses enjeux ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mesurer et piloter la sobriété numérique&lt;/strong&gt;, en identifiant et partageant les données et des outils fiables ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;soutenir les actions de mise en œuvre de la sobriété numérique&lt;/strong&gt; dans les stratégies des collectivités et des organisations. &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N220" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O220" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P220" s="1" t="inlineStr">
+      <c r="P208" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q220" s="1" t="inlineStr">
+      <c r="Q208" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S220" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V220" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X220" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/alt-impact-soutien-aux-actions-de-sobriete-numerique</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/alt-impact-soutien-aux-actions-de-sobriete-numerique/</t>
         </is>
       </c>
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-      <c r="A221" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>164097</v>
       </c>
-      <c r="B221" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'économie de proximité dans le contexte de mutation socio-économiques du territoire</t>
         </is>
       </c>
-      <c r="C221" s="1" t="inlineStr">
+      <c r="C209" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche Action 4</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G221" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H221" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I221" s="1" t="inlineStr">
+      <c r="I209" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K221" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention européenne .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;plancher d&amp;#039;aide : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Plafond d&amp;#039;aide : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Stimuler les démarches de modernisation des entreprises &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faciliter la création, les cessions et les reprises d’entreprises du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accroître le poids de l’Economie Sociale et Solidaire dans l’économie locale&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnel&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire de chefs d’entreprises et salariés formés &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’ingénierie de proximité en termes d’aides aux entreprises dans le cadre d’un développement, d’une création, d’une transmission ou d’une reprise d’entreprises &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Permettre aux entreprises d’anticiper les mutations socio-économiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’image des activités commerciales et des savoir-faire locaux &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Accompagner le développement et la consolidation des associations et des entreprises de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager l’entreprenariat chez les jeunes de moins de 30 ans&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer et maintenir de l’emploi non délocalisable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter le taux de création et de reprise d’entreprises sur le territoire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M221" s="1" t="inlineStr">
+      <c r="M209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 4&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N221" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q221" s="1" t="inlineStr">
+      <c r="Q209" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R221" s="1" t="inlineStr">
+      <c r="R209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour être éligible, le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement du Pays du Calaisis et répondre aux critères de la grille de sélection: partenariats et mise en réseau, impact géographique, niveau d&amp;#039;innovation, effet du projet, emploi, transition décarbonée et durable , formation du chef d&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S221" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T221" s="1" t="inlineStr">
+      <c r="T209" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V221" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X221" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-deconomie-de-proximite-dans-le-contexte-de-mutation-socio-economiques-du-territoire/</t>
         </is>
       </c>
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="222" spans="1:27" customHeight="0">
-      <c r="A222" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>164110</v>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de développement et d'attractivité économique locale</t>
         </is>
       </c>
-      <c r="C222" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G222" s="1" t="inlineStr">
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H222" s="1" t="inlineStr">
+      <c r="H210" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I222" s="1" t="inlineStr">
+      <c r="I210" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J222" s="1" t="inlineStr">
+      <c r="J210" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K222" s="1" t="inlineStr">
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L222" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M222" s="1" t="inlineStr">
+      <c r="M210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N222" s="1" t="inlineStr">
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Information voyageur, billettique multimodale
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R222" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S222" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T222" s="1" t="inlineStr">
+      <c r="T210" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U222" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V222" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X222" s="1" t="inlineStr">
+      <c r="X210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y222" s="1" t="inlineStr">
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z222" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
         </is>
       </c>
-      <c r="AA222" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="223" spans="1:27" customHeight="0">
-      <c r="A223" s="1">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>164121</v>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transformation numérique des Très Petites Entreprises (TPE)</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Transformation numérique des Très Petites Entreprises (TPE)</t>
         </is>
       </c>
-      <c r="E223" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G223" s="1" t="inlineStr">
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H223" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K223" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L223" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à la très petite entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final. L’aide à la transformation numérique vise à soutenir des entreprises dans le cadre d&amp;#039;un projet de refonte global et stratégique, tenant compte des enjeux de sobriété et de sécurité numériques.</t>
         </is>
       </c>
-      <c r="M223" s="1" t="inlineStr">
+      <c r="M211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;
 &lt;/p&gt;&lt;p&gt;Coûts d’investissements dans les actifs corporels ou incorporels ;&lt;/p&gt;&lt;p&gt;Dépenses liées au conseil et au recrutement directement liées à la réalisation du projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les dépenses liées au conseil et au recrutement doivent avoir un caractère accessoire et ne pas représenter plus de la moitié des dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Taux 50 % maximum ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plancher de l’aide : 5 000 € ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plafond de l’aide : 50 000 € ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Modulation du taux : entreprises situées sur les territoires prioritaires régionaux (territoires d’industrie, CADET, QPV…), projet générateur de création d’emplois et/ou projets en lien avec les ambitions de la feuille de route Néo Terra.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N223" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O223" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q223" s="1" t="inlineStr">
+      <c r="Q211" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R223" s="1" t="inlineStr">
+      <c r="R211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE artisanale ou de production ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprise (TPE) &amp;lt; 10 Équivalents Temps Plein (ETP) et CA ou bilan &amp;lt; 2 M€ ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plancher de 10 000 € HT d’investissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Eligibilité selon les codes d&amp;#039;indentification Activités Principales Exercées (APE, NAF) ou secteurs d’activités éligibles au règlement d&amp;#039;intervention relatif à l&amp;#039;aide à la transformation numérique des TPE.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Avoir un projet global de transformation numérique dans l&amp;#039;entreprise tenant compte des enjeux de sobriété et de sécurité numériques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T223" s="1" t="inlineStr">
+      <c r="T211" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U223" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V223" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/transformation-numerique-des-tres-petites-entreprises-tpe</t>
         </is>
       </c>
-      <c r="W223" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X223" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Pour solliciter l’aide, le ou la dirigeante d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Réaliser un accompagnement préalable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser un diagnostic de maturité cyber sécurité (équivalence au défi numérique n°6 - niveau 2 du programme régional « Défi numérique ») ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Déposer la fiche de pré-demande auprès de la Région à l&amp;#039;adresse correspondante, indiquée sur la fiche de pré-demande disponible en bas de cette page.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="Y223" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z223" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/transformation-numerique-des-tres-petites-entreprises-tpe/</t>
         </is>
       </c>
-      <c r="AA223" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="224" spans="1:27" customHeight="0">
-      <c r="A224" s="1">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>164371</v>
       </c>
-      <c r="B224" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une sauvegarde informatique</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Sauvegarde</t>
         </is>
       </c>
-      <c r="E224" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale (ATD) INGENIERIE70</t>
         </is>
       </c>
-      <c r="G224" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H224" s="1" t="inlineStr">
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K224" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L224" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département a
 décidé de créer, depuis le 1er janvier 2011, une agence départementale
 d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
 établissement public administratif autonome, est financé par le Département et
 les collectivités adhérentes via les cotisations et les rémunérations des
 prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
 chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
 intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
 demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
 les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
 Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
 Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
 quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
 structures diverses, communautés de communes et le Département de la
 Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
 ces quatre pôles sont facturées selon des tarifs votés en Conseil
 d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
 structure a permis de montrer toute son utilité et cet outil répond aux
 attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
 propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2017 ses compétences aux collectivités
 adhérentes (communes, syndicats, CC, autres structures) utilisant le logiciel
 E-Magnus un ensemble de prestations d’assistance et de maintenance permettant
 la mise en œuvre et l’exploitation du logiciel métier (installation, support,
 télémaintenance, sauvegarde etc.)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/p&gt;&lt;p&gt;Ingénierie 70 a fait le choix de
 candidater à l&amp;#039;appel à projet sur la cybersécurité lancé par l&amp;#039;ANSSI pour
 permettre à chaque collectivité de bénéficier d&amp;#039;une sauvegarde externalisée.
 Cette décision fait suite à une longue réflexion sur la nécessité de protéger
 les données des logiciels e.Magnus, mais également des données des utilisateurs.
 En effet, les collectivités stockent sur leurs postes des données dites
 sensibles qu&amp;#039;il convient de sécuriser. L&amp;#039;externalisation de la sauvegarde
 permet ainsi d&amp;#039;avoir une copie afin de se prémunir de tout dégât physique dans
 les locaux ou dégât sur le matériel. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3 supports &lt;/strong&gt;distincts :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sauvegarde
 automatique, &lt;/li&gt;&lt;li&gt;Sauvegarde
 3-2-1 (3 copies de fichiers, sur 2 supports différents dont 1 copie hors site)&lt;/li&gt;&lt;li&gt;Sauvegarde
 déconnectée&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N224" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O224" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R224" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Etre une
 collectivité adhérente à l’agence technique Ingénierie70 pour  la compétence informatique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S224" s="1" t="inlineStr">
+      <c r="S212" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="T224" s="1" t="inlineStr">
+      <c r="T212" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U224" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>Haute-Saône</t>
         </is>
       </c>
-      <c r="V224" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://www.ingenierie70.fr/</t>
         </is>
       </c>
-      <c r="X224" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_blank"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y224" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
-      <c r="Z224" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sauvegarde-informatique/</t>
         </is>
       </c>
-      <c r="AA224" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="225" spans="1:27" customHeight="0">
-      <c r="A225" s="1">
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
         <v>164372</v>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités sur l'utilisation du logiciel Berger Levrault</t>
         </is>
       </c>
-      <c r="D225" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités sur le logiciel Berger Levrault</t>
         </is>
       </c>
-      <c r="E225" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale (ATD) INGENIERIE70</t>
         </is>
       </c>
-      <c r="G225" s="1" t="inlineStr">
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H225" s="1" t="inlineStr">
+      <c r="H213" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K225" s="1" t="inlineStr">
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L225" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département a
 décidé de créer, depuis le 1er janvier 2011, une agence départementale
 d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
 établissement public administratif autonome, est financée par le Département et
 les collectivités adhérentes via les cotisations et les rémunérations des
 prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
 chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
 intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
 demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
 les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
 Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
 Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
 quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
 structures diverses, communautés de communes et le Département de la
 Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
 ces quatre pôles sont facturées selon des tarifs votés en Conseil
 d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
 structure a permis de montrer toute son utilité et cet outil répond aux
 attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
 propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2017 ses compétences aux collectivités
 adhérentes (communes, syndicats, CC, autres structures) utilisant le logiciel
 E-Magnus un ensemble de prestations d’assistance et de maintenance permettant
 la mise en œuvre et l’exploitation du logiciel métier (installation, support,
 télémaintenance, sauvegarde etc.)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance technique, fonctionnelle dans l’utilisation des logiciels
 de comptabilité, paye, élection, état civil et facturation du logiciel Magnus. &lt;/li&gt;&lt;li&gt;Assure des formations aux collectivités sur l’application métier et
 les accompagne pour la mise en œuvre des applications légales (prélèvement à la
 source, actes, budget etc.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M225" s="1" t="inlineStr">
+      <c r="M213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Installation, formation, assistance sur les
 logiciels de gestion de collectivité Berger Levrault&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N225" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O225" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R225" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Etre une
 collectivité adhérente à l’agence technique Ingénierie70 pour la compétence informatique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S225" s="1" t="inlineStr">
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U225" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>Haute-Saône</t>
         </is>
       </c>
-      <c r="V225" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
         <is>
           <t>https://www.ingenierie70.fr/</t>
         </is>
       </c>
-      <c r="X225" s="1" t="inlineStr">
+      <c r="X213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_blank"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y225" s="1" t="inlineStr">
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
-      <c r="Z225" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-collectivites-sur-le-logicel-berger-levrault/</t>
         </is>
       </c>
-      <c r="AA225" s="1" t="inlineStr">
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="226" spans="1:27" customHeight="0">
-      <c r="A226" s="1">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
         <v>164420</v>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Structurer les destinations touristiques ligériennes pour améliorer leur notoriété</t>
         </is>
       </c>
-      <c r="C226" s="1" t="inlineStr">
+      <c r="C214" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D226" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.2 « Structurer les destinations touristiques ligériennes pour améliorer leur notoriété »</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
+      <c r="G214" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H226" s="1" t="inlineStr">
+      <c r="H214" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I226" s="1" t="inlineStr">
+      <c r="I214" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J226" s="1" t="inlineStr">
+      <c r="J214" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K226" s="1" t="inlineStr">
+      <c r="K214" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L226" s="1" t="inlineStr">
+      <c r="L214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la Région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être notamment dans le cadre d’une amélioration de la notoriété du territoire du GAL et de ses destinations. Dans ce cadre, le présent appel à projets vise à permettre au GAL de soutenir des projets visant à structurer ces destinations.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Faciliter l’accueil des visiteurs par une communication simple et claire&lt;/p&gt;&lt;p&gt;− Donner envie de visiter les destinations par une promotion qui correspond à l’offre&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;     * Sensibiliser les visiteurs et usagers&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’objectif du GAL dans le cadre du présent appel à projets est de soutenir la structuration et la promotion des 3 destinations identifiées que sont :&lt;/p&gt;&lt;p&gt;− Le Forez&lt;/p&gt;&lt;p&gt;− Le Pilat&lt;/p&gt;&lt;p&gt;− Le Roannais&lt;/p&gt;&lt;p&gt;Les opérations soumises à cet AAP devront s’inscrire au moins à l’une de ces échelles ou couvrir un territoire plus large.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets innovants suivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Accompagner les professionnels et prestataires touristiques dans leur engagement dans des démarches de tourisme durable ;&lt;/p&gt;&lt;p&gt;− Développer des produits touristiques correspondant aux attentes de la clientèle et la commercialisation des offres touristiques locales ;&lt;/p&gt;&lt;p&gt;− Structurer et cibler la communication et la promotion des destinations identifiées.&lt;/p&gt;&lt;p&gt;Les projets innovants et de tourisme durable s’apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;A ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M226" s="1" t="inlineStr">
+      <c r="M214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N226" s="1" t="inlineStr">
+      <c r="N214" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Accès aux services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O226" s="1" t="inlineStr">
+      <c r="O214" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P226" s="1" t="inlineStr">
+      <c r="P214" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q226" s="1" t="inlineStr">
+      <c r="Q214" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R226" s="1" t="inlineStr">
+      <c r="R214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets devront se déployer au minimum à l’échelle de l’une des 3 destinations citées dans la partie descriptif du présent appel à projets. Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets de développement des produits touristiques devront répondre aux attentes de la clientèle. Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » :&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques)) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S226" s="1" t="inlineStr">
+      <c r="S214" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T226" s="1" t="inlineStr">
+      <c r="T214" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U226" s="1" t="inlineStr">
+      <c r="U214" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V226" s="1" t="inlineStr">
+      <c r="V214" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.2_DESTINATIONS_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W226" s="1" t="inlineStr">
+      <c r="W214" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X226" s="1" t="inlineStr">
+      <c r="X214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y226" s="1" t="inlineStr">
+      <c r="Y214" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z226" s="1" t="inlineStr">
+      <c r="Z214" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/structurer-les-destinations-touristiques-ligeriennes-pour-ameliorer-leur-notoriete-1/</t>
         </is>
       </c>
-      <c r="AA226" s="1" t="inlineStr">
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="227" spans="1:27" customHeight="0">
-[...123 lines deleted...]
-      <c r="A228" s="1">
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
         <v>164819</v>
       </c>
-      <c r="B228" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Favoriser les défis Numériques des Très Petites Entreprises (TPE)</t>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Programme : les défis numériques des Très Petites Entreprises (TPE)</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G228" s="1" t="inlineStr">
+      <c r="G215" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K228" s="1" t="inlineStr">
+      <c r="K215" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L228" s="1" t="inlineStr">
+      <c r="L215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à l’entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final. Elle propose un parcours d’accompagnement des très petites entreprises (TPE) à la transformation numérique intitulé « Défis numériques ». &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;DÉFI 1 : Conquérir le WEB &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : créer votre première vitrine Google &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : déployer votre présence digitale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : créer mon site vitrine &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 2 : Rayonner en ligne &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : optimiser votre présence naturelle &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : créer votre stratégie de contenus &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : lancer vos premières campagnes d’acquisition &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 3 : Transformer le digital en business &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : vendre via les plateformes existantes &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : lancer votre boutique digitale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : créer une expérience d’achat unique &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 4 : Établir une bonne relation clients &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : dialoguer avec vos clients &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : construire votre communauté &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : développer votre programme relationnel &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 5 : Propulser votre entreprise avec le numérique &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : digitaliser vos opérations essentielles &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : piloter grâce à des tableaux de bord et indicateurs clés &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : unifier votre gestion digitale adaptée à votre taille &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; DÉFI 6 : Sécuriser votre environnement digital &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : adopter les réflexes cyber &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : cartographier vos risques &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : mettre en conformité votre environnement numérique &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; DÉFI 7 : Tendre vers la sobriété numérique &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : comprendre votre impact &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : mesurer votre empreinte &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : construire votre transition écodigitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M228" s="1" t="inlineStr">
+      <c r="M215" s="1" t="inlineStr">
         <is>
           <t>Prise en charge financière du parcours « défis numériques » jusqu’à 4 jours d’intervention sans reste à charge pour l’entreprise grâce au soutien financier des fonds européens et des réseaux consulaires.</t>
         </is>
       </c>
-      <c r="N228" s="1" t="inlineStr">
+      <c r="N215" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O228" s="1" t="inlineStr">
+      <c r="O215" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R228" s="1" t="inlineStr">
+      <c r="R215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE de moins de 10 salariés &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE réalisant moins de 2 millions de chiffre d&amp;#039;affaires &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Critères de sélection :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Pour entrer dans le programme régional, le chef d’entreprise recevra de son conseiller numérique un lien pour saisir sa demande sur « mes démarches simplifiées » &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Saisie de la demande sur mes démarches simplifiées et entrée dans le parcours.
 		Le parcours se déroule en une première phase comprenant un diagnostic et un plan d’action et une deuxième phase comprenant l’accompagnement dans la mise en œuvre du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réalisation d’un diagnostic et une définition des défis numériques (1 jour) &lt;/span&gt;A minima, à la fin du diagnostic et avant le démarrage ou non de la deuxième phase (accompagnement), un échange entre le conseiller numérique et le chargé de mission référent de l’économie territoriale sera réalisé sur les modalités de poursuite dans le programme du dirigeant selon plusieurs cas de figure :
 		Pas d’accompagnement post diagnostic,
 		Accompagnement post diagnostic court ou long sans demande de subvention,
 		Accompagnement post diagnostic court ou long avec une demande de subvention &lt;/li&gt;&lt;li&gt;Accompagnement à la réalisation des défis numériques (1 j à 3 jours) selon les besoins identifiés dans le plan d’action.
 		Soit un parcours global (diagnostic et accompagnement) de 2 à 4 jours comprenant l’administratif dont la saisie sur MDS et le Reporting.&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="U228" s="1" t="inlineStr">
+      <c r="U215" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V228" s="1" t="inlineStr">
+      <c r="V215" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/programme-les-defis-numeriques-des-tres-petites-entreprises-tpe</t>
         </is>
       </c>
-      <c r="W228" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X228" s="1" t="inlineStr">
+      <c r="X215" s="1" t="inlineStr">
         <is>
           <t>Pour bénéficier d’un accompagnement à la transformation numérique, le chef d’entreprise doit contacter le conseiller numérique de la chambre consulaire (Chambre de Métiers et de l&amp;#039;Artisanat ou Chambre de Commerce et d&amp;#039;Industrie) de son département (voir la liste des conseillers numériques disponible en bas de page).
 Après échange et présentation des besoins, il sera proposé au dirigeant :
 	soit d’entrer dans le dispositif régional,
 	soit un accompagnement autre (formations, prestations etc…).</t>
         </is>
       </c>
-      <c r="Y228" s="1" t="inlineStr">
+      <c r="Y215" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z228" s="1" t="inlineStr">
+      <c r="Z215" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-les-defis-numeriques-des-tres-petites-entreprises-tpe/</t>
         </is>
       </c>
-      <c r="AA228" s="1" t="inlineStr">
+      <c r="AA215" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="229" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="E229" s="1" t="inlineStr">
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>165046</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - Cluster 5 Call 02-2026 (WP 2025) - 2025</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - Cluster 5 Call 02-2026 (WP 2025) - 2025</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G229" s="1" t="inlineStr">
-[...336 lines deleted...]
-      <c r="G232" s="1" t="inlineStr">
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H232" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K232" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L232" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - Pilier 2 - Problématiques mondiales et compétitivité industrielle - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;318 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 318 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-01 : 33 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-02 : 8 millions d&amp;#039; euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-05 : 15 millions d&amp;#039; euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-07 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-08 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-10 : 24 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-12 : 8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-13 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-14 : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-18 : 18 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-19 : 16 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-20 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-22 : 18 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-24 : 18 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-01 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-02 : 12 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-03 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-04 : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-05 : 12 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D4-06 : 15 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 2 et 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : entre 70% et 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;Différentes catégories de projets sont éligibles : &lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;De même, les appels précisent les bénéficiaires attendus : &lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;TOPICS :&lt;/span&gt;&lt;/p&gt;  &lt;p&gt;A venir&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-01 : Production à grande échelle de biocarburants avancés liquides et de carburants renouvelables d’origine non biologique&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-02 : Compétitivité, sécurité énergétique et aspects d’intégration des chaînes de valeur des biocarburants avancés et des carburants renouvelables d’origine non biologique&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-05 : Démonstration de solutions de stockage thermique d’énergie pour les centrales et systèmes solaires thermiques&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-07 : Fiabilité améliorée et optimisation de l’exploitation et de la maintenance des systèmes éoliens&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-08 : Comprendre et minimiser les impacts environnementaux de l’énergie éolienne en mer&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-10 : Vers la commercialisation du photovoltaïque à pérovskite et développement d’équipements de fabrication dédiés (Partenariat EUPI-PV)&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-12 : Prolongation de la durée de vie des modules photovoltaïques en silicium cristallin (Partenariat EUPI-PV)&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-13 : Réduction des risques pour le développement technologique de l’énergie houlomotrice via un achat public transnational pré-commercial de R&amp;amp;D&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-14 : Développement de solutions innovantes renforçant la sécurité des chaînes de valeur de l’énergie renouvelable&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-18 : Nouvelle génération de postes de distribution pour renforcer la résilience du système&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-19 : Solutions innovantes pour une colonne vertébrale numérique de l’énergie dans l’UE, alimentée par l’IA générative&lt;/li&gt;    &lt;li&gt;HORIZON-CL5-2026-02-D3-20 : Outils et services innovants pour gérer et renforcer les communautés énergétiques&lt;/li&gt;    &lt;li&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N232" s="1" t="inlineStr">
+      <c r="N216" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O232" s="1" t="inlineStr">
+      <c r="O216" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P232" s="1" t="inlineStr">
+      <c r="P216" s="1" t="inlineStr">
         <is>
           <t>16/09/2025</t>
         </is>
       </c>
-      <c r="Q232" s="1" t="inlineStr">
+      <c r="Q216" s="1" t="inlineStr">
         <is>
           <t>17/02/2026</t>
         </is>
       </c>
-      <c r="S232" s="1" t="inlineStr">
+      <c r="S216" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U232" s="1" t="inlineStr">
+      <c r="U216" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V232" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W232" s="1" t="inlineStr">
+      <c r="V216" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-cluster-5-call-02-2026-wp-2025-2025/</t>
+        </is>
+      </c>
+      <c r="W216" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=HORIZON-CL5-2026-02&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
         </is>
       </c>
-      <c r="Y232" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z232" s="1" t="inlineStr">
+      <c r="Z216" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-cluster-5-call-02-2026-wp-2025-2025/</t>
         </is>
       </c>
-      <c r="AA232" s="1" t="inlineStr">
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="233" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E233" s="1" t="inlineStr">
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
+        <v>165056</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE -  MSCA Choisir l'Europe pour la science 2025 - 2025</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE -  MSCA Choisir l&amp;apos;Europe pour la science 2025 - 2025</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G233" s="1" t="inlineStr">
-[...107 lines deleted...]
-      <c r="G234" s="1" t="inlineStr">
+      <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Recherche</t>
         </is>
       </c>
-      <c r="K234" s="1" t="inlineStr">
+      <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L234" s="1" t="inlineStr">
+      <c r="L217" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;22,500,000 euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 22,500,000 euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA-2025-COFUND-02-01 MSCA Choisir l&amp;#039;Europe pour la science 2025: 22,500,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.   &lt;strong&gt;Différentes catégories de projets sont éligibles : &lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus : &lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;TOPICS &lt;/span&gt;:   A venir  &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA-2025-COFUND-02-01: MSCA Choisir l&amp;#039;Europe pour la science 2025&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;   Pour trouver votre Point de Contact National (NCP) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;   &lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-2-msca-actions_horizon-2023-2024_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) :&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;HORIZON-MSCA-2025-COFUND-02&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://rea.ec.europa.eu/funding-and-grants/horizon-europe-marie-sklodowska-curie-actions_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N234" s="1" t="inlineStr">
+      <c r="N217" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Santé
 Commerces et services
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 International
 Transports collectifs et optimisation des trafics routiers
 Industrie
 Sécurité</t>
         </is>
       </c>
-      <c r="O234" s="1" t="inlineStr">
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P234" s="1" t="inlineStr">
+      <c r="P217" s="1" t="inlineStr">
         <is>
           <t>01/10/2025</t>
         </is>
       </c>
-      <c r="Q234" s="1" t="inlineStr">
+      <c r="Q217" s="1" t="inlineStr">
         <is>
           <t>03/12/2025</t>
         </is>
       </c>
-      <c r="S234" s="1" t="inlineStr">
+      <c r="S217" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U234" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V234" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y234" s="1" t="inlineStr">
+      <c r="V217" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-msca-choisir-leurope-pour-la-science-2025-2025/</t>
+        </is>
+      </c>
+      <c r="Y217" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z234" s="1" t="inlineStr">
+      <c r="Z217" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-msca-choisir-leurope-pour-la-science-2025-2025/</t>
         </is>
       </c>
-      <c r="AA234" s="1" t="inlineStr">
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="235" spans="1:27" customHeight="0">
-      <c r="A235" s="1">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
         <v>165095</v>
       </c>
-      <c r="B235" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets de jeux vidéo en phase prototypage</t>
         </is>
       </c>
-      <c r="D235" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Prototypage jeux vidéo</t>
         </is>
       </c>
-      <c r="E235" s="1" t="inlineStr">
+      <c r="E218" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G235" s="1" t="inlineStr">
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H235" s="1" t="inlineStr">
+      <c r="H218" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I235" s="1" t="inlineStr">
+      <c r="I218" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K235" s="1" t="inlineStr">
+      <c r="K218" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L235" s="1" t="inlineStr">
+      <c r="L218" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de jeux vidéo en phase de prototypage uniquement (développement, R&amp;amp;D), destiné à une commercialisation off line ou on line (à l’exclusion des serious game) ?&lt;/h2&gt;&lt;p&gt;Bénéficiez d’une aide régionale pouvant aller&lt;strong&gt; jusqu’à 25 000€ TTC.&lt;br /&gt;
 &lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une société commerciale établie en région Grand Est&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Un jeu vidéo en phase de prototypage uniquement (développement, R&amp;amp;D), destiné à une commercialisation off line ou on line&lt;/li&gt;
 &lt;li&gt;Il est entièrement conçu et fabriqué sur le territoire du Grand Est, mobilise talents créatifs et techniques installés sur le territoire&lt;/li&gt;
 &lt;li&gt;Le jeu n’est pas un serious game&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 25 000 €&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;Sont éligibles quand elles sont effectuées à hauteur de 100% sur le territoire régional :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;les dépenses liées aux ressources humaines, créatives et techniques affectées au projet,&lt;/li&gt;
 &lt;li&gt;les dépenses de matériel (hardware et software)&lt;/li&gt;
 &lt;li&gt;les dépenses de prestations.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;Aides complémentaires&lt;/h4&gt;
 &lt;p&gt;Chaque bénéficiaire de l’aide, sera aussi accompagné par un expert international du jeux vidéo.&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne dès le 15 janvier &lt;/strong&gt;et&lt;strong&gt; au plus tard le 15 février &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N235" s="1" t="inlineStr">
+      <c r="N218" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Médias et communication</t>
         </is>
       </c>
-      <c r="O235" s="1" t="inlineStr">
+      <c r="O218" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P235" s="1" t="inlineStr">
+      <c r="P218" s="1" t="inlineStr">
         <is>
           <t>02/01/2025</t>
         </is>
       </c>
-      <c r="S235" s="1" t="inlineStr">
+      <c r="S218" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T235" s="1" t="inlineStr">
+      <c r="T218" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U235" s="1" t="inlineStr">
+      <c r="U218" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V235" s="1" t="inlineStr">
+      <c r="V218" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/prototypage-jeux-video/</t>
         </is>
       </c>
-      <c r="W235" s="1" t="inlineStr">
+      <c r="W218" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_0191/depot/simple</t>
         </is>
       </c>
-      <c r="X235" s="1" t="inlineStr">
+      <c r="X218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;creation.numerique&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y235" s="1" t="inlineStr">
+      <c r="Y218" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z235" s="1" t="inlineStr">
+      <c r="Z218" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prototypage-jeux-video/</t>
         </is>
       </c>
-      <c r="AA235" s="1" t="inlineStr">
+      <c r="AA218" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="236" spans="1:27" customHeight="0">
-      <c r="A236" s="1">
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
         <v>165129</v>
       </c>
-      <c r="B236" s="1" t="inlineStr">
+      <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Développer des pôles d’excellence territoriaux en cybersécurité</t>
         </is>
       </c>
-      <c r="D236" s="1" t="inlineStr">
+      <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Pôles d’excellence territoriaux en cybersécurité</t>
         </is>
       </c>
-      <c r="E236" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G236" s="1" t="inlineStr">
+      <c r="G219" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="K236" s="1" t="inlineStr">
+      <c r="K219" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L236" s="1" t="inlineStr">
+      <c r="L219" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet collectif de développement de la cybersécurité sur un territoire du Grand Est s’inscrivant dans une dynamique régionale de coordination et de mutualisation de ressources ?&lt;/h2&gt;&lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 70 000 €  &lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Un consortium d’acteurs représentatif de l’écosystème de cybersécurité d’un territoire, comprenant la communauté d’agglomération &amp;gt; 100 000 habitants, la communauté urbaine ou la métropole structurante du territoire. Le consortium dispose d’un chef de file identifié et doté d’une existence juridique propre&lt;/li&gt;
 &lt;li&gt;Le seul projet sur le territoire concerné&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;L’accueil de publics cibles du territoire pour orienter sur les initiatives de cybersécurité&lt;/li&gt;
 &lt;li&gt;ET la mise en œuvre d’actions de proximité relatives à la cybersécurité en matière de :
 &lt;ul&gt;
 &lt;li&gt;Sensibilisation et formation&lt;/li&gt;
 &lt;li&gt;Promotion et valorisation des initiatives territoriales et régionales en matière de cybersécurité ;&lt;/li&gt;
 &lt;li&gt;Mise en relation entre différentes catégories d’acteurs&lt;/li&gt;
 &lt;li&gt;Production de Communs (ressources, services,etc.) sur la cybersécurité, mutualisables avec d’autres pôles ou acteurs de la cybersécurité&lt;/li&gt;
 &lt;/ul&gt;
 &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 70 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Les dépenses liées exclusivement à la mise en œuvre des actions éligibles dans le règlement&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;Aides complémentaires&lt;/h3&gt;
 &lt;p&gt;Des aides complémentaires peuvent être sollicitées auprès de financeurs publics et privés, à définir selon les modalités du projet.&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Les candidatures sont à transmettre par voie électronique à l’adresse&lt;/strong&gt; &lt;a href="mailto:CampusCyber&amp;#64;grandest.fr"&gt;CampusCyber&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;OU&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;par voie postale à l’adresse suivante&lt;/strong&gt; :&lt;/p&gt;
 &lt;p&gt;Siège du Conseil Régional&lt;br /&gt;
 A l’attention de la Direction de la Compétitivité et de la Connaissance&lt;br /&gt;
 AMI « Pôles d’Excellence territoriaux du Campus Cyber Grand Est »&lt;br /&gt;
 1 place Adrien Zeller&lt;br /&gt;
 BP 91006&lt;br /&gt;
 67070 Strasbourg cedex&lt;/p&gt;
 &lt;p&gt;Les dossiers sont traités au fil de l’eau, sans date butoir, jusqu’à la couverture territoriale complète du Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N236" s="1" t="inlineStr">
+      <c r="N219" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O236" s="1" t="inlineStr">
+      <c r="O219" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P236" s="1" t="inlineStr">
+      <c r="P219" s="1" t="inlineStr">
         <is>
           <t>16/02/2024</t>
         </is>
       </c>
-      <c r="Q236" s="1" t="inlineStr">
+      <c r="Q219" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S236" s="1" t="inlineStr">
+      <c r="S219" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U236" s="1" t="inlineStr">
+      <c r="U219" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V236" s="1" t="inlineStr">
+      <c r="V219" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/appel-a-projet/poles-dexcellence-territoriaux-cybersecurite/</t>
         </is>
       </c>
-      <c r="W236" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X236" s="1" t="inlineStr">
+      <c r="X219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les candidatures sont à transmettre par voie électronique à l’adresse CampusCyber&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;OU&lt;/p&gt;&lt;p&gt;par voie postale à l’adresse suivante :&lt;/p&gt;&lt;p&gt;Siège du Conseil Régional&lt;br /&gt;&lt;/p&gt;&lt;p&gt;A l’attention de la Direction de la Compétitivité et de la Connaissance&lt;/p&gt;&lt;p&gt;AMI « Pôles d’Excellence territoriaux du Campus Cyber Grand Est »&lt;/p&gt;&lt;p&gt;1 place Adrien Zeller&lt;/p&gt;&lt;p&gt;BP 91006&lt;/p&gt;&lt;p&gt;67070 Strasbourg cedex&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dossiers sont traités au fil de l’eau, sans date butoir, jusqu’à la couverture territoriale complète du Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y236" s="1" t="inlineStr">
+      <c r="Y219" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z236" s="1" t="inlineStr">
+      <c r="Z219" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/poles-dexcellence-territoriaux-en-cybersecurite/</t>
         </is>
       </c>
-      <c r="AA236" s="1" t="inlineStr">
+      <c r="AA219" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="237" spans="1:27" customHeight="0">
-      <c r="A237" s="1">
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
         <v>165131</v>
       </c>
-      <c r="B237" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Accompagner les offices de tourisme à la transformation digitale</t>
         </is>
       </c>
-      <c r="D237" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Accompagner les offices de tourisme à la transformation digitale</t>
         </is>
       </c>
-      <c r="E237" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G237" s="1" t="inlineStr">
+      <c r="G220" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H237" s="1" t="inlineStr">
+      <c r="H220" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K237" s="1" t="inlineStr">
+      <c r="K220" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L237" s="1" t="inlineStr">
+      <c r="L220" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous êtes un office de tourisme dans le Grand Est et vous souhaitez acquérir des solutions digitales et d’équipements innovants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale d’un montant maximum de 5 000 € : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses (minimum de 10 000 €) remboursées jusqu’à 50% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Votre projet concerne l’acquisition de&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Progiciels &lt;/strong&gt;: progiciel de gestion, de gestion commerciale ou de relation client, de gestion et contrôle, etc.&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Logiciels&lt;/strong&gt;: logiciel de gestion RH/comptable/gestion électronique des documents, logiciel de visites virtuelles, etc.&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Sites web marchand&lt;/strong&gt;: site internet permettant d’acheter ou de réserver en ligne, création de contenu, etc.&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Applications mobiles &lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Outils de travail collaboratifs&lt;/strong&gt;: intranet, logiciel de gestion de projet global, plateforme collaborative d’échanges… ;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Equipements &lt;/strong&gt;: matériel nécessaire à l’utilisation optimale d’une solution développée ci-dessus en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Expérience augmentée &lt;/strong&gt;: matériels, applications et logiciels permettant l’accès à une réalité virtuelle pour les utilisateurs&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Prestation de photos ou vidéos &lt;/strong&gt;: images permettant la valorisation du territoire concerné pour alimenter un site internet ou une animation spécifique&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Le montant minimum de dépenses devra atteindre au moins 10 000 €. Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT/TTC.&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;Plafond de 5 000 €&lt;/strong&gt; (pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous)&lt;/p&gt;
 &lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Les achats de licences et logiciels&lt;/li&gt;
 &lt;li&gt;Les frais de paramétrage et de conception d’une solution numérique&lt;/li&gt;
 &lt;li&gt;Les frais de formation inhérent aux nouveaux équipements&lt;/li&gt;
 &lt;li&gt;Les investissements liés au développement d’un service (site internet/intranet/application)&lt;/li&gt;
 &lt;li&gt;Toutes les dépenses liées à des prestations visuelles valorisant le territoire concerné (vidéos, photos…)&lt;/li&gt;
 &lt;li&gt;Toutes les dépenses liées à l’expérience augmentée : casques immersifs, vidéos 3D, hologrammes, tables interactives et/ou immersives, bornes interactives, objets connectés, solutions innovantes d’aide à la visite ou d’interprétation, applications, logiciels, etc.&lt;/li&gt;
 &lt;li&gt;Tous les équipements nécessaires à l’utilisation optimale d’une solution développée en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Sont exclus :&lt;br /&gt;
 &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Le renouvellement du parc informatique seul&lt;/li&gt;
 &lt;li&gt;Les abonnements&lt;/li&gt;
 &lt;li&gt;Les contrats et autres services en location&lt;/li&gt;
 &lt;li&gt;Les frais d’expédition&lt;/li&gt;
 &lt;li&gt;Les contrats de maintenance&lt;/li&gt;
 &lt;li&gt;Les petites fournitures et accessoires&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne,&lt;strong&gt; uniquement, &lt;/strong&gt;avant signature de devis et avant le début de l’achat. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.²&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N237" s="1" t="inlineStr">
+      <c r="N220" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O237" s="1" t="inlineStr">
+      <c r="O220" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P237" s="1" t="inlineStr">
+      <c r="P220" s="1" t="inlineStr">
         <is>
           <t>29/01/2024</t>
         </is>
       </c>
-      <c r="S237" s="1" t="inlineStr">
+      <c r="S220" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U237" s="1" t="inlineStr">
+      <c r="U220" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V237" s="1" t="inlineStr">
+      <c r="V220" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/offices-tourisme-transformation-digitale/</t>
         </is>
       </c>
-      <c r="W237" s="1" t="inlineStr">
+      <c r="W220" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0270/depot/simple</t>
         </is>
       </c>
-      <c r="X237" s="1" t="inlineStr">
+      <c r="X220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contactez :&lt;/p&gt;&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y237" s="1" t="inlineStr">
+      <c r="Y220" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z237" s="1" t="inlineStr">
+      <c r="Z220" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-offices-de-tourisme-a-la-transformation-digitale/</t>
         </is>
       </c>
-      <c r="AA237" s="1" t="inlineStr">
+      <c r="AA220" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="238" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E238" s="1" t="inlineStr">
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>165158</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - EURATOM - Prix de l'innovation SOFT - 2026</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - EURATOM - Prix de l&amp;apos;innovation SOFT - 2026</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G238" s="1" t="inlineStr">
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;100,000 euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 100,000 euros  &lt;ul&gt;    &lt;li&gt;Pour le 1er prix : 50,000 euros&lt;/li&gt;    &lt;li&gt;Pour le 2ème prix : 30,000 euros&lt;/li&gt;    &lt;li&gt;Pour le 3ème prix : 20,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;u&gt;TOPICS&lt;/u&gt; :   A venir  &lt;ul&gt;    &lt;li&gt;EURATOM-2026-SOFT-PRIZE : Prix de l&amp;#039;innovation SOFT&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Contact : RTD-FUSION&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/euratom/wp-call/2023-2025/roc_euratom-2026-soft-prize_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EURATOM-2026-SOFT-PRIZE?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;EURATOM-2026-SOFT-PRIZE&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://rea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/euratom-research-and-training-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+International
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P221" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2025</t>
+        </is>
+      </c>
+      <c r="Q221" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S221" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-euratom-prix-de-linnovation-soft-2026/</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-euratom-prix-de-linnovation-soft-2026/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>165204</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Soutien à la mise en œuvre de la mission pour des villes intelligentes et climatiquement neutres - 2026</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Soutien à la mise en œuvre de la mission pour des villes intelligentes et climatiquement neutres - 2026</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H238" s="1" t="inlineStr">
+      <c r="H222" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K238" s="1" t="inlineStr">
+      <c r="K222" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L238" s="1" t="inlineStr">
-[...319 lines deleted...]
-      <c r="L241" s="1" t="inlineStr">
+      <c r="L222" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;37 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 37 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 7 millions et 12 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;u&gt;TOPICS&lt;/u&gt; :   Ouvert  &lt;ul&gt;    &lt;li&gt;HORIZON-MISS-2026-04-PCP-CIT-01: Stimuler la transformation vers des villes neutres sur le plan climatique, l&amp;#039;économie nette zéro et l&amp;#039;autonomie stratégique ouverte grâce aux achats publics avant commercialisation (APC)&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (PCN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2025/wp-12-missions_horizon-2025_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/HORIZON-MISS-2026-04-PCP-CIT-01?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;HORIZON-MISS-2026-04-PCP&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations :&lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/eu-missions-horizon-europe/climate-neutral-and-smart-cities_en" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N241" s="1" t="inlineStr">
+      <c r="N222" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Transition énergétique
 Education et renforcement des compétences
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 International
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O241" s="1" t="inlineStr">
+      <c r="O222" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P241" s="1" t="inlineStr">
+      <c r="P222" s="1" t="inlineStr">
         <is>
           <t>06/05/2025</t>
         </is>
       </c>
-      <c r="Q241" s="1" t="inlineStr">
+      <c r="Q222" s="1" t="inlineStr">
         <is>
           <t>20/01/2026</t>
         </is>
       </c>
-      <c r="S241" s="1" t="inlineStr">
+      <c r="S222" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U241" s="1" t="inlineStr">
+      <c r="U222" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V241" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y241" s="1" t="inlineStr">
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-soutien-a-la-mise-en-oeuvre-de-la-mission-pour-des-villes-intelligentes-et-climatiquement-neutres-2026/</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z241" s="1" t="inlineStr">
+      <c r="Z222" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-soutien-a-la-mise-en-oeuvre-de-la-mission-pour-des-villes-intelligentes-et-climatiquement-neutres-2026/</t>
         </is>
       </c>
-      <c r="AA241" s="1" t="inlineStr">
+      <c r="AA222" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="242" spans="1:27" customHeight="0">
-      <c r="A242" s="1">
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
         <v>165205</v>
       </c>
-      <c r="B242" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>HORIZON EUROPE - JOINT UNDERTAKINGS - Centres d’excellence en CHP et codes de phares en CHP - 2025</t>
         </is>
       </c>
-      <c r="D242" s="1" t="inlineStr">
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>HORIZON EUROPE - JOINT UNDERTAKINGS - Centres d’excellence en CHP et codes de phares en CHP - 2025</t>
         </is>
       </c>
-      <c r="E242" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G242" s="1" t="inlineStr">
+      <c r="G223" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K242" s="1" t="inlineStr">
+      <c r="K223" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L242" s="1" t="inlineStr">
+      <c r="L223" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;60 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-01: entre 2 et 4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-02: entre 1 million et 2,500,000 euros&lt;/li&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-03: entre 1 million et 1,500,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu&amp;#039;à 100% du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 60 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre la prochaine génération d&amp;#039;applications de calcul à haute performance (HPC) en fournissant l&amp;#039;expertise, les outils et le soutien essentiels aux développeurs d&amp;#039;applications HPC européens&lt;/li&gt;    &lt;li&gt;Créer des centres techniques capables de combler le fossé entre l&amp;#039;infrastructure HPC de pointe et les développeurs d&amp;#039;applications&lt;/li&gt;    &lt;li&gt;Optimiser les performances et faciliter l&amp;#039;adoption des meilleures pratiques, des normes et des technologies HPC émergentes dans divers domaines scientifiques et industriels&lt;/li&gt;    &lt;li&gt;Renforcer les compétences techniques et l&amp;#039;expertise au sein de la communauté des développeurs d&amp;#039;applications HPC et harmoniser les normes et les mesures de performance pour les applications et les systèmes HPC, afin d&amp;#039;assurer la cohérence de l&amp;#039;écosystème HPC européen&lt;/li&gt;    &lt;li&gt;Établir des centres d&amp;#039;excellence transversaux qui serviront de pôles techniques pour les développeurs d&amp;#039;applications HPC&lt;/li&gt;    &lt;li&gt;Rationaliser et améliorer le développement, le déploiement et l&amp;#039;optimisation des applications HPC dans différents domaines&lt;/li&gt;    &lt;li&gt;Se concentrer sur le développement de codes HPC compétitifs à l&amp;#039;échelle mondiale&lt;/li&gt;    &lt;li&gt;Mettre en place des structures professionnelles de développement et de gestion de logiciels&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;TOPIC : &lt;/span&gt;&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;Ouvert&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-01 : Centres d’excellence communautaires&lt;/li&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-02 : Centres d’excellence transversaux&lt;/li&gt;    &lt;li&gt;HORIZON-JU-EUROHPC-2026-COE-LH-01-03 : Codes phares pour les applications de calcul haute performance&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (NPC) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://eurohpc-ju.europa.eu/document/download/3a006584-a640-4ce7-98b9-4092d48b9db9_en?filename&amp;#61;Decision%2019.2025_Amendment%20No%203%20to%20Work%20Programme%202025.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;HORIZON-JU-EUROHPC-2026-COE-LH-01&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en?prefLang&amp;#61;fr&amp;amp;etrans&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a href="https://eurohpc-ju.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N242" s="1" t="inlineStr">
+      <c r="N223" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Biodiversité
 Industrie
 Sécurité</t>
         </is>
       </c>
-      <c r="O242" s="1" t="inlineStr">
+      <c r="O223" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P242" s="1" t="inlineStr">
+      <c r="P223" s="1" t="inlineStr">
         <is>
           <t>10/06/2025</t>
         </is>
       </c>
-      <c r="Q242" s="1" t="inlineStr">
+      <c r="Q223" s="1" t="inlineStr">
         <is>
           <t>20/01/2026</t>
         </is>
       </c>
-      <c r="S242" s="1" t="inlineStr">
+      <c r="S223" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U242" s="1" t="inlineStr">
+      <c r="U223" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V242" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y242" s="1" t="inlineStr">
+      <c r="V223" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-joint-undertakings-centres-dexcellence-en-chp-et-codes-de-phares-en-chp-2025/</t>
+        </is>
+      </c>
+      <c r="Y223" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z242" s="1" t="inlineStr">
+      <c r="Z223" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-joint-undertakings-centres-dexcellence-en-chp-et-codes-de-phares-en-chp-2025/</t>
         </is>
       </c>
-      <c r="AA242" s="1" t="inlineStr">
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="243" spans="1:27" customHeight="0">
-[...43 lines deleted...]
-Commerces et services
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>165316</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Développer un Fablab – aide au repérage des matériels, accompagnement des usages</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé : Atelier Canopé 21 Dijon
+Réseau Canopé : Atelier Canopé 71 Macon
+Réseau Canopé : Atelier Canopé 58 Nevers
+Réseau Canopé : Atelier Canopé 70 Vesoul
+Réseau Canopé : Atelier Canopé 89 Auxerre
+Réseau Canopé : Atelier Canopé 90 Belfort
+Réseau Canopé : Atelier Canopé 25 Besançon
+Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
+Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G224" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K224" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;installation d’un Fablab permet de stimuler le
+développement de la culture scientifique et technologique au sein d’un groupe
+ou d’une structure. Ce dispositif vise à encourager les publics à créer par
+eux-mêmes et à apprendre en faisant ensemble et plus largement à développer des
+compétences utiles pour le monde d’aujourd’hui (compétences dites du 21e siècle
+ou “soft skills”).​​&lt;/p&gt;&lt;p&gt;Réseau Canopé vous propose : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;des accompagnements payants pour vous aider dans la création de votre Fablab et réfléchir à son utilisation ;&lt;/li&gt;&lt;li&gt;des formations pour aider les équipes du Fablab à prendre en mains le matériel, à identifier des activités éducatives et de découverte du matériel proposé au public et à proposer rapidement des projets fédérateurs autour de ce laboratoire de fabrication.  &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide à la mise en place d&amp;#039;un fablab dans un tiers lieu consacré à l&amp;#039;accompagnement de la transition numérique ou à l&amp;#039;accompagnement des publics en demande.&lt;/li&gt;&lt;li&gt;Accompagnement d&amp;#039;un Fablab dans la mise en place d&amp;#039;activités éducatives dédiées à un public scolaire ou périscolaire.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
 Technologies numériques et numérisation
+Tiers-lieux
 Innovation, créativité et recherche
-Industrie</t>
-[...17 lines deleted...]
-      <c r="S243" s="1" t="inlineStr">
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S224" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U243" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA243" s="1" t="inlineStr">
+      <c r="U224" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V224" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier
+ Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
+        <is>
+          <t>christel.renaud@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-un-fablab-aide-au-reperage-des-materiels-accompagnement-des-usages/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="244" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E244" s="1" t="inlineStr">
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G225" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H225" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I225" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K225" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N225" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O225" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S225" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T225" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U225" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V225" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W225" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y225" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z225" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA225" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
+        <v>165443</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>PPPA - Construire un espace social fiable : lutter contre la désinformation sur les réseaux sociaux pour les jeunes Européens - 2025</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>PPPA - Construire un espace social fiable : lutter contre la désinformation sur les réseaux sociaux pour les jeunes Européens - 2025</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G244" s="1" t="inlineStr">
+      <c r="G226" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H244" s="1" t="inlineStr">
+      <c r="H226" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K244" s="1" t="inlineStr">
+      <c r="K226" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L244" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Santé
+      <c r="L226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;PPPA - Projets Pilotes et Actions Préparatoires - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;5,985,000 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 5,985,000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 3,1 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 85 %&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Objectifs&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Sensibiliser les jeunes aux menaces qui pèsent sur l&amp;#039;intégrité de l&amp;#039;information, telles que la désinformation, la manipulation et les contenus artificiels&lt;/li&gt;    &lt;li&gt;Créer et diffuser des contenus multilingues attrayants dans toute l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Impliquer les influenceurs et les jeunes dans un processus participatif de création de contenus&lt;/li&gt;    &lt;li&gt;Établir des partenariats entre les influenceurs et les professionnels de l&amp;#039;intégrité de l&amp;#039;information&lt;/li&gt;    &lt;li&gt;Évaluer et partager les meilleures pratiques en matière de promotion de contenus fiables&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : concevoir un processus participatif impliquant les jeunes Européens et les influenceurs&lt;/li&gt;    &lt;li&gt;Priorité 2 : produire des contenus destinés aux jeunes sur les menaces qui pèsent sur l&amp;#039;intégrité de l&amp;#039;information et les moyens de les contrer&lt;/li&gt;    &lt;li&gt;Priorité 3 : développer une vaste campagne transnationale et inclusive sur l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Priorité 4 : garantir le respect des lignes directrices et des normes éthiques en matière d&amp;#039;intégrité de l&amp;#039;information&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Parmi les actions financées&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Organisation d&amp;#039;événements (ateliers de production éphémères, événements parallèles ou stands interactifs lors de festivals pour la jeunesse, événements de lancement et de clôture)&lt;/li&gt;    &lt;li&gt;Production et distribution à l&amp;#039;échelle européenne de contenus multilingues&lt;/li&gt;    &lt;li&gt;Pôles d&amp;#039;engagement communautaire et d&amp;#039;influenceurs&lt;/li&gt;    &lt;li&gt;Réseau de collaboration paneuropéen&lt;/li&gt;    &lt;li&gt;Boucle continue d&amp;#039;évaluation d&amp;#039;impact et d&amp;#039;optimisation&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Éligibilité&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins 7 candidats, établis dans au moins 7 pays éligibles différents, doit être constitué.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Utile&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/pppa/wp-call/2025/call-fiche_pppa-2025-disinformation-young_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents relatifs à l&amp;#039;appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/PPPA-2025-DISINFORMATION-YOUNG?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;frameworkProgramme&amp;#61;43637601" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a href="https://www.eacea.ec.europa.eu/grants/2021-2027/pilot-projects-and-preparatory-actions-pppas_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d&amp;#039;informations (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/pppa2027" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N226" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
 Technologies numériques et numérisation
-Innovation, créativité et recherche
-[...4 lines deleted...]
-      <c r="O244" s="1" t="inlineStr">
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O226" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P244" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S244" s="1" t="inlineStr">
+      <c r="P226" s="1" t="inlineStr">
+        <is>
+          <t>30/09/2025</t>
+        </is>
+      </c>
+      <c r="Q226" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2025</t>
+        </is>
+      </c>
+      <c r="S226" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U244" s="1" t="inlineStr">
+      <c r="U226" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V244" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y244" s="1" t="inlineStr">
+      <c r="V226" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/pppa-construire-un-espace-social-fiable-lutter-contre-la-desinformation-sur-les-reseaux-sociaux-pour-les-jeunes-europeens-2025/</t>
+        </is>
+      </c>
+      <c r="W226" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/pppa2027</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECTI4&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y226" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z244" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA244" s="1" t="inlineStr">
+      <c r="Z226" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pppa-construire-un-espace-social-fiable-lutter-contre-la-desinformation-sur-les-reseaux-sociaux-pour-les-jeunes-europeens-2025/</t>
+        </is>
+      </c>
+      <c r="AA226" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="245" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E245" s="1" t="inlineStr">
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>165455</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d'action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d&amp;apos;action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G245" s="1" t="inlineStr">
+      <c r="G227" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K227" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;EU4Health - Programme de L’UE pour la santé - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;56 816 810 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 56 816 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 1,2 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 600 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 400 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 200 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles, vous pouvez demander un taux de financement plus élevé (80 %) si votre projet présente une « utilité exceptionnelle ».&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer gastrique et du cancer de la prostate, selon une approche progressive afin de garantir une planification, une mise à l&amp;#039;essai et un déploiement graduels et appropriés des programmes de dépistage&lt;/li&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer du poumon, afin d&amp;#039;améliorer la détection précoce et l&amp;#039;efficacité des programmes&lt;/li&gt;    &lt;li&gt;Tirer parti de l&amp;#039;IA et des données de santé pour soutenir l&amp;#039;innovation dans le domaine des dispositifs médicaux&lt;/li&gt;    &lt;li&gt;Accélérer le développement et le déploiement de l&amp;#039;IA et des solutions numériques dans le secteur des biotechnologies&lt;/li&gt;    &lt;li&gt;Contribuer à réduire le fardeau des maladies non transmissibles et de leurs facteurs de risque tout au long de la vie&lt;/li&gt;    &lt;li&gt;Mesurer et mieux comprendre l&amp;#039;accès des patients aux médicaments&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;organisation de conférences scientifiques, politiques et sociales de haut niveau, à but non lucratif et à l&amp;#039;échelle de l&amp;#039;Union&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Recherche via de nouveaux projets pilotes et initiatives de déploiement de programmes&lt;/li&gt;    &lt;li&gt;Fédérer des ensembles de données de santé diversifiés et de haute qualité à travers l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Interventions ambitieuses et innovantes en matière de santé publique pour lutter contre les facteurs de risque&lt;/li&gt;    &lt;li&gt;Développement des activités via la base de données EURIPID&lt;/li&gt;    &lt;li&gt;Développement, conception, production et distribution de dispositifs orphelins&lt;/li&gt;    &lt;li&gt;Plateforme multipartite/communauté de pratique&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : les pays de l&amp;#039;EEE et les pays associés au programme UE4Santé (&lt;a title="liste des pays participants" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/guidance/list-3rd-country-participation_eu4h_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants EN&lt;/a&gt;).&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;Au moins 3 entités, établies dans au moins 3 États membres de l&amp;#039;UE ou pays associés différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-01)&lt;/li&gt;    &lt;li&gt;Au moins 5 entités, établies dans au moins 5 États membres de l&amp;#039;UE ou pays associés au programme différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-02, EU4H-2026-SANTE-PJ-03, EU4H-2026-SANTE-PJ-04, EU4H-2026-SANTE-PJ-05, EU4H-2026-SANTE-PJ-08)&lt;/li&gt;    &lt;li&gt;Les propositions peuvent être soumises soit par un candidat unique, soit par un consortium (sans exigence minimale) (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) (EU4H-2026-SANTE-PJ-07 et EU4H-2026-SANTE-PJ-09)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : jusqu&amp;#039;à 12 mois, la conférence peut durer jusqu&amp;#039;à 5 jours calendaires&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Contact : HADEA-HP-CALLS&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;EU4H-2026-SANTE-PJ&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) :&lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://health.ec.europa.eu/publications/2025-eu4health-work-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N227" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O227" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P227" s="1" t="inlineStr">
+        <is>
+          <t>23/09/2025</t>
+        </is>
+      </c>
+      <c r="Q227" s="1" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="S227" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U227" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="Y227" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z227" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA227" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
+        <v>165491</v>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H245" s="1" t="inlineStr">
+      <c r="H228" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K245" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L245" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Transition énergétique
+      <c r="L228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;MTJ - Mécanisme pour une Transition Juste - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;630 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 630 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic Framework loans :  &lt;ul&gt;    &lt;li&gt;les prêts-cadres demandés à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;pour le topic Standalone projects :  &lt;ul&gt;    &lt;li&gt;les prêts demandés directement à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;les prêts demandés par l&amp;#039;intermédiaire des intermédiaires financiers de la BEI doivent être d&amp;#039;au moins 1 million d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectif&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les initiatives qui répondent aux défis sociaux, économiques et environnementaux liés à la transition vers les objectifs climatiques et énergétiques de l&amp;#039;Union européenne pour 2030&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Investissements dans les énergies renouvelables et la mobilité verte et durable, y compris la promotion de l&amp;#039;hydrogène vert&lt;/li&gt;    &lt;li&gt;Réseau de chauffage urbain efficace&lt;/li&gt;    &lt;li&gt;Recherche publique&lt;/li&gt;    &lt;li&gt;Numérisation&lt;/li&gt;    &lt;li&gt;Infrastructures environnementales pour une gestion intelligente des déchets et de l&amp;#039;eau&lt;/li&gt;    &lt;li&gt;Energie durable, efficacité énergétique et mesures d&amp;#039;intégration, y compris rénovations et conversions de bâtiments&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 24 et 60 mois.&lt;/li&gt;  &lt;/ul&gt;  Des projets d&amp;#039;une durée plus courte ou plus longue peuvent être acceptés dans des cas dûment justifiés.  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/jtm/wp-call/2026/call-fiche_jtm-2026-pslf_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;JTM-2026-PSLF&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://cinea.ec.europa.eu/just-transition-mechanism_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/jtm" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N228" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Accès aux services
+Santé
+Education et renforcement des compétences
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
-Transports collectifs et optimisation des trafics routiers
-[...3 lines deleted...]
-      <c r="O245" s="1" t="inlineStr">
+Bâtiments et construction
+Emploi
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P245" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S245" s="1" t="inlineStr">
+      <c r="P228" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q228" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2026</t>
+        </is>
+      </c>
+      <c r="R228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;Être des personnes morales (organismes publics ou organismes privés chargés d&amp;#039;une mission de service public) établies dans un État membre de l&amp;#039;UE&lt;/p&gt;&lt;p&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S228" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U245" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V245" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y245" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="X228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact: CINEA-JTM-PSLF&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z245" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA245" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="246" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E246" s="1" t="inlineStr">
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
+        <v>165494</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G246" s="1" t="inlineStr">
+      <c r="G229" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K246" s="1" t="inlineStr">
+      <c r="H229" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K229" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L246" s="1" t="inlineStr">
-[...10 lines deleted...]
-Formation professionnelle
+      <c r="L229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;I3 - Investissements interrégionaux dans l’innovation - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9,8 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9,8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 500 000 et 1,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Renforcer les capacités des régions moins développées afin qu&amp;#039;elles puissent développer et consolider leurs écosystèmes d&amp;#039;innovation régionaux et leurs chaînes de valeur&lt;/li&gt;    &lt;li&gt;Améliorer les capacités des autorités publiques et des intermédiaires en matière d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Renforcer les capacités afin de participer avec succès aux appels à projets relevant du volet 1 ou du volet 2a ou à d&amp;#039;autres programmes complémentaires de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Veiller à ce que les connaissances et les capacités acquises au cours du projet puissent être reproduites, adaptées et intégrées dans l&amp;#039;écosystème régional&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : Renforcer les écosystèmes régionaux d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Priorité 2 : Faciliter la mobilisation des connaissances et des talents&lt;/li&gt;    &lt;li&gt;Priorité 3 : Accroître la propension à investir grâce à une meilleure planification des activités et des investissements&lt;/li&gt;    &lt;li&gt;Priorité 4 : Améliorer l&amp;#039;intégration de la chaîne de valeur grâce à la création d&amp;#039;écosystèmes et à des partenariats S3&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Actions de coordination et de soutien ciblant les acteurs régionaux&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Les propositions doivent inclure au moins une action clé (voir le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;call document&lt;/a&gt;).&lt;/p&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des extensions sont possibles, si elles sont dûment justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/I3-2026-CAP2B?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/programmes/interregional-innovation-investments-i3-instrument_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N229" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
 Technologies numériques et numérisation
-Economie sociale et solidaire
+Revitalisation
 Innovation, créativité et recherche
-Emploi
-[...3 lines deleted...]
-      <c r="O246" s="1" t="inlineStr">
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P246" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q246" s="1" t="inlineStr">
+      <c r="P229" s="1" t="inlineStr">
         <is>
           <t>23/10/2025</t>
         </is>
       </c>
-      <c r="S246" s="1" t="inlineStr">
+      <c r="Q229" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
+        </is>
+      </c>
+      <c r="R229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale (organisme public ou privé)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établi dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés à l&amp;#039;instrument I3 ou les pays qui sont en cours de négociation d&amp;#039;un accord d&amp;#039;association et où l&amp;#039;accord entre en vigueur avant la signature de la subvention (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/guidance/list-3rd-country-participation_i3_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 2 entités juridiques indépendantes représentant 2 écosystèmes régionaux de 2 pays éligibles différents doit être constitué. Autres conditions détaillées dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_self"&gt;call document.&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S229" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U246" s="1" t="inlineStr">
+      <c r="U229" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V246" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y246" s="1" t="inlineStr">
+      <c r="V229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="X229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EISMEA-I3-INSTRUMENT-CALLS&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y229" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z246" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA246" s="1" t="inlineStr">
+      <c r="Z229" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="AA229" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="247" spans="1:27" customHeight="0">
-[...21 lines deleted...]
-      <c r="G247" s="1" t="inlineStr">
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>165498</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d'innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d&amp;apos;innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G230" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association</t>
-[...29 lines deleted...]
-          <t>Education et renforcement des compétences
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K230" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;7 021 561 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 7 021 561 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 80 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Promouvoir la coopération politique et les actions innovantes soutenant tous les volets du programme, en favorisant un environnement médiatique diversifié, indépendant et pluraliste ainsi que l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Encourager les approches innovantes en matière de création, d&amp;#039;accès, de distribution et de promotion de contenus dans les secteurs culturels et créatifs et avec d&amp;#039;autres secteurs&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : encourager de nouvelles formes de création à la croisée de différents secteurs culturels et créatifs&lt;/li&gt;    &lt;li&gt;Priorité 2 : favoriser des approches et des outils intersectoriels innovants&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Longs métrages, animations et documentaires créatifs&lt;/li&gt;    &lt;li&gt;Œuvres audiovisuelles de fiction, animation&lt;/li&gt;    &lt;li&gt;Fiction interactive et non linéaire&lt;/li&gt;    &lt;li&gt;Jeux vidéo narratifs et expériences narratives immersives interactives&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cross-2026-innovlab_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CROSS-2026-INNOVLAB?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;CREA-CROSS-2026-INNOVLAB&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N230" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
-Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
 Innovation, créativité et recherche
-Inclusion numérique</t>
-[...7 lines deleted...]
-      <c r="S247" s="1" t="inlineStr">
+Biodiversité
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O230" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P230" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q230" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2026</t>
+        </is>
+      </c>
+      <c r="R230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant au programme Europe créative : États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;      - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays participant au programme Europe créative et détenus directement ou indirectement, en totalité ou en majorité, par des ressortissants de ces pays.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les candidatures individuelles sont autorisées (bénéficiaires uniques), ainsi que les propositions soumises par un consortium d&amp;#039;au moins deux candidats (bénéficiaires ; pas d&amp;#039;entités affiliées).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S230" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U247" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA247" s="1" t="inlineStr">
+      <c r="U230" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-laboratoire-dinnovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="X230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CROSS-INNOVLAB&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z230" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-laboratoire-d-apos-innovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="AA230" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="248" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E248" s="1" t="inlineStr">
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>165503</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>DITIGAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>DITIGAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G248" s="1" t="inlineStr">
+      <c r="G231" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H248" s="1" t="inlineStr">
+      <c r="H231" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K248" s="1" t="inlineStr">
+      <c r="K231" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L248" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Transition énergétique
+      <c r="L231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 3 millions et 3,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir l&amp;#039;adoption continue et l&amp;#039;expansion du domaine des données pour la fabrication&lt;/li&gt;    &lt;li&gt;Développer des solutions juridiques, techniques et commerciales afin de regrouper suffisamment de données et permettre aux développeurs d&amp;#039;IA de former des modèles d&amp;#039;IA générative&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : créer des cas d&amp;#039;utilisation dans le secteur manufacturier afin de débloquer des modèles d&amp;#039;IA avancés&lt;/li&gt;    &lt;li&gt;Priorité 2 : collecter des données massives et de haute qualité provenant d&amp;#039;environnements industriels réels, qui pourraient être utilisées pour former ou affiner des modèles d&amp;#039;IA générative pour le secteur manufacturier&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Projets de collecte de données&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles, si elles sont dument justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-dsm-ai-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-DSM-AI-09-DS-MANUFACTUR-STEP?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-DSM-AI-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N231" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
-Biodiversité</t>
-[...2 lines deleted...]
-      <c r="O248" s="1" t="inlineStr">
+Industrie</t>
+        </is>
+      </c>
+      <c r="O231" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P248" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S248" s="1" t="inlineStr">
+      <c r="P231" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q231" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE répertoriés et les pays suivants associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a target="_self"&gt;registre des participants&lt;/a&gt; — avant de soumettre la proposition — et devront être validés par le service central de validation (REA Validation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 3 entités, établies dans au moins 3 différents États membres de l’UE ou pays participant au programme doit être constitué&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S231" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U248" s="1" t="inlineStr">
+      <c r="U231" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V248" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y248" s="1" t="inlineStr">
+      <c r="V231" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/ditigal-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y231" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z248" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA248" s="1" t="inlineStr">
+      <c r="Z231" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ditigal-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA231" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="249" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G249" s="1" t="inlineStr">
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>165504</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE- Accélérer l'utilisation optimale des technologies - 2025</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE- Accélérer l&amp;apos;utilisation optimale des technologies - 2025</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...10 lines deleted...]
-      <c r="I249" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;15 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 15 million euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-WALLET: 10 millions euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-MDL: 5 millions euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir la délivrance et la certification des portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE conformément au règlement&lt;/li&gt;    &lt;li&gt;Soutenir le développement des marchés publics dans le contexte des portefeuilles d&amp;#039;entreprise européens&lt;/li&gt;    &lt;li&gt;Financer le développement de solutions modulaires de portefeuille d&amp;#039;identité numérique de l&amp;#039;UE et la fourniture de services d&amp;#039;assistance grâce à la coopération conjointe des États membres&lt;/li&gt;    &lt;li&gt;Soutenir la délivrance et l&amp;#039;acceptation des permis de conduire mobiles délivrés aux portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2025/call-fiche_digital-2025-bestuse-tech-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2025-BESTUSE-TECH-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Industrie
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P232" s="1" t="inlineStr">
+        <is>
+          <t>09/10/2025</t>
+        </is>
+      </c>
+      <c r="Q232" s="1" t="inlineStr">
+        <is>
+          <t>09/12/2025</t>
+        </is>
+      </c>
+      <c r="R232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des entités juridiques (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur propositionUn consortium composé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- d&amp;#039;au moins 5 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué ( DIGITAL-2025-BESTUSE-TECH-09-WALLET)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 2 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doivent être constituées (DIGITAL-2025-BESTUSE-TECH-09-MDL)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V232" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-accelerer-lutilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>165505</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l&amp;apos;Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K233" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P233" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2025</t>
+        </is>
+      </c>
+      <c r="Q233" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S233" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
+        <v>165507</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent réseau des pôles européens d'innovation numérique (EDIH) IA - 2026</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent EDIH IA - 2026</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G234" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K234" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;79,2 millions d&amp;#039;euros &lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 79,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 1 million d&amp;#039;euros et 3 millions d&amp;#039;euros par projet.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  La subvention accordée peut être inférieure au montant demandé  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Consolider le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) afin de couvrir toutes les régions de l&amp;#039;Union Européenne et des pays associés en renforçant ses performances et sa capacité à répondre aux besoins locaux, régionaux, nationaux et européens en matière de numérisation&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes afin de faire progresser les objectifs collectifs de l&amp;#039;Europe en matière de climat et d&amp;#039;environnement&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Les propositions doivent être soumises par des pôles d&amp;#039;innovation numérique européens candidats issus de pôles EDIH existants financés par le programme « Europe numérique » et de pôles EDIH ayant obtenu le label d&amp;#039;excellence, tels qu&amp;#039;énumérés dans la &lt;a href="https://eur-lex.europa.eu/eli/dec_impl/2023/1534/oj" target="_blank" rel="nofollow noopener"&gt;décision d&amp;#039;exécution 2023/1534 de la Commission&lt;/a&gt; établissant le réseau initial de pôles EDIH.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-eu-eaa-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-EDIH-EU-EEA-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N234" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O234" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P234" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q234" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S234" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U234" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V234" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECT-DIH&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y234" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z234" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA234" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G235" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H235" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K235" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N235" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O235" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P235" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q235" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S235" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U235" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V235" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y235" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z235" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA235" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>165510</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G236" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K236" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;1,8 million d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la coordination et le renforcement des capacités des points de contact nationaux (PCN) pour le programme&lt;/li&gt;    &lt;li&gt;Stimuler la mise en œuvre des politiques numériques de l&amp;#039;UE, la visibilité et l&amp;#039;impact du programme, ainsi que la diffusion et l&amp;#039;exploitation à long terme des résultats&lt;/li&gt;    &lt;li&gt;Renforcer le caractère transnational des activités du réseau, dans le but d&amp;#039;encourager davantage la collaboration&lt;/li&gt;    &lt;li&gt;Aider les PCN à mieux faire connaître le programme « Europe numérique » et les politiques numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : faciliter la coopération transnationale entre les PCN&lt;/li&gt;    &lt;li&gt;Priorité 2 : fournir un cadre qui favorisera la participation au programme et maximisera la sensibilisation générale à celui-ci&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Activités sur-mesure&lt;/li&gt;    &lt;li&gt;Activités transfrontalières&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles si elles sont dument justifiées par un amendement&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-support-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-SUPPORT-09-NCP-NETWORK?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-SUPPORT-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N236" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O236" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P236" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q236" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité :&lt;/p&gt;&lt;p&gt;- Etre des personnes morales (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Etre établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/p&gt;&lt;p&gt;- Un consortium composé d&amp;#039;au moins une entité établie dans un État membre et d&amp;#039;au moins deux candidats indépendants supplémentaires, chacun établi dans un État membre ou un pays associé différent, doit être constitué.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S236" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U236" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="X236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y236" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z236" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="AA236" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
+        <v>165511</v>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l'utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l&amp;apos;utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G237" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H237" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K237" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;6 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : maximum 750 000 euros par projet&lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Financer les activités des centres nationaux ou régionaux indépendants afin d&amp;#039;assurer la couverture des zones géographiques couvertes par les centres EDMO dont le financement prend fin en 2026&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : renforcer la surveillance et l&amp;#039;analyse de l&amp;#039;environnement informationnel en ligne, détecter et dénoncer les campagnes de désinformation, dans le but de contribuer à la connaissance de la situation dans l&amp;#039;ensemble de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : soutenir l&amp;#039;intégrité des élections en surveillant et en analysant les campagnes de désinformation et les manipulations liées aux élections&lt;/li&gt;    &lt;li&gt;Priorité n° 3 : mettre l&amp;#039;accent sur le renforcement de la résilience sociale et l&amp;#039;intensification des efforts de sensibilisation et de communication afin de toucher un large public et de concevoir des réponses efficaces adaptées aux publics nationaux&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats indépendants (bénéficiaires ; pas d&amp;#039;entités affiliées) doit être constitué et le coordinateur du consortium doit être établi dans un État membre de l&amp;#039;UE couvert par le pôle.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 18 mois&lt;/li&gt;    &lt;li&gt;Contact : &lt;a href="https://european-union.europa.eu/contact-eu/write-us_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-bestuse-tech-edmo-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-BESTUSE-TECH-EDMO-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N237" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O237" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P237" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q237" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S237" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U237" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V237" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-accelerer-lutilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="X237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y237" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z237" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="AA237" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" spans="1:27" customHeight="0">
+      <c r="A238" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C238" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G238" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H238" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I238" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J249" s="1" t="inlineStr">
-[...142 lines deleted...]
-          <t>Economie d'énergie et rénovation énergétique
+      <c r="K238" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N238" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
 Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
-Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
 Equipement public
 Réhabilitation
+Paysage
 Accessibilité
-Artisanat</t>
-[...145 lines deleted...]
-          <t>Mise en œuvre / réalisation
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O238" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P238" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q238" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S238" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T249" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA249" s="1" t="inlineStr">
+      <c r="T238" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U238" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V238" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y238" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z238" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA238" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>