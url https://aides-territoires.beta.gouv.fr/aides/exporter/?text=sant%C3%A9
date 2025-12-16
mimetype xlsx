--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA138"/>
+  <dimension ref="A1:AA99"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,130 +228,833 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>152460</v>
+        <v>42676</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Aider à la création des maisons de santé pluriprofessionnelles et centres de santé publics</t>
-[...4 lines deleted...]
-          <t>MAISONS DE SANTE PLURIPROFESSIONNELLES ET CENTRES DE SANTE PUBLICS</t>
+          <t>Financer la création ou l'extension de maisons de santé pluriprofessionneles - maisons médicales - centres de santé</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Oise</t>
+          <t>Conseil départemental du Lot</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
+          <t> Min : 10 Max : 20</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>Si PID  taux maxi : 30 %</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont susceptibles d&amp;#039;être subventionnés les travaux de création, extension de maisons de santé
+pluriprofessionnelles (MSP) labellisées par l&amp;#039;ARS ou les travaux de création, extension et/ou
+modernisation de maisons médicales, maisons de santé plurifrofessionnelles ou centres de santé
+non labellisées par l&amp;#039;ARS.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Maisons de santé pluriprofessionnelles, maisons médicales, centre de santé, labellisées ou pas par l&amp;#039;agence régionale de santé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Santé
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DÉPENSES ÉLIGIBLES DU PROJET
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses d&amp;#039;acquisitions foncières et immobilières, les dépenses
+d&amp;#039;investissement, d&amp;#039;étude et de maîtrise d&amp;#039;oeuvre.
+Sont exclus les achats de matériel et de mobilier (sauf les matériels et mobiliers inamovibles
+intégrés au projet), les travaux relevant de l&amp;#039;entretien et du fonctionnement ainsi que les petits
+équipements s&amp;#039;inscrivant de par leur nature au budget de fonctionnement de la collectivité.
+Le projet est appréhendé dans sa globalité, c&amp;#039;est-à-dire en envisageant les principales étapes de
+sa réalisation (foncier, études, investissement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://lot.fr/sites/lot.fr/files/reglementfast2020.pdf</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service développement local et aides aux collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Christian Lagière - Chef du service DLACL - 0565534115 -
+ &lt;a href="mailto:christian.lagière&amp;#64;lot.fr"&gt;
+  christian.lagière&amp;#64;lot.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Corinne Bladou-Grenier : assistante au service DLACL - 0565534132 - corinne.bladou-grenier&amp;#64;lot.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>corinne.bladou-grenier@lot.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/00d8-maisons-de-sante-pluriprofessionneles-maisons/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>10079</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Construire des maisons et des centres de santé pluri-professionnels</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 30</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;offre de santé et l&amp;#039;accès à des soins de proximité constituent un enjeu majeur d&amp;#039;aménagement du territoire et d&amp;#039;égalité pour la santé. Dans un contexte de crise aigüe et persistante de la démographie médicale, marquée par la baisse du nombre de médecins généralistes en activité, les inégalités territoriales de répartition et les besoins croissants de soins médicaux et paramédicaux au regard notamment du vieillissement de la population, le soutien de la Région aux projets de création et d&amp;#039;extension de maisons de santé et de centres de santé pluri-professionnels, dans le respect des principes d&amp;#039;éco-conditionnalité des aides, vise à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favoriser le regroupement de praticiens médicaux et paramédicaux dans des structures facilitant l&amp;#039;exercice pluri-professionnel de la médecine ambulatoire (soins de 1er recours), la continuité et la coordination des soins pour une meilleure prise en charge de la santé des patients, et la pérennisation de l&amp;#039;offre médicale de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   maintenir et développer un égal accès aux soins de proximité dans les territoires déficitaires ou menacés de désertification médicale de la région dans l&amp;#039;objectif d&amp;#039;un aménagement équilibré du territoire et de solidarité avec les populations, avec une attention particulière dans les zones de montagne qui connaissent en plus des contraintes géographiques, météorologiques et des flux saisonniers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   permettre d&amp;#039;accroître l&amp;#039;offre de santé sur les territoires par le biais d&amp;#039;extension des structures existantes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Montant :
+   &lt;/strong&gt;
+   Il s&amp;#039;agit d&amp;#039;une subvention d&amp;#039;investissement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Projet de création :
+ &lt;/strong&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Maison de santé : 20% d&amp;#039;une assiette éligible plafonnée à 650.000 €, aide maximum de 130.000 € par projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Centre de santé : 30% d&amp;#039;une assiette éligible plafonnée à 650.000 €, aide maximum de 195.000 € par projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour les projets situés dans des communes de montagne et de massif (périmètre du Plan Montagnes d&amp;#039;Occitanie - Terres de vie 2018-2025), une bonification est apportée :
+ &lt;ul&gt;
+  &lt;li&gt;
+   Maison de santé : aide maximum de 140.000 €
+  &lt;/li&gt;
+  &lt;li&gt;
+   Centre de santé : aide maximum de 210.000€
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet d&amp;#039;extension :
+ &lt;/strong&gt;
+ - Maison de santé : 20% d&amp;#039;une assiette éligible plafonnée à 350.000 €, aide maximum de 70.000 € par projet.
+ - Centre de santé : 30% d&amp;#039;une assiette éligible plafonnée à 350.000 €, aide maximum de 105.000 € par projet.
+ Le taux cumulé d&amp;#039;aides publiques est plafonné à 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;obtention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Elaboration d&amp;#039;un diagnostic territorial fondé sur une analyse fine de l&amp;#039;offre de soins existante et faisant apparaître des besoins de santé de proximité avérés permettant d&amp;#039;ancrer la future structure dans un projet de territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Elaboration d&amp;#039;un projet de santé par les professionnels médicaux et paramédicaux regroupés a minima en association, attestant de la pluri-professionnalité de l&amp;#039;activité de la structure et de la coordination et de la continuité des soins. Les projets de maisons de santé devront regrouper au minimum 2 médecins généralistes et 2 professionnels paramédicaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les maisons de santé, engagement des professionnels médicaux et paramédicaux à exercer leur activité au sein de la maison de santé pendant une durée minimale de 3 ans à compter de son ouverture, et à participer aux dépenses de la structure (loyers et charges), selon un modèle présenté en appui de la demande de financement,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accueil et encadrement par un (des) maître(s) de stage des étudiants en médecine et des stagiaires des professions paramédicales et/ou accueil des étudiants en santé dans le cadre du service sanitaire et/ou participation à des actions de prévention,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les extensions devront obligatoirement permettre d&amp;#039;accroître l&amp;#039;offre de santé de la structure d&amp;#039;au moins un professionnel de santé (médical ou paramédical), -le projet immobilier devra respecter les normes et référentiels en vigueur pour l&amp;#039;accueil du public en particulier pour l&amp;#039;accessibilité aux personnes en situation de handicap,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Attribution d&amp;#039;un fonds de concours par l&amp;#039;Intercommunalité pour les projets (création et extension) de maisons de santé ou de centres de santé pluri-professionnels dont le maître d&amp;#039;ouvrage est une Commune.
+- Participation financière de l&amp;#039;Intercommunalité ou de la Commune pour les projets (création et extension) de centres de santé pluri-professionnels portés par un maître d&amp;#039;ouvrage autre qu&amp;#039;une collectivité locale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Articulation avec les fonds européens :
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projets situés dans des quartiers et sites prioritaires de la politique de la ville et/ou retenus dans le cadre d&amp;#039;une Approche Territoriale Intégrée éligibles au FEDER : examen au titre des critères d&amp;#039;attribution FEDER en priorité.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projets situés dans les zones de revitalisation rurale éligibles au FEADER et/ou au LEADER : l&amp;#039;aide régionale peut venir en complément de la subvention FEADER ou LEADER sous réserve qu&amp;#039;ils remplissent les conditions d&amp;#039;éligibilité ci-dessus.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Santé
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont exclues : les Métropoles et les communes de leur territoire sauf si le projet est inscrit dans le contrat Région-Métropole.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus pour les centres de santé : établissements et organismes de santé à but non lucratif (établissements de santé et mutuelles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Travaux de construction neuve, acquisition et réhabilitation de bâtiments destinés à accueillir les professionnels médicaux et paramédicaux dont hébergement, honoraires de maîtrise d&amp;#039;œuvre.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mobiliers et matériels médicaux des centres de santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Voiries et réseaux divers, abords dont parking.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mobiliers et matériels médicaux des maisons de santé.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses de fonctionnement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/soutien-maisons-de-sante</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / prénom : Julie LAURE / Elodie MANIFACIER / Chantal HUMEAU
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : prenom.nom&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 63 54 / 04 67 22 93 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1bda-soutien-aux-projets-de-maisons-et-centres-de-/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>103245</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition d'équipements et la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en cabinet de groupe.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Région peut participer :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50% maximum de la dépense  dans la limite d&amp;#039;un plafond de subvention fixé à 15.000€
+  &lt;/li&gt;
+  &lt;li&gt;
+   au financement d&amp;#039;acquisition d&amp;#039;équipements destinés à sécuriser les locaux professionnels (portes blindées, clés de sûreté, etc...) à hauteur de 50-70% maximum de la dépense  dans la limite d&amp;#039;un plafond de subvention fixé à 15.000€
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Démarche :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ ).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A noter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Acquisition
+   d&amp;#039;équipements (mobiliers et informatiques)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sécurisation
+   des cabinets médicaux
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2021</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Professionnels de santé libéraux exerçant seuls ou en cabinet de groupe :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   omnipraticiens ou spécialistes de premier recours,
+  &lt;/li&gt;
+  &lt;li&gt;
+   masseurs-kinésithérapeutes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   infirmiers,
+  &lt;/li&gt;
+  &lt;li&gt;
+   sages-femmes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30.000€ au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Magdouda Bendjebla :
+ &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  magdouda.bendjebla&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ / t
+ él. :
+ 01.53.85.74.62
+&lt;/p&gt;
+&lt;p&gt;
+ Aurélie Deltombe :
+ &lt;a href="mailto:aurelie.deltombe&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aurelie.deltombe&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ /
+ tél. :
+ 01.53.85.69.52
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique Boislaville :
+ &lt;a href="mailto:veronique.boislaville&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  veronique.boislaville&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ /
+ tél. :
+ 01.53.85.75.77
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b347-soutien-au-maintien-et-a-la-securisation-des-/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>111626</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Développer une structure d'exercice collectif de santé en milieu rural</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Ruralité</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>40% maximum de la dépense HT, plafonné à 400.000€.</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien à la réalisation de structures d&amp;#039;exercice collectif de santé en milieu rural : acquisition, construction, extension, restructuration.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-04-0047 (AD du 17/10/2016)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Santé
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes (118) et Intercommunalités (6) en périmètre de la ruralité en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9420-developper-une-structure-dexercice-collectif-/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>152460</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création des maisons de santé pluriprofessionnelles et centres de santé publics</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>MAISONS DE SANTE PLURIPROFESSIONNELLES ET CENTRES DE SANTE PUBLICS</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J2" s="0" t="inlineStr">
+      <c r="J6" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création des maisons de santé pluriprofessionnelles (MSP) telles que définies par le cahier des charges de l&amp;#039;Agence Régionale de Santé et centres de santé publics agréés par l&amp;#039;Agence Régionale de Santé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;une maison de santé pluridisciplinaire de 886 m2, Route de Paris : RD 84
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de la maison de santé pluriprofessionnelles du Serval (563,50 m2)
  &lt;/li&gt;
  &lt;li&gt;
   Restructuration de l&amp;#039;ancien château L&amp;#039;Oasis en vue de créer une maison de santé pluriprofessionnelle à Breteuil (1238 m2)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Santé
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -548,854 +1251,834 @@
   &lt;strong&gt;
    le solde de 40%
   &lt;/strong&gt;
   ne pourra être versé qu&amp;#039;après production de l&amp;#039;ensemble des pièces justificatives de dépenses (décompte général et définitif des travaux visé par le comptable public, procès-verbal de réception des travaux, factures acquittées...)
   &lt;strong&gt;
    ainsi qu&amp;#039;après l&amp;#039;entrée en activité effective des 2 nouveaux professionnels de santé, dont 1
   &lt;/strong&gt;
   &lt;strong&gt;
    médecin généraliste, n&amp;#039;ayant jamais exercé dans le Département de l&amp;#039;Oise en tant que libéral au cours des 2 dernières années.
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DURÉE DE VALIDITÉ DES SUBVENTIONS :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les bénéficiaires disposent d&amp;#039;un délai maximum de 5 ans, à partir de la notification de la décision d&amp;#039;attribution de subvention pour mener à bien leur projet et solliciter le solde de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  A défaut, le reste à verser sera annulé en tout ou partie si les pièces justificatives exigibles pour le paiement des acomptes et du solde n&amp;#039;ont pas été fournies avant la fin du délai de validité de la décision d&amp;#039;attribution de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W2" s="0" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/61a7-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>144493</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la création des Maisons de Santé Pluri-professionnelles (MSP) ou de leurs annexes</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 1.100.000€ HT</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...10 lines deleted...]
- Pour rappel :
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Subvention des études préalables et des dépenses d&amp;#039;investissement immobilier à l&amp;#039;occasion de la création de Maisons de Santé Pluri-professionnelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Application d&amp;#039;un Coefficient de Solidarité Départemental pour les opérations d&amp;#039;investissement dont la maîtrise d&amp;#039;ouvrage est assurée par une commune, un Établissement Public de Coopération Intercommunal à fiscalité propre ou un Groupement de Communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est issue du règlement du Fonds de Développement et d&amp;#039;Aménagement Local (FDAL).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Portage intercommunal de l&amp;#039;investissement ou, en cas de portage communal, la maison de santé créée devra avoir une portée intercommunale ou être une annexe d&amp;#039;une Maison pluridisciplinaire de santé existante et être en lien avec celle-ci en matière de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra justifier :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de la validation de l&amp;#039;Agence Régionale de Santé (ARS);
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;avis favorable des comités départementaux et régionaux des Maisons de Santé Pluridisciplinaires concernant le financement de l&amp;#039;opération;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une implantation en territoire fragile (ARS, Région, SDAASP).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement du projet ne doit pas dépasser 80% d&amp;#039;aides publiques.
+ &lt;br /&gt;
+ Le dossier de demande d&amp;#039;aide devra comporter : un courrier sollicitant la subvention du Conseil Départemental, une présentation du projet collectif de santé, une note explicative présentant un plan de financement, une délibération, un dossier technique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b26-favoriser-la-creation-des-maisons-de-sante-pl/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>165115</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’accès aux soins dans les zones sous denses</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’accès aux soins dans les zones sous denses</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer les réponses aux besoins de la population en matière de santé, de soins de premiers recours et de premiers secours ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 300 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité ou groupement de communes ; leurs SPL (Sociétés Publiques Locales) ou les SEM (Sociétés d’Economie Mixte) dans le cadre d’un bail emphytéotique avec la collectivité d’implantation&lt;/li&gt;
+&lt;li&gt;Une association Loi 1901, Loi 1905 ou Loi 1908 (sans but lucratif)&lt;/li&gt;
+&lt;li&gt;Un établissements de santé public et privé à but non lucratif&lt;/li&gt;
+&lt;li&gt;Un regroupement de professionnels de santé, qui peuvent être libéraux ou salariés, médicaux ou paramédicaux : Société Civile Immobilière, Société Interprofessionnelle de Soins Ambulatoires, association, Communauté Professionnelle Territoriale de Santé, Equipe de Soins Primaires, etc.&lt;/li&gt;
+&lt;li&gt;Un professionnel de santé référencé dans l’annuaire de l’Assurance Maladie.&lt;/li&gt;
+&lt;li&gt;Un bailleur public ou privé sous réserve qu’il réponde à un intérêt public défini avec les autres co financeurs.&lt;/li&gt;
+&lt;li&gt;Une mutualité, une fondation, un régime de sécurité sociale, une société coopérative d’intérêt collectif.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne notamment&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La création, rénovation et extension de Maisons de Santé Pluri professionnelles (MSP)&lt;/li&gt;
+&lt;li&gt;La création, rénovation et extension de Centres de Santé (CDS)&lt;/li&gt;
+&lt;li&gt;L’acquisition d’équipement médical mutualisé ou non entre plusieurs professionnels de santé intervenant dans une même structure.&lt;/li&gt;
+&lt;li&gt;L’acquisition de vecteurs mobiles contribuant à la mise en œuvre de projets de promotion de la santé voire de soins, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;L’aide couvre exclusivement la dépense d’investissement avec un taux d’intervention plafonné à 50% des dépense éligibles.&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;L’aide est plafonnée selon le tableau de &lt;a href="https://www.grandest.fr/wp-content/uploads/2024/07/presentation-des-aides-2024-1.pdf"&gt;présentation des aides&lt;/a&gt; 2024&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Puis déposez votre demande en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Santé
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>12/07/2024</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/acces-soins-zones-sous-denses/</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0287/depot/simple</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En fonction de votre département voici votre interlocuteur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour l’Aube et les Ardennes : Sandrine Poittevin – Tel : 03 26 70 66 61 ou 07 88 80 59 14 – sandrine.poittevin&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Marne et la Haute-Marne : Patricia Larcier – Tel : 03 26 70 78 04 – patricia.larcier&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Meuse et les Vosges : Tiphaine Gambini – Tel : 03 87 33 64 54 – tiphaine.gambini&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Meurthe-et-Moselle et la Moselle : Sophie Charpentier – Tel : 03 87 61 66 93 – sophie.charpentier&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Collectivité Européenne d’Alsace : Emma Bordes  – Tel : 03 88 15 39 63 – emma.bordes&amp;#64;grandest.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacces-aux-soins-dans-les-zones-sous-denses/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>97611</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les équipements sociaux et médico-sociaux</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La mise en place de règlements d&amp;#039;intervention s&amp;#039;inscrit pleinement dans le projet AUDEVANT et notamment dans l&amp;#039;enjeu intitulé « les solidarités, facteurs de développement pour les hommes et les territoires » qui a pour ambition de répondre aux besoins dans une double dimension, individuelle dans l&amp;#039;appui aux personnes, et collective dans la création de services et d&amp;#039;emplois qui participent à la dynamique de maintien de la population sur les territoires. Les règlements permettent ainsi d&amp;#039;adapter les interventions départementales aux spécificités sociodémographiques du département, et de concourir à l&amp;#039;attractivité des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental détermine chaque année le volume des subventions d&amp;#039;investissement qu&amp;#039;il entend réserver aux communes et à leurs groupements.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides attribuées au titre des équipements sociaux et médico-sociaux couvrent notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements médico-sociaux accueillant des enfants pris en charge au titre de la protection de l&amp;#039;enfance, des personnes adultes en situation de handicap et des personnes âgées dépendantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements d&amp;#039;accueil des jeunes enfants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement social,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement individuel dégradé occupé par des propriétaires aux ressources modestes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les maisons de santé pluriprofessionnelles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aides ont vocation à soutenir le développement et l&amp;#039;aménagement des territoires en offrant aux habitants des dispositifs de prise en charge à proximité de leurs lieux de vie. Elles ont également vocation à favoriser la qualité des équipements, et par là même le bien-être de la population qui en bénéficie. En accompagnant l&amp;#039;investissement public local, le Conseil Général contribue également à soutenir les acteurs de l&amp;#039;économie audoise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Santé
+Equipement public
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires des aides à la réalisation d&amp;#039;équipements sociaux et médico-sociaux sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les organismes gestionnaires d&amp;#039;établissements médico-sociaux pour enfants, adultes en situation de handicap et personnes âgées dépendantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les collectivités (EPCI ou communes à défaut) ou les associations gestionnaires d&amp;#039;établissements d&amp;#039;accueil de jeunes enfants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les collectivités (EPCI ou communes à défaut) porteuses d&amp;#039;un projet bâtimentaire de Maison de Santé Pluriprofessionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  les bailleurs sociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propriétaires occupants aux ressources modestes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;assiette éligible est calculée sur le montant HT des travaux ou de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ De manière générale, ne sont pas subventionnables :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les acquisitions foncières et immobilières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les rubriques « divers », « dépenses imprévues », « frais annexes », « sommes à valoir »...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;entretien qui incombent au maître d&amp;#039;ouvrage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas où une commune souhaiterait réaliser, sous sa propre maîtrise d&amp;#039;ouvrage, une opération relevant de la compétence d&amp;#039;un groupement de communes, la demande de subvention sera considérée comme irrecevable.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour certains programmes d&amp;#039;aides, l&amp;#039;éligibilité des demandes peut être examinée au regard de critères spécifiques mentionnés dans les fiches correspondantes. Cependant, l&amp;#039;éligibilité à un programme n&amp;#039;entraîne aucun droit à subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/reglement-dintervention-des-equipements-sociaux-et-medico-sociaux</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Guichet unique et gestion administrative et comptable des dossiers :
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil départemental de l&amp;#039;Aude -  Pôle Aménagement durable - Cellule d&amp;#039;Aide aux Communes
+&lt;/p&gt;
+&lt;p&gt;
+ Maryvonne Bedos, Secrétaire de direction
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:maryvonne.bedos&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  maryvonne.bedos&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.64.82
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « clause sociale » Conseil Général de l&amp;#039;Aude - Pôle des Solidarités - Mission Insertion Active: Benjamin Ducruc
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « établissements sociaux et médico-sociaux » Conseil Général de l&amp;#039;Aude – Pôle des Solidarités - Direction Personnes âgées et personnes handicapées: Evelyne Duresse, directrice
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « établissements d&amp;#039;accueil pour jeunes enfants » Conseil Général de l&amp;#039;Aude – Pôle des Solidarités Direction Enfance Famille – Service Protection Maternelle et Infantile: Véronique Moniez, médecin chef du service
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « Logement » Conseil Général de l&amp;#039;Aude – Pôle des Solidarités Service Action Sociale et Logement: Didier Bertrand – Frank Meyer
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « Maisons de Santé Pluriprofessionnelles » Conseil Général de l&amp;#039;Aude – Pôle des Solidarités: Martine Baubil, Directrice
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1836-aider-a-la-favorisation-des-equipements-socia/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>95057</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'investissement des maisons de santé pluri-professionnelles</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>L'aide régionale proposée est une subvention plafonnée à 150 000 € par projet</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les MSP sont des structures qui réunissent en un même lieu des médecins généralistes et/ou spécialistes et des professionnels paramédicaux (infirmières, kinésithérapeutes, diététiciennes,...) exerçant en libéral sur un territoire « fragile » en termes de démographie médicale.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature et montant de l&amp;#039;aide
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale proposée est une
+ subvention plafonnée à 150 000 € par projet, portant sur des dépenses d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet de l&amp;#039;envoi préalable à la Région d&amp;#039;une lettre d&amp;#039;intention. La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
+   Les communes et les groupements de communes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Le Conseil Régional, par souci de cohérence, a opéré le choix de se baser sur le cahier des charges régional des Maisons de Santé Pluri-Professionnelles (MSP), rédigé et diffusé par l&amp;#039;ARS : les projets déposés au Conseil Régional devront obligatoirement répondre à ce cahier des charges. Les MSP doivent offrir à la population du territoire un lieu de prise en charge de proximité la plus globale possible, en assurant des activités de soins sans hébergement, de Santé Publique (prévention, promotion de la santé, éducation thérapeutique), et médico-sociales. Les professionnels de santé qui exercent au sein de la MSP sont fédérés autour d&amp;#039;un projet de santé commun, répondant aux besoins locaux. Les MSP sont en cela une forme d&amp;#039;exercice rénové autour de la coordination des professionnels. Ainsi, elles ne consistent pas en une juxtaposition de cabinets. Le cahier des charges définit d&amp;#039;une part des critères d&amp;#039;éligibilité de socle minimal des projets de MSP (notamment la présence d&amp;#039;au moins deux médecins généralistes et d&amp;#039;un temps plein de professionnel de santé paramédical, définition d&amp;#039;un projet de santé). Il définit également d&amp;#039;autres critères considérés comme des éléments de plus-value apportés aux projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux d&amp;#039;investissements liés à la construction ou la réhabilitation d&amp;#039;un bâtiment destiné à accueillir les services médicaux ou de soins. Ces travaux concernent le gros œuvre et les différents lots de second d&amp;#039;œuvre, tels que la menuiserie, la plomberie, l&amp;#039;électricité,
   &lt;/li&gt;
   &lt;li&gt;
-   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
+   les travaux d&amp;#039;aménagement intérieur du bâtiment, peintures, sols, serrures,
   &lt;/li&gt;
   &lt;li&gt;
-   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
+   les équipements médicaux permettant le développement de la télémédecine ou autres spécificités permettant de renforcer les fonctions de la MSP.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
-   MODALITÉS FINANCIÈRES
+   Méthode de sélection
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
-  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+  Les dossiers déposés dans le cadre du présent dispositif font l&amp;#039;objet d&amp;#039;une concertation avec l&amp;#039;ensemble des partenaires institutionnels et financiers - Préfectures, ARS, Conseils Départementaux, Fédérations des Maisons et Pôles de Santé Pluriprofessionnelles du Grand Est -, au sein d&amp;#039;un comité de sélection régional défini par la circulaire du 27 juillet 2010 relative au lancement du Plan National d&amp;#039;Equipement en Maisons de Santé, et de comités départementaux. Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+  &lt;br /&gt;
  &lt;/p&gt;
  &lt;p&gt;
-  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
-[...4 lines deleted...]
-  &lt;/strong&gt;
+  La demande d&amp;#039;aide contient au moins les informations suivantes :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
-    Projet de santé validé par le comité opérationnel départemental
+    L&amp;#039;identification du porteur de projet, la localisation du projet,
    &lt;/li&gt;
    &lt;li&gt;
-    Pour les rénovations, document de diagnostic énergétique
+    un dossier complet répondant au cahier des charges régional (diagnostic local de santé, présentation des professionnels, projet de santé, règlement intérieur de la structure, lettres d&amp;#039;engagement des professionnels de santé, plan de financement de l&amp;#039;opération...)
    &lt;/li&gt;
    &lt;li&gt;
-    Pièces justifiant la bonification si sollicitation
+    le montant de l&amp;#039;aide régionale sollicitée.
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
-[...138 lines deleted...]
-      <c r="T3" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
-[...23 lines deleted...]
- Téléphone : 02.33.05.96.17
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-maisons-de-sante-pluri-professionnelles/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement et de l&amp;#039;Aménagement – Service Santé
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre Hôtel de Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f52b-soutien-aux-maisons-de-sante-pluri-profession/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...421 lines deleted...]
-      <c r="A6" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>103488</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création de nouvelles structures d'exercice collectif favorisant l’accès aux soins des Franciliens</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Aides aux maisons de santé pluriprofessionnelles (MSP), centres de santé et cabinets de groupe</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre de sa politique Région Solidaire, la Région soutient la création de nouvelles structures d&amp;#039;exercice collectif (MSP, centres de santé, cabinets de groupe, maisons médicales de garde) favorisant l&amp;#039;accès aux soins des Franciliens.
 &lt;/p&gt;
 &lt;h4&gt;
  Nature de l&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  Subvention en investissement pour structures d&amp;#039;exercice collectif (maisons de santé pluriprofessionnelle, centres de santé et cabinets de groupe engagés dans une démarche pluridisciplinaire):
 &lt;/p&gt;
 &lt;p&gt;
  Acquisition foncière, travaux d&amp;#039;installation (et charges afférentes) et acquisition d&amp;#039;équipements (médicaux, mobiliers et informatiques) dans la limite de :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     30 % de la dépense d&amp;#039;acquisition foncière et travaux dans la limite de 250 000 €
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     50 % de la dépense pour équipements dans la limite de 100 000 €
    &lt;/span&gt;
@@ -1433,681 +2116,271 @@
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;span&gt;
      30 % pour les travaux dans la limite de 100 000 €
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      50 % pour les équipements dans la limite de 50 000 €
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      Acquisition d&amp;#039;équipements de télémédecine à hauteur de 70% de la dépense subventionnable dans la limite de 50 000 €
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont finançables les dépenses d&amp;#039;investissements relatives à la création, l&amp;#039;extension, et l&amp;#039;équipement de ces établissements.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont bénéficiaires : Toutes les structures de droit public ou de droit privé
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aides-aux-maisons-de-sante-pluriprofessionnelles-msp-centres-de-sante-et-cabinets-de-groupe</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aurélie Deltombe - aurelie.deltombe&amp;#64;iledefrance.fr
  &lt;br /&gt;
  Tél. : 01 53 85 73 42
 &lt;/p&gt;
 &lt;p&gt;
  Magdouda Bendjebla - magdouda.bendjebla&amp;#64;iledefrance.fr
  &lt;br /&gt;
  Tél. : 01 53 85 74 62
 &lt;/p&gt;
 &lt;p&gt;
  Véronique Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
  &lt;br /&gt;
  Tél. : 01 53 85 75 77
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/96b6-aides-aux-maisons-de-sante-pluriprofessionnel/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...34 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>162296</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Proposer aux maires des communes concernées et aux professionnels de santé une palette de dispositifs, d’aides et d’outils</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Kit déserts médicaux</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="O7" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour proposer aux maires des communes concernées et aux professionnels de santé une palette de dispositifs, d’aides et d’outils, articulés autour de quatre volets d’intervention complémentaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de l’installation des professionnels de santé et des maisons de santé pluriprofessionnelles régionales;&lt;/li&gt; 	&lt;li&gt;de l’accueil d’étudiants en médecine générale dans les territoires ;&lt;/li&gt; 	&lt;li&gt;du déploiement de la télémédecine ;&lt;/li&gt; 	&lt;li&gt;d’une meilleure accessibilité aux soins d’urgence.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Face à la progression des déserts médicaux, qui n’épargne aujourd’hui aucune région française, l’exécutif régional souhaite donner une ambition nouvelle à sa politique de santé en s’engageant dans une démarche d’aménagement solidaire des territoires en matière d’accès aux soins qui va s’appuyer sur un nouveau cadre d’intervention.&lt;/p&gt; &lt;p&gt;Maires des communes concernées et aux professionnels de santé.&lt;/p&gt; &lt;p&gt;Chacun de ces volets représente un levier de lutte contre la désertification médicale. Leur mobilisation associe l’agence régionale de santé, les professionnels et les établissements de santé, ainsi que les élus des collectivités territoriales et des établissements publics de coopération intercommunale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>08/01/2020</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/kit-deserts-medicaux</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/kit-deserts-medicaux/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...351 lines deleted...]
-      <c r="A10" s="1">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>159897</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Agir pour la santé de tous et prendre soin des populations les plus fragiles</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F10" s="1" t="inlineStr">
+      <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J10" s="1" t="inlineStr">
+      <c r="J13" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Renforcer l&amp;#039;accès à la santé, garantir le bien-être aux habitants du territoire, accompagner les étapes clef de la vie, soutenir les personnes les plus vulnérables
  &lt;/strong&gt;
  .
  &lt;br /&gt;
  Les services publics et aux publics demeurent une demande prioritaire sur le territoire du GAL de la part de ses habitants. Cela recouvre une large palette de domaines ou de préoccupations.
 &lt;/p&gt;
 &lt;p&gt;
  Cette fiche-action ambitionne ainsi d&amp;#039;apporter une attention toute particulière à l&amp;#039;accès à la santé pour toutes et tous, ainsi qu&amp;#039;au soin apporté aux populations vulnérables et/ou dans les tranches d&amp;#039;âge de vie qui en ont le plus besoin : petite enfance, séniors, personnes en situation de handicap... ou encore personnes aidantes s&amp;#039;occupant d&amp;#039;un proche malade ou en situation de handicap.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accès aux services de santé
  &lt;/strong&gt;
  :
  &lt;br /&gt;
@@ -2178,1734 +2451,3836 @@
  &lt;strong&gt;
   Accompagnement des proches aidants
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Création ou amélioration de services, de structures permettant d&amp;#039;offrir du répit et du soutien aux personnes proches aidantes, via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accès aux droits pour les personnes éloignées (géographiquement et/ou culturellement des centres de ressources publiques)
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui à l&amp;#039;ingénierie pour faciliter l&amp;#039;accès aux droits pour les publics les plus éloignés
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P10" s="1" t="inlineStr">
+      <c r="P13" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q10" s="1" t="inlineStr">
+      <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole, les bailleurs sociaux privés hors SEM.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les dépenses d&amp;#039;équipements de matériel de santé.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f098-valoriser-les-elements-identitaires-et-le-pat/</t>
-        </is>
-[...405 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/888c-favoriser-linstallation-de-medecins-et-accroi/</t>
         </is>
       </c>
       <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:27" customHeight="0">
       <c r="A14" s="1">
-        <v>126588</v>
+        <v>94236</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aider les professionnels libéraux omnipraticiens ou spécialistes à s'installer</t>
+          <t>Investir dans un projet santé ou médico-social à impact social positif</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Aide à l'installation des professionnels de santé libéraux</t>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Ile de France</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>Entreprise privée</t>
+          <t>Association
+Entreprise privée</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Autre aide financière
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
-          <t>Dans le cadre du plan Région solidaire, la Région d&amp;#039;Île-de-France s&amp;#039;engage aux côtés des professionnels libéraux omnipraticiens ou spécialistes, qu&amp;#039;ils exercent seuls ou en cabinet, afin de les aider dans leur installation.
-[...6 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne le développement des entreprises portant un projet ayant un impact social positif dans l&amp;#039;un des 5 secteurs suivants.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Santé : projet de maisons de répit ou d&amp;#039;accès aux aides techniques par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vieillissement : projet de renforcement des liens intergénérationnels ou de services d&amp;#039;accompagnement dans la perte d&amp;#039;autonomie par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Handicap : projet de solutions techniques de gestion de la perte d&amp;#039;autonomie ou d&amp;#039;emploi de personnes en situation de handicap par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petite enfance : projet de création de crèches adaptées aux enfants en situation de handicap par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habitat : projet de foncières solidaires ou création de maisons intergénérationnelles par exemple.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien de la Banque des Territoires s&amp;#039;adresse aux entreprises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  En phase de développement, à condition de présenter au moins 3 années de comptes de résultats et des fonds propres positifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En changement d&amp;#039;échelle, en accord avec un plan de développement établi.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour un projet éligible, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposer un accompagnement en ingénierie pour développer le projet avant son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investir en fonds propres et/ou quasi-fonds propres dans la structure ou dans le projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N14" s="1" t="inlineStr">
         <is>
-          <t>Santé</t>
+          <t>Foncier
+Handicap
+Santé
+Logement et habitat</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
-[...2 lines deleted...]
- Professionnels de santé libéraux exerçant seuls ou en cabinet de groupe :
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_sante_medico_social_psat</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Omnipraticiens ou spécialistes de premier recours (gynécologues, pédiatres, pédopsychiatres, ophtalmologistes),
-[...8 lines deleted...]
-  Sages-femmes.
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
-La Région peut accompagner les professionnels de santé dans leurs travaux d&amp;#039;installation et/ou pour l&amp;#039;acquisition de leur équipement (médical, informatique ou de sécurité) à hauteur de 50% de leurs dépenses et dans la limite de 15.000 €.
-[...69 lines deleted...]
-&lt;/p&gt;</t>
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/8c50-aide-a-linstallation-des-professionnels-de-sa/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdbc-investir-dans-linnovation-sociale-pour-la-san/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:27" customHeight="0">
       <c r="A15" s="1">
-        <v>103245</v>
+        <v>162482</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Soutenir l'acquisition d'équipements et la sécurisation des professionnels de santé libéraux</t>
-[...4 lines deleted...]
-          <t>Conseil régional d'Ile de France</t>
+          <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
-        <is>
-[...327 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K17" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>1 € de cofinancement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
-[...2 lines deleted...]
-&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
+(GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
+département de la Manche. Les communautés de communes Coutances mer et bocage
+et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
+prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
+Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
+européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
+Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
+Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
+de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les bénéficiaires
+peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
+sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les actions
+doivent être innovantes et répondre à la stratégie du territoire : “ Agir
+ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;4 axes de
+développement ont été retenu pour l’élaboration des fiches actions, auxquelles
+les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
+à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
+la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
+d’améliorer l’offre de services médicaux, par exemple en attirant des
+professionnels de santé médicale ou paramédicale en leur proposant des
+conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
+maintenant la vitalité des communes, en lien avec les commerces et services
+(marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
+cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;span&gt;Les actions facilitant l’accès aux services et
+activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Santé</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
+sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
+actions permettant d’améliorer les offres de services et d’activités sur le
+territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
+notamment de mieux accompagner la population vieillissante, avec des offres au
+plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
+administratifs. De plus, cela améliorera l’attractivité du territoire, et
+contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
+nouvelles technologies de l’information et de la communication, le maintien et
+le développement des structures de santé, les services relatifs à l’accueil de
+la petite enfance et des nouveaux habitants, les services d’insertion,
+formation et emploi, les services pour développer des nouvelles formes de
+travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
+les services administratifs, les services améliorant la vie des personnes âgées
+et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Véhiculer une
+image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accueillir des
+familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Contribuer au
+développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Conserver et
+développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Rendre accessible
+les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Développer
+l’accès et la formation au numérique&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
+animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
+là pour vous aider à finaliser votre projet, vous orienter sur les aides
+disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
+communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
+Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
+COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
+GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
+JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>97691</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maisons et centres de santé pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
+Agence régionale de santé (ARS) — Occitanie</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Limite d’un montant de subvention de 150 000 €</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département apporte un financement aux projets de maisons et centres de santé pluridisciplinaires afin d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est attribuée dans une zone déficitaire en matière de soin aux collectivités (communes, intercommunalités).
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires sont les collectivités (communes, intercommunalités) souhaitant réaliser le bâtiment d&amp;#039;une Maison de Santé Pluriprofessionnelle dont le projet a été préalablement validé par le comité régional de sélection des MSP en zone sous dotée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département aux projets de Maisons de Santé Pluriprofessionnelles s&amp;#039;inclut dans une démarche globale d&amp;#039;aménagement du territoire, visant à lutter contre la désertification médicale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ communes, EPCI, établissements et organismes  de santé à but non lucratif (établissement de santé et mutuelle).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;Une collectivité ou groupement de communes ; leurs SPL (Sociétés Publiques Locales) ou les SEM (Sociétés d’Economie Mixte) dans le cadre d’un bail emphytéotique avec la collectivité d’implantation&lt;/li&gt;
-[...5 lines deleted...]
-&lt;li&gt;Une mutualité, une fondation, un régime de sécurité sociale, une société coopérative d’intérêt collectif.&lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des dépenses liées à la construction ou à la rénovation du bâti, en extérieur et en intérieur, ainsi qu&amp;#039;aux VRD,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses liées aux aménagements intérieurs.
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;Et&lt;strong&gt; si votre projet concerne notamment&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;La création, rénovation et extension de Maisons de Santé Pluri professionnelles (MSP)&lt;/li&gt;
-[...35 lines deleted...]
-      <c r="T17" s="1" t="inlineStr">
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement réalisées pour l&amp;#039;achat de mobilier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses liées à l&amp;#039;intégration d&amp;#039;une pharmacie dans les locaux de la MSP ou d&amp;#039;un équipement de balnéothérapie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/maison-de-sante-pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Mail: richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assistant de Direction / Comptable - Maeva Homs
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : maeva.homs&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/888c-favoriser-linstallation-de-medecins-et-accroi/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>139428</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser mon centre-ville</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans les cœurs de villes ou de villages, l&amp;#039;Établissement Public Foncier Hauts de France contribue à apporter une nouvelle dynamique et à renforcer l&amp;#039;attractivité de ces centralités à travers le recyclage de fonciers souvent idéalement situés. Son intervention passe par des acquisitions, des déconstructions et de la recomposition foncière ce qui permet par la suite d&amp;#039;améliorer l&amp;#039;offre de logements, de commerces et de créer de nouveaux équipements. L&amp;#039;EPF est partenaire et signataire des conventions du programme national «
+ &lt;strong&gt;
+  Action Cœur de Ville
+ &lt;/strong&gt;
+ » sur les 14 villes du Nord et du Pas-de-Calais concernées et accompagne le dispositif «
+ &lt;strong&gt;
+  Petites Villes de Demain
+ &lt;/strong&gt;
+ ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets de requalification en faveur de la production de logements, de commerces et de l&amp;#039;amélioration du cadre de vie.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles:
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes pré-opérationnelles (capacité, faisabilité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de programmation (accompagnement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décote additionnelle pour les opérations à dominante « logements »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Forfait en faveur de la réhabilitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Action Cœur de Ville Valenciennes (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF accompagne la commune et la communauté d&amp;#039;agglomération dans la lutte contre la vacance locative dans le centre-ville de Valenciennes en procédant à l&amp;#039;acquisition d&amp;#039;immeubles d&amp;#039;habitation avec rez-de-chaussée commerciaux vacants et/ou dégradés. Son intervention s&amp;#039;articule avec celle de la chambre de commerce et d&amp;#039;industrie titulaire d&amp;#039;un contrat de revitalisation et d&amp;#039;aménagement commercial et des bailleurs pour le réhabilitation des logements dégradés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-ville d&amp;#039;Arques (Pas-de-Calais) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La restructuration des activités d&amp;#039;Arc international a engendré la libération d&amp;#039;un foncier de 9 hectares en centre-ville d&amp;#039;Arques. La ville a alors amorcé une stratégie de reconquête que l&amp;#039;EPF a accompagnée : acquisitions, désamiantage, démolitions... Le projet qui s&amp;#039;échelonne en plusieurs phases comporte la construction de nouveaux logements dont un béguinage, l&amp;#039;aménagement d&amp;#039;espaces commerciaux, l&amp;#039;implantation d&amp;#039;un pôle verrier ainsi que la réappropriation des berges du canal.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dans le cadre du Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille, l&amp;#039;EPF intervient pour acquérir et porter les biens dégradés puis réaliser les démolitions ou permettre leur réhabilitation par la Société Publique Locale d&amp;#039;Aménagement (SPLA La Fabrique des quartiers). Cette intervention permet de dé-densifier les quartiers identifiés, de renouveler l&amp;#039;offre de logements, y compris en diffus, et d&amp;#039;aménager des espaces verts. L&amp;#039;EPF est un financeur important de ce programme (10 M€ au titre des travaux de déconstruction, 30 M€ au titre de la minoration foncière).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-bourg de Thun-L&amp;#039;Evêque (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dans le cadre de l&amp;#039;élaboration de son plan local d&amp;#039;urbanisme, la commune de Thun-L&amp;#039;Evêque a identifié un ensemble situé en plein cœur du village pour y réaliser une opération d&amp;#039;aménagement (ancien bâtiment d&amp;#039;activité sur un foncier de 1 000 m2 en bord à bras de canal et jouxtant des terrains communaux). Le projet, à l&amp;#039;étude par un bailleur social, consiste en la construction d&amp;#039;une maison médicale et de 21 logements locatifs sociaux. L&amp;#039;EPF intervient pour procéder à l&amp;#039;acquisition et à la démolition du bâtiment d&amp;#039;activité et à la cession, dans un délai maximal de 3 ans, du foncier déconstruit à la commune qui se chargera ensuite de céder l&amp;#039;ensemble des terrains à l&amp;#039;opérateur.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Friche
+Foncier
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3329-redynamiser-mon-centre-ville/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>157092</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
+Particulier
+Recherche</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
-          <t> Max : 50</t>
+          <t> Max : 80</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>Plancher : 1000€ (500€ pour les établissements scolaires)</t>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Au sein de la Région Grand Est, l&amp;#039;espérance de vie à la naissance en 2012 s&amp;#039;établit à 80,8 ans. Ce niveau est inférieur d&amp;#039;un an à ce que l&amp;#039;on observe pour l&amp;#039;ensemble de la France métropoliotaine.
-[...8 lines deleted...]
- Une attention toute particulière doit être portée aux populations des territoires isolés pour lesquelles l&amp;#039;accès aux dispositifs de santé est parfois complexe. La politique régionale de santé visera à agir prioritairement par la prévention et l&amp;#039;éducation à la santé en tenant compte des spécificités des territoires et des populations. Les actions proposées au titre de ce soutien porteront sur l&amp;#039;ensemble des déterminants de la santé.
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un patrimoine vernaculaire valorisé (clos masure notamment)
+&lt;/p&gt;
+&lt;p&gt;
+ - Un allongement de la durée des séjours touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des parcours résidentiels facilités pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des centres bourgs dynamiques, des services proches des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - UN vieillissement de la population mieux anticipé et accompagné
+&lt;/p&gt;
+&lt;p&gt;
+ - Une offre locale de formation renforcée et adaptée
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accès aux services de soins facilité par des initiatives innovantes
+&lt;/p&gt;
+&lt;p&gt;
+ - Un maillage de solutions de mobilités adaptées au territoire
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de nouveaux services numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services à la population.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de l&amp;#039;offre de santé sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de partenariats avec des centres de formations locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="N18" s="1" t="inlineStr">
         <is>
-          <t>Jeunesse
+          <t>Patrimoine et monuments historiques
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
 Santé
-Education et renforcement des compétences</t>
+Commerces et services
+Formation professionnelle
+Equipement public
+Inclusion numérique</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...4 lines deleted...]
-          <t>25/04/2017</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires
-[...50 lines deleted...]
-&lt;/ul&gt;</t>
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S18" s="1" t="inlineStr">
         <is>
-          <t>Mise en œuvre / réalisation</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U18" s="1" t="inlineStr">
         <is>
-          <t>Grand Est</t>
+          <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
       <c r="V18" s="1" t="inlineStr">
         <is>
-          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-actions-de-promotion-de-prevention-deducation-a-sante/</t>
-[...4 lines deleted...]
-          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0181/depot/simple</t>
+          <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
       <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...22 lines deleted...]
-&lt;/ul&gt;</t>
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y18" s="1" t="inlineStr">
         <is>
-          <t>olivier.claudel@grandest.fr</t>
+          <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
       <c r="Z18" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/9c77-soutien-aux-actions-de-promotion-de-preventio/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
         </is>
       </c>
       <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:27" customHeight="0">
       <c r="A19" s="1">
-        <v>120656</v>
+        <v>155106</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mener des actions de coopérations entre le secteur culturel et les milieux de santé</t>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Culture &amp;amp; Santé, handicap et dépendance</t>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
-[...5 lines deleted...]
-Direction régionale des Affaires culturelles (DRAC) — Occitanie</t>
+          <t>Conseil départemental de la Manche</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Projet de santé validé par le comité opérationnel départemental
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les rénovations, document de diagnostic énergétique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitation
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Revitalisation
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet de santé devra concerner au minimum deux médecins et un « autre corps professionnel » de santé et devra impliquer les collectivités locales afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répondre aux priorités de la charte régionale d&amp;#039;accès aux soins 2021-2025 ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet de santé et le projet immobilier pluridisciplinaire devront être présentés et validés par le comité opérationnel départemental (COD) de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 – Le projet devra intégrer la problématique du logement soit dans le cadre du projet immobilier soit par la mise à disposition d&amp;#039;un logement à proximité afin d&amp;#039;accueillir des étudiants et/ou des remplaçants.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, tout projet immobilier d&amp;#039;extension, de rénovation ou de restructuration devra s&amp;#039;inscrire dans le cadre d&amp;#039;un projet global de diversification et d&amp;#039;évolution de l&amp;#039;offre aux nouveaux métiers médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>164285</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services à la population</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1.1     
+Renforcer l’offre
+de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
+Améliorer l’accès
+aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
+Faciliter les
+déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
+Créer des services
+de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
+Renforcer la
+cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
+Promouvoir les
+atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
+initiatives contribuant au lien social, l’interconnaissance et   l’implication
+des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
+Adapter l’offre de
+logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
+les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
+modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
+etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
+transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
+etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Equipement public
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
+ce projet porte sur un équipement, seules les opérations présentant un
+financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
+97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>139916</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...122 lines deleted...]
-  un film artistique témoignant de cette aventure en plein nature entre Forêt et Loire. Le répertoire s&amp;#039;étend de la chanson, à l&amp;#039;opéra et au rap.
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O19" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Pays des Vallons de Vilaine</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>145890</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les opérations des collectivités</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'Ingénierie de l'Ain</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Initiée par le Département de l&amp;#039;Ain en 2013, l&amp;#039;Agence départementale d&amp;#039;Ingénierie de l&amp;#039;Ain, nommée Agence 01, a inscrit son fonctionnement dans le cadre de sa politique de soutien aux communes et intercommunalités.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;agence a pour principales missions d&amp;#039;accompagner et de conseiller les collectivités dans leurs projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cela se traduit pour la mise à disposition, via conventionnement, de moyens humains ayant des compétences techniques et administratives sur chacune des thématiques portées par l&amp;#039;agence :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Voirie (sécurisation, modes doux, sentiers, etc.), aménagement de l&amp;#039;espace public (parcs, places, équipements sportifs, etc.).
+ &lt;br /&gt;
+ • Construction et rénovation de bâtiments publics (mairie, école, maison de santé, salle polyvalente, etc.).
+ &lt;br /&gt;
+ • Cycle de l&amp;#039;eau (assainissement, stations d&amp;#039;épuration, équipements de lutte contre les incendies, etc.).
+ &lt;br /&gt;
+ • Urbanisme (planification et opérationnel).
+ &lt;br /&gt;
+ • Accompagnement à la passation des marchés publics.
+ &lt;br /&gt;
+ • Accompagnement juridique (conseil, accompagnement dans la mise en place de délégations de service public, etc.).
+ &lt;br /&gt;
+ • Ingénierie financière (accompagnement et réalisation des demandes de subventions, conseils d&amp;#039;optimisation des plans de financement, rédaction des candidatures aux appels à projets, etc.).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Sécurisation de carrefour.
+ &lt;br /&gt;
+ -  Rénovation de voirie existante.
+ &lt;br /&gt;
+ - Aménagement de pistes cyclables.
+ &lt;br /&gt;
+ - Aménagement de city-stade.
+ &lt;br /&gt;
+ - Construction de déchèterie.
+ &lt;br /&gt;
+ - Diagnostic pour la rénovation des ouvrages d&amp;#039;art.
+ &lt;br /&gt;
+ - Rénovation de salle polyvalente.
+ &lt;br /&gt;
+ - Construction de centre de loisirs.
+ &lt;br /&gt;
+ - Rénovation de la mairie.
+ &lt;br /&gt;
+ - Construction de médiathèque.
+ &lt;br /&gt;
+ - Accompagnement de la réalisation de schéma directeur d&amp;#039;assainissement et d&amp;#039;eau potable.
+ &lt;br /&gt;
+ - Rénovation des réseaux de distribution d&amp;#039;eau potable.
+ &lt;br /&gt;
+ - Déconnexion des réseaux d&amp;#039;eaux pluviales et d&amp;#039;assainissement.
+ &lt;br /&gt;
+ - Construction et rénovation de station d&amp;#039;épuration.
+ &lt;br /&gt;
+ -  Aménagement d&amp;#039;équipements de lutte contre les incendies.
+ &lt;br /&gt;
+ - Diagnostic des ouvrages d&amp;#039;art
+ &lt;br /&gt;
+ - Mise en œuvre d&amp;#039;urbanisme opérationnel
+ &lt;br /&gt;
+ - Révision de PLU
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour pouvoir bénéficier de conseils il suffit d&amp;#039;être adhérent à l&amp;#039;agence.
+ &lt;br /&gt;
+ Pour bénéficier d&amp;#039;un accompagnement de l&amp;#039;agence dans la préfiguration et/ou la réalisation d&amp;#039;une opération , il est nécessaire de conventionner pour définir, de manière précise, les missions pour lesquelles la collectivité souhaite l&amp;#039;intervention de nos équipes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
-[...16 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>http://agence01.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Yvan Pauget, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ conseil&amp;#64;agence01.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 74 55 49 00
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>conseil@agence01.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b83f-accompagner-les-operations-damenagement-des-c/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q25" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>121762</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités situées dans les territoires ruraux de Grande Couronne</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Jusqu&amp;#039;à 350.000 € pour les communes et 539.000 € pour les syndicats de communes (40% de subvention régionale et 30% de subvention départementale par contrat).
+&lt;br /&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;
+&lt;strong&gt;
+ Dates limites de dépôt des dossiers de demandes de subvention
+&lt;/strong&gt;
+&lt;br /&gt;
+- 10/01/2023 : présentation à partir de la CP de mars 2023
+&lt;br /&gt;
+- 15/03/2023: présentation à partir de la CP de juin 2023
+&lt;br /&gt;
+- 20/04/2023: présentation à partir de la CP de juillet 2023
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-rural</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a rel="noopener" target="_blank"&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
  &lt;span&gt;
-  Pour toute question sur le dispositif Culture et Santé en Occitanie, vous êtes invités à vous adresser à :
+  Ouvre une nouvelle fenêtre
  &lt;/span&gt;
- &lt;br /&gt;
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/64bc-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>121337</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements structurants (Fonds "Thématiques")</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Fonds "Thématiques"</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires dans leurs projets d’investissement structurants des collectivités.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépenses éligibles HT
+ &lt;/strong&gt;
+ : 150 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : communes, EPCI&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;br /&gt;Tél : 03.25.32.86.16&lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d57b-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>162634</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter et construire des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiment</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. Les enjeux de réduction des consommations énergétiques, la réalisation de projets neufs à faibles impact environnemental, la mise en accessibilité et la préservation du patrimoine sont autant de domaines dans lesquels l&amp;#039;ATD 88 peut vous assister dans la conduite de vos opérations.&lt;/p&gt;
+&lt;p&gt;Dans le domaine du bâtiment nos techniciens vous accompagnent en réalisant des études de faisabilité ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Construction d&amp;#039;écoles, de bâtiments techniques, de mairie, gymnase...&lt;/p&gt;&lt;p&gt;Réhabilitation de bâtiment avec ou sans changement de destination&lt;/p&gt;&lt;p&gt;Amélioration thermique des bâtiments&lt;/p&gt;&lt;p&gt;Mise aux normes d&amp;#039;un parc bâtimentaire (accessibilité, défense incendie...)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/batiment/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-les-vitesses-et-le-trafic-routier/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>139936</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement de projets et d’une aide à la programmation sur le volet bâtiments et espaces publics</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>AMO Mission Bâtiments</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires (CIT) propose des prestations d&amp;#039;accompagnement de projets et d&amp;#039;aide à la programmation en phase d&amp;#039;étude ou en phase opérationnelle. CIT propose des missions d&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO), notamment dans le cas d&amp;#039;opérations nécessitant l&amp;#039;intervention d&amp;#039;équipes pluridisciplinaires
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réhabilitation et rénovation énergétique de bâtiments publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Restauration de patrimoine public
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement d&amp;#039;espaces publics : projets centres-bourgs
+  &lt;/li&gt;
+  &lt;li&gt;
+   Construction de bâtiments publics (AMO)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion de projets à vocation touristique
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre adhérent à CIT
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conventionnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a6d-beneficier-dun-accompagnement-de-projets-et-d/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>67589</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités en ingénierie</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Ingenierie départementale</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des spécialistes appartenant à l&amp;#039;administration départementale sont à disposition des collectivités gersoises pour apporter des conseils techniques, administratifs et juridiques, de montage et conduite de projet dans les domaines suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="mailto:contact&amp;#64;lamecano.fr" rel="noopener" target="_blank"&gt;
-[...22 lines deleted...]
-      <c r="AA19" s="1" t="inlineStr">
+  Aménagement et Bâtiments
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voirie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assainissement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Milieux aquatiques et Gémapi
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;aider à l&amp;#039;émergence des projets, afin de passer de l&amp;#039;idée à la réalisation de l&amp;#039;opération puis à la gestion des ouvrages, sans toutefois entrer dans le champ de la maitrise d&amp;#039;œuvre réservé aux bureaux d&amp;#039;études et architectes.
+Pour cela, le Département et le CAUE s&amp;#039;appuient sur un réseau des acteurs de l&amp;#039;ingénierie sur le territoire, afin de réunir toutes les compétences nécessaires pour favoriser une construction judicieuse des projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la création d&amp;#039;une maison de santé, la réhabilitation d&amp;#039;une école, sécurisation d&amp;#039;une traverse de village et la création d&amp;#039;un cheminement piéton, pour la renaturation d&amp;#039;un cours d&amp;#039;eau et la suppression de digues afin de réduire les inondations sur une commune, aide à la mise en place d&amp;#039;un procédé innovant permettant de limiter la prolifération des lentilles d&amp;#039;eau et améliorer les performances épuratoires, à la mise en œuvre d&amp;#039;un protocole de contrôle des points d&amp;#039;auto-surveillance des réseaux de collecte...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:ingenierie&amp;#64;gers.fr"&gt;
+  ingenierie&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 50
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:assainissement&amp;#64;gers.fr"&gt;
+  assainissement&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 08
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:cater&amp;#64;gers.fr"&gt;
+  cater&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 32
+&lt;/p&gt;
+&lt;p&gt;
+ DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a21c-accompagner-les-collectivites-en-ingenierie/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>144547</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
+      <c r="M33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3948,161 +6323,1367 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>128958</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être accompagné pour les projets d&amp;#039;aménagement urbain,
+paysager ou de construction publique, tout au long de leur
+réalisation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide à la définition de la procédure nécessaire
+à mettre en oeuvre
+• identification des étapes et des différents
+prestataires à mobiliser
+ &lt;/li&gt;
+ &lt;li&gt;
+  interface entre les différents intervenants
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide au pilotage et à l&amp;#039;animation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise au point de l&amp;#039;accompagnement nécessaire
+et proposition d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de la mission d&amp;#039;AMO : suivi administratif
+et juridique, marchés publics, coordination des
+intervenants (dont le maître d&amp;#039;oeuvre) ...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faisabilité opérationnelle (élément de compréhension
+et de la programmation du projet, déroulement
+de l&amp;#039;opération, estimation prévisionnelle,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents nécessaires à la bonne conduite du projet :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; actes administratifs tels que conventions,
+délibérations...
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; marchés publics et toutes pièces relevant
+de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
+de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
+cahier des charges, cahier des clauses
+administratives particulières, acte d&amp;#039;engagement...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Bâtiments et construction
+Réhabilitation
+Architecture
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saisine officielle de l&amp;#039;exécutif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs et études
+diverses relatives au projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>150688</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes samariennes</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'appui aux communes</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I21" s="1" t="inlineStr">
+      <c r="I37" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 40</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de poursuivre le déploiement d&amp;#039;une politique de solidarité territoriale volontariste auprès de l&amp;#039;échelon communal, le Département met en œuvre un fonds d&amp;#039;appui mobilisable par l&amp;#039;ensemble des communes samariennes en 2025.
+&lt;/p&gt;
+&lt;p&gt;
+ Son objectif est de soutenir les projets d&amp;#039;investissement des communes dans les domaines prioritaires identifiés et garantir un maillage territorial de l&amp;#039;intervention départementale en répartissant les crédits d&amp;#039;appui aux communes par canton et en fonction de la population.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  taux de subvention maximal : 40% du coût hors taxes des dépenses éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  assiette minimum des dépenses éligibles : 5 000 € HT,
+ &lt;/li&gt;
+ &lt;li&gt;
+  possibilité de présenter un dossier constitué de plusieurs opérations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide plafonnée à 100 000 € par commune pour l&amp;#039;année, ­&lt;/li&gt;&lt;li&gt;participation minimale du maître d&amp;#039;ouvrage : 20 % du coût de l&amp;#039;opération&lt;/li&gt;
+ &lt;li&gt;
+  participation minimale du maître d&amp;#039;ouvrage : 20 % du coût de l&amp;#039;opération,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide départementale cumulable avec d&amp;#039;autres financements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  prise en compte des dépenses à compter du 01 janvier 2025,
+ &lt;/li&gt;
+ &lt;li&gt;
+  date limite de dépôt des dossiers : 31 décembre 2025.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution du dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- note
+explicative du projet : contexte, objectifs poursuivis, descriptif
+détaillé des travaux,&lt;/p&gt;&lt;p&gt;- plans et
+photos (plan de situation, plan des travaux projetés, photos de l’existant…),&lt;/p&gt;&lt;p&gt;- estimation
+définitive du coût des travaux, durée d’amortissement de l’équipement à
+subventionner (indiquer le cas échéant que l’investissement n’est pas
+amortissable dans la comptabilité,&lt;/p&gt;&lt;p&gt;- calendrier
+prévisionnel de réalisation des travaux (date de démarrage et date d’achèvement
+prévisionnelles de l’opération),&lt;/p&gt;&lt;p&gt;- délibération
+du maître d’ouvrage approuvant l’opération, sollicitant l&amp;#039;accompagnement
+financier du Département et adoptant le plan de financement prévisionnel,&lt;/p&gt;&lt;p&gt;-
+certificat administratif précisant que le maître d’ouvrage n’a pas transféré sa
+compétence, pour l’opération objet de la demande de subvention,&lt;/p&gt;&lt;p&gt;- RIB du
+maître d’ouvrage.&lt;/p&gt;&lt;p&gt;Selon la
+spécificité du dossier, des pièces complémentaires pourront être demandées&lt;/p&gt;&lt;p&gt;Seuls les
+dossiers complets feront l’objet d’une instruction.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Tous les
+projets d’investissement (y
+compris les équipements mais uniquement sur l’axe complémentaire, ainsi que les
+acquisitions foncières et immobilières ayant comme objectif d’être support d’un
+projet relevant des priorités départementales).&lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Dépenses
+exclues :&lt;/u&gt;
+travaux ou études réalisés en régie, réparations et entretien courant.&lt;/p&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Handicap
+Accès aux services
+Commerces et services
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P37" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q37" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Domaines d’intervention :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.     
+&lt;u&gt;Priorités départementales&lt;/u&gt; :
+enveloppes cantonales à répartir pour des projets relevant des thématiques
+prioritaires suivantes :&lt;/p&gt;&lt;p&gt;-  La
+dynamisation des bourgs-centres,&lt;/p&gt;&lt;p&gt;-  les
+équipements culturels et de lecture publique,&lt;/p&gt;&lt;p&gt;-  la mise aux
+normes accessibilité/handicap des bâtiments, espaces publics et espaces
+naturels,&lt;/p&gt;&lt;p&gt;-  l’aménagement
+des espaces publics,&lt;/p&gt;&lt;p&gt;-  la
+restauration et la valorisation du patrimoine bâti protégé et non protégé,&lt;/p&gt;&lt;p&gt;-  les travaux
+relatifs aux bâtiments communaux.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;2.  &lt;u&gt;Axe complémentaire&lt;/u&gt; : 10 % du montant de l’autorisation
+de programme (soit 1.56€ par habitant intégré aux enveloppes cantonales) à répartir
+pour des projets relevant des priorités départementales ou sur tout autre
+projet que les Conseillers départementaux du canton jugeraient utiles pour leur
+territoire (petits équipements, enfouissement des réseaux aériens, travaux
+d’éclairage public, chemins ruraux…)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/fonds-appui-communes/</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://subvention.somme.fr/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/53cb-soutenir-les-investissements-des-communes-sam/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>90823</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le sport santé</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de l’aide régionale est défini au vu des actions présentées par les structures.</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes un acteur investi dans le &amp;#34;sport santé&amp;#34;? La région Nouvelle-Aquitaine soutient les actions encourageant la pratique d&amp;#039;une activité physique adaptée, accessible et pérenne comme facteur de santé, d&amp;#039;épanouissement et d&amp;#039;intégration.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Afin d&amp;#039;encourager l&amp;#039;offre d&amp;#039;activités sportives comme facteur de santé sur son territoire, la Région Nouvelle-Aquitaine soutient des projets ayant une réelle plus-value « santé » auprès de personnes éloignées de la pratique sportive. Les dossiers déposés doivent proposer des réponses aux enjeux d&amp;#039;adaptation, d&amp;#039;accessibilité, et de développement de l&amp;#039;offre d&amp;#039;activités physiques en direction de publics spécifiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une logique d&amp;#039;amélioration de la santé et de prévention de la récidive, les structures devront organiser et mettre en œuvre des activités physiques et sportives adaptées permettant aux personnes de mieux vivre une pathologie chronique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  prévention secondaire : diminution de la prévalence d&amp;#039;une maladie ou la stabilisation d&amp;#039;une pathologie, voire sa diminution
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévention tertiaire : diminution de la prévalence d&amp;#039;incapacités chroniques ou de récidives, et donc de réduction des complications ou rechutes consécutives à la maladie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Santé</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  la pertinence et la plus-value de l&amp;#039;action initiée (qualité de l&amp;#039;action au regard des temps de pratique proposés, des objectifs, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la notion d&amp;#039;accessibilité géographique et socio-économique des publics (prise en compte dans le coût des adhésions et dans les prestations proposées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;encadrement qui devra présenter des compétences et des connaissances en lien avec le public accueilli
+ &lt;/li&gt;
+ &lt;li&gt;
+  la régularité et la durée de l&amp;#039;action. Celle-ci devra s&amp;#039;inscrire dans le temps à des fins de pérennisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les partenariats, avec une attention particulière portée sur les démarches multi-partenariales
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;évaluation proposée par la structure (indicateurs quantitatifs/qualitatifs et bilans)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cohérence du budget présenté ainsi que le montant des cofinancements attribués par les autres collectivités publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/soutien-au-sport-sante</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des sports
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 55 76 14
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ca9c-soutien-au-sport-sante/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>120837</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les professionnels de santé</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les conditions d'exercice des professionnels de santé</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J39" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de la subvention est fixé à 50.000 € maximum par an et par opérateur pour un même projet.</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>Dans le cadre de sa politique
+&lt;a href="https://www.iledefrance.fr/region-solidaire" rel="noopener" target="_blank"&gt;
+ Région solidaire
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+, la Région souhaite prendre soin de ceux qui prennent soin des Franciliens en soutenant des actions qui améliorent le bien-être et les conditions d&amp;#039;exercice des professionnels de santé.</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>17/06/2019</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Prioritairement, les associations
+ &lt;/strong&gt;
+ relevant de la loi de 1901 et les
+ &lt;strong&gt;
+  fondations
+ &lt;/strong&gt;
+ reconnues d&amp;#039;utilité publique, existant depuis au moins 1 an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les projets innovants et emblématiques :
+ &lt;/strong&gt;
+ les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les projets de recherche :
+ &lt;/strong&gt;
+ les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+La subvention régionale est fixée à
+&lt;strong&gt;
+ 50% du total des dépenses éligibles
+&lt;/strong&gt;
+propres au projet. Le montant de la subvention est fixé à 50.000 € maximum par an et par opérateur pour un même projet.
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région porte notamment sur les projets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions valorisant les nouvelles formes d&amp;#039;exercice et permettant une
+  &lt;br /&gt;
+  meilleure coordination sur le territoire entre les différents acteurs de la santé,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutter contre les risques psychosociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interventions visant à préserver une qualité de vie professionnelle en adéquation avec les responsabilités relatives à l&amp;#039;exercice de leurs missions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions incitant les professionnels de santé à exercer durablement leur activité en Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de formation et de sensibilisation à destination des professionnels de santé sur les thématiques de santé prioritaires pour la Région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à donner plus de temps médical aux professionnels de santé, en particulier en les dégageant de certaines contraintes administratives,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à soutenir l&amp;#039;offre de soins
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/ameliorer-les-conditions-dexercice-des-professionnels-de-sante</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aurélie Deltombe
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  aurelie.deltombe&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 73 42
+&lt;/p&gt;
+&lt;p&gt;
+ Service santé :
+ &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a76-une-region-solidaire-qui-soutient-et-accompag/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 70</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
 &lt;/p&gt;
 &lt;p&gt;
  Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;h3&gt;
  Dépenses subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
 &lt;/p&gt;
 &lt;p&gt;
  En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
 &lt;/p&gt;
@@ -4241,64 +7822,64 @@
  – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
 &lt;/p&gt;
 &lt;p&gt;
  – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
 &lt;/p&gt;
 &lt;p&gt;
  – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
 &lt;/p&gt;
 &lt;p&gt;
  – décision de la Commission permanente qui attribue la subvention.
 &lt;/p&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases règlementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Equipement public
 Bâtiments et construction
 Accessibilité</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les communes de – 5 000 habitants
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bâtiments Communaux
  &lt;/strong&gt;
  : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accessibilité
  &lt;/strong&gt;
  des équipements publics
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -4495,1158 +8076,604 @@
  &lt;strong&gt;
   Pour les communes de &amp;#43; 5 000 habitants et les EPCI
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -Logement.
  &lt;br /&gt;
  – Acquisition foncière (pour réserve).
  &lt;br /&gt;
  – Sièges administratifs communautaires et locaux techniques communautaires.
  &lt;br /&gt;
  – Groupes scolaires.
  &lt;br /&gt;
  – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
  &lt;br /&gt;
  –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Politiques Territoriales – Service des Relations avec les Collectivités
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Quentin DUVILLIER, Coordonnateur zone nord –
  &lt;strong&gt;
   Tél. : 04 75 79 26 65
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Christel MORIN, Coordonnatrice zone sud –
  &lt;strong&gt;
   Tél. : 04 75 79 26 31
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aurore MERMET, Coordonnatrice zone centre –
  &lt;strong&gt;
   Tél. : 04 75 79 82 29
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
  &lt;strong&gt;
   Tél. : 04 75 79 26 67
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-Etablissement public dont services de l'Etat
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>103246</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’expérimentation en e-santé</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’expérimentation en e-santé</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Résolument tournée vers l&amp;#039;avenir et mobilisée pour lutter contre les fractures territoriales, la Région soutient les solutions innovantes pour contribuer à la permanence des soins sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets en investissement : acquisition de matériels légers de télémédecine inscrits dans une démarche de valorisation de la ressource médicale locale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région participe au financement d&amp;#039;équipements de type télécabines de santé, mallettes ou chariots de télémédecine et soutient les solutions technologiques ou informatiques innovantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional s&amp;#039;élève à 50 % du coût de l&amp;#039;équipement à hauteur de 15 000 euros pour les équipements mobiles et 50 000 euros pour les équipements non mobiles (équipements lourds type télécabine, système d&amp;#039;information...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+ Contacter le service action sociale, santé et famille pour vérifier l&amp;#039;éligibilité du projet avant de renseigner et transmettre un dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A noter :
+ &lt;/strong&gt;
+ Les dépenses éligibles se composent de dépenses en investissement. Le bénéficiaire doit démontrer la nécessité de l&amp;#039;équipement pour lequel il demande un soutien tant par le besoin concernant l&amp;#039;accès aux soins que par la pertinence de l&amp;#039;outil proposé (éloignement des structures de soins, population fragilisée, jeunes actifs mobiles...)
+ &lt;br /&gt;
+ Ne peuvent être soutenus que les projets ayant reçu l&amp;#039;aval des autorités de santé sur les nouvelles technologies utilisées.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+ Sont éligibles les professionnels de santé regroupés en un collectif (associations, fondations, GCS, GCSM, GIP, GIE, SCI, SCP, SISA, SEL...) et les collectivités territoriales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/Byq2ccW9E</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Magdouda Bendjebla :
+ &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  magdouda.bendjebla&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pierre Faivre :
+ &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  pierre.faivre&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/428b-soutien-a-lexperimentation-en-e-sante/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>103321</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et promouvoir l’éducation à la santé</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Prévention santé jeunes</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La politique Région solidaire en santé valorise la prévention, la promotion et l&amp;#039;éducation à la santé, notamment pour le public jeune.
+ Le dépistage et l&amp;#039;éducation thérapeutique peuvent également faire partie des interventions en prévention.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets proposés doivent viser les jeunes de 12 - 25 ans, et prioritairement concerner une ou plusieurs des thématiques suivantes : les conduites addictives, la santé mentale, l&amp;#039;hygiène de vie, l&amp;#039;éducation à la vie affective et sexuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets peuvent consister en des actions de sensibilisation, d&amp;#039;information et de communication, et/ou des actions de soutien et d&amp;#039;accompagnement sur des thématiques spécifiques, au premier rang desquelles : la prévention du mal-être, les actions pour lutter contre le tabagisme, les addictions aux écrans, le sommeil, la santé sexuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils visent à limiter les comportements à risque et à favoriser le bien-être en développant chez le jeune la confiance en soi, le sens de la responsabilité et la capacité à lutter contre le harcèlement.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière est portée aux projets en
+ santé mentale, g
+ rande cause régionale 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées en ligne sur la plateforme :
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  https://mesdemarches.iledefrance.fr/
+ &lt;/a&gt;
+ , dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Subvention en
+ &lt;strong&gt;
+  fonctionnement
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ La subvention régionale est fixée à 50% de la dépense subventionnable (total des dépenses éligibles). Le montant de subvention est fixé au plafond de 50.000 € par an et par opérateur pour un même projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Santé
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2019</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La priorité est donnée aux actions favorisant une approche globale et pluridisciplinaire (service sanitaire, pairs, acteurs de la prévention, professionnels de santé, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière est portée aux projets à destination des lycéens et permettant également de faire des parents les premiers acteurs de la prévention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Également, la dimension régionale des projets est souhaitée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/prevention-sante-jeunes</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service santé :
+ &lt;a rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01.53.85.53.85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c8b2-prevention-sante-jeunes/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>149099</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de E santé visant à développer l’offre de soins ou de prévention sur votre territoire</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets de E santé des professionnels de santé</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...17 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...73 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de E santé visant à développer l&amp;#039;offre de soins ou de prévention sur votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;une aide régionale comprise entre 10 000 € et 75 000 € en fonction du projet, avec un taux d&amp;#039;intervention plafonné à 50% des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une avance de trésorerie de 50 % dès le démarrage de votre projet à réception des pièces mentionnées dans la convention ou la notification.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P22" s="1" t="inlineStr">
-[...86 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2023</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-projets-de-e-sante-pour-les-patients-et-les-professionnels-de-sante/</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0178/depot/simple</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant de déposer votre dossier en ligne, contactez Sandrine POITTEVIN,
+&lt;/p&gt;
+&lt;p&gt;
+ chargée de mission E santé – Tél : 03 26 70 66 61 – sandrine.poittevin&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant le dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est. Il vous est demandé de déposer votre demande en ligne au plus tard 3 mois avant le début de votre projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c184-soutien-aux-projets-de-e-sante-pour-les-patie/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...617 lines deleted...]
-      <c r="H26" s="1" t="inlineStr">
+Département</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
-[...150 lines deleted...]
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
 &lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;
   Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
 &lt;h4&gt;&lt;em&gt;
   Architecture, paysage, urbanisme, énergie
  &lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des schémas de principe,
  &lt;/li&gt;
  &lt;li&gt;
   des orientations d&amp;#039;aménagement,
  &lt;/li&gt;
  &lt;li&gt;
   des programmes et des chiffrages&lt;/li&gt;
 &lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
@@ -5657,4979 +8684,398 @@
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse des budgets des collectivités,
  &lt;/li&gt;
  &lt;li&gt;
   la réalisation de prospective et rétrospective financières
  &lt;/li&gt;
  &lt;li&gt;
   simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Rédaction :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des pièces des marchés publics (restauration, monuments historiques, assainissement...)
  &lt;/li&gt;
  &lt;li&gt;
   de concession de service,
  &lt;/li&gt;
  &lt;li&gt;
   de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;
   Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
  &lt;/strong&gt;
  : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Domaine du paysage et de l&amp;#039;urbanisme
  &lt;/strong&gt;
  : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent solliciter l&amp;#039;ADAC 37 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
  &lt;/li&gt;
  &lt;li&gt;
   les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
  &lt;/li&gt;
  &lt;li&gt;
   le conseil départemental d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
  &lt;li&gt;
   les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Indre-et-Loire</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://www.adac37.fr</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>administration@adac37.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...161 lines deleted...]
-      <c r="G29" s="1" t="inlineStr">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
-[...265 lines deleted...]
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
-[...1160 lines deleted...]
-Sols
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...13 lines deleted...]
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-International
-[...6 lines deleted...]
-Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Mers et océans
-[...5 lines deleted...]
-      <c r="O35" s="1" t="inlineStr">
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
-[...679 lines deleted...]
-      <c r="S36" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
-[...1521 lines deleted...]
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
-[...585 lines deleted...]
-Musée
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
-Handicap
-[...2 lines deleted...]
-Revitalisation
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
-Bibliothèques et livres
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="S46" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
-[...173 lines deleted...]
-      </c>
       <c r="U47" s="1" t="inlineStr">
         <is>
-          <t>Rhône Département (hors métropole de Lyon)</t>
+          <t>Aveyron</t>
         </is>
       </c>
       <c r="V47" s="1" t="inlineStr">
         <is>
-          <t>http://rhône.fr</t>
-[...4 lines deleted...]
-          <t>http://atdr@rhone.fr</t>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
       <c r="X47" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...5 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y47" s="1" t="inlineStr">
         <is>
-          <t>patricia.pompon@rhone.fr</t>
+          <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
       <c r="Z47" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
         </is>
       </c>
       <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:27" customHeight="0">
       <c r="A48" s="1">
         <v>158480</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
@@ -10811,1288 +9257,2686 @@
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
       <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
       <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:27" customHeight="0">
       <c r="A49" s="1">
-        <v>162634</v>
+        <v>103413</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Réhabiliter et construire des bâtiments publics</t>
+          <t>Soutenir l'installation des professionnels de santé libéraux</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>Bâtiment</t>
+          <t>Aide à l'installation des professionnels de santé libéraux</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>Agence technique départementale (ATD) des Vosges</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>Commune
-[...1 lines deleted...]
-Département</t>
+          <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...1 lines deleted...]
-&lt;p&gt;Dans le domaine du bâtiment nos techniciens vous accompagnent en réalisant des études de faisabilité ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Dans le cadre du plan &amp;#34;Région solidaire&amp;#34;, la Région d&amp;#039;Île-de-France s&amp;#039;engage aux côtés des professionnels libéraux omnipraticiens ou spécialistes, qu&amp;#039;ils exercent seuls ou en cabinet, afin de les aider dans leur installation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent démarrer à partir du vote en commission permanente sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
+&lt;/p&gt;
+&lt;h4&gt;
+ Taux et montant de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ La Région peut accompagner les professionnels de santé dans leurs travaux d&amp;#039;installation et/ou pour l&amp;#039;acquisition de leur équipement (médical, informatique ou de sécurité) à hauteur de 50% de leurs dépenses et dans la limite de 15.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est limitée à 30.000 € par cabinet.
+&lt;/p&gt;
+&lt;br /&gt;</t>
         </is>
       </c>
       <c r="M49" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Construction d&amp;#039;écoles, de bâtiments techniques, de mairie, gymnase...&lt;/p&gt;&lt;p&gt;Réhabilitation de bâtiment avec ou sans changement de destination&lt;/p&gt;&lt;p&gt;Amélioration thermique des bâtiments&lt;/p&gt;&lt;p&gt;Mise aux normes d&amp;#039;un parc bâtimentaire (accessibilité, défense incendie...)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ L&amp;#039;aide porte sur des projets d&amp;#039;investissement concernant des travaux d&amp;#039;installation et de l&amp;#039;équipement pour les professionnels qui arrivent nouvellement sur le territoire d&amp;#039;Île-de-France.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N49" s="1" t="inlineStr">
         <is>
-          <t>Patrimoine et monuments historiques
-[...3 lines deleted...]
-Logement et habitat</t>
+          <t>Citoyenneté
+Santé</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
+          <t>Récurrente</t>
         </is>
       </c>
       <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Etre une collectivité ou un EPCI du Département des Vosges
-[...2 lines deleted...]
- Etre adhérent à l&amp;#039;ATD 88
+ Sont éligibles les professionnels de santé libéraux exerçant seuls ou en cabinet de groupe :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Omnipraticiens ou spécialistes de premier recours (gynécologues, pédiatres, pédopsychiatres, ophtalmologistes),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Masseurs-kinésithérapeutes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infirmiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sages-femmes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U49" s="1" t="inlineStr">
         <is>
-          <t>Vosges</t>
+          <t>Île-de-France</t>
         </is>
       </c>
       <c r="V49" s="1" t="inlineStr">
         <is>
-          <t>https://www.atd88.fr/competences/batiment/</t>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-linstallation-des-professionnels-de-sante-liberaux</t>
         </is>
       </c>
       <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
-[...5 lines deleted...]
- Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+ Magdouda Bendjebla -
+ &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  magdouda.bendjebla&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 74
+62
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique
+Boislaville -
+ &lt;a href="mailto:veronique.boislaville&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  veronique.boislaville&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 75
+77
+&lt;/p&gt;
+&lt;p&gt;
+ Pierre Faivre -
+ &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  pierre.faivre&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 66 96
+&lt;/p&gt;
+&lt;p&gt;
+ Aurélie Deltombe -
+ &lt;a href="mailto:aurelie.deltombe&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aurelie.deltombe&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 73 42
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales :
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y49" s="1" t="inlineStr">
         <is>
-          <t>pmilliot@atd88.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z49" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-les-vitesses-et-le-trafic-routier/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1133-aide-a-linstallation-des-professionnels-de-sa/</t>
         </is>
       </c>
       <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:27" customHeight="0">
       <c r="A50" s="1">
-        <v>162637</v>
+        <v>103414</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Instruire les acte d'urbanisme</t>
+          <t>Soutenir les professionnels de santé dans l'exercice de leur activité</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>Urbanisme</t>
+          <t>Soutien aux professionnels de santé dans l'exercice de leur activité</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>Agence technique départementale (ATD) des Vosges</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>Commune
-[...1 lines deleted...]
-Département</t>
+          <t>Association</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 50 000 euros par an</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+ La Région encourage la coordination des professionnels de santé afin de réduire les fractures territoriales, en soutenant les actions leur permettant d&amp;#039;engager des actions de formation et d&amp;#039;amélioration des conditions d&amp;#039;exercice et de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région porte notamment sur les projets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions valorisant les nouvelles formes d&amp;#039;exercice et permettant une
+  &lt;br /&gt;
+  meilleure coordination sur le territoire entre les différents acteurs de la santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutter contre les risques psychosociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interventions visant à préserver une qualité de vie professionnelle en adéquation avec les responsabilités relatives à l&amp;#039;exercice de leurs missions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions incitant les professionnels de santé à exercer durablement leur activité en Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de formation et de sensibilisation à destination des professionnels de santé sur les thématiques de santé prioritaires pour la Région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à donner plus de temps médical aux professionnels de santé, en particulier en les dégageant de certaines contraintes administratives,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à soutenir l&amp;#039;offre de soins.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Les dossiers sont à déposer sur la plateforme régionale
+&lt;a rel="noopener" target="_blank"&gt;
+ mesdermarches.iledefrance.fr
+&lt;/a&gt;
+(dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »).
+&lt;br /&gt;</t>
         </is>
       </c>
       <c r="N50" s="1" t="inlineStr">
         <is>
-          <t>Espace public
-[...1 lines deleted...]
-Bâtiments et construction</t>
+          <t>Santé</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
-[...5 lines deleted...]
- Etre adhérent à l&amp;#039;ATD 88
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/soutien-aux-professionnels-de-sante-dans-lexercice-de-leur-activite</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aurélie DELTOMBE : aurelie.deltombe&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 73 42
+&lt;/p&gt;
+&lt;p&gt;
+ Service santé :
+ &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Tél. : 01 53 85 53 85
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont à déposer sur la plateforme régionale
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdermarches.iledefrance.fr
+ &lt;/a&gt;
+ (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »).
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="Y50" s="1" t="inlineStr">
         <is>
-          <t>pmilliot@atd88.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z50" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/467c-soutien-aux-professionnels-de-sante-dans-lexe/</t>
         </is>
       </c>
       <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:27" customHeight="0">
       <c r="A51" s="1">
-        <v>162642</v>
+        <v>163045</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+          <t>Développer une approche territoriale de la santé</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>Etude de faisabilité / opportunité</t>
+          <t>Fiche action 1 - Développer une approche territoriale de la santé</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>Agence départementale Aveyron Ingénierie</t>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
-        <is>
-[...240 lines deleted...]
-      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I53" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K53" s="1" t="inlineStr">
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 25 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N53" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Sud Gironde souhaite développer et diversifier l’offre de santé afin de garantir un accès aux services de santé sur le territoire. En effet, la santé est une condition essentielle à la vie de tous et doit être prise en compte dans un monde où elle est de plus en plus négligée. Pour cela, l’attractivité du territoire doit être renforcée par la promotion et la valorisation de la santé locale à travers des projets innovants. Cette stratégie accompagnera également tout projet permettant le partage de pratiques entre acteurs de la santé et le développement de nouvelles activités afin d’encourager le développement d’une approche territoriale de la santé et de favoriser l’attractivité médicale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage et gestion du projet, Infrastructures des professionnels de santé&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P53" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S53" s="1" t="inlineStr">
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>30/12/2027</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel, agriculteur dans le cadre de leur activité agricole &lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>leader@polesudgironde.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-une-approche-territoriale-de-la-sante/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>163124</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Financer l’immobilier de santé et médico-social</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’immobilier de santé et médico-social</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;_________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;_______________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une entreprise publique locale (EPL), une entreprise ou un acteur financier, et vous avez pour objectif de diversifier et améliorer l’offre de santé du territoire, renforcer l’articulation entre les différents établissements de santé et médico-sociaux, réduire la consommation énergétique et les émissions de gaz à effet de serre de vos bâtiments de santé, ou encore renforcer l’attractivité de votre territoire ? La Banque des Territoires vous propose une offre d’investissement dédiée à l’immobilier santé et médico-social : résidences services, Ehpad, logements sociaux, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous pouvons financer les projets d’habitat de santé et médico-social qui répondent aux besoins de soins dans les territoires, tout en renforçant l’offre de soins de proximité, préventive et primaire. Ils contribuent ainsi à la modernisation et à la (re)structuration de l’offre d&amp;#039;hébergement médicalisé et non médicalisé. Nous finançons également les projets d’habitat social structurants pour le développement économique, l’attractivité et la mixité sociale de certains territoires et répondant aux besoins spécifiques des populations fragiles.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Santé
+Bâtiments et construction
+Logement et habitat
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-immobilier-sante-medico-social?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=immo_sms_psat</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-limmobilier-de-sante-et-medico-social/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>163091</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions en faveur de la santé environnementale</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action 7 - Santé environnementale</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé environnementale comprend les aspects de la santé humaine, y compris la qualité de la vie, qui sont déterminés par les facteurs physiques, chimiques, biologiques, sociaux, psychosociaux et esthétiques de notre environnement. Elle concerne également la politique et les pratiques de gestion, de résorption, de contrôle et de prévention des facteurs environnementaux susceptibles d’affecter la santé des générations actuelles et futures. Dans le cadre de la stratégie territoriale, il est souhaité une meilleure appréhension des enjeux de la santé environnementale, approche complexe et sensible de la santé basée sur l’environnement (biodiversité, problématiques climatiques, espaces socialisés, humains ...) par les collectivités, les professionnels de santé et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Conception et développement d&amp;#039;outils d&amp;#039;animation et de communication ; Accompagnement des populations&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Santé
+Risques naturels
+Qualité de l'air
+Biodiversité
+Appui méthodologique
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
       <c r="T53" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U53" s="1" t="inlineStr">
         <is>
-          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+          <t>GAL Sud Gironde</t>
         </is>
       </c>
       <c r="V53" s="1" t="inlineStr">
         <is>
-          <t>https://pays-ploermel.fr</t>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
       <c r="X53" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;leader&amp;#64;pays-ploermel.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y53" s="1" t="inlineStr">
         <is>
-          <t>leader@pays-ploermel.fr</t>
+          <t>leader@polesudgironde.fr</t>
         </is>
       </c>
       <c r="Z53" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-sante-et-du-bien-etre-des-habitants-du-territoire/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde/</t>
         </is>
       </c>
       <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:27" customHeight="0">
       <c r="A54" s="1">
-        <v>149099</v>
+        <v>163010</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mener à bien un projet de E santé visant à développer l’offre de soins ou de prévention sur votre territoire</t>
-[...4 lines deleted...]
-          <t>Soutien aux projets de E santé des professionnels de santé</t>
+          <t>Renforcer l'accès et la prévention en santé</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Renforcer l&amp;#039;accès et la prévention en santé &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les habitants du Pays
+d’Ancenis connaissent des difficultés d’accès aux soins de premier recours et
+le territoire doit anticiper à moyen terme une baisse de sa densité médicale.
+La prise de conscience de la nécessité d’agir activement est partagée par des
+professionnels de santé et les élus, et les nouvelles initiatives doivent être
+encouragées en vue d’améliorer la prise en charge des patients et la prévention
+en santé et afin de développer la coordination pluri professionnelle.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La prévention de la santé : lutter contre le non-recours aux
+soins, aux aides sociales, et aux droits, développer et animer une politique de
+prévention de la santé et de lutte contre les addictions, prendre en compte
+l’environnement et l’alimentation dans la santé des populations&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;L’accès aux soins et l’offre de santé : conforter la place
+     de l’hôpital, attirer et pérenniser la présence des professionnels de
+     santé et des professionnels du secteur sanitaire et social, réduire le
+     taux de vacance des locaux destinés aux professionnels de santé&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;L’inclusion de tous dans la vie sociale, économique et culturelle :
+     anticiper le vieillissement et la perte d’autonomie, favoriser l’inclusion
+     de tous aux services (services publics, animations du territoire, offre
+     culturelle, par exemple), prise en compte de la santé en urbanisme et dans
+     le bâtiment, lutte contre la précarité énergétique, prévention du
+     harcèlement scolaire&lt;/span&gt;&lt;em&gt;&lt;span&gt;&lt;/span&gt;&lt;/em&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans le
+domaine de la santé, le secteur médico-social : études stratégiques,
+diagnostics préalables, études de faisabilité, études de marchés, projets de
+santé&lt;/li&gt;&lt;li&gt;Etudes visant à prendre en compte la santé dans les projets
+d’aménagement : démarches de type évaluation impact santé&lt;/li&gt;&lt;li&gt;Actions d’animation, de communication et organisation d’évènements
+auprès de réseaux d’acteurs (actions de promotion du territoire auprès des
+professionnels de santé, coordination, actions de valorisation des métiers du secteur
+sanitaire et social, par exemple)&lt;/li&gt;&lt;li&gt;Actions d’animation, de sensibilisation, de prévention et
+     organisation d’évènements en matière de santé et de « bien
+     vivre » auprès de tous les publics (familles, jeunes, personnes
+     âgées, personnes en situation de handicap, par exemple)&lt;/li&gt;&lt;li&gt;Travaux de construction,
+de rénovation et équipements visant à conforter et moderniser l’offre de soins
+de proximité (équipements médicaux, équipements de télémédecine, e-santé,
+création de services mutualisés, par exemple)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/proposer-une-offre-de-logements-adaptee-aux-besoins-specifiques-des-habitants-et-explorer-de-nouveaux-types-dhabitat/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>111639</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les parents et les familles à travers le Réseau d'écoute, d'appui et d'accompagnement des parents (REAAP)</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité et santé : Enfance</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Aide définie dans le cadre de la conférence des financeurs</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au fonctionnement du Réseau d&amp;#039;écoute, d&amp;#039;appui et d&amp;#039;accompagnement des parents (REAAP) pour des actions menées en faveur de l&amp;#039;enfance et des familles, en soutien à la fonction parentale.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide accordée par le comité des financeurs, composé du Département et de la Caisse d&amp;#039;Allocations Familiales.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-SOLI-036 (AD du 02/07/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du développement social
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 16 42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/af55-accompagner-les-parents-et-les-familles/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>103324</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Santé numérique et innovation</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Innovation en santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intelligence artificielle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Télémédecine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléconsultation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléexpertise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des professionnels de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la prise en charge des patients.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention en fonctionnement :
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention régionale est fixée à 50% de la dépense subventionnable (total des dépenses éligibles). Le montant de subvention est fixé au plafond de 50.000€ par an et par opérateur pour un même projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;un dispositif régional pouvant être sollicité durant toute l&amp;#039;année en fonction de la disponibilité des crédits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P56" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2019</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations relevant de la loi de 1901 et les fondations reconnues d&amp;#039;utilité publique, existantes depuis au moins 1 an.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets innovants et emblématiques :
+  &lt;/strong&gt;
+  les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets de recherche :
+  &lt;/strong&gt;
+  les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/sante-numerique-et-innovation</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service santé :
+ &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ et
+ &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  pierre.faivre&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01.53.85.53.85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dfa-sante-numerique-et-innovation/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>73059</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’innovation dans le champ du vieillissement actif et en santé</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Caisse nationale d'assurance vieillesse (CNAV)
+Agirc-Arrco
+France Active
+Mutualité sociale agricole (MSA)</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H54" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K54" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
-[...8 lines deleted...]
- D&amp;#039;une avance de trésorerie de 50 % dès le démarrage de votre projet à réception des pièces mentionnées dans la convention ou la notification.
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ VIVA LAb repère et accompagne des solutions servicielles, technologiques ou organisationnelles à fort potentiel et ayant réussi leur preuve de concept (validation de la faisabilité, de l&amp;#039;existence d&amp;#039;un marché etc.)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement, intégralement financé par VIVA Lab, est assuré par des partenaires experts référencés sur le territoire (livings lab, incubateurs, clusters, cabinets d&amp;#039;experts du domaine, etc.). Il articule différentes dimensions : business plan, études d&amp;#039;usages, stratégie commerciale, accompagnement au processus de levée de fonds, subvention éventuelle, etc. en fonction des besoins et de la maturité du projet soutenu.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est la détection et le soutien au déploiement de solutions destinées à apporter des réponses nouvelles aux besoins des retraités (nouveaux services, nouvelles générations d&amp;#039;aides techniques, etc.) dans le champ, par exemple, du bien-être et de la prévention, du soutien aux aidants, du numérique, des projets de lieux de vie collectifs, etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ VIVA Lab accompagne tous les types de structures (entreprises ESS ou non, start-up, association, etc.).
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="T54" s="1" t="inlineStr">
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un descriptif des projets accompagnés par VIVA Lab est disponible sur le site internet :
+ &lt;a href="https://www.vivalab.fr/"&gt;
+  https://www.vivalab.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Accès aux services
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors de l&amp;#039;étude des projets, les membres du pôle sont particulièrement vigilants à l&amp;#039;existence d&amp;#039;une preuve de concept, au potentiel national de la solution et à son modèle économique (non dépendant de subventions publiques ou para publiques).
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, VIVA Lab ne soutient pas :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les solutions à destination des personnes dépendantes ou en perte d&amp;#039;autonomie. Nous cherchons des solutions amont
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le financement de votre projet : un soutien financier est possible mais s&amp;#039;inscrira dans un accompagnement global et sera fléché vers des aspects précis de votre développement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vivalab.fr/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le
+ &lt;a href="https://www.vivalab.fr/"&gt;
+  formulaire de contact
+ &lt;/a&gt;
+ en bas de page mettra le porteur d&amp;#039;action en lien avec le bon interlocuteur régional au sein de la Carsat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>magalie.raimbault@cnav.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3b9-soutenir-linnovation-dans-le-champ-de-la-prev/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>103319</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la santé et le bien-être des animaux de compagnie</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Région Île-de-France amie des animaux de compagnie</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Île-de-France est engagée dans une démarche inédite visant à construire une
+ région solidaire amie des animaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour une demande en investissement, la subvention régionale
+   s&amp;#039;élève à 50 % maximum de la dépense subventionnable du coût de l&amp;#039;action
+   présentée, et à un montant plafond de 100 000 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour une demande en fonctionnement, la subvention
+   régionale s&amp;#039;élève à 50 % maximum de la dépense subventionnable du coût de
+   l&amp;#039;action présentée, et à un montant plafond de 50 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ C
+ e dispositif est ouvert en continu, vous pouvez candidater toute l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en investissement ou en fonctionnement
+ dans le cadre du dispositif « Région Île-
+ de-France amie des animaux de compagnie »
+ sur la plateforme des aides régionales :
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  https://mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P58" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2021</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les projets ayant pour objectif de favoriser la santé et le bien-être des animaux de compagnie, de lutter contre la maltraitance et l&amp;#039;abandon, de promouvoir le partage de l&amp;#039;espace public et de permettre l&amp;#039;accueil des animaux de compagnie dans des structures adaptées en vue de leur adoption. Sont également éligibles les projets créateurs de lien social et bénéfiques à l&amp;#039;économie locale, ainsi que les projets permettant de renforcer la place des animaux de compagnie auprès des personnes fragilisées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/region-ile-de-france-amie-des-animaux-de-compagnie</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service action sociale, santé, famille
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contact :
+ &lt;/strong&gt;
+ &lt;a href="mailto:solidarites&amp;#64;iledefrance.fr"&gt;
+  solidarites&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e411-region-ile-de-france-amie-des-animaux-de-comp/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>111636</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir les jeunes enfants</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité et santé: Protection maternelle et infantile et santé publique (accueil des jeunes enfants)</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention forfaitaire</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au développement de places en établissement d&amp;#039;accueil de jeunes enfants.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-03-0088 (AD du 28/06/2016)
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention forfaitaire :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Territoire prioritaire : 1.000€ par place.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autres territoires : 700€ par place.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la protection maternelle et infantile
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 98 52
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6f87-accueillir-les-jeunes-enfants/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>111659</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Développer les projets sport nature et sport santé</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Sport : Mesures en faveur du sport "Jouons collectif"</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût de l'équipement, plafonné à 15.000€ dans la limite de l'enveloppe dédiée</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mesure en faveur du sport &amp;#34;Jouons collectif&amp;#34; : aide à l&amp;#039;achat de petit équipement fixe ou mobile pour le développement des projets sport nature et sport santé. Le matériel doit être librement accessible au grand public (accès gratuit).
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2019-02-0013 (AD du 30/09/2019)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Egalité des chances
+Cohésion sociale et inclusion
+Santé</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet doit être présenté pour que soient assurés l&amp;#039;animation du site, son exploitation et son entretien afin de garantir une activité de qualité et sécurisée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
-[...23 lines deleted...]
- Attention : tout projet démarré avant le dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est. Il vous est demandé de déposer votre demande en ligne au plus tard 3 mois avant le début de votre projet.
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des sports
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 93 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1209-developper-les-projets-sport-nature-et-sport-/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...166 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>101387</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Financer la santé numérique et les services liés au prendre soin</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...7 lines deleted...]
-      <c r="K56" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="O56" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+entreprise privée (opérateur, investisseur, exploitant ou société de services
+portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
+entreprise à mission ou corporate venture) et vous développez un projet de
+services relatifs à la santé et au prendre soin ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des Territoires vous permet de
+bénéficier d’un financement adapté à votre projet, de profiter de l’expertise
+d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
+propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
+service lié à la e-santé et au médico-social, comme la transition numérique des
+établissements de santé, l’usage du numérique pour la prévention, les
+technologies innovantes au service des soignants, ou encore un service à impact
+social lié au prendre soin dans la santé, le vieillissement, le handicap, la
+petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
+« tiers de confiance », la Banque des Territoires propose de financer
+les projets portant une logique d’intérêt général sous la forme d’apports en
+capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
+d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
+aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
+la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
+données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
+de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
+sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
+des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
+&lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
+l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
+transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
+et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Santé
+Technologies numériques et numérisation
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
-[...159 lines deleted...]
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>120320</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Protéger la santé des usagers-sécurité sanitaire et alimentaire</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Protection de la santé des usagers-sécurité sanitaire et alimentaire</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;p&gt;
+ En lien étroit avec les collectivités et les services de l&amp;#039;état (DDPP26, ARS) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réunions de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visites sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Aide à la définition des besoins, objectifs et priorités.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contrôle annuel des installations collectives d&amp;#039;eau chaude sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérification de la désinfection de réseaux d&amp;#039;eau chaude sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle réglementaire des tours aéroréfrigérées d&amp;#039;un bâtiment
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prélèvements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de paramètres microbiologiques
+  &lt;em&gt;
+   Legionella spp
+  &lt;/em&gt;
+  et
+  &lt;em&gt;
+   pneumophila
+  &lt;/em&gt;
+  selon les limites de qualité prescrites par la réglementation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du traitement des circuits
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissement du carnet sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contrôle de la qualité sanitaire des aliments pour la restauration collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un système d&amp;#039;autocontrôles dans le respect des exigences réglementaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de micro-organismes pathogènes et indicateurs d&amp;#039;hygiène, vérification des procédés pour les entrées, plats et desserts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de l&amp;#039;eau de consommation sur les points d&amp;#039;usage type robinets, fontaines dans les salles de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyses microbiologiques des locaux et du matériel pour les professionnels de l&amp;#039;alimentation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de contaminants et substances indésirables : nitrates, bromures, métaux lourds, dioxines &amp;amp; furanes...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation HACCP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention dans le cadre des Toxi Infections Alimentaires Collectives (TIAC)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prélèvements et analyses des eaux de distribution, eaux de consommation,eaux de production, eaux de ressources (autosurveillance, ARS...), des eaux de piscines et baignade, balnéothérapie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyses d&amp;#039;eau de forage ou de puits pour les demandes de permis de construire (particuliers et collectivités)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le laboratoire départemental de la Drôme assure une veille épidémiologique. Il met au service des drômois son expertise technique et vétérinaire pour la mise en œuvre d&amp;#039;analyses réglementaires et plans de surveillance ordonnés par l&amp;#039;état (DDPP26) pour éviter la propagation des maladies à l&amp;#039;homme et aux animaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eaux dans le cadre de santé publique en prévention du risque légionelle et pour les contrôles officiels demandés par les A.R.S, Hygiène alimentaire en restauration collective et analyses d&amp;#039;échantillons alimentaires Dépistage des maladies contagieuses à l&amp;#039;Homme et aux animaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/protection-de-la-sante-des-usagers-securite-sanitaire-et-alimentaire/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Drôme Laboratoire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
+  laboratoire&amp;#64;ladrome.fr
+ &lt;/a&gt;
+ &lt;a href="http://www.ladrome.fr/"&gt;
+  – 04.75.81.70.70
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
+  www.ladromelaboratoire.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c803-protection-de-la-sante-des-usagers-securite-s/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>120779</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le maintien et à la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au maintien et à la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du
+plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux
+omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en
+cabinet de groupe.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
+ &lt;/p&gt;
+ &lt;h4&gt;
+  Nature de l&amp;#039;aide et montant
+ &lt;/h4&gt;
+ &lt;p&gt;
+  La Région peut participer :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50 % maximum de la dépense dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     au financement d&amp;#039;acquisition d&amp;#039;équipements destinés à sécuriser les locaux professionnels (portes blindées, clés de sûreté, etc...) à hauteur de 70% maximum de la dépense dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;p&gt;
+  Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30 000 € au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Acquisition d&amp;#039;équipements (mobiliers et informatiques)
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Sécurisation des cabinets médicaux
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires éligibles : Professionnels de
+santé libéraux exerçant seuls ou en cabinet de groupe :
+&lt;/p&gt;
+&lt;p&gt;
+ - omnipraticiens ou
+spécialistes de premier recours,
+&lt;/p&gt;
+&lt;p&gt;
+ -
+masseurs-kinésithérapeutes,
+&lt;/p&gt;
+&lt;p&gt;
+ - infirmiers,
+&lt;/p&gt;
+&lt;p&gt;
+ - sages-femmes.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
-[...9 lines deleted...]
-  sante&amp;#64;iledefrance.fr
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Magdouda Bendjebla -
+magdouda.bendjebla&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.74.62
+&lt;/p&gt;
+&lt;p&gt;
+ Aurélie Deltombe -
+aurelie.deltombe&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.69.5273.42
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique
+Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.75.77
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7428-soutien-au-maintien-et-a-la-securisation-des-/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>126587</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir au maintien et à la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au maintien et à la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du
+plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux
+omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en
+cabinet de groupe.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Professionnels de
+santé libéraux exerçant seuls ou en cabinet de groupe :
+&lt;/p&gt;
+&lt;p&gt;
+ - omnipraticiens ou
+spécialistes de premier recours,
+&lt;/p&gt;
+&lt;p&gt;
+ -
+masseurs-kinésithérapeutes,
+&lt;/p&gt;
+&lt;p&gt;
+ - infirmiers,
+&lt;/p&gt;
+&lt;p&gt;
+ - sages-femmes.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région peut participer :
+&lt;/p&gt;
+&lt;p&gt;
+ - au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50 % maximum de la dépense
+ dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ - au financement d&amp;#039;acquisition d&amp;#039;équipements destinés à sécuriser les locaux professionnels (portes blindées, clés de sûreté, etc...) à hauteur de 70% maximum de la dépense
+ dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30 000 € au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Acquisition
+d&amp;#039;équipements (mobiliers et informatiques)
+&lt;/p&gt;
+&lt;p&gt;
+ Sécurisation
+des cabinets médicaux
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 01.53.85.53.85
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes sont instruites par nos services et en cas d&amp;#039;arbitrage favorable, les dossiers sont présentés au vote des élus régionaux lors de la commission régionale de janvier ou de juillet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Magdouda Bendjebla -
+magdouda.bendjebla&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.74.62
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique
+Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tél. :
+01.53.85.75.77
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6342-soutien-au-maintien-et-a-la-securisation-des-/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>152461</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Aider à la création de parcours de santé et parcs de fitness extérieurs</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>PARCOURS DE SANTE ET PARCS DE FITNESS EXTERIEURS</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I58" s="1" t="inlineStr">
+      <c r="I65" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 80</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, la réhabilitation ou l&amp;#039;aménagement de parcours de santé ou d&amp;#039;équipements de sports santé (appareils de musculation extérieurs et appareils permettant aussi de faire un travail cardiovasculaire) afin de permettre à tous la pratique sportive d&amp;#039;entretien ou intensive pour les publics jeunes, adultes et séniors occasionnels, réguliers ou confirmés, en toute sécurité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M58" s="1" t="inlineStr">
+      <c r="M65" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;un parc de fitness avec 8 appareils
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un parcours de santé avec 13 agrès - Rue de la Gare
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un parcours de santé et d&amp;#039;un parc de fitness extérieur
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de création d&amp;#039;un parcours de santé avec 8 agrès
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un parc de fitness - Rue du Chemin Vert (VC)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espace public
 Santé
 Equipement public</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles HT
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -12190,4301 +12034,1817 @@
   animation du site
  &lt;/li&gt;
  &lt;li&gt;
   travaux en régie
  &lt;/li&gt;
  &lt;li&gt;
   les équipements de type streeworkout et bancs de musculation (éligibles dans le cadre du dispositif &amp;#34;Equipements sportifs&amp;#34;)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES ELIGIBLES
  &lt;/strong&gt;
  &lt;strong&gt;
   :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pose des différents éléments par le (s) fournisseur (s) ou entreprise(s) spécialisée(s)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
+      <c r="W65" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df65-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-[...220 lines deleted...]
-      <c r="G60" s="1" t="inlineStr">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>132273</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Se former sur l'urbanisme favorable à la santé [formation]</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Module de formation sur l'urbanisme favorable à la santé</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de santé (ARS) — Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Collectivité d’outre-mer à statut particulier
-[...11 lines deleted...]
-      <c r="K60" s="1" t="inlineStr">
+Région</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
-[...63 lines deleted...]
-      <c r="O60" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le module pédagogique sur l&amp;#039;urbanisme favorable à la santé du portail e-set BFC a pour objectif de donner des clés de lecture aux collectivités territoriales pour développer, promouvoir les enjeux de l&amp;#039;urbanisme favorable à la santé dans leurs politiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Mais qu&amp;#039;est ce que l&amp;#039;urbanisme favorable à la santé ? Pourquoi et comment faire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Vous y trouverez également des retours d&amp;#039;expériences de collectivités territoriales de Bourgogne-Franche-Comté qui ont mis en place des projets urbains favorables à la santé.
+&lt;/p&gt;
+&lt;p&gt;
+ Lien:
+ &lt;a href="https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/" target="_self"&gt;
+  https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développement de l&amp;#039;urbanisne favorable à la santé au sein des collectivités
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="T60" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formation accessible à tous
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Michael NGUYEN HUU, référent urbanisme favorable à la santé à l&amp;#039;ARS Bourgogne Franche Comté, michael.nguyen-huu&amp;#64;ars.sante.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>michael.nguyen-huu@ars.sante.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f93-module-de-formation-sur-lurbanisme-favorable-/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G61" s="1" t="inlineStr">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>163235</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Agir en faveur de la santé et du bien-être des habitants du territoire</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 1</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I61" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K61" s="1" t="inlineStr">
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N61" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays de Ploërmel est engagé sur la santé depuis 2005 et dans un Contrat Local de Santé depuis 2013.&lt;/p&gt;&lt;p&gt;Pour rester attractif, le territoire a besoin d’adapter ses services aux besoins émergents de la population. Des faiblesses ont été identifiées sur le territoire du Pays de Ploërmel, en particulier sur l’offre de santé et l’habitat. Ces deux thèmes sont des facteurs incontournables de l’attractivité mais également du bien-être des habitants. Il est essentiel que chaque habitant comprenne les risques auxquels il s’expose afin de mieux se protéger et protéger son environnement. La crise sanitaire de la Covid-19 a par ailleurs rappelé les interactions fortes entre santé humaine et santé de l&amp;#039;environnement. Ainsi, il s’agit d’intégrer la santé dans les politiques publiques, et la mettre en oeuvre au niveau des territoires afin de réduire les inégalités sociales et territoriales de santé.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation aux déterminants de santé et à la citoyenneté en santé ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation à la santé mentale ;&lt;/li&gt;&lt;li&gt;Actions de dépistage et de prévention ;&lt;/li&gt;&lt;li&gt;Action de soutien à la parentalité ;&lt;/li&gt;&lt;li&gt;Actions de prévention et de promotion de la santé ;&lt;/li&gt;&lt;li&gt;Evènements pluridisciplinaires visant à élargir la représentation des déterminants de la santé à destination du grand public, des élus ou des professionnels ;&lt;/li&gt;&lt;li&gt;Actions visant à changer les habitudes et sensibiliser aux bonnes pratiques pour améliorer sa santé.&lt;/li&gt;&lt;li&gt;Actions de prévention et de promotion de la santé innovantes ;&lt;/li&gt;&lt;li&gt;Actions innovantes autour de la e-santé ou santé connectée ;&lt;/li&gt;&lt;li&gt;Actions visant l’accessibilité de la santé aux publics vulnérables ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’installation de professionnels de santé sur le territoire ;&lt;/li&gt;&lt;li&gt;Dispositif d’accompagnement des professionnels de santé ;&lt;/li&gt;&lt;li&gt;Actions visant à améliorer le bien-être des soignants ;&lt;/li&gt;&lt;li&gt;Actions visant à améliorer le bien-être des aidants ;&lt;/li&gt;&lt;li&gt;Actions valorisant les métiers du soin, du prendre soin et de l’accompagnement ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accès des jeunes aux formations des métiers du soin.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réunion d’information à destination des élus et des professionnels sur les dispositifs de santé ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur l’usage raisonné des écrans ;&lt;/li&gt;&lt;li&gt;Défi « famille à alimentation positive » ;&lt;/li&gt;&lt;li&gt;Défi « citoyen santé » ;&lt;/li&gt;&lt;li&gt;« Fresque One Health » ;&lt;/li&gt;&lt;li&gt;Point d’écoute et d’information santé mobile (van aménagé) ;&lt;/li&gt;&lt;li&gt;Borne de télémédecine ;&lt;/li&gt;&lt;li&gt;Logiciels d’aide à la prescription ;&lt;/li&gt;&lt;li&gt;Forum des métiers de la santé ;&lt;/li&gt;&lt;li&gt;Programme de tutorat entre jeunes dans les formations des métiers du soin ;&lt;/li&gt;&lt;li&gt;Dispositif d’accompagnement à l’installation des professionnels de santé ;&lt;/li&gt;&lt;li&gt;Guichet unique à destination des professionnels de santé ;&lt;/li&gt;&lt;li&gt;Cercle de paroles.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P61" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S61" s="1" t="inlineStr">
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2023</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne.&lt;/p&gt;&lt;p&gt;Quatre critères composent cette grille, donnant lieu à une note globale. Cette note définit ensuite si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De même, des critères supplémentaires sont à prendre en compte pour les projets de création ou réhabilitation de bâtiment :&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;li&gt;un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/li&gt;&lt;li&gt;de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/li&gt;&lt;li&gt;des émissions de gaz à effet de serre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;leader&amp;#64;pays-ploermel.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-sante-et-du-bien-etre-des-habitants-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G62" s="1" t="inlineStr">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>111635</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir la perte d'autonomie</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité et santé : Autonomie - Personnes âgées</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...5 lines deleted...]
-      <c r="H62" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I62" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K62" s="1" t="inlineStr">
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Aide définie dans le cadre de la conférence des financeurs</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
-[...67 lines deleted...]
- (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement d&amp;#039;actions de prévention de la perte d&amp;#039;autonomie : lutte contre l&amp;#039;isolement des séniors et la fracture numérique, animations pédagogiques, ateliers mémoire, conduite...
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention pour des projets innovants, accordée dans le cadre de la Conférence des financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-03-0005 (AD du 27/03/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
-[...83 lines deleted...]
- Tél. : 01.53.85.53.85
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projets innovants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;autonomie
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 31 04
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/34d9-prevenir-la-perte-dautonomie/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="H63" s="1" t="inlineStr">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>111640</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers l'emploi les bénéficiaires du revenu de solidarité active</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité et santé : Cohésion sociale (RSA)</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I63" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K63" s="1" t="inlineStr">
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>Aide basée sur l'estimation prévisionnelle des actions</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
-[...127 lines deleted...]
- &lt;/a&gt;
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement des bénéficiaires du RSA orientés &amp;#34;social&amp;#34;, dans un parcours d&amp;#039;insertion vers l&amp;#039;emploi, en lien avec Pôle emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement délégué aux CCAS par convention.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois modes de soutien possibles : subvention, mise à disposition de personnel départemental, ou subvention et mise à disposition.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département en subvention privilégie la prise en charge des frais de fonctionnement mobilisés : coût des postes d&amp;#039;accompagnement, avec un montant de référence des coûts salariaux de 38.500€ par équivalent temps plein.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide basée sur l&amp;#039;estimation prévisionnelle du nombre de bénéficiaires du revenu de solidarité active à accompagner par le CCAS et du coût d&amp;#039;un équivalent temps plein.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-SOLI-004 (AD du 15/01/2018)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Emploi</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du développement social
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 16 42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4287-accompagner-vers-lemploi-les-beneficiaires-du/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="G64" s="1" t="inlineStr">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>120656</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions de coopérations entre le secteur culturel et les milieux de santé</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Culture &amp;amp; Santé, handicap et dépendance</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de santé (ARS) — Occitanie
+Direction régionale des Affaires culturelles (DRAC) — Occitanie</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H64" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I64" s="1" t="inlineStr">
-[...143 lines deleted...]
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
-[...334 lines deleted...]
- &lt;/strong&gt;
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme régional Culture et Santé offre l&amp;#039;opportunité aux établissements éligibles qui le souhaitent, d&amp;#039;inscrire une démarche artistique et culturelle dans leur projet d&amp;#039;établissement et de santé. Les appels à candidature régionaux Culture Santé s&amp;#039;inscrivent dans le cadre de la politique interministérielle initiée en 1999 et renouvelée en 2010 par la convention nationale Culture Santé entre le Ministère de la Santé et le Ministère de la Culture.
+&lt;/p&gt;
+&lt;h4&gt;
+ Qu&amp;#039;est-ce que Culture et Santé ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Le ministère de la Culture et le ministère de la Santé mènent depuis plus de vingt ans une politique commune d&amp;#039;accès à la culture pour tous les publics en milieu hospitalier et médico-social.
+&lt;/p&gt;
+&lt;p&gt;
+ Destinée à promouvoir les actions en faveur du rayonnement et de la visibilité de la thématique &amp;#34;Culture et Santé&amp;#34;, cette politique interministérielle participe à amener la Culture « près » des citoyens et à développer le partage d&amp;#039;expériences entre les acteurs. L&amp;#039;ensemble de la communauté sanitaire est visée : personnes hospitalisées, personnes âgées, familles, professionnels de la santé et du médico-social.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans chaque région,
+ &lt;strong&gt;
+  la déclinaison de ce programme est confiée aux Directions Régionales des Affaires Culturelles
+ &lt;/strong&gt;
+ (DRAC/DAC)
+ &lt;strong&gt;
+  et aux Agences régionales de Santé
+ &lt;/strong&gt;
+ (ARS) qui définissent conjointement leurs axes de priorités. Ainsi des appels à candidature régionaux permettent de soutenir des actions de coopérations entre le secteur culturel et les milieux de santé.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs de la démarche
+&lt;/h4&gt;
+&lt;p&gt;
+ Prendre part à la vie culturelle réduit l&amp;#039;isolement du malade et respecte la dimension existentielle de la personne. La culture, vecteur de valorisation personnelle, professionnelle et sociale, est considérée comme une contribution à la politique de santé qui accorde une nouvelle place à l&amp;#039;usager. Une action culturelle au sein des établissements de santé contribue également à la qualité des relations professionnelles et améliore l&amp;#039;inscription des établissements dans la cité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs généraux des appels à projets Culture et Santé sont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
-[...254 lines deleted...]
-  &lt;/span&gt;
+  encourager le développement de partenariats singuliers entre les professionnels de la culture, de la santé, les publics et les œuvres, et la production de nouveaux dialogues et points de vue riches d&amp;#039;enseignements partagés dans ces domaines,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider au développement et au déploiement d&amp;#039;actions spécifiques favorisant l&amp;#039;inclusion des personnes en situation de handicap, quel que soit le type de handicap,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer l&amp;#039;apport des arts et de la culture aux soins de santé auprès de tous les publics dépendants et empêchés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour obtenir plus d&amp;#039;informations sur le dispositif Culture &amp;amp; Santé, rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Developpement-culturel/Le-developpement-culturel-en-France/Culture-et-Sante" rel="noopener" target="_blank"&gt;
+  En savoir plus
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...12 lines deleted...]
- &lt;/a&gt;
+&lt;h4&gt;
+ Le dispositif se décline en région Occitanie en deux volets : Culture &amp;amp; Santé et Culture, Handicap &amp;amp; Dépendance.
+&lt;/h4&gt;
+&lt;h5&gt;
+ Calendrier
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 décembre 2022, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Notification de subvention : à compter d&amp;#039;avril 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Comment déposer un dossier ?
+&lt;/h5&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; correspondant à votre situation en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nos voix à ciel ouvert entre Loire et Forêt (Centre-Val de Loire, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 800 €
+&lt;/p&gt;
+&lt;p&gt;
+ Ce projet propose une découverte de sa voix au sein de la nature en lien avec celles des autres. Il se déploiera en trois volets:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des ateliers chants et des résidences avec l&amp;#039;équipe artistique, l&amp;#039;équipe éducative, les résidents et les jeunes de deux institutions et un réalisateur
+ &lt;/li&gt;
+ &lt;li&gt;
+  quatre concerts-restitutions en extérieur avec chant partagé avec le public
+ &lt;/li&gt;
+ &lt;li&gt;
+  un film artistique témoignant de cette aventure en plein nature entre Forêt et Loire. Le répertoire s&amp;#039;étend de la chanson, à l&amp;#039;opéra et au rap.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Handicap
+Egalité des chances
+Santé
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements sanitaires publics, ESPIC ou associatifs peuvent déposer un dossier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements à vocation sociale et établissements privés à but lucratif sont éligibles uniquement s&amp;#039;ils sont associés à un établissement sanitaire public, ESPIC ou associatif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les critères d&amp;#039;éligibilité des porteurs et du projet, vous êtes invités à vous référer aux cahiers des charges ci-dessous.
 &lt;/p&gt;</t>
-        </is>
-[...166 lines deleted...]
-&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U70" s="1" t="inlineStr">
         <is>
-          <t>Île-de-France</t>
+          <t>Occitanie</t>
         </is>
       </c>
       <c r="V70" s="1" t="inlineStr">
         <is>
-          <t>https://www.iledefrance.fr/aides-appels-a-projets/rkTAxjhtK</t>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-sante-handicap-et-dependance</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/2022-12-appel-a-projet-culture-sante</t>
         </is>
       </c>
       <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction des Sports, des Loisirs et de la Citoyenneté
-[...14 lines deleted...]
-&lt;/p&gt;</t>
+ &lt;span&gt;
+  Pour toute question sur le dispositif Culture et Santé en Occitanie, vous êtes invités à vous adresser à :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;lamecano.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;lamecano.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  06 12 22 64 11
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y70" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
       <c r="Z70" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/0596-plan-sport-oxygene-soutien-aux-evenements-spo/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4937-culture-sante-handicap-et-dependance/</t>
         </is>
       </c>
       <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:27" customHeight="0">
       <c r="A71" s="1">
-        <v>163621</v>
+        <v>82915</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Faire de la Nouvelle-Aquitaine un territoire de bonne santé : Prévention et Actions en Région Nouvelle-Aquitaine (PREVA'NA)</t>
-[...4 lines deleted...]
-          <t>Prévention et Actions en Région Nouvelle-Aquitaine (PREVA'NA) 2024-2028 : "Faire de la Nouvelle-Aquitaine un territoire de bonne santé"</t>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>CAUE de l'Ardèche
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Aude
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE des Landes
+CAUE de la Dordogne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE de Mayotte
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE du Tarn-et-Garonne
+CAUE de la Charente-Maritime
+CAUE du Val-de-Marne
+CAUE du Val d'Oise
+CAUE de Guadeloupe
+CAUE de la Martinique
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion
+CAUE du Var
+CAUE de la Seine-Maritime
+CAUE de la Côte-d'Or
+CAUE des Hauts-de-Seine
+CAUE de Corse
+CAUE de la Creuse
+CAUE du Loir-et-Cher
+CAUE du Loiret
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de la Somme
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE de l'Yonne
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE de la Vendée
+CAUE de la Haute-Vienne
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de la Haute-Savoie</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Particulier
+Agriculteur
 Recherche</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Cet AMI vise à soutenir des actions structurantes en matière de prévention et de promotion de la santé en misant sur l&amp;#039;activité physique, en s&amp;#039;adressant principalement aux jeunes (16-25 ans). &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Priorité 1 : Développer des actions structurantes et innovantes en matière de prévention et de promotion de la santé misant sur l&amp;#039;activité physique :&lt;/p&gt;&lt;p&gt;En soutenant des structures régionales et des opérateurs professionnels identifiés comme chefs de file dans la mise en place d&amp;#039;actions préventives structurantes sur les enjeux de l&amp;#039;activité physique des jeunes.&lt;/p&gt;&lt;p&gt;En favorisant l&amp;#039;émergence de projets structurants locaux&lt;/p&gt;&lt;p&gt;Priorité 2 : « Tu bouges t&amp;#039;es bien ! » (TBTB) :&lt;/p&gt;&lt;p&gt;Faciliter l&amp;#039;accès des jeunes à l&amp;#039;activité physique, en ciblant les plus éloignés de la pratique afin de diminuer leur sédentarité.&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M71" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Montant
-&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine interviendra sur les dépenses éligibles pendant 2 ans maximum à hauteur de : &lt;/p&gt;&lt;p&gt; Priorité 1 : &lt;/p&gt;&lt;p&gt;30% maximum pour les projets à dimension régionale.&lt;/p&gt;&lt;p&gt;20% maximum pour des projets structurants locaux.&lt;/p&gt;&lt;p&gt;Priorité 2 : &lt;/p&gt;&lt;p&gt;60% maximum pour les projets situés dans les territoires les plus éloignés dans une démarche de réduction des inégalités.&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N71" s="1" t="inlineStr">
         <is>
-          <t>Santé
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
 Education et renforcement des compétences
-Innovation, créativité et recherche</t>
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O71" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...10 lines deleted...]
-&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les candidats peuvent être les structures suivantes, implantées dans le territoire régional :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les établissements scolaires et notamment les lycées publics et privés, les lycées professionnels et les lycées agricoles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;Association Régionale des Missions Locales (ARML) et les missions locales.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les CFA.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les Maisons Familiales et Rurales.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Etablissements de santé publics et privés.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les Associations.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les Collectivités.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les Organismes de formation ne sont pas concernés.&lt;/p&gt;&lt;p&gt;1 seul projet éligible par structure.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Les projets proposés devront obligatoirement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Cibler les jeunes et notamment les lycéens, les apprentis et les jeunes suivis en Mission Locale dans leur milieu de vie, leur entourage et/ou leur environnement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Proposer des actions adaptées, c&amp;#039;est-à-dire stimulantes, amusantes basées sur la notion de plaisir, de collectif et de solidarité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place des actions concernant l&amp;#039;activité physique où les jeunes ont « droit au chapitre» dans un processus d&amp;#039;émancipation par lequel le pouvoir est donné à un individu, pour faire face à des évènements (choix, autonomie dans les pratiques, etc.).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Privilégier des projets non compétitifs.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Proposer une fiche de pratiques coordonnées permettant la reproduction et/ou l&amp;#039;essaimage des actions sur d&amp;#039;autres territoires de la région.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place un volet évaluatif tout au long du projet.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U71" s="1" t="inlineStr">
         <is>
-          <t>Nouvelle-Aquitaine</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V71" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/prevention-et-actions-en-region-nouvelle-aquitaine-prevana-2024-2028-faire-de-la-nouvelle-aquitaine</t>
+          <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
       <c r="X71" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Comment faire ma demande ?
-&lt;/p&gt;&lt;p&gt;Il est conseillé au porteur de projet de prendre contact avec l&amp;#039;équipe en charge de ce dispositif pour vérifier en amont l&amp;#039;éligibilité du projet : contactaapprevana&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;&lt;p&gt;Le dossier de candidature est à télécharger et à renvoyer complété par mail à l&amp;#039;adresse suivante :&lt;/p&gt;&lt;p&gt;contactaapprevana&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y71" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
       <c r="Z71" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/prevention-et-actions-en-region-nouvelle-aquitaine-prevana-2024-2028-faire-de-la-nouvelle-aquitaine-un-territoire-de-bonne-sante/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
       <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:27" customHeight="0">
       <c r="A72" s="1">
-        <v>163686</v>
+        <v>117170</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier de bourses d’études sur critères sociaux (étudiants en formations sociales, paramédicales et de santé)</t>
+          <t>Bénéficier d'un réseau au service de la santé du végétal et de la protection de l'environnement</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>Bourses d’études sur critères sociaux (étudiants en formations sociales, paramédicales et de santé)</t>
+          <t>FREDON  Occitanie</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>FREDON Occitanie</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
-        <is>
-[...2052 lines deleted...]
-      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   FREDON Occitanie
  &lt;/strong&gt;
  regroupe des experts en botanique, phytopathologie, agronomie et environnement.
  &lt;br /&gt;
  Des métiers portés par un ensemble de compétences internes et externes reconnues dans le réseau des FDGDON de la région.
  &lt;br /&gt;
  Pour la partie délégation de missions en santé des végétaux, nous sommes reconnus comme organisme à vocation sanitaire (O.V.S) par arrêt ministériel (ministère de l&amp;#039;Agriculture).
  &lt;br /&gt;
  Nous mettons au profit des détenteurs de végétaux (agriculteurs, collectivités et particuliers) et des services publics (DRAAF, DREAL, ARS, DDTM, collectivités territoriales et locales ...) notre savoir-faire, afin de gérer la prévention, la surveillance et la lutte contre les dangers sanitaires en santé des végétaux (ravageurs et pathogènes) et en santé humaine (ambroisie, chenille processionnaire ...)
  &lt;br /&gt;
  Nous agissons aussi dans un objectif de réduction de l&amp;#039;usage des produits phytosanitaires par l&amp;#039;animation de la démarche Captages d&amp;#039;Eauccitanie et ECOPHYTO Jardins, Espaces Verts et Infrastructures (JEVI).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
+      <c r="M72" s="1" t="inlineStr">
         <is>
           <t>&lt;h1&gt;
  &lt;strong&gt;
   NOS MISSIONS DE DÉLÉGATION DE SERVICE PUBLIC
  &lt;/strong&gt;
 &lt;/h1&gt;
 &lt;h2&gt;
  &lt;em&gt;
   LA SURVEILLANCE DES ORGANISMES NUISIBLES RÉGLEMENTÉS OU ÉMERGENTS
  &lt;/em&gt;
 &lt;/h2&gt;
 &lt;blockquote&gt;
  &lt;p&gt;
   &lt;em&gt;
    Surveillance sanitaire du végétal, informations sur les maladies et les ravageurs des végétaux, les espèces invasives, la surveillance des organismes nuisibles réglementés ou émergents
   &lt;/em&gt;
  &lt;/p&gt;
 &lt;/blockquote&gt;
 &lt;p&gt;
  Nous sommes en charge avec nos sections départementales (FDGDON) de la surveillance et de l&amp;#039;inspection sanitaire des végétaux sur tout le territoire régional. Cette délégation de service public comprend toutes les actions contribuant à la surveillance, la prévention et la lutte contre les organismes nuisibles ou les dangers sanitaires. La surveillance est organisée en plans d&amp;#039;inspection classés selon de grandes thématiques (Passeport sanitaire, export, surveillance générale). Ils évoluent au grès des réglementations européenne et française.
  &lt;br /&gt;
  L&amp;#039;objectif est de préserver les productions agricoles sur notre territoire ainsi que les autres économies liées au secteur végétal (ex. : tourisme).
 &lt;/p&gt;
 &lt;h1&gt;
  &lt;strong&gt;
@@ -16598,588 +13958,512 @@
   L&amp;#039;EXPERTISE SANITAIRE
  &lt;/em&gt;
 &lt;/h2&gt;
 &lt;p&gt;
  Nous réalisons ou aidons à la réalisation de toutes les actions contribuant à la surveillance des problèmes sanitaires en santé des végétaux et sur les exotiques envahissantes. Nous avons un rôle de référent sanitaire et environnemental qui nous amène à être référencés sur des dossiers à la marge de nos actions principales : santé publique (pollens, chenilles urticantes), sécurité publique (frelon asiatique, hyménoptères), droit urbain et environnemental.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;em&gt;
   LE DIAGNOSTIC
  &lt;/em&gt;
 &lt;/h2&gt;
 &lt;p&gt;
  Nous effectuons des diagnostics pour le compte de particuliers, de collectivités ou d&amp;#039;entreprises. Nous apportons notre expertise lors du dépérissement d&amp;#039;un végétal, la suspicion de maladie ou l&amp;#039;état général d&amp;#039;un patrimoine végétal. La FREDON Occitanie fait partie du réseau «CLINIQUE DU VÉGÉTAL®».
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h2&gt;
  LES FORMATIONS
 &lt;/h2&gt;
 &lt;p&gt;
  Nous organisons ou animons des sessions de formation auprès de différents publics. Nous proposons notamment des formations spécifiques aux élus des collectivités locales et territoriales, aux propriétaires ou détenteurs de végétaux, aux groupements de représentants professionnels ou toute autre personne pouvant être intéressée.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Sports et loisirs
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Santé
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Biodiversité
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Médias et communication
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   FREDON Occitanie
  &lt;/strong&gt;
  fédère les initiatives locales et s&amp;#039;appuie dans ses actions sur les fédérations départementales (FDGDON) et les groupements de défense (GDON).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle est également membre du réseau FREDON FRANCE.
 &lt;/p&gt;
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T83" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>contact@fredon-occitanie.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6a04-beneficier-dun-reseau-au-service-de-la-sante-/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-[...168 lines deleted...]
-      <c r="G85" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>95058</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions de promotion, de prévention et d'éducation à la santé</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux actions de promotion, de prévention et d'éducation à la santé</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H85" s="1" t="inlineStr">
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K85" s="1" t="inlineStr">
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 1000€ (500€ pour les établissements scolaires)</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
-[...3 lines deleted...]
- &lt;br /&gt;
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au sein de la Région Grand Est, l&amp;#039;espérance de vie à la naissance en 2012 s&amp;#039;établit à 80,8 ans. Ce niveau est inférieur d&amp;#039;un an à ce que l&amp;#039;on observe pour l&amp;#039;ensemble de la France métropoliotaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Malgré l&amp;#039;amélioration continue des conditions de santé ces dernières décennies, les inégalités de santé perdurent. Elles sont liées aux déterminants de santé des populations, qu&amp;#039;ils soient sociaux, environnement ou comportementaux. Certaines populations sont plus particulièrement vulnérables, dont les jeunes et les personnes éloignées des dispositifs de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ Les jeunes connaissent aujourd&amp;#039;hui des situations complexes et ambivalentes, dues à une précarisation grandissante et à la difficulté de trouver leur place dans notre société. Il est nécessaire de créer des leviers pour co-construire des politiques de santé plus efficaces à destination des jeunes pour favoriser leur insertion citoyenne, sociale et professionnelle sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention toute particulière doit être portée aux populations des territoires isolés pour lesquelles l&amp;#039;accès aux dispositifs de santé est parfois complexe. La politique régionale de santé visera à agir prioritairement par la prévention et l&amp;#039;éducation à la santé en tenant compte des spécificités des territoires et des populations. Les actions proposées au titre de ce soutien porteront sur l&amp;#039;ensemble des déterminants de la santé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M85" s="1" t="inlineStr">
-[...3 lines deleted...]
- &lt;br /&gt;
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Santé
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2017</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  De l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une manière générale tout organisme ou structure intervenant pour la promotion de la santé des habitants de la région, notamment auprès des publics cibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La population de la région et plus particulièrement les publics ciblés par les actions du Conseil Régional à savoir les lycéens, les apprentis, les élèves des centres de formation, les jeunes en insertion professionnelle et sociale, et les publics éloignés des dispositifs de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible à une aide régionale, le projet doit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  favoriser le déploiement de la télémédecine
-[...19 lines deleted...]
- Indicateurs de réalisation
+  s&amp;#039;inscrire dans une démarche de promotion de la santé, c&amp;#039;est-à-dire dans un processus qui confère aux populations les moyens d&amp;#039;améliorer leur propre santé (Charte d&amp;#039;OTTAWA),
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser une démarche participative auprès de la population ciblée par l&amp;#039;action ; à minima, la population devra être sollicitée lors de l&amp;#039;évaluation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondre à un diagnostic partagé, avec l&amp;#039;ensemble des acteurs, du contexte et des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la mise en réseau des différents acteurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer des actions de prévention primaire; des actions de dépistage peuvent également être proposées, si elles s&amp;#039;inscrivent dans un contexte général en faveur de la santé autour du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans les orientations du Projet Régional de Santé (PRS) élaboré par l&amp;#039;Agence Régionale de Santé (ARS)
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un plan de financement équilibré avec des cofinancements ; le Conseil régional, lorsqu&amp;#039;il n&amp;#039;est pas maître d&amp;#039;ouvrage, ne peut pas subventionner à 100% une opération et n&amp;#039;intervient qu&amp;#039;en compléments d&amp;#039;autres financeurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une démarche territoriale de santé, type Contrat Local de Santé (CLS),
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer des actions autour d&amp;#039;une ou de plusieurs des thématiques considérées comme prioritaires: lutte contre les conduites addictives, promotion de l&amp;#039;activité physique, nutrition, promotion de la santé mentale, sexualité (IST/SIDA/contraception), santé environnementale, accès aux droits et à la santé.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-actions-de-promotion-de-prevention-deducation-a-sante/</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0181/depot/simple</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région Grand Est. La demande d&amp;#039;aide contient au moins les informations suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  RCO 13 : Valeur des services, produits et procédés numériques développés pour les entreprises
-[...21 lines deleted...]
-      <c r="N85" s="1" t="inlineStr">
+  le nom du porteur de projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la localisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget afférent au projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c77-soutien-aux-actions-de-promotion-de-preventio/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>165455</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d'action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d&amp;apos;action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;EU4Health - Programme de L’UE pour la santé - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;56 816 810 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 56 816 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 1,2 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 600 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 400 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 200 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles, vous pouvez demander un taux de financement plus élevé (80 %) si votre projet présente une « utilité exceptionnelle ».&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer gastrique et du cancer de la prostate, selon une approche progressive afin de garantir une planification, une mise à l&amp;#039;essai et un déploiement graduels et appropriés des programmes de dépistage&lt;/li&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer du poumon, afin d&amp;#039;améliorer la détection précoce et l&amp;#039;efficacité des programmes&lt;/li&gt;    &lt;li&gt;Tirer parti de l&amp;#039;IA et des données de santé pour soutenir l&amp;#039;innovation dans le domaine des dispositifs médicaux&lt;/li&gt;    &lt;li&gt;Accélérer le développement et le déploiement de l&amp;#039;IA et des solutions numériques dans le secteur des biotechnologies&lt;/li&gt;    &lt;li&gt;Contribuer à réduire le fardeau des maladies non transmissibles et de leurs facteurs de risque tout au long de la vie&lt;/li&gt;    &lt;li&gt;Mesurer et mieux comprendre l&amp;#039;accès des patients aux médicaments&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;organisation de conférences scientifiques, politiques et sociales de haut niveau, à but non lucratif et à l&amp;#039;échelle de l&amp;#039;Union&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Recherche via de nouveaux projets pilotes et initiatives de déploiement de programmes&lt;/li&gt;    &lt;li&gt;Fédérer des ensembles de données de santé diversifiés et de haute qualité à travers l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Interventions ambitieuses et innovantes en matière de santé publique pour lutter contre les facteurs de risque&lt;/li&gt;    &lt;li&gt;Développement des activités via la base de données EURIPID&lt;/li&gt;    &lt;li&gt;Développement, conception, production et distribution de dispositifs orphelins&lt;/li&gt;    &lt;li&gt;Plateforme multipartite/communauté de pratique&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : les pays de l&amp;#039;EEE et les pays associés au programme UE4Santé (&lt;a title="liste des pays participants" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/guidance/list-3rd-country-participation_eu4h_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants EN&lt;/a&gt;).&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;Au moins 3 entités, établies dans au moins 3 États membres de l&amp;#039;UE ou pays associés différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-01)&lt;/li&gt;    &lt;li&gt;Au moins 5 entités, établies dans au moins 5 États membres de l&amp;#039;UE ou pays associés au programme différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-02, EU4H-2026-SANTE-PJ-03, EU4H-2026-SANTE-PJ-04, EU4H-2026-SANTE-PJ-05, EU4H-2026-SANTE-PJ-08)&lt;/li&gt;    &lt;li&gt;Les propositions peuvent être soumises soit par un candidat unique, soit par un consortium (sans exigence minimale) (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) (EU4H-2026-SANTE-PJ-07 et EU4H-2026-SANTE-PJ-09)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : jusqu&amp;#039;à 12 mois, la conférence peut durer jusqu&amp;#039;à 5 jours calendaires&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Contact : HADEA-HP-CALLS&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;EU4H-2026-SANTE-PJ&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) :&lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://health.ec.europa.eu/publications/2025-eu4health-work-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Santé
-Technologies numériques et numérisation</t>
-[...123 lines deleted...]
-      <c r="AA85" s="1" t="inlineStr">
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>23/09/2025</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>90784</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Soutenir les étudiants dans le secteur social, paramédical ou de santé (bourse d'étude sur critères sociaux)</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif vous concerne si vous effectuez vos études dans le secteur social, paramédical ou de santé dans un institut agréé par la Région Nouvelle-Aquitaine.
 Les bourses sur critères sociaux sont des aides financières apportées par la Région aux étudiants dont le niveau de ressources personnelles et/ou familiales est reconnu insuffisant au regard de leurs charges.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  La Région souhaite garantir des conditions de vie satisfaisantes à chaque personne préparant un
  &lt;strong&gt;
   diplôme en travail social, paramédical ou de santé
  &lt;/strong&gt;
  , en Nouvelle-Aquitaine, pour lui permettre d&amp;#039;acquérir une qualification professionnelle quel que soit son statut : étudiant, demandeur d&amp;#039;emploi ou salarié.
 &lt;/p&gt;
 &lt;p&gt;
  La
  &lt;strong&gt;
   bourse d&amp;#039;études sur critères sociaux
  &lt;/strong&gt;
  offerte par la Région aux élèves et aux étudiants, quel que soit le niveau de diplôme préparé, constitue une aide complémentaire à celle de la famille. Elle vise à favoriser l&amp;#039;accès aux études, améliorer les conditions de vie durant la formation et contribuer à la réussite des bénéficiaires.
 &lt;/p&gt;
@@ -17223,749 +14507,160 @@
  &lt;/li&gt;
  &lt;li&gt;
   les salariés en contrat aidé ou en alternance (contrat de pro ou d&amp;#039;apprentissage, CUI, emploi d&amp;#039;avenir, emploi associatif...)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   les salariés en congé sans solde, en disponibilité ou en congé parental (qu&amp;#039;ils perçoivent ou non l&amp;#039;allocation de libre choix),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   les demandeurs d&amp;#039;emploi percevant une indemnisation ou une rémunération autre au titre de la formation professionnelle,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   les bénéficiaires d&amp;#039;une autre bourse sur critères sociaux ou d&amp;#039;une allocation d&amp;#039;études versée par un établissement de santé ou une collectivité territoriale en contrepartie d&amp;#039;un engagement à servir les personnes percevant une pension de retraite.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/bourses-detudes-sur-criteres-sociaux-etudiants-en-formations-sociales-paramedicales-et-de-sante</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux usagers
 &lt;/p&gt;
 &lt;p&gt;
  - Pour les Etudiants :
 &lt;/p&gt;
 &lt;p&gt;
  Direction des formations sanitaires et sociales
 &lt;/p&gt;
 &lt;p&gt;
  05.49.38.49.38
 Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;
 &lt;p&gt;
  - Pour les Instituts de Formation :
 &lt;/p&gt;
 &lt;p&gt;
  Direction des formations sanitaires et sociales
 &lt;/p&gt;
 &lt;p&gt;
  05.49.55.81.60
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2d8a-bourses-detudes-sur-criteres-sociaux-etudiant/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-[...589 lines deleted...]
-      <c r="A90" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>103241</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Soutenir les évènements sportifs s’inscrivant dans une démarche « sport santé, sport bien-être »</t>
         </is>
       </c>
-      <c r="D90" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Plan Sport Oxygène - évènements</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I90" s="1" t="inlineStr">
+      <c r="I76" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets éligibles concernent des manifestations et évènements sportifs s&amp;#039;inscrivant dans une démarche de « sport santé, sport bien-être » et  organisés sur le territoire francilien.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le taux de subvention régionale est de 30% maximum de la dépense éligible, avec un plafond de 30.000€ par projet et par an.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt du dossier de candidature sur la plateforme des aides régionales (
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  ) au plus tard 3 mois avant le début de l&amp;#039;opération.
 &lt;/p&gt;
 &lt;p&gt;
  Ils seront  examinés au regard notamment de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -17991,5324 +14686,515 @@
   du caractère innovant de l&amp;#039;évènement...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Chaque dossier doit principalement comprendre les éléments suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une présentation de la structure organisatrice,
  &lt;/li&gt;
  &lt;li&gt;
   un descriptif détaillé de la manifestation,
  &lt;/li&gt;
  &lt;li&gt;
   le budget prévisionnel détaillé et en équilibre de la manifestation,
  &lt;/li&gt;
  &lt;li&gt;
   le bilan et le compte de résultat approuvés de la structure organisatrice,
  &lt;/li&gt;
  &lt;li&gt;
   un plan de communication
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap
 Santé</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P90" s="1" t="inlineStr">
+      <c r="P76" s="1" t="inlineStr">
         <is>
           <t>25/10/2019</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités territoriales, les associations sportives affiliées à une fédération agréée par le Ministère en charge du Sport, les fédérations sportives agréées par le Ministère en charge du Sport ainsi que leurs ligues et comités sportifs régionaux, les associations (loi du 1er juillet 1901) spécialisées dans le secteur médico-social, les associations médico sportives ou associations intervenant dans le monde du handicap, du sport et du sport adapté, les fondations à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  Lorsque l&amp;#039;organisateur appartient au mouvement sportif organisé, la fédération de la discipline concernée doit être agréée par le Ministère des sports.
 &lt;/p&gt;
 &lt;p&gt;
  La ligue ou le comité régional du sport concerné doit avoir signé avec la Région une convention pluriannuelle relative au développement de la pratique et à la formation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/plan-sport-oxygene-evenements</t>
         </is>
       </c>
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>Direction des Sports, des Loisirs et de la Citoyenneté
 &lt;br /&gt;
 &lt;br /&gt;
 Didier Pereira :
 &lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  didier.pereira&amp;#64;iledefrance.fr
 &lt;/a&gt;
 / Tél : 01 53 85 56 53
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ef1-plan-sport-oxygene-evenements/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-[...1465 lines deleted...]
-      <c r="A101" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>143280</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la mise en œuvre de la réglementation en environnement santé (air, bruit, vibrations)</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous désirez mettre en œuvre la réglementation et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue capable de réaliser l&amp;#039;exploitation de données environnementales en Air, Bruit et/ou Vibrations, en vue de mettre en place des actions de suivi, de formation et d&amp;#039;évaluation des mesures de réduction des nuisances environnementales dans le cadre de la réglementation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous vous proposons un accompagnement pour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Etablir un plan d&amp;#039;action de réduction de pollution de l&amp;#039;air
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner la rédaction des PPBE
  &lt;/li&gt;
  &lt;li&gt;
   Évaluer les effets d&amp;#039;un plan d&amp;#039;actions
  &lt;/li&gt;
  &lt;li&gt;
   Former des agents dans le domaine des nuisances environnementales (air, bruit et vibration).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le Cerema travaille depuis de nombreuses années sur la collecte de données environnementales et sanitaire. Sa connaissance des différentes disciplines lui permet non seulement une production de données de qualité, mais aussi de croiser les thématiques pour vision globale des enjeux. Le Cerema dispose de plus de liens historiques avec les acteurs œuvrant dans ces différents domaines (services de l&amp;#039;État, collectivités, gestionnaires d&amp;#039;infrastructures, établissements publics, acteurs de la santé environnementale...), ce qui lui permet de mettre en œuvre une offre complète, diversifiée et adaptée à chaque situation. Sa connaissance de l&amp;#039;état de l&amp;#039;art, des liens possibles entre thématiques et des opérations déjà réalisées permet au commanditaire de mieux définir les données à collecter en fonction de l&amp;#039;existant, afin de répondre pleinement à l&amp;#039;usage qui va en être fait ensuite.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Qualité de l'air
 Appui méthodologique
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/accompagner-collectivites-mise-oeuvre-reglementation</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/95e9-accompagner-les-collectivites-dans-la-mise-en/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-[...540 lines deleted...]
-      <c r="G105" s="1" t="inlineStr">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>165519</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la stratégie une seule santé</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences régionales de santé (ARS)</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
-[...86 lines deleted...]
-Musée
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé
+humaine repose sur celle des écosystèmes. En effet, la biodiversité fournit des
+services écosystémiques indispensables à notre survie : production d’oxygène,
+régulation des températures, production d’aliments ou encore disponibilité de
+la ressource en eau. Préserver la santé de la biodiversité c’est garantir celle
+des êtres humains, et il est indispensable de les penser ensemble et non
+séparément.&lt;/p&gt;&lt;p&gt;L’approche « une seule santé » vise à maximiser toutes les santés
+en intégrant les domaines entre eux, et en surveillant et réduisant les
+pressions des activités humaines sur les écosystèmes. L’adoption de cette
+approche permet d’identifier des solutions répondant à la fois à des enjeux
+environnementaux et de santé humaine. Aussi, elle pourrait permettre de faire
+d’importantes économies en termes de santé publique. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens : l’ARS, la CPAM, la Mutuelle sociale Agricole. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Sols
+Espaces verts
 Espace public
-Bâtiments et construction
-[...1844 lines deleted...]
-          <t>Personnes âgées
+Friche
+Transition énergétique
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
-Inclusion numérique</t>
-[...2 lines deleted...]
-      <c r="O113" s="1" t="inlineStr">
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
-[...57 lines deleted...]
-      <c r="U113" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
-[...60 lines deleted...]
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://professionnels.ofb.fr/fr/annonce/conference-seule-sante-en-pratique?page=0</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66 91&lt;/p&gt;&lt;p&gt;Hauts-de-France&lt;/p&gt;&lt;p&gt;&lt;strong&gt;BEAUCHAMP Mélanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-strategie-une-seule-sante/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-[...510 lines deleted...]
-      <c r="G117" s="1" t="inlineStr">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...260 lines deleted...]
-Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...1 lines deleted...]
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K119" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J79" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
-[...145 lines deleted...]
-  la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
   &lt;br /&gt;
- &lt;/li&gt;
-[...28 lines deleted...]
-      <c r="N120" s="1" t="inlineStr">
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -23321,3889 +15207,3739 @@
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
 Appui méthodologique
-Information voyageur, billettique multimodale
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...3 lines deleted...]
-      <c r="O120" s="1" t="inlineStr">
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P120" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S120" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
-[...10 lines deleted...]
- Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>50281</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements dans les EHPAD et les résidences services</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’immobilier de santé et médico-social</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose plusieurs solutions pour financer les projets favorisant le maintien à domicile des personnes âgées et le développement de services nécessaires aux personnes dépendantes. Elles s&amp;#039;adressent aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construire au moins 90 appartements en Résidence Services Senior (RSS), dont au moins 10 % de la surface est occupée par des locaux communs de services ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construire des EHPAD d&amp;#039;au moins 84 lits* ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;accueil de jour et les espaces Alzheimer au sein des EHPAD*.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des investissements directs en fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des investissements en quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des crédits d&amp;#039;ingénierie préalables à l&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * Sous réserve d&amp;#039;autorisation de l&amp;#039;Agence Régionale de Santé (ARS) et du Conseil départemental.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-immobilier-sante-medico-social?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=invest_ehpad_rss_psat</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6931-developper-loffre-dhebergement-et-de-services/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="H121" s="1" t="inlineStr">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>111637</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Créer une épicerie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité et santé : Familles (épiceries et structures sociales)</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="J81" s="1" t="inlineStr">
+        <is>
+          <t>Montants d'aides fixes et plafonnés</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
-[...187 lines deleted...]
- Portail des aides pour le dépôt des dossiers
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide aux épiceries sociales et solidaires et à la Banque alimentaire de Paris et Ile-de-France : aide au fonctionnement, au démarrage et à l&amp;#039;acquisition d&amp;#039;un véhicule permettant le transport des denrées alimentaires, selon les normes d&amp;#039;hygiène en vigueur, renouvelable au bout de 6 à 7 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide au fonctionnement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   montant fixe 12.000€ et aide supplémentaire possible soumise à 5 critères ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide totale plafonnée à 15.600€.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;investissement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   montant d&amp;#039;aide au démarrage plafonné à 18.300€ ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   et prise en charge de l&amp;#039;acquisition d&amp;#039;un véhicule à hauteur de 7.625€ dans le cadre d&amp;#039;un cofinancement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2019-03-0001 (AD du 04/02/2019)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prise en charge de l&amp;#039;acquisition d&amp;#039;un véhicule dans le cadre d&amp;#039;un cofinancement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du développement social
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 16 42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3621-creer-une-epicerie-sociale-et-solidaire/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-[...41 lines deleted...]
-      <c r="K122" s="1" t="inlineStr">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>164447</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter et accélérer l’accès à des financements publics pour les partenaires indirects du PIIEC Santé présents sur le territoire national</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d’intérêt « Partenaires indirects du PIIEC Santé »</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
-[...57 lines deleted...]
-      <c r="S122" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Des projets dont les travaux sont menés en partenariat d’un projet européen pré-notifié par un Etat membre dans le cadre du PIIEC Santé, ou, à défaut, d’un projet officiellement sélectionné par la France à la suite d’un AMI dédié pour présenter un projet dans le cadre du PIIEC Santé. &lt;br /&gt;Il doit s’agir de projets d’innovation pour des activités réalisées en France, liées à la R&amp;amp;D ou aux premiers déploiements industriels. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q82" s="1" t="inlineStr">
+        <is>
+          <t>03/02/2026</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le dossier de candidature devra être soumis complet, dans les délais et sous forme électronique sur la plateforme dédiée ;&lt;/li&gt;&lt;li&gt;Le projet est porté par une entité juridique unique, privée ou publique, sans restriction de taille, disposant d’un numéro Siren à la date de dépôt du dossier.&lt;/li&gt;&lt;li&gt;Le porteur doit être formellement reconnu comme partenaire indirect par un partenaire direct européen pré-notifié dans le cadre PIIEC Santé ou d’un projet officiellement sélectionné par la France à la suite d’un AMI dédié pour présenter un projet dans le cadre du PIIEC Santé ;  &lt;/li&gt;&lt;li&gt;Le projet doit porter sur des travaux réalisés en France et non-engagés avant le dépôt du dossier&lt;/li&gt;&lt;li&gt;Le projet doit présenter un caractère innovant, ainsi qu’un intérêt industriel, médical et/ou de santé publique. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Aucun montant minimal n’est fixé en termes d’assiette des dépenses totales pour les projets attendus&lt;/p&gt;&lt;p&gt;Aucune durée minimale ou maximale des projets n’est fixée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités de soutien&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet AMI n’est pas doté financièrement. Les conditions et la nature des financements qui seront déployés pour les candidats sélectionnés dépendront du guichet vers lequel ils seront orientés. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépôt des candidatures&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Date limite de dépôt &lt;strong&gt;3 février 2026 à 12h00 &lt;/strong&gt;(midi heure de Paris),&lt;/p&gt;&lt;p&gt;Calendrier :Les candidatures peuvent être soumises à compter de la date de publication de l’appel à projets. Elles seront instruites aux dates de relèves intermédiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;26 juin 2023 à 12h00 (midi heure de Paris),&lt;/li&gt;&lt;li&gt;10 avril 2024 à 12h00 (midi heure de Paris),&lt;/li&gt;&lt;li&gt;4 février 2025 à 12h00 (midi heure de Paris),&lt;/li&gt;&lt;li&gt;3 février 2026 à 12h00 (midi heure de Paris).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépôt du dossier &lt;/strong&gt;: Le dossier est à adresser à Bpifrance sous forme électronique sur sa plateforme en ligne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/nos-appels-a-projets-concours/appel-a-manifestation-dinteret-partenaires-indirects-du-piiec-sante</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:aap-france203&amp;#64;bpifrance.fr" target="_blank"&gt;aap-france203&amp;#64;bpifrance.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>Emma.RODRIGUEZ.EXT@esante.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-et-daccelerer-lacces-a-des-financements-publics-pour-les-partenaires-indirects-du-piiec-sante-presents-sur-le-territoire-national/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G123" s="1" t="inlineStr">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>159426</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement du thermalisme</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et recherches en matière de tourisme de santé</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...5 lines deleted...]
-      <c r="H123" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I123" s="1" t="inlineStr">
-[...90 lines deleted...]
- Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur la plateforme en ligne mesdemarches.iledefrance.fr.
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 29</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum d'aide : 15.000€</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour la réalisation d&amp;#039;études ayant pour objet la validation médicale et scientifique du thermalisme, le diagnostic des équipements thermaux, la conception et le développement de pilotes relatifs aux soins thermaux et aux dérivés de l&amp;#039;eau thermale et du péloïde.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O123" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
-[...29 lines deleted...]
-  &lt;/span&gt;
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=113</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
  &lt;/a&gt;
-&lt;/p&gt;
-[...8 lines deleted...]
- .
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93ea-soutenir-le-developpement-du-thermalisme/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-[...859 lines deleted...]
-      <c r="G130" s="1" t="inlineStr">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>92608</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions sportives permettant de promouvoir l’inclusion sociale, l’insertion, la solidarité, la citoyenneté et la santé</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...3 lines deleted...]
-      <c r="H130" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
-[...14 lines deleted...]
- .
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du budget de l’action</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise à aider les actions qui, par le sport, permettent de promouvoir l&amp;#039;inclusion sociale, l&amp;#039;insertion, la solidarité, la citoyenneté et la santé.
+Subvention attribuée dans la limite de l&amp;#039;enveloppe dédiée ne pouvant dépasser 30% du budget de l&amp;#039;action et plafonnée à 10 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
-[...510 lines deleted...]
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M84" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Réalisation d&amp;#039;un schéma directeur d&amp;#039;alimentation en eau potable pour les communes
-[...11 lines deleted...]
-  Réalisation d&amp;#039;une étude de faisabilité pour la création d&amp;#039;une réserve incendie
+  Projet utilisant le sport comme vecteur d&amp;#039;intégration, d&amp;#039;insertion et valorisation personnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet utilisant le sport comme support d&amp;#039;une pratique respectueuse de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet spécifique lié à l&amp;#039;encouragement de la mixité de genre, sociale et/ou intergénérationnelle dans le sport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet favorisant l&amp;#039;accès à la pratique du sport pour les personnes en situation de handicap
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet spécifique lié à la pratique du sport contribuant au bien-être et à la santé du pratiquant
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
-[...1197 lines deleted...]
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
+Forêts
+Montagne
+Sols
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé</t>
-[...22 lines deleted...]
-      <c r="S136" s="1" t="inlineStr">
+Santé
+Education et renforcement des compétences
+Alimentation
+Risques naturels
+Qualité de l'air
+Lutte contre la précarité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats intercommunaux
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9087-soutenir-les-actions-sportives-permettant-de-/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>115152</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des diagnostics et des conseils sur la santé animale, l'hygiène et la sécurité alimentaire en restauration collective</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Aide au diagnostic en santé animale - hygiène et sécurité alimentaire en restauration collective : diagnostic et conseil</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mise à disposition, sur demande, d&amp;#039;une gamme complète de services pour accompagner les collectivités face à leurs obligations en matière de surveillance épidémiologique de leur territoire mais aussi d&amp;#039;hygiène et de sécurité alimentaire dans leurs services de restauration collective.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Santé animale :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aide au diagnostic vétérinaire par la réalisation d&amp;#039;autopsies et d&amp;#039;analyses en bactériologie, parasitologie, mycologie, immuno-sérologie et biologie moléculaire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépistage des maladies réglementées et détection des foyers et des situations sanitaires à risque.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Epidémiosurveillance des élevages et de la faune sauvage.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sécurité alimentaire : services à la demande pour les professionnels de l&amp;#039;alimentaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collecte et analyse de prélèvements d&amp;#039;autocontrôles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Investigation des foyers de toxi-infections alimentaires collectives,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réalisation d&amp;#039;analyses dans le cadre des plans de surveillance et plans de contrôles nationaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réalisation d&amp;#039;audits conseil,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Formations à l&amp;#039;hygiène et à la sécurité alimentaire (démarche HACCP par exemple),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la mise en place du PMS (plan de maîtrise sanitaire) en restauration collective ou commerciale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Montant :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Prestations soumises à tarification : tarif officiel et fiches de demande d&amp;#039;analyses disponibles sur www.aube.fr, rubrique Qualité de vie / Laboratoire départemental.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Agriculture et agroalimentaire
+Consommation et production
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/97/18-aide-au-diagnostic-en-sante-animale-hygiene-et-securite-alimentaire-en-restauration-collective-diagnostic-et-conseil.htm</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  departement&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6811-diagnostiquer-et-conseiller-en-sante-animale-/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>90930</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la sauvegarde de la vie humaine en mer et prévenir les accidents liés au travail avec l'aide "Santé et sécurité"</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+         :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser la sauvegarde de la vie humaine en mer et prévenir les accidents liés au travail, améliorer les conditions de travail à bord,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien des investissements relatifs à la sécurité, aux conditions de travail, la santé et l&amp;#039;hygiène à bord, investissements à bord y compris les équipements individuels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces investissements vont au-delà de la réglementation européenne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les pêcheurs (y compris les pêcheurs à pied),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propriétaires de navires de pêche.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 20 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts nécessaires à l&amp;#039;achat ou à l&amp;#039;installation d&amp;#039;éléments éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études préalables à l&amp;#039;opération qui peuvent être de nature technique, scientifique, juridique, environnementale ou économique, expertises .....
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements conduisant directement ou indirectement à augmenter la capacité de pêche du navire ou sa capacité à détecter du poisson ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts relatifs aux entretiens planifiés ou préventifs de toute partie d&amp;#039;équipement permettant de maintenir un dispositif en état de marche......
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France »
+ &lt;/strong&gt;
+ :
+ http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+ &lt;br /&gt;
+ Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/sante-et-securite-pecheurs</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Gaëtan BAELEN - Instructeur
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture : 05 57 57 73 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Joëlle LIRIA-GIMENEZ - Secrétariat
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture : 05 56 5 38 10
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/00c5-sante-et-securite-pecheurs/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>95056</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets qui visent à mutualiser les compétences et/ou les pratiques des professionnels de santé et de la prévention au sein des territoires</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ De tels projets doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la qualité et la prise en charge globale des patients, le décloisonnement des différents acteurs de santé, et l&amp;#039;équité d&amp;#039;accès aux soins sur les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  apporter une valeur ajoutée ou une innovation par rapport à des actions ou dispositifs existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une logique transversale des acteurs de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager l&amp;#039;exercice et l&amp;#039;équipement partagés d&amp;#039;un ensemble de partenaires sur un même territoire, y compris lien MSP-Hôpital,
+ &lt;/li&gt;
+ &lt;li&gt;
+  raisonner en termes de santé plutôt que de soins, d&amp;#039;où l&amp;#039;importance de la prévention, y compris au sein du secteur hospitalier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ouvrir et de susciter des réflexions et les pistes de travail en commun (modes d&amp;#039;organisation, de fonctionnement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  laisser la place à l&amp;#039;expérimentation, à l&amp;#039;innovation et à l&amp;#039;outil sur mesure, les solutions pouvant être très différentes d&amp;#039;un territoire à un autre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon la nature des projets, les dépenses peuvent être de fonctionnement ou d&amp;#039;investissement.
+S&amp;#039;agissant du fonctionnement, l&amp;#039;aide du Conseil Régional reste ponctuelle et constitue une aide au démarrage.
+Le taux d&amp;#039;aide régionale maximal est de 50 %.
+Le plancher de l&amp;#039;aide régionale est fixé à 2000 € par projet, et le plafond à 50 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités ou groupements de communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les regroupements de professionnels de santé, qui peuvent être libéraux ou salariés, médicaux ou paramédicaux : association, Société Interprofessionnelle de Soins Ambulatoire dans le cadre d&amp;#039;un exercice en Maison ou en Pôle de Santé Pluriprofessionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les centres de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations œuvrant en faveur de la prévention ou de l&amp;#039;accès à la santé, dont les réseaux de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements ou des services publics de santé ou médico-sociaux de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets répondant aux objectifs définis précédemment et liés aux autres dispositifs de la politique régionale de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Peuvent être soutenus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonctionnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le soutien à des démarches territoriales de santé, dans le cadre de Contrats Locaux de Santé ou d&amp;#039;autres démarches de santé territoriales non contractuelles. Il peut s&amp;#039;agir d&amp;#039;impulser une démarche de diagnostic local, d&amp;#039;accompagner le soutien au montage de projet en aidant par exemple la coordination, ou encore de soutenir une démarche d&amp;#039;évaluation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le soutien aux fédérations régionales des Maisons de Santé Pluriprofessionnelles et plus particulièrement soutien à la coordination et à la mise en réseau des différents acteurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En investissement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutien aux équipements de santé sur les territoires : il peut s&amp;#039;agir de matériel médical ou non médical, répondant à un besoin avéré, mutualisé et au cœur d&amp;#039;un projet de santé. Ce matériel pourra être mobile le cas échéant. Une aide pourra également être accordée pour l&amp;#039;acquisition de matériel permettant d&amp;#039;optimiser le partage d&amp;#039;informations de santé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide pourra également concerner le bâtiment, dans le cadre de la création « d&amp;#039;espaces de santé de proximité » au sein des quartiers prioritaires de la Politique de la Ville. Ces espaces ont pour vocation d&amp;#039;animer des actions collectives d&amp;#039;éducation pour la santé et de prévention, d&amp;#039;éducation thérapeutique du patient et de tenir des permanences individuelles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-dynamiques-territoriales-de-sante/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement et de l&amp;#039;Aménagement - Service Santé.
+&lt;/p&gt;
+&lt;p&gt;
+ Rapprochez-vous de votre Hôtel de Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7405-soutien-aux-dynamiques-territoriales-de-sante/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E137" s="1" t="inlineStr">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>164845</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la Prévention et Actions en Région Nouvelle-Aquitaine (PREVA'NA) : "Faire de la Nouvelle-Aquitaine un territoire de bonne santé"</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Prévention et Actions en Région Nouvelle-Aquitaine (PREVA&amp;apos;NA) : &amp;quot;Faire de la Nouvelle-Aquitaine un territoire de bonne santé&amp;quot;</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
-[...100 lines deleted...]
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
 Association
 Entreprise privée
-Particulier</t>
-[...20 lines deleted...]
-      <c r="K138" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
-[...140 lines deleted...]
-Revitalisation
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet AMI vise à soutenir des actions structurantes en matière de prévention et de promotion de la santé en misant sur l&amp;#039;activité physique, en s&amp;#039;adressant principalement aux jeunes (16-25 ans). &lt;/p&gt;&lt;p&gt;Priorité 1 : Développer des actions structurantes et innovantes en matière de prévention et de promotion de la santé misant sur l&amp;#039;activité physique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; En soutenant des structures régionales et des opérateurs professionnels identifiés comme chefs de file dans la mise en place d&amp;#039;actions préventives structurantes sur les enjeux de l&amp;#039;activité physique des jeunes. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; En favorisant l&amp;#039;émergence de projets structurants locaux &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Priorité 2 : « Tu bouges t&amp;#039;es bien ! » :
+Faciliter l&amp;#039;accès des jeunes à l&amp;#039;activité physique, en ciblant les plus éloignés de la pratique afin de diminuer leur sédentarité.&lt;/span&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>La Région interviendra sur les dépenses éligibles pendant 2 ans maximum à hauteur de :
+Priorité 1 :
+	30% maximum pour les projets à dimension régionale.
+	20% maximum pour des projets structurants locaux.
+Priorité 2 :
+	60% maximum pour les projets situés dans les territoires les plus éloignés dans une démarche de réduction des inégalités.</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les candidats peuvent être les structures suivantes, implantées dans le territoire régional :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les établissements scolaires et notamment les lycées publics et privés, les lycées professionnels et les lycées agricoles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;Association Régionale des Missions Locales (ARML) et les missions locales.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les CFA.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les Maisons Familiales et Rurales.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Etablissements de santé publics et privés.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les Associations.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les Collectivités.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les Organismes de formation ne sont pas concernés.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;1 seul projet éligible par structure.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets proposés devront obligatoirement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Cibler les jeunes et notamment les lycéens, les apprentis et les jeunes suivis en Mission Locale dans leur milieu de vie, leur entourage et/ou leur environnement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Proposer des actions adaptées, c&amp;#039;est-à-dire stimulantes, amusantes basées sur la notion de plaisir, de collectif et de solidarité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place des actions concernant l&amp;#039;activité physique où les jeunes ont « droit au chapitre» dans un processus d&amp;#039;émancipation par lequel le pouvoir est donné à un individu, pour faire face à des évènements (choix, autonomie dans les pratiques, etc.).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Privilégier des projets non compétitifs.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Proposer une fiche de pratiques coordonnées permettant la reproduction et/ou l&amp;#039;essaimage des actions sur d&amp;#039;autres territoires de la région.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place un volet évaluatif tout au long du projet.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/prevention-et-actions-en-region-nouvelle-aquitaine-prevana-faire-de-la-nouvelle-aquitaine-un</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il est conseillé au porteur de projet de prendre contact avec l&amp;#039;équipe en charge de ce dispositif pour vérifier en amont l&amp;#039;éligibilité du projet. &lt;/p&gt;&lt;p&gt; Le dossier de candidature est à télécharger et à renvoyer complété par mail à l&amp;#039;adresse suivante :
+contactaapprevana&amp;#64;nouvelle-aquitaine.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevention-et-actions-en-region-nouvelle-aquitaine-prevana-2024-2028-faire-de-la-nouvelle-aquitaine-un-territoire-de-bonne-sante-1/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>103247</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Se doter d'un équipement sportif pour développer la pratique du sport santé et bien-être, notamment pour le public féminin et les personnes en situation de handicap</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Plan Sport Oxygène - équipement</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 28</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Plan Sport Oxygène de la Région Île-de-France vise à doter chaque commune d&amp;#039;un équipement sportif pour permettre de développer la pratique du sport santé et bien-être, notamment pour le public féminin et les personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles concernent des matériels ou équipements dédiés à la promotion et au développement d&amp;#039;activités physiques, sportives ou de bien-être, venant en complémentarité des équipements sportifs en accès libre existants de type parcours de santé, plateaux de fitness, aires de remise en forme extérieures, pataugeoires et miroirs d&amp;#039;eau pourront être subventionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de subvention régionale est de 30% maximum de la dépense éligible, calculée sur un plafond de travaux HT de 100.000€, soit un montant de subvention maximum de 30.000€ par matériel ou équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communes qui justifieront de l&amp;#039;absence d&amp;#039;équipement sportif sur leur territoire, l&amp;#039;aide régionale sera renforcée par le doublement du taux maximal de subvention, et du montant plafond de la subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de demande de financement sont présentés au niveau de l&amp;#039;avant-projet sommaire (APS) accompagnés d&amp;#039;un plan de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ La structure bénéficiaire devra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  identifier ses besoins en fonction d&amp;#039;un plan d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter une note explicative de l&amp;#039;usage prévu accompagnée des éléments financiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dossier doit notamment comprendre les éléments suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une estimation financière ou un devis ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de la collectivité sollicitant le financement régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement prévisionnel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un planning prévisionnel comportant une date de démarrage et de fin de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Dépôt du dossier de candidature sur la plateforme des aides régionales (
+&lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+ mesdemarches.iledefrance.fr
+&lt;/a&gt;
+).
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Handicap</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P89" s="1" t="inlineStr">
+        <is>
+          <t>25/10/2019</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales, les syndicats mixtes, le mouvement sportif (fédérations, ligues, comités régionaux, comités départementaux et clubs associatifs).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/plan-sport-oxygene-equipement</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports, des Loisirs et de la Citoyenneté
+&lt;/p&gt;
+&lt;p&gt;
+ Didier Pereira :
+ &lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  didier.pereira&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ / tél : 01 53 85 56 53
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1175-plan-sport-oxygene-equipement/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>120380</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Permettre de maintenir voire d'accroître l'offre médicale et paramédicale sur un territoire où l'offre est faible</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>MAISONS DE SANTE</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Lutter contre la désertification médicale. Permettre de maintenir voire d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale sur un territoire où l&amp;#039;offre est faible.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des co-financeurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des travaux en régie, seule la part afférente aux matériaux et aux fournitures sera prise en compte dans les dépenses éligibles.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont comprises entre 80 000 € et 1 500 000 € HT de travaux. L&amp;#039;intervention est complémentaire à celle du présent règlement dans la limite d&amp;#039;un plafond de 80% d&amp;#039;aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets situés en zones d&amp;#039;intervention prioritaire (communes, quartiers) arrêtées par l&amp;#039;ARS, une bonification de 10 % est appliquée.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets situés en zones d&amp;#039;action complémentaire (communes, quartiers) arrêtées par l&amp;#039;ARS, une bonification de 5 % est appliquée.
+&lt;/p&gt;
+&lt;h4&gt;
+ Disposition particulières pour les bénéficiaires d&amp;#039;une subvention d&amp;#039;un montant égal ou supérieur à 50 000 €
+&lt;/h4&gt;
+&lt;p&gt;
+ Le bénéficiaire s&amp;#039;engage à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   dans l&amp;#039;hypothèse où le bien, objet de la subvention allouée venait, dans un délai de 10 ans à compter du versement du solde de ladite subvention, à ne plus être utilisé par le seul Bénéficiaire notamment en cas de cession, ou de mise à disposition de tiers qui remettrait en cause le caractère d&amp;#039;intérêt général ayant motivé le financement obtenu, celui-ci devra rembourser les sommes concernées selon les conditions dégressives suivantes qui ont été formalisées dans le règlement des aides adopté par le Département.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le Bénéficiaire devra s&amp;#039;acquitter du montant correspondant à 1/10ème de la somme allouée par année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   signer la convention qui sera jointe à la notification de la subvention, relative aux obligations du bénéficiaires :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Appliquer le logo du Département sur les panneaux de chantier, les documents de communication et le projet réalisé, en se référant à la charte graphique instaurée par le Département.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Joindre à la demande de solde une photo du projet financé, faisant apparaître l&amp;#039;apposition d&amp;#039;une plaque comportant le texte suivant « le Département premier partenaire des communes »
+  &lt;/li&gt;
+  &lt;li&gt;
+   informer le Département des autres financements publics obtenus pour le même objet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   délibération de la collectivité maître d&amp;#039;ouvrage
+  &lt;/li&gt;
+  &lt;li&gt;
+   dossier APS / APD
+  &lt;/li&gt;
+  &lt;li&gt;
+   budget détaillé
+  &lt;/li&gt;
+  &lt;li&gt;
+   lettre d&amp;#039;engagement des professionnels de santé pressentis
+  &lt;/li&gt;
+  &lt;li&gt;
+   diagnostic territorial de l&amp;#039;offre médicale actuelle
+  &lt;/li&gt;
+  &lt;li&gt;
+   étude mesurant la viabilité du projet au regard du bassin de population
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Instruction du dossier/Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ dépôt des dossiers sur la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ au 31 octobre N-1 pour financement éventuel en année N.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Aménagement des territoires
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Maisons de Santé
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
+  &lt;/li&gt;
+  &lt;li&gt;
+   rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+  &lt;/li&gt;
+  &lt;li&gt;
+   décision de la Commission permanente qui attribue la subvention.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut être versé à l&amp;#039;envoi des ordres de service. Les autres acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016», amendée par la Délibération du 4 février 2019 « Aides aux territoires drômois – ajustements réglementaires ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Santé
 Equipement public
-Réhabilitation
-[...4 lines deleted...]
-      <c r="O138" s="1" t="inlineStr">
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les maisons de santé pluridisciplinaires répondant au critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   validation par l&amp;#039;Agence Régionale de Santé (ARS)
+  &lt;/li&gt;
+  &lt;li&gt;
+   implication des professionnels de santé du territoire : le projet de MSP doit être porté par une  collectivité et piloté par un groupe de professionnels médicaux et paramédicaux engagés formellement et favorablement par l&amp;#039;ARS.
+  &lt;/li&gt;
+  &lt;li&gt;
+   implication des collectivités locales du territoire : le portage intercommunal d&amp;#039;un projet de MSP est à encourager
+  &lt;/li&gt;
+  &lt;li&gt;
+   rôle effectif de la MSP pour lutter contre la désertification médicale :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ - le projet de MSP doit se situer sur un territoire effectivement confronté aux problématiques désertification,
+&lt;/p&gt;
+&lt;p&gt;
+ - le projet doit s&amp;#039;inscrire dans une démarche permettant de maintenir, voire d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la MSP devra accueillir et encadrer des professionnels de santé en formation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets autres que MSP répondant aux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    regrouper plusieurs professionnels de santé avec a minima un médecin et un cabinet infirmier,
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    faire un diagnostic territorial de l&amp;#039;offre médicale actuelle et disposer d&amp;#039;une étude mesurant la viabilité du projet,
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    disposer de l&amp;#039;engagement écrit et récent des professionnels pressentis,
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    s&amp;#039;inscrire dans une réflexion territoriale à travers la prise en compte des réflexions ou projets conduits sur le territoire intercommunal,
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    le projet devra être situé sur une commune du département pourvue d&amp;#039;au moins un médecin.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ Les projets ne correspondant pas aux critères ci-dessus.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les groupements de communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les SEM
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/maisons-de-sante/</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact :
+ &lt;a rel="noopener" target="_blank"&gt;
+  mission.sante&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction des Politiques Territoriales – Service des Relations avec les Collectivités :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Quentin DUVILLIER, Coordonnateur zone nord  –
+  Tél. : 04 75 79 26 65
+  &lt;/li&gt;
+  &lt;li&gt;
+   Christel MORIN, Coordonnatrice zone sud  –
+  Tél. : 04 75 79 26 31
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aurore MERMET, Coordonnatrice zone Centre –
+  Tél. : 04 75 79 82 29
+  &lt;/li&gt;
+  &lt;li&gt;
+   Laurence ROCHER, Chef de service, Coordonnatrice  zone ouest  –Tél. : 04 75 79 26 67
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ece9-maisons-de-sante/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>120110</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Répondre aux besoins des entreprises en matière de formation et de compétences nouvelles pour les métiers d’avenir</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>France 2030</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Compétences et Métiers d’Avenir (CMA) – Appel à manifestation d’intérêt – 2021-2025</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Caisse des dépôts
+Agence Nationale de la Recherche (ANR)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;appel à manifestation d&amp;#039;intérêt « Compétences et métiers d&amp;#039;avenir » s&amp;#039;inscrit dans ce cadre et vise à répondre aux besoins des entreprises en matière de formation et de compétences nouvelles pour les métiers d&amp;#039;avenir de la santé numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus pourront notamment porter sur :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réalisation de diagnostics des besoins en compétences et en formations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le financement des projets les plus adaptés qui auront été sélectionnés par une procédure exigeante.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cet AAP correspond aux actions de la Stratégie d&amp;#039;accélération du numérique en santé correspondantes :
+ &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/directeurs-de-structures-sanitaires-et-medico-sociales?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
+  Directeurs de structures sanitaires et médico-sociales
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/charges-daffaires-reglementaires-devaluation-de-la-conformite-et-numerique-en-sante?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
+  Chargés d&amp;#039;affaires réglementaires, d&amp;#039;évaluation de la conformité et numérique en santé
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/juristes-et-numerique-en-sante?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
+  Juristes et numérique en santé
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/modules-de-formation-en-sante-numerique?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
+  Modules de formation en santé numérique
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/specialistes-en-numerique-en-sante?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
+  Spécialistes en numérique en santé
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il existe plusieurs relèves à cet AMI :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dates importantes
+&lt;/p&gt;
+&lt;p&gt;
+ Prochaine relève le 31 octobre 2022. Attention : la date limite pour la soumission de dossiers de la levée 3 a été reporté au 2 novembre 2022.
+&lt;/p&gt;
+&lt;p&gt;
+ Relèves suivantes : 30 mars 2023 et 20 juin 2023
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P138" s="1" t="inlineStr">
-[...130 lines deleted...]
-dossier avant le début de réalisation de votre projet. &lt;/p&gt;
+      <c r="P91" s="1" t="inlineStr">
+        <is>
+          <t>16/12/2021</t>
+        </is>
+      </c>
+      <c r="Q91" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le volet santé numérique de l&amp;#039;AMI CMA a cinq objectifs :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Mettre en place des modules de santé numérique dans les formations initiales aux métiers du secteur sanitaire et médico-social par l&amp;#039;ensemble des opérateurs de formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accroître la proportion de spécialistes en numérique possédant une culture en santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accroître la proportion de directeurs de structures sanitaires et médico-sociales possédant une culture en santé numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accroître la proportion de juristes possédant une culture en santé numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accroître la proportion de profils en charge des affaires réglementaires et de l&amp;#039;évaluation de conformité en santé numérique
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://anr.fr/fr/detail/call/competences-et-metiers-davenir-cma-appel-a-manifestation-dinteret-2021-2025/</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://france2030.agencerecherche.fr/CMA/accueil.php</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour  plus d&amp;#039;informations sur le volet santé numérique, cliquez
+ &lt;a href="https://www.gouvernement.fr/sites/default/files/contenu/piece-jointe/2021/12/cma_fiche2_sante_numerique.pdf" rel="noopener" target="_blank"&gt;
+  ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, vous pouvez contacter :
+ &lt;a rel="noopener" target="_blank"&gt;
+  CMA&amp;#64;anr.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ou
+ &lt;a rel="noopener" target="_blank"&gt;
+  PIA4CMA&amp;#64;caissedesdepots.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez besoin d&amp;#039;aide pour maximiser les chances que votre dossier soit retenu ? Des structures dans vos régions sont là pour vous accompagner. Retrouvez la liste
+ &lt;a href="https://gnius.esante.gouv.fr/fr/acteurs/fiches-acteur?title&amp;#61;&amp;amp;field_zone_d_intervention_target_id%5B127%5D&amp;#61;127" rel="noopener" target="_blank"&gt;
+  ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>anne.bertaud@esante.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/da45-epondre-aux-besoins-des-entreprises-en-matier/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>120373</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Résoudre une situation d'habitat indigne présentant des désordres importants compromettant la sécurité ou la santé des propriétaires occupants modestes et très modestes</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>TRAVAUX LOURDS POUR REHABILITER UN LOGEMENT INDIGNE POUR LES PROPRIETAIRES OCCUPANTS MODESTES ET TRES MODESTES</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>forfait de 10.000€/logement</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Résoudre une situation d&amp;#039;habitat indigne particulièrement grave des propriétaires occupants modestes et très modestes.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant/Taux de l&amp;#039;aide :
+ &lt;/strong&gt;
+ forfait de 10.000€/logement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fiche de calcul de l&amp;#039;Anah
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  RIB
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en deux fois :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Un acompte de 50% (5 000€) au démarrage des travaux sur justificatif de déblocage des fonds par l&amp;#039;ANAH transmis par l&amp;#039;opérateur
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le solde (5000€) sera versé sur justificatif du plan de financement définitif et la demande de mise en paiement du solde, adressés par l&amp;#039;opérateur à l&amp;#039;Anah
+  &lt;/li&gt;
+  &lt;li&gt;
+   NB : si mandataire, pas d&amp;#039;acompte, un seul versement au solde
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Règlement financier du Département en vigueur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération Dispositif départemental d&amp;#039;intervention en faveur de l&amp;#039;habitat 21 novembre 2022
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Opérations de réhabilitation, accompagnées par un opérateur agréé, concernant les logements indignes en référence aux critères de l&amp;#039;Anah, pouvant notamment faire
+   &lt;/span&gt;
+   &lt;span&gt;
+    l&amp;#039;objet d&amp;#039;un arrêté insalubrité ou de péril
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Seules sont aides les opérations subventionnées par l&amp;#039;Anah
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Exclusions :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Logement pour lesquels le taux d&amp;#039;indignité est inférieure à 30% d&amp;#039;après la grille Anah
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Propriétaires occupants modestes et très modestes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/travaux-lourds-pour-rehabiliter-un-logement-indigne-pour-les-proprietaires-occupants-modestes-et-tres-modestes/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Politiques Territoriales-Service Habitat-Territoires :
+ &lt;a href="mailto:habitat&amp;#64;ladrome.fr"&gt;
+  habitat&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nathalie BRUNET –
+ &lt;/strong&gt;
+ Gestionnaire de subventions
+ &lt;strong&gt;
+  –
+  Tél : 04 75 79 26 91 –
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Véronique REYNAUD –
+ &lt;/strong&gt;
+ Gestionnaire de subventions
+ &lt;strong&gt;
+  –
+  Tél : 04 75 79 82 12 –
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Aurélie BONNET –
+ &lt;/strong&gt;
+ Responsable administratif, budgétaire et financier
+ &lt;strong&gt;
+  –
+  Tél : 04 75 79 27 68
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Instruction des dossiers/ Demande dématéralisée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Instruction du dossier par le Service Habitat-Territoires.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Pas de dépôt en ligne.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Délibération de la Commission permanente.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5bd2-travaux-lourds-pour-rehabiliter-un-logement-i/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>163743</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'accès aux soins</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l&amp;apos;accès aux soins</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>Cet AMI vise à favoriser l&amp;#039;équité et l&amp;#039;égalité d&amp;#039;accès aux soins et aux soignants sur tous les territoires de Nouvelle-Aquitaine. Volet 1 : Innover en matière d&amp;#039;organisations et de pratiques collaboratives en santé dans les territoires.
+	Volet 2 : Accompagner le déploiement des solutions numériques de santé sur les territoires.
+	Volet 3 : Permettre la création d&amp;#039;Hébergements Territoriaux des Étudiants en Santé (HTES).</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Dans le cadre du projet proposé, les dépenses éligibles sont les suivantes : &lt;/p&gt;&lt;p&gt;Concernant les volets 1 et 2 :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Frais de personnels hors temps médical,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dépenses liées au développement ou à l&amp;#039;achat d&amp;#039;outils immatériels ou matériels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coûts d&amp;#039;intégration des outils numériques et de développements techniques,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dépenses liées à l&amp;#039;évaluation du projet,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coûts des services de consultants ou prestataires, utilisés exclusivement pour le projet (ex : test d&amp;#039;usages),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Charges de communication dans la limite de 10 % des dépenses éligibles,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Frais généraux supplémentaires et autres frais d&amp;#039;exploitation supportés directement du fait du projet (fournitures, frais de déplacements, télécommunications…) dans une limite de 20 % maximum des frais de personnel. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les coûts non éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Temps médical,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Bâti, immobilier et mobilier, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les demandes de formation professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets portant sur l&amp;#039;accompagnement individuel ou collectif d&amp;#039;une pathologie donnée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions d&amp;#039;information tels que les forums et les cours théoriques.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Concernant le volet 3 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Tous les travaux de réhabilitation liés au projet d&amp;#039;hébergement y compris les maîtrises d’œuvre, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Achats d&amp;#039;équipements mobiliers et immobiliers. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ne sont pas éligibles : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les coûts relatifs à l&amp;#039;acquisition,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les frais de fonctionnement. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q93" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les candidats peuvent être les structures suivantes implantées dans le territoire régional :&lt;/p&gt;&lt;p&gt;Concernant les volets 1 et 2 :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Groupement de professionnels de santé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sociétés Interprofessionnelles de Soins Ambulatoires (SISA),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communautés Professionnelles Territoriales de Santé (CPTS),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipes de Soins Primaires (ESP),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plateformes Territoriales d&amp;#039;Appui (PTA),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Unions professionnelles,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pôles de Santé Pluridisciplinaires (PSP),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Maisons de Santé Pluridisciplinaires (MSP),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Centres de santé (CDS),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations d&amp;#039;aidants,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations représentant les usagers,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Groupements de Coopération Sanitaires (GCS),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités et leurs groupements, en collaboration avec un groupement territorial de professionnels de santé,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises, dans le cadre d&amp;#039;un partenariat avec un groupement de professionnels de santé du territoire. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Concernant le volet 3 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Groupement de professionnels de santé : SISA, CPTS, ESP, PTA, MSP, GCS,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités territoriales,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Bailleurs sociaux, entreprises, Société d&amp;#039;Economie Mixte (SEM), coopératives ou fondations,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structures privées (SCI). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/faciliter-lacces-aux-soins</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il est conseillé au porteur de projet de prendre contact avec l&amp;#039;équipe en charge de ce dispositif pour vérifier en amont l&amp;#039;éligibilité du projet. &lt;/p&gt;&lt;p&gt;Le dossier de candidature est à télécharger et à renvoyer complété par mail à l&amp;#039;adresse suivante : amiaitasspriorite1&amp;#64;nouvelle-aquitaine.fr  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-lacces-aux-soins/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>95055</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de télésanté/télémédecine</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La télémédecine est définie dans la loi portant réforme de l&amp;#039;Hôpital et relative aux Patients, à la Santé et aux Territoires (loi dite « HPST ») du 21 juillet 2009 et fait référence à 5 types d&amp;#039;actes médicaux :
+- la téléconsultation,
+- la télé-expertise,
+- la télésurveillance médicale,
+- la téléassistance médicale,
+- la réponse médicale apportée à distance dans le cadre de la régulation médicale (SAMU).
+La télésanté fait référence au développement du numérique en réponse aux métiers de la santé : coordination de professionnels de santé autour de la prise en charge et du suivi d&amp;#039;un patient, archivage, transmission de dossiers ou d&amp;#039;informations médicales...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles au présent dispositif les dépenses d&amp;#039;investissement dans le cadre du développement du projet.
+Le taux d&amp;#039;aide régionale maximal est de 50 %.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les groupements de Coopération Sanitaire (GCS),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les établissements publics de santé ou médico-sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les réseaux de professionnels, réseaux de santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets à vocation régionale de télésanté ou de télémédecine répondant aux définitions précédemment explicitées. Le Conseil Régional souhaite agir prioritairement sur des projets de télésanté et de télémédecine :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   au service du parcours de santé du patient : informatisation et haut-débit au service du numérique en santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   au service de la santé et de la sécurité du patient ; par exemple, partage et archivage des dossiers d&amp;#039;imagerie médicale, déploiement et usage de la télémédecine, identito-vigilance régionale....
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les projets démontreront :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   un besoin avéré sur un territoire de dimension régionale ; des éléments de diagnostic devront être renseignés dans le dossier de demande de subvention,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un travail développé et réfléchi en concertation avec l&amp;#039;Agence Régionale de Santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une mutualisation des acteurs au service d&amp;#039;une prise en charge globale des patients,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un déploiement au cœur d&amp;#039;un projet de santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une plus-value ou une complémentarité avec d&amp;#039;autres projets ou dispositifs existants sur le même territoire ou la même thématique de santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La sélection des projets se fera en étroite concertation avec l&amp;#039;Agence Régionale de Santé (ARS). Toute demande d&amp;#039;aide régionale doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;identification du porteur de projet, la localisation du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une description complète du projet, y compris ses dates de début et de fin et les publics ciblés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le plan de financement prévisionnel du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le montant de l&amp;#039;aide régionale sollicitée et les postes de dépenses sur lesquels elle porte.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-projets-de-telesantetelemedecine/</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ TOUTE DEMANDE DOIT FAIRE L&amp;#039;OBJET D&amp;#039;UNE LETTRE D&amp;#039;INTENTION
+&lt;/p&gt;
+&lt;p&gt;
+ Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;
+&lt;p&gt;
+ Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne pourra être accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le nom du porteur de projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la localisation du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le budget afférent au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Des pièces complémentaires pourront être demandées dans la cadre de l&amp;#039;instruction du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de
+  démarrage de l&amp;#039;opération.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc02-soutien-aux-projets-de-telesantetelemedecine/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>155109</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Créer et réaménager des espaces publics favorisant le lien social et les échanges intergénérationnels (parcs, espaces de loisirs, jardins publics etc.)</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics de loisirs : parcs et jardins, aires de jeux, espaces sport-santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création et réaménagement d&amp;#039;espaces publics favorisant le lien social et les échanges intergénérationnels : parcs, espaces de loisirs et jardins publics pouvant inclure des équipements tels qu&amp;#039;une aire de jeux, un espace sport-santé, un mini-golf, un arboretum, un skate park, une aire extérieure de street workout et fitness (combinaison de gymnastique et de musculation) ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;une aire de jeux 100% inclusive, présence d&amp;#039;une aire de fitness s&amp;#039;adressant à différents publics : seniors pour prévenir leur perte d&amp;#039;autonomie, les personnes nécessitant de la rééducation, les sportifs pour entretenir leur forme, les personnes à mobilité réduite, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espaces verts
+Espace public</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ 1 - Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 - Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 3 - L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;aménagement d&amp;#039;une aire de jeux :
+ &lt;/strong&gt;
+ cette dernière devra être accessible à tous les enfants quelle que soit leur singularité (Cf guide-conseil sur les aires jeux inclusives en document joint).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;aménagement d&amp;#039;un équipement de type parcours sportif ou aire de fitness, street workout extérieure :
+ &lt;/strong&gt;
+ le parcours devra permettre le travail de l&amp;#039;ensemble des parties du corps
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;installation d&amp;#039;équipements de sports de plein nature de loisirs :
+ &lt;/strong&gt;
+ ces équipements devront être adaptés au tout public, ouverts et gratuits ils doivent permettre la pratique du plus grand nombre leur objectif n&amp;#039;étant pas l&amp;#039;accueil de compétitions sportives.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement conseillé d&amp;#039;offrir dans l&amp;#039;espace ou à forte proximité des sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition de moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers et les équipements directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement : grattage, décaissement, engravure de chaussée, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) les structures de la chaussée, les revêtements, les bordures
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 4) l&amp;#039;éclairage public économe (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors panneaux routiers
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 8) Les équipements de loisirs présents sur le site
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-publics-de-loisirs-parcs-et-jardins-aires-de-jeux-espaces-sport-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W95" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ddd0-espaces-publics-de-loisirs-parcs-et-jardins-a/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>120321</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser l’offre de Soins</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Redynamisation de l’offre de Soins</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;p&gt;
+ En lien étroit avec le service des relations avec les collectivités et les services de l&amp;#039;état :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact avec la commune ou l&amp;#039;intercommunalité (mail, téléphone)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez- vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information générale sur la réglementation, définition du territoire de santé ; les enjeux, les procédures, les partenaires à associer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide et conseils à la construction du projet (types de montage, consultation et participation des professionnels de santé, des habitants)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide et conseils pour élaboration du projet de santé en lien avec l&amp;#039;Agence Régionale de Santé (ARS), les services de l&amp;#039;Assurance Maladie, les fédérations locales des maisons et centres de santé
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement des projets de regroupement de professionnels de santé (dont à minima un médecin généraliste) prioritairement dans les territoires rencontrant des difficultés d&amp;#039;accès aux soins.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement aux projets de « maisons des internes » (mise à disposition de logements, à conditions préférentielles, pour les internes en stage semestriel).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/redynamisation-offre-soins/</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme
+ &lt;br /&gt;
+ Mission Santé
+ &lt;br /&gt;
+ 06 10 79 87 14
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:Mission.sante&amp;#64;ladrome.fr"&gt;
+  Mission.sante&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:fmere&amp;#64;ladrome.fr"&gt;
+  fmere&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1d33-redynamisation-de-loffre-de-soins/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>98819</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Aider les candidats à la formation d’infirmier en pratique avancée (IPA)</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J97" s="1" t="inlineStr">
+        <is>
+          <t>Le Département apporte une aide d’un montant de 6 000 €</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;évolution de la démographie médicale dans le département de l&amp;#039;Aude est préoccupante : de vastes zones pour lesquelles il est constaté un déficit en matière d&amp;#039;offres de soins sont dépourvues de médecin. Une action volontariste pour tenter d&amp;#039;endiguer le phénomène de baisse de la démographie médicale dans l&amp;#039;Aude est donc nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de l&amp;#039;Aude souhaite impulser le recours à des infirmiers en pratique avancée sur le territoire avec deux objectifs : améliorer l&amp;#039;accès aux soins ainsi que la qualité des parcours des patients en priorisant la charge de travail des médecins sur des pathologies ciblées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département apporte une aide d&amp;#039;un montant de 6.000€ afin de participer aux frais d&amp;#039;hébergement et de transport de l&amp;#039;IPA pendant ses deux années de formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Santé
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pendant la durée de la formation, le bénéficiaire s&amp;#039;engage à transmettre l&amp;#039;attestation de réussite pour le Master 1 ainsi que pour le Master 2.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire s&amp;#039;engage à exercer sur le département pendant une durée minimale de cinq ans à l&amp;#039;issue de sa formation en tant que libéral ou salarié d&amp;#039;une maison de santé ou d&amp;#039;un service de soins infirmiers à domicile. Il devra fournir au 31 décembre de chaque année pendant une durée de cinq ans, une attestation d&amp;#039;exercice sur le territoire départemental.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/demande-daide-la-formation-en-pratique-avancee</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Maeva Homs, Assistante de Direction / Comptable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mail :
+   &lt;a href="mailto:maeva.homs&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+    maeva.homs&amp;#64;aude.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Tel : 04.68.11.69.42
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ecb-aider-les-candidats-a-la-formation-dinfirmier/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>120859</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Investir en faveur de l'accès à l'IVG (centre de planification, éducation familiale)</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'investissement en faveur de l'accès à l'IVG (centre de planification, éducation familiale)</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>La Région Île-de-France promeut l&amp;#039;égal accès aux soins gynécologiques et obstétriques pour toutes les Franciliennes. Elle soutient l&amp;#039;équipement des centres de planification ou d&amp;#039;éducation familiale.
+&lt;br /&gt;
+Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Sont éligibles à cette aide, les centres de      planification, services d&amp;#039;orthogénie, maisons et centres de santé œuvrant      en faveur de la santé sexuelle (informations et consultations de      gynécologie et de contraception, demandes d&amp;#039;avortement (IVG :      interruption volontaire de grossesse), dépistage et traitement des      infections sexuellement transmissibles (IST), éducation à la vie sexuelle      et affective.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide en investissement pour les travaux de création, extension et restructuration dans la limite de 30% de la dépense et aide en équipement dans la limite de 50% de la dépense (montant plafond de 300.000 € par établissement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;acquisition d&amp;#039;échographes, la subvention est plafonnée à 80% de la dépense dans la limite de 50 000€ par appareil.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Travaux de création, extension et restructuration
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Équipement dont achat d&amp;#039;échographe
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La transmission du dossier se fera via la plateforme
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  &lt;span&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/span&gt;
+ &lt;/a&gt;
+ en sélectionnant le dispositif « centres de planification-contraception-IVG ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-linvestissement-en-faveur-de-lacces-livg-centre-de-planification-education-familiale</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aurélie Deltombe - aurelie.deltombe&amp;#64;iledefrance.fr
+ &lt;br /&gt;
+ Tél. : 01 53 85 73 42
+&lt;/p&gt;
+&lt;p&gt;
+ Magdouda Bendjebla - magdouda.bendjebla&amp;#64;iledefrance.fr
+ &lt;br /&gt;
+ Tél. : 01 53 85 74 62
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
+ &lt;br /&gt;
+ Tél. : 01 53 85 75 77
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/125e-aide-a-linvestissement-en-faveur-de-lacces-a-/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>103322</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Informer et donner accès aux droits en matière de sexualité, contraception et IVG</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Contraception - Grossesses précoces - IVG</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La politique Région Solidaire en Santé est investie dans le soutien aux problématiques de santé sexuelle et d&amp;#039;aide aux femmes confrontées à des grossesses non désirées : information et accès aux droits en matière de sexualité, contraception et IVG.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région solidaire se veut inclusive et intervient aux côtés des femmes pour leur permettre de disposer librement de leur corps et les accompagner dans leurs choix. L&amp;#039;objectif est d&amp;#039;accompagner ces femmes et de les aider à répondre aux difficultés auxquelles elles sont confrontées.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région soutient les structures particulièrement investies sur les questions de santé sexuelle, en particulier pour l&amp;#039;information et l&amp;#039;accès aux droits en matière de sexualité, contraception et IVG, et notamment les têtes de réseaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets proposés doivent prioritairement viser à prévenir et/ou accompagner les grossesses précoces ou non désirées, faciliter l&amp;#039;accès à la contraception et l&amp;#039;IVG et promouvoir la santé sexuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions doivent permettre aux femmes, et en particulier aux personnes vulnérables, d&amp;#039;être prises en charge pour tout acte en lien avec la régulation des naissances.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention en fonctionnement :
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention régionale est fixée à 50% de la dépense subventionnable (total des dépenses éligibles). Le montant de subvention est fixé au plafond de 50.000 € par an et par opérateur pour un même projet.
+&lt;/p&gt;
+&lt;p&gt;
+ La priorité est donnée aux actions favorisant une approche globale et pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Egalement, la dimension régionale des projets est souhaitée.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées en ligne sur la plateforme :
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  https://mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,  dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Accès aux services
+Santé</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2023</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations relevant de la loi de 1901 et les fondations
+ &lt;span&gt;
+  reconnues d&amp;#039;utilité publique, existant depuis au moins un an.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Pour les projets innovants et emblématiques : les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de recherche : les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère
+ &lt;span&gt;
+  scientifique, culturel et professionnel.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   À noter
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Réglementation européenne à respecter pour obtenir le financement régional.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contraception-grossesses-precoces-ivg</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service santé :
+ &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01.53.85.53.85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5b42-contraception-grossesses-precoces-ivg/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>