--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA105"/>
+  <dimension ref="A1:AA127"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,17584 +228,20309 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>105329</v>
+        <v>116530</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Accompagner et soutenir la plantation de haies et d'arbres</t>
-[...4 lines deleted...]
-          <t>Schéma des espaces naturels - plantation de haies et d'arbres (hors forêts)</t>
+          <t>Restaurer la fonctionnalité des écosystèmes</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Charente</t>
+          <t>Office de l'eau Réunion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de restauration écologique et de préservation des cours d’eau, des zones humides ou des habitats de milieux aquatiques, …&lt;br /&gt;Sont exclues les actions de continuité écologique ou en lien direct et substantiel avec les inondations ou la protection des biens et des personnes, les actions régulières et récurrentes ou d’entretien.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c418-copie-06h30-amelioration-de-la-continuite-eco/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>152463</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la préservation de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>PRESERVATION DE LA BIODIVERSITE CONTRIBUANT NOTAMMENT A LA LUTTE CONTRE LE RECHAUFFEMENT CLIMATIQUE</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la préservation de la biodiversité par l&amp;#039;acquisition de parcelles présentant un intérêt écologique (marais, boisements, landes, pelouses calcicoles...) non classées espaces naturels sensibles (ENS).
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement en faveur de la préservation de la biodiversité et notamment la création de micro-forêts, d&amp;#039;îlots de fraicheur contribuant aussi à la lutte contre les effets du réchauffement climatique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements paysagers, espace découverte de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;aménagement du parc paysager de la mairie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement du jardin de la mairie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création du parc paysager du Château de Villers sous Saint Leu
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une zone humide à Hermes et aménagement d&amp;#039;une mare à Berthecourt
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un cimetière écologique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Biodiversité
+Paysage
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Préservation de la biodiversité
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        XX
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        XXXXX
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       Les projets financés devront avoir recours à des espèces indigènes françaises diversifiées et adaptées aux conditions climatiques locales (sécheresse, vent, pollution, présence ou non de système d&amp;#039;arrosage) afin de favoriser la biodiversité.
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Création de micro-forêts d&amp;#039;au moins 100 m2 et îlots de fraîcheur intégrants un projet pédagogique et respectant le Label Végétal local
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Création de cimetières écologiques
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Aménagement de parcelles de terre en jardins familiaux y compris avec création d&amp;#039;abris
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Travaux de création de parcs paysagers prenant en compte la biodiversité végétale locale (Label Végétal local)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié (&amp;#43;10%)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 300 000 € HT
+     &lt;/p&gt;
+     &lt;p&gt;
+      Prise en compte dans la dépense subventionnable du coût des acquisitions foncières
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Murs végétalisés et toitures végétalisées ou cultivées (tapis végétal, prairie avec relief végétal, jardin et jardin vertical)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 100 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Travaux de restauration, de valorisation des milieux aquatiques selon des techniques douces (rivières, étangs, zones humides) y compris études préalables et frais de procédure de DIG
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43;10%)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Travaux d&amp;#039;entretien des milieux aquatiques (rivières, étangs, zones humides) – crédits de fonctionnement *
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      40 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Acquisition de parcelles présentant un intérêt écologique démontré et non classées Espaces Naturels Sensibles (ENS) avec un objectif de préservation
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 300 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ *Direction générale adjointe aménagement durable de l&amp;#039;environnement et de la mobilité
+ &lt;br /&gt;
+ Service de l&amp;#039;eau, de l&amp;#039;assainissement et des rivières
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux d&amp;#039;entretien ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien (à l&amp;#039;exception des travaux d&amp;#039;entretien des rivières).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f477-aider-a-la-preservation-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>165118</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Modules Transformants Biodiversité</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Modules Transformants Biodiversité</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez : mener à bien un projet de transformation environnementale, mieux connaître la dépendance et les impacts de vos activités sur la biodiversité, mettre en place une démarche d’amélioration de l’organisation de votre entreprise, faire appel à la reconnaissance nationale « Entreprise Engagée pour la Nature » ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller &lt;strong&gt;jusqu’à 15 500 € :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;des dépenses remboursées &lt;strong&gt;jusqu’à 100% du montant de votre projet&lt;br /&gt;
+&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;une entreprise de toutes tailles (ETP, PME, ETI, grandes entreprises) immatriculée dans le Grand Est, et&lt;/li&gt;
+&lt;li&gt;déployant une activité de production ou de service à l’industrie, de logistique ou de BTP, et&lt;/li&gt;
+&lt;li&gt;en situation financière saine au regard de la réglementation européenne.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et si&lt;strong&gt; vous sélectionnez un prestataire référencé par la Région Grand Est&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.grandest.fr/wp-content/uploads/2024/06/liste-operateurs-references.pdf"&gt;Téléchargez la liste des prestataires référencés pour le module biodiversité&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Pour plus d’information :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/"&gt;Parcours de Transformation&lt;/a&gt;&lt;/li&gt;
+&lt;li&gt;&lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/modules/"&gt;Modules transformants&lt;/a&gt;&lt;/li&gt;
+&lt;li&gt;Distinction « &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;entreprises engagées pour la Nature&lt;/a&gt; »&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;100 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT pour la phase exploratoire (phase 1) dans la limite de 3 000 €.&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;50% &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT pour les phases d’avant-projet (phases 2 et 3) dans la limite de 12 500 €.&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 15 500€.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les&lt;strong&gt; dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;la &lt;strong&gt;prestation de mise en œuvre du module&lt;/strong&gt; Biodiversité par un prestataire référencé&lt;/li&gt;
+&lt;li&gt;les éventuels &lt;strong&gt;frais associ&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;s&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;à cette prestation&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;S&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;lectionnez un &lt;/strong&gt;&lt;a href="https://www.grandest.fr/wp-content/uploads/2024/06/liste-operateurs-references.pdf"&gt;prestataire référencé&lt;/a&gt;&lt;strong&gt; par la Région Grand Es&lt;/strong&gt;&lt;strong&gt;t.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;:&lt;/strong&gt; &lt;strong&gt;tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.&lt;/strong&gt; La signature du devis doit donc être postérieure au dépôt de la demande.&lt;/p&gt;
+&lt;p&gt;En fonction des besoins, une entreprise peut solliciter plusieurs modules, en effectuant des demandes séparées. Les modules s’inscrivent dans la dynamique des Parcours de transformation mis en place par la Région et dans la continuité du &lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/"&gt;diagnostic 360&lt;/a&gt; mais peuvent toutefois être sollicités indépendamment.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>24/06/2024</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/modules-transformants-biodiversite/</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0278/depot/simple</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Déposez votre demande en ligne dès sélection d’un devis effectué par un prestataire référencé (devis non signé).&lt;/p&gt;&lt;p&gt;Didier VIDAL BANOS&lt;/p&gt;&lt;p&gt;transformation&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/modules-transformants-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>165472</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Part limitée à 30 % max. du projet, taux au prorata du temps consacré aux prospections concernant la Haute-Loire.</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>-  Investissement matériel (matériel de prospection et d’analyse en lien direct avec l’objet de l’opération).&lt;p&gt;&lt;br /&gt;-  Dépenses de fonctionnement (salaires, déplacements, actions de communication, éditions, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-   Dimension régionale de la démarche.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT) &lt;/p&gt;&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email : &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-un-atlas-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>162298</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les connaissances sur la biodiversité</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration des connaissances sur la biodiversité.</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La connaissance est un préalable indispensable à toute action de protection, de conservation et de sensibilisation sur la biodiversité. Il s’agit ici de soutenir des actions d’acquisition et de valorisation de connaissances faunistiques, floristiques, sur les milieux et leur fonctionnement, dans le cadre d’une stratégie régionale d’acquisition et d’amélioration de la connaissance naturaliste.&lt;br /&gt; Pour cela, la Région souhaite mobiliser tous les acteurs dans le développement de la connaissance, d’aider à analyser et mettre à disposition de l’information fiable et compréhensible par tous, de favoriser sa valorisation et son harmonisation.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Etablissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces naturels, Associations, Entreprises.&lt;/p&gt; &lt;p&gt;Types de projets soutenus&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Soutien aux inventaires de terrain, bilans stationnels, suivis et surveillance inscrits dans le cadre de plan d’actions de stratégies régionales,&lt;/li&gt; 	&lt;li&gt;Acquisition et développement des applications informatiques et bases de données (Système d’information et de localisation des espèces -SILENE-, Système d’information de l’inventaire du patrimoine naturel -SINP-)3,&lt;/li&gt; 	&lt;li&gt;Recueil, intégration et structuration des données et métadonnées,&lt;/li&gt; 	&lt;li&gt;Analyse et valorisation des données/études produites (listes rouges, inventaires Zones Naturelles d&amp;#039;Intérêt Écologique, Faunistique et Floristique ZNIEFF),&lt;/li&gt; 	&lt;li&gt;Soutien aux actions de l&amp;#039;observatoire régional de la biodiversité (production d&amp;#039;indicateurs, suivi d&amp;#039;espèces, outils de sensibilisation),&lt;/li&gt; 	&lt;li&gt;Étude des effets du changement climatique sur les écosystèmes terrestres (projets sentinelles),&lt;/li&gt; 	&lt;li&gt;Cartographie et études de définition des continuités écologiques ou étude visant leur amélioration,&lt;/li&gt; 	&lt;li&gt;Actions menées dans le cadre de la stratégie en faveur de l’amélioration et l’acquisition des connaissances naturalistes à l’échelle régionale,&lt;/li&gt; 	&lt;li&gt;Actions d’amélioration des connaissances de la stratégie régionale de conservation de la flore,&lt;/li&gt; 	&lt;li&gt;Actions d’amélioration des connaissances menées dans le cadre du Plan national en faveur des insectes pollinisateurs et de la pollinisation 2021-2026,&lt;/li&gt; 	&lt;li&gt;Projets relatifs à la prise en compte de la trame noire dans les politiques publiques (impact suivi des espèces, appui à la définition de stratégie).&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats, des services écosystémiques et des processus écologiques.&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Critères spécifiques de priorisation&lt;br /&gt; Les zones et espèces ciblées par les porteurs de projet devront s’inscrire prioritairement dans les documents stratégiques régionaux (notamment Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires SRADDET, futures stratégie régionale biodiversité et stratégie régionale de la connaissance, stratégie de conservation de la flore, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>17/07/2023</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats, des services écosystémiques et des processus écologiques.&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Critères spécifiques de priorisation&lt;br /&gt; Les zones et espèces ciblées par les porteurs de projet devront s’inscrire prioritairement dans les documents stratégiques régionaux (notamment Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires SRADDET, futures stratégie régionale biodiversité et stratégie régionale de la connaissance, stratégie de conservation de la flore, etc.).&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;br /&gt; &lt;span&gt;Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/amelioration-des-connaissances-sur-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>http://subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-des-connaissances-sur-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>164773</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les fonctionnalités des écosystèmes aquatiques, humides et littoraux ainsi que leur biodiversité</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Restauration et gestion des milieux, habitats et écosystèmes</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La préservation et la restauration des milieux aquatiques, des habitats et des écosystèmes est l’une des priorités de l’agence de l’eau Adour-Garonne. &lt;/p&gt;&lt;p&gt;Les aides financières et l’accompagnement de l’Agence visent à soutenir des projets permettant d’atténuer les effets du changement climatique et de renforcer la résilience des écosystèmes.&lt;/p&gt;&lt;p&gt;Les approches préventives sont à privilégier à travers la valorisation des services rendus par les SfN (Solutions fondées sur la Nature) et leurs co-bénéfices pour les territoires. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/restauration-gestion-milieux-aquatiques-habitats-ecosystemes"&gt;Restauration et gestion des milieux aquatiques, des habitats et des écosystèmes | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Exemples d&amp;#039;opérations financées :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études, suivis &lt;/li&gt;&lt;li&gt;Animations territoriales ou thématiques &lt;/li&gt;&lt;li&gt;Opérations de communication ou de sensibilisation &lt;/li&gt;&lt;li&gt;Mise en œuvre d’une stratégie foncière &lt;/li&gt;&lt;li&gt;Actions contenues dans un programme pluriannuel 
+de gestion (PPG) des cours d’eau &lt;/li&gt;&lt;li&gt;Effacements et arasements d’ouvrages transversaux 
+dans le respect de la réglementation en vigueur &lt;/li&gt;&lt;li&gt;Actions de restauration et renaturation de cours d’eau en 
+milieu urbain combinées à des actions de gestion intégrée 
+des eaux pluviales &lt;/li&gt;&lt;li&gt;Inventaires de zones humides &lt;/li&gt;&lt;li&gt;Équipements d’ouvrages en vue de restaurer 
+la continuité écologique &lt;/li&gt;&lt;li&gt;Actions intégrées dans les plans de gestion des réserves 
+naturelles, les plans nationaux d’actions, les plans 
+de gestion des poissons migrateurs, et actions en faveur 
+de la biodiversité ordinaire, &lt;/li&gt;&lt;li&gt;etc&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONDITIONS D’ATTRIBUTION 
+PRINCIPALES :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Réponse aux objectifs de l’Agence 
+ Maîtrise d’ouvrage à une échelle hydrographique adaptée 
+aux enjeux « eau, milieux aquatiques et biodiversité 
+aquatique »
+ Diagnostic territorial intégrant les effets du changement 
+climatique
+ Mobilisation des moyens techniques, financiers (notamment taxe GEMAPI) et des partenariats privés et publics 
+nécessaires&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux%20aquatiques_0.pdf"&gt;eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux aquatiques_0.pdf&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Restauration%20et%20gestion%20des%20milieux%20aquatiques%20et%20%C3%A9cosyst%C3%A8mes.pdf</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-micropolluants/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>161852</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité à travers la reconquête des écosystèmes marins, terrestres et aquatiques</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projets de protection et restauration sur tous milieux et espèces en lien avec les stratégies nationales ou régionales, à un taux modulable en fonction de la priorité de l&amp;#039;enjeu identifié. &lt;/p&gt;&lt;p&gt;L&amp;#039;instruction de cette aide se fait tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe budgétaire totale, pour l&amp;#039;ensemble des Outre-mer, est de 4M€. Le montant minimal d&amp;#039;aide est de 100 000€ (sauf exception) et il n&amp;#039;y a pas de montant plafond. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit répondre aux objectifs des stratégies nationales et régionales de protection de la biodiversité. La durée du projet doit être de maximum 3 ans. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;delegation.ocean-indien&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;celine.maurer&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>camille.charvolen@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-a-travers-la-reconquete-des-ecosystemes-marins-terrestres-et-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>95346</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Développer une stratégie départementale pour la biodiversité</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce règlement est constitué des dispositifs d&amp;#039;aides permettant d&amp;#039;attribuer des subventions par le Conseil général prélevées sur le produit de la taxe d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La SNB 2011-2020 (Stratégie Nationale pour la Biodiversité) vise à produire un engagement important des divers acteurs, à toutes les échelles territoriales, en métropole et en outre-mer, en vue d&amp;#039;atteindre les objectifs adoptés. Elle fixe pour ambition commune de préserver et de restaurer, de renforcer et de valoriser la biodiversité, d&amp;#039;en assurer l&amp;#039;usage durable et équitable, et l&amp;#039;implication de tous et de tous les secteurs d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil Général de l&amp;#039;Aude, pour faire suite également au Grenelle de l&amp;#039;Environnement, est à même de développer une stratégie départementale pour la biodiversité par la mobilisation de compétences, de moyens financiers et en fédérant les énergies afin d&amp;#039;aboutir à des actions concrètes au cœur des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le département de l&amp;#039;Aude de par ses influences climatiques diverses (atlantique, montagnarde, méditerranéenne), ses gradients d&amp;#039;altitude (de la mer à la haute montagne), sa géologie variée, possède une importante richesse naturelle, tant en terme de faune, de flore, de paysage que de patrimoine géologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le contexte actuel de prise en compte croissante de l&amp;#039;environnement dans les politiques publiques, de mise en œuvre du développement durable, d&amp;#039;aspirations de plus en plus fortes de nos concitoyens à l&amp;#039;amélioration de leur cadre de vie, le département de l&amp;#039;Aude souhaite, à travers la mise en place d&amp;#039;une stratégie départementale de la biodiversité, concrétiser son engagement fort pour la préservation et la mise en valeur de son patrimoine naturel. Cet engagement s&amp;#039;inscrit pleinement dans le projet départemental. Il constitue la déclinaison opérationnelle de l&amp;#039;objectif de préservation et de valorisation du patrimoine naturel et de la biodiversité du programme Audevant.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les différentes actions concrètes développées dans le cadre de cette politique de préservation de la biodiversité sont soumises pour avis à un Comité scientifique des Espaces Naturels Sensibles regroupant naturalistes et experts en tous domaines, afin de conseiller et d&amp;#039;orienter le département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental se propose, au travers de cette stratégie départementale de la biodiversité, de mettre en œuvre 9 ambitions :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Préserver et valoriser le patrimoine naturel dans les propriétés départementales en le rendant accessible,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et sauvegarder le patrimoine naturel remarquable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protéger les zones humides pour préserver la ressource en eau.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les outils de développement local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir les espaces naturels dans l&amp;#039;aménagement du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutter contre les plantes et la faune invasives, prévenir d&amp;#039;autres infestations.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restaurer des espaces naturels et leurs fonctionnalités écologiques dégradés par l&amp;#039;activité humaine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer l&amp;#039;offre touristique par l&amp;#039;ouverture des espaces naturels adaptés à une fréquentation soutenable.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Ainsi, la stratégie pour la biodiversité poursuit l&amp;#039;ambition de faire de cet exceptionnel patrimoine naturel un atout pour le développement de notre département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département propose plusieurs dispositifs d&amp;#039;aides :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à l&amp;#039;acquisition de données naturalistes et à l&amp;#039;établissement d&amp;#039;un plan de gestion naturaliste
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  aide à améliorer les connaissances naturalistes permettant de connaître l&amp;#039;espace naturel considéré ou le patrimoine naturel, géologique du département, et établir des plans de gestion de cet espace naturel, conformément aux enjeux identifiés dans la Stratégie départementale pour la biodiversité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à la gestion des terrains protégés par le Conservatoire de l&amp;#039;Espace Littoral et des Rivages Lacustres
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à la gestion des espaces naturels non propriété du département et du CELRL :
+  &lt;/strong&gt;
+  permet d&amp;#039;assurer une gestion adaptée des espaces naturels audois éligibles en vue de leur préservation et de leur mise en valeur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide pour l&amp;#039;accueil du public (équipements et animations) dans les espaces naturels :
+  &lt;/strong&gt;
+  aide à mettre en œuvre l&amp;#039;ouverture au public des espaces naturels audois éligibles dans le respect de la sensibilité des milieux naturels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide en faveur de l&amp;#039;acquisition d&amp;#039;espaces naturels par des communes ou  par un établissement public de coopération intercommunale compétent :
+  &lt;/strong&gt;
+  la taxe d&amp;#039;aménagement peut être utilisée afin d&amp;#039;aider les communes et les établissements publics de coopération intercommunale compétents à acquérir sur leur territoire :
+ &lt;/li&gt;
+ &lt;li&gt;
+  un espace naturel en zone de préemption des ENS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des bois et forêts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des sites destinés à la préservation de la ressource en eau.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaires d&amp;#039;espaces naturels : personnes privées, communes, EPCI, syndicats mixtes, associations, et toutes structures et personnes morales gestionnaires des sites ENS, des zones humides et des espaces naturels en site Natura 2000.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à l&amp;#039;acquisition de données naturalistes et à l&amp;#039;établissement d&amp;#039;un plan de gestion naturaliste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes, inventaires et publications visant à améliorer la connaissance des espaces naturels, de la géologie, de la flore et de la faune de l&amp;#039;Aude, et à déterminer leur intérêt et les caractéristiques de leur préservation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de gestion des espaces naturels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces documents, élaborés par des organismes compétents, intègreront, outre la gestion en termes naturalistes, la possible valorisation (accueil du public, communication) des sites.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à la gestion des espaces naturels non propriété du département et du CELRL :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations liées à la gestion conservatoire ou à la restauration écologique figurant au plan de gestion du site préalablement validé et permettant une préservation ou une restauration des richesses naturalistes et géologiques du site considéré.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations mises en œuvre dans le cadre d&amp;#039;une convention de partenariat avec le département fixant une programmation technique et financière.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les opérations prises en charge comprendront des actions nécessaires à la bonne application du plan de gestion en matière :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. d&amp;#039;équipements (clôtures pastorales, ganivelles, ouvrages de franchissements, petits ouvrages hydrauliques et divers matériels dévolus à la réhabilitation et à l&amp;#039;entretien des espaces naturels etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 2. de création d&amp;#039;infrastructures écologiques comme la plantation de haies, le creusement de mares, la création de cultures faunistiques, au climat et à l&amp;#039;altitude...
+&lt;/p&gt;
+&lt;p&gt;
+ 3. d&amp;#039;entretien (temps de travail du personnel dévolu en régie interne à l&amp;#039;entretien et à la réhabilitation, marchés de travaux réalisés par des prestataires extérieurs pour du girobroyage, débroussaillage, amélioration de systèmes hydrauliques etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 4. de formation des salariés affectés à la réhabilitation et à l&amp;#039;entretien si ces opérations sont réalisées en régie, et de formation en ingénierie de projets environnementaux liés à la gestion des espaces naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour l&amp;#039;accueil du public (équipements et animations) dans les espaces naturels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux et équipements des sites en vue de l&amp;#039;accueil du public, figurant dans les plans de gestion préalablement validés. La charte graphique des ENS audois devra être respectée (un avis des services du Conseil général sera alors nécessaire concernant la relecture de panneaux et de tous supports de communication en rapport avec le projet avec un délai minimal de 15 jours, avant de procéder au versement de l&amp;#039;aide concernant ces supports). Le Comité scientifique des ENS jugera de la validité de ces travaux et équipements au titre des caractéristiques départementales, de leur impact éventuel sur l&amp;#039;environnement et la biodiversité. En effet, ces travaux et équipements, même s&amp;#039;ils sont prévus pour une action pédagogique, ne doivent en aucune manière être défavorables au maintien de la biodiversité locale et des fonctionnalités écologiques du milieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme d&amp;#039;animations pédagogiques (sorties sur le terrain avec animateurs, expositions, conférences, divers matériels utiles à l&amp;#039;animation etc.). L&amp;#039;objectif final visera à inculquer un message de respect de l&amp;#039;environnement au travers de bonnes pratiques et d&amp;#039;acquisition de connaissances, ce programme participant également au maintien du lien social.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide en faveur de l&amp;#039;acquisition d&amp;#039;espaces naturels par des communes ou  par un établissement public de coopération intercommunale compétent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hormis les sites présents en Zones de préemption des ENS, tout site naturel présent dans au moins un des sites de l&amp;#039;inventaire naturaliste audois, dans un site Natura 2000 dont le DOCOB a été validé, dans un zone humide inventoriée dans un SAGE audois ou dans un site dont un ou des enjeux de biodiversité ont été identifiés pouvant donner lieu à la création d&amp;#039;un site de l&amp;#039;inventaire naturaliste audois. L&amp;#039;acquisition devra être justifiée par l&amp;#039;existence d&amp;#039;une menace ou d&amp;#039;une pression sur la biodiversité locale sinon une aide à la gestion du site pourra être sollicitée comme prévu dans ce règlement d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires de cette aide sont les communes et les EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/strategie-departementale-de-biodiversite</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les dossiers de demande de financement sont à envoyer à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ M. le Président du Conseil général,
+&lt;/p&gt;
+&lt;p&gt;
+ à l&amp;#039;attention de la Direction Développement, Environnement et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil général 11855 CARCASSONNE cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour tous renseignements, veuillez joindre le :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement des territoires au Conseil général
+&lt;/p&gt;
+&lt;p&gt;
+ Agent de gestion administrative et secrétariat - Isabelle Bertrand
+&lt;/p&gt;
+&lt;p&gt;
+ Mail:
+ &lt;a href="mailto:isabelle.bertrand&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  isabelle.bertrand&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.66.32
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82dc-developper-une-strategie-departementale-pour-/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>101582</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour la biodiversité, l'environnement et les paysages</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
-Particulier
+Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K2" s="0" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
-[...38 lines deleted...]
-      <c r="O2" s="0" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous aidons à préserver et valoriser la biodiversité, l&amp;#039;environnement et les paysages en lien avec les agriculteurs et les forestiers de votre territoire. Nous proposons des solutions concertées pour restaurer les écosystèmes, promouvoir les pratiques et renforcer la résilience des territoires tout en conciliant les enjeux environnementaux, économiques et paysagers.&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
-[...164 lines deleted...]
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3118-amenager-les-espaces-agricoles-et-forestiers-/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>116527</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Planifier la préservation de la biodiversité aquatique</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations visées
+ : Etat des lieux, diagnostics territoriaux et analyses prospectives, schémas directeurs, plans d’action, plans de gestion, …&lt;br /&gt;Sont exclues les études d’impact ou les études préliminaires seules.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea3a-planifier-la-preservation-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>116528</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Connaitre les espèces et le fonctionnement des écosystèmes</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Etudes, production de données et de connaissances sur les espèces et le fonctionnement des écosystèmes aquatiques : étude du cycle de vie des espèces, inventaire écologique, étude de débit minimum biologique, indicateur de qualité écologique, …&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8bb-copie-06h25-planifier-la-preservation-de-la-b/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>162779</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Préservation et restauration de la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour une région à l’identité méditerranéenne et maritime profonde, la résilience face au changement climatique et la transition souhaitée vers un modèle de développement vertueux passent nécessairement par la valorisation, la protection et la gestion de son patrimoine naturel marin et littoral.&lt;/p&gt;
+&lt;p&gt;Espace de rencontre entre la terre et la mer, le littoral régional est en effet un espace à forts enjeux pour l’aménagement du territoire et son développement économique, que les pressions liées aux activités humaines et le changement climatique impactent sérieusement. Toutes les activités développées sur la zone littorale dépendent de fait directement ou indirectement de la qualité environnementale des milieux marins et littoraux.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt;Conservatoire du littoral pour les investissements&lt;/li&gt; 	&lt;li&gt;Associations&lt;/li&gt; 	&lt;li&gt;Collectivités territoriales et leurs groupements&lt;/li&gt; 	&lt;li&gt;Etablissements publics&lt;/li&gt; 	&lt;li&gt;Organismes d’études et de recherche&lt;/li&gt; 	&lt;li&gt;Entreprises pour le fonctionnement&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;Pour la préservation et la valorisation des écosystèmes marins, les critères suivants sont étudiés :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Appréciation de la cohérence du projet avec les politiques régionales (SRADDET, Stratégie régionale biodiversité, …) et les Directives européennes (Eau, Stratégie Milieu Marin, Planification de l’Espace maritime)&lt;/li&gt; 	&lt;li&gt;Aspect partenarial &lt;/li&gt; 	&lt;li&gt; Projet inscrit dans une démarche de gestion intégrée &lt;/li&gt; 	&lt;li&gt; Projet innovant, expérimental &lt;/li&gt; 	&lt;li&gt;Valorisation des données / open data&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour la préservation et la valorisation des écosystèmes marins, les critères suivants sont étudiés :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Appréciation de la cohérence du projet avec les politiques régionales (SRADDET, Stratégie régionale biodiversité, …) et les Directives européennes (Eau, Stratégie Milieu Marin, Planification de l’Espace maritime)&lt;/li&gt; 	&lt;li&gt;Aspect partenarial &lt;/li&gt; 	&lt;li&gt; Projet inscrit dans une démarche de gestion intégrée &lt;/li&gt; 	&lt;li&gt; Projet innovant, expérimental &lt;/li&gt; 	&lt;li&gt;Valorisation des données / open data&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/preservation-et-restauration-de-la-biodiversite-marine</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alexis ULRICH : &lt;a href="mailto:aulrich&amp;#64;maregionsud.fr"&gt;aulrich&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-restauration-de-la-biodiversite-marine/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>164919</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux aquatiques et leur biodiversité</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Milieux aquatiques et biodiversité</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>taux d'aide proportionné à l'ambition du projet au regard de ses bénéfices sur le fonctionnement du milieu</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>Pour assurer l’atteinte du bon état écologique des eaux et limiter l’érosion de la biodiversité sous l’effet conjoint des dégradations induites par les activités humaines et du changement climatique, l’agence de l’eau soutient les actions qui visent à restaurer ou préserver le bon fonctionnement de tous les milieux aquatiques, superficiels ou souterrains, humides et littoraux.&lt;br /&gt;
+&lt;br /&gt;
+L’opportunité des actions aidées par l’agence de l’eau est appréciée sur la base d’un diagnostic préalable à une échelle hydrographique cohérente, en priorité celle du bassin versant.</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des milieux aquatiques et humides dégradés&lt;br /&gt;
+Continuité écologique des cours d&amp;#039;eau&lt;br /&gt;
+Préservation des milieux aquatiques et humides&lt;br /&gt;
+Reconquête de la biodiversité&lt;br /&gt;
+Actions en faveur du milieu marin méditerranéen&lt;br /&gt;
+ Stratégies territoriales sur les milieux aquatiques, milieux humides et milieux marins&lt;br /&gt;
+Mesures hydrologiques d’atténuation de l’impact des ouvrages hydroélectriques&lt;br /&gt;
+Remise en état post-sinistre</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X2" s="0" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128693/fr/milieux-aquatiques-et-biodiversite</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/milieux-aquatiques-et-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>165123</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer et préserver la biodiversité dans votre village</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Mon village, espace de biodiversité</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de restauration et préservation de la biodiversité dans votre village ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 80 % :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Voir conditions particulières dans le règlement&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; Une avance de trésorerie de 50% dès le démarrage de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une commune située en milieu rural (&lt;a href="https://www.datagrandest.fr/tools/territoscope/"&gt;classification INSEE&lt;/a&gt;)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet vise à mettre en œuvre des actions concrètes favorables à la biodiversité tout en favorisant l’adhésion et les prises de conscience, telles que&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Aménagements favorables à la flore et à la faune sauvage (plantations, mares,etc.)&lt;/li&gt;
+&lt;li&gt;Aménagements favorables à la sensibilisation du public (panneaux pédagogiques,etc.)&lt;/li&gt;
+&lt;li&gt;Inventaires faune flore, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales et des critères d’éligibilité du dispositif (cf règlement).&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 80 % du montant des dépenses éligibles &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée à 50 % pour les communes situées dans le périmètre Parcs ou sites Natura 2000&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne au fil de l’eau avant le commencement du projet.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mon-village-espace-biodiversite/</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0273/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-village-espace-de-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>128944</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et soutenir les initiatives en faveur de la préservation de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Programme d’aide à la renaturation et à la préservation des espaces naturels</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà de la sauvegarde et de la préservation des espaces naturels déjà identifiés, certains territoires souhaitent promouvoir de manière active :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la renaturation de certains sites dégradés ou menacés
+  &lt;/li&gt;
+  &lt;li&gt;
+   la création ou la restauration d&amp;#039;infrastructures écologiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   la valorisation de sites au potentiel biologique avéré,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le changement des pratiques et des usages pour remettre l&amp;#039;environnement et la biodiversité au cœur des préoccupations.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit aussi de garantir les mesures de gestion écologique pérennes (plans de gestion), afin de maintenir les intérêts biologiques et les fonctionnalités écologiques des habitats naturels restaurés ou créés.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un programme sectoriel, le Département soutiendra les projets de renaturation, de restauration et de création d&amp;#039;un patrimoine environnemental mettant en valeur les pratiques et modes de gestion respectueux du site ainsi que les projets exemplaires de reconquête des paysages et des habitats naturels ; étant précisé ici que ce programme est complémentaire du dispositif de labellisation des espaces naturels sensibles, existant par ailleurs sur les secteurs identifiés à fort enjeu biodiversité dans le cadre du schéma départemental des espaces naturels sensibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles au présent programme, les projets situés hors zone urbaine au sens des documents d&amp;#039;urbanisme (et assimilés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les études :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   40% du montant des études mentionnées à l&amp;#039;article 3 et des dépenses de maîtrise d&amp;#039;oeuvre.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide sera plafonnée à 20 000 € pour les études cumulées, dépenses de maîtrise d&amp;#039;oeuvre comprises.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ - Pour les travaux et investissements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   40% des dépenses éligibles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   80% pour les plantations (fourniture des plants, préparation et mise en œuvre paillage et protection), conformément à la liste jointe en annexe au présent règlement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   80% pour la création et curage de mares naturelles et la suppression d&amp;#039;obstacles s&amp;#039;opposant à l&amp;#039;écoulement naturel de l&amp;#039;eau.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide cumulée sera plafonnée à 400 000 € pour les travaux de reconquête en tant que tels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de restauration et de renaturation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+  → Conditions d&amp;#039;éligibilité des projets :
+  &lt;br /&gt;
  &lt;/strong&gt;
-&lt;/p&gt;
-[...6 lines deleted...]
-  &lt;/span&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets présentés dans la cadre du présent programme devront cibler en premier lieu des opérations de reconquête écologique d&amp;#039;espaces dégradés et/ou menacés et les opérations d&amp;#039;amélioration quantitative et qualitative des habitats naturels et de leurs fonctionnalités. Ils comporteront un volet « restauration des fonctionnalités écologiques » à l&amp;#039;échelle d&amp;#039;un continuum écologique identifié dans le cadre d&amp;#039;un diagnostic préalable élargi.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets soutenus de manière prioritaire seront ceux qui présenteront un intérêt départemental, soit par l&amp;#039;envergure / l&amp;#039;ambition du projet, soit par le caractère innovant des opérations de création/renaturation, soit enfin par la rareté de l&amp;#039;habitat naturel et/ou de l&amp;#039;espèce ou des espèces cible(s) identifiée(s).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets de réaménagement paysager seul, à des fins esthétiques et/ou d&amp;#039;usages de loisirs, sont exclus du présent programme, d&amp;#039;autres règlements d&amp;#039;aide ou dispositifs contractuels pouvant exister par ailleurs.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets d&amp;#039;équipements de mobiliers et clôtures ou de sentier d&amp;#039;interprétation seul sont exclus du présent programme s&amp;#039;ils ne sont pas intégrés dans un projet global de création, de renaturation ou de mise en défens des milieux naturels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets retenus devront présenter une garantie de pérennité de l&amp;#039;action et de gestion environnementale dans la durée, c&amp;#039;est-à-dire, sur une durée minimum de 20 ans. A ce titre, les dossiers retenus, lorsqu&amp;#039;il s&amp;#039;agit notamment de travaux, devront obligatoirement prévoir un plan de gestion et un engagement du pétitionnaire à mettre en oeuvre, sur la durée considérée, les moyens nécessaires pour évaluer sur le plan scientifique les actions engagées (suivis écologiques) et maintenir la vocation environnementale des espaces restaurés. Ce plan de gestion devra préciser, année par année, les coûts prévisionnels des opérations à engager, qu&amp;#039;il s&amp;#039;agisse de travaux de gestion ou de suivis écologiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   A l&amp;#039;issue du programme de renaturation et après validation du plan de gestion par le Département, suivant la nature des travaux réalisés et l&amp;#039;envergure du projet au regard des enjeux départementaux en matière de biodiversité, l&amp;#039;espace naturel ainsi reconstitué, pourra être éligible au second dispositif départemental déployé pour garantir la pérennité des actions de gestion engagées, à savoir la labellisation Espaces Naturels Sensibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les terrains d&amp;#039;assiette des projets devront être ouverts au public au moins partiellement ou une partie de l&amp;#039;année.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Sont éligibles au présent programme d&amp;#039;aide, dans la limite des crédits votés annuellement par le Conseil Départemental :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les inventaires écologiques préalables obligatoirement aux travaux et toutes autres démarches liées à l&amp;#039;amélioration de la connaissance en faveur de la biodiversité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études d&amp;#039;aménagement, environnementales et paysagères, de génie écologique, les études de maîtrise d&amp;#039;oeuvre... préalables obligatoirement aux travaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction (y compris désamiantage lié à la déconstruction), de résorption de points noirs, et de restauration d&amp;#039;habitats naturels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de restauration et de renaturation en tant que tels y compris travaux d&amp;#039;élimination de plantes invasives (opérations en investissement uniquement) et les équipements nécessaires à la gestion écologique (clôture agricole et autres)...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plantations d&amp;#039;essences locales conformément à la liste jointe en annexe au présent règlement (hors § agroforesterie non concerné par le présent règlement d&amp;#039;aide), la restauration de trames biologiques et des fonctionnalités, uniquement si ces plantations s&amp;#039;inscrivent dans un projet global de renaturation et de reconquête paysagère.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La signalétique d&amp;#039;interprétation/sensibilisation à la découverte de la biodiversité : panneaux sur la faune, la flore, les écosystèmes, les paysages, les habitats naturels, la gestion des milieux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements permettant de sensibiliser le public à la préservation des habitats naturels, de la faune et de la flore : clôtures, observatoires, pontons pédagogiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plans de gestion des espaces naturels, visant à définir les mesures de gestion et d&amp;#039;accompagnement sur une durée de 5 ans minimum ; étant précisé que le bénéficiaire s&amp;#039;engage tacitement par le présent programme, à réviser le plan de gestion initial, pendant la durée minimale contractuelle, à savoir 20 ans.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plans de sauvegarde d&amp;#039;espèces rares et menacées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets de travaux devront obtenir au préalable un avis technique favorable des services du Département. Le Département pourra associer, suivant la nature du projet, son réseau de partenaires scientifiques et associatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux devront obtenir l&amp;#039;ensemble des autorisations réglementaires afférentes aux secteurs concernés (autorisation Natura 2000, autorisation unique, permis d&amp;#039;aménager, dérogation CNPN, etc...).
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme d&amp;#039;aide est limité à un projet par bénéficiaire et par an hors projet d&amp;#039;ensemble.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département devra être associé au comité de pilotage et/ou aux réunions de suivi de l&amp;#039;ensemble des phases études, travaux et plan de gestion.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vendee.fr/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Service Nature et biodiversité
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 48
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:nature&amp;#64;vendee.fr" target="_self"&gt;
+  nature&amp;#64;vendee.fr
  &lt;/a&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>sophie.gouel@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acff-valoriser-et-soutenir-les-initiatives-en-fave/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>163285</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Étudier le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Études sur le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;V&lt;strong&gt;ous êtes intéressé par le potentiel de l’hydrogène bas carbone/renouvelable &lt;/strong&gt;comme solution de substitution aux énergies fossiles pour vos activités industrielles ou pour baisser l’empreinte carbone des flux de personnes ou de marchandises sur votre territoire ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous envisagez d’investir dans ce type de solutions mais :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;vous en êtes au stade de la réflexion ?&lt;/li&gt;&lt;li&gt;ou vous avez participé à un diagnostic à l&amp;#039;échelle territoriale et disposez d’une première cartographie des consommateurs potentiels d’hydrogène (exemples : flottes captives, utilités industrielles…) ?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le présent dispositif de l’ADEME peut vous aider à &lt;strong&gt;conduire une étude d&amp;#039;opportunité &lt;/strong&gt;(dans un premier temps) ou &lt;strong&gt;une étude de faisabilité &lt;/strong&gt;(dans un deuxième temps), afin de juger la pertinence et de &lt;strong&gt;préparer un projet de décarbonation via l’hydrogène&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans cette perspective, l’étude préalable que vous sous-traiterez à un prestataire pourra être&lt;strong&gt; subventionnée jusqu’à 70 % &lt;/strong&gt;des dépenses éligibles (taux variable selon le commanditaire de l’étude). L’assiette des dépenses éligibles de l&amp;#039;étude de préfaisabilité sera plafonnée à 50 000 € L’assiette des dépenses éligibles de l&amp;#039;étude d&amp;#039;opportunité sera plafonnée à 50 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude de faisabilité sera plafonnée à 100 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude stratégique sera plafonnée à 100 000 €.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Chaque étude (opportunité ou faisabilité) devra se conformer à des attendus en termes d’objectifs et de livrables à produire qui sont décrits dans le cahier des charges proposé par l’ADEME (voir ci-dessous « Pour vous accompagner dans vos démarches »).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’étude de préfaisabilité d’usages non standards de l’hydrogène &lt;/strong&gt;est dédiée à des applications particulières de l’hydrogène non liées à un écosystème hydrogène (process industriel, stockage, hydrogénoduc, alimentation électrique d’un site isolé, maritime, fluvial, ferroviaires).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude d’opportunité vise à accompagner les potentiels consommateurs d’hydrogène (mobilité, industrie, stationnaire) dans leur réflexion de décarbonation&lt;/strong&gt;, collectivement sur l’ensemble d’un territoire (regroupement de collectivités, zone industrielle…). Les profils d’usage seront analysés pour déterminer quelle énergie/carburant est le plus adapté. Ces études ne peuvent donc pas être portées par des développeurs d’infrastructures.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude de faisabilité se concentre sur le déploiement du vecteur hydrogène &lt;/strong&gt;sur un territoire où une demande suffisante aura été préalablement identifiée. Une infrastructure adéquate aux volumes pressentis pourra être dimensionnée, pour modéliser un modèle économique et anticiper les contraintes techniques et réglementaires. Ces études peuvent être portées par des développeurs d’infrastructures ou par de futurs usagers d’hydrogène.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Une étude d’opportunité peut déboucher sur une étude de faisabilité &lt;/strong&gt;en cas d’identification d’une pertinence pour le vecteur hydrogène. L’octroi d’une aide pour une étude de faisabilité sera conditionné par la réalisation préalable d’une étude d’opportunité qui aura respecté - a minima - les exigences fixées dans le cahier des charges.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude stratégique à l’échelle d’un territoire&lt;/strong&gt; a pour objectif d’estimer à moyen et à long terme les besoins d’hydrogène du territoire et les infrastructures de production et de distribution à déployer pour faire face à ces besoins.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-le-deploiement-decosystemes-et-dusages-de-lhydrogene/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>163878</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette
+délibération présente les principes d’intervention et les objectifs de l’Agence
+dans le domaine de la restauration écologique des milieux naturels et du
+littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
+d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
+une approche globale à l’échelle du cycle de l’eau, tenant compte du
+fonctionnement écologique des milieux naturels. Les actions conduites ont pour
+ambition notamment d’améliorer l’état écologique des eaux de surface et de
+contribuer à la préservation et la restauration de la biodiversité. L’approche
+vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
+physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
+d’eau, milieux humides et non humides) et leur biodiversité, et le
+rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
+(ruissellement et gestion des eaux pluviales « à la source », débordement de
+cours d’eau, limitation des flux de matières en suspension et du colmatage des
+cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
+Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
+la Biodiversité », l’objectif visé est également de faciliter la prise en
+compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
+les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
+d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
+de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
+riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
+accompagner les maîtrises d’ouvrage des opérations de rétablissement des
+continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
+écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
+d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
+végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
+douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
+milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q18" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau est susceptible
+d’attribuer une participation financière aux opérations respectant les
+conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
+qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
+écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
+déclarées et respectent les prescriptions administratives afférentes ou, à
+défaut, le dossier visant à l’obtention de ces éléments est en cours
+d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
+plus précisément les conditions particulières sont précisées en détail dans la
+délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
+cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
+colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
+d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
+d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>30532</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Œuvrer pour une biodiversité cultivée : espèces fruitières anciennes</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement technique pour l&amp;#039;installation et l&amp;#039;entretien d&amp;#039;arbres fruitiers issus de variétés anciennes locales sur des espaces communaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 20 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Plantation de fruitiers anciens
+&lt;/p&gt;
+&lt;p&gt;
+ Création de verger avec des espèces locales et/ou anciennes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Création d&amp;#039;un espace de biodiversité
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba14-uvrer-pour-une-biodiversite-cultivee-especes-/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>117396</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et prendre en compte de la biodiversité au niveau de la collectivité</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser l&amp;#039;intégration de la trame verte et bleue en ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action vous permet d&amp;#039;améliorer les connaissances sur la biodiversité de votre collectivité tout en y impliquant des citoyens et agents. Par ailleurs, l&amp;#039;outil de suivi vous permettra de voir l&amp;#039;évolution de cette biodiversité en fonction de l&amp;#039;aménagement du territoire et des actions mises en œuvre. Cette action regroupe un diagnostic de la biodiversité, la participation des citoyens et scolaires à ces inventaires, des formations à la détermination et à la saisie des observations, des suivis et des conseils techniques pour l&amp;#039;amélioration de cette prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit/payant/SC sous conditions.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention de partenariat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Espaces verts
+Friche
+Citoyenneté
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1697-connaitre-et-prendre-en-compte-de-la-biodiver/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>145885</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants favorisant la biodiversité et la nature en ville</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le
+  Fonds Biodiversité
+ a été instauré le 14 avril 2023. Il est doté de
+  80 millions d&amp;#039;euros
+ d&amp;#039;ici 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Fonds biodiversité témoigne de la volonté de la Métropole du Grand Paris de soutenir des projets structurants
+  favorisant la biodiversité et la nature en ville et s&amp;#039;inscrivant dans la trame écologique métropolitaine
+ . Il constitue une des 13 mesures prioritaires identifiées dans le Plan biodiversité métropolitain.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce Fonds a pour objectif de financer des dépenses d&amp;#039;investissement (acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation de projets structurants, notamment en matière de plantations d&amp;#039;arbres, de résorptions de coupures écologiques, de désimperméabilisation et renaturation d&amp;#039;espaces, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subvention seront analysées à l&amp;#039;aune des 5 axes suivants, détaillés dans le règlement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dimensions du projet : Une envergure métropolitaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  La localisation du projet : Un lieu de connexion écologique et d&amp;#039;adaptation au changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  La cohérence du projet avec les documents stratégiques métropolitains : Equilibre territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;ambition écologique du projet : Performance écologique et environnementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie du projet : Cohérence économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+   fondsbiodiversite&amp;#64;metropolegrandparis.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Plantation massive d&amp;#039;arbres, en cohérence avec la trame verte métropolitaine : Plans canopée, Plans arbres, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désartificialisation et renaturation d&amp;#039;espaces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition foncière, dans l&amp;#039;objectif de renaturer l&amp;#039;espace
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles, les projets portés par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   communes, établissements publics territoriaux (EPT) et autres établissements publics
+  &lt;/strong&gt;
+  situés sur le périmètre de la Métropole du Grand Paris pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles
+  &lt;/strong&gt;
+  , situées sur le périmètre de la Métropole du Grand Paris.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les
  &lt;strong&gt;
-  INFOS PRATIQUES
+  dépenses éligibles sont les dépenses d&amp;#039;investissement
  &lt;/strong&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-&lt;p&gt;
+ (principalement acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation du projet. En conséquence, les dépenses de fonctionnement (notamment les dépenses pour l&amp;#039;entretien, la gestion, la surveillance, la communication et l&amp;#039;animation des espaces) ne sont pas éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-biodiversite</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsbiodiversite&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>roxane.leverrier@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff83-financer-des-projets-structurants-favorisant-/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>155116</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études et des actions de protection en faveur de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Études et actions de protection en faveur de la biodiversité (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  Service environnement, agriculture et aménagement foncier ; Tél. : 05 16 09 60 94&lt;/strong&gt;&lt;/p&gt;
-[...6 lines deleted...]
-  &lt;/span&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La conservation de la biodiversité patrimoniale et des milieux ordinaires, ainsi que des continuités écologiques constitue l&amp;#039;un des enjeux clés de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois types de projets peuvent être accompagnés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Restauration d&amp;#039;espaces naturels concourant à la préservation ou amélioration de la biodiversité/des paysages) : création de zones refuges ou de circulation pour la faune, création de coulées ou ceintures vertes, aménagement écologique de lisières, renaturation de friches urbaines ... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements d&amp;#039;espaces naturels permettant une découverte du site sans porter atteinte au milieu naturel : création de sentiers botaniques... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rétablissement/maintien des continuités écologiques linéaires ou en pas japonais (haies, zones humides, bosquets).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si étude, cahier des charges de l&amp;#039;étude et proposition du cabinet retenu
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pièces justifiant la bonification si sollicitée
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public (maitrise foncière publique ou servitude) devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une maîtrise foncière publique (propriété ou servitude) des espaces naturels est exigée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets devront intégrer une réflexion préalable pour qualifier les enjeux de protection de la biodiversité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les aménagements devront respecter le milieu naturel et la réglementation spécifique au site (autorisations relatives aux sites classés ou inscrits, au titre de la loi sur l&amp;#039;eau ou du droit d&amp;#039;urbanisme...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les espaces naturels devront être ouverts librement au public, sauf fragilité particulière du milieu naturel.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, utilisation de matériaux durable (certification environnementale des bois utilisés pour les aménagements...), réinsertion d&amp;#039;espèces locales, traitement naturel des bois, utilisation de produits biodégradables (paillage des plantations...), mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, éclairage public économe...), insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique et panneaux d&amp;#039;interprétation adaptés, association des usagers sur la phase conception du projet, dans la réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet (faune, flore, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti en cas de présence d&amp;#039;espèces rares ou protégées (si moins de 5 ans) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de restauration visant à maintenir ou restaurer le patrimoine naturel en présence ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement, de valorisation et de médiation scientifique permettant une découverte du site sans dégrader le milieu naturel (panneaux, mobiliers d&amp;#039;interprétation, applis smartphone...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement dégradant le milieu naturel ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité et de reproduction des dossiers.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/etudes-et-actions-de-protection-en-faveur-de-la-biodiversite-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
+ Téléphone : 02.33.05.95.25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6322-etudes-et-actions-de-protection-en-faveur-de-/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>163963</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les milieux et développer nos connaissances sur la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°4 - Impulser une dynamique partenariale pour restaurer les milieux et développer nos connaissances sur la biodiversité marine et les conséquences du changement climatique</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette
+fiche action est aujourd’hui un pilier incontournable pour garder une filière
+pêche et aquaculture attractive et en bon état écologique. Elle repose sur une
+volonté collective d’améliorer les connaissances du milieu marin, sa
+biodiversité et d’améliorer l’état écologique de nos littoraux, afin de
+préserver les ressources halieutiques. Il s’agit ainsi de s’appuyer sur
+l’Agenda 2030, notamment l’objectif 14 sur la vie aquatique « conserver et
+exploiter de manière durable les océans, les mers et les ressources marines aux
+fins du développement durable ». &lt;/p&gt;&lt;p&gt;En
+outre, il est nécessaire de pouvoir connaitre les conséquences du changement
+climatique sur la biodiversité, la faune et la flore, afin de pouvoir au mieux
+anticiper l’avenir de la filière pêche seinomarine, notamment les espèces qui y
+seront pêchées. Il s’agit donc de pouvoir identifier l’impact du changement
+climatique sur les espèces halieutiques et aquacoles locales pour s’y adapter,
+notamment en renforçant la coopération scientifique. On doit être en capacité
+de pouvoir vulgariser la connaissance du milieu marin pour une meilleure
+appropriation par les acteurs au niveau local des caractéristiques et des
+évolutions de nos eaux côtières. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;Le
+développement d’une conscience maritime suppose la sensibilisation et
+l’éducation de l’ensemble des publics (scolaires, grand public, élus, etc.), à
+la fois sur les aspects environnemental, économique, social et de gouvernance.
+Il est aujourd’hui important de développer une offre pédagogique à destination
+du grand public, des scolaires, des touristes. Ces actions d’éducation à
+l’environnement ont pour objectif de faire découvrir le monde de la mer,
+attirer les populations, même à proximité, à découvrir l’importance de
+l’écosystème marin, en mettant davantage l’accent sur la biodiversité et le
+caractère unique du littoral pour attirer les touristes. Plus spécifiquement, à
+destination du jeune public, il s’agira de développer l’éducation à la mer et une
+meilleure connaissance du milieu marin par le développement de projets
+éducatifs liés à la mer en particulier avec les lycées et les CFA.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Faire
+émerger des dynamiques collectives innovantes, expérimentales, partenariales
+(public/privé) pour une meilleure connaissance du milieu marin&lt;/li&gt;&lt;li&gt;Promouvoir
+l’excellence environnementale et assurer la protection des écosystèmes marins
+et côtiers&lt;/li&gt;&lt;li&gt;Développer
+une offre pédagogique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Prise
+en compte de l’environnement dans les actions de la filière pêche et
+aquaculture&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
+de l’excellence environnementale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la biodiversité marine, des milieux aquatiques et marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Approfondissement
+des connaissances des milieux marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Gestion
+durable des écosystèmes marins et côtiers&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Planification
+d’actions sur la conservation des ressources halieutiques et la protection des
+écosystèmes marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Séjour
+de classe de mer non prévu aux programmes de formation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Atlas
+de la biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
+d’une aire marine éducative&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une offre pédagogique&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place de nurseries et récifs artificiels&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Restauration
+des milieux et actions de préservation, repeuplements des eaux estuariennes et
+côtières&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place d’une école de biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Étude
+sur l’avenir de la filière pêche seinomarine et les conséquences du changement
+climatique&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-les-impacts-des-activites-maritimes-et-littorales-dans-une-demarche-deconomie-circulaire/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>164170</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>70 000 € d'aide maxi</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
+territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
+biodiversité remarquable. Ces ressources fournissent des services essentiels et
+offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
+fortement soumises aux risques, fragiles et à préserver. Des solutions locales
+sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
+s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
+de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
+dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
+atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
+sensibilisation, de formation, d’animation, de communication sur le dérèglement
+climatique, la biodiversité, les ressources naturelles, les risques
+(inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
+avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
+d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
+préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
+naturels et des continuités écologiques (trames verte, bleue, noire…) :
+restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
+fraîcheur, en particulier dans les cours d’école, dans une démarche
+participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
+espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
+envahissantes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Risques naturels
+Qualité de l'air
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q24" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
+pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
+préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
+de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
+d’animation&lt;br /&gt;- Dépenses de communication : création, impression
+et diffusion de documents et de supports papiers, multimédias, outils
+numériques&lt;br /&gt;- Acquisition ou développement de logiciels
+informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
+commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
+traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
+notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
+personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>164714</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’élaboration des actions et projets en faveur de la biodiversité, portées par des collectivités.</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d&amp;apos;intérêt Ingénierie territoriale</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin d’aider les EPCI et leurs communes à faire émerger et mettre en place des projets transversaux en faveur de la biodiversité, la région propose aux collectivités de bénéficier d’un accompagnement par des partenaires qu’elle soutient (Union Régionale des Centre Permanents d’Initiatives pour l’Environnement, Ligue pour la Protection des Oiseaux, Conservatoire Botanique National de Brest, Conservatoire des Espaces Naturels…).&lt;/p&gt;
+&lt;p&gt;L’AMI va permettre de recenser les projets des collectivités pouvant bénéficier de l’offre d’ingénierie.&lt;/p&gt;
+&lt;p&gt;Il vise à soutenir la phase de consolidation « pré-projet » dans la perspective d’une sollicitation d’outils financiers (Fonds vert, dispositifs de l’Agence de l’eau Loire Bretagne et des Départements, mécénat…) pour la mise en œuvre opérationnelle de ces projets.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Les projets visés devront concerner :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La préservation, conservation et restauration de la biodiversité locale,&lt;/li&gt;
+&lt;li&gt;La restauration et gestion durable des sites naturels,&lt;/li&gt;
+&lt;li&gt;L’expérimentation des pratiques et des itinéraires techniques favorables à la biodiversité,&lt;/li&gt;
+&lt;li&gt;L’émergence d&amp;#039;actions concrètes et opérationnelles de restauration écologique des milieux terrestres, en cohérence avec les stratégies et dispositifs nationaux et régionaux de biodiversité,&lt;/li&gt;
+&lt;li&gt;L’adaptation des territoires et de leurs activités économiques aux effets du changement climatique (notamment grâce aux Solutions fondées sur la nature).&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les projets devront principalement :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;contribuer à des objectifs de restauration et de gestion durable des écosystèmes, de leurs fonctionnalités et la conservation des espèces qui y sont inféodées.&lt;/li&gt;
+&lt;li&gt;participer à la résilience des territoires vis-à-vis du effets du changement climatique.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les besoins en termes d’accompagnement devront porter sur les compétences suivantes et devront être décrits dans la demande déposée :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;un accompagnement écologue ou naturaliste,&lt;/li&gt;
+&lt;li&gt;la conception ou la création d’aménagements visant la restauration et la préservation de la biodiversité,&lt;/li&gt;
+&lt;li&gt;un appui à la structuration de travaux de génie écologique et leur assistance à maitrise d’ouvrage.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les projets proposés devront obligatoirement être réalisé sur du foncier appartenant aux collectivités. &lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les actions relatives à la mise en œuvre d&amp;#039;obligations réglementaires (par exemple : mesures compensatoires) ou de prescriptions administratives de remise en état ne sont pas éligibles.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>International</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>03/10/2025</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les porteurs de projets sont invités à renseigner leur dossier via la plateforme Démarches-simplifiées, accessible depuis l’onglet « Déposer un dossier ».&lt;br /&gt;Date de clôture de l’AMI : 31/05/2025&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;L’accompagnement par la ou les structure(s) dédiée(s) ne pourra pas excéder une période de 12 mois.&lt;br /&gt;Le temps d’accompagnement sera défini lors de la sélection du projet, mais il ne pourra pas dépasser 3 jours.&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les projets feront l’objet d’une analyse par un comité de sélection qui évaluera les projets selon les critères suivants :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pertinence du projet vis-à-vis des actions éligibles&lt;/li&gt;
+&lt;li&gt;Pertinence du projet vis-à-vis des enjeux identifiés de la Stratégie Régionale Biodiversité 2024-2030&lt;/li&gt;
+&lt;li&gt;Impact prévisible en termes de préservation ou reconquête de la biodiversité&lt;/li&gt;
+&lt;li&gt;Complémentarité de l’expertise à mobiliser au regard des compétences disponibles au sein de la collectivité&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les porteurs de projets pourront être conviés à présenter leurs projets lors du comité de sélection.&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les projets retenus par le comité de sélection seront ensuite accompagnés par des structures identifiées à partir de septembre 2025.&lt;br /&gt;Chaque porteur de projet sélectionné sera amené à échanger avec la structure accompagnante proposée afin de préciser les modalités d’accompagnement. La mise en œuvre des projets sera suivie par la Région.&lt;br /&gt;La Région ne s’engage pas à apporter son soutien financier aux projets élaborés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/appel-manifestation-dinteret-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/ami-edition-2025-soutien-a-l-elaboration-d-actions</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>Direction de la transition énergétique et de l&amp;#039;environnement&lt;br /&gt; Service Eau, biodiversité et déchets&lt;br /&gt; Pôle Biodiversité et littoral&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Amélie BARBARY-BOISTEUX&lt;br /&gt; amelie.boisteux&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 54 25&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-ingenierie-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>165206</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - Ecosystèmes d'innovation interconnectés - 2026</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - Ecosystèmes d&amp;apos;innovation interconnectés - 2026</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - Pilier 3 - Europe innovante - 2021-2027;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,500,0000 euros&lt;p&gt;-----&lt;/p&gt;Budget total de l’appel : 14,500,000 euros   Budget par topic :  &lt;ul&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-01: 4,5000,000 euros&lt;/li&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-02: 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-03: 5 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  Montant de la subvention : entre 1 et 5 millions d&amp;#039;euros   Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;Différentes catégories de projets sont éligibles : &lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;TOPICS :&lt;/span&gt;&lt;/p&gt;  &lt;p&gt;A venir&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-01: Réseau européen de centres de compétences nationaux pour les marchés publics de l&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-02 : Développer les écosystèmes d&amp;#039;investissement&lt;/li&gt;    &lt;li&gt;HORIZON-EIE-2026-01-CONNECT-03: Mise à l&amp;#039;échelle des écosystèmes de deep tech&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (NCP) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp;sortQuery&amp;#61;country;countryGroups&amp;#61;MS,AC,PAC,3C;countries&amp;#61;;functions&amp;#61;7?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://research-and-innovation.ec.europa.eu/document/download/1c306673-1596-4097-89d7-abce45ae6ddd_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;HORIZON-EIE-2026-01&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/european-innovation-ecosystems_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2025</t>
+        </is>
+      </c>
+      <c r="Q26" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2026</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-ecosystemes-dinnovation-interconnectes-2026/</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-ecosystemes-dinnovation-interconnectes-2026/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>71808</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets pour l’environnement (eau, économie circulaire, biodiversité, etc.)</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet en faveur de l’environnement, structuré
+par exemple autour de la gestion de l’eau, de l’économie circulaire, de la biodiversité
+? La Banque des Territoires vous propose une offre de financement des projets
+en faveur de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes à la
+recherche d’investisseurs pour structurer et financer un projet portant sur
+l’eau et l’assainissement, l’économie circulaire ou bien encore les services
+liés à l’environnement permettant également d’adresser les problématiques debiodiversité
+et de compensation environnementale, avec des coopératives carbone.. Nous
+finançons en fonds propres et quasi-fonds propres ce type de projets.
+Sollicitez-nous pour bénéficier de financements adaptés, d’un accompagnement et
+d’une expertise reconnus.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projet-environnement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=environnement_biodiversite_psat</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  COMMUNICATION
+  Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...9 lines deleted...]
- -	toute communication écrite ou orale doit mentionner l&amp;#039;aide du Département
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-environnement/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>90857</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Organiser des événements territoriaux favorisant la rencontre des acteurs de l'écosystème</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette action vise à soutenir l&amp;#039;organisation d&amp;#039;événements territoriaux, sectoriels ou multisectoriels, favorisant la rencontre des acteurs de l&amp;#039;écosystème.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un organisme (public ou privé) de soutien au développement des entreprises ? La Région peut vous aider à financer des événements territoriaux à vocation économique dans le cadre de la politique de soutien aux filières régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>International
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organismes de soutien (publics ou privés) au développement des entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  fédérations, organisations professionnelles, Groupements d&amp;#039;intérêt public (GIP) et associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pôles de compétitivité, clusters, grappes d&amp;#039;entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  pépinières, technopôles, incubateurs, accélérateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  centres de compétences
+ &lt;/li&gt;
+ &lt;li&gt;
+  organismes de formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  établissements de santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupements de PME
+ &lt;/li&gt;
+ &lt;li&gt;
+  PME agissant pour le compte d&amp;#039;un groupement d&amp;#039;entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  de manière générale, tout type d&amp;#039;entreprise d&amp;#039;une filière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant des aides
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Aide forfaitaire pour l&amp;#039;organisation de manifestations, colloques, salons, conférences ... à vocation économique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Locale : 1 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régionale : 2 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nationale : 4 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/evenements-territoriaux-vocation-economique</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+Direction pilotage stratégique et filières : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  du lundi au vendredi de 9h à 18h sans interruption
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1600-evenements-territoriaux-a-vocation-economique/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>162934</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité et sensibiliser tous les publics aux enjeux du futur</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Biodiversité et Sensibilisation environnementale</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H3" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K3" s="1" t="inlineStr">
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J29" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...42 lines deleted...]
-Agriculture et agroalimentaire
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer la préservation de la biodiversité (ordinaire, en péril, trame verte, trame bleue, trame brune, …)&lt;/li&gt;&lt;li&gt;Préserver et valoriser le patrimoine naturel et permettre l’adaptabilité au changement climatique&lt;/li&gt;&lt;li&gt;Renforcer les réseaux d’acteurs afin de permettre la transversalité des thématiques (santé, paysage, climat, mobilité, agriculture)&lt;/li&gt;&lt;li&gt;Développer des outils de communication et de sensibilisation tout public&lt;/li&gt;&lt;li&gt;Sensibiliser et lutter contre les espèces invasives&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Expérimenter, adapter la flore (parterre, culture, forêt, …) au changement climatique et notamment au besoin en eau (hors acquisition ou plantation de plantes annuelles)&lt;/li&gt;&lt;li&gt;Créer un atlas des arbres remarquables / Inventaire du patrimoine floristique&lt;/li&gt;&lt;li&gt;Mettre en lien des acteurs touchés directement ou indirectement par la biodiversité&lt;/li&gt;&lt;li&gt;Restaurer les habitats permettant de préserver, d’améliorer ou de recréer une biodiversité&lt;/li&gt;&lt;li&gt;Valoriser et mettre en avant les bonnes pratiques sur les jardins privés&lt;/li&gt;&lt;li&gt;Créer des itinéraires en mobilité douce à la découverte de la biodiversité&lt;/li&gt;&lt;li&gt;Investir pour améliorer la biodiversité en milieu urbain&lt;/li&gt;&lt;li&gt;Créer des vitrines de projets de la biodiversité à l’échelle du Pays des Châteaux&lt;/li&gt;&lt;li&gt;Mener des études d’impact de projets sur la biodiversité&lt;/li&gt;&lt;li&gt;Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
 Biodiversité
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...98 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q29" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-2/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>163609</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux actions de l’écosystème venant en appui à la création d’entreprises innovantes</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux actions de l’écosystème venant en appui à la création d’entreprises innovantes</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
 Etablissement public dont services de l'Etat
-Association</t>
-[...12 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O4" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La région Nouvelle-Aquitaine maintient une politique forte de soutien à la création d&amp;#039;entreprises innovantes. Elle repose notamment sur un appui signiﬁcatif octroyé à l&amp;#039;écosystème d&amp;#039;innovation pour permettre un accompagnement qualitatif et personnalisé des porteurs de projet, des actions de promotions de l&amp;#039;innovation et d&amp;#039;animation, pour un écosystème dynamique et collaboratif.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Soutenir l’entrepreneuriat et l’accompagnement à la création d’entreprises innovantes (incubation, amorçage, déploiement, accélération),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les démarches collaboratives et partenariales d’espaces ou d&amp;#039;événements liés à l’innovation, au service des projets de création d’entreprises innovantes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;Le montant sera déﬁni en fonction de la nature du bénéﬁciaire, du type d’action mené, des besoins et ressources du projet, ainsi que du plan de ﬁnancement prévisionnel.&lt;/p&gt;&lt;p&gt;Dépenses éligibles&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Coûts des parcours d’accompagnement, actions collectives, programme d’animation et de promotion,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dépenses d’investissements corporels ou incorporels.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P4" s="1" t="inlineStr">
-[...58 lines deleted...]
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Organismes de soutien (incubateur, pépinière, technopoles labellisées, accélérateur, centre de ressources…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Porteurs de projets, publics, privés, du territoire Nouvelle-Aquitaine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Projet :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;dont la ﬁnalité est d&amp;#039;améliorer les performances des start-up du territoire&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;déployé en coordination avec les acteurs de l&amp;#039;écosystème&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;au service des enjeux de transitions actuels et à venir et des ﬁlières stratégiques pour la Nouvelle-Aquitaine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-aux-actions-de-lecosysteme-venant-en-appui-la-creation-dentreprises-innovantes</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Télécharger le dossier plus bas&lt;/p&gt;&lt;p&gt;Le remplir et le renvoyer par mail à l’adresse suivante : startup-region&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;&lt;p&gt;Important : si la société est déjà créée, merci de joindre à votre demande :&lt;/p&gt;&lt;p&gt;un extrait Kbis,&lt;/p&gt;&lt;p&gt;la dernière liasse comptable et fiscale si vous avez déjà clôturé un exercice,&lt;/p&gt;&lt;p&gt;et si disponibles et à jour : une présentation du projet / un business plan / un communiqué de presse / le prévisionnel financier détaillé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-actions-de-lecosysteme-venant-en-appui-a-la-creation-dentreprises-innovantes/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>163747</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'équilibre économique des écosystèmes hydrogène par l’usage mobilité</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Renforcement économique des écosystèmes hydrogène par l’usage mobilité</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Département
+Région
+Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
-[...120 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif vise à renforcer l’équilibre économique des projets de stations de distribution d’hydrogène pour la mobilité lourde s’inscrivant dans la stratégie régionale.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;La vocation première de ce dispositif de soutien est d’accompagner les usages, en particulier de soutenir les investissements concernant les usages en mobilité lourde routière et maritime.&lt;/p&gt;&lt;p&gt;Pour cela, il doit permettre de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renforcer les écosystèmes hydrogène les plus matures en soutenant quelques usagers supplémentaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre un meilleur équilibre économique des projets de stations de distribution ou de production d&amp;#039;hydrogène&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner le développement des usages hydrogène pertinents&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les coûts admissibles&lt;/p&gt;&lt;p&gt;Concernant les investissements sur l’achat de véhicules, les coûts admissibles sont les coûts supplémentaires liés à l’achat du véhicule, calculés comme étant la différence entre les coûts d’investissement liés à l’achat du véhicule et les coûts d’investissement liés à l’achat d’un véhicule de la même catégorie qui est conforme aux normes de l’Union Européenne applicables déjà en vigueur et qui aurait été acquis sans l’aide ;&lt;/p&gt;&lt;p&gt;Concernant les investissements sur la location de véhicules propres ou de véhicules à émission nulle, les coûts admissibles sont les coûts supplémentaires liés à la location du véhicule, calculés comme étant la différence entre la valeur actuelle nette liée à la location du véhicule et la valeur actuelle nette liée à la location d’un véhicule de la même catégorie qui est conforme aux normes de l’Union Européenne applicables déjà en vigueur et qui aurait été loué sans l’aide. Les coûts d’exploitation liés à l’exploitation du véhicule, y compris les coûts de l’énergie, les coûts d’assurance et les coûts d’entretien, ne sont pas pris en considération, qu’ils soient ou non inclus dans le contrat de location ;&lt;/p&gt;&lt;p&gt;Concernant les investissements de rétrofit consistant en la mise à niveau de véhicules leur permettant d’être considérés comme des véhicules propres ou des véhicules à émission nulle, les coûts de l’investissement dans la mise à niveau.&lt;/p&gt;&lt;p&gt;Les taux d’aide&lt;/p&gt;&lt;p&gt;Les taux d’aide s’appliquent sur la base des coûts admissibles, sur le coût total HT ou sur le surcoût environnemental (solution de référence déduite) pour les investissements matériels et immatériels liés au programme d’investissements.&lt;/p&gt;&lt;p&gt;Le soutien financier s’appuie sur le régime cadre exempté de notification N° SA.111726 relatif aux aides à la protection de l’environnement pour la période 2024-2026 ainsi que sur le régime cadre exempté de notification N° SA.111723 relatif aux aides à la recherche, au développement et à l’innovation (RDI) pour la période 2024-2026.&lt;/p&gt;&lt;p&gt;Conformément au règlement d’intervention de la Région et aux régimes d’aides d’Etat, le taux d’aide régionale respectera les taux d’accompagnement en vigueur au moment de l’instruction du dossier. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q31" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Le bénéficiaire de l’aide pourra être une structure publique ou privée.&lt;/p&gt;&lt;p&gt;Les particuliers ne sont pas concernés par ce dispositif.&lt;/p&gt;&lt;p&gt;Les véhicules éligibles sont ceux répondant à des contraintes spécifiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Charge utile importante ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Longs trajets, nécessitant une forte autonomie ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Temps de recharge/avitaillement contraints ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autres contraintes spécifiques pour lesquelles l’hydrogène pourrait apporter une réponse&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les usages visés sont principalement :&lt;/p&gt;&lt;p&gt;Mobilité lourde ou intensive des professionnels et/ou collectivités, dans les secteurs routier et maritime en priorité :&lt;/p&gt;&lt;p&gt;Transport terrestre de marchandises ou de déchets : véhicules utilitaires de société et véhicules lourds en priorité (camions, bennes à ordures ménagères …),&lt;/p&gt;&lt;p&gt;Transport terrestre de passagers : véhicules lourds (autocars, bus, minibus,...) et flotte captive professionnelle&lt;/p&gt;&lt;p&gt;Transport maritime et fluvial de passagers (navires, navettes … de tourisme, plaisance, transport public …)&lt;/p&gt;&lt;p&gt;Transport maritime et fluvial de marchandises &lt;/p&gt;&lt;p&gt;Usages agricole&lt;/p&gt;&lt;p&gt;Navires de pêche et de conchyliculture/ostréiculture&lt;/p&gt;&lt;p&gt;Transport logistique et fonctionnement des équipements de manutention ou des engins lourds de chantier : chariots élévateurs, barges portuaires, grues, chariots bagages des aéroports et ports …&lt;/p&gt;&lt;p&gt;Alimentation électrique de certains équipements isolés et non desservis par le réseau électrique (en substitution de combustible fossile), ou non adaptés à l’électrification.&lt;/p&gt;&lt;p&gt;Fret ferroviaire (en zones portuaires ou industrielles, pour les derniers kilomètres)&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;La pertinence du choix de l’hydrogène au regard des autres solutions de décarbonations existantes : des éléments chiffrés sur le nombre de kilomètres parcourus chaque année par le véhicule, la charge utile liée au type d’activité, les contraintes en temps de recharge, un comparatif explicite avec la solution électrique si elle existe sur le marché. A ce titre, la Région accompagne certains types d’études au travers de son dispositif de soutien « Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive ».  &lt;/p&gt;&lt;p&gt;La performance environnementale : réduction des émissions de gaz à effet de serre au regard d’une situation de référence, réduction des émissions de polluants, etc.&lt;/p&gt;&lt;p&gt;La valorisation énergétique : communication d’un bilan énergétique : consommations d’énergie avec une comparaison par rapport à la solution carbonée de référence&lt;/p&gt;&lt;p&gt;Le modèle économique : le calcul du TCO (Total Cost of Ownership), détermination du coût global du projet, description du montage économique du projet…&lt;/p&gt;&lt;p&gt;La maturité du projet : présentation du calendrier prévisionnel de déploiement de la flotte.&lt;/p&gt;&lt;p&gt;La fiabilité du projet : solvabilité financière du porteur, plan de financement, liste et solvabilité des partenaires&lt;/p&gt;&lt;p&gt;La pertinence géographique du projet : &lt;/p&gt;&lt;p&gt;L’usage ciblé doit venir s’approvisionner sur une infrastructure de distribution basée en région Nouvelle-Aquitaine, qu’elle soit déjà mise en service ou bien en cours de déploiement. Les véhicules éligibles doivent justifier de leur utilisation en Nouvelle-Aquitaine, notamment la localisation des dépôts des véhicules et les trajets prévisionnels à effectuer.&lt;/p&gt;&lt;p&gt;Avant toute candidature, les potentiels usagers intéressés par ce dispositif sont donc invités à se rapprocher des services de la Région pour identifier le point d’avitaillement en hydrogène le plus proche et ainsi vérifier l’éligibilité du critère géographique.&lt;/p&gt;&lt;p&gt;La présence d’une innovation technologique (techniques ou nouveaux usages) n’est pas un critère obligatoire mais sera favorisée dans l’instruction. Par exemple, le développement de l’offre technologique et industrielle régionale de solutions, notamment portée par des start-up, TPE et PME régionales innovantes sera particulièrement encouragé. Il en sera de même pour la conduite d’expérimentations sur de nouvelles technologies ou de nouveaux process .&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/renforcement-economique-des-ecosystemes-hydrogene-par-lusage-mobilite</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Les éléments de présentation et technico-économiques du projet devront être transmis uniquement par voie électronique.&lt;/p&gt;&lt;p&gt;Le dépôt du dossier de candidature doit être accompagné d’un courrier de demande d’aide régionale.&lt;/p&gt;&lt;p&gt;Pour être examiné, le dossier de demande d’aide devra être nécessairement complet avec l’ensemble des éléments demandés par le service instructeur de la Région Nouvelle-Aquitaine : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La « fiche de demande préalable » &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le formulaire Kbis et le RIB du demandeur&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les 3 dernières liasses fiscales du demandeur et les 3 derniers bilans comptables&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une présentation du projet (contexte, état d’avancement, problématiques à résoudre…) et des parties prenantes/participants au projet (activité, intérêt au projet…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le calendrier prévisionnel d’achat de véhicule ou de rétrofit,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le/les devis détaillés d’achat de véhicule ou de rétrofit ou le contrat de location&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les éventuels co-financements sollicités.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon la complexité du dossier, d’autres pièces justificatives pourront être demandées.&lt;/p&gt;&lt;p&gt;Un suivi des performances des équipements et du projet global sur un an sera systématiquement demandé et conventionné.&lt;/p&gt;&lt;p&gt;Par ailleurs, la Région encourage la réalisation d’études préalables en amont des investissements, pour définir au mieux le contour et les caractéristiques du projet. A ce titre, la Région accompagne certains types d’études au travers de son dispositif de soutien « Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive ».&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcement-economique-des-ecosystemes-hydrogene-par-lusage-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...258 lines deleted...]
-      <c r="D7" s="1" t="inlineStr">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>164166</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études  en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J7" s="1" t="inlineStr">
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="N7" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études peuvent être aidées quel que soit leur auteur, qu’elles soient réalisées par un prestataire extérieur ou
+directement par les moyens propres du maître d’ouvrage. &lt;/p&gt;&lt;p&gt;L’ensemble des études nécessaires à la définition, à la conception, à la mise en œuvre et au suivi d’un projet de
+préservation, de restauration ou de renaturation de milieux, et intégrées éventuellement au sein de programme
+de gestion des inondations et/ou des coulées d’eau boueuse, sont éligibles. &lt;/p&gt;&lt;p&gt;En ce sens, les études hydrauliques visant la prévention des inondations/coulées d’eau boueuse peuvent être
+accompagnées lorsqu’elles sont réalisées à l’échelle d’un bassin versant, d’un sous bassin versant ou de secteurs
+suffisamment cohérents pour répondre à cet objectif et lorsqu’elles sont couplées à une étude visant la
+préservation/restauration des milieux naturels. &lt;/p&gt;&lt;p&gt;Par ailleurs, les études de diagnostics territoriaux de trames verte et bleue, ainsi que les inventaires de zones
+humides qui permettent de prendre en compte ces milieux naturels et la biodiversité associée dans la
+planification de l’aménagement du territoire et d’élaborer des programmes d’actions de préservation et de
+restauration sont éligibles. &lt;/p&gt;&lt;p&gt;De même, les études d’élaboration de stratégies foncières, en vue d’identifier les leviers fonciers de préservation
+de milieux naturels sont éligibles.&lt;/p&gt;&lt;p&gt;L’amélioration des connaissances des milieux naturels et de la biodiversité, et en particulier les inventaires et
+diagnostics écologiques préalables à des actions de préservation ou de restauration de milieux, ou encore
+nécessaires à l’élaboration de plans de gestion des milieux humides et des sites naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Dans le cadre de la préservation et de la valorisation de milieux naturels, l’élaboration de plans de gestion et
+d’aménagement/valorisation pédagogique définissant l’intérêt des sites, leur vulnérabilité et la mise en place de
+stratégies de protection, de gestion, de renaturation, voire d’accueil du public, sont éligibles (le soutien aux
+actions d’information et d’accueil du public relève de la fiche thématique « interventions en matière de
+sensibilisation, d’éducation, d’information et de consultation du public »). &lt;/p&gt;&lt;p&gt;Les études concernant la structuration de la maîtrise d’ouvrage et les compétences associées à ces opérations
+(Gestion des Milieux Aquatiques et Prévention des Inondations) sont également éligibles lorsqu’elles visent la
+constitution, le renforcement ou l’élargissement de la maîtrise d’ouvrage, en particulier par l’étude globale des
+enjeux « milieux » associés à un territoire (recensement des linéaires de cours d’eau, des surfaces de zones
+humides, identification des trames vertes et bleues, …) et des forces en présence sur ce territoire (compétences,
+concertation entre partenaires, analyse économique, …).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lorsque différentes options sont à examiner sur des typologies d’actions particulières
+(effacement/aménagement d’ouvrages, lutte contre les inondations, ...), les études préalables devront s’appuyer
+sur des analyses multicritères permettant de comparer les coûts et les bénéfices des différents scénarii proposés
+afin de justifier la cohérence, l’efficacité et la pérennité de la solution retenue.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q7" s="1" t="inlineStr">
+      <c r="Q32" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="S7" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
+externalisée.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-autres-operations/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...31 lines deleted...]
-      <c r="K8" s="1" t="inlineStr">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>101589</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de valorisation et de protection de la biodiversité et de réhabilitation d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez trouver une aide financière complémentaire ou du mécénat pour des projets liés à la préservation du patrimoine naturel et la biodiversité.
+&lt;br /&gt;
+&lt;br /&gt;
+La Fondation du patrimoine vous aide à financer des projets en mobilisant des fonds publics et privés (crowfunding, mécénat d&amp;#039;entreprises locales et nationales). Ces fonds aident à financer des projets à dimension écologique ou naturelle, notamment des travaux de réhabilitation d&amp;#039;espaces naturels, facilitant la reproduction d&amp;#039;espèces animales ou végétales menacées...</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
-[...1 lines deleted...]
-&lt;p&gt;
+ Une commune ou une intercommunalité comptant sur son territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des espaces protégés ou reconnus au titre du Code de l&amp;#039;Environnement (parc national, réserve naturelle, parc naturel régional, site classé loi de mai 1930, espace « Natura 2000 », espace classé de protection du biotope et terrains des conservatoires d&amp;#039;espaces naturels) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des Espaces Naturels Sensibles et Espaces remarquables du Littoral régis par le Code de l&amp;#039;Urbanisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ZNIEFF (zone naturelle d&amp;#039;intérêt écologique, faunistique et floristique) de type I et II.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/c/soumettre-un-projet/obtenir-une-aide-financiere/programme-patrimoine-naturel-et-biodiversite/67</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez la Fondation du patrimoine :
+ &lt;a href="https://www.fondation-patrimoine.org/contact" rel="noopener" target="_blank"&gt;
+  https://www.fondation-patrimoine.org/contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f1d8-financer-des-projets-de-valorisation-et-de-pr/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>102631</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de valorisation et de protection de la biodiversité et de réhabilitation d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine Naturel</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis sa création, la Fondation du patrimoine agit pour rendre la France plus belle et ce en soutenant la restauration et la préservation de tous types de patrimoine. Les habitats naturels, les espèces animales et végétales, les formations géologiques, physiques et biologiques constituent le patrimoine naturel et font partie de notre histoire et de l&amp;#039;identité culturelle de notre pays.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez trouver une aide financière pour mener des
  &lt;strong&gt;
-  &lt;br /&gt;
+  projets liés à la préservation du patrimoine naturel et la biodiversité
  &lt;/strong&gt;
-&lt;/p&gt;
+ ? Au travers son programme Patrimoine Naturel, la Fondation du patrimoine récompense des actions de réhabilitation d&amp;#039;espaces naturels ayant un impact positif sur la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle mobilise des fonds publics et privés (notamment via le mécénat d&amp;#039;entreprises locales et nationales) pour accompagner ces projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   arbres têtards du Marais poitevin
+  &lt;/strong&gt;
+  : préservation et plantation d&amp;#039;une espèce d&amp;#039;arbre emblématique de la Vendée, menacée par les maladies.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Eco-Tig en Provence
+  &lt;/strong&gt;
+  : ensemble de petits chantiers pour préserver la biodiversité réalisé par des personnes sous main de justice.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Espaces protégés ou reconnus au titre du Code de l&amp;#039;Environnement (parc national, réserve naturelle, parc naturel régional, site classé loi de mai 1930, espace « Natura 2000 », espace classé de protection du biotope et terrains des conservatoires d&amp;#039;espaces naturels).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espaces Naturels Sensibles et Espaces remarquables du Littoral régis par le Code de l&amp;#039;Urbanisme.
+ &lt;/li&gt;
+ &lt;li&gt;
+  ZNIEFF (zone naturelle d&amp;#039;intérêt écologique, faunistique et floristique) de type I et II.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Accompagnement à la carte intégrant :
+  À noter
  &lt;/strong&gt;
+ : les personnes privées peuvent bénéficier de l&amp;#039;aide en cas de convention de gestion avec un organisme associatif ou public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/c/soumettre-un-projet/obtenir-une-aide-financiere/programme-patrimoine-naturel-et-biodiversite/67</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez
+ Michel Doffagne :
+ &lt;a href="mailto:michel.doffagne&amp;#64;fondation-patrimoine.org" rel="noopener" target="_blank"&gt;
+  michel.doffagne&amp;#64;fondation-patrimoine.org
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>fanny.renaud@fondation-patrimoine.org</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed4f-financer-des-projets-de-valorisation-et-de-pr/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>102720</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Récompenser des éleveurs, associations ou structures engagés pour la préservation de la biodiversité animale</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Prix pour l’agrobiodiversité animale</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le prix pour l&amp;#039;agrobiodiversité animale, placé sous le haut patronage du ministère de l&amp;#039;Agriculture et avec le soutien du laboratoire Ceva Sante Animale, récompense des initiatives de préservation et de valorisation de races agricoles françaises à faible effectifs, représentatives d&amp;#039;un patrimoine génétique unique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prix est ouvert à toute personne privée, éleveur de races à faibles effectifs, ou personne morale publique, associative ou privée résidant en France.
+&lt;/p&gt;
+&lt;p&gt;
+ La dotation totale est de 32 000€, divisés en 1 à 3 lauréats.
+&lt;/p&gt;
+&lt;p&gt;
+ La date d&amp;#039;ouverture pour les dépôts de dossier est prévue entre septembre et octobre, pour une fermeture des candidatures entre décembre et janvier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  3ème prix 2021 : la
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;p9ZVq7ehxY8" rel="noopener" target="_blank"&gt;
+   vache Bleue du Nord
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  3ème prix 2018 : la
+  &lt;a href="https://www.facebook.com/watch/?v&amp;#61;973735643395745" rel="noopener" target="_blank"&gt;
+   ferme du Hitton pour ses ânes des Pyrénées
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La participation à ce prix est gratuite et ouverte à toute personne privée, éleveur de races à faibles effectifs, ou personne morale publique, associative ou privée résidant en France : groupements agricoles, conservatoires régionaux des races, syndicats et associations à but non lucratif...qui portent et soutiennent des actions originales de valorisation du patrimoine domestique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://strapi-upload.cdn.fondation-patrimoine.org/Dossier_de_candidature_Prix_Agrobio_2020_d2bbc84bff.pdf?_ga=2.34810533.584128613.1632142609-807714236.1631774240</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Laura VERDILLON, chargée de communication :
+ laura.verdillon&amp;#64;fondation-patrimoine.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>fanny.renaud@fondation-patrimoine.org</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9eb2-recompenser-des-eleveurs-associations-ou-stru/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>120898</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Encourager la diversité de création dans le domaine du jeu vidéo et conforte son écosystème professionnel</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'aide à la création de jeu vidéo</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région encourage la diversité de création dans le domaine du jeu vidéo et conforte son écosystème professionnel, à travers une aide sélective et remboursable à la production.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>13/10/2025</t>
+        </is>
+      </c>
+      <c r="Q36" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide est destinée aux sociétés commerciales productrices de jeu vidéo.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise bénéficiaire doit avoir la maîtrise artistique, technique et financière de son projet. Elle assure la responsabilité de la production et de la réalisation du jeu vidéo. Elle peut disposer d&amp;#039;un coproducteur.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les aides accordés sont des avances récupérables selon des modalités précisées dans les conventions signées entre le bénéficiaire et la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont octroyées sur la base du règlement (UE)
+ &lt;a href="http://circulaire.legifrance.gouv.fr/pdf/2015/10/cir_40085.pdf" rel="noopener" target="_blank"&gt;
+  n° 1407/2013
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ de la Commission du 18 décembre 2013 qui fixe un plafond de 200.000€ d&amp;#039;aide publique maximum par société sur une durée de 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise soutenue doit déclarer les aides de minimis déjà perçues.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité de l&amp;#039;œuvre est conditionnée par le respect des critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
-[...23 lines deleted...]
-  Animation post- PCAET
+  Le projet doit être un jeu vidéo, on line ou off line, sur console, téléphone mobile, PC, réseaux sociaux et sur tout support de distribution à l&amp;#039;exclusion des jeux « Pay to win »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit avoir un coût global de développement supérieur ou égal à 50.000€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit avoir 50% minimum des dépenses de production réalisées en Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet ne doit pas comporter de séquences qui pourraient faire l&amp;#039;objet d&amp;#039;une classification PEGI 18 (Pan-European Game Information, système européen d&amp;#039;information sur les jeux).
  &lt;/li&gt;
 &lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le dossier de candidature de l&amp;#039;entreprise doit comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les informations renseignées sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégralité des pièces demandées sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  , et listées dans les dossiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier ad hoc daté et signé déposé sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En plus de ces démarches sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , l&amp;#039;entreprise candidate doit adresser dans les mêmes délais l&amp;#039;intégralité des pièces en format papier (datées et signées par le responsable légal de l&amp;#039;entreprise) à :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Région Île-de-France
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mme Julitte MICHEL
+&lt;/p&gt;
+&lt;p&gt;
+ Service Cinéma et Audiovisuel de la Région
+ &lt;br /&gt;
+ 2, rue Simone-Veil
+ &lt;br /&gt;
+ 93400 Saint-Ouen.
+ &lt;br /&gt;
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  &lt;br /&gt;
+  1ère session 2023
  &lt;/strong&gt;
 &lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture de la plateforme : mardi 1er novembre 2022
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fermeture de la plateforme : mercredi 1er février 2023 - 17h
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comité de sélection : mars 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vote des aides en Commission permanente : mai 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  LIVRABLES :
+  2ème session 2023
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Diagnostics PCAET, Profil Climat
-[...131 lines deleted...]
-      <c r="S8" s="1" t="inlineStr">
+  Ouverture de la plateforme : mercredi 1er mars 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fermeture de la plateforme : vendredi 30 juin 2023 - 17h
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comité de sélection : septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vote des aides en Commission permanente : novembre 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
-[...48 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-daide-la-creation-de-jeu-video</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>Julitte Michel
+&lt;br /&gt;
+Chargée de mission Jeu vidéo
+&lt;br /&gt;
+&lt;a href="mailto:julitte.michel&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ julitte.michel&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;
+Tél. : 01 53 85 77 02</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/16e4-fonds-daide-a-la-creation-de-jeu-video/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>163181</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité touristique orientée vers la culture maritime et la biodiversité</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...17 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I37" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
-[...60 lines deleted...]
-      <c r="O9" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;De par son ancrage territorial et sa culture maritime, les activités de production
+de la pêche et de la conchyliculture constituent un atout important pour
+l’attractivité touristique du Calvados. Ainsi, les producteurs sont nombreux à
+souhaiter ouvrir leurs portes aux activités touristiques pour trouver de
+nouveaux débouchés pour leurs produits, mais également pour donner une image
+plus réelle de leur métier. Le patrimoine maritime naturel et historique y
+compris gastronomique répondent également à ces nouvelles attentes de tourisme
+qualitatif et durable.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Réaliser
+     des supports de communication sur les savoir-faire, les métiers, les modes
+     de production et de transformation  &lt;/li&gt;
+ &lt;li&gt;Développer des outils de communication /
+     transmission d’information sur la biodiversité&lt;/li&gt;
+ &lt;li&gt;Soutenir les publications de mise en valeur du
+     patrimoine maritime et les travaux de recherche y concourant&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt; Etude&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Etudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions de développement&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Ouvrir et adapter les structures professionnelles
+     au tourisme d’entreprises&lt;/li&gt;
+ &lt;li&gt;Développer des animations professionnelles à
+     portée territoriale et touristique&lt;/li&gt;
+ &lt;li&gt;Créer des sites de valorisation de la culture
+     maritime fixes ou mobiles&lt;/li&gt;
+ &lt;li&gt;Développer des animations sur les territoires
+     remarquables (RNN, Natura 2000, PNR…)&lt;/li&gt;
+ &lt;li&gt;Soutenir la restauration de bâtiments navals ou
+     d’autres sites appartenant au patrimoine maritime historique du territoire&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt; Mise en réseau&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Créer une offre touristique globale autour de la
+     mer à l’échelle du GALPA&lt;/li&gt;
+ &lt;li&gt;Mettre en réseau les acteurs maritimes&lt;/li&gt;
+ &lt;li&gt;Coopérer avec des territoires extérieurs
+     répondant à la stratégie du GALPA et permettant d’apporter une plus-value
+     au territoire &lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="T9" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Dépenses de personnel&lt;/li&gt;
+ &lt;li&gt;Coûts directs en lien avec
+     l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
+investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Coûts indirects : Un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
+ &lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;
+ &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
+ &lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
-[...77 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Margaux Marie&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Téléphones : 06 59 48 87 24&lt;/strong&gt; / &lt;strong&gt;02 31 57 18 06&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-diversification-des-metiers-de-la-peche-et-de-laquaculture-1/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D10" s="1" t="inlineStr">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>164187</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité - Espèces exotiques envahissantes</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I10" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J10" s="1" t="inlineStr">
+      <c r="J38" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="N10" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets éligibles concernent les études sommaires de connaissance, de suivi et de gestion d’espèces
+végétales prioritaires sur le bassin Rhin-Meuse définies en lien avec la Stratégie Régionale « Espèces Exotiques
+Envahissantes », d’espèces végétales émergentes10 sur le bassin (identifiées ou potentielles), les opérations de
+limitation d’expansion de ces espèces sur des sites maîtrisables ainsi que les interventions combinées à la
+restauration du milieu (restauration de berges dégradées et reconstitution de ripisylve par exemple). &lt;/p&gt;&lt;p&gt;A l’inverse, les opérations d’entretien régulier de végétation envahissante ayant colonisé des larges zones
+(fauche/arrachage de renouées par exemple) et de régulation d’espèces animales ne sont pas éligibles. Les
+études visant une connaissance fondamentale et approfondie d’une espèce exotique invasive animale ou
+végétale, pour laquelle la colonisation est considérée irréversible sur le bassin Rhin-Meuse, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Dans tous les cas, l’éligibilité des projets fera l’objet d’une analyse au cas par cas au regard du meilleur état de
+l’art sur les espèces exotiques envahissantes présentes sur le bassin Rhin-Meuse. Les études, travaux et plans de
+gestion concernant des espèces animales ne sont pas éligibles à des financements.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q10" s="1" t="inlineStr">
+      <c r="Q38" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="S10" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Végétales prioritaires / émergentes&lt;/strong&gt;&lt;br /&gt;Actions de gestion pour éradiquer
+ou limiter l’expansion d’espèces
+prioritaires sur le bassin Rhin-Meuse (notamment espèces
+émergentes identifiées ou
+potentielles) sur des sites
+maîtrisables ou stratégiques ;
+Travaux de restauration de
+milieux pour lutter contre les
+espèces exotiques envahissantes
+prioritaires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Végétales déjà implantées&lt;/strong&gt;&lt;br /&gt;Dans le cadre de travaux de
+restauration de milieux pour lutter
+contre les espèces exotiques
+envahissantes. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Animales&lt;/strong&gt;&lt;br /&gt;Non éligible au P12&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-protegees-menacees/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H11" s="1" t="inlineStr">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>165460</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les territoires à construire des dynamiques collectives en faveur de la biodiversité et de leur résilience</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>AMI Biodiversité en commun</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de la biodiversité Hauts-de-France (ARB HdF)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En Hauts-de-France, les milieux naturels subissent de fortes pressions : artificialisation des sols, fragmentation des habitats… De ce fait, les écosystèmes s’affaiblissent et, avec eux, la qualité de vie des habitants.&lt;/p&gt;&lt;p&gt;Pourtant, la biodiversité reste notre meilleur allié : elle régule les inondations, favorise la pollinisation, améliore la qualité de l’air et de l’eau, et contribue au bien-être quotidien. Autant de services indispensables qui font d’elle un levier majeur de résilience et d’attractivité pour nos territoires.&lt;/p&gt;&lt;p&gt;C’est pourquoi, dans le cadre du projet &lt;a href="https://www.ofb.gouv.fr/le-projet-life-biodivfrance"&gt;LIFE Biodiv’France&lt;/a&gt; et avec l’appui opérationnel d’&lt;a href="http://www.enrx.fr/"&gt;Espaces naturels régionaux (ENRx)&lt;/a&gt;, &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/agence-regionale-biodiversite-hauts-de-france" target="_self"&gt;l’Agence régionale de la biodiversité Hauts-de-France (ARB HdF)&lt;/a&gt; lance &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun" target="_self"&gt;l’Appel à Manifestation d’Intérêt (AMI) « Biodiversité en commun »&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Quatre collectivités pilotes recherchées&lt;/h4&gt;&lt;p&gt;L’AMI permettra de sélectionner quatre collectivités de la région, qui seront accompagnées par Espaces naturels régionaux (ENRx) pour le compte de l’ARB HdF dans la conception et la mise en dynamique collective de projets en faveur de la biodiversité.&lt;/p&gt;&lt;p&gt;Pendant 2 à 3 ans, elles bénéficieront d’un accompagnement sur mesure pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobiliser des élus et services de la collectivité&lt;/li&gt;&lt;li&gt;Animer et impliquer des acteurs locaux (habitants, associations, entreprises…)&lt;/li&gt;&lt;li&gt;Co-construire un projet ou programme d’actions adapté aux enjeux de leur territoire&lt;/li&gt;&lt;li&gt;Appuyer le montage technique et financier de leurs projets&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;Un accompagnement collectif&lt;/h4&gt;&lt;p&gt;Au-delà du soutien individualisé, les lauréats pourront intégrer un réseau d’échanges en fonction des territoires et des projets retenus, afin de partager expériences et pratiques, et d’ancrer durablement la biodiversité comme bien commun.&lt;/p&gt;&lt;h4&gt;Dossier de candidature&lt;/h4&gt;&lt;p&gt;Pour en savoir plus et télécharger les documents de candidature,&lt;strong&gt; &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_blank"&gt;cliquez ici&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuités écologiques (trame verte et bleue, trame noire, etc.) ;&lt;/li&gt;&lt;li&gt;Agriculture (pollinisateurs, sols, bocage, etc.) ;&lt;/li&gt;&lt;li&gt;Eau, milieux aquatiques et zones humides ;&lt;/li&gt;&lt;li&gt;Nature en ville (îlots de fraîcheur, renaturation, désimperméabilisation) ;&lt;/li&gt;&lt;li&gt;Gestion des risques et adaptation (inondations, sécheresses, érosion, etc.) ;&lt;/li&gt;&lt;li&gt;Protection et gestion des espaces de nature ;&lt;/li&gt;&lt;li&gt;Mobilisation citoyenne, participation, éducation à l’environnement ;&lt;/li&gt;&lt;li&gt;Acculturation des élus et des services, gouvernance et transversalité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>03/11/2025</t>
+        </is>
+      </c>
+      <c r="Q39" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2026</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Sont éligibles :&lt;/strong&gt;&lt;/h4&gt;&lt;ul&gt;&lt;li&gt;Les &lt;strong&gt;communes des Hauts-de-France de moins de 40 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;EPCI des Hauts-de-France de moins de 100 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Situées &lt;strong&gt;hors périmètre de Parc naturel régional&lt;/strong&gt; (PNR) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Candidatures conjointes (commune &amp;#43; EPCI) possibles si un porteur unique est identifié et si la gouvernance est clarifiée.&lt;/p&gt;&lt;p&gt;Les collectivités déjà lauréates d’un dispositif analogue (ex : AMI Solutions fondées sur la Nature de l’Agence de l’Eau Artois-Picardie, AMI ESTHER de la Région Hauts-de-France) peuvent candidater sous réserve de complémentarité et non redondance de l’accompagnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp=sharing</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_self"&gt;dossier de réponse&lt;/a&gt; doit être envoyé &lt;strong&gt;par voie électronique aux deux adresses mails suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Jules MAYRAND, ARB Hauts-de-France, &lt;a href="mailto:j.mayrand&amp;#64;enrx.fr"&gt;j.mayrand&amp;#64;enrx.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Agence régionale de la biodiversité Hauts-de-France, &lt;a href="mailto:arb.hdf&amp;#64;enrx.fr"&gt;arb.hdf&amp;#64;enrx.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objet du mail :&lt;/strong&gt;&lt;span&gt; « Candidature AMI Biodiversité en commun – [Nom de la c&lt;/span&gt;&lt;span&gt;ollectivité] ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;En cas de volumétrie importante, privilégier un &lt;strong&gt;lien de téléchargement &lt;/strong&gt;(plateforme de transfert) plutôt qu’une pièce jointe lourde.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Période de dépôt : &lt;/strong&gt;du 03/11/2025 au 30/01/2026.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>arb.hdf@enrx.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-territoires-a-construire-des-dynamiques-collectives-en-faveur-de-la-biodiversite-et-de-leur-resilience/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>132575</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'implantation de bandes enherbées faune sauvage et mellifères en secteur agricole</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Bandes enherbées faune sauvage et mellifères en secteur agricole</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I11" s="1" t="inlineStr">
+      <c r="I40" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Barrière au ruissellement des eaux, stabilisation des sols, élément de trame verte paysagère, contribution agronomique et apicole, ... L&amp;#039;apport positif des bandes enherbées à la qualité de nos plaines agricoles sont multiples. Le Département soutient financièrement les acteurs ruraux qui programment l&amp;#039;implantation de bandes enherbées sur leurs territoires.
+&lt;/p&gt;
+&lt;p&gt;Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_05_fiche-action_bandes_enherbees.pdf</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2025/04/CD52_250319_formulaire-aide-programme-paysager.pdf</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Soutien pluriannuel à destination des associations d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable
+  Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Objectifs
+  Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...65 lines deleted...]
-La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;p&gt;
+ Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03.25.32.85.71
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
+  service.agriculture&amp;#64;haute-marne.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Guide des aides :
+ &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
+  http://www.haute-marne.fr/guidedesaides/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute correspondance doit être adressée à :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue du Commandant Hugueny
+&lt;/p&gt;
+&lt;p&gt;
+ CS 62127
+&lt;/p&gt;
+&lt;p&gt;
+ 52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
-[...41 lines deleted...]
-Formation professionnelle
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>jean-jules.joly@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/077d-soutenir-les-projets-locaux-despaces-naturels/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>162911</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité, restaurer les zones humides ainsi que la trame verte et bleue</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>1 000 mares en Île-de-France</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région accompagne les projets de création et de restauration de mares sur tout le territoire francilien. Avec l&amp;#039;objectif de préserver la biodiversité, de restaurer les zones humides ainsi que la trame verte et bleue.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs groupements,&lt;/li&gt;&lt;li&gt;Associations.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Seules les dépenses en investissement sont éligibles.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets de création de mares : jusqu’à 80% des dépenses éligibles ; subvention max : 5.000€&lt;/li&gt;&lt;li&gt;Projets de restauration de mares : jusqu’à 80% des dépenses éligibles ; subvention max : 2.500€&lt;/li&gt;&lt;/ul&gt;Le taux cumulé des aides publiques ne peut dépasser 80% du montant des dépenses en investissement pour tous les bénéficiaires, à l’exception des associations.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Études pré-opérationnelles aux travaux de création et restauration de mares : &lt;/strong&gt;réalisation du diagnostic préalable et études associées (études pédologiques, hydrauliques, paysagères, luminosité, état de la biodiversité, état de conservation de la mare…),&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Actions de création de mares : &lt;/strong&gt;travaux de création de nouvelles mares et réseaux de mares sur le territoire, respectant les préconisations techniques du dispositif,&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Actions de restauration de mares : &lt;/strong&gt;travaux de restauration visant à préserver et à réhabiliter des écosystèmes naturels fonctionnels et diversifiés favorables à la biodiversité sauvage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’éligibilité technique des projets est conditionnée au respect des préconisations techniques de la Société Nationale de Protection de la Nature :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création de mares : &lt;a href="https://oasis-climat.com/creer-une-mare"&gt;https://oasis-climat.com/creer-une-mare&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de mares : &lt;a href="https://oasis-climat.com/restaurer-et-entretenir-une-mare"&gt;https://oasis-climat.com/restaurer-et-entretenir-une-mare&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;div id="_com_1" language="JavaScript"&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;/div&gt;&lt;/div&gt;&lt;br /&gt; Les porteurs de projet peuvent déposer leurs dossiers de candidature toute l’année sur &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;.&lt;br /&gt;&lt;br /&gt;Après examen par les services de la Région, la Commission permanente du Conseil régional désigne ensuite les initiatives lauréates, le montant de la dotation régionale attribuée et approuve les conventions-cadres qui en découlent.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/1-000-mares-en-ile-de-france</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr"&gt;&lt;span&gt;biodiversite&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1-000-mares-en-ile-de-france/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
 Biodiversité
+Paysage
+Appui méthodologique
 Animation et mise en réseau
+Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
-[...104 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="Q42" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>165575</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>APR GRAINE - Production, valorisation des biomasses et préservation des écosystèmes - Phase 2</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>APR GRAINE - Production, valorisation des biomasses et préservation des écosystèmes - Phase 2</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette 6ᵉ édition de l’&lt;strong&gt;APR GRAINE &lt;/strong&gt;vise à soutenir des projets pour &lt;strong&gt;mieux produire, gérer et valoriser les ressources biologiques potentiellement renouvelables&lt;/strong&gt;, y compris les déchets organiques, afin de satisfaire les besoins en aliments, en produits et matériaux biosourcés, ou encore en énergies sous la forme de chaleur/électricité, de biocarburant, et contribuer à la préservation de l’environnement.&lt;/p&gt;&lt;p&gt;L’objectif de cet APR est de &lt;strong&gt;soutenir un développement durable de la bioéconomie &lt;/strong&gt;en réponse à des besoins sociaux dans un contexte de changement climatique. Autrement dit, d’articuler, au sein des territoires, l’accompagnement des filières de production et de valorisation de biomasses en limitant les impacts, et ce, dans une optique de résilience.&lt;/p&gt;&lt;p&gt;Les biomasses ciblées sont : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les productions agricoles et leurs coproduits ;&lt;/li&gt;&lt;li&gt;les productions sylvicoles et leurs coproduits ;&lt;/li&gt;&lt;li&gt;les déchets organiques ;&lt;/li&gt;&lt;li&gt;les coproduits industriels ;&lt;/li&gt;&lt;li&gt;ou encore les algues et les plantes invasives.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’APR s’oriente autour de&lt;strong&gt; 4 axes de recherche :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Axe 1 – Production durable et résiliente de biomasses préservant les milieux et les ressources&lt;/strong&gt; : il vise le développement et l’amélioration des systèmes et des filières de production d’exploitation de biomasses.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 2 – Transformation et valorisation éco-efficiente d’une biomasse tout en évaluant les impacts sur des systèmes de production concernés&lt;/strong&gt; : il vise le développement de nouveaux procédés de transformation et de valorisation de biomasses (ex. : les résidus ou les biodéchets) en intégrant les enjeux liés à l’économie circulaire et à la réduction des impacts environnementaux (y compris ceux liés aux étapes amont de production et mobilisation de la biomasse).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 3 – Outils et méthodes d’évaluation de la santé des sols et des impacts environnementaux de la bioéconomie&lt;/strong&gt; : il vise le développement de méthodes et d’outils d’évaluation pour une approche globale et durable de la gestion des biomasses au sein des filières et des territoires.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 4 – Recherche-Action et Sciences humaines et sociales pour la transition des systèmes et filières de la bioéconomie &lt;/strong&gt;: il vise à identifier et analyser les leviers de la transition des systèmes et filières de la bioéconomie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le montant d’aide de 300 k€ max. par projet sera évalué par rapport à la complexité des projets.&lt;/p&gt;&lt;p&gt;Un montant d’aide supérieur pourra être octroyé pour des projets transversaux ayant des objectifs clairs et pertinents et dont l’originalité de la recherche portera sur plusieurs axes/sous-axes thématiques et justifiant d’un partenariat cohérent. Toutefois, nous invitons les porteurs de projet à rechercher des cofinancements.&lt;/p&gt;&lt;p&gt;Pour ces axes, &lt;strong&gt;sont éligibles les projets :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collaboratifs déposés par un consortium qui s’appuie sur un partenariat pertinent et qui intègre obligatoirement un partenaire de recherche (public ou privé) ;&lt;/li&gt;&lt;li&gt;entrant dans le champ de l’APR ;&lt;/li&gt;&lt;li&gt;d’une durée maximum de 48 mois.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le processus de sélection est assuré par l’ADEME, avec le support d’expertises externes et d’un comité scientifique et technique (CST) constitué de personnalités qualifiées. L’ADEME, les membres du CST, les experts sont tenus à une stricte confidentialité.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier prévisionnel :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier phase 1 : &lt;/strong&gt;les candidats sont invités à déposer leur dossier uniquement sous forme électronique via la plateforme de dépôt et de suivi de l’ADEME, avant le 26/09/2025 à 15h. &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Note aux porteurs : &lt;/strong&gt;L’analyse des projets se fera à partir du « modèle de pré-projet », en complément du remplissage des formulaires sur la plateforme AGIR. Vous pouvez y copier/coller des éléments de contexte et d’objectif (données non conservées pour la phase 2). À ce stade, il est essentiel de décrire la composition et l’intérêt du consortium, ainsi que le rôle des partenaires &lt;strong&gt;sans les saisir sur la plateforme &lt;/strong&gt;afin d’éviter une validation formelle prématurée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Expertise des dossiers : &lt;/strong&gt;à partir de mi-novembre 2025.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Annonce des dossiers présélectionnés&lt;/strong&gt; : début décembre 2025.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier phase 2 : &lt;/strong&gt;avant le 16/02/2026 à 15h.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Expertise externe : réalisée par des experts thématiques &lt;/strong&gt;venant compléter l’expertise ADEME. Puis, sur la base de ces expertises, présentation et discussion au sein du CST rassemblant des experts académiques et membres des ministères, d’agences et de l’ADEME qui annonceront en mai 2026 les projets lauréats.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La décision de financement sera in fine prise par l’ADEME et sera fondée sur la proposition du CST et sur le budget disponible. La phase 2 est &lt;strong&gt;ouverte uniquement aux dossiers présélectionnés lors de la phase 1.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2025</t>
+        </is>
+      </c>
+      <c r="Q43" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Cet APR s’adresse aux acteurs publics et privés de recherche et aux entreprises, notamment des domaines suivants : agriculture, foresterie/sylviculture, sols, alimentation, pâte à papier et papier, déchets organiques, chimie, biotechnologies, bioénergies ; aux équipementiers de ces secteurs d’activité ; aux acteurs en charge de la gestion des sites et sols pollués. Il s’adresse aussi aux acteurs travaillant sur l’évaluation environnementale, et plus généralement l’évaluation multicritère (EMC), ainsi qu’aux acteurs des sciences économiques, sociales et humaines. La pertinence et l’intérêt de la bioéconomie s’évaluent tout particulièrement à un niveau local ou territorial, au plus proche des spécificités des milieux considérés. Des partenariats avec des acteurs (territoriaux ou autres) sont attendus.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/apr-graine-production-valorisation-des-biomasses-et-preservation-des-ecosystemes-phase-2</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=8ee21aba-e96a-454a-9989-bc9d28491a9d&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=ffd3047c-60d9-4377-8bd9-44934378eec8&amp;code_challenge=jVyvztRZixKB6WRroh8Rc0MbbaXUJVHLGj2nOpT0rt8&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/apr-graine-production-valorisation-des-biomasses-et-preservation-des-ecosystemes-phase-2/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>162417</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre des actions de protection, connaissance et/ou mobilisation pour la préserver la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppe de subventions disponibles toute l'année, au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Parc Naturel Marin de Mayotte</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...7 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="O12" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Parc naturel marin dispose d&amp;#039;une enveloppe dédiée aux projets visant à&lt;strong&gt; mobiliser la population, développer durablement les activités, améliorer les connaissances et/ou protéger  les écosystèmes marins. &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets doivent concourir à l&amp;#039;atteinte d&amp;#039;une ou plusieurs de ses &lt;a href="https://parc-marin-mayotte.fr/editorial/qui-sommes-nous" target="_self"&gt;sept orientations de gestion&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Cette enveloppe s&amp;#039;adresse à des &lt;strong&gt;organismes bien structurés &lt;/strong&gt;et ayant déjà fait l&amp;#039;objet d&amp;#039;un partenariat (de tout type : technique, financier via appel à projet, événementiel, etc.) avec le Parc naturel marin. &lt;/p&gt;&lt;p&gt;Les projets peuvent s&amp;#039;étaler sur une durée de &lt;strong&gt;3 ans maximum&lt;/strong&gt;. Le montant de la subvention n&amp;#039;est pas plafonné.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Définition et/ou déploiement de (liste non exhaustive) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Observatoires faune/flore &lt;/li&gt;&lt;li&gt;Programmes de sciences participatives&lt;/li&gt;&lt;li&gt;Mesures de protection d&amp;#039;habitats ou d&amp;#039;espèces&lt;/li&gt;&lt;li&gt;Programmes de sensibilisation impliquant la population (formation, chantiers participatifs, sciences participatives ...)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sports et loisirs
+Tourisme
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P12" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="S12" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit être en relation avec une ou plusieurs des &lt;a target="_self"&gt;sept orientations de gestion&lt;/a&gt; du Parc naturel marin de Mayotte.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://parc-marin-mayotte.fr/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:parcmarin.mayotte&amp;#64;ofb.gouv.fr" target="_self"&gt;parcmarin.mayotte&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>apolline.abauzit@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-actions-de-protection-connaissance-et-ou-mobilisation-pour-la-preserver-la-biodiversite-marine/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
         <v>164188</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Trame verte et bleue - Reconquête des habitats</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I45" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J13" s="1" t="inlineStr">
+      <c r="J45" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M13" s="1" t="inlineStr">
+      <c r="M45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau peut aider les opérations permettant de préserver et restaurer les fonctionnalités des cours 
 d’eau et des milieux naturels associés ainsi que les opérations qui visent à améliorer les potentialités écologiques 
 des canaux :
 &lt;br /&gt;• Si ces opérations sont réalisées sur l’ensemble d’un bassin versant ou d’un tronçon homogène d’un 
 cours d’eau ;
 &lt;br /&gt;• Si ces opérations sont ponctuelles et constituent des chantiers expérimentaux, pilotes ou démonstratifs 
 des bonnes pratiques de gestion, restauration ou renaturation des milieux naturels. Le caractère pilote 
 et/ou démonstratif peut s’apprécier par une innovation technique ou par un potentiel de généralisation 
 de l’opération à une échelle globale et cohérente. &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont ainsi éligibles les opérations suivantes :
 &lt;br /&gt;Au sein des projets globaux :
 &lt;br /&gt;• La gestion sélective et adaptée de la végétation des berges (élagage, coupe, ...) et des encombrements 
 du lit mineur (embâcles) dans le respect des équilibres naturels8 ;
 ;
 &lt;br /&gt;• La reconstitution de la ripisylve par plantations d’essences arbustives/arborées indigènes et adaptées, 
 ainsi que par la mise en défens des berges (clôtures) ;
 &lt;br /&gt;• La reconstitution de profils de berges et du lit mineur, en long et en travers, adaptés aux caractéristiques 
 naturelles des cours d’eau (typologie, pente, débit, puissance, transport sédimentaire, ...) : mise en place 
 de lits d’étiage et lits emboîtés, reméandrage, découverture de tronçons enterrés lorsque cette 
 intervention permet une amélioration des fonctionnalités du milieu, ... ;
 &lt;br /&gt;• La préservation voire la restauration d’espaces de mobilité ou de bon fonctionnement ainsi que la 
 restauration voire la création de zones humides alluviales : ces actions pouvant faire l’objet de maîtrise 
 foncière d’espaces latéraux (cf. article 4.2.2) ;
 &lt;br /&gt;• Les mesures de gestion du bassin versant telles que les réimplantations de haies, de freins aux 
 écoulements de surface, de zones tampons, ..., en lien notamment avec le volet de prévention des 
 risques liés aux inondations par débordement de cours d’eau et aux ruissellements du bassin versant 
 ainsi qu’aux programmes de consolidation de la Trame Verte et Bleue (cf. articles 4.4.2 et 4.7). &lt;/p&gt;&lt;p&gt;Au titre des actions ponctuelles :
 &lt;br /&gt;• Des actions permettant de promouvoir des techniques particulières respectueuses des équilibres 
 écologiques ou d’initier des démarches plus globales par effet d’entraînement ;
 &lt;br /&gt;• La diversification des berges sur un faible linéaire et la création de milieux annexes, de type bras mort, 
 sur les voies de navigation, en priorité sur des secteurs en lien fort avec le cours naturel et avec une 
 réelle plus-value environnementale. &lt;/p&gt;&lt;p&gt;Ces projets ponctuels seront examinés au cas par cas en vue de définir leur éligibilité.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q13" s="1" t="inlineStr">
+      <c r="Q45" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Travaux de restauration 
 écologique : reméandrage, 
 reconstitution de ripisylve, 
 diversification des écoulements, 
 suppression d’ouvrages, 
 découverture, ...
 Les travaux de protection de 
 berges, curage ou uniquement 
 d’entretien ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-exotiques-envahissantes/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-      <c r="A14" s="1">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
         <v>164311</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Programme d'actions trame verte et bleue</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I14" s="1" t="inlineStr">
+      <c r="I46" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J14" s="1" t="inlineStr">
+      <c r="J46" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M14" s="1" t="inlineStr">
+      <c r="M46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;A l’instar des programmes de restauration de cours d’eau, l’Agence de l’eau est susceptible de prioriser son 
 action sur les programmes globaux de restauration de la Trame Verte et Bleue. Ces programmes peuvent être 
 constitués de l’ensemble des actions éligibles citées précédemment, en particulier :
 &lt;br /&gt;• Une étude diagnostic réalisée à une échelle territoriale pertinente ;
 &lt;br /&gt;• La préservation, au travers de gestion conservatoire, ou encore la protection au travers de la maîtrise 
 foncière ou d’usage de milieux humides et de leur aire d’influence, d’ensembles prairiaux ;
 &lt;br /&gt;• La restauration ou la reconstitution de l’ensemble des cours d’eau, milieux humides, des prairies et des 
 corridors écologiques (réseaux de mares, zones humides, infrastructures vertes) fonctionnels, en 
 particulier lorsque ces zones ont été dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Des actions complémentaires de restauration de la Trame Verte dans les zones urbaines des villes et villages 
 peuvent être éligibles aux aides de l’Agence de l’eau (voir également la fiche « Eau et Nature en ville et village »).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q14" s="1" t="inlineStr">
+      <c r="Q46" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant-1/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>162335</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>S’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif d’accompagnement de projets à destination des jeunes citoyens</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire des 15-30 ans des « passeurs et des porteurs de transitions », telle est l’ambition du dernier dispositif régional en faveur de la biodiversité.&lt;/p&gt;
+&lt;p&gt;Dans le cadre de sa politique environnementale visant à avoir « Une COP d’avance » et en lien avec la future stratégie régionale de la biodiversité, la Région Sud, chef de file sur la Biodiversité a mis en avant plusieurs mesures à destination de la jeunesse qui répondent à un objectif ambitieux : s’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain.&lt;/p&gt;
+&lt;p&gt;Aujourd’hui en lien étroit avec les 17 objectifs de développement durable définis par l’Organisation des Nations Unie en 2015, et dans un contexte de crise sanitaire et écologique, la Région Sud met en place un nouveau dispositif d’accompagnement de projets à destination des jeunes citoyens : Nature ta vie et agis !&lt;/p&gt;
+&lt;p&gt;Celui-ci s’inscrit dans une année 2021 marquée par plusieurs évènements internationaux comme la tenue du Congrès mondial de la Nature, le lancement de la feuille de route pour l’éducation au développement durable par l’UNESCO lors de la Conférence mondiale de l’éducation au développement durable à Berlin en mai 2021, la COP 15 sur la biodiversité à Kunming en Chine, la COP 26 en novembre à Glasgow.&lt;/p&gt; &lt;p&gt;Concerne des jeunes entre 15 et 30 ans en les associant dès l’amont le plus souvent possible&lt;/p&gt; &lt;p&gt;Concrètement il s’agit d’outiller les 15-30 ans, déjà pour beaucoup présents dans l’action, afin d’en faire des acteurs du changement, des transformateurs, prêts à relever les défis de la résilience en proposant des solutions novatrices, en stimulant le progrès social et en inspirant le changement au sein de leurs communautés et leurs territoires.&lt;/p&gt; &lt;p&gt;La thématique principale portée par ce nouveau dispositif est l’appropriation des enjeux de la biodiversité en lien avec les changements globaux. Les projets, pourront porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la connaissance et la  préservation des richesses et des fragilités de la biodiversité ;&lt;/li&gt; 	&lt;li&gt;les impacts de ces dégradations sur les écosystèmes ;&lt;/li&gt; 	&lt;li&gt;la gestion des risques naturels ;&lt;/li&gt; 	&lt;li&gt;les liens entre santé de la biodiversité et santé humaine ;&lt;/li&gt; 	&lt;li&gt;les adaptations individuelles, collectives et sociétales&lt;strong&gt;.&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les projets présentés pourront se faire soit en milieu scolaire sortie, visite, réalisation soit hors scolaire (création d’évènements, d’expression artistiques,…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P47" s="1" t="inlineStr">
+        <is>
+          <t>21/05/2021</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La thématique principale portée par ce nouveau dispositif est l’appropriation des enjeux de la biodiversité en lien avec les changements globaux. Les projets, pourront porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la connaissance et la  préservation des richesses et des fragilités de la biodiversité ;&lt;/li&gt; 	&lt;li&gt;les impacts de ces dégradations sur les écosystèmes ;&lt;/li&gt; 	&lt;li&gt;la gestion des risques naturels ;&lt;/li&gt; 	&lt;li&gt;les liens entre santé de la biodiversité et santé humaine ;&lt;/li&gt; 	&lt;li&gt;les adaptations individuelles, collectives et sociétales&lt;strong&gt;.&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les projets présentés pourront se faire soit en milieu scolaire sortie, visite, réalisation soit hors scolaire (création d’évènements, d’expression artistiques,…).&lt;/p&gt; &lt;p&gt;Le dépôt des dossiers peut se faire « Au fil de l’eau » tout au long de l’année.&lt;/p&gt;
+&lt;p&gt;Les dossiers pourront être menés au cours des années scolaires pour les actions destinées aux élèves (lycéens, apprentis, étudiants) ; des années civiles pour les actions destinées aux autres publics, âgés de 15 à 30 ans.&lt;/p&gt;
+&lt;p&gt;Le bénéficiaire d’une subvention pour action spécifique de fonctionnement dispose d’un délai de deux ans à compter du vote de celle-ci pour réaliser l’action subventionnée et transmettre les pièces justificatives.&lt;/p&gt;
+&lt;h3&gt;Comment candidater? &lt;/h3&gt;
+&lt;p&gt;1) Déposer sa candidature sur l’adresse mail dédiée : &lt;a href="mailto:aap-isef&amp;#64;maregionsud.fr"&gt;aap-isef&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;• En mettant en objet du mail : ISEF NTV &amp;#43; année  « Nom de la structure »&lt;/p&gt;
+&lt;p&gt;• En transmettant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Une fiche de candidature,&lt;/li&gt; 	&lt;li&gt;Une note technique descriptive détaillée (modèle ci-annexé),&lt;/li&gt; 	&lt;li&gt;Un budget prévisionnel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;2) Déposer &lt;strong&gt;en parallèle &lt;/strong&gt;un dossier de demande de subvention administratif auprès de la Région ayant pour objet : Réponse Dispositif « &lt;strong&gt;Dispositif d’accompagnement de projets à destination des jeunes citoyens »&lt;/strong&gt; déposé sur la plateforme dédiée : &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/dispositif-daccompagnement-de-projets-a-destination-des-jeunes-citoyens</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daccompagnement-de-projets-a-destination-des-jeunes-citoyens/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>30531</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en valeur les sites naturels et paysagers, protéger les espaces naturels sensibles et œuvrer pour la biodiversité</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les communes, EPCI pour promouvoir et mettre en œuvre l&amp;#039;aménagement, la gestion durable et la valorisation des milieux naturels (ENS, Zone Naturelle d&amp;#039;Intérêt Ecologique Faunistique et Floristique (ZNIEFF), Trames Vertes et Bleues, Schéma Régional de Cohérence Ecologique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Porter à connaissance de données relatives aux zones humides sur le territoire du Département
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 21 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement du site de Malamort : parcours découverte &amp;#43; passerelles
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement pour la gestion du site &amp;#34;les dunes de Maraval&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Achat et valorisation d&amp;#039;une zone humide
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une signalétique
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;activités autour de la passerelle d&amp;#039;Hautpoul
+&lt;/p&gt;
+&lt;p&gt;
+ Conférence zones humides
+&lt;/p&gt;
+&lt;p&gt;
+ Continuité écologique de la traversée du Viaur
+&lt;/p&gt;
+&lt;p&gt;
+ Plan d&amp;#039;action biodiversité sur tout le territoire communal
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Biodiversité
+Paysage
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f93-mettre-en-valeur-les-sites-naturels-et-paysag/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>120965</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les acteurs franciliens qui s’engagent en faveur de la biodiversité à travers un appel à projets dédié</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
+Association</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région et l&amp;#039;Agence régionale de la biodiversité (ARB) soutiennent les acteurs franciliens qui s&amp;#039;engagent en faveur de la biodiversité à travers un appel à projets dédié. L&amp;#039;appel à projets concerne tout le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les dépenses en investissement :
+ jusqu&amp;#039;à 70% du montant des dépenses subventionnables (subvention max : 200 k€).
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond pourra être relevé jusqu&amp;#039;à 500 k€ pour soutenir des opérations permettant la restauration de continuités écologiques d&amp;#039;importance régionale identifiées dans le Schéma régional de cohérence écologique (SRCE).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en fonctionnement :
+ jusqu&amp;#039;à 50% du montant des dépenses subventionnables (subvention max : 20 k€ TTC, bénévolat exclu).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux cumulé des aides publiques aux collectivités ne peut dépasser 70% du montant HT des dépenses en investissement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets vise à encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité.
+ &lt;br /&gt;
+ Si les actions répondant aux critères d&amp;#039;éligibilité peuvent être soutenues, les initiatives s&amp;#039;inscrivant dans 4 thématiques phares seront privilégiées :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Continuités écologiques terrestres
+  pour résorber les obstacles au déplacement des espèces terrestres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pollinisateurs sauvages,
+  pour préserver les espèces pollinisatrices, essentielles au maintien de la diversité de la flore et à notre alimentation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Trame noire et faune nocturne,
+  pour lutter contre la pollution lumineuse qui affecte la biodiversité, la santé humaine et la consommation énergétique locale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé et biodiversité,
+  pour améliorer la connaissance sur leurs interdépendances et valoriser les aménités positives sur la santé humaine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;span&gt;
+  .
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un comité de programmation, présidé par le vice-président de la Région chargé de l&amp;#039;Écologie, du Développement durable et de l&amp;#039;Aménagement, sera chargé de l&amp;#039;examen des projets. Il associe
+ &lt;a href="https://www.arb-idf.fr/" rel="noopener" target="_blank"&gt;
+  l&amp;#039;Agence régionale de la biodiversité
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ et les services de la Région, et veille à la qualité des dossiers et à la répartition équilibrée des projets sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution définitive des aides est votée en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/reconquete-de-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  biodiversite&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7912-reconquete-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>120974</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l’effondrement de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine naturel et biodiversité</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
 Association
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H15" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
-[...79 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l&amp;#039;effondrement de la biodiversité, et apporter un soutien financier à des projets d&amp;#039;éco-rénovation du patrimoine bâti, et de protection du patrimoine naturel, des espaces naturels terrestres, aquatiques et maritimes.
+ &lt;br /&gt;
+ 3 champs d&amp;#039;action :
+ &lt;br /&gt;
+ • Patrimoine bâti plus vert
+ &lt;br /&gt;
+ • Biodiversité, parcs et jardins
+ &lt;br /&gt;
+ • Espaces naturels, littoraux et biodiversité
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de préservation, de sauvegarde ou de restauration de biens bâtis d&amp;#039;intérêt patrimonial, d&amp;#039;espaces naturels ou accueillant de la biodiversité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bourgogne-Franche-Comté
+ &lt;br /&gt;
+ • 14 rue Violet
+ &lt;br /&gt;
+ 25000 Besançon
+ &lt;br /&gt;
+ 03 81 47 95 14
+ &lt;br /&gt;
+ bfcbesancon&amp;#64;fondation-patrimoine.org
+ &lt;br /&gt;
+ • 88 rue Jean-Jacques Rousseau
+ &lt;br /&gt;
+ BP 25 105 21051 DIJON CEDEX Dijon
+ &lt;br /&gt;
+ 03 80 43 97 19
+ &lt;br /&gt;
+ bfcdijon&amp;#64;fondation-patrimoine.org
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>sylviane.philippe@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acf8-valoriser-les-bonnes-pratiques-pour-repondre-/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...408 lines deleted...]
-      <c r="E18" s="1" t="inlineStr">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>164440</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux naturels : Fonds NAture - Nouvelle-Aquitaine Territoire Uni pour Restaurer nos Ecosystèmes</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Fonds NAture - Nouvelle-Aquitaine Territoire Uni pour Restaurer nos Ecosystèmes</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face aux défis croissants liés à la dégradation des écosystèmes, la Fondation du patrimoine et la Région Nouvelle-Aquitaine se sont associées pour 3 ans (2025-2027) en créant un fonds inédit dédié à la préservation des milieux naturels et de la biodiversité : le Fonds NAture.
+Alimenté à parité par la Région Nouvelle-Aquitaine et la Fondation du patrimoine, et complété par du mécénat d&amp;#039;entreprises engagées dans la protection et la valorisation du patrimoine naturel de leur territoire, le Fonds NAture sera mobilisé pour financer des projets de préservation et restauration de la biodiversité, sur la base d’une sélection conjointe, par le biais d’appels à projets. &lt;/p&gt;&lt;p&gt;Objectifs &lt;/p&gt;&lt;p&gt;L&amp;#039;appel à projets du Fonds NAture a pour objectif de faire émerger et de soutenir des initiatives locales portées par des structures publiques ou associatives au service de la biodiversité. Les actions proposées devront clairement démontrer un impact positif direct sur la biodiversité et s’inscriront autant que possible dans une approche globale et territoriale de reconquête de la biodiversité. &lt;/p&gt;&lt;p&gt; Ainsi, le Fonds Nature accompagnera : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;des travaux de restauration ou de sauvegarde d’espaces naturels (zones humides, forêts, prairies, milieux littoraux, habitats d’espèces menacées…) ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;des acquisitions foncières par des structures gestionnaires reconnues, lorsqu’un projet de gestion conservatoire est préalablement défini ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;des aménagements spécifiques permettant l’amélioration de la biodiversité au sein du bâti (grilles à chiroptères, gîtes et nichoirs, protections, etc.), dans le cadre de travaux de restauration du bâti ancien d’intérêt patrimonial.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant de l&amp;#039;aide et critères d&amp;#039;éligibilité : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Seuil minimum de dépenses de 10 000 € (HT ou TTC selon le statut du porteur de projet au regard de la TVA), sauf pour les projets de biodiversité dans le bâti patrimonial (pas de seuil), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les structures publiques : obligation d&amp;#039;apporter un minimum de 20% d&amp;#039;autofinancement. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les associations, un autofinancement minimum sera exigé (étudié au cas par cas), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Montant et taux d&amp;#039;aide déterminés en fonction de la qualité des projets et de l&amp;#039;enveloppe budgétaire disponible.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles à l&amp;#039;appel à projets du Fonds NAture les maîtres d&amp;#039;ouvrages publics ou associatifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; collectivités locales et leurs groupements, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; syndicats mixtes, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; établissements publics, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; associations. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Les projets seront analysés au regard des critères suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; la robustesse du projet (plan de financement, mobilisation de partenaires, calendrier), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; la qualité patrimoniale et les enjeux de restauration ou d&amp;#039;acquisition du site (intérêt écologique, zonages environnementaux, enjeu de préservation/restauration, menaces pour la biodiversité...), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; la qualité du projet (intérêt environnemental, ambitions en termes d&amp;#039;impacts, pérennité, protocoles scientifiques...), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; l&amp;#039;intégration locale du projet (approche globale/territoriale). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Les dossiers lauréats de l’appel à projets seront sélectionnés par un comité composé de personnes représentantes de la Région Nouvelle-Aquitaine et de la Fondation du patrimoine, appuyées par un collège d&amp;#039;experts ainsi qu&amp;#039;un collège de mécènes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/fonds-nature-nouvelle-aquitaine-territoire-uni-pour-restaurer-nos-ecosystemes</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>Pour candidater, les porteurs de projets devront s&amp;#039;adresser à la Fondation du patrimoine, à l’adresse électronique suivante :
+fonds-nature&amp;#64;fondation-patrimoine.org pour obtenir le formulaire de candidature.
+Il devront ensuite déposer leur dossier de candidature complet en format dématérialisé (Word et PDF signé), via le formulaire fourni accompagné des pièces justificatives demandées (listées dans le formulaire) à la même adresse :
+fonds-nature&amp;#64;fondation-patrimoine.org.
+Un accompagnement au montage du dossier pourra être apporté par la Fondation du patrimoine et ses bénévoles présents sur le terrain aux porteurs de projets qui le souhaitent.</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-nature-nouvelle-aquitaine-territoire-uni-pour-restaurer-nos-ecosystemes/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>165521</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : réduire les ilots de chaleur grâce à la biodiversité</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+EUROPE - LIFE - Programme européen pour l'environnement et le climat
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)
+Office Français de la Biodiversité (OFB)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’une des
+conséquences du changement climatique est notamment l’augmentation des
+températures, et ce d’autant plus dans les zones urbaines. Au-delà des
+émissions de gaz à effet de serre, les choix d’aménagement urbain ont également
+des effets amplifiant la surchauffe. L’ambition des Solutions fondées sur la nature (SfN) pour l’adaptation est
+de renforcer la résilience des territoires face aux impacts du changement
+climatique, en s’appuyant sur les écosystèmes, en dégageant un gain net en
+biodiversité, et peuvent être dans ce cas des alliés de taille. Par exemple en s’appuyant
+sur les services écosystémiques rendues par la végétation pour réduire la
+surchauffe en créant désimperméabilisant et végétalisant l’espace.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les
+territoires engagés s’appuient pour certains sur les SfN et sont accompagnés
+pour trouver les meilleurs partenaires dans cette démarche. En effet, ce
+programme permet d’accompagner les élu(e)s dans le diagnostic et l’élaboration
+d’un plan d’actions, ainsi que dans la recherche de financements et de
+partenaires. Dans ce cadre, le Cerema peut être un soutien de taille. Le projet
+Artisan accompagne également les projets de SfN, par un animateur dans chaque
+région, d’un réseau national d’acteurs et des ressources, il apporte ainsi de
+l’aide à la décision. Il propose également de la sensibilisation, de la
+formation, des ateliers pour accompagner la réflexion (ANT) et le financent des
+actions. Le programme TEN donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Santé
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Prévention des risques
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-reduire-les-ilots-de-chaleur-grace-a-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>162297</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…)</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité et territoires - Stratégies</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les territoires organisés et gérés par des collectivités (Communes, EPCI, Syndicats mixtes…) sont un des maillons essentiels pour déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…), prenant en compte la biodiversité et les services écosystémiques.&lt;br /&gt; Il s’agit pour la Région d’accompagner et de soutenir les dynamiques des territoires pour développer leur résilience face au changement climatique et à l’effondrement de la biodiversité pour une transition réussie, par l’élaboration stratégies territoriales biodiversité.&lt;/p&gt; &lt;p&gt;Collectivités locales et leurs Groupements (Communes, EPCI, Syndicats mixtes).&lt;/p&gt; &lt;p&gt;Elaboration de stratégies territoriales pour la biodiversité, avec un objectif d’adaptation du territoire au changement climatique, ainsi que leurs programmes d’actions, prenant impérativement en compte les services écosystémiques et les solutions d’adaptation fondées sur la nature.&lt;br /&gt; Les actions suivantes pourront être soutenues :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Prestations de maîtrise d’œuvre ou d’accompagnement par un bureau d’étude ou équivalent,&lt;/li&gt; 	&lt;li&gt;Implication des parties prenantes : élus, acteurs privés et publics du territoires, citoyens,&lt;/li&gt; 	&lt;li&gt;Identification et hiérarchisation des enjeux de biodiversité du territoire, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Évaluation de services écosystémiques et de la dépendance du territoire à ces services,&lt;br /&gt; Impacts directs et indirects des actions de la collectivité sur la biodiversité et les services écosystémiques,&lt;br /&gt; &lt;br /&gt; Cartographie et hiérarchisation des enjeux ;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Formalisation de la stratégie biodiversité et élaboration de son plan d’action,&lt;/li&gt; 	&lt;li&gt;Élaboration du système de suivi de la stratégie biodiversité, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Définition et surveillance des indicateurs, analyse des résultats des indicateurs,&lt;br /&gt; Procédure de mise à jour de la stratégie biodiversité,&lt;br /&gt; Audit de la stratégie et de sa mise en œuvre par la collectivité.&lt;br /&gt; &lt;br /&gt; Les démarches telles que « territoire engagé pour la nature », stratégies locales biodiversité, liste verte UICN, voire de certification pour faire suite à la mise en œuvre de normes volontaires relatives à une démarche biodiversité pourront être soutenues dans ce cadre.&lt;/p&gt; &lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>13/07/2023</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/biodiversite-et-territoires-strategies</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/biodiversite-et-territoires-strategies/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>149121</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions en faveur de la connaissance sur la biodiversité et vous souhaitez investir dans les équipements nécessaires à la mise en œuvre de vos projets</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’investissement pour les structures naturalistes</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Bénéficiez de l&amp;#039;aide régionale vous permettant de soutenir votre projet d&amp;#039;investissement :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   subvention
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   pouvant aller jusqu&amp;#039;à 60 %
+  &lt;/strong&gt;
+  pour l&amp;#039;acquisition de matériel informatique, de visio-conférence et d&amp;#039;équipements pédagogiques, le matériel d&amp;#039;observation naturaliste, de traitement de données, l&amp;#039;équipement de locaux et l&amp;#039;aménagement d&amp;#039;espaces extérieurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   subvention
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   pouvant aller jusqu&amp;#039;à 40 %
+  &lt;/strong&gt;
+  pour l&amp;#039;aménagement de locaux, l&amp;#039;acquisition et/ou l&amp;#039;aménagement d&amp;#039;un véhicule compatible avec la stratégie mobilité durable de la Région Grand Est
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>26/03/2024</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes une association naturaliste :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenue dans le cadre des politiques régionale biodiversité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et si votre projet concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets d&amp;#039;acquisition et de renouvellement du matériel informatique et de visioconférence,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets d&amp;#039;aménagement de locaux* (hors acquisition) : travaux de rénovation ou de mise aux normes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * locaux propriété du bénéficiaire de l&amp;#039;aide ou locaux publics mis à disposition du bénéficiaire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets d&amp;#039;acquisition** et l&amp;#039;aménagement de véhicules. Exemple d&amp;#039;aménagement : véhicule équipé pour le suivi scientifique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition du matériel nécessaire aux véhicules compatibles avec la stratégie mobilité durable de la Région Grand Est (kit de conversion au bioéthanol, station recharge véhicule électrique, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ** véhicules compatibles avec la stratégie mobilité durable de la Région Grand Est : acquisition d&amp;#039;un véhicule électrique, GNV ou Hydrogène ; acquisition d&amp;#039;un véhicule neuf ou d&amp;#039;occasion essence équipé d&amp;#039;un kit de conversion au Bioéthanol (installateur agréé) ; retrofit électrique; vélos dont à assistance électrique, ...
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Matériel nécessaire à l&amp;#039;observation, la détection, ou le suivi des espèces : ouvrages, jumelles, longues-vues, filets, nasses, pièges (photographique ou autre), matériel de suivi acoustique/vidéo, sonar, matériel pour le marquage des oiseaux, matériel de suivi monitoring (matériel d&amp;#039;enregistrement, balise, système de repasse, etc.), matériel d&amp;#039;échantillonnage (type Kit ADNe) et formations associées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de traitement et de gestion de la donnée, (logiciels type base de données et formations associées),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Equipement informatique: GPS, logiciels et applications, tablettes, téléphones.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le coût de l&amp;#039;achat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les éventuels frais de port.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;installation ou d&amp;#039;entretien du matériel ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses sont prises en charge à partir du 1er janvier de l&amp;#039;année de réalisation du projet. Le délai de réalisation est fixé au 15 juillet de l&amp;#039;année suivant l&amp;#039;année de démarrage du projet et le délai de transmission des pièces au 31 octobre de cette même année.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-linvestissement-pour-les-structures-naturalistes-et-deducation-a-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0093/depot/simple</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez votre demande en ligne au fil de l&amp;#039;eau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c84f-soutien-a-linvestissement-pour-les-structures/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>163216</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la reconstruction du patrimoine naturel et de la biodiversité par la plantation de végétaux (haies, bosquets, plantes messicoles et mellifères)</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H18" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Maximum de 60% de l'opération et plafond de 2€ à 2.50€/m pour la plantation de haies, bosquets / Maximum 30% de l'opération et plafond de 1 600 euros/ha pour les plantes messicoles et mellifères</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
-[...53 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plantation de haies et bosquets&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;acquisition de plants ou de semences,&lt;/li&gt;&lt;li&gt;préparation du sol&lt;/li&gt;&lt;li&gt;tuteurs et protections&lt;/li&gt;&lt;li&gt;installations de toiles de paillage biodégradables et compostables&lt;/li&gt;&lt;li&gt;travaux de réalisation&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plantation de plantes messicoles et mellifères&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;acquisition de mélanges de semence&lt;/li&gt;&lt;li&gt;préparation du sol&lt;/li&gt;&lt;li&gt;le semis sur la base de 20kg/ha&lt;/li&gt;&lt;li&gt;la fauche tardive&lt;/li&gt;&lt;li&gt;la location des terres (150€/ha maximum)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Collectivités territoriales (Communes, EPCI avec ou sans fiscalité propre) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;Associations agréées de protection de l&amp;#039;environnement&lt;/li&gt;&lt;li&gt;Exploitations agricoles (tout statut juridique)&lt;/li&gt;&lt;li&gt;Associations portant des projets innovants intégrant les trois piliers du développement durable&lt;/li&gt;&lt;li&gt;Associations locales après avis de la Fédération de rattachement (pêche, chasse) pour les plantes messicoles et mellifères&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes-1/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G19" s="1" t="inlineStr">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>103417</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la biodiversité en Île-de-France</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...8 lines deleted...]
-      <c r="K19" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S19" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région et l&amp;#039;Agence régionale de la biodiversité (ARB) soutiennent les acteurs franciliens qui s&amp;#039;engagent en faveur de la biodiversité à travers un appel à projets dédié. L&amp;#039;appel à projets concerne tout le territoire francilien.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets vise à encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Si les actions répondant aux critères d&amp;#039;éligibilité peuvent être soutenues, les initiatives s&amp;#039;inscrivant dans 4 thématiques phares seront privilégiées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Continuités écologiques terrestres
+  &lt;/strong&gt;
+  pour résorber les obstacles au déplacement des espèces terrestres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pollinisateurs sauvages,
+  &lt;/strong&gt;
+  pour préserver les espèces pollinisatrices, essentielles au maintien de la diversité de la flore et à notre alimentation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Trame noire et faune nocturne,
+  &lt;/strong&gt;
+  pour lutter contre la pollution lumineuse qui affecte la biodiversité, la santé humaine et la consommation énergétique locale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Santé et biodiversité,
+  &lt;/strong&gt;
+  pour améliorer la connaissance sur leurs interdépendances et valoriser les aménités positives sur la santé humaine.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en investissement : 70% maximum du montant des dépenses subventionnables, plafonné à 200 k€.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond pourra être relevé jusqu&amp;#039;à 500 k€ pour soutenir des opérations permettant la restauration de continuités écologiques d&amp;#039;importance régionale identifiées dans le Schéma régional de cohérence écologique (SRCE).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en fonctionnement : 50% maximum du montant des dépenses subventionnables, plafonné à 20 k€ TTC, bénévolat exclu.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux cumulé des aides publiques aux collectivités ne peut dépasser 70% du montant HT des dépenses en investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Démarche
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur la plateforme en ligne mesdemarches.iledefrance.fr.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/reconquete-de-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  biodiversite&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>biodiversite@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b728-reconquete-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...594 lines deleted...]
-      <c r="E25" s="1" t="inlineStr">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>162787</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement durable des activités maritimes en promouvant les certifications Ports propres et les Ports propres actifs en biodiversité et la charte des ports</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif ports propres et ports propres actifs en biodiversité</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="O25" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il s’agit d’accompagner le développement durable des activités maritimes en promouvant les certifications Ports propres et les Ports propres actifs en biodiversité et la charte des ports.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt;Collectivités&lt;/li&gt; 	&lt;li&gt;entreprises&lt;/li&gt; 	&lt;li&gt;associations&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Les modalités d’interventions de la Région relèvent du régime des aides directes (subventions d’investissement ou de fonctionnement).&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;toutes les opérations qui participent au développement durable des activités maritimes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sur le plan des investissements, le soutien de la Région porte uniquement sur les travaux d’aménagement ou mise en place d’équipements réalisés sur les infrastructures. Sont exclus les équipements de type mobilier&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P25" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S25" s="1" t="inlineStr">
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les modalités d’interventions de la Région relèvent du régime des aides directes (subventions d’investissement ou de fonctionnement).&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;toutes les opérations qui participent au développement durable des activités maritimes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sur le plan des investissements, le soutien de la Région porte uniquement sur les travaux d’aménagement ou mise en place d’équipements réalisés sur les infrastructures. Sont exclus les équipements de type mobilier&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/dispositif-ports-propres-et-ports-propres-actifs-en-biodiversite</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Gilles Giorgetti : &lt;a href="mailto:ggiorgetti&amp;#64;maregionsud.fr"&gt;ggiorgetti&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-ports-propres-et-ports-propres-actifs-en-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G26" s="1" t="inlineStr">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>165522</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets en faveur de la réduction des impacts dus aux produits phytopharmaceutiques dans des territoires de convergence d’enjeux sur l’eau potable et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>AAP Territoires de convergence eau potable et Natura 2000 : initiatives pour réduire l’usage et l’impact des produits phytopharmaceutiques</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Ministère de la Santé et de la Prévention
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Agriculteur
-[...3 lines deleted...]
-      <c r="H26" s="1" t="inlineStr">
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J26" s="1" t="inlineStr">
-[...89 lines deleted...]
-      <c r="N26" s="1" t="inlineStr">
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 75</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>du coût total</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la stratégie
+Ecophyto 2030, faisant suite au plan Ecophyto II&amp;#43;, des appels à projets
+nationaux sont lancés pour soutenir des projets en faveur d&amp;#039;une réduction de
+l’utilisation des produits phytopharmaceutiques, et de la limitation des
+risques et des impacts qui y sont liés.&lt;/p&gt;&lt;p&gt;L’appel à projets 2025 est le
+premier appel à projet thématique de la stratégie Ecophyto 2030. Il est lancé
+par l’OFB en lien avec les ministères pilote de la stratégie. &lt;/p&gt;&lt;p&gt;Il concerne l’ensemble du
+territoire métropolitain et ultramarin (Départements et Régions d’Outre-Mer).
+Il vise la suppression ou une forte réduction des produits phytopharmaceutiques
+dans des territoires présentant des enjeux croisés autour de la préservation de la qualité de l’eau destinées à la consommation humaine et de la protection de la biodiversité.&lt;/p&gt;&lt;p&gt;Le territoire visé par l’AAP doit
+contenir obligatoirement une aire d’alimentation de captages. &lt;/p&gt;&lt;p&gt;Les projets attendus seront multi
+partenariaux. &lt;/p&gt;&lt;p&gt;Doté d’une enveloppe allant
+jusqu’à 2,06 millions d’euros, les projets seront soutenus pour un montant de
+financement maximum de 300 000 € par projet et pour une durée maximale de 36
+mois.&lt;/p&gt;&lt;p&gt;Le 11 décembre 2025, un &lt;a href="https://ofb-fr.zoom.us/webinar/register/WN_Ipjm7ALMQjC8VH9-n93pDw" target="_self"&gt;Webinaire de présentation de l’AAPN&lt;/a&gt;
+et du règlement sera organisé à l’intention des porteurs de projets.
+Le support de présentation et le replay seront disponibles sur le site de
+l’OFB.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le règlement via le lien
+suivant : &lt;a href="https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf" target="_self"&gt;https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous pouvez trouver la liste des projets lauréats aux
+éditions précédentes sur le portail technique de l’OFB :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://ofb.gouv.fr/financements/resultats-de-appel-a-projets-national-ecophyto-2023" target="_self"&gt;Résultats de l’appel à projets national Écophyto 2023&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Eau potable
-Eau pluviale
 Eau souterraine
-Cours d'eau / canaux / plans d'eau
-[...5 lines deleted...]
-Risques naturels
+Alimentation
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
 Biodiversité
-Paysage
-[...352 lines deleted...]
-Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P28" s="1" t="inlineStr">
-[...688 lines deleted...]
-      <c r="S33" s="1" t="inlineStr">
+      <c r="P58" s="1" t="inlineStr">
+        <is>
+          <t>12/11/2025</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité et de sélection sont mentionnés
+dans le règlement de l’appel à projet.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles et le taux de financement sont
+précisés dans le règlement.&lt;/p&gt;&lt;p&gt;Les règles générales de subvention applicables sont celles
+prévues dans le règlement d’interventions de l’OFB, disponible à l’adresse
+suivante : &lt;a href="https://ofb.gouv.fr/doc/le-programme-intervention" target="_self"&gt;Office français de la biodiversité&lt;/a&gt;&lt;a&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/financements/territoires-de-convergence-eau-potable-et-natura-2000-initiatives-pour-reduire-impact</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/appel-a-projets-national-ecophyto-2030-territoires</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande, merci d’écrire à l’adresse &lt;a href="mailto:ecophyto&amp;#64;ofb.gouv.fr"&gt;ecophyto&amp;#64;ofb.gouv.fr&lt;/a&gt;, en précisant dans
+l’objet de votre mail : « AAPN 2025 Écophyto Captages/ Natura 2000 ».&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>emma.schwartz@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-des-projets-en-faveur-de-la-reduction-des-impacts-dus-aux-produits-phytopharmaceutiques-dans-des-territoires-de-convergence-denjeux-sur-leau-potable-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>162972</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Labelliser les projets susceptibles de bénéficier du FEDER au titre du soutien à la biodiversité et à la lutte contre les inondations sur le Bassin de la Seine</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Inondations</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent appel à projets, lancé par la DRIEAT, vise à labelliser les projets susceptibles de bénéficier du FEDER au titre du soutien à la biodiversité et à la lutte contre les inondations sur le Bassin de la Seine, dans le cadre du Programme régional 2021-2027.&lt;/p&gt;&lt;p&gt;L’enveloppe portant sur les inondations est de 5,5 millions d’euros.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES OBJECTIFS DE L&amp;#039;APPEL À PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le présent appel à projets vise à susciter et présélectionner des opérations répondant à au moins l’un des 3 grands objectifs du Plan de gestion des risques d&amp;#039;inondations du bassin Seine-Normandie, à savoir :&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aménager les territoires de manière résiliente de manière à réduire leur vulnérabilité ;&lt;/li&gt;&lt;li&gt;Agir sur l’aléa pour augmenter la sécurité des personnes et réduire le coût des dommages ;&lt;/li&gt;&lt;li&gt;Mobiliser tous les acteurs au service de la connaissance et de la culture du risque.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>05/06/2024</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2027</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;LES CANDIDATS ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s’adresse aux maîtres d’ouvrage suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs groupements (EPCI, EPAGE, EPTB, syndicats en charge des réseaux) ;&lt;/li&gt;&lt;li&gt;Fondations spécialisées dans l’urbanisme ;&lt;/li&gt;&lt;li&gt;Établissements publics ;&lt;/li&gt;&lt;li&gt;Associations ;&lt;/li&gt;&lt;li&gt;Chambres des métiers ;&lt;/li&gt;&lt;li&gt;Ports ;&lt;/li&gt;&lt;li&gt;Bailleurs sociaux ;&lt;/li&gt;&lt;li&gt;GIP Seine Aval.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES ACTIONS ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets vise à labelliser des projets qui contribuent à la mise en œuvre des dispositions du PGRI du bassin Seine-Normandie. Il s’agit d’actions ou d’opérations qui ne devront en aucun cas aggraver les risques d’inondation en amont ou en aval et qui s’intègrent dans une approche globale par bassin ou sous-bassin versant. Les études et actions non structurelles devront être suffisamment opérationnelles et ciblées.&lt;/p&gt;&lt;p&gt;Les études et travaux visant :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La mise en place, la réfection et/ou l’amélioration d’aménagements hydrauliques autorisés (3.2.6.0 CE) contribuant au ralentissement dynamique des crues sur les axes Seine, Oise, Marne et leurs affluents ;&lt;/li&gt;&lt;li&gt;La restauration ou la mobilisation de zones d’expansion des crues (par exemple reméandrages, suppression de merlons de curage) ;&lt;/li&gt;&lt;li&gt;La réfection de systèmes d’endiguement autorisés n’aggravant pas les inondations notamment à l’aval ;&lt;/li&gt;&lt;li&gt;La neutralisation de systèmes d’endiguement permettant la mobilisation significative (en termes de surface notamment) d’une zone d’expansion des crues avec un impact positif sur l’hydrologie et l’horloge des crues.&lt;/li&gt;&lt;li&gt;Les diagnostics de vulnérabilité des territoires à grande échelle bénéficiant directement et indirectement à une grande population ;&lt;/li&gt;&lt;li&gt;Les actions de grande échelle (communes et groupements de tailles significatives) pour la prise compte du fleuve et de ses affluents dans les documents d’urbanisme ;&lt;/li&gt;&lt;li&gt;L’élaboration de plans de continuité d’activités et de services en cas d’inondation ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les actions d’animation, de suivi et de communication de grande envergure liées à la gestion du risque à destination du public, des élus ou des acteurs économiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/jai-un-projet/appels-a-projets/inondations</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://synergie-europe.fr/e_synergie/portail/idf</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;europe&amp;#64;iledefrance.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>amar.younes@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/inondations/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="H34" s="1" t="inlineStr">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>162973</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Labelliser les projets susceptibles de bénéficier du FEDER au titre du soutien à la biodiversité et à la lutte contre les inondations sur le Bassin de la Seine</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Continuités écologiques</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent appel à projets, lancé par la Direction régionale et interdépartementale de l&amp;#039;environnement, de l&amp;#039;aménagement et des transports (DRIEAT), vise à labelliser les projets susceptibles de bénéficier du FEDER au titre du soutien à la biodiversité et à la lutte contre les inondations sur le Bassin de la Seine, dans le cadre du Programme régional 2021-2027. L’enveloppe consacrée à la thématique des continuités écologiques est de 3,5 millions d&amp;#039;euros.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES OBJECTIFS DE L&amp;#039;APPEL À PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le présent appel à projets vise à susciter et présélectionner des opérations contribuant à la restauration de la continuité écologique des cours d&amp;#039;eau afin de reconquérir les axes migratoires.&lt;/p&gt;&lt;p&gt;Les opérations correspondront aux objectifs suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la continuité des cours d&amp;#039;eau afin de permettre aux poissons migrateurs d&amp;#039;élargir leur aire de répartition&lt;/li&gt;&lt;li&gt;Assurer le suivi des populations et le développement des connaissances sur les différentes espèces&lt;/li&gt;&lt;li&gt;Restaurer les populations des poissons migrateurs amphialins du bassin de la Seine et des côtiers Normands&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>05/06/2024</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2027</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;LES CANDIDATS ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s’adresse aux maîtres d’ouvrage suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les collectivités territoriales et leurs groupements (EPCI, EPAGE, EPTB, syndicats en charge des réseaux) ;&lt;/li&gt;&lt;li&gt;Les associations ;&lt;/li&gt;&lt;li&gt;L’Etat ;&lt;/li&gt;&lt;li&gt;Les syndicats de rivières/bassins ;&lt;/li&gt;&lt;li&gt;Les établissements publics ;&lt;/li&gt;&lt;li&gt;Le GIP Seine Aval ;&lt;/li&gt;&lt;li&gt;Voies Navigables de France ;&lt;/li&gt;&lt;li&gt;Les opérateurs de recherche publique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES ACTIONS ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets vise à labelliser des projets qui contribuent à la mise en oeuvre des dispositions du SDAGE et du PLAGEPOMI du bassin Seine-Normandie (cf. appel à projets). Il s’agit d’actions ou d’opérations qui devront montrer un effet global bénéfique sur la biodiversité. Les études et actions non structurelles (actions hors travaux) devront être suffisamment opérationnelles et ciblées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études et travaux de réalisation de passes à poissons ou d’amélioration de passes existantes ;&lt;/li&gt;&lt;li&gt;Les aménagements des cours d’eau affluents du fleuve navigable et de leurs connectivités aux fins d&amp;#039;amélioration des fonctionnalités écologiques (zones humides, opérations bénéficiant à la biodiversité aquatique), hors études et travaux liés à la navigabilité ;&lt;/li&gt;&lt;li&gt;Les actions de suivi et de communication liées à la création ou l’amélioration de passes à poissons, y compris la reconquête de la biodiversité du fleuve et ses connectivités.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/jai-un-projet/appels-a-projets/continuites-ecologiques</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://synergie-europe.fr/e_synergie/portail/idf</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;europe&amp;#64;iledefrance.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>amar.younes@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/continuites-ecologiques/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>497</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les continuités écologiques dans les territoires - contrat nature trame verte et bleue ; Améliorer la connaissance de la biodiversité - contrat nature thématique</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Contrat nature TVB : 60% max, plafond 25 000 € pour le diagnostic/plan d'actions et 80 000 € pour la</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="M34" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Investissements éligibles
+  Biodiversité – Contrat Nature
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...66 lines deleted...]
- Attestation de bonne réalisation du projet fournie par l&amp;#039;ATGE
+ Les Contrats Nature sont des documents-cadre d&amp;#039;actions relatives à des projets pluriannuels s&amp;#039;inscrivant dans la durée (2 à 4 ans). Les programmes de ces contrats sont constitués d&amp;#039;opérations cohérentes concourant toutes au même objectif, celui de la préservation et de la reconquête du patrimoine naturel et de la biodiversité en Bretagne.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils répondront aux objectifs stratégiques du schéma régional de cohérence écologique mais pourront contribuer à soutenir d&amp;#039;autres thématiques en dehors du champ des continuités écologiques.
+&lt;/p&gt;
+&lt;p&gt;
+ On distingue :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le contrat nature trame verte et bleue
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat nature territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat nature thématique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 1 – Contrat nature trame verte et bleue :
+ &lt;/strong&gt;
+ le montant de l&amp;#039;aide est de 60 % maximum du coût total du projet (HT ou TTC), plafonné à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25 000 € pour la phase de diagnostic (3 ans maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 000 € pour la phase de réalisation opérationnelle (sur 4 ans maximum)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 2 – Contrat nature territorial :
+ &lt;/strong&gt;
+ le montant de l&amp;#039;aide s&amp;#039;élève au taux de 60 % maximum du coût total (HT ou TTC) et est plafonné à 80 000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 3 – Contrat nature thématique :
+ &lt;/strong&gt;
+ le montant de l&amp;#039;aide est un taux compris entre 20 % et 50 % du coût total (HT ou TTC) et est plafonné à 120 000 € sur la durée du projet et 30 000 € par an.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="X34" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le règlement du contrat nature téléchargeable sur le site de la région
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bretagne.bzh/jcms/preprod_31181/fr/contrat-nature</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Pour monter votre dossier, vous pouvez contacter :
+  Région Bretagne
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...26 lines deleted...]
-      <c r="AA34" s="1" t="inlineStr">
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Patrimoine naturel et biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  email : patrimoine.naturel&amp;#64;bretagne.bzh
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tel : 02 99 27 15 66
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les contrats nature trame verte et bleue et territoriaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gaëlle Namont
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de la trame verte et bleue et des paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Email : gaelle.namont&amp;#64;bretagne.bzh
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tel : 02 99 27 12 32
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les contrats nature thématiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Karine Delabroise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de la connaissance du Patrimoine naturel et de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Email : karine.delabroise&amp;#64;bretagne.bzh
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tel : 02 22 93 98 71
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.namont@bretagne.bzh</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e8b-contrat-nature/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-[...228 lines deleted...]
-      <c r="D36" s="1" t="inlineStr">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>164167</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux remarquables</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 80 Max : 100</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alors que les menaces sur la biodiversité et sur le fonctionnement des écosystèmes se font de plus en plus
+prégnantes, la politique de l’Agence de l’eau en faveur des milieux naturels vise à protéger de façon pérenne les
+milieux aux fonctionnalités préservées, à la qualité écologique reconnue, voire dans certains cas vulnérables ou
+menacés de dégradations, et qui jouent un rôle important dans le fonctionnement du bassin versant. &lt;/p&gt;&lt;p&gt;Ainsi, dans ce cadre, les actions éligibles sont les actions de maîtrise foncière (acquisition, bail emphytéotique,
+obligations réelles environnementales, etc.) et les actions pérennes de maîtrise d’usage visant à préserver :
+En priorité les zones humides remarquables du Schéma Direction d’Aménagement et de Gestion des Eaux
+et les zones humides d’intérêt écologique reconnu (Natura 2000, Espace Naturel Sensible, Réserves Naturelles,
+...), ainsi que leur aire d’influence ; &lt;/p&gt;&lt;p&gt;Les réservoirs de biodiversité de la Trame Verte et Bleue, tels qu’identifiés par des études et diagnostics
+territoriaux (inventaires de zones humides, études de Trame Verte et Bleue, etc.) et documents de planification
+d’échelle régionale à locale (SDAGE, SRADDET, SCOT, PLUi7
+, ...) ; &lt;/p&gt;&lt;p&gt;Ainsi que les milieux plus « ordinaires », ou de grands ensembles fonctionnels rendant des services
+écosystémiques et qui contribuent au bon fonctionnement du bassin versant et à la préservation des ressources
+en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q62" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maîtrise foncière pérenne et frais
+associés ; &lt;/li&gt;&lt;li&gt;Maîtrise d’usage pérenne, et frais
+associés.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-etudes/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>164169</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux dégradés en vue de leur restauration</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions de maîtrise foncière (acquisition, bail emphytéotique, obligations réelles
+environnementales, ...) s’inscrivant dans une perspective de reconstitution de milieux, de restauration de leurs
+fonctions écologiques, ou de reconstitution de corridors écologiques. &lt;/p&gt;&lt;p&gt;Sont notamment visées la maîtrise foncière des milieux riverains de cours d’eau pour faciliter les travaux de
+renaturation, d’expansion de crues, la maîtrise foncière de milieux naturels et notamment humides dégradés en
+vue de la restauration de leurs fonctionnalités, la maîtrise foncière des milieux ouverts et particulièrement des
+prairies, présentant des fonctionnalités importantes pour la qualité de l’eau et/ou la biodiversité. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Maîtrise foncière pérenne et frais
+associés&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>164172</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux prioritaires du bassin versant</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J64" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans l’objectif de préservation pérenne des fonctionnalités des milieux prioritaires, que ce soient les milieux les
+plus préservés, ou les milieux ayant bénéficié d’opération de restauration, les opérations de gestion
+conservatoire et d’entretien définies dans un plan de gestion en cours de validité sont éligibles. &lt;/p&gt;&lt;p&gt;À titre d’expérimentation et de retour d’expérience, les opérations de suivi des fonctionnalités des milieux
+humides peuvent également être éligibles, en particulier dans le cadre de méthodologies reconnues à l’échelle
+de bassin ou à l’échelle nationale.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q64" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux réalisés en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
+externalisée ; &lt;/li&gt;&lt;li&gt;Investissements nécessaires à la
+mise en œuvre des actions du
+plan de gestion.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables-1/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>164175</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue et préserver la continuité écologique aquatique</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 100</t>
         </is>
       </c>
-      <c r="J36" s="1" t="inlineStr">
+      <c r="J65" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M36" s="1" t="inlineStr">
+      <c r="M65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux éligibles concernent les aménagements en faveur du transport sédimentaire et les dispositifs de
 franchissement pour la faune piscicole en privilégiant des solutions réversibles et rustiques. Les projets éligibles
 devront aboutir à une amélioration des migrations piscicoles, tant à la montaison qu’à la dévalaison, en rapport
 avec les enjeux recensés sur le site en question (espèces cibles, frayères, ...). Les aménagements éligibles sont notamment :
 &lt;br /&gt;• Pour la montaison : les rivières artificielles de contournement, les rampes en enrochements, les passes
 à poissons (à bassins successifs, à échancrures, ...) ; &lt;br /&gt;• Pour la dévalaison : les dispositifs donnant une garantie de résultat quant à l’amélioration des conditions
 de dévalaison piscicole, à examiner au cas par cas selon les solutions techniques proposées. Ces
 dispositifs pour la dévalaison sont accompagnés s’ils sont entrepris sur des ouvrages existants
 uniquement et qui présentent déjà un équipement efficace pour la montaison ou, dans le cas contraire,
 s’ils sont couplés à la mise en place de ce type de dispositif ;
 &lt;br /&gt;• Pour la gestion du transport sédimentaire : les opérations d’amélioration du transport sédimentaire sont
 également éligibles si elles répondent à des enjeux et à des mesures précisément définis et justifiés par
 des études préalables. Les interventions auront pour but de restaurer le fonctionnement naturel du
 cours d’eau : recharge sédimentaire de milieux à l’aval, rééquilibrage de la dynamique du cours d’eau et
 du profil en long, ... En revanche, les aménagements liés au fonctionnement ou à l’entretien des
 ouvrages, qui consistent par exemple en un désengravement ponctuel des retenues ou des organes
 hydrauliques, ou en un remplacement d’ouvrages vétustes permettant déjà le transit sédimentaire, ne
 sont pas éligibles aux aides de l’Agence de l’eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aménagements d’ouvrages permanents liés à un franchissement de cours d’eau par une route, un sentier,
 une piste, ..., sont éligibles s’il est démontré que les ouvrages concernés constituent des obstacles significatifs à
 la continuité écologique (buse mal calée, radier de pont générant une chute, ...). Les
 reconstructions/réhabilitations de ce type d’ouvrages, notamment lorsqu’ils visent uniquement l’amélioration
 de la capacité hydraulique ou la rénovation de structures anciennes ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Pour réduire significativement les impacts des ouvrages sur le milieu, Les travaux éligibles sont :
 &lt;br /&gt;• L’ensemble des techniques (arasement partiel ou complet, échancrure complètement ouverte sur le lit
 mineur, contournement d’ouvrages ou de plans d’eau en barrage par détournement de la majeure
 partie du débit dans le chenal de contournement, ...) qui permettent de limiter significativement voire
 de supprimer les impacts des ouvrages sur le milieu (réduction très sensible de la côte de retenue et
 diminution de manière significative de l’effet de remous hydraulique et sédimentaire en amont) et en
 améliorant leur transparence hydraulique ;
 &lt;br /&gt;• Les mesures d’accompagnement rendues nécessaires par les effets de ces aménagements (baisse du
 niveau d’eau, reprise d’érosion, réaménagement ou confortement d’infrastructures, ...), en amont et en
 aval sur le tronçon de cours d’eau concerné et au sein de son lit majeur.
 Ces opérations seront autant que possible privilégiées par rapport à l’équipement en passe à poissons.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les solutions d’effacement d’ouvrages et les mesures d’accompagnement rendues nécessaires par les effets de
 ces aménagements pourront être financées sur :
 &lt;br /&gt;• Les cours d’eau non classés et ceux classés en liste 1 au titre de l’article L.214-17 du Code de
 l’environnement ;
 &lt;br /&gt;• Les cours d’eau classés en liste 2, sous réserve d’un avis favorable de la police de l’eau, dans le cadre
 réglementaire permis par l’article L.214-17 (obligations relatives à la circulation des poissons migrateurs
 et au transport suffisant des sédiments sur les cours d’eau classés en liste 2 et cas particulier des moulins
 à eau), l’article L.214-3-1 (remise en état de sites), l’article L.211-7 (motifs de sécurité civile) et l’article
 L.214-17-1 (procédures de conciliation) du Code de l’environnement. Ces travaux doivent permettre de
 limiter voire de supprimer les impacts des ouvrages sur les milieux naturels, en privilégiant les solutions d’effacement lorsque leur faisabilité est démontrée et qu’elles constituent les solutions les plus
 intéressantes et efficientes recueillant l’accord des propriétaires des ouvrages.
 Ces opérations seront autant que possible privilégiées par rapport à l’équipement en passe à poissons, et
 notamment sur les ouvrages de faible portée et ne tirant pas d’usage du fait qu’ils font obstacle à l’écoulement
 naturel des eaux : buses, ponceaux, radiers, ouvrages routiers, ...&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q36" s="1" t="inlineStr">
+      <c r="Q65" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre réglementaire
 autorisé&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E37" s="1" t="inlineStr">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>164177</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue - Prévention des risques</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I37" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="O37" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réduction de la vulnérabilité aux risques d’inondation par débordement de cours d’eau et par ruissellement
+dans le bassin versant, au sens de la protection des biens et des personnes, n’entre pas dans le champ
+d’intervention de l’Agence de l’eau. Toutefois, dans un souci d’approche globale et intégrée des bassins versants, les programmes de gestion des risques qui concilient la régulation hydraulique et la préservation/restauration
+des fonctionnalités des milieux naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Sont ainsi concernées les opérations « mixtes », alliant approches hydraulique et écologique :
+&lt;br /&gt;• Permettant, en priorité, d’intervenir sur les causes des inondations, en particulier sur les
+dysfonctionnements hydrauliques à l’échelle des bassins versants (accélération des écoulements
+amont, point de blocage aval, ...) ;
+&lt;br /&gt;• Contribuant à la réduction des risques et des aléas tout en intégrant la préservation/restauration des
+milieux naturels d’une part et à l’infiltration des eaux dans les sols et nappes phréatiques d’autre part,
+en particulier par l’implantation de haies sur les versants, d’infrastructures naturelles constituant des
+rugosités et freins à l’écoulement, ... ;
+&lt;br /&gt;• Constituant une réponse adaptée à la hauteur des enjeux hydrauliques au regard d’un niveau de risque
+identifié et d’une approche coûts/bénéfices ;
+&lt;br /&gt;• S’inscrivant dans un programme global intégrant les enjeux de préservation et de restauration de la
+fonctionnalité des milieux naturels. &lt;/p&gt;&lt;p&gt;L’éligibilité des projets, et des actions qui en découlent, sera conditionnée à la préservation du milieu,
+particulièrement sur les secteurs en bon état écologique qui présentent un bon fonctionnement
+hydromorphologique et/ou des zones humides remarquables, ainsi qu’à la restauration des écosystèmes
+dégradés dans le périmètre du projet. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau peut soutenir les actions rustiques et diffuses sur les bassins versants permettant de limiter les
+ruissellements, de mieux infiltrer l’eau, ainsi que les ouvrages hydrauliques plus lourds permettant le
+ralentissement dynamique des crues en zone alluviale si ces ouvrages respectent les critères énoncés
+précédemment. &lt;/p&gt;&lt;p&gt;Au titre de la gestion des risques d’inondations et de ruissellements, sont ainsi éligibles les actions :
+&lt;br /&gt;• De reconquête de zones d’expansion naturelles des crues incluant des actions de maîtrise foncière
+(article 4.2.2), de suppression ou de recul/déplacement de digues et merlons, de restauration de milieux
+alluviaux et en particulier de prairies humides, ... ;
+&lt;br /&gt;• De reconstitution de « rugosités » en bordure de cours d’eau ou de fossés ou sur les versants : mise en
+place de bandes enherbées au-delà des mesures règlementaires en vigueur dans ce domaine,
+plantations de haies et ripisylves, création de zones humides tampons, fermeture des drains et
+reconstitution de milieux humides, recul des sorties de drains avec création de zones tampons, ... ; &lt;br /&gt;• De création de zones de ralentissement dynamique des crues par l’aménagement de barrages/digues
+en travers du lit majeur qui utilisent le caractère déjà inondable des terrains en augmentant la capacité
+d’inondation. Les travaux de protection des biens et des personnes rendus nécessaires par ces zones de
+sur-inondation sont également éligibles. &lt;/p&gt;&lt;p&gt;A l’inverse, le champ d’intervention de l’Agence de l’eau ne concerne pas, sauf cas très particuliers évoqués ci-dessus, les actions de protections localisées des biens et des personnes liées aux programmes de gestion des
+inondations (digues latérales, murs de protection à proximité des habitations, ...) ainsi que la création de bassins
+de stockage hydraulique des crues et ruissellements ne reposant pas sur la fonctionnalité des milieux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q37" s="1" t="inlineStr">
+      <c r="Q66" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="S37" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité conditionnée à la mise
+en œuvre d’opérations mixtes,
+alliant approches hydraulique et
+écologique&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-continuite-ecologique-aquatique/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...1276 lines deleted...]
-      <c r="G44" s="1" t="inlineStr">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>164182</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue - Milieux humides</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
-[...60 lines deleted...]
-          <t>Forêts
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les milieux humides sont des atouts précieux pour les territoires. Dépeints depuis des siècles comme des milieux
+hostiles ou encore insalubres, ils sont pourtant le support d’enjeux majeurs et essentiels dans le cycle de l’eau et
+pour la biodiversité. Le frein à leur disparition, le maintien de leurs fonctionnalités, ainsi que leur restauration
+voire leur recréation constitue une priorité pour l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau vise à aider les opérations permettant de restaurer les fonctionnalités des milieux humides et
+de leur aire d’influence, en particulier lorsque ces zones ont été altérées, dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Dans le cadre d’un regard global sur la trame bleue, les actions de restauration ou de création de mares, y
+compris dans le cadre de différents usages sont éligibles et encouragées en vue de la reconstitution d’un réseau
+fonctionnel.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Biodiversité
-Milieux humides
-[...45 lines deleted...]
-      <c r="T44" s="1" t="inlineStr">
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de maîtrise foncière,
+d’études, de travaux &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-prevention-des-risques/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G45" s="1" t="inlineStr">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>164183</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue - Plans d'eau</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Particulier
-[...3 lines deleted...]
-      <c r="H45" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I45" s="1" t="inlineStr">
+      <c r="I68" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
-[...22 lines deleted...]
-Agriculture et agroalimentaire
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les plans d’eau, qu’ils soient naturels ou artificiels se trouvent aujourd’hui à la croisée des enjeux : biodiversité,
+qualité d’eau, quantité d’eau, activités humaines, … &lt;/p&gt;&lt;p&gt;Considérés à la fois comme des milieux aquatiques (présence d’eau permanente au sein d’une colonne d’eau),
+et des milieux humides (zones de transition entre le milieu aquatique et le milieu terrestre, en particulier au
+niveau des berges), ils sont par ailleurs le support de nombreux usages économiques (industriels, agricoles,
+piscicoles, hydroélectrique, navigation, …) ou de loisirs sur le bassin. Ils subissent, de fait, de nombreuses
+pressions qui altèrent leur morphologie, leur hydrologie, ainsi que la qualité de l’eau. &lt;/p&gt;&lt;p&gt;Les actions accompagnées par l’Agence de l’eau s’inscrivent pleinement dans un objectif de conciliation
+d’usages, en mettant particulièrement l’accent sur la restauration des fonctionnalités de ces milieux particuliers
+et du bon fonctionnement de leur bassin versant, tout en anticipant les effets du changement climatique sur
+ces milieux et sur les activités qui s’y exercent. Les plans d’eau prioritairement visés sont les plans d’eau identifiés
+dans le cadre de la Directive cadre sur l’eau (&amp;gt;50 ha de surface)
+9
+, les étangs patrimoniaux intégrés aux zones
+humides remarquables du Schéma Directeur d’Aménagement et de Gestion des Eaux, les plans d’eau
+stratégiques pour la ressource en eau, … &lt;/p&gt;&lt;p&gt;Afin de pouvoir intervenir durablement sur ces milieux et anticiper leur évolution et les usages futurs, les actions
+de l’Agence de l’eau visent à leur permettre de retrouver un fonctionnement optimal par :
+&lt;br /&gt;• L’identification et la compréhension d’éventuels dysfonctionnements et de leur origine ;
+&lt;br /&gt;• La mise en œuvre d’actions préventives, visant la limitation ou la réduction des causes de ces
+dysfonctionnements ;
+&lt;br /&gt;• La préservation des milieux les plus fonctionnels ;
+&lt;br /&gt;• La renaturation des milieux dégradés ou artificiels. &lt;/p&gt;&lt;p&gt;Ces actions seront conduites en visant à limiter les effets négatifs des plans d’eau sur les cours d’eau (qualité de
+l’eau, température, continuité écologique, invasions biologiques, …) voire en mettant en place une gestion des
+plans d’eau qui permette de contribuer à l’amélioration du fonctionnement des cours d’eau (soutien d’étiage
+par exemple).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;À ce titre, les actions curatives, notamment les actions visant les espèces végétales et/ou algales proliférantes
+(hors espèces exotiques envahissantes (cf. article 4.6.2), ne sont pas éligibles. Seront privilégiées les études et
+actions visant à identifier et lutter contre les dysfonctionnements à l’origine de ces proliférations. &lt;/p&gt;&lt;p&gt;Par ailleurs, et afin d’anticiper toute problématique ultérieure liée notamment au changement climatique, sont
+éligibles les études stratégiques ainsi que les études de gouvernance visant à atteindre dans la durée, un équilibre
+entre enjeux de biodiversité, enjeux de qualité et de quantité d’eau, et enjeux de partage de la ressource.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Biodiversité
-Paysage
-[...79 lines deleted...]
-      <c r="T45" s="1" t="inlineStr">
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de maîtrise foncière,
+d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
-[...47 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-milieux-humides/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C46" s="1" t="inlineStr">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>164184</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame verte - Trame prairiale</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions ciblées par l’Agence de l’eau visent à maintenir l’ensemble des surfaces prairiales, et en particulier
+les prairies les plus sensibles et les plus remarquables (prairies reconnues d’intérêt écologique), ainsi qu’à
+développer leur potentiel écologique. &lt;/p&gt;&lt;p&gt;Ces actions peuvent être mises en lien avec le panel d’outils disponibles et éligibles définis dans la fiche relative
+aux modalités d’intervention dans le domaine des actions de lutte contre les pollutions d’origine agricole et
+assimilée. &lt;/p&gt;&lt;p&gt;Enfin, afin de renforcer la préservation des surfaces en herbe sur des secteurs ciblés à forts enjeux, l’Agence de
+l’eau accompagne la mise en place de plans « herbe » territorialisés, autour d’une collectivité, des éleveurs et
+des prairies de ce territoire. &lt;/p&gt;&lt;p&gt;Ces secteurs prioritaires sont l’occasion, autour de l’objectif de maintenir les prairies, de mettre en commun
+l’ensemble des outils d’ores et déjà disponibles au travers de cette fiche thématique, ainsi que ceux disponibles
+dans le cadre de la lutte contre les pollutions d’origine agricole et assimilée, pour concilier l’ensemble des enjeux
+locaux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de maîtrise foncière,
+d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-plans-deau/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>164185</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame verte - Trame bocagère</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Au titre des nombreux co-bénéfices pour la biodiversité et la gestion de l’eau sur les versants, la mise en place
+d’opérations de plantations agroécologiques, et en particulier la plantation de haies champêtres et diversifiées
+dans un objectif de reconstitution de corridors écologiques est éligible. &lt;/p&gt;&lt;p&gt;Ces opérations peuvent être mises en œuvre en complément des opérations de limitation des ruissellements
+sur les versants. &lt;/p&gt;&lt;p&gt;Dans l’objectif d’un maintien pérenne de ces actions de plantations, sont éligibles :
+&lt;br /&gt;• Les actions d’élaboration de plans de gestion durables des haies (ou assimilées) ;
+&lt;br /&gt;• Et l’ensemble des frais liés à la bonne reprise de ces plantations. &lt;/p&gt;&lt;p&gt;Des plantations, à titre plus ponctuel, peuvent être éligibles, constituant en effet un premier pas d’un réseau
+écologique sur les bassins versants.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q70" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Actions ponctuelles de plantations de haies, sans
+lien direct avec la restauration de corridors
+écologiques&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
+régie (voir modalités reprises dans
+la fiche relative aux actions,
+études et travaux réalisées par les
+moyens propres du bénéficiaire)
+et frais associés ; &lt;/p&gt;&lt;p&gt;- Travaux réalisés en prestation
+externalisée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Actions intégrées dans un programme global
+(restauration de milieux naturels, restauration de la
+trame verte, prévention des risques intégrée à
+l’échelle d’un bassin versant, …)&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
+régie (voir modalités reprises dans
+la fiche relative aux actions,
+études et travaux réalisées par les
+moyens propres du bénéficiaire)
+et frais associés ;
+&lt;br /&gt;- Travaux réalisés en prestation
+externalisée et frais associés.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-prairiale/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>164186</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Protéger les espèces menacées</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont les actions opérationnelles ciblées dans des plans d’actions nationaux, régionaux, ou
+de bassin en faveur d’espèces emblématiques des milieux aquatiques, humides ou encore prairiaux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
+externalisée ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
+externalisée&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-bocagere/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>123492</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
-Renaturation des villes
-[...15 lines deleted...]
-      <c r="G46" s="1" t="inlineStr">
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K46" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M46" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Eau pluviale
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
 Sols
-Espaces verts
-[...1 lines deleted...]
-Friche
 Foncier
+Accès aux services
+Cohésion sociale et inclusion
 Revitalisation
 Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
 Paysage
-Modes actifs : vélo, marche et aménagements associés
-[...4 lines deleted...]
-      <c r="O46" s="1" t="inlineStr">
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
-[...5 lines deleted...]
-      <c r="S46" s="1" t="inlineStr">
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W72" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...933 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K51" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
-[...808 lines deleted...]
-&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M57" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="N57" s="1" t="inlineStr">
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>163894</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+ÉcoQuartier
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W74" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...1517 lines deleted...]
-      <c r="C67" s="1" t="inlineStr">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
-Renaturation des villes</t>
-[...2 lines deleted...]
-      <c r="D67" s="1" t="inlineStr">
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G67" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M67" s="1" t="inlineStr">
-[...407 lines deleted...]
-      <c r="N69" s="1" t="inlineStr">
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R69" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G70" s="1" t="inlineStr">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>165519</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la stratégie une seule santé</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences régionales de santé (ARS)</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé
+humaine repose sur celle des écosystèmes. En effet, la biodiversité fournit des
+services écosystémiques indispensables à notre survie : production d’oxygène,
+régulation des températures, production d’aliments ou encore disponibilité de
+la ressource en eau. Préserver la santé de la biodiversité c’est garantir celle
+des êtres humains, et il est indispensable de les penser ensemble et non
+séparément.&lt;/p&gt;&lt;p&gt;L’approche « une seule santé » vise à maximiser toutes les santés
+en intégrant les domaines entre eux, et en surveillant et réduisant les
+pressions des activités humaines sur les écosystèmes. L’adoption de cette
+approche permet d’identifier des solutions répondant à la fois à des enjeux
+environnementaux et de santé humaine. Aussi, elle pourrait permettre de faire
+d’importantes économies en termes de santé publique. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens : l’ARS, la CPAM, la Mutuelle sociale Agricole. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Sols
+Espaces verts
+Espace public
+Friche
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://professionnels.ofb.fr/fr/annonce/conference-seule-sante-en-pratique?page=0</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66 91&lt;/p&gt;&lt;p&gt;Hauts-de-France&lt;/p&gt;&lt;p&gt;&lt;strong&gt;BEAUCHAMP Mélanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-strategie-une-seule-sante/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>162778</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Développer la filière subaquatique</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Développement de la filière subaquatique</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour une région à l’identité méditerranéenne et maritime profonde, la résilience face au changement climatique et la transition souhaitée vers un modèle de développement vertueux passent nécessairement par la valorisation, la protection et la gestion de son patrimoine naturel marin et littoral.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Espace de rencontre entre la terre et la mer, le littoral régional est en effet un espace à forts enjeux pour l’aménagement du territoire et son développement économique, que les pressions liées aux activités humaines et le changement climatique impactent sérieusement. Toutes les activités développées sur la zone littorale dépendent de fait directement ou indirectement de la qualité environnementale des milieux marins et littoraux.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Conservatoire du littoral pour les investissements&lt;/li&gt; 	&lt;li&gt; Associations&lt;/li&gt; 	&lt;li&gt;Collectivités territoriales et leurs groupements&lt;/li&gt; 	&lt;li&gt; Etablissements publics&lt;/li&gt; 	&lt;li&gt;Organismes d’études et de recherche&lt;/li&gt; 	&lt;li&gt;Entreprises pour le fonctionnement&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;Pour la préservation et la valorisation des écosystèmes marins, les critères suivants sont étudiés:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Appréciation de la cohérence du projet avec les politiques régionales (SRADDET, Stratégie régionale biodiversité, …) et les Directives européennes (Eau, Stratégie Milieu Marin, Planification de l’Espace maritime) &lt;/li&gt; 	&lt;li&gt; Aspect partenarial &lt;/li&gt; 	&lt;li&gt;Projet inscrit dans une démarche de gestion intégrée &lt;/li&gt; 	&lt;li&gt; Projet innovant, expérimental &lt;/li&gt; 	&lt;li&gt; Valorisation des données / open data&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P81" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour la préservation et la valorisation des écosystèmes marins, les critères suivants sont étudiés:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Appréciation de la cohérence du projet avec les politiques régionales (SRADDET, Stratégie régionale biodiversité, …) et les Directives européennes (Eau, Stratégie Milieu Marin, Planification de l’Espace maritime) &lt;/li&gt; 	&lt;li&gt; Aspect partenarial &lt;/li&gt; 	&lt;li&gt;Projet inscrit dans une démarche de gestion intégrée &lt;/li&gt; 	&lt;li&gt; Projet innovant, expérimental &lt;/li&gt; 	&lt;li&gt; Valorisation des données / open data&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/developpement-de-la-filiere-subaquatique</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alexis ULRICH : &lt;a href="mailto:aulrich&amp;#64;maregionsud.fr"&gt;aulrich&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developpement-de-la-filiere-subaquatique/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>102101</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les sites de nature ordinaire</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>SNO</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>subvention de 40% sur le montant HT des travaux d'investissement, plafonnée à 75 000 €</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lors de sa séance du 5 février 2018, le Conseil départemental a approuvé la révision de son schéma départemental des espaces naturels sensibles et proposé de nouvelles modalités d&amp;#039;accompagnement financières des projets de collectivités, en complément de son propre dispositif en faveur des espaces naturels sensibles.&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale s&amp;#039;applique aux opérations de restauration de biotopes et d&amp;#039;aménagement pour l&amp;#039;accueil du public sur des sites à caractère naturel, relevant de la biodiversité dite « ordinaire ».
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide prend la forme d&amp;#039;une subvention d&amp;#039;investissement, destinée à financer la partie des interventions dédiée aux milieux naturels. Elle ne peut porter sur des aménagements à caractère strictement paysager ou ornemental dénués de plus-value avérée en termes de biodiversité.&lt;/p&gt;&lt;p&gt;Objectifs
+:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préservation
+ou
+la restauration de milieux
+naturels existants ou la renaturation de milieux naturels dégradés&lt;/li&gt;&lt;li&gt;Existence d&amp;#039;un volet
+pédagogique structuré&lt;/li&gt;&lt;li&gt;Engagement de gestion ultérieure pérenne garantissant la
+bonne conservation
+de la biodiversité existante &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vocation finale : la mise en valeur de la biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples d&amp;#039;actions pour les SNO :​ Remise d&amp;#039;un cours d&amp;#039;eau dans son lit d&amp;#039;origine, création d&amp;#039;une mare, restauration d’une zone humide, installation d&amp;#039;un observatoire, pose de platelage, cheminement enherbé, panneau de sensibilisation à la biodiversité, fauche tardive, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;Investissements dont la vocation est la mise en valeur de la biodiversité. Les 3 conditions suivantes doivent être respectées :&lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Partie significative du site dédiée à la préservation ou la restauration de milieux naturels existants ou la renaturation de milieux naturels dégradés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Existence d&amp;#039;un volet pédagogique structuré
+  &lt;/li&gt;
+  &lt;li&gt;
+   Engagement de gestion ultérieure pérenne garantissant la bonne conservation de la biodiversité existante&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/accueil/le-departement/routes-environnement--territoire/amenagement-du-territoire.html</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Conseils techniques avant dépôt de la demande : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Maria RIBEIRO, Service Espaces Naturels du Conseil Départemental du Calvados, 02 31 57 14 72&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conseils sur la constitution du dossier : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service des territoires, &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_self"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt; ou 02.31.57.11.25.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e5d-amenager-les-sites-de-nature-ordinaire/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>117637</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Créer de nouveaux espaces de nature et liaisons</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Stratégie nature</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objet de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Financer au cas par cas tout maitre d&amp;#039;ouvrage qui contribuerait à l&amp;#039;objectif de connexion des alto séquanais à la nature, par la végétalisation d&amp;#039;espace de plus de 5000 m2 ou de liaisons vertes permettant de liées différents espaces de nature existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  But :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre chaque habitant des Hauts de Seine à moins de 15 minutes à pied d&amp;#039;un espace de nature et le connecter à une trame éco paysagère de plus de 3.300 hectares de parcs, jardins, promenades et forêts.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Principes d&amp;#039;actions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer de nouveaux espaces et liaisons. Acquérir, aménager, accueillir, entretenir, rénover, valoriser sont les verbes forts de la stratégie du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des ilots de verdure et de fraicheur en valorisant les délaissés et autres interstices urbains
+ &lt;/li&gt;
+ &lt;li&gt;
+  Générer des partenariats pour étendre son action et créer de nouvelles opportunités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser les espaces de nature pour leur contribution positive aux enjeux de bien-être en ville, de santé humaine, de protection de la biodiversité et d&amp;#039;adaptation au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Biodiversité
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Présence connue d&amp;#039;habitat remarquable (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de flore remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de faune remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ou continuité identifié dans le SRCE ou une trame verte et bleue locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétation ayant une bonne fonctionnalité écologique (différentes strates, diversité d&amp;#039;espèces, rusticité, habitat et nourriture pour la faune...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sol vivant, peu ou pas perturbé et perméable sur au moins les 2/3 du site &amp;#43; gestion du ruissellement urbain ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ouvert au public, pour les loisirs et sports de plein air, pour la promenade et la détente, pour des activités culturelles et de reconnexion à la nature de plus de 5000 m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualité paysagère contribuant à l&amp;#039;identité du lieu et au patrimoine de la localité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace de fraicheur en été (lutte contre les îlots de chaleur urbain)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>http://www.hauts-de-seine.fr/la-strategie-departementale-des-espaces-de-nature</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lionel Lecoeur :
+ &lt;a href="mailto:llecoeur&amp;#64;hauts-de-seine.fr" rel="noopener" target="_blank"&gt;
+  llecoeur&amp;#64;hauts-de-seine.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>llecoeur@hauts-de-seine.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e81-creer-de-nouveaux-espaces-de-nature-et-liaiso/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>383</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt bonifié Vert</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>PSP Vert</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les territoires ultramarins sont de plus en plus sensibles
+ aux impacts du changement climatique et aux risques
+ naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les soutenir, l&amp;#039;AFD accompagne la réalisation
+ des investissements s&amp;#039;inscrivant dans les objectifs
+ d&amp;#039;atténuation des effets du changement climatique, de
+ protection de la biodiversité, et de réduction des vulnérabilités
+ liées aux aléas climatiques, afin d&amp;#039;accélérer et
+ d&amp;#039;amplifier le
+ développement durable et la résilience de
+ ces territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification : 15 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances
+constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet d&amp;#039;investissement intégrant une dimension en
+faveur de l&amp;#039;atténuation au changement climatique et
+ de la préservation de la biodiversité ou de l&amp;#039;adaptation
+ au changement climatique et de la réduction des vulnérabilités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+  Atténuation et biodiversité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Efficacité et transition énergétique (production
+   d&amp;#039;énergie renouvelable : éolien, photovoltaïque, biomasse) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éco-quartiers (construction HQE ou norme équivalente) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et mise à niveau d&amp;#039;équipements et d&amp;#039;infrastructures de transport durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement intégrant une dimension atténuation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports collectifs et mobilités douces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits d&amp;#039;approvisionnement courts, investissements liés à la mise en œuvre du Plan Climat-Air-Énergie Territorial (PCAET) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parc naturel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration des écosystèmes fragiles ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+   Adaptation et vulnérabilité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction ou reconstruction aux normes parasismiques suite à destruction par un évènement climatique majeur, avec prise en compte des vulnérabilités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement traitant une vulnérabilité en lien avec le changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévention des risques climatiques y compris les inondations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les algues sargasses ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les épisodes de sécheresse ou canicules ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>23771</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les paysages bocagers</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Restaurer les paysages bocagers de Bourgogne-Franche-Comté.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconstitution du bocage constitue un axe majeur de la politique environnementale régionale. Ce programme en faveur de la plantation et la réhabilitation  de haies, arbres et bosquets en constitue la colonne vertébrale.
+&lt;/p&gt;
+&lt;p&gt;
+ Replanter les haies bocagères, restaurer les haies champêtres dégradées ou des bosquets, planter des arbres isolés en prairie ou des alignements d&amp;#039;arbres.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutiendra les projets s&amp;#039;inscrivant dans une démarche qualitative et cohérente avec les enjeux de préservation de la biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/node/896</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle=ENV-BOCAGE</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Dalançon Didier
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : didier.dalancon&amp;#64;bourgognefranchecomte.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.80.44.40.60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remarques :
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.deniaux@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a11-bocage-et-paysages/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>97324</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la labellisation des espaces naturels sensibles en vue de soutenir leur préservation</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H70" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L70" s="1" t="inlineStr">
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectif
+  Schéma départemental des Espaces naturels Sensibles 2021-2026
  &lt;/strong&gt;
- : Soutenir les structures départementales et bi-départementales (comités sportifs principalement) qui participent au développement des sports de nature sur le territoire en lien avec le schéma départemental des sports de nature.
-[...25 lines deleted...]
-      <c r="O70" s="1" t="inlineStr">
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de la Vendée a, depuis les années 1970, mené une politique de protection foncière des milieux naturels, par l&amp;#039;acquisition, la gestion et l&amp;#039;ouverture au public de sites d&amp;#039;intérêt écologique majeur au titre des Espaces Naturels Sensibles. Cette politique a vocation à préserver les habitats naturels remarquables du département et à les valoriser auprès du public (dans le respect de la sensibilité du milieu).
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;occasion de la mise en place de son deuxième schéma départemental des Espaces Naturels Sensibles 2021-2026, le Département a développé de nouvelles actions, qui vont au-delà de la politique d&amp;#039;acquisition historiquement mise en place. Parmi ces nouvelles mesures, un label Espace Naturel Sensible (ENS) est créé pour soutenir les projets de préservation des sites naturels, publics ou privés avec des enjeux forts pour la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette reconnaissance permet au Département de fournir un accompagnement technique et financier à tout propriétaire et/ou gestionnaire souhaitant valoriser et participer à la protection de la biodiversité sur son patrimoine foncier grâce au dispositif présenté.
+&lt;/p&gt;
+&lt;p&gt;
+ Un site retenu doit faire l&amp;#039;objet d&amp;#039;une convention de labellisation entre le propriétaire du site, le gestionnaire du site (si différent) et le Département fixant les conditions d&amp;#039;attribution du label, le plan global et la participation accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement : 80% HT
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention de fonctionnement : 50%  HT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inventaires naturalistes, études fonctionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des enjeux écologiques du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;un plan de gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation du plan de gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de restauration des milieux naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des milieux naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;équipements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Biodiversité
+Paysage
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Bénéficiaires : sont éligibles les structures départementales et bi-départementales,
-[...127 lines deleted...]
-      <c r="S70" s="1" t="inlineStr">
+ Ne peuvent être présentés au présent dispositif que les sites vendéens au caractère « naturel » ou « semi-naturel » : forêts, landes, zones humides, marais, prairie, dunes, tels qu&amp;#039;identifiés dans le schéma départemental des ENS 2021-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ Les espaces verts et jardins, ne sont pas concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sites candidats doivent justifier d&amp;#039;enjeux écologiques majeurs pour la Vendée : flore, faune, fonge, géotope et/ou habitats naturels patrimoniaux, protection de la qualité des cours d&amp;#039;eau, .... Ces enjeux seront étudiés et évalués par le Département avant validation ou non de la candidature, notamment au regard des données fournies par le candidat, des justificatifs fournis et des données disponibles dans la base de données du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sites candidats doivent proposer une ouverture au public qui peut être permanente (ex : aménagement simple d&amp;#039;accueil) ou temporaire (ex : animations sur la thématique de la biodiversité) sur tout ou partie du site, sans que cela ne puisse porter atteinte à la biodiversité et aux milieux naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les subventions d&amp;#039;investissement, les projets éligibles sont les suivants : rédaction d&amp;#039;un plan de gestion ou d&amp;#039;une notice de gestion, opérations de création et restauration d&amp;#039;habitats naturels, opération initiale pour la lutte contre les espèces exotiques envahissantes, création d&amp;#039;ouvrages ou d&amp;#039;infastructures associés directement à la gestion des milieux naturels et création d&amp;#039;équioements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public (hors signalétique ENS spécifique).
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les subventions de fonctionnement, les suivis et études pour l&amp;#039;amélioration des connaissances, l&amp;#039;entretien des habitats et milieux naturels, le développement d&amp;#039;animation et outils de communication pour valoriser le site naturel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...17 lines deleted...]
-      <c r="X70" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...156 lines deleted...]
- Instruction interne au service.
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Service Nature et biodiversité
  &lt;br /&gt;
- Dépôt en ligne via
-[...176 lines deleted...]
-  sportsnature&amp;#64;ladrome.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 48
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:nature&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  nature&amp;#64;vendee.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- – 04 75 79 81 52
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>sophie.gouel@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4519-accompagner-la-labellisation-des-espaces-natu/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>117506</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>CDC Biodiversité</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J87" s="1" t="inlineStr">
+        <is>
+          <t>Pas de limites minimum ou maximum</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
+ à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
+ résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
+ ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  atténuer les changements climatiques en renforçant les
+ capacités de stockage ou de captage de CO2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et adapter les territoires à ces changements, notamment en limitant leurs
+ effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
+ inondation, sécheresse, incendie, submersion marine...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ecosystèmes marins et côtiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transitions agricole et forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Continuités écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Biodiversité en ville
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ 104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
+ &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
+  Les Réalisations Nature 2050
+ &lt;/a&gt;
+&lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de projets soutenus par Nature 2050 :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
+  &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre
+&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
+  &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des projets Nature 2050 sont accessibles
+ en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Friche
+Risques naturels
+Biodiversité
+Paysage
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le porteur de projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recourir aux solutions fondées sur la nature ;
+ &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
+ &lt;li&gt;
+  Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+   Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
+  &lt;br /&gt;
+ &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
+ &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
+  Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W87" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>164221</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Action ou programme de sensibilisation, de communication, d'information sur les enjeux de la politique de l'eau</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J88" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-classes-deau-1/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>164222</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Évènement grand public</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>ou Forfait de 1 000 euros/j ou 1500 euros/2j</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q89" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-aaction-ou-programme-de-sensibilisation-de-communication-dinformation-sur-les-enjeux-de-la-politique-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>164223</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Évènement professionnel</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J90" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>149081</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet d’initiatives citoyennes en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Appel à initiatives citoyennes</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;initiatives citoyennes en faveur de l&amp;#039;environnement ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller 10 000€ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une avance de trésorerie de 50% dès le démarrage de votre projet sur présentation d&amp;#039;une attestation de démarrage du projet
+   &lt;br /&gt;
+   et
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le solde sur présentation d&amp;#039;un état récapitulatif des dépenses et copie des factures
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P91" s="1" t="inlineStr">
+        <is>
+          <t>03/07/2023</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une association
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un particulier ou collectif de citoyens
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets d&amp;#039;initiatives citoyennes « micro-projets » devront répondre aux critères d&amp;#039;éligibilité suivants :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer des solutions pratiques et concrètes en lien avec les orientations et/ou la mise en œuvre de la Stratégie régionale Biodiversité, axées sur la transition écologique et solidaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Correspondre à une initiative de terrain, avec une échelle de mise en œuvre précisément établie (quartier, hameau, village, ville, ...), favoriser l&amp;#039;engagement des citoyens
+  &lt;/li&gt;
+  &lt;li&gt;
+   Satisfaire des objectifs sociaux (équité, solidarité etc.) et environnementaux (préservation de la biodiversité ...), et de consommation locale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Favoriser l&amp;#039;interaction et la mise en mouvement d&amp;#039;acteurs diversifiés (collectifs de citoyens organisés, associations locales, ...), en donnant aux citoyens et à la société civile une place importante dans le projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les initiatives citoyennes doivent avoir pour finalité la transition écologique et solidaire et la protection de l&amp;#039;environnement. Elles s&amp;#039;inscriront dans l&amp;#039;une au moins des quatre thématiques suivantes :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Biodiversité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Energie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Economie circulaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement climatique
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet est localisé en Région Grand Est.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet devra répondre à un besoin constaté et avoir une portée collective.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/initiatives-citoyennes/</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0032/depot/simple</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez votre demande en ligne au fil de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures seront déposées par les candidats en ligne uniquement, auquel peut être jointes toutes pièces qui paraissent utiles au candidat.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5e49-appel-a-initiatives-citoyennes/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H72" s="1" t="inlineStr">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>162365</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets de protection, de conservation, de préservation et de gestion des espèces</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Préservation des espèces</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Provence-Alpes-Côte d’Azur est la région de France métropolitaine la plus riche en termes d’espèces : elle abrite 60 à 90 % de la totalité des espèces recensées en France métropolitaine. On y retrouve 65% des espèces végétales, 83 % des oiseaux nicheurs, 87 % des libellules et demoiselles, 63 % d’amphibiens reptiles. Plusieurs d’entre elles ne sont présentes que sur le territoire régional (Vipère d’Orsini, Romulée d’Arnaud…) ce qui confère une responsabilité importante aux acteurs régionaux, et nombreuses sont inscrites sur les listes rouges régionales d’espèces menacées qui évaluent les risques d’extinction des espèces.&lt;br /&gt; La préservation de ces espèces doit ainsi porter sur les espèces menacées, mais celles dites ordinaires pour lesquelles on constate d’importants déclins et qui constituent un levier de sensibilisation à la préservation de la biodiversité.&lt;br /&gt; Il s’agit ici de soutenir des projets de protection, de conservation, de préservation et de gestion des espèces.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Établissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces naturels, Associations, Entreprises.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats et des processus écologiques. Pour les projets expérimentaux de lutte contre les espèces exotiques envahissantes, les espèces devront être inscrites dans les listes des stratégies végétale et animale correspondantes,&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Critères spécifiques de sélection&lt;/strong&gt;&lt;br /&gt; Les espèces identifiées devront s’inscrire dans une stratégie opérationnelle régionale (stratégie de conservation de la flore, stratégies espèces exotiques envahissantes, stratégie régionale biodiversité, stratégie locale biodiversité…) ; Le caractère expérimental, transférable, reproductible pourra être évalué afin de prioriser les projets financés.&lt;/p&gt; &lt;p&gt;&lt;span&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT :&lt;/strong&gt;&lt;br /&gt; Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P92" s="1" t="inlineStr">
+        <is>
+          <t>21/07/2023</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats et des processus écologiques. Pour les projets expérimentaux de lutte contre les espèces exotiques envahissantes, les espèces devront être inscrites dans les listes des stratégies végétale et animale correspondantes,&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Critères spécifiques de sélection&lt;/strong&gt;&lt;br /&gt; Les espèces identifiées devront s’inscrire dans une stratégie opérationnelle régionale (stratégie de conservation de la flore, stratégies espèces exotiques envahissantes, stratégie régionale biodiversité, stratégie locale biodiversité…) ; Le caractère expérimental, transférable, reproductible pourra être évalué afin de prioriser les projets financés.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;br /&gt; &lt;br /&gt; &lt;span&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT :&lt;/strong&gt;&lt;br /&gt; Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/preservation-des-especes</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-especes/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>144518</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I72" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K72" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="O72" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S72" s="1" t="inlineStr">
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions et critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée sur les projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présentant l&amp;#039;engagement des collectivités locales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   selon le périmètre d&amp;#039;intervention.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront porter sur les thématiques de la sensibilisation à la transition écologique (tout en respectant les champs d&amp;#039;action du Département) telles que :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la biodiversité (faune, flore et milieux d&amp;#039;intérêt local ou patrimonial, paysage...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;économie circulaire (déchets, consommation, alimentation...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la transition énergétique / le changement climatique (énergie, mobilité, risques majeurs, pollution...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=200</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/demande-subvention</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
+Direction de l&amp;#039;Environnement&lt;br /&gt;
+Service Médiation environnementale et partenariats&lt;br /&gt;
+Tél. : 05.58.05.40.40&lt;br /&gt;
+Mèl : environnement&amp;#64;landes.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>89886</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les infrastructures de distribution d’eau potable, d’assainissement et de gestion des eaux pluviales en métropole et dans les outre-mer</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de relance, une aide à l&amp;#039;investissement soutient les projets pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la modernisation des réseaux d&amp;#039;eau potable et d&amp;#039;assainissement et les stations d&amp;#039;épuration,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;hygiénisation des boues en zone rurale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accélération du « plan eau DOM » en outre-mer pour faire face aux difficultés structurelles renforcées par la crise du Coronavirus Covid-19.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si votre projet est en métropole, déposez votre demande de subvention auprès de votre agence de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre projet est en outre-mer, adressez votre demande à l&amp;#039;Office français de la biodiversité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les conditions de subventionnement diffèrent en fonction de votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T72" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter l&amp;#039;OFB ou votre agence de l&amp;#039;eau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>90762</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Créer une Réserve Naturelle Régionale</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Créer une Réserve Naturelle Régionale</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Vous êtes un ou plusieurs propriétaire(s), une collectivité, ou une association et vous désirez vous mobiliser pour la biodiversité en protégeant un espace naturel remarquable.
+La Région peut soutenir votre démarche dans le cadre de sa compétence RNR, et vous accompagner pour classer cet espace. Ce classement, d&amp;#039;une durée de 10 ans, a vocation à protéger et à mettre en valeur le patrimoine naturel.
+    &lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une démarche encadrée par le
+ code de l&amp;#039;environnement
+ , ayant pour objectif d&amp;#039;enrayer la perte de biodiversité par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La protection des sites d&amp;#039;intérêt patrimonial fort,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La considération des continuités écologiques au-delà des limites du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;un outil de sensibilisation et d&amp;#039;information. La connaissance du grand public est en effet une clé de la protection de la biodiversité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  C&amp;#039;est quoi ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un classement pour 10 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  une réglementation avec surveillance et pouvoir de police,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une gestion obligatoire (élaboration d&amp;#039;un plan de gestion)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un espace d&amp;#039;information et de sensibilisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une aide financière est mobilisable pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   en phase amont du classement, pour des compléments nécessaires à l&amp;#039;argumentaire scientifique et/ou pour d&amp;#039;éventuels travaux d&amp;#039;urgence avant l&amp;#039;élaboration du plan de gestion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   après le classement, pour l&amp;#039;élaboration et la mise en œuvre du plan de gestion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   après le classement, des animations ou des aménagements à caractère pédagogique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+ Pour les propriétaires, collectivités ou associations de protection du patrimoine naturel, qui se mobilisent pour la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quels critères de classement ?
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Voici les principaux critères qui seront évalués lors de l&amp;#039;examen de votre dossier.
+ &lt;/p&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Critères patrimoniaux et fonctionnels
+   &lt;/strong&gt;
+   :
+   il s&amp;#039;agit de la richesse écologique (espèces d&amp;#039;intérêt patrimonial, habitats remarquables ou objets géologiques particuliers) et/ou de la situation au regard des continuités écologiques. L&amp;#039;évaluation des menaces pour la biodiversité, telles que la fragmentation des milieux, les projets d&amp;#039;urbanisation ou la modification de pratiques agricoles sera aussi étudiée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Qualité globale du projet
+   &lt;/strong&gt;
+   :
+   Il s&amp;#039;agit de la situation et du contexte local (éléments actuels de connaissance du site (inventaires, études...), implication des acteurs (consensus local, personnes déjà informées, mobilisées...) et situation du site (fragmentation du périmètre, nombre de propriétaires...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Critères pédagogiques
+   &lt;/strong&gt;
+   :
+   la Région cherchera à développer dans tout projet de RNR un espace de sensibilisation et d&amp;#039;éducation du public à l&amp;#039;environnement (sites accessibles, riches en éléments pédagogiques, disposant de structures d&amp;#039;accueil ...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/creer-une-reserve-naturelle-regionale</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 49 55 76 65
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6564-creer-une-reserve-naturelle-regionale/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>162780</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les littoraux au changement climatique et favoriser une gestion souple du trait de côte pour faire face aux enjeux d’érosion des plages</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Adaptation des littoraux au changement climatique</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adapter les littoraux au changement climatique et favoriser une gestion souple du trait de côte pour faire face aux enjeux d’érosion des plages et de submersion&lt;br /&gt; Afin de répondre à ces défis, la Région organise la mise en œuvre du dispositif autour de cinq principaux leviers décrits ci-dessous :&lt;/p&gt;
+&lt;p&gt; La plateforme Monlittoral &lt;a href="https://www.monlittoral.fr/"&gt;https://www.monlittoral.fr/&lt;/a&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Il s’agit d’un outil régional de capitalisation, de valorisation et de diffusion des données relatives à la gestion du trait de côte copiloté depuis janvier 2022 par l’Etat et la Région.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; La plateforme de mobilisation pour des plages de caractères &lt;a href="https://www.act4posidonia.eu/"&gt;https://www.act4posidonia.eu/&lt;/a&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Outil développé dans le cadre d’un projet européen INTERREG MED, il est à destination de l’ensemble des acteurs et usagers des plages de Méditerranée. La plateforme permet de s’engager concrètement en agissant chacun à son niveau pour des plages plus naturelles, des plages de caractère qui respectent le fonctionnement des écosystèmes côtiers et préservent les banquettes de Posidonie.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Des formations et des actions de sensibilisation pour renforcer les capacités des acteurs et faciliter l’acceptabilité sociale du changement à travers :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Un partenariat avec le CNFPT &lt;/li&gt; 	&lt;li&gt;La participation à des projets européens de Coopération Méditerranéenne &lt;/li&gt; 	&lt;li&gt; Des actions de sensibilisation et d’information sur l’adaptation des littoraux au changement climatique et les enjeux érosion et submersion.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;  Une assistance à ingénierie :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Il s’agit dans ce volet de développer une assistance à l’ingénierie auprès des collectivités locales littorales pour les accompagner dans leurs projets d’adaptation au changement climatique par des appuis ponctuel à la définition de projets innovants (Convention CEREMA notamment).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; L’adaptation des littoraux au changement climatique »&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’accompagnement de la Région s’appuie sur les modalités du Dispositif ‘Trait de côte’ adopté en 2021 avec trois volets :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Volet 1 :&lt;/span&gt; Il concerne la définition de stratégies territoriales de gestion du trait de côte &lt;br /&gt; &lt;span&gt;Volet 2 :&lt;/span&gt; Il concerne la définition de stratégies locales relatives aux réaménagements d’espaces littoraux particulièrement vulnérables et à la mise en œuvre de travaux de requalification des sites balnéaires majeurs&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; L’aide de la Région pourra porter à la fois sur l’ingénierie (étude préalable) ou sur la réalisation de travaux quand le projet est suffisamment abouti.&lt;br /&gt; &lt;strong&gt;Nota : &lt;/strong&gt;Pour les aides à l’investissement, le projet devra être inscrit dans les Contrats ’Nos territoires d’Abord’.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Volet 3 :&lt;/span&gt; Il concerne la mise en œuvre de travaux d’adaptation des plages face au risque d’érosion et de mise en œuvre de solutions fondées sur la nature, pour des « Plages de caractère en Méditerranée »&lt;br /&gt; Afin de permettre l’émergence de projets ambitieux et de qualité, une aide à l’ingénierie pourra être envisagée en amont afin d’affiner les projets&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités territoriales ou leurs groupements&lt;/li&gt; 	&lt;li&gt; des syndicats mixtes&lt;/li&gt; 	&lt;li&gt; des établissements publics gestionnaires de sites&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Les critères suivants sont regardés pour les trois volets :&lt;span&gt; &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Administratif :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Complétude / lettres d’engagement des partenaires ;&lt;/li&gt; 	&lt;li&gt; Faisabilité financière / Caractère raisonnable des dépenses / Cofinancements existants ;&lt;/li&gt; 	&lt;li&gt; Calendrier de l’action / Maturité du projet ;&lt;/li&gt; 	&lt;li&gt; Clarté du dossier.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Environnemental :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Approche écosystémique / cellule hydrosédimentaire / prise en compte du changement climatique à l’horizon 2050/2100 ;&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;Solution fondée sur la nature / méthodes souples / Caractère réversible/impact écosystèmes marins / renaturation des sites / Restauration écologique des milieux/ désimpermabilisation des sols ;&lt;/li&gt; 	&lt;li&gt; Implication des habitants et acteurs privés (Concertation et démarche participative) / Actions de sensibilisation et éducation en accompagnement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Innovation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Caractère innovant (démarches ou technologies) / Crédibilité de l’expérimentation (principe de précaution) / labellisation / Lien avec la recherche scientifique ;&lt;/li&gt; 	&lt;li&gt; Ambition et exemplarité / Réplicabilité / Transférabilité / Echelle spatiotemporelle adaptée / approche holistique ;&lt;/li&gt; 	&lt;li&gt; Qualité des partenariats/ cohérence ou lien avec d’autres actions conduites sur la commune sur l’interco ou la région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P96" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères suivants sont regardés pour les trois volets :&lt;span&gt; &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Administratif :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Complétude / lettres d’engagement des partenaires ;&lt;/li&gt; 	&lt;li&gt; Faisabilité financière / Caractère raisonnable des dépenses / Cofinancements existants ;&lt;/li&gt; 	&lt;li&gt; Calendrier de l’action / Maturité du projet ;&lt;/li&gt; 	&lt;li&gt; Clarté du dossier.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Environnemental :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Approche écosystémique / cellule hydrosédimentaire / prise en compte du changement climatique à l’horizon 2050/2100 ;&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;Solution fondée sur la nature / méthodes souples / Caractère réversible/impact écosystèmes marins / renaturation des sites / Restauration écologique des milieux/ désimpermabilisation des sols ;&lt;/li&gt; 	&lt;li&gt; Implication des habitants et acteurs privés (Concertation et démarche participative) / Actions de sensibilisation et éducation en accompagnement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Innovation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Caractère innovant (démarches ou technologies) / Crédibilité de l’expérimentation (principe de précaution) / labellisation / Lien avec la recherche scientifique ;&lt;/li&gt; 	&lt;li&gt; Ambition et exemplarité / Réplicabilité / Transférabilité / Echelle spatiotemporelle adaptée / approche holistique ;&lt;/li&gt; 	&lt;li&gt; Qualité des partenariats/ cohérence ou lien avec d’autres actions conduites sur la commune sur l’interco ou la région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/adaptation-des-littoraux-au-changement-climatique-1</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thierry CORNELOUP : &lt;a href="mailto:tcorneloup&amp;#64;maregionsud.fr"&gt;tcorneloup&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adaptation-des-littoraux-au-changement-climatique-1/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>165544</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Actions sectorielles et multisectorielles - Start-up</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Actions sectorielles et multisectorielles - Start-up</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>La région Nouvelle-Aquitaine maintient une politique forte de soutien à la création d&amp;#039;entreprises innovantes. Elle repose notamment sur un appui signiﬁcatif octroyé à l&amp;#039;écosystème d&amp;#039;innovation (notamment les technopoles labélisées RETIS) pour permettre un accompagnement qualitatif et personnalisé des porteurs de projet, des actions de promotions de l&amp;#039;innovation et d&amp;#039;animation, pour un écosystème dynamique et collaboratif. Soutenir l’entrepreneuriat et l’accompagnement à la création d’entreprises innovantes (incubation, amorçage, déploiement, accélération),Accompagner les démarches collaboratives et partenariales d’espaces ou d&amp;#039;événements liés à l’innovation, au service des projets de création d’entreprises innovantes.</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>Le montant sera déﬁni en fonction de la nature du bénéﬁciaire, du type d’action mené, des besoins et ressources du projet, ainsi que du plan de ﬁnancement prévisionnel.Dépenses éligiblesCoûts des parcours d’accompagnement, actions collectives, programme d’animation et de promotion,Dépenses d’investissements corporels ou incorporels.En fonction des projets, un financement Feder pourra être mobilisé.</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>Organismes de soutien (incubateur, pépinière, technopoles labellisées, accélérateur, centre de ressources…),Porteurs de projets, publics, privés, du territoire Nouvelle-Aquitaine. Projet :dont la ﬁnalité est d&amp;#039;améliorer les performances des startups du territoire,déployé en coordination avec les acteurs de l&amp;#039;écosystème,au service des enjeux de transitions actuels et à veniret des ﬁlières stratégiques pour la Nouvelle-Aquitaine.</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/actions-sectorielles-et-multisectorielles-start</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>Nous envoyer par mail le descriptif de votre projet à l’adresse suivante :startup-region&amp;#64;nouvelle-aquitaine.frPlan suggéré :Description du contexteCourte présentation du projet: modalités, agenda, objectifs et enjeuxCohérence du projet avec les enjeux de transitions (environnementale, climatique, sociale, économique...) et/ou les priorités stratégiques régionalesRappel de l’historique le cas échéantPrésentation rapide du porteur de projet et des autres parties prenantes (en précisant leur contribution, financière ou autre: apport en prestation, en nature, prêt de locaux…)Plan de financement prévisionnel (dépenses / ressources)</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/actions-sectorielles-et-multisectorielles-start-up/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>66414</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser et soutenir le développement de l'usage du vélo</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F98" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ainsi, en déclinaison de ces ambitions, des objectifs de la loi transition énergétique pour la croissance verte du 19 août 2015 et des orientations du schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET), ce dispositif a pour but de favoriser et soutenir le développement d&amp;#039;une mobilité alternative et décarbonée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles et montant de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide à l&amp;#039;acquisition de vélos électriques (hors usages internes à la collectivité ou l&amp;#039;association) dans le cadre d&amp;#039;une démarche innovante et collective : 25% de la base hors taxes dans la limite de 10 000€,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide au déploiement d&amp;#039;un réseau cohérent de maison du vélo en Normandie : étude sur dossier,
+&lt;/p&gt;
+&lt;p&gt;
+ - Tout projet présentant une démarche complète d&amp;#039;accompagnement au changement et qui s&amp;#039;inscrive dans un écosystème de mobilité et de développement durable : étude sur dossier,
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-durable</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ MOBILITÉ DURABLE
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Energies, Environnements et Dévt Durable
+&lt;/p&gt;
+&lt;p&gt;
+ Service Energies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ Plages horaires pour les permanences téléphoniques du lundi au jeudi de 13H 30 à 16H30 au numéro suivant : 02 14 47 62 64
+&lt;/p&gt;
+&lt;p&gt;
+ mobilitedurable&amp;#64;normandie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5b75-favoriser-et-soutenir-le-developpement-dune-m/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>156131</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la préservation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
+  (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
+  (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares :
+  Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements favorables à la biodiversité
+  en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements de valorisation du patrimoine naturel
+  comme les panneaux thématiques pour l&amp;#039;éducation à l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations :
+  Travaux de plantations de vergers, bosquets, d&amp;#039;alignements d&amp;#039;arbres et d&amp;#039;arbres isolés -
+   Opérations de restauration des arbres têtards
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies :
+  Diagnostic phytosanitaire - Les travaux de création ou de restauration de haies, y compris les travaux préalables nécessaires (dessouchage, travaux de terrassement, préparation du sol et paillage) et les plantations de végétaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Travaux réalisés par un prestataire externe compétent dans le domaine ou travaux réalisés en régie par les communes ou les groupements de communes (dans ce cas, seul le montant des factures relatives à l&amp;#039;acquisition des matériaux est pris en compte)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt des études et du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éléments patrimoniaux justifiant de l&amp;#039;intérêt du site concerné par le projet, ou de sa fragilité (présence sur le territoire de milieux naturels fragiles et menacés), reconnus en tant que tel ou inscrits à des inventaires scientifiques (ZNIEFF, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantie de la maîtrise du foncier par le maître d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection du patrimoine naturel restauré par délibération spécifique ou dans le PLU ou la carte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement sur l&amp;#039;honneur à préserver les éléments restaurés pendant 20 ans minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et aménagements de valorisation du patrimoine naturel : les projets doivent s&amp;#039;intégrer dans un projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations: Pour les vergers : espèces d&amp;#039;arbres fruitiers locales et anciennes à hautes tiges - Pour les bosquets : taille inférieure ou égale à 50 ares et conformité à la liste des essences locales - Pour les alignements d&amp;#039;arbres et arbres isolés : se conformer à la liste des essences locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies: 100 mètres minimum - Conformité au cahier de plantations du Département (essences locales et structuration de la haie)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Planchers des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares, aménagements favorables à la biodiversité, aménagements de valorisation du patrimoine naturel et plantations : 1.500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 100 minimum
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafonds des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares : 8.000€ HT par mare
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 18€ HT par mètre linéaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>164220</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Programme éducatif et de sensibilisation des jeunes et des adultes dans les territoires</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ;&lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les projets d’une durée de trois ans, qui visent à sensibiliser les publics sur les enjeux de la ressource 
+en eau et de la biodiversité : eau et santé, eau et atténuation/adaptation au changement climatique, eau et 
+biodiversité, eau et urbanisme résilient, … favorisant une approche territoriale et présentant un programme 
+s’adressant aux jeunes et adultes. Les modalités de gestion sont régies par la fiche thématique « aides à 
+l’animation ». &lt;/p&gt;&lt;p&gt;La création d’outils et/ou de supports pédagogiques intégrés au programme éducatif sera étudiée au cas par cas 
+selon les modalités des actions d’information et de sensibilisation.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q100" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Appel à initiatives destiné 
+exclusivement aux associations. &lt;/p&gt;&lt;p&gt;Actions structurées autour des axes 
+définis dans le règlement et ayant pour 
+objectif d’informer, de sensibiliser, 
+d’éduquer les jeunes et les adultes. &lt;/p&gt;&lt;p&gt;Programmation cohérente à moyen 
+terme (trois ans) et selon une approche 
+territoriale facilitant la participation 
+des personnes et permettant 
+également de faire découvrir les 
+richesses des milieux aquatiques et de 
+la biodiversité. &lt;/p&gt;&lt;p&gt;Critères déterminés en cas de 
+dépassement de l’enveloppe 
+financière allouée&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-classes-deau/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>94700</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic du potentiel de déploiement de l’hydrogène sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide - « Réalisez un diagnostic du potentiel de déploiement de l&amp;#039;hydrogène sur votre territoire », mis en place par l&amp;#039;ADEME
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Une subvention peut être accordée pour la réalisation d&amp;#039;une étude préalable à un déploiement d&amp;#039;un « écosystème territorial hydrogène », associant production, distribution et usages de l&amp;#039;hydrogène pour l&amp;#039;industrie et la mobilité.
+ &lt;br /&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Groupement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;étude préalable que vous sous-traiterez à un prestataire sera subventionnée jusqu&amp;#039;à 70 % des dépenses éligibles.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;assiette des dépenses éligibles est plafonnée à 100 000 € pour une étude préalable complète incluant une phase de diagnostic et une phase d&amp;#039;étude de faisabilité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;assiette des dépenses éligibles de la phase de diagnostic seule ne peut excéder 50 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Vous êtes intéressé par le potentiel de l&amp;#039;hydrogène bas carbone/renouvelable comme solution de substitution aux énergies fossiles pour vos activités industrielles ou pour baisser l&amp;#039;empreinte carbone des flux de personnes ou de marchandises sur votre territoire.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Vous envisagez d&amp;#039;investir dans ce type de solutions :
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ 1/ vous en êtes au stade de la réflexion,
+ &lt;br /&gt;
+&lt;p&gt;
+ 2/ ou vous avez amorcé un diagnostic et disposez d&amp;#039;une première cartographie des consommateurs potentiels d&amp;#039;hydrogène.
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif de l&amp;#039;ADEME peut vous aider à initier ou approfondir votre étude préalable et à préparer un projet d&amp;#039;investissements éligible pour une candidature à l&amp;#039;appel à projets « Écosystèmes territoriaux hydrogène ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agira en priorité d&amp;#039;identifier puis de sécuriser les usages d&amp;#039;hydrogène pour l&amp;#039;industrie ou la mobilité et de dimensionner le projet d&amp;#039;écosystème. La justification de l&amp;#039;usage de l&amp;#039;hydrogène pour la mobilité devra être examinée. L&amp;#039;objectif étant de pouvoir confirmer un potentiel de consommation d&amp;#039;hydrogène vert ou bas carbone équivalent à la production d&amp;#039;un électrolyseur d&amp;#039;au moins 1 MW électrique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le prestataire réalisant l&amp;#039;étude doit être une structure externe, indépendante du bénéficiaire et des fournisseurs d&amp;#039;énergie et d&amp;#039;équipements relatifs au déploiement de solutions hydrogène.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/realisez-diagnostic-potentiel-deploiement-lhydrogene-territoire</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;appel_a_projet&amp;amp;source_entity_id&amp;#61;49185" rel="noopener" target="_blank"&gt;
+  formulaire de contact
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d111-realiser-un-diagnostic-du-potentiel-de-deploi/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>94499</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Soutenir des projets de connexion à la nature et de conservation de la nature et des espèces</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Fondation Nature &amp; Découvertes</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J73" s="1" t="inlineStr">
+      <c r="J102" s="1" t="inlineStr">
         <is>
           <t>De 6000 à 15000€</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les Comités majeurs soutiennent des projets phares et expérimentaux, co-construits avec les associations, répondant aux enjeux forts en matière de biodiversité pour l&amp;#039;un et de pédagogie active au contact de la nature pour l&amp;#039;autre. Chacun est composé d&amp;#039;un jury d&amp;#039;experts de la société civile (scientifiques, pédagogues, spécialistes dans leur domaine) et de salariés Nature &amp;amp; Découvertes naturalistes et passionnés. Chaque comité annuel examine entre 10 et 20 propositions présélectionnées par l&amp;#039;équipe de la Fondation qui seront financés à partir de 6 000 € et jusqu&amp;#039;à 15 000 € pour les projets à portée nationale.
 &lt;/p&gt;
 &lt;p&gt;
  Le comité « Pédagogie active au contact de la nature » soutient des projets référents en matière de connexion à la nature. Il se réunit au mois de juin pour voter les dotations.
 &lt;/p&gt;
 &lt;p&gt;
  Le comité « Biodiversité » soutient de projets référents en matière de conservation de la nature et des espèces. Il se réunit au mois d&amp;#039;octobre pour sélectionner les lauréats.
 &lt;/p&gt;
 &lt;p&gt;
  Le Comité « Coup de main » soutient des initiatives de protection, de sensibilisation et d&amp;#039;éducation à la nature ordinaire ou remarquable en ciblant des projets de terrain à dimension locale, avec une forte part de bénévolat, pour réaliser des actions concrètes.
  Il est composé d&amp;#039;un jury tournant de 20 salariés passionnés de nature issu des équipes de Nature &amp;amp; Découvertes et accompagnés d&amp;#039;experts. Ils se réunissent au fil des saisons : en février, avril, juillet et octobre pour voter le financement des projets compris entre 500 € et 3 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Dates de dépôt des candidatures : tout au long de l&amp;#039;année.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M73" s="1" t="inlineStr">
+      <c r="M102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Fondation finance des demandes se situant sur les territoires français, belge et luxembourgeois. Ces projets sont proposés par des associations à but non lucratifs et concernent :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La protection de la nature : Étude, inventaire ou réintroduction en statut précaire de conservation. Aménagement, réhabilitation ou acquisition d&amp;#039;un site naturel, soutien aux initiatives émergentes respectueuses de la biodiversité cultivée. Campagne de sensibilisation à la biodiversité impliquant le grand public ou un public ciblé.
  &lt;/li&gt;
  &lt;li&gt;
   La reconnexion à la nature : Projets menés en pédagogie de projets débouchant sur la réalisation d&amp;#039;outils ou d&amp;#039;action adaptées au public cible.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Arts plastiques et photographie
 Forêts
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ATTENTION, LA FONDATION NE FINANCE PAS LES PROJETS :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   proposés par des personnes individuelles, des structures commerciales ou collectrices d&amp;#039;impôts ;
  &lt;/li&gt;
  &lt;li&gt;
   déjà réalisés lors de l&amp;#039;attribution des subventions ;
  &lt;/li&gt;
  &lt;li&gt;
   à but lucratif, promotionnel ou publicitaire ;
  &lt;/li&gt;
  &lt;li&gt;
   de fin d&amp;#039;études, de thèses ou de mémoires universitaires ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;édition de livre ou de film ;
  &lt;/li&gt;
  &lt;li&gt;
   à caractère personnel comme un voyage, un tour du monde, une participation à un rallye...
  &lt;/li&gt;
  &lt;li&gt;
   événementiels (festivals, rencontres, classes vertes...).
  &lt;/li&gt;
 &lt;/ul&gt;
 REMARQUE : LES PROJETS À CARACTÈRE SOCIAL ET/OU SOCIÉTAL SONT LES BIENVENUS TANT QUE L&amp;#039;OBJECTIF PRINCIPAL RESTE CENTRÉ SUR LA PROTECTION OU LA DÉCOUVERTE DE LA BIODIVERSITÉ DE PROXIMITÉ.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://fondation.natureetdecouvertes.com/les-projets/les-dispositifs-de-la-fondation/</t>
         </is>
       </c>
-      <c r="W73" s="1" t="inlineStr">
+      <c r="W102" s="1" t="inlineStr">
         <is>
           <t>https://fondation-nature-decouvertes.optimytool.com/fr/user/login/</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater :
  &lt;a href="https://fondation-nature-decouvertes.optimytool.com/fr/user/login/" rel="noopener" target="_blank"&gt;
   https://fondation-nature-decouvertes.optimytool.com/fr/user/login/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>flavie.berdu@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ace8-soutien-aux-projets-par-la-fondation-nature-e/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-[...186 lines deleted...]
-      <c r="G75" s="1" t="inlineStr">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>165260</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des habitats, frayères pour des espèces inféodées aux milieux aquatiques, humides ou marins (travaux)</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de restaurations des habitats, frayères pour des espèces inféodées aux milieux aquatiques, humides ou marins</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I75" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K75" s="1" t="inlineStr">
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
-[...152 lines deleted...]
-      <c r="S75" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient les travaux de restauration 
+des milieux dégradés, des aires protégées et des continuités 
+écologiques, telles que les trames verte et bleue, afin de limiter les 
+pressions exercées sur les écosystèmes et de lutter contre l’érosion de 
+la biodiversité. Ce soutien vise à favoriser le retour ou le maintien 
+des espèces menacées inféodées aux milieux aquatiques, humides et 
+marins.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions financées sont exclusivement en lien avec une espèce 
+inféodée aux milieux aquatiques ou humides ou marins et doivent être 
+décrites soit :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;dans un plan national d’action (PNA) ou dans un plan régional d’action (PRA),&lt;/li&gt;&lt;li&gt;dans la liste rouge UICN (union internationale pour la conservation de la nature) nationale « menacée de disparition ».&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les actions interviennent prioritairement :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;dans le cadre d’une démarche territoriale de l’agence de l’eau,&lt;/li&gt;&lt;li&gt;ou d’une démarche structurée et reconnue sur la biodiversité.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les actions doivent être conformes aux préconisations des différents documents en lien avec l’espèce cible.&lt;/p&gt;
+&lt;p&gt;L’acquisition foncière préalable aux travaux est soumise à l’existence ou à la préparation d’un plan de gestion associé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq5-travaux-de-restaurations-des-habitats-frayeres-pour-des-esp.html</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-habitats-frayeres-pour-des-especes-infeodees-aux-milieux-aquatiques-humides-ou-marins-travaux/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>162303</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Permettre de financer l’achat et la plantation d’arbres, d’arbustes et arbrisseaux en milieu urbain</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Nature ta ville</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présence de la nature en milieu urbain est reconnue dans son rôle de préservation de la biodiversité, d&amp;#039;amélioration du cadre de vie, d&amp;#039;attractivité, de lutte contre la pollution atmosphérique et d&amp;#039;atténuation des effets du changement climatique. Le dispositif permet de financer l’achat et la plantation d’arbres, d’arbustes et arbrisseaux en milieu urbain à l’exclusion de toutes autres dépenses (systèmes d’arrosage, aménagements paysagers, achat et plantation de plantes, aménagements urbains types dallages, trottoirs, etc.). La région soutient également les prestations de conseil et d’assistance techniques des opérations de plantation et de restauration (localisation, choix des essences, périodes de réalisation…) et la formation du personnel en charge de l’entretien des espaces verts.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment syndicats mixtes), établissements publics, groupements d’intérêts publics, gestionnaires d’espaces naturels, associations, entreprises.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Il sera exigé des essences autochtones, de type « végétal local » ou équivalent, dont les garanties de reprises sont optimales. La plantation ne devra pas utiliser d’espèces exotiques envahissantes et d’espèces fortement allergènes (cyprès).&lt;/li&gt; 	&lt;li&gt;S’inscrire dans une réflexion stratégique mettant en avant la politique de biodiversité ancrée dans le projet de territoire, avec notamment un mode de gestion détaillé et pérenne (gestion en eau raisonné, économe en moyen humain, etc.).&lt;/li&gt; 	&lt;li&gt;Projet intégré dans une politique globale de désimperméabilisation.&lt;/li&gt; 	&lt;li&gt;Projet accompagné d’actions de communication &amp;amp; sensibilisation à destination à minima du grand public.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Règlement complet du dispositif disponible sur demande (cf. adresse mail de contact).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P104" s="1" t="inlineStr">
+        <is>
+          <t>21/07/2023</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Il sera exigé des essences autochtones, de type « végétal local » ou équivalent, dont les garanties de reprises sont optimales. La plantation ne devra pas utiliser d’espèces exotiques envahissantes et d’espèces fortement allergènes (cyprès).&lt;/li&gt; 	&lt;li&gt;S’inscrire dans une réflexion stratégique mettant en avant la politique de biodiversité ancrée dans le projet de territoire, avec notamment un mode de gestion détaillé et pérenne (gestion en eau raisonné, économe en moyen humain, etc.).&lt;/li&gt; 	&lt;li&gt;Projet intégré dans une politique globale de désimperméabilisation.&lt;/li&gt; 	&lt;li&gt;Projet accompagné d’actions de communication &amp;amp; sensibilisation à destination à minima du grand public.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/nature-ta-ville</t>
+        </is>
+      </c>
+      <c r="W104" s="1" t="inlineStr">
+        <is>
+          <t>subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:naturetaville&amp;#64;maregionsud.fr"&gt;naturetaville&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/nature-ta-ville/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="E76" s="1" t="inlineStr">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>105341</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des collectivités pour obtenir le label Station Verte</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Station Verte</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Stations Vertes</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner des communes touristiques à se positionner sur l&amp;#039;écotourisme en s&amp;#039;appuyant sur le label Station Verte, porteur de valeurs autour d&amp;#039;un tourisme de proximité, à visage humain, respectueux  du cadre de vie et des terroirs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer avec les Stations Vertes des offres de séjours et de loisirs de type nature en lien avec l&amp;#039;écotourisme et d&amp;#039;itinérances douces,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les Stations Vertes dans la mise en avant du label et dans la démarche écotouristique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les liens et le rapprochement entre communes labellisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la préservation des terroirs et à leur dynamisme économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lien vers la plaquette :
+ &lt;a href="https://drive.google.com/file/d/1yvkR5rVYC9dPzt7iw9zgC0cZpqU3xmnh/view" rel="noopener" target="_blank"&gt;
+  https://drive.google.com/file/d/1yvkR5rVYC9dPzt7iw9zgC0cZpqU3xmnh/view
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les DécouVertes de Flora l&amp;#039;écotouriste : une invitation à vivre des expériences écotouristiques dans nos Stations Vertes &amp;#61;&amp;gt; flora.stationverte.com
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Escapades inter Stations Vertes : mettre en réseau des élus et techniciens des communes labellisées pour construire des itinéraires en mode slow tourisme &amp;#61;&amp;gt; exemple des Escapades à vélo dans 10 Stations Vertes du PNR des Ballons des Vosges
+  &lt;a rel="noopener" target="_blank"&gt;
+   bit.ly/2AA77vk
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quant au territoire souhaitant candidater au label Station Verte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un office de tourisme investi sur le territoire de la commune candidate au label Station Verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  mener au moins 2 actions en faveur de l&amp;#039;éducation à l&amp;#039;environnement tant auprès des habitants que de touristes
+ &lt;/li&gt;
+ &lt;li&gt;
+  mener au moins 2 actions en faveur de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir au moins un restaurant et un commerce mettant à l&amp;#039;honneur les produits du terroir en circuits courts
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir 2 modes d&amp;#039;hébergements classés, marqués ou labellisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer une offre de déplacements doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir une démarche écoresponsable et impliquer les socioprofessionnels et acteurs associatifs, notamment l&amp;#039;AAPPMMA
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accessibilité pour tous
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.stationverte.com/fr/obtenir-le-label-station-verte_45.html</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ BERNEZ Philippe, Directeur de la Fédération des Stations Vertes
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 06.80.30.50.65 philippe.bernez&amp;#64;stationverte.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>philippe.bernez@stationverte.com</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5c2-accompagner-des-collectivites-pour-obtenir-le/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>165257</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Réduire ou éviter les pressions sur les habitats littoraux et marins (études et travaux)</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux contribuant à réduire ou éviter les pressions sur les habitats littoraux et marins</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne la réalisation d’opérations ambitieuses 
+visant à préserver ou restaurer des habitats naturels marins 
+fonctionnels. Ces opérations doivent permettre la réduction ou la 
+suppression pérenne des pressions physiques responsables de la 
+dégradation des milieux littoraux et marins.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P106" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q106" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études préalables fournissent des préconisations pour la 
+définition et la mise en œuvre d’opérations de réduction des pressions 
+et de restauration des habitats.&lt;/p&gt;
+&lt;p&gt;Les opérations et travaux devront avoir obtenu les autorisations 
+nécessaires auprès des services de l’État et/ou des propriétaires 
+privés.&lt;/p&gt;
+&lt;p&gt;Les actions doivent être inscrites dans le cadre de la stratégie du 
+territoire ou de démarches structurées et reconnues pour la biodiversité
+ telles qu’une stratégie ou un programme d’actions du territoire ou un 
+plan de gestion des aires protégées concernées.  &lt;/p&gt;
+&lt;p&gt;Le bénéficiaire prévoit de réunir un comité de pilotage une fois par 
+an pour présenter les avancées du projet à l’agence de l’eau, aux 
+partenaires et aux porteurs de la démarche territoriale locale (ex. 
+contrat, schéma d’aménagement et de gestion des eaux, aires marines 
+protégées, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq4-etudes-et-travaux-contribuant-a-reduire-ou-eviter-les-press.html</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-ou-eviter-les-pressions-sur-les-habitats-littoraux-et-marins-etudes-et-travaux/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>165258</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer de façon pérenne les fonctionnalités des habitats naturels marins et littoraux (études et travaux)</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux de restauration active des fonctionnalités des habitats naturels littoraux et marins</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient des travaux de restauration 
+pérenne des fonctionnalités des habitats naturels marins et littoraux 
+(réintroduction d’espèces ingénieurs ou pionnières), lorsque les 
+pressions responsables des dégradations sont maitrisées. Une forte 
+attention sera portée à la non-artificialisation des milieux naturels 
+par les travaux mis en œuvre.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études préalables fournissent des préconisations pour la 
+définition et la mise en œuvre d’opérations de réduction des pressions 
+et de restauration des habitats.&lt;/p&gt;
+&lt;p&gt;Les opérations et travaux devront avoir obtenu les autorisations 
+nécessaires auprès des services de l’État et/ou des propriétaires 
+privés.&lt;/p&gt;
+&lt;p&gt;Les actions doivent être inscrites dans le cadre de la stratégie du 
+territoire ou de démarches structurées et reconnues pour la biodiversité
+ telles qu’une stratégie ou un programme d’actions du territoire ou un 
+plan de gestion des aires protégées concernées.  &lt;/p&gt;
+&lt;p&gt;Le bénéficiaire prévoit de réunir un comité de pilotage une fois par 
+an pour présenter les avancées du projet à l’agence de l’eau, aux 
+partenaires et aux porteurs de la démarche territoriale locale (ex. 
+contrat, schéma d’aménagement et de gestion des eaux, aires marines 
+protégées, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq4-etudes-et-travaux-de-restauration-active-des-fonctionnalite.html</t>
+        </is>
+      </c>
+      <c r="W107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-de-facon-perenne-les-fonctionnalites-des-habitats-naturels-marins-et-littoraux-etudes-et-travaux/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>165259</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des habitats pour favoriser le retour ou le maintien des espèces menacées inféodées aux milieux aquatiques, humides et marins (études)</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables aux travaux de restauration des habitats</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient les études préalables à la 
+restauration des milieux dégradés, des aires protégées et des 
+continuités écologiques, telles que les trames verte et bleue, afin de 
+limiter les pressions exercées sur les écosystèmes et de lutter contre 
+l’érosion de la biodiversité. Ce soutien vise à favoriser le retour ou 
+le maintien des espèces menacées inféodées aux milieux aquatiques, 
+humides et marins.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P108" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q108" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions financées sont exclusivement en lien avec une espèce 
+inféodée aux milieux aquatiques ou humides ou marins et doivent être 
+décrites soit :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;dans un plan national d’action (PNA) ou dans un plan régional d’action (PRA),&lt;/li&gt;&lt;li&gt;dans la liste rouge UICN (union internationale pour la conservation de la nature) nationale « menacée de disparition ».&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les actions interviennent prioritairement :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;dans le cadre d’une démarche territoriale de l’agence de l’eau,&lt;/li&gt;&lt;li&gt;ou d’une démarche structurée et reconnue sur la biodiversité.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les actions doivent être conformes aux préconisations des différents documents en lien avec l’espèce cible.&lt;/p&gt;
+&lt;p&gt;Le cahier des charges de l’étude doit comporter une déclinaison 
+opérationnelle de celle-ci (plan de gestion, recommandation envers 
+l’espèce présente etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq5-etudes-prealables-aux-travaux-de-restauration-des-habitats.html</t>
+        </is>
+      </c>
+      <c r="W108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-habitats-pour-favoriser-le-retour-ou-le-maintien-des-especes-menacees-infeodees-aux-milieux-aquatiques-humides-et-marins-etudes/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>165494</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
-[...8 lines deleted...]
-Agriculture et agroalimentaire
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;I3 - Investissements interrégionaux dans l’innovation - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9,8 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9,8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 500 000 et 1,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Renforcer les capacités des régions moins développées afin qu&amp;#039;elles puissent développer et consolider leurs écosystèmes d&amp;#039;innovation régionaux et leurs chaînes de valeur&lt;/li&gt;    &lt;li&gt;Améliorer les capacités des autorités publiques et des intermédiaires en matière d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Renforcer les capacités afin de participer avec succès aux appels à projets relevant du volet 1 ou du volet 2a ou à d&amp;#039;autres programmes complémentaires de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Veiller à ce que les connaissances et les capacités acquises au cours du projet puissent être reproduites, adaptées et intégrées dans l&amp;#039;écosystème régional&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : Renforcer les écosystèmes régionaux d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Priorité 2 : Faciliter la mobilisation des connaissances et des talents&lt;/li&gt;    &lt;li&gt;Priorité 3 : Accroître la propension à investir grâce à une meilleure planification des activités et des investissements&lt;/li&gt;    &lt;li&gt;Priorité 4 : Améliorer l&amp;#039;intégration de la chaîne de valeur grâce à la création d&amp;#039;écosystèmes et à des partenariats S3&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Actions de coordination et de soutien ciblant les acteurs régionaux&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Les propositions doivent inclure au moins une action clé (voir le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;call document&lt;/a&gt;).&lt;/p&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des extensions sont possibles, si elles sont dûment justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/I3-2026-CAP2B?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/programmes/interregional-innovation-investments-i3-instrument_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
-Biodiversité
-[...1 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+International
+Appui méthodologique
 Industrie</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P76" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S76" s="1" t="inlineStr">
+      <c r="P109" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q109" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale (organisme public ou privé)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établi dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés à l&amp;#039;instrument I3 ou les pays qui sont en cours de négociation d&amp;#039;un accord d&amp;#039;association et où l&amp;#039;accord entre en vigueur avant la signature de la subvention (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/guidance/list-3rd-country-participation_i3_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 2 entités juridiques indépendantes représentant 2 écosystèmes régionaux de 2 pays éligibles différents doit être constitué. Autres conditions détaillées dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_self"&gt;call document.&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EISMEA-I3-INSTRUMENT-CALLS&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G77" s="1" t="inlineStr">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>120383</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer financièrement à la réalisation d'études permettant soit la réalisation ultérieure de travaux destinés à l'amélioration de l'état et du fonctionnement des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES RIVIERES</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;p&gt;
+ Contribuer financièrement à la réalisation d&amp;#039;études  permettant  soit la réalisation ultérieure de travaux destinés à l&amp;#039;amélioration de l&amp;#039;état et du fonctionnement des cours d&amp;#039;eau et des milieux aquatiques (travaux d&amp;#039;entretien, hydrauliques, géomorphologiques ou relatif à la biodiversité)  soit l&amp;#039;élaboration, la mise à jour ou la mise en œuvre de contrats de milieux (SAGE, contrats de rivières) ou de plans d&amp;#039;actions (PAPI, ...). Toutes les études sont à relier aux items de l&amp;#039;article L 211-7 du Code de l&amp;#039;environnement relatif aux compétences GEMAPI et hors GEMAPI et doivent concerner les bassins versants drômois.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;Investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ HT ou TTC pour les études sans récupération de TVA.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux de base
+ &lt;/strong&gt;
+ : 25 % sauf pour certaines études portées par les collectivités de plus de 80 000 habitants pour lesquelles le taux est ramené à 15 %.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce taux de base est complété par un taux complémentaire selon des critères territoriaux pour les collectivités ayant mis en place la taxe GEMAPI. Pour les collectivités n&amp;#039;ayant pas mise en œuvre la taxe GEMAPI et  ne bénéficiant pas d&amp;#039;un taux complémentaire, le taux de base passe à 15 %.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération de la collectivité  approuvant l&amp;#039;étude et demandant une aide financière à laquelle doivent être joints le dossier technique concernant l&amp;#039;étude (CCTP par exemple), son coût et le plan de financement prévisionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Se référer aux annexes du règlement rivières pour les pièces complémentaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu, l&amp;#039;étude ne pouvant démarrer avant la réception d&amp;#039;un Accusé de Réception l&amp;#039;autorisant.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aménagement et travaux de rivières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Selon les dispositions du règlement départemental rivières du 18 novembre 2019
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Règlement départemental Rivières du 18 novembre 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  Études dans le cadre du volet GEMAPI
+ &lt;/strong&gt;
+ : plans pluriannuels d&amp;#039;entretien, études géomorphologiques ou hydrauliques, études sur la biodiversité, plans de prévention contre les inondations, études sur les digues
+&lt;/p&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  Études dans le cadre du volet Hors GEMAPI :
+ &lt;/strong&gt;
+ relatives aux contrats de milieu, ...
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions (liste non exhaustive)
+&lt;/h3&gt;
+&lt;p&gt;
+ – Études de mise en valeur des paysages, du patrimoine bâti lié à l&amp;#039;eau, de création de maisons
+&lt;/p&gt;
+&lt;p&gt;
+ – Études non reliées aux items de l&amp;#039;article L 211-7 du Code de l&amp;#039;environnement relatif aux compétences GEMAPI et hors GEMAPI
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants et ceux de plus de 80 000 habitants pour certains types d&amp;#039;études
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-rivieres/</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Audrey BONNEFOY,
+ &lt;/strong&gt;
+ Cheffe de Service :
+ &lt;strong&gt;
+  Tél : 04 75 79 82 63
+  &lt;br /&gt;
+  Nicolas RICCIO,
+ &lt;/strong&gt;
+ Chargé de la Programmation des aides
+ &lt;strong&gt;
+  ,
+  Tél : 04 75 79 81 29 –
+  &lt;a rel="noopener" target="_blank"&gt;
+   nriccio&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa50-etudes-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>120455</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises de moins de 50 personnes pour recourir à des compétences externes dans le cadre de leur projet d'innovation</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à soutenir les entreprises de moins de 50 personnes pour recourir à des compétences externes dans le cadre de leur projet d&amp;#039;innovation et dans un objectif de diversification, notamment pour des projets vertueux engagés dans la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser les nouvelles démarches d&amp;#039;innovation dans les petites entreprises de moins de 50 salariés dans un objectif de diversification
+ &lt;/li&gt;
+ &lt;li&gt;
+  Encourager les projets qui s&amp;#039;inscrivent dans des démarches responsables et de développement durable, à faible impact ou à impact environnemental positif (ressources, carbone, biodiversité, ...), pour une économie plus résiliente.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre aux petites entreprises de recourir à des prestations externes dans le cadre d&amp;#039;une démarche globale d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Entreprises éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises bretonnes de moins de 50 salariés répondant aux conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Justifier d&amp;#039;un chiffre d&amp;#039;affaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises de moins d&amp;#039;un an doivent avoir été considérées en priorité dans le cadre du dispositif Emergys
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas d&amp;#039;accompagnement de l&amp;#039;entreprise par un partenaire régional de l&amp;#039;écosystème, celui-ci ne peut être prestataire (pour ce dossier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  N&amp;#039;avoir jamais bénéficié d&amp;#039;aide à l&amp;#039;innovation ou n&amp;#039;en avoir pas bénéficié depuis au moins 3 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Nature des projets éligibles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets menés dans le cadre d&amp;#039;une démarche globale d&amp;#039;innovation, et le plus souvent dans un objectif de diversification, dans les domaines suivants :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propriété intellectuelle (si associées à d&amp;#039;autres prestations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise technique / prototypage / Recherche &amp;amp; Développement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil stratégique en innovation, marketing, organisationnel, design lié au produit innovant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bretagne.bzh/aides/fiches/inno-conseil-2/</t>
+        </is>
+      </c>
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.bretagne.bzh/aides/#/crbr/connecte/F_EXTSUBPESIS/depot/simple</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les modalités de dépôt vous pouvez contacter :
+&lt;/p&gt;
+&lt;p&gt;
+ Région Bretagne
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du développement économique
+&lt;/p&gt;
+&lt;p&gt;
+ Service de l&amp;#039;innovation et stratégies économiques
+&lt;/p&gt;
+&lt;p&gt;
+ 283 avenue du Général Patton
+&lt;/p&gt;
+&lt;p&gt;
+ CS 21101
+&lt;/p&gt;
+&lt;p&gt;
+ 35711 Rennes Cedex 7
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02 99 27 10 92
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a rel="noopener" target="_blank"&gt;
+  projets.innovation&amp;#64;bretagne.bzh
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez besoin d&amp;#039;aide pour maximiser les chances que votre dossier soit retenu ? Des structures dans vos régions sont là pour vous accompagner. Retrouvez la liste
+ &lt;a href="https://gnius.esante.gouv.fr/fr/acteurs/fiches-acteur?title&amp;#61;&amp;amp;field_zone_d_intervention_target_id%5B127%5D&amp;#61;127" rel="noopener" target="_blank"&gt;
+  ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>anne.bertaud@esante.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/544a-soutenir-les-entreprises-de-moins-de-50-perso/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>163650</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Pêche et aquaculture - FEAMPA 2021/2027</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
-[...8 lines deleted...]
-          <t>Espace public
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
+Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
+	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
+	la protection et la restauration des écosystèmes marins et littoraux,
+	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
+	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
+	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères seront précisés suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Transition énergétique
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
+Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
+	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
+	la protection et la restauration des écosystèmes marins et littoraux,
+	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
+	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
+	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/peche-et-aquaculture-feampa-20212027</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
+Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
+	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
+	la protection et la restauration des écosystèmes marins et littoraux,
+	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
+	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
+	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/peche-et-aquaculture-feampa-2021-2027/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>56752</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de prestations en ingénierie pour la mise en œuvre de vos projets</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Subventions financées par le Fonds Outre-mer (FOM)</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I113" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de
+son offre de prêts,
+l&amp;#039;AFD assure le
+pilotage du Fonds
+Outre-mer 5.0 pour le
+compte du Ministère
+de l&amp;#039;Outre-mer.
+Ce fonds d&amp;#039;assistance
+à maîtrise d&amp;#039;ouvrage
+vise à appuyer
+le renforcement
+des capacités des
+territoires ultramarins,
+pour la réalisation des
+projets structurants
+s&amp;#039;inscrivant dans la
+Trajectoire Outre-mer
+5.0 du Ministère.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer le renforcement des capacités techniques
+et de gestion des maîtrises d&amp;#039;ouvrage
+publiques locales, pour soutenir leurs projets
+d&amp;#039;investissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le renforcement des capacités et l&amp;#039;accès
+aux financements des associations et des acteurs
+de la solidarité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apporter un soutien technique et financier aux
+projets de coopération régionale permettant de
+répondre aux grands enjeux de la Trajectoire 5.0 à
+l&amp;#039;échelle des bassins géographiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de dispositif : subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de financement : jusqu&amp;#039;à 100% du besoin
+&lt;/p&gt;
+&lt;p&gt;
+ Projets ciblés : besoins d&amp;#039;appui des maîtrises d&amp;#039;ouvrage
+locales en renforcement des capacités de gestion et
+en ingénierie technique et financière
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : après accord de la Préfecture
+ou du Haut-commissariat, puis de la DGOM.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
 Biodiversité
 Equipement public
-Bâtiments et construction</t>
-[...2 lines deleted...]
-      <c r="O77" s="1" t="inlineStr">
+Bâtiments et construction
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P77" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S77" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Secteurs éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Infrastructures
+: construction ou réhabilitation d&amp;#039;infrastructures publiques
+de santé, médico-sociales, culturelles, sportives, sociales,
+et d&amp;#039;enseignement ; 
+infrastructures de transport collectif, d&amp;#039;eau potable et
+d&amp;#039;assainissement, de collecte / traitement / valorisation
+des déchets ; 
+mise en oeuvre des projets intégrés au Plan Eau DOM ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Energie :  
+élaboration des PCAET ; 
+appuis techniques pour la maîtrise des consommations
+énergétiques, la création ou l&amp;#039;acquisition d&amp;#039;unités de production
+d&amp;#039;énergie renouvelable, la construction aux normes HQE, les
+démarches Port Vert.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Environnement et risques naturels : 
+constructions adaptées aux risques naturels (cyclones,
+séismes, inondations, sargasses, etc.) ; 
+investissements liés au changement climatique (protection
+des littoraux, montée des eaux, plans de prévention, etc.) ; 
+appui aux investissements visant à protéger la biodiversité
+(études d&amp;#039;impact, mise en sécurité, parcs naturels, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en oeuvre des contrats de convergence et de transformation
+et des contrats Etat-COM.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b7d-le-fonds-outre-mer-50/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>162759</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en investissement des fédérations et associations locales de chasse</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif chasse</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Soutien des actions en investissement des fédérations et associations locales de chasse :&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Maintien, entretien, restauration de zones humides, mise en culture en diversifiant des couverts et en maintenant l&amp;#039;utilisation de plantes anciennes et/ou locales, mellifères et messicoles, achat de matériel pour la prévention des dégâts (matériels mobiles et clôtures fixes) et travaux d’installation (clôtures fixes uniquement), aménagement et installation de points d’eau dans les massifs forestiers (citernes et bassin de récupération).&lt;/p&gt;
+&lt;p&gt; Soutien aux actions spécifiques en fonctionnement des associations locales de chasse :&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Prestation de débroussaillement simple pour ouverture de milieux, achat de semences locales pour cultures à gibier, de plantes messicoles et mellifères, travaux de mise en place de cultures à gibier (financement de prestations d’entreprise), opérations de comptages saisonniers pour estimer l&amp;#039;évolution des populations, dont petites fournitures, actions d’éducation à la nature et ouverture au public.&lt;/p&gt; &lt;p&gt;Fédérations départementales et régionale des chasseurs et associations locales de chasse de la région Provence-Alpes-Côte d&amp;#039;Azur.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt; Pour assurer la cohérence régionale et l’équilibre des demandes entre les six Fédérations départementales de chasse, l’avis technique favorable du Président de la Fédération régionale des chasseurs devra figurer dans chaque dossier de demande de subvention.&lt;/li&gt; 	&lt;li&gt;Pour s’assurer que les projets des associations locales de chasse s’inscrivent dans la stratégie validée par la Fédération départementale des chasseurs concernée, l’avis de cette dernière devra figurer dans chaque dossier de demande de subvention porté par les associations locales de chasse.&lt;/li&gt; 	&lt;li&gt;Pour les actions d’entretien et de création de milieux ouverts, l’accord préalable despropriétaires est obligatoire.&lt;/li&gt; 	&lt;li&gt; Pour les associations de chasse, la signature préalable par le Président de la charte régionale « Chasseurs engagés pour la biodiversité » en annexe, est obligatoire.&lt;/li&gt; 	&lt;li&gt; Le règlement intérieur de l’association locale de chasse devra être joint au dossier de demande de subvention.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P114" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; Pour assurer la cohérence régionale et l’équilibre des demandes entre les six Fédérations départementales de chasse, l’avis technique favorable du Président de la Fédération régionale des chasseurs devra figurer dans chaque dossier de demande de subvention.&lt;/li&gt; 	&lt;li&gt;Pour s’assurer que les projets des associations locales de chasse s’inscrivent dans la stratégie validée par la Fédération départementale des chasseurs concernée, l’avis de cette dernière devra figurer dans chaque dossier de demande de subvention porté par les associations locales de chasse.&lt;/li&gt; 	&lt;li&gt;Pour les actions d’entretien et de création de milieux ouverts, l’accord préalable despropriétaires est obligatoire.&lt;/li&gt; 	&lt;li&gt; Pour les associations de chasse, la signature préalable par le Président de la charte régionale « Chasseurs engagés pour la biodiversité » en annexe, est obligatoire.&lt;/li&gt; 	&lt;li&gt; Le règlement intérieur de l’association locale de chasse devra être joint au dossier de demande de subvention.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié.&lt;br /&gt; Voir aussi règlement financier en vigueur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/dispositif-chasse</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:chasse&amp;#64;maregionsud.fr"&gt;chasse&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-chasse/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...101 lines deleted...]
-      <c r="G79" s="1" t="inlineStr">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>162531</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et préserver le patrimoine culturel et naturel</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I79" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K79" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J115" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="O79" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Événements culturels ou
+actions permettant l’accès à la culture à des publics habituellement éloignés
+de l’offre culturelle existante. &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions visant à préserver,
+restaurer, aménager et/ou valoriser le petit patrimoine bâti dans le but d’y
+accueillir du public : protection, valorisation ; actions
+d’acquisition, de restauration et de réhabilitation ; mise en son et
+lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions visant à préserver,
+restaurer, aménager et/ou valoriser la biodiversité et les systèmes naturels :&lt;span&gt; &lt;/span&gt;renaturation,
+protection, valorisation ; actions d’acquisition, de restauration et de réhabilitation ; mise en son
+et lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions de valorisation et de
+sensibilisation du public sur le patrimoine culturel et/ou naturel du
+territoire : expositions, circuits découverte, visites commentées, animations, ateliers
+et matériels pédagogiques ; éducation à l’histoire du territoire et à ses
+spécificités ; actions de connaissances (inventaires) et de partage de
+connaissances, … &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accompagner les
+professionnels sur ces thématiques de valorisation et préservation du
+patrimoine (actions de formation).&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;On entend par petit patrimoine bâti les lavoirs,
+moulins, pressoirs, bornes historiques, canaux d&amp;#039;irrigation, chapelles, croix
+de chemin, fontaines, fours à pain, oratoires, ponts ruraux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q79" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="S79" s="1" t="inlineStr">
+      <c r="P115" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q115" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le territoire du Pays de Coutances a un patrimoine naturel et culturel
+unique mais trop souvent méconnu par les habitants et les visiteurs. La
+protection et la préservation du patrimoine naturel et culturel passe par un
+plus grand partage de la connaissance de ces richesses patrimoniales. &amp;#34;On
+protège mieux, en effet, ce qu’on connait&amp;#34;. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Cette fiche-action vise donc à soutenir les initiatives qui permettront
+d’accroitre les connaissances des habitants et des visiteurs sur la
+biodiversité et les systèmes naturels, l’histoire du territoire et son
+patrimoine. Les actions permettant de toucher plus spécifiquement un public
+habituellement éloigné des offres culturelles ou de sensibilisation à
+l’environnement seront particulièrement appréciées.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T79" s="1" t="inlineStr">
-[...359 lines deleted...]
-      <c r="T81" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-le-bati-existant-fiche-action-4/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-[...323 lines deleted...]
-      <c r="G84" s="1" t="inlineStr">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>120964</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Réserver, restaurer et valoriser les milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Eau et milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H84" s="1" t="inlineStr">
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I84" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aide - « Étude de préfiguration d&amp;#039;une démarche d&amp;#039;écologie industrielle et territoriale », mis en place par l&amp;#039;ADEME
-[...96 lines deleted...]
- Études de préfiguration de projets collectifs d&amp;#039;EIT, portés par un acteur privé, un groupement d&amp;#039;acteurs privés ou une entité publique, réalisées en interne ou par un bureau d&amp;#039;études spécialisé dans les démarches d&amp;#039;EIT.
+ La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
-[...163 lines deleted...]
-      <c r="O85" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
-[...4 lines deleted...]
-:
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bailleurs sociaux publics ou privés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Universités et organismes de recherche,établissements d&amp;#039;enseignement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toute autre personne publique, para publique ou privée intervenant dans le cadre d&amp;#039;une maîtrise d&amp;#039;ouvrage déléguée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Contrats Trame Verte et Bleue
+ &lt;/span&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Entreprises (hors sociétés de production agricole) situées en Nouvelle-Aquitaine, constituées sous forme de sociétés commerciales ou sous forme de coopératives agricoles, qui exercent une activité dans le domaine de la transformation ou du stockage-conditionnement de produits agricoles et/ou alimentaires et de leur commercialisation (hors commerce de détail).
-[...373 lines deleted...]
-  téléchargeable.
+  Études d&amp;#039;assistance technique à l&amp;#039;élaboration et au suivi des contrats : jusqu&amp;#039;à 40% du montant HT des dépenses en investissement, plafonné à 80 k€.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et ingénierie territoriale pour la préparation et la mise en œuvre des contrats : jusqu&amp;#039;à 50% des dépenses de fonctionnement, plafonné à 40 k€/an.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;</t>
-[...21 lines deleted...]
- Sont éligibles :
+&lt;p&gt;
+ &lt;span&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges :
+ &lt;/span&gt;
+ &lt;span&gt;
+  jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 400 000€).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtrise à la source des ruissellements et désimperméabilisation :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 400 000€).
+&lt;/p&gt;
+&lt;p&gt;
+ Mesures alternatives à l&amp;#039;usage des produits phytosanitaires :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 100 000€).
+&lt;/p&gt;
+&lt;p&gt;
+ Récupération des eaux de pluie :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 100 000€).
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les commerçants de proximité ou artisans*, sédentaires ou non, avec ou sans point de vente, y compris artisan d&amp;#039;art,
-[...11 lines deleted...]
-  Dont l&amp;#039;activité relève d&amp;#039;un code NAF 10 à 33, 43 à 47, 55 et 56, 7410Z, 7420Z, 79, 81, 9003A, 9312 et 9313, 95 et 96,
+  Études et animations visant la mise en place de Contrats Trame Verte et Bleue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges, dont les opérations concourant à la maîtrise du risque d&amp;#039;inondation par débordement de cours d&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs paysagers concourant à la maîtrise à la source des ruissellements, à l&amp;#039;adaptation au changement climatique et à la biodiversité (désimperméabilisation des sols, végétalisation de la ville, gestion alternative des eaux pluviales...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mesures alternatives à l&amp;#039;usage des produits phytosanitaires pour la protection des milieux aquatiques, de la biodiversité et des personnes (diagnostics et plans de gestion différenciée, acquisition de matériels...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements permettant la récupération des eaux sur bâtiments publics et aménagements associés pour l&amp;#039;arrosage.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- *L&amp;#039;artisan ou commerçant de proximité vend des produits ou services de manière quotidienne ou fréquente à des particuliers. Les entreprises qui vendent exclusivement sur Internet, de la filière numérique, des activités financières et immobilières, des organismes de formation, de conseil et des bureaux d&amp;#039;études ne sont pas éligibles.
-[...81 lines deleted...]
-  CMA Ile-de-France (artisans)
+ Les candidats peuvent déposer leur dossier en permanence sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
-&lt;/p&gt;
-[...1 lines deleted...]
- 2. Réunissez les pièces nécessaires, une fois vos dépenses réalisées :
+ &lt;br /&gt;
+ Dans le cadre de l&amp;#039;élaboration de leurs projets et en amont du dépôt de candidature, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/eau-et-milieux-aquatiques-et-humides</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  eau-tramevertetbleue&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0586-eau-et-milieux-aquatiques-et-humides/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>156133</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les petits aménagements publics extérieurs</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>PETITS AMÉNAGEMENTS EXTÉRIEURS DES COMMUNES DE MOINS DE 5 000 HABITANTS</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale.</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider aux opérations de petits aménagements publics extérieurs visant à améliorer, embellir ou végétaliser le cadre de vie, à favoriser la biodiversité et à lutter contre les îlots de chaleur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Un extrait Kbis ou D1 de moins de 3 mois,
-[...11 lines deleted...]
-  Le formulaire DVS téléchargeable en ligne.
+  Communes de moins de 5.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes si le projet concerne une commune de moins de 5.000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- 3. Déposez votre demande d&amp;#039;aide sur
-[...1 lines deleted...]
-  mesdemarches.iledefrance.fr
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les dépenses d&amp;#039;investissement pour les projets
+  d&amp;#039;aménagements publics, répartis dans les 3 items suivants :
+&lt;/p&gt;&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement: petit square, places, placettes (végétalisation, maçonnerie paysagère, revêtement perméable des sols, clôture et accessibilité), canisette, création d&amp;#039;îlots de fraîcheur sur l&amp;#039;espace public, structures d&amp;#039;ombrage, matériaux poreux à faible absorption de chaleur...)
+ &lt;/li&gt;&lt;li&gt;Plantations d&amp;#039;essences locales en priorité (utilisation d&amp;#039;espèces 
+locales nécessitant un entretien limité et limitant la consommation 
+d&amp;#039;eau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilier pour favoriser la biodiversité : nichoirs, abris et gîtes 
+pour la faune sauvage (hôtels à insectes, ruches avec uniquement des 
+abeilles locales,...), mobilier urbain (corbeille, banc, panneaux d&amp;#039;information, jardinière, support à vélos, boîte à livres,...).&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Les dépenses concomitantes à ces opérations :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études opérationnelles si suivies de travaux et si elles font l&amp;#039;objet d&amp;#039;un mandat dans un délai de 3 ans précédant la date de dépôt de la demande de subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions foncières si la date de signature de l&amp;#039;acte d&amp;#039;acquisition a eu lieu dans un délai de 3 ans précédent la date de dépôt de la demande de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets avec un seul item de dépense&lt;/li&gt;
+ &lt;li&gt;
+  Les panneaux publicitaires,
+ les panneaux de signalisation routière ou ceux à vocation touristique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les réseaux divers et dépenses d&amp;#039;éclairage public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aires de jeux, les abribus, le mobilier ornemental, les fermes pédagogiques,&lt;/li&gt;&lt;li&gt;Le renouvellement des plantations, l&amp;#039;entretien courant&lt;/li&gt;&lt;li&gt;Les plantations annuelles&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Conditions d’éligibilité :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins 2 items de dépenses, chaque item ne pouvant représenter moins de 20 % de la dépense globale,&lt;/li&gt;&lt;li&gt;Selon la nature du projet, les normes d’accessibilité PMR devront être respectées.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles : 8.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses éligibles : 50.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Les communes et EPCI peuvent déposer plusieurs dossiers dans un délai de deux ans à compter de la première décision attributive de subvention, dans la limite de 50.000 € HT de dépenses éligibles cumulées (travaux/acquisition).
+&lt;/p&gt;&lt;p&gt;L’aide n’est pas cumulable avec une autre aide du Département portant sur les mêmes objets.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/petits-amenagements-exterieurs-des-communes-de-moins-de-5-000-habitants/</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f6a9-modele/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>155562</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la végétalisation des cours d’écoles</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>VÉGÉTALISATION DES COURS D'ÉCOLES</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J118" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes pour le réaménagement des cours d&amp;#039;écoles existantes en vue de l&amp;#039;adaptation au changement climatique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en place des îlots de fraîcheur, en désimperméabilisant les sols, végétalisant les cours d&amp;#039;écoles et en créant des zones d&amp;#039;ombrages,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infiltrer les eaux pluviales à la source pour limiter le ruissellement et récupérer les eaux de pluie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la reconquête de la biodiversité en plantant des espèces végétales locales et en aménageant des refuges pour la faune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer le cadre de vie et le bien-être des enfants, en proposant des espaces multifonctionnels et de détente.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;aides à la décision et de faisabilité de projets de réaménagement et végétalisation de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  La désimperméabilisation de la cour de récréation et la mise en place de revêtements naturels perméables (ex : sols enherbés, copeaux de bois et paillis, sable, platelage en bois...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La plantation d&amp;#039;espèces végétales diversifiées et locales favorisant la biodiversité et la création de zones d&amp;#039;ombre et d&amp;#039;îlots de fraîcheur (utilisation d&amp;#039;espèces locales nécessitant peu d&amp;#039;entretien et une faible consommation d&amp;#039;eau, plantation d&amp;#039;arbres et arbustes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;aménagements favorables à la biodiversité : nichoirs et/ou perchoirs à oiseaux, hôtels à insectes, gîtes pour petits mammifères
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;ombrières végétalisées (pergolas) ou toutes protections solaires (auvents, voilage, extension de préau et équipements rafraîchissants (points d&amp;#039;eau, brumisateurs,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La récupération et réutilisation d&amp;#039;eau de pluie des bâtiments, notamment pour l&amp;#039;arrosage des végétaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations :
+  Aménagements ludiques et sportifs (espaces multifonctionnels), création d&amp;#039;espace contribuant à l&amp;#039;organisation d&amp;#039;ateliers pédagogiques (ex : jardins potagers, carrés d&amp;#039;herbes aromatiques...), Études et dépenses d&amp;#039;ingénierie et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, outils de communication et supports pédagogiques liés à l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les plantations hors-sols d&amp;#039;éléments végétalisés de type bacs et potées fleuris, jardinières...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;entretien et de maintenance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de rénovation globale des bâtiments,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements liés à la création de bâtiments scolaires (constructions neuves).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La désimperméabilisation et la végétalisation constituent des dépenses obligatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux devront permettre de réduire les surfaces imperméabilisées d&amp;#039;au moins 25 % par rapport à l&amp;#039;existant. Il conviendra de privilégier des revêtements clairs pour les surfaces restants imperméables. Le réemploi des matériaux devra être privilégié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les espèces végétales sauvages et locales seront à privilégier. Pour les arbres et arbustes, ils devront respecter la liste départementale des essences locales (liste disponible auprès de la direction de l&amp;#039;environnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront être menés dans le cadre d&amp;#039;une démarche participative impliquant l&amp;#039;ensemble des usagers de l&amp;#039;établissement (équipe pédagogique, personnel d&amp;#039;entretien, élèves et leurs représentants,...) afin d&amp;#039;aboutir à un projet d&amp;#039;aménagement co-conçu et partagé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond de
+ dépenses éligibles :
+ &lt;/strong&gt;
+ 600.000€ HT
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de ce plafond.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/vegetalisation-des-cours-decoles/</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89af-modele/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>31673</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Créer des plateformes régionales de recherche et d'innovation</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I119" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J119" s="1" t="inlineStr">
+        <is>
+          <t>L’aide régionale sera plafonnée à 2M€. L’autofinancement est fixé à 20% minimum, ce taux sera minoré</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les plateformes régionales de recherche et d&amp;#039;innovation publiques implantées en Occitanie constituent un élément de compétitivité et d&amp;#039;attractivité des territoires dans l&amp;#039;écosystème de l&amp;#039;innovation.
+ En effet, elles sont en capacité de répondre aux demandes d&amp;#039;entreprises en RDI et d&amp;#039;accélérer le transfert technologique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de ce dispositif est d&amp;#039;accroître les programmes de R&amp;amp;D entre entreprises et plateformes de recherche ; notamment afin de permettre aux entreprises ne disposant pas de capacité suffisante en propre, d&amp;#039;accéder aux plateformes des établissements de recherche.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt des dossiers intervient au fil de l&amp;#039;eau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour être éligible, le projet devra satisfaire aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet de 1 à 3 ans maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projet correspondant à un programme de R&amp;amp;D en collaboration public/privé
+  &lt;/li&gt;
+  &lt;li&gt;
+   Engagement financier de(s) entreprise(s) partenaire(s)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Evaluation HCERES de l&amp;#039;équipe déposant le projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Au-delà du prérequis d&amp;#039;excellence scientifique, les critères suivants seront examinés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gouvernance et mode de gestion administrative et financière de la plateforme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Modalités d&amp;#039;ouverture et d&amp;#039;accès de la plateforme (communauté académique et entreprise) notamment sur les nouveaux équipements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Antériorité d&amp;#039;une culture de l&amp;#039;innovation public/privé (existence de partenariats économiques sur la plateforme)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Positionnement de la plateforme dans l&amp;#039;écosystème d&amp;#039;innovation régional, et dans les réseaux nationaux et européens
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien du secteur socio-économique (entreprises, clusters, pôles de compétitivité, IRT...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projet de document juridique liant les partenaires (accord de consortium, convention de collaboration,...) et précisant la gestion et les modalités d&amp;#039;exploitation des résultats pour l&amp;#039;ensemble des partenaires du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les projets faisant l&amp;#039;objet d&amp;#039;un partenariat scientifique et financier : projet de convention de partenariat «chef de file»
+  &lt;/li&gt;
+  &lt;li&gt;
+   Contribution à un domaine de spécialisation intelligente (S3) de la région Occitanie
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Plateformes-regionales-de-recherche-et-d-innovation-2020</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Académie de Toulouse :
+ &lt;/strong&gt;
+ Benoît Mingam : benoit.mingam&amp;#64;laregion.fr / 05 61 33 53 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Académie de Montpellier :
+ &lt;/strong&gt;
+ Mireille-Ange Pistre : mireille-ange.pistre&amp;#64;laregion.fr / 04 67 22 80 60
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1273-plateformes-regionales-de-recherche-et-dinnov/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>94963</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des start-ups</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d’intérêt "Incubateur d'excellence Grand Est"</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à candidature vise à labelliser des incubateurs existants et à venir, proposant aux start-ups un accompagnement de qualité, propre à favoriser leur émergence, leur développement et leur connexion à l&amp;#039;écosystème régional d&amp;#039;innovation, sur la base d&amp;#039;un cahier des charges élaboré par la Région Grand Est.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P120" s="1" t="inlineStr">
+        <is>
+          <t>15/01/2018</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une structure peut être labellisée « Incubateur d&amp;#039;excellence Grand Est » si elle répond au cahier des charges suivant :
+&lt;/p&gt;
+&lt;h4&gt;
+ 1. Cible
+&lt;/h4&gt;
+&lt;p&gt;
+ La cible de l&amp;#039;incubateur est constituée par les porteurs de projet à forte dimension innovante. L&amp;#039;innovation est entendue dans un sens large, pouvant être non seulement technologique, mais également marketing et commerciale, de produit, service et usage, de procédé et d&amp;#039;organisation, de modèle d&amp;#039;affaires, ou encore sociétale.
+Le porteur peut être étudiant, privé, public, en lien avec la recherche publique ou non.
+&lt;/p&gt;
+&lt;h4&gt;
+ 2. Une gouvernance impliquée dans l&amp;#039;entrepreneuriat
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;incubateur a des liens privilégiés avec les entreprises locales, les grandes entreprises en démarche d&amp;#039;Open innovation, l&amp;#039;écosystème de l&amp;#039;innovation (Agence Régionale d&amp;#039;Innovation, Pôles de Compétitivité...).
+&lt;/p&gt;
+&lt;h4&gt;
+ 3. Un deal flow suffisant
+&lt;/h4&gt;
+&lt;p&gt;
+ La structure incubatrice accompagne un minimum de 10 nouveaux projets par an, et présente une expérience minimum de trois ans dans l&amp;#039;accompagnement de start-ups.
+&lt;/p&gt;
+&lt;h4&gt;
+ 4. Une équipe professionnelle et des expertises externes mobilisables
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement est réalisé par l&amp;#039;incubateur grâce à des ressources internes et de l&amp;#039;expertise externe.
+&lt;/p&gt;
+&lt;h4&gt;
+ 5. Un processus d&amp;#039;accompagnement formalisé
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;incubateur doit avoir construit une méthodologie d&amp;#039;accompagnement formalisée dans le cadre d&amp;#039;un process structuré répondant aux caractéristiques suivantes :
+ &lt;strong&gt;
+  Les étapes
+ &lt;/strong&gt;
+ La structure incubatrice doit pouvoir présenter un parcours d&amp;#039;accompagnement structuré et formalisé se décomposant à minima en deux étapes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La pré-incubation
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;incubation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le contenu
+ &lt;/li&gt;
+ &lt;li&gt;
+  La forme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les livrables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ 6. Une forte connexion à un écosystème d&amp;#039;innovation et une synergie avec les autres opérateurs de la création d&amp;#039;entreprise
+&lt;/h4&gt;
+&lt;p&gt;
+ Acteur incontournable de la création de start-ups sur son territoire, l&amp;#039;incubateur aura su démontrer la qualité de ses partenariats renforcés, générateurs de deal flow avec les acteurs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de la Recherche et de la valorisation (Universités, écoles, organismes de recherche publics et privés, SATT...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du transfert de technologies (CRITT, plateformes technologiques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du monde économique et de la création d&amp;#039;entreprises (CCI, Réseaux, pépinières...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;innovation (Agence Régionale de l‘Innovation, acteurs de l&amp;#039;Open Innovation) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du financement (Bpifrance, outils de financement en fonds propres...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ 7. Une communauté d&amp;#039;entreprises mobilisée et mobilisable
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;incubateur a constitué et anime une communauté d&amp;#039;entrepreneurs composée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;un réseau d&amp;#039;entrepreneurs innovants ou startuppers expérimentés pouvant également être actifs dans la gouvernance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de grandes entreprises ouvertes à l&amp;#039;Open Innovation et au mécénat de compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ 8. Un mode de financement hybride public/privé
+&lt;/h4&gt;
+&lt;p&gt;
+ Le financement de l&amp;#039;incubateur présente les caractéristiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un modèle économique pérenne et viable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une réflexion sur la mise en place d&amp;#039;un service payant (mode et niveau de tarification) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une participation financière des collectivités locales sur le territoire desquelles rayonne l&amp;#039;incubateur.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/be-appel-a-manifestation-dinteret-incubateur-dexcellence-grand/</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:incubateurs&amp;#64;grandest.fr"&gt;
+  incubateurs&amp;#64;grandest.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c75-be-est-appel-a-manifestation-dinteret-incubat/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>162732</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Recherche et réseaux alpins</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Recherche et réseaux&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les actions doivent servir la politique du Comité de Massif des Alpes ;&lt;/li&gt; 	&lt;li&gt;une convention pluriannuelle d’objectifs et de moyens pourra être établie entre la Région et le bénéficiaire.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ;&lt;/li&gt; 	&lt;li&gt;animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne,&lt;br /&gt; 	gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Type d’action non éligible :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P121" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les actions doivent servir la politique du Comité de Massif des Alpes ;&lt;/li&gt; 	&lt;li&gt;une convention pluriannuelle d’objectifs et de moyens pourra être établie entre la Région et le bénéficiaire.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ;&lt;/li&gt; 	&lt;li&gt;animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne,&lt;br /&gt; 	gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Type d’action non éligible :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/recherche-reseaux-alpins</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recherche-et-reseaux-alpins/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>162271</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Financer à faible coût les investissements matériels et immatériels nécessaires à la transition énergétique et écologique des PME</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Sud Prêt Climat</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;En adoptant son Plan Climat : Gardons une Cop d&amp;#039;avance, la Région Sud a fait de la lutte contre le changement climatique sa priorité.&lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; Avec SUD Prêt Climat, et en partenariat avec Bpifrance, la Région Sud entend donc répondre au besoin des PME de financer à faible coût, les investissements matériels et immatériels nécessaires à leur transition énergétique et écologique et/ou de soutenir leurs besoins en trésorerie liés à ces transitions.&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un &lt;strong&gt;effectif inférieur à 250 personnes&lt;/strong&gt; et un&lt;strong&gt; chiffre d’affaires inférieur à 50 M€&lt;/strong&gt; ou un &lt;strong&gt;total bilan inférieur à 43 M€.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;De plus de 3 ans&lt;/strong&gt; ou en capacité de fournir deux bilans couvrant une durée minimum de 24 mois.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quelle que soit leur forme juridique&lt;/strong&gt; (à l&amp;#039;exclusion des entreprises individuelles et des SCI).&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Exerçant l&amp;#039;essentiel de leur activité sur le territoire régional ou s&amp;#039;y installant.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Financièrement saines.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;A jour de leurs &lt;strong&gt;obligations fiscales et sociales.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Eligibles au &lt;strong&gt;&lt;strong&gt;&lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis" target="_blank" title="régime de minimis (nouvelle fenêtre) (nouvelle fenêtre)"&gt;régime de minimis&lt;/a&gt;&lt;/strong&gt;&lt;/strong&gt;&lt;/strong&gt; (Cumul d’aides publiques inférieur à 300 000 € sur les 3 dernières années).&lt;br /&gt; 	  &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises en difficulté au sens de la réglementation européenne.&lt;/li&gt; 	&lt;li&gt;Les SCI (Société Civile Immobilière).&lt;/li&gt; 	&lt;li&gt;Les associations et fondations sans activité économique et qui n’emploient pas au moins 1 salarié.&lt;/li&gt; 	&lt;li&gt;Les autoentrepreneurs.&lt;/li&gt; 	&lt;li&gt;Les entreprises individuelles.&lt;/li&gt; 	&lt;li&gt;Les activités d’intermédiation financière (NAF : section K64 sauf 64-2).&lt;/li&gt; 	&lt;li&gt;Les activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1).&lt;/li&gt; 	&lt;li&gt;Les activités auxiliaires de services financiers et d&amp;#039;assurance (NAF : section 66).&lt;/li&gt; 	&lt;li&gt;Le secteur agricole ayant un code NAF section A01 (culture et production animale, chasse et services annexes) ou A02 (sylviculture et autres activités forestières, exploitation forestière, récolte de produits forestiers non ligneux poussant à l&amp;#039;état sauvage et services de soutien à l&amp;#039;exploitation forestière).&lt;/li&gt; 	&lt;li&gt;Le secteur de la pêche et de l’aquaculture ayant un code NAF section A03 (pêche en mer, pêche en eau douce, aquaculture en mer et aquaculture en eau douce) ou code NAF 4638A (commerce de gros (commerce interentreprise) de poissons, crustacés et mollusques).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P122" s="1" t="inlineStr">
+        <is>
+          <t>06/06/2023</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne   &lt;br /&gt;                                             &lt;/span&gt;&lt;br /&gt; Afin d’assurer la distribution rapide des fonds régionaux, la constitution et l&amp;#039;instruction des dossiers sont assurés par Bpifrance. A l&amp;#039;issue, une notification est envoyée aux entreprises ayant finalisé leur demande.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de prêt. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;br /&gt; &lt;br /&gt; &lt;a href="https://flash.bpifrance.fr/pret/relance-region?regionId&amp;#61;provence-alpes-cote-azur" target="_blank" title="PRÊT INFÉRIEUR OU ÉGAL À 50 000 €"&gt;PRÊT INFÉRIEUR OU ÉGAL À 50 000 €&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;a href="https://auth.web.bpifrance.fr/mga/sps/authsvc?PolicyId&amp;#61;urn:ibm:security:authentication:asf:LoginBPI&amp;amp;TAM_OP&amp;#61;login&amp;amp;URL&amp;#61;https%3A%2F%2Fauth.web.bpifrance.fr%2Fmga%2Fsps%2Fauth%3FPartnerId%3DYdaGZikOi2zIZ6ftRVaY%26Target%3Dhttps%253A%252F%252Fapp.bel.bpifrance.fr%252Fsso%252Fcode%26SSORequest%3DY29kZV9jaGFsbGVuZ2U9bUpTZjRiQjdLRFBsamFRZVNTZUllbGJPUU1VLW82dUk2Xy1DZGxpcEg3WSZyZWRpcmVjdF91cmk9aHR0cHM6Ly9hcHAuYmVsLmJwaWZyYW5jZS5mci9zc28vY29kZSZub25jZT1WVnB6VW1wNlNsOXBUMDFQV25WMkxYUkRTRlp1U0c4d2EybFVjMDVrVEVKalUxTjBTRXN4VHpSbVVFRjUmc2NvcGU9b3BlbmlkIHByb2ZpbGUgZW1haWwmY29kZV9jaGFsbGVuZ2VfbWV0aG9kPVMyNTYmc3RhdGU9VlZwelVtcDZTbDlwVDAxUFduVjJMWFJEU0ZadVNHOHdhMmxVYzA1a1RFSmpVMU4wU0VzeFR6Um1VRUY1OyUyRnN1YnNjcmliZSUyRnByZXQtcmVsYW5jZS1yZWdpb24mcmVzcG9uc2VfdHlwZT1jb2RlJmNsaWVudF9pZD1ZZGFHWmlrT2kyeklaNmZ0UlZhWQ%253D%253D" target="_blank" title="PRÊT SUPÉRIEUR À 50 000 €"&gt;PRÊT SUPÉRIEUR À 50 000 €&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sud-pret-climat</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique tous les jours de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (service et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sud-pret-climat/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>162529</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser et accompagner l'agricultutre et l'alimentation locales</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J123" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;a) Alimentation et autonomie : développer les
+filières locales et les circuits-courts de production, de transformation et de
+commercialisation des aliments et des produits, notamment ceux issus de
+l’agriculture biologique.&lt;/p&gt;&lt;p&gt;b) Foncier et bocage : connaître et protéger le
+foncier agricole par le biais d’outils, d’ingénierie, de formation ou de
+travaux &lt;/p&gt;&lt;p&gt;c) Les actions de pédagogie et de communication
+visant à améliorer l’image du monde agricole, lorsqu’il est en accord avec les
+problématiques environnementales actuelles et dans un objectif d’attractivité
+des métiers.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;d) Pratiques agricoles : adapter les
+pratiques au changement climatique et accompagner les changements de modèles
+agricoles lorsque ces actions ne sont pas éligibles aux dispositifs régionaux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Transition énergétique
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P123" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q123" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’agriculture contribue au façonnement des paysages et à l’aménagement du
+territoire. Elle représente un poids important dans l’économie locale.
+Cependant elle subit la diminution de son foncier (au profit de
+l’urbanisation) et fait face à la difficulté à trouver de la main d’œuvre ou des
+repreneurs. Dynamiser l’agriculture locale pour la rendre plus attractive et
+répondre à la problématique de transmission des installations est vitale.&lt;/p&gt;&lt;p&gt;En
+parallèle, les pratiques agricoles doivent être adaptées pour prendre en compte
+la préservation de la biodiversité et de la qualité des sols et de l’eau. La
+modification des pratiques agricole vise à diminuer l’impact sur le changement
+climatique et contribue à l’adaptation au changement climatique.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Soutenir la transformation des productions et encourager la consommation
+de produits locaux, contribue au développement d&amp;#039;une économie locale et augmente la résilience alimentaire du
+territoire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-solutions-de-mobilite-durable-fiche-action-2/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>37071</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets innovants des IUT</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J124" s="1" t="inlineStr">
+        <is>
+          <t>L'aide est a minima de 25 000 € et de maximum 200 000 € par projet d'une durée maximum de 2 ans.</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2017, la Région Occitanie accompagne les IUT d&amp;#039;Occitanie dans leurs innovations pédagogiques, en s&amp;#039;appuyant notamment sur les technologies du numérique afin de renforcer la réussite des étudiants et leur insertion professionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise également à améliorer la visibilité, l&amp;#039;attractivité et la cohérence des formations de la voie technologique, à favoriser le transfert de compétences et les partenariats avec les entreprises et enfin à renforcer l&amp;#039;ancrage des IUT sur les villes universitaires d&amp;#039;équilibre (hors unités urbaines de Toulouse ou Montpellier) et de contribuer ainsi à leur rayonnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de dépôt des demandes de financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subventions doivent être adressées
+ &lt;strong&gt;
+  avant le 30 juin
+ &lt;/strong&gt;
+ (cachet de la poste faisant foi) auprès de :
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+ &lt;strong&gt;
+  Direction de la Recherche, du transfert technologique et  de l&amp;#039;Enseignement Supérieur
+  Service Accompagnement des Étudiants et Diffusion Scientifique
+ &lt;/strong&gt;
+ Hôtel de Région
+ 22 boulevard du Maréchal Juin
+ 31406 TOULOUSE CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Important : Adresser également une copie de la demande de financement et ses annexes par courriel à l&amp;#039;attention des référentes techniques et administratives.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit être porté par un IUT de la région Occitanie et son Université de rattachement et recueillir l&amp;#039;avis préalable du Conseil d&amp;#039;Administration de l&amp;#039;Université de rattachement, du Conseil d&amp;#039;Administration de l&amp;#039;IUT et avis consultatif de l&amp;#039;ARIUT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Équipements numériques permettant de réaliser la création de supports pédagogiques innovants (MOOC, SPOC, serious game) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement d&amp;#039;espaces dédiés au développement de pédagogies innovantes et favorisant l&amp;#039;utilisation les ressources numériques des IUT (co-working, learnings centers, amphithéâtres interactifs ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Équipement de tiers lieux (Fablab...), écosystèmes de création, activité favorisant la mixité des publics (entreprises, chercheurs, enseignants, étudiants...) et l&amp;#039;utilisation de technologies innovantes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Personnel assurant la coordination du projet subventionné, dans la limite d&amp;#039;un ETP par implantation, plafonné à un salaire chargé de 50 000 euros par an.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Priorité donnée aux projets développés dans des villes universitaires d&amp;#039;équilibre, afin de renforcer l&amp;#039;attractivité pour les bacheliers de la voie technologique et leur permettre de poursuivre des études supérieures en IUT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Intégration cohérente du projet dans le cadre de la stratégie pédagogique de la tutelle de rattachement et au sein de l&amp;#039;IUT (ce critère sera particulièrement important pour les villes universitaires d&amp;#039;équilibre) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien de la profession ou du secteur socio-économique en relation avec le projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Accompagnement-des-projets-innovants-des-IUT</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Recherche, du Transfert technologique et de l&amp;#039;Enseignement Supérieur (DRTES)
+&lt;/p&gt;
+&lt;p&gt;
+ Service Accompagnement des Étudiants et Diffusion Scientifique
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : Hélène FRANCHINI Tél : 05 61 39 66 17 Mail : helene.franchini&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : Maribel MARCHETTI Tél : 04 67 22 80 98 Mail : maribel.marchetti&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi administratif et financier : Sylvie DUPRAT Tél : 05 61 39 67 41 Mail : sylvie.duprat&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a585-accompagnement-des-projets-innovants-des-iut/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>120923</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’émergence et la réalisation de projets de restauration des continuités écologiques terrestres</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Restauration de continuités écologiques terrestres</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>La Région accompagne l&amp;#039;émergence et la réalisation de projets de restauration des continuités écologiques terrestres.
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jusqu&amp;#039;à 70% des dépenses éligibles (subvention maxi : 500.000€ par projet).
+&lt;/p&gt;
+&lt;p&gt;
+ En mobilisant les expertises complémentaires des services régionaux et des partenaires associés, l&amp;#039;accompagnement technique permettra de préciser le diagnostic de la situation et dresser une première liste d&amp;#039;outils et de pistes d&amp;#039;actions à mener pour lever les freins au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : cet accompagnement ne saurait s&amp;#039;apparenter à une prestation de bureau d&amp;#039;études, de conseil ou d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appel à manifestation d&amp;#039;intérêt (AMI) vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identifier les sites à enjeux pour la trame verte,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobiliser les acteurs du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner l&amp;#039;émergence et la mise en œuvre de projets de restauration des continuités écologiques terrestres.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions pouvant être soutenues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études préalables nécessaires au développement du projet (diagnostics sur les milieux naturels et les espèces, faisabilité, conception),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Honoraires de maîtrise d&amp;#039;œuvre dès lors que celle-ci participe à des dépenses effectives de travaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux (plantations, passages à faune, réouvertures de milieux, renaturation de milieux).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  En fonction du niveau de maturité de leur projet, les bénéficiaires pourront se voir proposer un accompagnement technique et/ou un soutien financier.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet peuvent télécharger et compléter leur dossier
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  sur mesdemarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- à compter du 5 octobre 2021.
-[...2 lines deleted...]
- 4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai de 2 mois.
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers, en collaboration avec les partenaires de l&amp;#039;AMI, l&amp;#039;attribution et le montant définitif des aides sont votés en Commission permanente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X88" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/restauration-de-continuites-ecologiques-terrestres</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...430 lines deleted...]
-  &lt;/span&gt;
+ &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr"&gt;
+  biodiversite&amp;#64;iledefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc0c-restauration-de-continuites-ecologiques-terre/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-[...559 lines deleted...]
-      <c r="G95" s="1" t="inlineStr">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>143860</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Makesense</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K95" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Espace public
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Mobilisez les parties prenantes autour de vos politiques publiques
+ &lt;/strong&gt;
+ : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
+ &lt;/strong&gt;
+ Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Faites émerger des projets impactants sur votre territoire :
+ &lt;/strong&gt;
+ Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous trouverez des exemples
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  ici
+&lt;/a&gt;ou encore :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
+ &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
+  programme
+ &lt;/a&gt;
+ a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Qualité de l'air
 Biodiversité
-Equipement public
-[...3 lines deleted...]
-      <c r="O95" s="1" t="inlineStr">
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P95" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S95" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si vous vous reconnaissez dans ces expériences qui guident nos projets :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+ Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
+ &lt;/li&gt;&lt;li&gt;
+ Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
+&lt;/li&gt;&lt;li&gt;
+ Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
+ &lt;/li&gt;&lt;li&gt;
+ Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://france.makesense.org/organisations/collectivites/</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>sylvia.garzon@makesense.org</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="K96" s="1" t="inlineStr">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>162921</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions en faveur de la cohésion sociale</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Actions en faveur de la cohésion sociale (politique territoriale 2022-2028)</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="S96" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NATURE DES PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Tout projet innovant et/ou expérimental, en lien avec les compétences du Département, à destination des publics prioritaires suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Personnes âgées,&lt;/li&gt;&lt;li&gt;Personnes en situation de handicap,&lt;/li&gt;&lt;li&gt;Aidants,&lt;/li&gt;&lt;li&gt;Petite enfance, enfance, jeunes et leurs familles,&lt;/li&gt;&lt;li&gt;Personnes en insertion sociale et/ou professionnelle.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces actions peuvent concerner les thématiques suivantes (liste non exhaustive) :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le développement de la prévention par le lien social et le lien intergénérationnel, notamment à visée apprenante (ateliers d’écriture, de lecture, de sculpture, de peinture…), permettant de lutter contre l’isolement ;&lt;/li&gt;&lt;li&gt;L’entraide, les échanges de bonnes pratiques (partage d’expérience, interconnaissance…) ;&lt;/li&gt;&lt;li&gt;La prévention de la perte d’autonomie ;&lt;/li&gt;&lt;li&gt;L’insertion professionnelle et sociale ;&lt;/li&gt;&lt;li&gt;L’analyse des besoins sociaux ;&lt;/li&gt;&lt;li&gt;La prévention en matière de santé (santé mentale, suicide, addiction, activités physiques adaptées, lutte contre la dénutrition, …).&lt;/li&gt;&lt;/ul&gt;Le soutien financier du Département concerne, dans ce cadre, essentiellement des crédits de fonctionnement qui peuvent être ponctuels ou pluriannuels, pour une durée maximale de trois ans. Des investissements peuvent également être pris en compte selon la nature du projet.&lt;br /&gt;&lt;strong&gt;MODALITES FINANCIERES&lt;br /&gt;&lt;/strong&gt;Fonctionnement – Financement de postes :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d’une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l’opération (coût du poste chargé).&lt;/li&gt;&lt;/ul&gt;Fonctionnement – Financement d’études :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Participation du conseil départemental sur la base des dépenses éligibles TTC avec application d’un taux fixe de 50% avec une aide plafonnée à 15 000 €.&lt;/li&gt;&lt;/ul&gt;Fonctionnement – Prestations de services :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Participation du conseil départemental sur la base des dépenses éligibles TTC avec application d’un taux fixe de 10% à 40 %.&lt;/li&gt;&lt;/ul&gt;Investissement :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Participation du conseil départemental sur la base des dépenses éligibles HT avec application d’un taux fixe de 10% à 40 %.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour les financements de poste : Fiche de poste et CV du candidat retenu&lt;br /&gt;Pour les financements d’étude : Cahier des charges de l&amp;#039;étude et proposition du cabinet retenu&lt;br /&gt;Pour les financements d’investissement : Document de diagnostic énergétique en cas de rénovation d’un bâtiment&lt;br /&gt;Pièces justifiant de la bonification si sollicitation&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet devra concerner a minima l’une des cibles susmentionnées.&lt;br /&gt;Le projet devra être travaillé avec l’écosystème territorial et institutionnel. Les Centres médico-sociaux (CMS) du Département devront être a minima informés du projet, voir impliqués dans l’élaboration et les mises en œuvre des actions.&lt;/p&gt;&lt;p&gt;Il est à noter que chaque année, le Département lance également des appels à projets sur différentes thématiques : culture, environnement, transition écologique, insertion, maintien de l’autonomie, protection de l’enfance, sport… Le porteur de projet devra s’assurer que son action n’est pas finançable par le biais d’un autre dispositif départemental.&lt;/p&gt;&lt;p&gt;Il est précisé que le Fonds d’investissement rural (FIR) n’est pas éligible aux subventions de fonctionnement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;CONDITIONS DE BONIFICATION&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Concernant les projets mobilisant des crédits de fonctionnement, eu égard à la nature des crédits mobilisés, le financement de ces projets n’est pas éligible à une éventuelle bonification.&lt;/p&gt;&lt;p&gt;Concernant les projets mobilisant des crédits d’investissement, ils devront s’inscrire dans une démarche d’innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Un examen au cas par cas de la demande de bonification sera étudié par le groupe de travail Politique territoriale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Fonctionnement&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépenses de création de postes ou d’augmentation d’un temps de travail d’un poste déjà existant, sur une durée maximale de trois ans ;&lt;/li&gt;&lt;li&gt;Frais d’études ;&lt;/li&gt;&lt;li&gt;Frais de prestations de services.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Investissement&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Toutes dépenses d’investissement inhérentes à la mise en place du projet innovant et/ou expérimental.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
-[...1184 lines deleted...]
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/actions-en-faveur-de-la-cohesion-sociale-politique-territoriale-2022-2028/</t>
+        </is>
+      </c>
+      <c r="W127" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Formulaire de contact : &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;https://www.manche.fr/contacter-le-departement/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 02 33 05 96 79&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/actions-en-faveur-de-la-cohesion-sociale-politique-territoriale-2022-2028/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>