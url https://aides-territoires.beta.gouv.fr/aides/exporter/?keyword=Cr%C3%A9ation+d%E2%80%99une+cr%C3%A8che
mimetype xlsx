--- v0 (2025-11-19)
+++ v1 (2026-01-31)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA59"/>
+  <dimension ref="A1:AA73"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,247 +228,3857 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>10204</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Créer ou étendre des structures d'accueil de la petite enfance</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>15% maximum</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a comme objectif la création ou l&amp;#039;extension de structures multi accueil pour la petite enfance (0-3 ans) à vocation intercommunale, accessibles aux enfants handicapés permettant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une offre d&amp;#039;accueil diversifiée et adaptée aux besoins de garde de la petite enfance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le regroupement des services et la mutualisation des moyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement d&amp;#039;actions innovantes spécifiques au milieu rural : haltes garderies itinérantes, maisons d&amp;#039;assistantes maternelles....
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles et la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour la création :
+   &lt;/strong&gt;
+   15% maximum d&amp;#039;une dépense subventionnable plafonnée à
+   &lt;strong&gt;
+    25 000 €
+   &lt;/strong&gt;
+   par place
+   plafonnement de la subvention à
+   &lt;strong&gt;
+    100 000 €
+   &lt;/strong&gt;
+   par projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour l&amp;#039;extension de la capacité d&amp;#039;accueil :
+   &lt;/strong&gt;
+   Minimum de 3 places supplémentaires /
+   15% maximum d&amp;#039;une dépense subventionnable plafonnée à
+   &lt;strong&gt;
+    15 000 €
+   &lt;/strong&gt;
+   par place /
+   plafonnement de la subvention à
+   &lt;strong&gt;
+    22 500 €
+   &lt;/strong&gt;
+   par projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Handicap
+Accès aux services
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les opérations situées dans l&amp;#039;ensemble des communes de la Région, hors métropoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit obligatoirement être d&amp;#039;intérêt communautaire : la maitrise d&amp;#039;ouvrage doit être assurée par un EPCI à fiscalité propre ou, dans le cas dument justifié d&amp;#039;une maitrise d&amp;#039;ouvrage communale, le projet devra bénéficier d&amp;#039;un fonds de concours de l&amp;#039;EPCI concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera apportée aux projets portés par les communes faiblement peuplées situées dans un territoire lui-même peu dense pour lesquels une maitrise d&amp;#039;ouvrage communale pourra être étudiée.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront justifier des avis conformes de la CAF et de la PMI.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront présenter des éléments sur l&amp;#039;opportunité et l&amp;#039;inscription dans l&amp;#039;environnement territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accueil des enfants handicapés devra également être prévu dès la conception du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les travaux et frais de maitrise d&amp;#039;œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les acquisitions immobilières et l&amp;#039;achat d&amp;#039;équipements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Accueil-de-la-petite-enfance</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cc-accueil-de-la-petite-enfance/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>97687</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le fonctionnement des Établissements d’Accueil des Jeunes Enfants</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>L’aide départementale sera attribuée selon les modalités</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les objectifs de cette aide sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner le développement et l&amp;#039;attractivité du territoire en favorisant la conciliation entre vie familiale et vie professionnelle des parents de jeunes enfants par le développement de services de garde correspondant à leurs attentes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la socialisation, le bien-être et le développement harmonieux des jeunes enfants en leur permettant d&amp;#039;être accueillis dans des structures adaptées à leurs besoins et offrant un accueil de qualité.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Cohésion sociale et inclusion</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides à la construction d&amp;#039;EAJE sont destinées aux structures intercommunales et, à défaut, lorsque les structures intercommunales n&amp;#039;ont pas la compétence, aux communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides à la réhabilitation et à l&amp;#039;extension d&amp;#039;EAJE sont destinées aux gestionnaires publics (structures intercommunales, communes) et privés à but non lucratif (associations) d&amp;#039;EAJE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des dépenses liées à la construction ou à la rénovation du bâti, ainsi qu&amp;#039;aux VRD
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses de réalisation ou d&amp;#039;acquisition de mobilier spécifiques à un EAJE (dortoirs, salles d&amp;#039;activités, salles de change, cuisine...) lié directement à l&amp;#039;opération de construction ou de rénovation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses de mobilier adapté à la prise en charge d&amp;#039;enfants handicapés, même hors opération de construction ou de rénovation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Ne sont pas prises en charge les dépenses d&amp;#039;acquisition de terrain.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/etablissements-daccueil-des-jeunes-enfants</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Solidarités - Direction Enfance Famille
+&lt;/p&gt;
+&lt;p&gt;
+ Alexandra Catanese,
+ Secrétaire de Direction
+&lt;/p&gt;
+&lt;p&gt;
+ Tel :
+ 04.68.11.66.64
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:alexandra.catanese&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  alexandra.catanese&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/36f6-ameliorer-le-fonctionnement-des-etablissement/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>155121</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements liées à des structures d’accueil petite enfance / enfance / familles</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Structures d’accueil petite enfance / enfance / familles  (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;équipements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les crèches collectives, les crèches familiales sont des établissements d&amp;#039;accueil des enfants de moins de 6 ans confiés par leurs parents. Ces structures sont régies par les articles R2324-16 et suivants du code de la santé publique. Dans le cadre d&amp;#039;un projet d&amp;#039;établissement et règlement de fonctionnement, ces établissements d&amp;#039;accueil non permanent veillent à la santé, à la sécurité, au bien-être et au développement des enfants qui leur sont confiés. Dans le respect de l&amp;#039;autorité parentale, ils contribuent à leur éducation et apportent leur aide aux parents pour favoriser la conciliation de leur vie professionnelle et de leur vie familiale. Ils concourent à l&amp;#039;intégration des enfants présentant un handicap ou atteints d&amp;#039;une maladie chronique qu&amp;#039;ils accueillent. L&amp;#039;accueil peut être régulier, occasionnel ou mixte
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une maison d&amp;#039;assistant(e)s maternel(le)s est un établissement loué à des assistantes maternelles agréées. Un à six assistants maternels peuvent y exercer, mais uniquement 4 en simultané. C&amp;#039;est la loi n° 2010-625 du 9 juin 2010 qui en est le fondement juridique. Le service de la Protection Maternelle et Infantile (PMI) doit vérifier que les conditions d&amp;#039;accueil de la maison garantissent la sécurité et la santé des enfants accueillis. Les assistant(e)s maternel(le)s qui exercent dans une MAM sont employés par les parents qui leur confient leurs enfants. Ils sont soumis à la même réglementation que ceux qui travaillent à leur domicile (code de l&amp;#039;action sociale et des familles). La seule différence réside dans la possibilité de délégation entre eux de l&amp;#039;accueil des enfants.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le relais petite enfance a pour mission de créer un environnement favorable aux conditions et à la qualité de l&amp;#039;accueil individuel. Ce n&amp;#039;est ni un lieu de garde d&amp;#039;enfants, ni un employeur d&amp;#039;assistant(e)s maternel(le)s. Il n&amp;#039;est pas réglementé comme le sont les établissements et services d&amp;#039;accueil mais est défini par des circulaires de la Caisse Nationale d&amp;#039;Allocations Familiales, à l&amp;#039;origine de leur création. Le RPE assure différentes missions et services auprès des parents, des professionnels de l&amp;#039;accueil à domicile (assistant(e)s maternel(le)s, candidats à l&amp;#039;agrément garde d&amp;#039;enfants à domicile), et des acteurs de la petite enfance, sur un territoire défini. C&amp;#039;est un lieu d&amp;#039;écoute, d&amp;#039;information et d&amp;#039;animation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra respecter l&amp;#039;avis des services compétents (Etat, PMI, Service départemental d&amp;#039;incendie et de secours (SDIS...). A noter cependant que pour le RPE, la PMI n&amp;#039;a pas d&amp;#039;avis à donner.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la création et l&amp;#039;extension, un diagnostic local sur les besoins d&amp;#039;implantation ou de rénovation d&amp;#039;une structure d&amp;#039;accueil petite enfance, enfance et famille devra être établi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions générales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Exemples de démarches en lien avec la transition écologique : Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Exemples de démarches en lien avec la transition inclusive :Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), des places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/structures-daccueil-petite-enfance-enfance-familles-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/472c-structures-daccueil-petite-enfance-enfance-fa/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>103290</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les modes de garde innovants pour la petite enfance</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux modes de garde innovants pour la petite enfance</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Ile-de-France soutient des projets de création de structures d&amp;#039;accueil innovantes de la petite enfance (crèches à horaires décalés, structures itinérantes, accueil des enfants en situation de handicap, MAM, RAP). Cette aide permet également de financer des projets de soutien à la parentalité et des formations pour les professionnels de la petite enfance afin que les structures soient mieux remplies et mieux gérées.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets permettant l&amp;#039;accueil et le développement des enfants de leur naissance à leur 4 ème anniversaire, non scolarisés, ou des enfants porteurs de handicap jusqu&amp;#039;à 6 ans, ainsi que les projets favorisant la professionnalisation des personnels de la petite enfance et la parentalité, entendue comme le renforcement des compétences parentales et l&amp;#039;amélioration du lien parents-enfants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention en investissement et fonctionnement :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La subvention régionale en fonctionnement s&amp;#039;élève à 50% maximum de la dépense subventionnable (total des dépenses éligibles), dans la limite d&amp;#039;un montant de 50 000€.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La subvention régionale en investissement s&amp;#039;élève à 50% maximum de la dépense subventionnable dans une limite plafond de 300 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les subventions sont subordonnées aux conditions d&amp;#039;une convention liant la Région Ile-de-France et le porteur de projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Cohésion sociale et inclusion
+Santé</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre une Associations loi 1901, collectivités territoriales et leurs groupements, entreprises publiques locales, établissements publics, fondations, GIP, mutuelles privées non lucratives, organismes sanitaires et sociaux, SCI, caisses de retraite publiques et privées non lucratives, offices publics, entreprises privées.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-aux-modes-de-garde-innovants-pour-la-petite-enfance</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Action sociale, santé, famille :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:solidarites&amp;#64;iledefrance.fr"&gt;
+   solidarites&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/887c-soutien-aux-modes-de-garde-innovants-pour-la-/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>115151</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Créer un établissement d'accueil de jeunes enfants</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Projet d'établissements d'accueil de jeunes enfants</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement à la création, à l&amp;#039;extension et à la transformation d&amp;#039;un établissement d&amp;#039;accueil des jeunes enfants (- 6 ans) : crèches, micro-crèches, halte-garderie mais aussi à la création de Maisons d&amp;#039;assistants maternels.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Champs d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Informer sur le cadre règlementaire, la procédure et les démarches à mener dans le cadre d&amp;#039;un projet d&amp;#039;établissement d&amp;#039;accueil de jeunes enfants,
   &lt;/li&gt;
   &lt;li&gt;
    Proposer un panel d&amp;#039;outils d&amp;#039;aide à la réflexion (étude de besoin, rétro-planning, règlement de fonctionnement, besoins en personnels...),
   &lt;/li&gt;
   &lt;li&gt;
    Accompagner le porteur de projet dans sa réflexion architecturale et d&amp;#039;aménagement de la structure,
   &lt;/li&gt;
   &lt;li&gt;
    Eclairer sur les choix organisationnels de l&amp;#039;établissement,
   &lt;/li&gt;
   &lt;li&gt;
    Informer sur les possibilités de financement du Département dans le cadre des projets structurants,
   &lt;/li&gt;
   &lt;li&gt;
    Informer sur les partenaires concernés à savoir la Caisse d&amp;#039;Allocations Familiales et la Mutualité Sociale Agricole et les associer à la réflexion.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Prestation gratuite.
   &lt;/strong&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Communes et EPCI de l&amp;#039;Aube. Entreprises, associations, personnes porteuses de projets d&amp;#039;établissement d&amp;#039;accueil de jeunes enfants ou de Maisons d&amp;#039;assistants maternels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/98/18-projet-d-etablissement-d-accueil-de-jeunes-enfants-eaje.htm</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   departement&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b322-creer-un-etablissement-daccueil-de-jeunes-enf/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>111636</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir les jeunes enfants</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité et santé: Protection maternelle et infantile et santé publique (accueil des jeunes enfants)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention forfaitaire</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au développement de places en établissement d&amp;#039;accueil de jeunes enfants.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-03-0088 (AD du 28/06/2016)
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention forfaitaire :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Territoire prioritaire : 1.000€ par place.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autres territoires : 700€ par place.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la protection maternelle et infantile
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 98 52
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6f87-accueillir-les-jeunes-enfants/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>120977</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités sur la création d’établissements d’orientation liés à la parentalité et aux modes d’accueil des enfants</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil sur la création d’établissements d’orientation liés à la parentalité et aux modes d’accueil des enfants</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil sur le montage de projet de création d&amp;#039;établissement lié à la parentalité et aux modes d&amp;#039;accueil des enfants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ces établissements comprennent les Lieux d&amp;#039;Accueil Enfant Parent ou LAEP, les Relais Petite Enfance ou RPE (ex RAM), les accueils collectifs de mineurs ou ACM (accueil de loisirs et l&amp;#039;accueil périscolaire).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, le service concerné du Département apportera des conseils à la collectivité sur le lancement et le montage du projet puis participera à la démarche jusqu&amp;#039;à son avis sur la compatibilité des locaux et le projet pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ En lien avec la Caisse d&amp;#039;Allocations familiales pour les LAEP et les RPE et le service de la Préfecture SDJES pour les ACM.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de Seine-et-Marne
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél.: 01 64 14 73 56
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8003-conseiller-les-collectivites-sur-la-creation-/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>120976</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner les collectivités pour la création d’établissements d’accueil du jeune enfant (EAJE) et des maisons d’assistants maternels (MAM)</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil pour la création d’établissements d’accueil du jeune enfant (EAJE) et des maisons d’assistants maternels (MAM)</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil et accompagnement dans le montage de projet de création d&amp;#039;EAJE ou MAM.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les EAJE comprennent les crèches collectives, les crèches familiales et les jardins d&amp;#039;enfants.
+&lt;/p&gt;
+&lt;p&gt;
+ Les MAM sont des regroupements d&amp;#039;assistants maternels dans un même lieu pour exercer leur profession.
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil et l&amp;#039;accompagnement s&amp;#039;inscrit dans une démarche de projet et portent sur :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La participation à une réunion des porteurs de projets
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un diagnostic de territoire
+  &lt;/li&gt;
+  &lt;li&gt;
+   La recherche de locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le montage technique et financier du projet en lien avec la législation en vigueur et les acteurs locaux (CAF, MSA,...)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ En lien avec la Caisse d&amp;#039;Allocations familiales (CAF), et la Mutuelle Sociale Agricole (MSA).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de Seine-et-Marne
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, GIP ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél.: 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/91fc-conseiller-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>104470</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Verser des primes aux établissements d'accueil collectif de jeunes enfants (publics ou privés) pour les nouvelles places créées (260 euros / place)</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Schéma des équipements sociaux - structures d'accueil en faveur de la petite enfance</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les structures d&amp;#039;accueil de la petite enfance dans l&amp;#039;achat de matériel et mobilier lors d&amp;#039;une création/ réhabilitation ou de l&amp;#039;ouverture de places nouvelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Forfait de 260 € par place créée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant du forfait est révisable chaque année au moment du vote du budget par l&amp;#039;Assemblée délibérante.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;obtention :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;une étude conjointe avec la conseillère technique des établissements d&amp;#039;accueil des jeunes enfants (EAJE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  avis favorable (structure publique) ou autorisation d&amp;#039;ouverture (structure privée) délivré(e) par le Président du Conseil départemental
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses subventionnables :
+&lt;/p&gt;
+&lt;p&gt;
+ Investissement : équipement mobilier des établissements d&amp;#039;accueil (Multi-accueil, service d&amp;#039;accueil collectif occasionnel ou régulier, service d&amp;#039;accueil familial, micro-crèches, crèches parentales)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Instruction
+&lt;/p&gt;
+&lt;p&gt;
+ Sont demandés, en plus du dossier déjà constitué pour la création ou l&amp;#039;extension de la structure :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du gestionnaire sollicitant le concours du Département et précisant le nombre de places créées
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;avis favorable ou l&amp;#039;autorisation d&amp;#039;ouverture
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis relatifs au matériel et mobilier
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Paiement
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les factures relatives au matériel et mobilier
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : afin de prétendre au versement de la subvention, le porteur de projet doit avoir porté son projet à la connaissance du Département l&amp;#039;année précédant le vote du budget (N-1). Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, sur présentation de factures.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : un an à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/07-Jeunesse_et_protection_de_l_enfance/schema_des_equipements_sociaux_et_structures_d_accueil.pdf</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Direction prévention médico-sociale ; Tél. : 05 16 09 76 94
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d27-verser-des-primes-aux-etablissements-daccueil/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>102581</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les acteurs œuvrant dans le domaine social</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux acteurs œuvrant dans le domaine social</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département reconnaît le rôle primordial des acteurs sociaux en Charente, favorisant le développement des territoires, encourageant le maintien du lien social et l&amp;#039;apprentissage de la citoyenneté.
+&lt;/p&gt;
+&lt;p&gt;
+ Plus particulièrement, la vie associative, fondée sur l&amp;#039;engagement individuel et collectif, la solidarité et l&amp;#039;altruisme, doit ainsi être encouragée et soutenue dans son développement. Au cœur de l&amp;#039;association, l&amp;#039;engagement bénévole doit être soutenu et accompagné dans ses initiatives.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de structurer, de pérenniser et de développer les activités sociales et médico-sociales complémentaires à son action, le Département est susceptible d&amp;#039;accorder son soutien aux porteurs d&amp;#039;un projet dans les secteurs d&amp;#039;activité suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Personnes âgées et handicapées
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ S&amp;#039;agissant du schéma pour l&amp;#039;autonomie et la citoyenneté, il sera tenu compte du respect de ses objectifs et orientations. Les actions financées doivent ainsi permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de mieux faire connaître et admettre les différentes formes de handicap
+ &lt;/li&gt;
+ &lt;li&gt;
+  de repérer les besoins et favoriser l&amp;#039;utilisation des services
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;augmenter la mobilité des personnes en situation de handicap
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour ce qui concerne les priorités du schéma des personnes âgées, elles consistent à permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;agir contre l&amp;#039;isolement
+ &lt;/li&gt;
+ &lt;li&gt;
+  de soutenir et d&amp;#039;accompagner les aidants
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser le maintien à domicile y compris la mobilité et le déplacement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En commun aux deux schémas précités, les actions d&amp;#039;accompagnement des personnes handicapées vieillissantes et les projets qui prendront en compte la coordination des acteurs seront également priorisés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Enfance et Famille
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien financier du Département s&amp;#039;attachera à privilégier les projets qui s&amp;#039;inscriront prioritairement dans les orientations du schéma départemental de prévention et de protection de l&amp;#039;enfance dont les axes sont, notamment, les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  prévenir et mieux prendre en compte les conflits parentaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir et accompagner les familles dans l&amp;#039;éducation de leurs enfants
+ &lt;/li&gt;
+ &lt;li&gt;
+  structurer le lien parents-enfants
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir les actions favorisant la dynamique de parcours des jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;inclusion en milieu ordinaire des enfants en situation de handicap
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action sociale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ S&amp;#039;agissant des structures du secteur socio-éducatif ou caritatif, le Département oriente plus particulièrement son soutien autour de thématiques prioritaires. Ainsi, le projet présenté devra se référer à l&amp;#039;un des thèmes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le développement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  les actions en faveur des personnes en difficulté
+ &lt;/li&gt;
+ &lt;li&gt;
+  la lutte contre les discriminations
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services à la population favorisant le lien social et la lutte contre les exclusions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention de fonctionnement :
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant sera établi à partir de critères tels que le nombre d&amp;#039;adhérents et/ou de bénévoles, la nature de l&amp;#039;action sociale et/ou caritative, les projets, l&amp;#039;organisation d&amp;#039;animations ou d&amp;#039;actions sur le territoire départemental, la prise en compte de l&amp;#039;agenda 21 départemental, la réalisation des projets de l&amp;#039;année précédente...
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention de fonctionnement affecté à une action :
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de subvention départementale ne pourra être supérieur à 70% du montant total prévisionnel de l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement :
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de subvention départementale ne pourra être supérieur à 70% du montant total prévisionnel de l&amp;#039;opération. Il est plafonné à 10.000 euros.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond des subventions publiques :
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention départementale éventuellement accordée peut faire l&amp;#039;objet d&amp;#039;un cumul avec d&amp;#039;autres aides publiques (Europe, Etat, Région, intercommunalités, communes...) de telle sorte que le total des subventions accordées pour une même action ne soit pas supérieur à 80% du coût global de l&amp;#039;opération. Cela implique donc un financement propre de l&amp;#039;organisme demandeur d&amp;#039;au moins 20% de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Famille et enfance
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligibles à une subvention, les projets devront s&amp;#039;inscrire dans le champ d&amp;#039;un des trois domaines précités : personnes âgées et handicapées, enfance et famille, action sociale. Les projets devront s&amp;#039;inscrire dans le cadre des programmes ou schémas départementaux afférents à ces politiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets financés doivent concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le fonctionnement annuel d&amp;#039;une association
+ &lt;/li&gt;
+ &lt;li&gt;
+  des actions, en fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  des projets expérimentaux, en fonctionnement. En ce cas, il est à noter que le soutien du Département ne vise qu&amp;#039;à rendre possible l&amp;#039;expérimentation et n&amp;#039;engage en aucun cas celui-ci sur la reconduction de son financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  des investissements dans le cas où la demande n&amp;#039;est éligible à aucun autre règlement du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Condition d&amp;#039;instruction :
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action proposée devra avoir un impact mesurable au niveau du territoire départemental ou auprès du public charentais. Ainsi, il sera nécessaire d&amp;#039;indiquer plus particulièrement le travail partenarial engagé, le cas échéant, avec les territoires d&amp;#039;action sociale (TAS). La structure devra élaborer un rapport d&amp;#039;activité spécifique pour les actions développées en Charente.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de partenariat, la demande de financement est instruite et déposée par une personne morale unique représentant l&amp;#039;ensemble des partenaires et assumant la responsabilité du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Certains projets associatifs peuvent donner lieu à la signature d&amp;#039;une convention annuelle, voire pluriannuelle, définissant les modalités de mise en œuvre du partenariat départemental ainsi que les engagements de chacune des parties. Dans ce cas, la convention s&amp;#039;établira sur la base d&amp;#039;un projet d&amp;#039;actions.
+&lt;/p&gt;
+&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  existence légale d&amp;#039;au moins un an pour une association
+ &lt;/li&gt;
+ &lt;li&gt;
+  programme d&amp;#039;actions basées en Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  gouvernance conforme aux statuts associatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  activités conformes aux plans et schémas précités
+ &lt;/li&gt;
+ &lt;li&gt;
+  demandes d&amp;#039;investissement, pour les établissements publics, limitées à l&amp;#039;acquisition de biens mobiliers et matériels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critères d&amp;#039;inéligibilité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projet individuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet d&amp;#039;actions dont l&amp;#039;objet est de récolter des fonds pour les redistribuer (aide humanitaire ou caritative)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet lié au parcours scolaire ou universitaire ou à l&amp;#039;activité scolaire ou universitaire des établissements publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet à caractère politique ou cultuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet ayant pour objet la défense d&amp;#039;intérêts privés ou ayant une visée commerciale (notamment les salons professionnels)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet développé dans le cadre de jumelage ou d&amp;#039;échanges internationaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet qui entre dans le champ des missions d&amp;#039;autres dispositifs de financement du Département et ce, quand bien même la finalité du projet est identifiée comme sociale, (ex : culture, sport, éducation, tarification des établissements et services sanitaires et sociaux, actions éligibles à la conférence des financeurs, projets qui visent à l&amp;#039;insertion sociale et professionnelle des bénéficiaires du RSA notamment, appels à projets spécifiques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet à dominante médicale
+ &lt;/li&gt;
+ &lt;li&gt;
+  demande de subvention déposée après le démarrage de l&amp;#039;action
+ &lt;/li&gt;
+ &lt;li&gt;
+  demande de subvention inférieure à 500 euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  dossier déposé ou complété hors délai (voir Modalités d&amp;#039;instruction et de versement)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Département informera le demandeur de la recevabilité ou de l&amp;#039;irrecevabilité de sa demande.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapports d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)&lt;/li&gt;&lt;li&gt;pour les associations et les organismes de
+droits privés, susceptibles de bénéficier d’une subvention supérieure à 23 000
+€ pour laquelle la conclusion d’une convention est obligatoire, le Fichier des
+Ecritures Comptables (FEC) est à fournir lors du dépôt de la demande de
+subvention. Celui-ci est disponible sur vos logiciels de comptabilité et auprès
+de vos experts comptables&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets déposés dans le cadre d&amp;#039;appels à projets spécifiques (ex : contrats de ville) seront instruits en fonction des règles définies par lesdits appels à projet correspondants. Néanmoins, seules les demandes de subvention relatives à du fonctionnement affecté à une action pourront être examinées dans ce cadre. Les demandes de subvention de fonctionnement global et les demandes de subvention d&amp;#039;investissement ne pourront donc pas être instruites au titre de ces appels à projets spécifiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, les structures qui présentent annuellement plusieurs demandes de subvention de fonctionnement affecté, pour des dossiers différents sur la même année seront invitées à regrouper leur demande dans un seul dossier qui fera l&amp;#039;objet d&amp;#039;une instruction dans le cadre d&amp;#039;une subvention globale de fonctionnement. Il sera néanmoins procédé à l&amp;#039;analyse de la demande au vu des budgets prévisionnels et comptes- rendus financiers propres à chaque action.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement :
+&lt;/p&gt;
+&lt;p&gt;
+ Etant pleinement conscient de la nécessité pour la structure de disposer rapidement de la subvention, mais également des obligations qui incombent au Département en matière de vérification de la bonne utilisation des fonds publics, les versements seront effectués de la manière suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention de fonctionnement et fonctionnement affectée à une action
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  subvention sans convention : versement de la totalité à compter de la décision favorable de l&amp;#039;Assemblée délibérante
+ &lt;/li&gt;
+ &lt;li&gt;
+  subvention avec convention : versement au regard des dispositions définies dans la convention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  subvention sans convention :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - versement de 50% du montant total de la subvention à compter de la décision favorable de l&amp;#039;Assemblée délibérante ;
+&lt;/p&gt;
+&lt;p&gt;
+ - versement du solde en une seule fois dès production des justificatifs/factures acquittées.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  subvention avec convention : versement au regard des dispositions définies dans la convention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Caducité :
+&lt;/p&gt;
+&lt;p&gt;
+ Fonctionnement et fonctionnement affecté : 1 an à compter de la date de notification de la décision attributive
+&lt;/p&gt;
+&lt;p&gt;
+ Investissement : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/06-Insertion_et_action_sociale/soutien_acteurs_domaine_social.pdf</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous pouvez utiliser les télé-services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subvention d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement affectée à une action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes
+&lt;/p&gt;
+&lt;p&gt;
+ Demandes de subvention de fonctionnement global et d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers devront avoir été déposés avant le 30 juin de l&amp;#039;année N
+&lt;/p&gt;
+&lt;p&gt;
+ Après le 30 juin, seuls les dossiers complets pourront faire l&amp;#039;objet d&amp;#039;une instruction. Les autres demandes seront notifiées au demandeur comme irrecevables pour l&amp;#039;exercice en cours.
+&lt;/p&gt;
+&lt;p&gt;
+ Demandes de subvention de fonctionnement affecté pour des actions ou des projets expérimentaux
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de financement d&amp;#039;actions ou de projets particuliers (ex : projets expérimentaux et innovants) pourront faire l&amp;#039;objet d&amp;#039;un examen en cours d&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ La date limite de réception des dossiers complets est fixée au 30 septembre de l&amp;#039;année N. Tout dossier incomplet à cette date sera rejeté.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel, l&amp;#039;organisme de droit privé bénéficiaire d&amp;#039;une subvention de fonctionnement affectée doit produire un compte rendu financier qui atteste de la conformité des dépenses effectuées au regard de l&amp;#039;objet de la subvention. Le compte rendu financier est déposé auprès du Département dans les six mois suivant la fin de l&amp;#039;exercice pour lequel la subvention a été attribuée.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts
+&lt;/p&gt;
+&lt;p&gt;
+ Personnes âgées et personnes handicapées : 05 16 09 76 32
+&lt;/p&gt;
+&lt;p&gt;
+ Enfance et famille : 05 16 09 69 24
+&lt;/p&gt;
+&lt;p&gt;
+ Action sociale : 05 16 09 69 54 ou 69 69
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyens &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d33e-soutenir-les-acteurs-uvrant-dans-le-domaine-s/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>97611</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les équipements sociaux et médico-sociaux</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La mise en place de règlements d&amp;#039;intervention s&amp;#039;inscrit pleinement dans le projet AUDEVANT et notamment dans l&amp;#039;enjeu intitulé « les solidarités, facteurs de développement pour les hommes et les territoires » qui a pour ambition de répondre aux besoins dans une double dimension, individuelle dans l&amp;#039;appui aux personnes, et collective dans la création de services et d&amp;#039;emplois qui participent à la dynamique de maintien de la population sur les territoires. Les règlements permettent ainsi d&amp;#039;adapter les interventions départementales aux spécificités sociodémographiques du département, et de concourir à l&amp;#039;attractivité des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental détermine chaque année le volume des subventions d&amp;#039;investissement qu&amp;#039;il entend réserver aux communes et à leurs groupements.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides attribuées au titre des équipements sociaux et médico-sociaux couvrent notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements médico-sociaux accueillant des enfants pris en charge au titre de la protection de l&amp;#039;enfance, des personnes adultes en situation de handicap et des personnes âgées dépendantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements d&amp;#039;accueil des jeunes enfants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement social,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement individuel dégradé occupé par des propriétaires aux ressources modestes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les maisons de santé pluriprofessionnelles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aides ont vocation à soutenir le développement et l&amp;#039;aménagement des territoires en offrant aux habitants des dispositifs de prise en charge à proximité de leurs lieux de vie. Elles ont également vocation à favoriser la qualité des équipements, et par là même le bien-être de la population qui en bénéficie. En accompagnant l&amp;#039;investissement public local, le Conseil Général contribue également à soutenir les acteurs de l&amp;#039;économie audoise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Santé
+Equipement public
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires des aides à la réalisation d&amp;#039;équipements sociaux et médico-sociaux sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les organismes gestionnaires d&amp;#039;établissements médico-sociaux pour enfants, adultes en situation de handicap et personnes âgées dépendantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les collectivités (EPCI ou communes à défaut) ou les associations gestionnaires d&amp;#039;établissements d&amp;#039;accueil de jeunes enfants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les collectivités (EPCI ou communes à défaut) porteuses d&amp;#039;un projet bâtimentaire de Maison de Santé Pluriprofessionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  les bailleurs sociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propriétaires occupants aux ressources modestes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;assiette éligible est calculée sur le montant HT des travaux ou de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ De manière générale, ne sont pas subventionnables :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les acquisitions foncières et immobilières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les rubriques « divers », « dépenses imprévues », « frais annexes », « sommes à valoir »...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;entretien qui incombent au maître d&amp;#039;ouvrage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas où une commune souhaiterait réaliser, sous sa propre maîtrise d&amp;#039;ouvrage, une opération relevant de la compétence d&amp;#039;un groupement de communes, la demande de subvention sera considérée comme irrecevable.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour certains programmes d&amp;#039;aides, l&amp;#039;éligibilité des demandes peut être examinée au regard de critères spécifiques mentionnés dans les fiches correspondantes. Cependant, l&amp;#039;éligibilité à un programme n&amp;#039;entraîne aucun droit à subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/reglement-dintervention-des-equipements-sociaux-et-medico-sociaux</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Guichet unique et gestion administrative et comptable des dossiers :
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil départemental de l&amp;#039;Aude -  Pôle Aménagement durable - Cellule d&amp;#039;Aide aux Communes
+&lt;/p&gt;
+&lt;p&gt;
+ Maryvonne Bedos, Secrétaire de direction
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:maryvonne.bedos&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  maryvonne.bedos&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.64.82
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « clause sociale » Conseil Général de l&amp;#039;Aude - Pôle des Solidarités - Mission Insertion Active: Benjamin Ducruc
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « établissements sociaux et médico-sociaux » Conseil Général de l&amp;#039;Aude – Pôle des Solidarités - Direction Personnes âgées et personnes handicapées: Evelyne Duresse, directrice
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « établissements d&amp;#039;accueil pour jeunes enfants » Conseil Général de l&amp;#039;Aude – Pôle des Solidarités Direction Enfance Famille – Service Protection Maternelle et Infantile: Véronique Moniez, médecin chef du service
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « Logement » Conseil Général de l&amp;#039;Aude – Pôle des Solidarités Service Action Sociale et Logement: Didier Bertrand – Frank Meyer
+&lt;/p&gt;
+&lt;p&gt;
+ • Instruction « Maisons de Santé Pluriprofessionnelles » Conseil Général de l&amp;#039;Aude – Pôle des Solidarités: Martine Baubil, Directrice
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1836-aider-a-la-favorisation-des-equipements-socia/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>159897</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour la santé de tous et prendre soin des populations les plus fragiles</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Renforcer l&amp;#039;accès à la santé, garantir le bien-être aux habitants du territoire, accompagner les étapes clef de la vie, soutenir les personnes les plus vulnérables
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+ Les services publics et aux publics demeurent une demande prioritaire sur le territoire du GAL de la part de ses habitants. Cela recouvre une large palette de domaines ou de préoccupations.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette fiche-action ambitionne ainsi d&amp;#039;apporter une attention toute particulière à l&amp;#039;accès à la santé pour toutes et tous, ainsi qu&amp;#039;au soin apporté aux populations vulnérables et/ou dans les tranches d&amp;#039;âge de vie qui en ont le plus besoin : petite enfance, séniors, personnes en situation de handicap... ou encore personnes aidantes s&amp;#039;occupant d&amp;#039;un proche malade ou en situation de handicap.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux services de santé
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes visant l&amp;#039;élaboration de « projets de santé » sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude programmatique portant sur de l&amp;#039;immobilier à destination des professionnels de santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;aide au démarrage, la mobilisation, la coordination et l&amp;#039;animation d&amp;#039;une dynamique collective des professionnels de santé en lien avec les EPCI et les structures concernées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie et investissements favorisant la prévention santé auprès du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouvelles structures de santé pluridisciplinaire, ou extension ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou réhabilitation de logements permettant l&amp;#039;accueil de stagiaires, internes, ou autres professionnels de santé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux services de la petite enfance
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de services de garde d&amp;#039;enfants en partenariat avec une collectivité : investissements pour la création et l&amp;#039;agrandissement de structures de garde type établissement d&amp;#039;accueil du jeune enfant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant notamment de développer des actions autour de la parentalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des personnes âgées
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions favorisant le maintien à domicile : création ou amélioration de services, de structures, d&amp;#039;habitats regroupés via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions permettant de renforcer les liens intergénérationnels : création ou amélioration de services, de structures, via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des personnes en situation de handicap
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création ou amélioration de services, de structures, permettant de maintenir voire de renforcer la vie sociale via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des proches aidants
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création ou amélioration de services, de structures permettant d&amp;#039;offrir du répit et du soutien aux personnes proches aidantes, via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux droits pour les personnes éloignées (géographiquement et/ou culturellement des centres de ressources publiques)
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à l&amp;#039;ingénierie pour faciliter l&amp;#039;accès aux droits pour les publics les plus éloignés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Equipement public
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole, les bailleurs sociaux privés hors SEM.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les dépenses d&amp;#039;équipements de matériel de santé.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f098-valoriser-les-elements-identitaires-et-le-pat/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>104805</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures d'accueil d'enfants confiés dans des projets de construction, de restauration, d'extension</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Construction, restructuration, extension, rénovation des établissements relevant du secteur de l'enfance</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les structures d&amp;#039;accueil d&amp;#039;enfants confiés dans des projets de construction, de restructuration, d&amp;#039;extension, de rénovation bâtimentaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention sera évalué au vu du plan pluriannuel d&amp;#039;investissement autorisé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;obtention préalables :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;une étude conjointe avec la direction de la protection de l&amp;#039;enfance du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  validation d&amp;#039;un plan pluriannuel d&amp;#039;investissement avec l&amp;#039;autorité de tarification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses subventionnables :
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux ne pourront intervenir que sur les bâtiments dont le bénéficiaire est propriétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux de construction, de restructuration, d&amp;#039;extension, de rénovation ou d&amp;#039;agencements liés au projet (mobilier, équipements...) susceptibles d&amp;#039;être subventionnés devront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans un projet global visant à améliorer la prise en charge des enfants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en compte les aspects architecturaux, techniques, ainsi que les modalités de fonctionnement de l&amp;#039;établissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accorder une attention particulière aux aménagements (isolation phonique, qualité environnementale...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les travaux pourront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  porter sur les chambres, les espaces collectifs, les circulations (intérieures et extérieures), l&amp;#039;accessibilité, les aires de jeux de la propriété, les espaces verts et clôtures ... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en considération les nécessités imposées par la mise aux normes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne sont pas éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;entretien courant du bâtiment ou induits par un défaut d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le seul remplacement d&amp;#039;installations particulières (cuisine, chauffage...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;étude : études préalables et de consultation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de concours et de publication ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assurance dommage ouvrage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires : maîtrise d&amp;#039;œuvre, géomètre, conduite d&amp;#039;opération, coordination sécurité... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;acquisition foncière : notaire, étude de sols, voirie et réseaux divers (VRD), branchements (gaz, téléphone, eaux, égouts), taxe CAUE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les signalétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les extensions de capacité d&amp;#039;accueil ne s&amp;#039;inscrivant pas dans un projet global de rénovation de l&amp;#039;établissement ou n&amp;#039;apportant aucune prestation ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Instruction
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention doit être accompagnée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  du procès-verbal de l&amp;#039;assemblée générale/conseil d&amp;#039;administration qui décide de la réalisation du projet et sollicite la subvention du Département ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du projet d&amp;#039;investissement et de son plan pluriannuel de financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une notice descriptive et estimative incluant le coût HT des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des devis des équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un jeu de plans complet au 1/200ème par niveau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un état récapitulatif des surfaces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du calendrier d&amp;#039;exécution du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un échéancier de paiement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;avis favorable préalable de la commission de la sécurité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une étude portant sur l&amp;#039;évolution des prix de journée après travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;engagement du demandeur à entreprendre toutes les démarches nécessaires afin d&amp;#039;obtenir des financements complémentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un relevé d&amp;#039;identité bancaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les associations : le contrat d&amp;#039;engagement républicain.
+ &lt;/li&gt;&lt;li&gt;Pour les associations et les organismes de droits privés, susceptibles de bénéficier d’une subvention supérieure à 23 000 € pour laquelle la conclusion d’une convention est obligatoire, le Fichier des Ecritures Comptables (FEC) est à fournir lors du dépôt de la demande de subvention. Celui-ci est disponible sur vos logiciels de comptabilité et auprès de vos experts comptables.&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Paiement
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ordre de service de démarrage des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les factures relatives au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un état récapitulatif des factures.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : sur présentation de factures dans la limite du montant voté, sur la base de deux acomptes et un solde. Dans tous les cas, le solde de la subvention ne pourra intervenir que sur production de l&amp;#039;avis favorable de la commission de sécurité à l&amp;#039;ouverture de l&amp;#039;établissement ou à la poursuite de l&amp;#039;exploitation. Une plaque indiquant la participation du Département devra être apposée sur la façade des bâtiments une fois les travaux réalisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : En l&amp;#039;absence de production d&amp;#039;un ordre de service de démarrage des travaux dans un délai de 12 mois après la notification de la décision, la subvention devient caduque et en tout état de cause dans un délai de 4 ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;
+&lt;p&gt;
+ La fermeture ou cession de l&amp;#039;établissement peut entraîner le remboursement de la subvention au prorata de l&amp;#039;amortissement restant à effectuer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/07-Jeunesse_et_protection_de_l_enfance/essms_enfance_investissement.pdf</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la protection de l&amp;#039;enfance ; Tél. : 05 16 09 76 30
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyens &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b60-soutenir-les-structures-daccueil-denfants-con/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>120979</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Prêt social</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
+  Qu&amp;#039;est-ce que le prêt social ?
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisissez une
+  &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
+   banque engagée en matière de RSE
+  &lt;/a&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  et dotée d&amp;#039;une trajectoire de décarbonation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  5 thématiques éligibles :
+ &lt;/li&gt;
+ &lt;li&gt;
+  1) L&amp;#039;action sanitaire, sociale et familiale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  2) Le développement et la cohésion territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  3) L&amp;#039;enseignement et la formation professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  4) Le sport, culture et vie associative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  5) Les services d&amp;#039;incendies et de secours.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Valorisation d'actions
+Bibliothèques et livres
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 300 000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  via le
+  &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
+   formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>94236</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans un projet santé ou médico-social à impact social positif</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne le développement des entreprises portant un projet ayant un impact social positif dans l&amp;#039;un des 5 secteurs suivants.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Santé : projet de maisons de répit ou d&amp;#039;accès aux aides techniques par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vieillissement : projet de renforcement des liens intergénérationnels ou de services d&amp;#039;accompagnement dans la perte d&amp;#039;autonomie par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Handicap : projet de solutions techniques de gestion de la perte d&amp;#039;autonomie ou d&amp;#039;emploi de personnes en situation de handicap par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petite enfance : projet de création de crèches adaptées aux enfants en situation de handicap par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habitat : projet de foncières solidaires ou création de maisons intergénérationnelles par exemple.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien de la Banque des Territoires s&amp;#039;adresse aux entreprises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  En phase de développement, à condition de présenter au moins 3 années de comptes de résultats et des fonds propres positifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En changement d&amp;#039;échelle, en accord avec un plan de développement établi.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour un projet éligible, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposer un accompagnement en ingénierie pour développer le projet avant son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investir en fonds propres et/ou quasi-fonds propres dans la structure ou dans le projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Handicap
+Santé
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_sante_medico_social_psat</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdbc-investir-dans-linnovation-sociale-pour-la-san/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>161816</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la Jeunesse en Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Loudéac Communauté Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Min : 8000 Max : 75000</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet innovant en lien avec la jeunesse sur le territoire de Loudéac Communauté ! Avez-vous pensé au programme LEADER ? Il s&amp;#039;agit d&amp;#039;un programme européen qui permet de financer des projets au caractère innovant dans les territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche action 1 : Informer, éduquer et accompagner une jeunesse actrice de la transition&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Accompagner la jeunesse, lui donner les moyens de comprendre et de mieux connaître le territoire à travers des actions de sensibilisation à la citoyenneté, afin de s&amp;#039;y impliquer. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 2 : Grandir et vivre sur le territoire de la crèche à l&amp;#039;indépendance &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Accompagner le parcours résidentiel de nos jeunes, de la petite enfance au jeune travailleur, en proposant une offre attractive, innovante et alternative &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 3 : Contribuer à l&amp;#039;épanouissement de notre jeunesse à travers le sport et la culture&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Diffuser l&amp;#039;art et la culture auprès des jeunes, encourager la pratique sportive des jeunes. Favoriser l&amp;#039;émergence d&amp;#039;initiatives, d&amp;#039;événementiels. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 4 : Une Jeunesse connectée à son territoire &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Proposer des lieux qui puissent permettre à la jeunesse de tisser du lien entre eux mais aussi avec le territoire et ses habitants, à travers notamment le volet du numérique, afin de renforcer leur sentiment d&amp;#039;appartenance au territoire, tout en veillant à assurer leur mobilité. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 5 : Coopération &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au niveau de la coopération nationale et/ou transnationale : le GAL Loudéac Communauté souhaiterait mettre en place des actions de coopération autour de la jeunesse &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au niveau de la coopération interterritoriale : le GAL Loudéac Communauté souhaiterait renforcer les liens de coopération entre les GAL Bretons autour des thématiques suivantes (tiers-lieux, mobilité, culture, alimentation). &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Action de sensibilisation sur la biodiversité&lt;/p&gt;&lt;p&gt;- Forum de découverte des métiers, destiné à la jeunesse du territoire&lt;/p&gt;&lt;p&gt;- Soutien à la mise en place d&amp;#039;un poste dédié à la citoyenneté des jeunes &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Création/réhabilitation d&amp;#039;une crèche ou résidence habitat jeune&lt;/p&gt;&lt;p&gt;- Études liées aux parcours résidentiels des jeunes&lt;/p&gt;&lt;p&gt;- Développement d&amp;#039;une plateforme accueil/logement à destination de la jeunesse et de la petite enfance &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Soutien à la mise en place d&amp;#039;un événementiel sportif innovant et marqueur du territoire&lt;/p&gt;&lt;p&gt;- Accompagnement d&amp;#039;une résidence d&amp;#039;artiste&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un équipement culturel&lt;/p&gt;&lt;p&gt;- Création d&amp;#039;un tiers-lieu numérique&lt;/p&gt;&lt;p&gt;- Offre de service adapté : TAD pour les jeunes&lt;/p&gt;&lt;p&gt;- Mise en place d&amp;#039;un atelier d&amp;#039;initiation aux nouvelles technologies pour les seniors, animés par des jeunes&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Jeunesse
+Citoyenneté
+Tiers-lieux
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Le projet doit se situer sur l&amp;#039;une des 40 communes rurales éligibles du territoire de Loudéac Communauté.&lt;/p&gt;&lt;p&gt;- Le projet doit correspondre à la stratégie du GAL&lt;/p&gt;&lt;p&gt;- Cofinancement public national obligatoire pour les porteurs de projets de statut privé&lt;/p&gt;&lt;p&gt;- Taux maximum d&amp;#039;aide public (TMAP) : 100% &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Seuil Plancher : 8 000€ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Seuil plafond : 75 000€&lt;/p&gt;&lt;p&gt;- Taux de financement LEADER : 80% Max &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>CC Loudéac Communauté - Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bretagnecentre.bzh/vivre/europe/programme-leader</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chargée de mission LEADER : Mathilde PEREZ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;leader&amp;#64;loudeac-communaute.bzh&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;02 96 66 14 42  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>leader@loudeac-communaute.bzh</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-jeunesse-en-bretagne-centre-programme-leader/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>162482</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>1 € de cofinancement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
+(GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
+département de la Manche. Les communautés de communes Coutances mer et bocage
+et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
+prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
+Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
+européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
+Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
+Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
+de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les bénéficiaires
+peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
+sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les actions
+doivent être innovantes et répondre à la stratégie du territoire : “ Agir
+ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;4 axes de
+développement ont été retenu pour l’élaboration des fiches actions, auxquelles
+les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
+à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
+la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
+d’améliorer l’offre de services médicaux, par exemple en attirant des
+professionnels de santé médicale ou paramédicale en leur proposant des
+conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
+maintenant la vitalité des communes, en lien avec les commerces et services
+(marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
+cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;span&gt;Les actions facilitant l’accès aux services et
+activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Santé</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q18" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
+sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
+actions permettant d’améliorer les offres de services et d’activités sur le
+territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
+notamment de mieux accompagner la population vieillissante, avec des offres au
+plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
+administratifs. De plus, cela améliorera l’attractivité du territoire, et
+contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
+nouvelles technologies de l’information et de la communication, le maintien et
+le développement des structures de santé, les services relatifs à l’accueil de
+la petite enfance et des nouveaux habitants, les services d’insertion,
+formation et emploi, les services pour développer des nouvelles formes de
+travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
+les services administratifs, les services améliorant la vie des personnes âgées
+et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Véhiculer une
+image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accueillir des
+familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Contribuer au
+développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Conserver et
+développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Rendre accessible
+les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Développer
+l’accès et la formation au numérique&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
+animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
+là pour vous aider à finaliser votre projet, vous orienter sur les aides
+disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
+communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
+Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
+COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
+GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
+JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>120921</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités qui s’engagent dans la réhabilitation de bâtiments existants plutôt que dans la construction de nouveaux bâtiments</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter plutôt que construire</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>La Région accompagne les collectivités qui s&amp;#039;engagent dans la réhabilitation de bâtiments existants plutôt que dans la construction de nouveaux bâtiments.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics de coopération Intercommunale (EPCI) à fiscalité propre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics territoriaux (EPT)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes compétents sur des équipements de proximité (regroupements pédagogiques, petite enfance...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Études pré-opérationnelles visant à définir la faisabilité d&amp;#039;une opération pour un équipement public :
+ jusqu&amp;#039;à 70% des dépenses éligibles (subvention maximale uniquement pour les communes et syndicats de communes de moins de 20.000 habitants : 50.000 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de revitalisation du bâti :
+ jusqu&amp;#039;à 50% des dépenses éligibles (subvention maximale : 250.000€), incluant les coûts d&amp;#039;acquisition (dans la limite de 150.000€ HT). Les honoraires de maîtrise d&amp;#039;œuvre (ou autres frais d&amp;#039;études liés à l&amp;#039;exécution des travaux) pourront être pris en charge dans la limite de 15% du coût HT des travaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations de revitalisation de bâtiments existants destinés à accueillir un équipement public au stade d&amp;#039;avant-projet définitif (APD) ou équivalent,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pré-études opérationnelles en section d&amp;#039;investissement visant à définir la faisabilité d&amp;#039;une opération de réhabilitation de bâtiments dans les communes et syndicats de communes de moins de 20.000 habitants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou transformation de logements communaux dans les communes de moins de 20.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les bâtiments protégés au titre des monuments historiques ne sont pas éligibles.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif avant de déposer leur dossier sur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/F_PCT_DAT_REHAB/depot/simple"&gt;
+  https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/F_PCT_DAT_REHAB/depot/simple
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/rehabiliter-plutot-que-construire</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:amenagement&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ amenagement&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e46-rehabiliter-plutot-que-construire/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>152446</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création et la réhabilitation du patrimoine bâti des collectivités (hors scolaire et périscolaire)</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CONSTRUCTIONS ET RÉNOVATIONS PUBLIQUES</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J3" s="1" t="inlineStr">
+      <c r="J20" s="1" t="inlineStr">
         <is>
           <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, la rénovation, la réhabilitation et à l&amp;#039;extension du patrimoine bâti des collectivités (hors scolaire et périscolaire).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;une crèche écologique &amp;#34;les petits écoliers&amp;#34; - isolation thermique et mobilier
  &lt;/li&gt;
  &lt;li&gt;
   Extension du centre de santé &amp;#34;santé pour tous&amp;#34; - construction d&amp;#039;un nouveau bâtiment
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du monument aux morts &amp;#34;à nos héros&amp;#34; - conservation du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de réfection du square &amp;#34;le jardin du bonheur&amp;#34; - espaces verts et aires de jeux
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement numérique de la bibliothèque &amp;#34;lire connecté&amp;#34; - équipement informatique
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation de l&amp;#039;ancienne école en salle de réunion &amp;#34;espace commun&amp;#34; - isolation et aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes d&amp;#039;accessibilité de la mairie &amp;#34;l&amp;#039;accès pour tous&amp;#34; - rampes et sanitaires adaptés
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un centre culturel &amp;#34;l&amp;#039;art en herbe&amp;#34; en partenariat avec la médiathèque départementale
@@ -481,66 +4091,66 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation lourde du café-restaurant &amp;#34;au bon goût&amp;#34; - réhabilitation du dernier commerce local
  &lt;/li&gt;
  &lt;li&gt;
   Construction de maisons d&amp;#039;assistantes maternelles &amp;#34;les petits explorateurs&amp;#34; - mobilier inclus de création d&amp;#039;un établissement d&amp;#039;accueil pour jeunes enfants &amp;#34;petite enfance heureuse&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Alarmes anti-intrusions pour la salle des associations &amp;#34;sécurité communale&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisitions de matériel informatique &amp;#34;connectivité villageoise&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Démolition de bâtiments dangereux &amp;#34;sécurisation de l&amp;#039;environnement&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Extension du cimetière communal &amp;#34;espace sérénité&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du local des services techniques &amp;#34;outils modernes pour la commune&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Espace public
 Bâtiments et construction
 Réhabilitation
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -860,3560 +4470,1849 @@
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Conventionnement, si le besoin est avéré, avec le Département pour l&amp;#039;attribution de plages horaires pour les médecins de la protection maternelle et infantile (PMI).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien ;
  &lt;/li&gt;
  &lt;li&gt;
   Tous travaux dans des bâtiments donnant lieu à la perception de loyers (hors maintien de l&amp;#039;activité économique et de service public en zone rurale, de logement social, de maison de santé, de maisons médicales, et de Maisons d&amp;#039;Assistantes Maternelles) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les acquisitions foncières et l&amp;#039;équipement des structures médicales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W3" s="1" t="inlineStr">
+      <c r="W20" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1e2-aider-a-la-realisation-de-travaux-damenagemen/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C4" s="1" t="inlineStr">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>139428</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser mon centre-ville</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Autre aide financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans les cœurs de villes ou de villages, l&amp;#039;Établissement Public Foncier Hauts de France contribue à apporter une nouvelle dynamique et à renforcer l&amp;#039;attractivité de ces centralités à travers le recyclage de fonciers souvent idéalement situés. Son intervention passe par des acquisitions, des déconstructions et de la recomposition foncière ce qui permet par la suite d&amp;#039;améliorer l&amp;#039;offre de logements, de commerces et de créer de nouveaux équipements. L&amp;#039;EPF est partenaire et signataire des conventions du programme national «
+ &lt;strong&gt;
+  Action Cœur de Ville
+ &lt;/strong&gt;
+ » sur les 14 villes du Nord et du Pas-de-Calais concernées et accompagne le dispositif «
+ &lt;strong&gt;
+  Petites Villes de Demain
+ &lt;/strong&gt;
+ ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets de requalification en faveur de la production de logements, de commerces et de l&amp;#039;amélioration du cadre de vie.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles:
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes pré-opérationnelles (capacité, faisabilité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de programmation (accompagnement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décote additionnelle pour les opérations à dominante « logements »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Forfait en faveur de la réhabilitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Action Cœur de Ville Valenciennes (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF accompagne la commune et la communauté d&amp;#039;agglomération dans la lutte contre la vacance locative dans le centre-ville de Valenciennes en procédant à l&amp;#039;acquisition d&amp;#039;immeubles d&amp;#039;habitation avec rez-de-chaussée commerciaux vacants et/ou dégradés. Son intervention s&amp;#039;articule avec celle de la chambre de commerce et d&amp;#039;industrie titulaire d&amp;#039;un contrat de revitalisation et d&amp;#039;aménagement commercial et des bailleurs pour le réhabilitation des logements dégradés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-ville d&amp;#039;Arques (Pas-de-Calais) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La restructuration des activités d&amp;#039;Arc international a engendré la libération d&amp;#039;un foncier de 9 hectares en centre-ville d&amp;#039;Arques. La ville a alors amorcé une stratégie de reconquête que l&amp;#039;EPF a accompagnée : acquisitions, désamiantage, démolitions... Le projet qui s&amp;#039;échelonne en plusieurs phases comporte la construction de nouveaux logements dont un béguinage, l&amp;#039;aménagement d&amp;#039;espaces commerciaux, l&amp;#039;implantation d&amp;#039;un pôle verrier ainsi que la réappropriation des berges du canal.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dans le cadre du Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille, l&amp;#039;EPF intervient pour acquérir et porter les biens dégradés puis réaliser les démolitions ou permettre leur réhabilitation par la Société Publique Locale d&amp;#039;Aménagement (SPLA La Fabrique des quartiers). Cette intervention permet de dé-densifier les quartiers identifiés, de renouveler l&amp;#039;offre de logements, y compris en diffus, et d&amp;#039;aménager des espaces verts. L&amp;#039;EPF est un financeur important de ce programme (10 M€ au titre des travaux de déconstruction, 30 M€ au titre de la minoration foncière).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-bourg de Thun-L&amp;#039;Evêque (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dans le cadre de l&amp;#039;élaboration de son plan local d&amp;#039;urbanisme, la commune de Thun-L&amp;#039;Evêque a identifié un ensemble situé en plein cœur du village pour y réaliser une opération d&amp;#039;aménagement (ancien bâtiment d&amp;#039;activité sur un foncier de 1 000 m2 en bord à bras de canal et jouxtant des terrains communaux). Le projet, à l&amp;#039;étude par un bailleur social, consiste en la construction d&amp;#039;une maison médicale et de 21 logements locatifs sociaux. L&amp;#039;EPF intervient pour procéder à l&amp;#039;acquisition et à la démolition du bâtiment d&amp;#039;activité et à la cession, dans un délai maximal de 3 ans, du foncier déconstruit à la commune qui se chargera ensuite de céder l&amp;#039;ensemble des terrains à l&amp;#039;opérateur.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Friche
+Foncier
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3329-redynamiser-mon-centre-ville/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>157092</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un patrimoine vernaculaire valorisé (clos masure notamment)
+&lt;/p&gt;
+&lt;p&gt;
+ - Un allongement de la durée des séjours touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des parcours résidentiels facilités pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des centres bourgs dynamiques, des services proches des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - UN vieillissement de la population mieux anticipé et accompagné
+&lt;/p&gt;
+&lt;p&gt;
+ - Une offre locale de formation renforcée et adaptée
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accès aux services de soins facilité par des initiatives innovantes
+&lt;/p&gt;
+&lt;p&gt;
+ - Un maillage de solutions de mobilités adaptées au territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de nouveaux services numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services à la population.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de l&amp;#039;offre de santé sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de partenariats avec des centres de formations locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Formation professionnelle
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>162524</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Développer un territoire inclusif et cohésif</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="N4" s="1" t="inlineStr">
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
-Citoyenneté
-[...4 lines deleted...]
-Logement et habitat
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
-[...153 lines deleted...]
- Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>103460</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans leurs projets d’investissement concourant à l’aménagement, au développement et à l’équipement cohérent et durable du territoire</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Contrat d’aménagement régional (CAR)</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 La Région accompagne les collectivités franciliennes dans leurs projets d&amp;#039;investissement concourant à l&amp;#039;aménagement, au développement et à l&amp;#039;équipement cohérent et durable du territoire.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, centre de santé, voirie, stationnement...).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Espace public
 Jeunesse
 Cohésion sociale et inclusion
 Biodiversité</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  Communes de plus de 2000 habitants, EPCI à fiscalité propre et EPT
  &lt;br /&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;strong&gt;
    Communes :
   &lt;/strong&gt;
   jusqu&amp;#039;à 50 % du montant des dépenses éligibles (subvention maximale : 1 M€).
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    EPCI et EPT :
   &lt;/strong&gt;
   jusqu&amp;#039;à 30 % du montant des dépenses éligibles (subvention maximale : 2 M€).
  &lt;/p&gt;
  &lt;p&gt;
   Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales ou la création d&amp;#039;aires de jeux et de loisirs inclusives.
  &lt;/p&gt;
  Chaque contrat peut inclure plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
  &lt;br /&gt;
 </t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-damenagement-regional-car</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  amenagement&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projets sont priés de se rapprocher du service l&amp;#039;administration en charge du dispositif avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/36b2-contrat-damenagement-regional-car/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>138028</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement des communes - CAP43 Communes</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CAP43 Communes (soutien l'investissement des communes)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>Aide calculée selon la taille de la population municipale, sur la base de 5 tranches</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Fiche projet, délibération, devis
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Appel à Projets Biannuels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagements de bourgs, bâtiments communaux, voiries, routes, équipements scolaires, équipements d&amp;#039;accueil de la petite enfance, équipements enfance jeunesse, équipements culturels, équipements de loisirs, équipements sportifs, service aux habitants, acquisition de matériels, adressage...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Voirie et réseaux
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Éducation et Coopération
+&lt;/p&gt;
+&lt;p&gt;
+ Adrien Garcia
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:adrien.garcia&amp;#64;hauteloire.fr" target="_self"&gt;
+  adrien.garcia&amp;#64;hauteloire.fr
+ &lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+ Téléphone : 04.71.07.43.86
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d15c-soutenir-linvestissement-des-communes/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>103461</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités - contrat rural</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...60 lines deleted...]
-  &lt;/strong&gt;
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Voirie et réseaux
+Famille et enfance
+Agriculture et agroalimentaire
+Bâtiments et construction
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h3&gt;
-[...114 lines deleted...]
- Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
+&lt;p&gt;
+ &lt;span&gt;
+  Jusqu&amp;#039;à 500.000 € pour les communes et 539.000 € pour les syndicats de communes (40 % de subvention régionale et 30 % de subvention départementale par contrat).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/SkX3Kmg4o</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d6b-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>164285</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services à la population</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1.1     
+Renforcer l’offre
+de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
+Améliorer l’accès
+aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
+Faciliter les
+déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
+Créer des services
+de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
+Renforcer la
+cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
+Promouvoir les
+atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
+initiatives contribuant au lien social, l’interconnaissance et   l’implication
+des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
+Adapter l’offre de
+logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
+les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
+modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
+etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
+transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
+etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
 Equipement public
 Bâtiments et construction
-Accessibilité</t>
-[...269 lines deleted...]
-      <c r="X7" s="1" t="inlineStr">
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q27" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction des Politiques Territoriales – Service des Relations avec les Collectivités
-[...39 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
+ce projet porte sur un équipement, seules les opérations présentant un
+financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
+97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H8" s="1" t="inlineStr">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K8" s="1" t="inlineStr">
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
-[...7 lines deleted...]
- &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
-[...4 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
 Sports et loisirs
 Tourisme
-Espaces verts
-[...2 lines deleted...]
-Voirie et réseaux
+Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
-Santé
-[...476 lines deleted...]
-Réseaux de chaleur
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
-Réhabilitation
-Logement et habitat
 Architecture
-Paysage
 Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
 Réduction de l'empreinte carbone
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O11" s="1" t="inlineStr">
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S11" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...119 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...17 lines deleted...]
- &lt;br /&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
-[...14 lines deleted...]
-  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  La palette de leurs interventions est multiple :
-[...11 lines deleted...]
-  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
-  Information, fourniture de données
-[...71 lines deleted...]
-Sports et loisirs
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
 Tourisme
-Forêts
-[...1 lines deleted...]
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
 Education et renforcement des compétences
-Commerces et services
+Alimentation
+Technologies numériques et numérisation
 Tiers-lieux
-Economie locale et circuits courts
-[...5 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-International
+Lutte contre la précarité
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Mers et océans
-Milieux humides
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Inclusion numérique
+Sécurité
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...9 lines deleted...]
-      <c r="U12" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X12" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...507 lines deleted...]
- &lt;/a&gt;
+ Se rapprocher de sa préfecture de département ou de région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Conseil sur le montage de projet de création d&amp;#039;établissement lié à la parentalité et aux modes d&amp;#039;accueil des enfants.
- &lt;br /&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M13" s="1" t="inlineStr">
-[...964 lines deleted...]
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4441,211 +6340,631 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q30" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>116475</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les centralités et les intercommunalités du Calvados via les contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Taux variables en fonction de la nature des projets, des enjeux locaux, des priorités départementales et bonus mobilisables.</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec près de 700 000 habitants, le Calvados connaît une croissance démographique régulière. Le Département, garant de la solidarité territoriale, subventionne de nombreux équipements publics qui participent à la qualité de vie des habitants quel que soit leur âge : gymnases, médiathèques, crèches, mais aussi équipements touristiques, résidences autonomies pour les seniors ou encore pépinières d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un socle de discussion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les accords Calvados 2030 seront signés entre le Département, les Établissements publics de coopération intercommunale (EPCI) et les communes pôle sur chaque territoire. Ils comprendront une feuille de route de projets envisagés par les collectivités pour les années à venir, ainsi que les projets départementaux programmés par le Département (collèges, routes, ports...) et constitueront le socle de discussion entre le Département et les collectivités signataires des contrats de territoire 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les contrats de territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conclus entre le Département, les EPCI et les communes pôles principaux et secondaires du Calvados (et syndicats intercommunaux en fonction des projets éligibles), les contrats de territoire permettent aux collectivités signataires de bénéficier d&amp;#039;aides financières en investissement pour leurs projets d&amp;#039;aménagement et d&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Entre 2017 et 2021, 60 millions d&amp;#039;euros ont été consacrés aux contrats de territoire. Entre 2022 et 2026, ce sont 100 millions d&amp;#039;euros supplémentaires qui seront mobilisés par le Département pour soutenir les projets des collectivités à travers les contrats de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Renforcer les centralités du Calvados, préserver l&amp;#039;environnement et lutter contre le dérèglement climatique, favoriser la solidarité entre les hommes et entre les territoires sont les grandes ambitions de cette nouvelle politique territoriale. L&amp;#039;objectif est de faire du Calvados un département où il fait bon vivre, où chaque habitant a accès en un temps réduit à des services de qualité, afin de s&amp;#039;épanouir pleinement à tout âge de la vie (équipements sportifs, de lecture publique, d&amp;#039;accueil de spectacles, de petite enfance, bâtiments publics isolés énergétiquement, accessibles aux personnes à mobilité réduite, aménagements et équipements adaptés aux seniors, itinéraires cyclables de qualité, eau et espaces naturels préservés et accessibles au public...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Priorites_2030.jpeg" /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Santé
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Risques naturels
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé transmise à réception du dossier complet au stade résultat d&amp;#039;appel d&amp;#039;offre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucune prorogation de ces délais ne pourra être accordée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets non éligibles : projets inférieurs à 50.000€ HT ; projets non éligibles dans le cadre de l&amp;#039;APCR et de l&amp;#039;APCR&amp;#43; ; travaux de construction ou rénovation de salles communales ou intercommunales louées aux privés (sauf si usage mutualisé et travaux de rénovation énergétique permettant d&amp;#039;atteindre une amélioration de 40% ou la classe C) ; projets ne répondant pas aux critères d&amp;#039;éligibilité départementaux ; projets de plus de 100.000€ HT ne répondant pas aux critères d&amp;#039;éco-conditionnalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *Le seuil de 50.000€ de dépenses éligibles est réduit à 1.000€ pour l&amp;#039;adressage et à 5.000€ pour les projets de développement de services aux usagers et de mise en réseau en bibliothèque (dont les véhicules électriques à l&amp;#039;usage des bibliothèques, RFID...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/calvados-territoires-2030</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.teleservices.calvados.fr/pmc-communes/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+  territoires&amp;#64;calvados.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9695-accompagner-les-centralites-du-calvados/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>139916</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X18" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Pays des Vallons de Vilaine</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+ Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G19" s="1" t="inlineStr">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>391</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...23 lines deleted...]
-      <c r="K19" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...42 lines deleted...]
-      <c r="N19" s="1" t="inlineStr">
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4659,3458 +6978,2202 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q35" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>121762</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités situées dans les territoires ruraux de Grande Couronne</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Jusqu&amp;#039;à 350.000 € pour les communes et 539.000 € pour les syndicats de communes (40% de subvention régionale et 30% de subvention départementale par contrat).
+&lt;br /&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;
+&lt;strong&gt;
+ Dates limites de dépôt des dossiers de demandes de subvention
+&lt;/strong&gt;
+&lt;br /&gt;
+- 10/01/2023 : présentation à partir de la CP de mars 2023
+&lt;br /&gt;
+- 15/03/2023: présentation à partir de la CP de juin 2023
+&lt;br /&gt;
+- 20/04/2023: présentation à partir de la CP de juillet 2023
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-rural</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a rel="noopener" target="_blank"&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/64bc-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
 Médias et communication
 Industrie
+Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
-Cimetières et funéraire
-[...5 lines deleted...]
-      <c r="O19" s="1" t="inlineStr">
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
-[...9 lines deleted...]
-      <c r="S19" s="1" t="inlineStr">
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>121337</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements structurants (Fonds "Thématiques")</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Fonds "Thématiques"</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires dans leurs projets d’investissement structurants des collectivités.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépenses éligibles HT
+ &lt;/strong&gt;
+ : 150 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : communes, EPCI&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;br /&gt;Tél : 03.25.32.86.16&lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d57b-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>162634</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter et construire des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiment</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. Les enjeux de réduction des consommations énergétiques, la réalisation de projets neufs à faibles impact environnemental, la mise en accessibilité et la préservation du patrimoine sont autant de domaines dans lesquels l&amp;#039;ATD 88 peut vous assister dans la conduite de vos opérations.&lt;/p&gt;
+&lt;p&gt;Dans le domaine du bâtiment nos techniciens vous accompagnent en réalisant des études de faisabilité ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Construction d&amp;#039;écoles, de bâtiments techniques, de mairie, gymnase...&lt;/p&gt;&lt;p&gt;Réhabilitation de bâtiment avec ou sans changement de destination&lt;/p&gt;&lt;p&gt;Amélioration thermique des bâtiments&lt;/p&gt;&lt;p&gt;Mise aux normes d&amp;#039;un parc bâtimentaire (accessibilité, défense incendie...)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X19" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/batiment/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...19 lines deleted...]
-      <c r="AA19" s="1" t="inlineStr">
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-les-vitesses-et-le-trafic-routier/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...1303 lines deleted...]
-      <c r="A26" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>163959</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
-Fonds vert - Édition 2025
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Office Français de la Biodiversité (OFB)
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
 Agence Régionale de la Biodiversité (ARB) - La Réunion
-Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
 Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K26" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
 espaces naturels et des espèces de la faune, la fonge et de la flore associées
 à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
 L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
 peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
 restauration.&lt;/p&gt;
 &lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
 local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
 biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
 diagnostic du territoire, de développer une vision partagée et d’objectiver des
 actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
 collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
 qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
 plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
 œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
 peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
 des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
 les usages sur ces espaces, et ainsi protéger les espèces de l’activité
 humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
 une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
 différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
 évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
 écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
 espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
 de nichoirs&lt;/a&gt;,
 faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
 stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
 biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
 des missions de restauration, favorisant le rétablissement des fonctions
 écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
 vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
 Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
 et ainsi faciliter l’accès à des financements en ce sens. Il donne également
 accès à des ressources et des retours d’expériences riches d’inspiration et de
 partage de bonnes pratiques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
         </is>
       </c>
-      <c r="W26" s="1" t="inlineStr">
+      <c r="W40" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Un(e)
 animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
 Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
 Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
 Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
 Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
 91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
 Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
 Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
 Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
 MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
 Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
 Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 54&lt;/p&gt;&lt;p&gt;FOUREST
 Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>139936</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement de projets et d’une aide à la programmation sur le volet bâtiments et espaces publics</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>AMO Mission Bâtiments</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...20 lines deleted...]
-      <c r="K27" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
-[...165 lines deleted...]
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires (CIT) propose des prestations d&amp;#039;accompagnement de projets et d&amp;#039;aide à la programmation en phase d&amp;#039;étude ou en phase opérationnelle. CIT propose des missions d&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO), notamment dans le cas d&amp;#039;opérations nécessitant l&amp;#039;intervention d&amp;#039;équipes pluridisciplinaires
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réhabilitation et rénovation énergétique de bâtiments publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Restauration de patrimoine public
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement d&amp;#039;espaces publics : projets centres-bourgs
+  &lt;/li&gt;
+  &lt;li&gt;
+   Construction de bâtiments publics (AMO)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion de projets à vocation touristique
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre adhérent à CIT
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conventionnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a6d-beneficier-dun-accompagnement-de-projets-et-d/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...213 lines deleted...]
-      <c r="A29" s="1">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
         <v>67589</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités en ingénierie</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Ingenierie départementale</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Des spécialistes appartenant à l&amp;#039;administration départementale sont à disposition des collectivités gersoises pour apporter des conseils techniques, administratifs et juridiques, de montage et conduite de projet dans les domaines suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aménagement et Bâtiments
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Voirie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Assainissement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Milieux aquatiques et Gémapi
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;objectif est d&amp;#039;aider à l&amp;#039;émergence des projets, afin de passer de l&amp;#039;idée à la réalisation de l&amp;#039;opération puis à la gestion des ouvrages, sans toutefois entrer dans le champ de la maitrise d&amp;#039;œuvre réservé aux bureaux d&amp;#039;études et architectes.
 Pour cela, le Département et le CAUE s&amp;#039;appuient sur un réseau des acteurs de l&amp;#039;ingénierie sur le territoire, afin de réunir toutes les compétences nécessaires pour favoriser une construction judicieuse des projets.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M29" s="1" t="inlineStr">
+      <c r="M43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement pour la création d&amp;#039;une maison de santé, la réhabilitation d&amp;#039;une école, sécurisation d&amp;#039;une traverse de village et la création d&amp;#039;un cheminement piéton, pour la renaturation d&amp;#039;un cours d&amp;#039;eau et la suppression de digues afin de réduire les inondations sur une commune, aide à la mise en place d&amp;#039;un procédé innovant permettant de limiter la prolifération des lentilles d&amp;#039;eau et améliorer les performances épuratoires, à la mise en œuvre d&amp;#039;un protocole de contrôle des points d&amp;#039;auto-surveillance des réseaux de collecte...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Espaces verts
 Espace public
 Foncier
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:ingenierie&amp;#64;gers.fr"&gt;
   ingenierie&amp;#64;gers.fr
  &lt;/a&gt;
  ; 05 62 67 31 50
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:assainissement&amp;#64;gers.fr"&gt;
   assainissement&amp;#64;gers.fr
  &lt;/a&gt;
  ; 05 62 67 31 08
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:cater&amp;#64;gers.fr"&gt;
   cater&amp;#64;gers.fr
  &lt;/a&gt;
  ; 05 62 67 31 32
 &lt;/p&gt;
 &lt;p&gt;
  DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a21c-accompagner-les-collectivites-en-ingenierie/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...1076 lines deleted...]
-      <c r="A35" s="1">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
         <v>144547</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D35" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M35" s="1" t="inlineStr">
+      <c r="M44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -8153,2082 +9216,2437 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
-[...3 lines deleted...]
-      <c r="S35" s="1" t="inlineStr">
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W35" s="1" t="inlineStr">
+      <c r="W44" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y35" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G36" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...12 lines deleted...]
-      <c r="K36" s="1" t="inlineStr">
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aide au développement de places en établissement d&amp;#039;accueil de jeunes enfants.
-[...5 lines deleted...]
- Subvention forfaitaire :
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>94864</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les familles n'ayant pas pu bénéficier d'une solution de garde d'enfant - SOS Garde d’enfants</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de soutenir les familles ne pouvant télétravailler et bénéficier des services de garde en crèche auxquels elles font habituellement appel, la Région Grand Est octroie une aide forfaitaire de 200 € par famille, pour la garde d&amp;#039;enfant, soit par une assistante maternelle agréée, soit via une structure prestataire de service à la personne agréée, pour la période de restriction, comprise entre le 4 avril et le 3 mai 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces justificatives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le contrat de travail de l&amp;#039;assistante maternelle agréée ou le contrat signé avec une structure prestataire de service à la personne agréée, pour garde d&amp;#039;enfant, pour la période concernée, et pour une durée minimum de 20h
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatif d&amp;#039;inscription de l&amp;#039;enfant dans une crèche, datant de moins de 3 mois
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déclaration sur l&amp;#039;honneur du ou des parents constituant le foyer d&amp;#039;impossibilité de télétravail et d&amp;#039;absence de mode de mode de garde alternatif (de type familial)
+ &lt;/li&gt;
+ &lt;li&gt;
+  RIB
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mode de paiement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Versement d&amp;#039;une aide directe de 200€ à la famille, par virement bancaire, par décision du Président du Conseil Régional.
+ &lt;strong&gt;
+  *
+  &lt;em&gt;
+   La Région Grand Est pourrait être amenée à prolonger le dispositif d&amp;#039;aide, en fonction des décisions qui seront prises et concluront à un arrêt ou un maintien des restrictions.
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute information sur le dispositif, veuillez contacter
+ &lt;a href="mailto:sosgardenfant&amp;#64;grandest.fr"&gt;
+  sosgardenfant&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute famille utilisant habituellement les services d&amp;#039;une crèche pour la garde de son enfant et qui n&amp;#039;a pu bénéficier de ces services, compte tenu des restrictions sanitaires durant le mois d&amp;#039;avril 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ Une aide forfaitaire de 200 euros est octroyée par la Région Grand Est à la famille, quel que soit le nombre d&amp;#039;enfants à garder.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit être domicilié en Région Grand Est et ne pas pouvoir bénéficier du télétravail ni d&amp;#039;aucun autre mode de garde alternatif à la garde en crèche (aide familiale, etc).
+&lt;/p&gt;
+&lt;p&gt;
+ Les familles qui font déjà garder leur enfant par une assistante maternelle agréée ou une structure employeuse de service à la personne ne peuvent bénéficier de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/sos-garde-denfants/</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0056/depot/simple</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information sur le dispositif, veuillez contacter :
+ &lt;a href="mailto:sosgardenfant&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  sosgardenfant&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0ba-sos-garde-denfants/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>120329</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des bâtiments et locaux spécifiques</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation de bâtiments et locaux spécifiques</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique, mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite des sites
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information générale sur la réglementation, les enjeux, les procédures et le périmètre financier associé
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la définition des besoins, des objectifs et des priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des contraintes et opportunités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des ressources financières disponibles ou mobilisables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition du programme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction des missions préliminaires (étude..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune ou de l&amp;#039;EPCI dans le processus
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement des documents d&amp;#039;engagement du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au montage de l&amp;#039;ensemble des phases du projet (organisation des actions, calendrier, gouvernance, suivi et évaluation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place du cadre réglementaire et financier propre au suivi précis du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;une réponse technique, architecturale, économique au programme défini et validé avec les communes / EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de l&amp;#039;aménagement dans les conditions de délais, de qualité, et de coûts fixés dans le cadre d&amp;#039;un contrat avec la collectivité maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsabilité sur les choix techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Intervention en qualité de mandataire du maître d&amp;#039;ouvrage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  élaboration et signature des différents contrats
+ &lt;/li&gt;
+ &lt;li&gt;
+  choix des entreprises et des fournisseurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation et gestion des marchés
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion administrative et financière de l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Territoire prioritaire : 1.000€ par place.
+   Restauration de bâtiments dans les centres anciens
   &lt;/li&gt;
   &lt;li&gt;
-   Autres territoires : 700€ par place.
+   Construction de locaux commerciaux et tertiaires ou d&amp;#039;équipements pour les communes et intercommunalités (salle associative, médiathèque, crèche,...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assistance à maîtrise d&amp;#039;ouvrage pour le compte de communes et EPCI
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réalisation de produits spécifiques (MARPA, EPHAD, Foyer, Maisons médicales, ...)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R36" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/realisation-de-batiments-et-locaux-specifiques/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Communes et Intercommunalités en Essonne.
+   Drôme Aménagement Habitat (DAH)
+  &lt;/li&gt;
+  &lt;li&gt;
+   04 75 81 78 09 •
+   &lt;a href="mailto:gisele.grasset&amp;#64;dromeamenagementhabitat.fr"&gt;
+    gisele.grasset&amp;#64;dromeamenagementhabitat.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.dromeamenagementhabitat.fr/"&gt;
+    www.dromeamenagementhabitat.fr
+   &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X36" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6f9a-realisation-de-batiments-et-locaux-specifique/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>120331</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Construire des logements locatifs, restaurer des bâtiments, implanter des locaux commerciaux et tertiaires</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Construction de logements locatifs, restauration de bâtiments, implantation de locaux commerciaux et tertiaires</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Drôme Aménagement Habitat (DAH)</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction de la protection maternelle et infantile
-[...16 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique, mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite des sites
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur la réglementation, les enjeux, les procédures et le périmètre financier associé
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la définition des besoins, des objectifs et des priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des contraintes et opportunités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des ressources financières disponibles ou mobilisables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition du programme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction des missions préliminaires (étude...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune ou de l&amp;#039;EPCI dans le processus
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement des documents d&amp;#039;engagement du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au montage de l&amp;#039;ensemble des phases du projet (organisation des actions, calendrier, gouvernance, suivi et évaluation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place du cadre réglementaire et financier propre au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;une réponse technique, architecturale, économique au programme défini et validé avec les communes / intercommunalités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de l&amp;#039;ouvrage dans les conditions de délais, de qualité, et de coûts fixés dans le cadre d&amp;#039;un contrat avec la collectivité maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsabilité des choix techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Intervention en qualité de mandataire du maître d&amp;#039;ouvrage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  élaboration et signature des différents contrats
+ &lt;/li&gt;
+ &lt;li&gt;
+  choix des entreprises et des fournisseurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation et gestion des marchés
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion administrative et financière de l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Constructions de logements locatifs destinés à un large public (familles, personnes âgées, personnes à mobilité réduite...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration de bâtiments dans les centres anciens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation en pied de bâtiment de locaux commerciaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  et tertiaires ou d&amp;#039;équipements pour les communes et intercommunalités (salle associative, médiathèque, crèche...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/construction-de-logements-locatifs-restauration-de-batiments-implantation-de-locaux-commerciaux-et-tertiaires/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Drôme Aménagement Habitat (DAH)
+ &lt;/li&gt;
+ &lt;li&gt;
+  04 75 81 78 09 •
+  &lt;a href="mailto:gisele.grasset&amp;#64;dromeamenagementhabitat.fr"&gt;
+   gisele.grasset&amp;#64;dromeamenagementhabitat.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.dromeamenagementhabitat.fr/"&gt;
+   www.dromeamenagementhabitat.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/330b-construction-de-logements-locatifs-restaurati/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>128958</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
-[...21 lines deleted...]
-Equipement public
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être accompagné pour les projets d&amp;#039;aménagement urbain,
+paysager ou de construction publique, tout au long de leur
+réalisation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide à la définition de la procédure nécessaire
+à mettre en oeuvre
+• identification des étapes et des différents
+prestataires à mobiliser
+ &lt;/li&gt;
+ &lt;li&gt;
+  interface entre les différents intervenants
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide au pilotage et à l&amp;#039;animation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise au point de l&amp;#039;accompagnement nécessaire
+et proposition d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de la mission d&amp;#039;AMO : suivi administratif
+et juridique, marchés publics, coordination des
+intervenants (dont le maître d&amp;#039;oeuvre) ...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faisabilité opérationnelle (élément de compréhension
+et de la programmation du projet, déroulement
+de l&amp;#039;opération, estimation prévisionnelle,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents nécessaires à la bonne conduite du projet :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; actes administratifs tels que conventions,
+délibérations...
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; marchés publics et toutes pièces relevant
+de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
+de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
+cahier des charges, cahier des clauses
+administratives particulières, acte d&amp;#039;engagement...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
 Bâtiments et construction
 Réhabilitation
-Logement et habitat
 Architecture
-Paysage
-[...7 lines deleted...]
-      <c r="O37" s="1" t="inlineStr">
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saisine officielle de l&amp;#039;exécutif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs et études
+diverses relatives au projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...103 lines deleted...]
-Réseaux de chaleur
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Sols
 Economie circulaire
 Qualité de l'air
-Equipement public
-[...16 lines deleted...]
-      <c r="S38" s="1" t="inlineStr">
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G39" s="1" t="inlineStr">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K39" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des travaux en régie, seule la part afférente aux matériaux et aux fournitures sera prise en compte dans les dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de village..........................................................
+  &lt;strong&gt;
+   500 000 €
+  &lt;/strong&gt;
+  &lt;em&gt;
+   par tranche annuelle
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments communaux..........................................................
+  &lt;strong&gt;
+   1 000 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupes scolaires et/ou équipements petite enfance.. ..
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  maison de santé........................................................................
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Les taux de subventions sont calculés en fonction de la richesse des bénéficiaires.
+ &lt;br /&gt;
+ Le critère retenu est le Potentiel Financier de l&amp;#039;année N-1 dont le  calcul est fixé par l&amp;#039;article L. 2334-4 du code général des  collectivités territoriales.
+ &lt;br /&gt;
+ Le taux nominal est fixé par référence aux strates de richesse présentées ci dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ POTENTIEL FINANCIER de la commune
+TAUX
+0 € à 200 000 €
+70 %
+200 001 € à 450 000 €
+50 %
+450 001 € à 600 000 €
+40 %
+600 001 € à 1 000 000 €
+30 %
+1 000 001 € à 2 000 000 €
+25 %
+&amp;gt; 2 000 000 €
+20 %
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux nominal sera majoré de 10 % pour toute commune nouvelle résultant de la fusion de communes et ce, sur une période limitée à 3 ans après la date de fusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera minoré de 15 % du taux si l&amp;#039;Effort Fiscal de la commune est inférieur à 0,7.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux des Communautés de Communes et d&amp;#039;Agglomérations est fixé à       20 % sans minoration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositions particulières pour les bénéficiaire d&amp;#039;une subvention d&amp;#039;un montant égal ou supérieur à 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire s&amp;#039;engage à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ – dans l&amp;#039;hypothèse où le bien, objet de la subvention allouée venait, dans un délai de 10 ans à compter du versement du solde de ladite subvention, à ne plus être utilisé par le seul Bénéficiaire notamment en cas de cession, ou de mise à disposition de tiers qui remettrait en cause le caractère d&amp;#039;intérêt général ayant motivé le financement obtenu, celui-ci devra rembourser les sommes concernées selon les conditions dégressives suivantes qui ont été formalisées dans le règlement des aides adopté par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Bénéficiaire devra s&amp;#039;acquitter du montant correspondant à 1/10ème de la somme allouée par année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ – signer la convention qui sera jointe à la notification de la subvention, relative aux obligations du bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ – appliquer le logo du Département sur les panneaux de chantier, les documents de communication et le projet réalisé, en se référant à la charte graphique instaurée par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ – joindre à la demande de solde une photo du projet financé, faisant apparaître l&amp;#039;apposition d&amp;#039;une plaque comportant le texte suivant « le Département premier partenaire des communes »
+&lt;/p&gt;
+&lt;p&gt;
+ – informer le Département des autres financements publics obtenus pour le même objet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ –  délibération de la collectivité maître d&amp;#039;ouvrage
+ &lt;br /&gt;
+ –  dossier APS/APD
+ &lt;br /&gt;
+ –  budget détaillé (plan de financement)
+ &lt;br /&gt;
+ –  note détaillée du projet
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ – dépôt des dossiers en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ au 30 septembre N-1 pour financement éventuel en année N.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Aménagement du Territoire.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics_ Construction ou rénovation et bonus bois
+&lt;/p&gt;
+&lt;p&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – décision de la Commission permanente qui attribue la subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases règlementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Equipement public
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments Communaux
+ &lt;/strong&gt;
+ : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité
+ &lt;/strong&gt;
+ des équipements publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments scolaires du 1
+  er
+  degré et/ou équipements petite enfance :
+ &lt;/strong&gt;
+ construction, extensions et restructurations d&amp;#039;écoles, de groupes scolaires ou de restaurants scolaires, équipement petite enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Équipements sportifs :
+ &lt;/strong&gt;
+ créations ou restructurations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements de village :
+ &lt;/strong&gt;
+ requalification de centres bourgs, aménagements d&amp;#039;espaces publics en lien avec les opérations en traverse d&amp;#039;agglomération, places, aires de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements urbains
+ &lt;/strong&gt;
+ , esthétiques et paysagers dans le cadre d&amp;#039;un projet global
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de création et aménagement de
+ &lt;strong&gt;
+  sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouvrages d&amp;#039;art
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  projets concourant à la valorisation du patrimoine communal
+ &lt;/strong&gt;
+ en investissement et non éligible au titre d&amp;#039;autres règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition ait lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Études,
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les études concernées sont les suivantes
+ &lt;/strong&gt;
+ : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets structurants de requalification urbaine
+ &lt;/strong&gt;
+ (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements sportifs, culturels, touristiques, petite enfance (Centre de loisirs sans hébergement, crèche...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets structurants de requalification urbaine (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages d&amp;#039;art
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de création et aménagement de sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ Les mises en accessibilité des équipements publics (hors groupes scolaires)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Aménagement cyclable (voir modalités sur la fiche politique cyclable)
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+ &lt;/strong&gt;
+ : le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition est lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les maisons de santé
+ &lt;/strong&gt;
+ (voir nouvelles modalités ci-après)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études concernées sont les suivantes : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au déneigement,
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Préalable à l&amp;#039;intervention du Département
+ &lt;br /&gt;
+ – recensement à l&amp;#039;échelle et par l&amp;#039;EPCI des moyens existants,
+ &lt;br /&gt;
+ – évaluation avec l‘aide des services de la Direction des Déplacements du Département des besoins en équipements à acquérir et leur priorisation,
+ &lt;br /&gt;
+ – définition d&amp;#039;un planning d&amp;#039;acquisition des nouveaux équipements nécessaires sur le mandat
+ &lt;br /&gt;
+ – prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide au déneigement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide portera uniquement sur les dépenses d&amp;#039;investissement :
+ &lt;br /&gt;
+ – lames de déneigement,
+ &lt;br /&gt;
+ – saleuse et sableuse et leurs équipements de fixation,
+ &lt;br /&gt;
+ – équipements des pneumatiques (pneus normaux et chaînes ou pneus spéciaux),
+ &lt;br /&gt;
+ – éclairages spécifiques pour interventions de nuit,
+ &lt;br /&gt;
+ – engins spécifiques de déneigement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ –  Acquisition foncière pour réserve foncière ou pour habitat.
+ &lt;br /&gt;
+ –  Logements communaux.
+ &lt;br /&gt;
+ –  Les travaux d&amp;#039;entretien.
+ &lt;br /&gt;
+ – Reprise de concession.
+ &lt;br /&gt;
+ – Gîtes communaux, camping et bornes de camping car.
+ &lt;br /&gt;
+ – Matériel de déneigement.
+ &lt;br /&gt;
+ – Mobilier et acquisition sauf faisant partie d&amp;#039;un programme d&amp;#039;ensemble (mobilier scolaire et de bibliothèque).
+ &lt;br /&gt;
+ –  Prestation d&amp;#039;ingénierie du Département.
+ &lt;br /&gt;
+ –  Gendarmerie.
+ &lt;br /&gt;
+ –  Bornes incendie.
+ &lt;br /&gt;
+ –  Les dépenses traitées au titre d&amp;#039;une politique thématique départementale.
+ &lt;br /&gt;
+ –  Les travaux de vidéo-protection (sauf ceux aux abords des collèges qui seront traités dans un autre dispositif complémentaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -Logement.
+ &lt;br /&gt;
+ – Acquisition foncière (pour réserve).
+ &lt;br /&gt;
+ – Sièges administratifs communautaires et locaux techniques communautaires.
+ &lt;br /&gt;
+ – Groupes scolaires.
+ &lt;br /&gt;
+ – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
+ &lt;br /&gt;
+ –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
-[...14 lines deleted...]
- &lt;br /&gt;
+ Direction des Politiques Territoriales – Service des Relations avec les Collectivités
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quentin DUVILLIER, Coordonnateur zone nord –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 65
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christel MORIN, Coordonnatrice zone sud –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 31
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aurore MERMET, Coordonnatrice zone centre –
+ &lt;strong&gt;
+  Tél. : 04 75 79 82 29
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 67
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M39" s="1" t="inlineStr">
-[...109 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="H40" s="1" t="inlineStr">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K40" s="1" t="inlineStr">
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="N40" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Eau potable
+Eau pluviale
 Assainissement des eaux
-Musée
+Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
-Transition énergétique
 Economie d'énergie et rénovation énergétique
-Personnes âgées
-[...338 lines deleted...]
-Personnes âgées
 Jeunesse
 Famille et enfance
-Handicap
-[...3 lines deleted...]
-Citoyenneté
 Santé
-Education et renforcement des compétences
-[...14 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
-Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-International
 Attractivité économique
-Appui méthodologique
-[...4 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
-[...1 lines deleted...]
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...14 lines deleted...]
-      <c r="O41" s="1" t="inlineStr">
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  L&amp;#039;adhésion
-[...40 lines deleted...]
-      <c r="S41" s="1" t="inlineStr">
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G42" s="1" t="inlineStr">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>104732</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les initiatives locales visant à faire des gares des sites attractifs, portes d'entrée du réseau régional et porte d'entrée de la ville.</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Investissement en faveur des bâtiments ferroviaires fermés pour en faire des lieux de vie</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
-[...2 lines deleted...]
-      <c r="H42" s="1" t="inlineStr">
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K42" s="1" t="inlineStr">
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>Montant interv max : 500000</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les objectifs de cette aide sont :
-[...17 lines deleted...]
-      <c r="O42" s="1" t="inlineStr">
+ &lt;strong&gt;
+  Objectif : Valoriser les initiatives locales visant à faire des gares des sites attractifs, portes d&amp;#039;entrée du réseau régional et porte d&amp;#039;entrée de la ville.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de réhabilitation des bâtiments ferroviaires fermés (bâtiments voyageurs ou de marchandises jouxtant les installations voyageurs tels que les parkings ou les quais) afin d&amp;#039;y développer des services à la personne, qu&amp;#039;ils soient publics, parapublics ou privés, seront dans ce cadre aidés par la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est conditionnée à la présence de personnel exécutant les dits services.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>07/09/2025</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...35 lines deleted...]
- &lt;/ul&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;strong&gt;
+   Critères d&amp;#039;éligibilité et d&amp;#039;appréciation du dossier
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  1. Type de service envisage: le service sera considéré comme d&amp;#039;autant plus utile qu&amp;#039;il répond aux besoins quotidiens de Ia population. Ainsi, l&amp;#039;implantation dune crèche, d&amp;#039;un service de conciergerie, de commerces alimentaires ou de presse seront privilégiés par rapport à d&amp;#039;autres projets de commerces ou de local des associations ;
+ &lt;/p&gt;
+ &lt;p&gt;
+  2. Qualité des aménagements prévus ;
+ &lt;/p&gt;
+ &lt;p&gt;
+  3. Réalisation conjointe a l&amp;#039;amélioration de I&amp;#039;accès des points d&amp;#039;arrêts du réseau régional ;
+ &lt;/p&gt;
+ &lt;p&gt;
+  4. Coût du projet ;
+ &lt;/p&gt;
+ &lt;p&gt;
+  5. Inscription du projet dans un Contrat Territorial Unique (CTU): bien que non exigée, I&amp;#039;inscription du projet a un CTU atteste de l&amp;#039;intérêt manifesté par le territoire pour sa réalisation.
+ &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X42" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/investissement-en-faveur-des-batiments-ferroviaires-fermes-pour-en-faire-des-lieux-de-vie</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pôle Solidarités - Direction Enfance Famille
-[...12 lines deleted...]
-  alexandra.catanese&amp;#64;aude.fr
+ Direction des transports et des mobilités
+ &lt;br /&gt;
+ Service Gares et infrastructures
+ &lt;br /&gt;
+ Pôle Gares,aménagements intermodaux et accessibilité
+&lt;/p&gt;
+&lt;p&gt;
+ Carole Garry
+ &lt;br /&gt;
+ &lt;a href="mailto:Carole.Garry&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  Carole.Garry&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
+ &lt;br /&gt;
+ 0228205441
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/75ae-investissement-en-faveur-des-batiments-ferrov/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>120334</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Analyser les pollutions et contaminants dans les bâtiments, terrains, plans d'eaux</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Analyses des pollutions et contaminants dans les bâtiments, terrains, plans d'eaux</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>La Drôme Laboratoire</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Association</t>
-[...12 lines deleted...]
-      <c r="L43" s="1" t="inlineStr">
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...18 lines deleted...]
- S&amp;#039;agissant du schéma pour l&amp;#039;autonomie et la citoyenneté, il sera tenu compte du respect de ses objectifs et orientations. Les actions financées doivent ainsi permettre :
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  de mieux faire connaître et admettre les différentes formes de handicap
-[...5 lines deleted...]
-  d&amp;#039;augmenter la mobilité des personnes en situation de handicap
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réunion de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Aide à la définition des besoins, objectifs et priorités.
+&lt;/p&gt;
+&lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  d&amp;#039;agir contre l&amp;#039;isolement
-[...5 lines deleted...]
-  de favoriser le maintien à domicile y compris la mobilité et le déplacement
+  Identification de pollutions chimiques avant projet d&amp;#039;aménagement du territoire communal ou intercommunal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prélèvement et analyse d&amp;#039;eaux, de sols, de boues et de végétaux pour la recherche de contaminants de type métaux lourds, hydrocarbures, pesticides...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse d&amp;#039;eau de forage ou de puits pour les demandes de permis de construire
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...9 lines deleted...]
-&lt;/p&gt;
+&lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  prévenir et mieux prendre en compte les conflits parentaux
-[...11 lines deleted...]
-  favoriser l&amp;#039;inclusion en milieu ordinaire des enfants en situation de handicap
+  Contrôle annuel des installations collectives d&amp;#039;eau chaude sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérification de la désinfection de réseaux d&amp;#039;eau chaude sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle réglementaire des tours aéroréfrigérées d&amp;#039;un bâtiment
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prélèvement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de paramètres microbiologiques
+  &lt;em&gt;
+   Legionella spp
+  &lt;/em&gt;
+  et
+  &lt;em&gt;
+   pneumophila
+  &lt;/em&gt;
+  selon les limites de qualité prescrites par la réglementation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du traitement des circuits
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissement du carnet sanitaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...5 lines deleted...]
- S&amp;#039;agissant des structures du secteur socio-éducatif ou caritatif, le Département oriente plus particulièrement son soutien autour de thématiques prioritaires. Ainsi, le projet présenté devra se référer à l&amp;#039;un des thèmes suivants :
+&lt;br /&gt;
+&lt;p&gt;
+ A la livraison des travaux d&amp;#039;un bâtiment, le laboratoire départemental de la Drôme assure les analyses chimiques et bactériologiques de l&amp;#039;eau de réseau pour vérifier sa conformité à la réglementation. Plusieurs forfaits sont proposés P1, P2 D1 ou D2 définies par la réglementation.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Surveillance de la Qualité de l&amp;#039;Air Intérieur dans les Établissements Recevant du Public (ERP) existants, en construction ou à la livraison tels que crèches, écoles, centres de loisirs, EHPAD, collèges, piscines... Prestations incluant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  le développement social
-[...52 lines deleted...]
-      <c r="O43" s="1" t="inlineStr">
+  Contrôle des moyens d&amp;#039;aération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Campagnes de mesures hivernale et estivale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils personnalisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et aide dans le cadre de recherche de sources de pollution d&amp;#039;air intérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Santé
+Equipement public
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...7 lines deleted...]
- Les projets financés doivent concerner :
+ OPÉRATIONS CONCERNÉES
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  le fonctionnement annuel d&amp;#039;une association
-[...171 lines deleted...]
-      <c r="S43" s="1" t="inlineStr">
+  Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eau, d&amp;#039;air, de sol pour les bâtiments communaux et intercommunaux, terrains ou dans le cadre de projets d&amp;#039;aménagement du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...116 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/analyses-des-pollutions-et-contaminants-dans-les-batiments-terrains-plans-deaux/</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La Drôme Laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
+   laboratoire&amp;#64;ladrome.fr
+  &lt;/a&gt;
+  – 04.75.81.70.70
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
+   www.ladromelaboratoire.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/db89-analyses-des-pollutions-et-contaminants-dans-/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-      <c r="A44" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>158480</v>
       </c>
-      <c r="B44" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K44" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -10260,342 +11678,2543 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P44" s="1" t="inlineStr">
+      <c r="P56" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W44" s="1" t="inlineStr">
+      <c r="W56" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G45" s="1" t="inlineStr">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>162977</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le bien-être et le cadre de vie des Coëvronnais</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;La population des Coëvrons est en diminution, plutôt vieillissante, et rencontre des fragilités sociales. L’offre de soin est insuffisante. L’enjeu est d’adapter et de développer des soins et des services pour la population à toutes les étapes de la vie, de favoriser le vivre ensemble et l’échange entre les générations.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Faciliter les démarches partenariales pour améliorer la prévention et l&amp;#039;offre de soins sur le territoire&lt;/li&gt;&lt;li&gt;Favoriser l’inclusion sociale, l’insertion et les échanges entre les générations&lt;/li&gt;&lt;li&gt;Prévenir la rupture sociale&lt;/li&gt;&lt;li&gt;Développer l’offre petite enfance et enfance jeunesse&lt;/li&gt;&lt;li&gt;Soutenir l’offre de loisirs et sportive pour tous&lt;/li&gt;&lt;li&gt;Soutenir la vie associative&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Amélioration de la prévention et de l&amp;#039;offre de soins :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions innovantes telles que la télémédecine et unité mobile de soin&lt;/li&gt;&lt;li&gt;Actions d’aide à l’installation des professionnels de santé&lt;/li&gt;&lt;li&gt;Actions de prévention, d’information, de communication et de formation&lt;/li&gt;&lt;li&gt;Mise en réseau des professionnels de santé et des acteurs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Renforcement de l’inclusion sociale et des échanges entre les générations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur de l’inclusion sociale et de l’insertion&lt;/li&gt;&lt;li&gt;Services innovants en faveur des jeunes, de l’intergénérationnel et des personnes âgées (ex : habitats partagés, structures EHPAD/crèche, système de parrainage)&lt;/li&gt;&lt;li&gt;Actions en faveur du handicap et de la santé mentale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Développement de l’offre petite enfance et enfance jeunesse :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets en lien avec l’accueil des enfants en situations de handicap (ex : structure de type Loisirs Pluriel), évènements et actions inclusives&lt;/li&gt;&lt;li&gt;Actions d’amélioration de l’offre actuelle&lt;/li&gt;&lt;li&gt;Nouveaux services et équipements&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Soutien d’une pratique sportive et de loisirs pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositifs et actions pour soutenir les pratiques amateurs&lt;/li&gt;&lt;li&gt;Actions en faveur de l’intergénérationnel&lt;/li&gt;&lt;li&gt;Acquisition d&amp;#039;équipements pour permettre une pratique inclusive&lt;/li&gt;&lt;li&gt;Développement d’offres de loisirs et sportives innovantes&lt;/li&gt;&lt;li&gt;Actions liées au développement de synergie entre les acteurs de la culture et des loisirs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>165574</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Programme CEE Adapt Bâti Confort – Appel à manifestation d’intérêt – Sélection de 50 opérations</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Programme CEE Adapt Bâti Confort – Appel à manifestation d’intérêt – Sélection de 50 opérations</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’appel à manifestation d’intérêt (AMI) a pour objet la sélection de bâtiments existants dans lesquels des périodes de surchauffe importantes ont déjà été vécues avec des conséquences caractérisées (inconfort, activité interrompue, problèmes sanitaires, etc.), et sur lesquels les maîtres d’ouvrage souhaitent intervenir en mettant en œuvre des actions d’adaptation pouvant être des mesures architecturales, techniques ou organisationnelles. &lt;/p&gt;&lt;p&gt;En candidatant à cet AMI, les maîtres d’ouvrage participeront à un programme national d’intérêt scientifique et de progrès de connaissances sur les solutions pour traiter les surchauffes dans les bâtiments.&lt;/p&gt;&lt;p&gt;En étant retenu, ils pourront bénéficier  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’un soutien de type AMO et de prestations d’études spécifiques totalement prises en charge par le programme CEE  : faisabilité des solutions, simulations thermiques, instrumentation avant et après travaux, coaching des usagers ;&lt;/li&gt;&lt;li&gt;d’aides financières aux travaux ;&lt;/li&gt;&lt;li&gt;d’une évaluation multicritères standardisée de leur opération (par CEREMA et CSTB). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Deux sessions de relèves de candidatures sont prévues. Le présent AMI concerne la première session, dont la &lt;strong&gt;date butoir de dépôt est fixée au 16/02/2026&lt;/strong&gt;. À titre indicatif, et sous réserve de budget, une seconde session de candidature sera organisée en fin d’année 2026 ou début d’année 2027. Le contenu de l’AMI et les critères de sélection pourront être différents.&lt;/p&gt;&lt;p&gt;Les candidats pourront présenter des bâtiments se trouvant dans les configurations suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cas 1 : Bâtiments avec une rénovation énergétique ou des travaux d’amélioration en tout début de projet, le projet n’aura pas dépassé l’avancement APS à l’horizon de l&amp;#039;automne 2026, et les travaux devront être terminés avant la fin du premier trimestre 2028.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Cas 2 : Bâtiments récents ou ayant déjà fait l’objet d’une rénovation, mais nécessitant des travaux ponctuels complémentaires pour corriger des situations d’inconfort, les actions et travaux ponctuels devront être terminés avant la fin du premier trimestre 2028.&lt;/li&gt;&lt;li&gt;Cas 3 : Bâtiments qui font l’objet d’une rénovation énergétique ambitieuse et avancée, la phase de conception est en cours au stade de la candidature à l’AMI, les travaux devront être terminés avant la fin 2027. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’AMI est organisé en 2 phases :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une phase de prédépôt des candidatures suivi d’une phase d’auditions ;&lt;/li&gt;&lt;li&gt;une phase de dépôt des demandes d’aides aux travaux pour les candidatures qui seront sélectionnées à l’issue de la première phase et qui s’engageront dans les actions/travaux d’adaptation conseillées par le programme Adapt Bâti Confort.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2025</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Êtes-vous concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les candidats à l’AMI seront des maîtres d’ouvrage publics ou privés (hors particuliers) qui proposent des bâtiments prioritairement avec les usages suivants : enseignement et petite enfance (crèches, écoles, etc.) ; secteur médico-social (hors hôpitaux) et sanitaire (EHPAD) ; logement collectif occupé notamment par des ménages vulnérables ; bureaux. Les bâtiments situés dans une des 4 régions suivantes seront retenus : Provence-Alpes-Côte d’Azur, Occitanie, Auvergne-Rhône-Alpes, Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Nouvelle-Aquitaine, Occitanie, Auvergne-Rhône-Alpes, Provence-Alpes-Côte d&amp;#039;Azur&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Je vérifie mon éligibilité&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tout maître d’ouvrage public ou privé est éligible à l’exception des particuliers.&lt;/p&gt;&lt;p&gt;Les bâtiments de l’Etat et de ses établissements publics sont éligibles, excepté pour une aide aux travaux.&lt;/p&gt;&lt;p&gt;Ces bâtiments seront en fonctionnement et en conditions d’usage réelles ; et représentatifs de leur(s) catégorie(s) d’usage(s).&lt;/p&gt;&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillés dans le &lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/AMI%20Adapt%20Bâti%20Confort%20-%20Sélection%20des%20opérations%20-%202025.pdf" target="_self"&gt;document&lt;/a&gt; en téléchargement. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>regions_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/programme-cee-adapt-bati-confort-appel-manifestation-dinteret-selection-de-50-operations</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-cee-adapt-bati-confort-appel-a-manifestation-d-interet-selection-de-50-operations/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>72011</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Identifier et développer des activités économiques à impact social avec la Fabrique à initiatives</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Avise</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La
+  &lt;a href="https://fabriqueainitiatives.org/"&gt;
+   Fabrique à initiatives
+  &lt;/a&gt;
+  est un dispositif d&amp;#039;ingénierie territoriale
+ &lt;/strong&gt;
+ créé en 2010 par l&amp;#039;
+ &lt;a href="https://www.avise.org/"&gt;
+  Avise
+ &lt;/a&gt;
+ - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
+ &lt;strong&gt;
+  accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Porté localement par des structures de l&amp;#039;accompagnement et présent dans 22 territoires,
+ &lt;strong&gt;
+  le dispositif permet, en partant d&amp;#039;un besoin social / environnemental, d&amp;#039;une idée de projet ou d&amp;#039;un lieu, de faciliter la création d&amp;#039;activités d&amp;#039;utilité sociale
+ &lt;/strong&gt;
+ en apportant
+ &lt;strong&gt;
+  son expertise  en matière d&amp;#039;animation territoriale, de modélisation économique et d&amp;#039;innovation sociale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Fabrique à initiatives accompagne également la phase de recherche de financements pour concrétiser le projet. L&amp;#039;Avise mobilise notamment le dispositif dans le cadre de son partenariat sur le programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;a href="https://fabriqueainitiatives.org/les-projets/"&gt;
+  Comprendre le dispositif en 25 projets
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif a 3 clés d&amp;#039;entrée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un besoin
+  &lt;/strong&gt;
+  : développer des réponses en partant d&amp;#039;un besoin ou d&amp;#039;un enjeu clé du territoire.
+  &lt;em&gt;
+   Exemples : revitaliser le centre-bourg, développer les circuits courts, identifier des supports d&amp;#039;insertion professionnelle, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une idée
+  &lt;/strong&gt;
+  : valider la pertinence d&amp;#039;une idée d&amp;#039;activité d&amp;#039;utilité sociale et la concrétiser.
+  &lt;em&gt;
+   E
+  &lt;/em&gt;
+  &lt;em&gt;
+   xemples : tiers-lieu culturel, filière locale de compostage, crèche associative, épicerie coopérative, réseau de ressourceries, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un lieu
+  &lt;/strong&gt;
+  : créer une dynamique locale d&amp;#039;innovation sociale ou transformer un lieu disponible en projet à fort impact.
+  &lt;em&gt;
+   Exemples : revaloriser une friche, créer des activités en bas d&amp;#039;immeubles, identifier des activités innovants en QPV, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il intervient à travers le processus adaptable suivant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Détecter les besoins et les opportunités
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   et qualifier des projets à impact
+  &lt;/strong&gt;
+  , à travers des ateliers d&amp;#039;intelligence collective et une démarche de prospective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Concevoir des activités innovantes
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   durables
+  &lt;/strong&gt;
+  à travers l&amp;#039;étude d&amp;#039;opportunité et la mobilisation collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transmettre le projet
+  &lt;/strong&gt;
+  à un entrepreneur qualifié ou une entreprise de l&amp;#039;ESS existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagner le porteur de projet jusqu&amp;#039;à la création
+  &lt;/strong&gt;
+  de l&amp;#039;activité, en partenariat avec les réseaux et acteurs spécialisés existants
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples de projets réalisés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Espace de couture mutualisé en QPV
+  &lt;/strong&gt;
+  , dans le cadre du contrat de ville avec Toulouse métropole, la Ville de Toulouse et la Région Occitanie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plateforme de circuits-courts
+  &lt;/strong&gt;
+  avec la Métropole du Havre
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Commerce de proximité local et solidaire
+  &lt;/strong&gt;
+  avec la commue du Juch
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réseau de conciergeries de quartier
+  &lt;/strong&gt;
+  , avec Strasbourg Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion
+  &lt;/strong&gt;
+  pour personnes en situation de handicap, avec la commune de Pontarlier
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Jardin familial et pédagogique
+  &lt;/strong&gt;
+  , avec la CC du Pays Ajaccien
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Filière locale de compostage
+  &lt;/strong&gt;
+  , en partenariat avec Nantes Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu culturel et restaurant en circuit-court
+  &lt;/strong&gt;
+  , en partenariat avec la Ville de Bègles
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conciergerie itinérante rurale
+  &lt;/strong&gt;
+  , sur le Pays des Hauts du Val de Saône
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu numérique et intergénérationnel
+  &lt;/strong&gt;
+  , avec la commune de Moncontour
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion en QPV
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu café associatif / repair café
+  &lt;/strong&gt;
+  etc. avec la commune d&amp;#039;Annonay
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conserverie à partir d&amp;#039;invendus alimentaires
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ne pas avoir identifié de porteurs de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres conditions d&amp;#039;intervention selon les structures porteuses (cf.
+  &lt;a href="https://fabriqueainitiatives.org/contact/" target="_self"&gt;
+   carte du réseau
+  &lt;/a&gt;
+  ). Le dispositif est partenaire du programme Petites villes de demain de l&amp;#039;ANCT.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/contact/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://fabriqueainitiatives.org/contact/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>contact@avise.org</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6dba-identifier-et-developper-des-activites-econom/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>72010</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour créer ou développer son activité - Fonds pour l'économie des quartiers d'Est Ensemble</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Est Ensemble - Grand Paris</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K45" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>La subvention est de 10 000 € minimum et peut couvrir jusqu'à 80 % des dépenses d'investissement lié</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- ________________________________________________________________________
-[...11 lines deleted...]
- La Banque des Territoires accompagne le développement des entreprises portant un projet ayant un impact social positif dans l&amp;#039;un des 5 secteurs suivants.
+ Le fonds pour l&amp;#039;économie des quartiers est dédié à l&amp;#039;investissement dans des projets économiques s&amp;#039;implantant ou se développant dans les quartiers prioritaires du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Est Ensemble a lancé le fonds pour l&amp;#039;économie des quartiers, qui se trouve à la croisée de deux constats. D&amp;#039;une part, les porteurs de projet ont souvent des difficultés à s&amp;#039;installer correctement, avec un coût de départ élevé et donc fragilisant pour investir dans l&amp;#039;achat de matériel adéquat ou dans l&amp;#039;aménagement d&amp;#039;un local.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;autre part, les activités économiques sont souvent peu développées dans les quartiers « politique de la ville ».
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds propose ainsi de financer une partie de leur installation dans un des 19 QPV ou à proximité immédiate, avec une subvention minimale de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À qui s&amp;#039;adresse-t-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds s&amp;#039;adresse aux porteurs de projets – entrepreneurs, créateurs d&amp;#039;activité, associations – qui cherchent des financements pour s&amp;#039;installer ou développer leur activité, c&amp;#039;est-à-dire faire des travaux ou acheter le matériel nécessaire (un véhicule, une machine, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ En conséquence, seuls les projets déjà constitués sont concernés. Le fonds intervient au moment de l&amp;#039;installation d&amp;#039;une activité (ou son développement) et pas avant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entrepreneur est donc éligible s&amp;#039;il a déjà fait tout le chemin de la création d&amp;#039;activité, y compris avoir trouvé un lieu où s&amp;#039;établir. Ce lieu doit se trouver dans l&amp;#039;un des QPV d&amp;#039;Est Ensemble ou à proximité immédiate (voir sur
+ &lt;a href="https://sig.ville.gouv.fr/"&gt;
+  https://sig.ville.gouv.fr/
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Que finance-t-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds pour l&amp;#039;économie des quartiers finance les travaux d&amp;#039;aménagement d&amp;#039;un local et/ou l&amp;#039;achat de matériel nécessaire à l&amp;#039;activité. La subvention est de 10 000 € minimum et peut couvrir jusqu&amp;#039;à 80 % des dépenses d&amp;#039;investissement liées à l&amp;#039;installation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment le débloquer ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit remplir un dossier de candidature qui passe devant une commission composée de représentants d&amp;#039;Est Ensemble et de ses partenaires institutionnels ou privés actifs dans le développement et le financement d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Outre les critères de maturité du projet et d&amp;#039;implantation géographique, la commission va apprécier la candidature selon la solidité de son modèle économique, son ancrage local et sa dimension collective, son éventuel nombre d&amp;#039;emplois induits et la valeur ajoutée apportée au quartier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil de Territoire d&amp;#039;Est Ensemble votera ensuite les subventions à débloquer selon les projets repérés par la commission.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crèche, pâtisserie, épicerie coopérative...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Est Ensemble (EPT)</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.est-ensemble.fr/fonds-eco-quartiers</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://framaforms.org/fonds-de-soutien-au-developpement-economique-des-quartiers-politique-de-la-ville-est-ensemble-0</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ dev-eco-quartiers&amp;#64;est-ensemble.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>thomas.annonier@est-ensemble.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/918d-investir-pour-creer-ou-developper-son-activit/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE de l'Aude
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Ardèche
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE de la Seine-Maritime
+CAUE de la Dordogne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE des Landes
+CAUE du Puy-de-Dôme
+CAUE du Tarn-et-Garonne
+CAUE de la Côte-d'Or
+CAUE des Hauts-de-Seine
+CAUE de Corse
+CAUE de la Creuse
+CAUE du Loir-et-Cher
+CAUE du Loiret
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de l'Yonne
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE de Mayotte
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE de la Somme
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE de la Vendée
+CAUE de la Haute-Vienne
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de la Haute-Savoie
+CAUE de la Charente-Maritime
+CAUE du Val-de-Marne
+CAUE du Val d'Oise
+CAUE de Guadeloupe
+CAUE de la Martinique
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion
+CAUE du Var</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Santé : projet de maisons de répit ou d&amp;#039;accès aux aides techniques par exemple.
-[...11 lines deleted...]
-  Habitat : projet de foncières solidaires ou création de maisons intergénérationnelles par exemple.
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le soutien de la Banque des Territoires s&amp;#039;adresse aux entreprises :
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  En phase de développement, à condition de présenter au moins 3 années de comptes de résultats et des fonds propres positifs ;
-[...2 lines deleted...]
-  En changement d&amp;#039;échelle, en accord avec un plan de développement établi.
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Pour un projet éligible, la Banque des Territoires peut :
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>120353</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'investissement les établissements accueillant des personnes âgées : subvention au titre des projets innovants bonification</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>AIDE À L’INVESTISSEMENT POUR LES ÉTABLISSEMENTS ACCUEILLANT DES PERSONNES ÂGÉES, DES PERSONNES HANDICAPEES, DES ENFANTS CONFIES A L’AIDE SOCIALE A L’ENFANCE : PROJET AU TITRE DE BONIFICATION</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Cette aide permet de soutenir les reconstructions ou les réhabilitations d&amp;#039;établissements pour les places habilitées à l&amp;#039;aide sociale accueillant des personnes âgées dans le but de limiter l&amp;#039;impact sur le tarif journalier payé par le résident, ainsi que certains projets particuliers portés par les gestionnaires et s&amp;#039;inscrivant dans les priorités du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Cette aide concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Proposer un accompagnement en ingénierie pour développer le projet avant son financement ;
-[...2 lines deleted...]
-  Investir en fonds propres et/ou quasi-fonds propres dans la structure ou dans le projet.
+  Les organismes gestionnaires d&amp;#039;établissements pour personnes âgées (EHPAS, Petite Unité de Vie, Unité de Soins Longue Durée ou Résidence Autonomie), à savoir :
+  &lt;ul&gt;
+   &lt;li&gt;
+    des établissements publics (hôpitaux, CCAS, établissements publics autonomes),
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    des associations gérant des établissements.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les propriétaires bailleurs intervenant en qualité de maître d&amp;#039;ouvrage, sous réserve de l&amp;#039;imputation de la subvention en déduction du loyer demandé à l&amp;#039;organismes gestionnaire et pris en charge dans le calcul du prix de journée des établissements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Les dépenses dépendront du projet proposé
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide apportée sera de 5 000€ par place autorisée pour tout ce qui a trait à la domotisation, et de 3 000€ maximum par place autorisée pour tout le reste.
+ &lt;br /&gt;
+ Aucune aide ne pourra excéder 80% du dossier de bonification.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une description précise du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;impact financier sur le budget de fonctionnement de la structure,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le planning de mise en œuvre.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers – Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt d&amp;#039;une demande en ligne avant le
+ &lt;strong&gt;
+  1
+  er
+  avril de l&amp;#039;année N-1
+ &lt;/strong&gt;
+ pour permettre l&amp;#039;examen du projet dans le cadre de la programmation pluriannuelle du Département.
+ &lt;br /&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  :Solidarité
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aide à l&amp;#039;investissement – bonifications
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ La bonification sera accordée et versée en une seule fois après une visite de conformité ou dans le cadre d&amp;#039;une visite afférente au fonctionnement de la structure.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Règlement départemental d&amp;#039;aide à l&amp;#039;investissement pour les établissements accueillant des personnes âgées adopté en séance publique le 24 juin 2019
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Cohésion sociale et inclusion
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Des bonifications supplémentaires pourront être apportées au projet si l&amp;#039;opération intègre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un projet de domotisation exemplaire visant à améliorer la qualité de la prise en charge ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet particulièrement innovant (ex : plateforme, prise en charge spécifique, interdispositif permettant une continuité du suivi éducatif et évitant les ruptures de parcours, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une construction particulièrement innovante, y compris en terme de normes environnementales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet pluridisciplinaire (santé mentale, handicap, pénal...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des mutualisations de locaux ou d&amp;#039;espaces extérieurs avec une autre structure pour personnes âgées, handicapées ou enfance ou tout autre opérateur du territoire (crèches, communes,...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une ouverture de la structure sur l&amp;#039;extérieur :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Par l&amp;#039;installation d&amp;#039;un commerce ou d&amp;#039;une activité paramédicale,
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Par l&amp;#039;accueil des personnes âgées, personnes handicapées ou aidants du territoire (repas, animation, soutien)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Par le soutien aux professionnels du secteur (plateforme d&amp;#039;appui)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Par l&amp;#039;intervention structurée de bénévoles.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les 2 derniers points doivent permettre une rationalisation des surfaces et des usages qui devra être démontrée.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bonifications présentées ne devront pas données lieu à un financement de la part de l&amp;#039;Agence Régionale de Santé ou d&amp;#039;un autre financeur public.
+&lt;/p&gt;
+&lt;p&gt;
+ Une description précise du projet devra être adressée ainsi que l&amp;#039;impact financier sur le budget de fonctionnement de la structure et le planning de mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Une aide supplémentaire sera apportée de 5 000 € par place autorisée et habilitée à l&amp;#039;aide sociale et occupée par un ressortissant drômois. Ces bonifications seront versées au gestionnaire de l&amp;#039;établissement
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets sans caractère innovant (ne seront pas éligibles par exemple les remplacements de volets roulants...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X45" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-linvestissement-pour-les-etablissements-accueillant-des-personnes-agees-des-personnes-handicapees-des-enfants-confies-a-laide-sociale-a-lenfance-projet-au-titre-d/</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maison Départementale de l&amp;#039;Autonomie – Service Gestion Administrative et Financière Personnes Âgées – Personnes Handicapées
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Cécile BOURDIEU
+  &lt;/strong&gt;
+  Responsable du Pôle Offre et Accompagnement des Etablissements sociaux et médico-sociaux
+ –
+  &lt;strong&gt;
+   04 75 79 70 30
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b70-aide-a-linvestissement-pour-les-etablissement/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...101 lines deleted...]
-      <c r="N46" s="1" t="inlineStr">
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -10609,2808 +14228,1669 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-Emploi
 International
 Attractivité économique
-Information voyageur, billettique multimodale
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...18 lines deleted...]
-      <c r="R46" s="1" t="inlineStr">
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...57 lines deleted...]
-      <c r="T46" s="1" t="inlineStr">
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X46" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- E-mail :
-[...23 lines deleted...]
-      <c r="AA46" s="1" t="inlineStr">
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G47" s="1" t="inlineStr">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>100733</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Proposer à des porteurs de projets des locaux vacants dans les gares</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Place de la Gare</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>SNCF Gares et Connexions</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...384 lines deleted...]
-Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...17 lines deleted...]
-      <c r="L49" s="1" t="inlineStr">
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
-[...724 lines deleted...]
-  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+ Participez à la dynamique économique de nos territoires en proposant des projets innovants et utiles au sein des petites et moyennes gares françaises.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur l&amp;#039;ensemble du réseau, près d&amp;#039;un millier de gares disposent aujourd&amp;#039;hui de locaux vacants dans des contextes extrêmement variés : communes rurales, villes moyennes, zones périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare, porté avec les Autorités Organisatrices et les collectivités territoriales, en tant qu&amp;#039;outil de l&amp;#039;équilibre financier des gares et de désenclavement des territoires, a pour ambition de dynamiser ce réseau de gares et d&amp;#039;en faire un point d&amp;#039;ancrage des commerces et des services publics locaux, au plus proche de tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez un projet, nous avons les m2 et des équipes pour vous accompagner !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Manifestez-vous sur
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;a href="https://www.1001gares.fr/" rel="noopener" target="_blank"&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
-[...60 lines deleted...]
-      <c r="M53" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
- &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
+ &lt;li&gt;
+  Commerces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison médicale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Logement saisonnier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magasins de producteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Circuit court
+ &lt;/li&gt;
+ &lt;li&gt;
+  Office de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Crèche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bibliothèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Musée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélostation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et tout autre projet
+ &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
 Sports et loisirs
 Tourisme
-Economie d'énergie et rénovation énergétique
-[...8 lines deleted...]
-      <c r="O53" s="1" t="inlineStr">
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...8 lines deleted...]
- : communes, EPCI&lt;/p&gt;&lt;ul&gt;
+ Déposez un projet sur la plateforme
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre candidature sera analysée par un jury SNCF.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+   Ouvre une nou
+  &lt;/a&gt;
+  &lt;span&gt;
+   qui sera soumis à la validation du jury
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://placedelagare.sncf/</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>ebarbereau@retail-connexions-sncf.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4255-proposer-a-des-porteurs-de-projets-des-locaux/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>148160</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Aider au développement des commerces de proximité avec point de vente</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Aide au développement des commerces de proximité avec point de vente</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes Ambert Livradois Forez</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif d&amp;#039;aide financière est destiné à aider les petites entreprises du commerce ou de l&amp;#039;artisanat de proximité à s&amp;#039;installer ou se développer dans un point de vente accessible au public, dans un objectif de revitalisation commerciale des centres-villes et bourgs-centres.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À QUI S&amp;#039;ADRESSE LE DISPOSITIF ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les commerces de proximité avec un point de vente. Un point de vente ou magasin, est un établissement de vente au détail, avec un espace dédié dans le local d&amp;#039;accueil classé en Etablissement Recevant du Public. Il doit pouvoir accueillir la clientèle de l&amp;#039;entreprise et disposer d&amp;#039;une vitrine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le commerce de proximité se compose de commerces de quotidienneté, dans lesquels le consommateur se rend fréquemment, voire quotidiennement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces alimentaires spécialisés (boulangeries-pâtisseries, boucheries charcuteries, poissonneries...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les alimentations générales, les supérettes, les commerces sur éventaires et marchés, les traiteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cafés, bars, tabacs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces de détail (livres, journaux, papeterie, habillement, chaussures, bricolage, maroquinerie, parfumerie, opticien, bijouterie/horlogerie, meubles, articles de sport/loisir, fleuriste) ;
+ &lt;/li&gt;&lt;li&gt;Les garages ; &lt;/li&gt;
+ &lt;li&gt;
+  Les laveries, blanchisseries, teintureries de détail, couturiers, cordonniers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les distributeurs de carburant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les soins de beauté : instituts de beauté, salons de coiffure/barbiers, ongleries ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les activités récréatives et de loisir (salles de sport: remise en forme, ateliers de travaux créatifs, carrousels, escape-game, activités pour enfants, ..) avec au cas par cas une dérogation au critère de plafond de la surface commerciale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La restauration traditionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les pharmacies; &lt;/li&gt;&lt;li&gt;Les nouveaux modes de distribution de produits agricoles locaux (casiers et distributeurs);&lt;/li&gt;&lt;li&gt;Les entreprises labellisées Point relais La Poste, en zone rurale (moins de 2 000 habitants) et dans les quartiers politique de la ville, et qui font l&amp;#039;objet d&amp;#039;un conventionnement avec le Groupe La Poste, au titre de sa mission d&amp;#039;aménagement du territoire. &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
- &lt;br /&gt;
+&lt;ul&gt;&lt;li&gt;Les entreprises de métiers d&amp;#039;art avec point de vente ;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Sont exclus :&lt;/p&gt;&lt;p&gt;- Les professions libérales (secteurs juridiques, santé, technique, cadre de vie, etc.), banques, assurances et courtiers, experts-comptables, agences immobilières, professions paramédicales (orthopédistes, prothésistes…), taxis/transports de personnes et marchandises/ambulanciers,&lt;/p&gt;&lt;p&gt;- Les activités non-sédentaires/ambulantes bénéficiant du dispositif de subvention à l’investissement spécifique de la Région,&lt;/p&gt;&lt;p&gt;- La restauration rapide,&lt;/p&gt;&lt;p&gt;- Les services à la personne, micro-crèches,&lt;/p&gt;
+&lt;p&gt;L’artisanat de production sans point de vente et les artisans du BTP (y compris avec un point de vente/showroom),&lt;/p&gt;&lt;p&gt;- Les établissements auxiliaires, tels que les entrepôts ou les bureaux d&amp;#039;entreprises commerciales, sans chiffre d&amp;#039;affaires propre,&lt;/p&gt;&lt;p&gt;- Les activités de pleine nature,&lt;/p&gt;&lt;p&gt;- L’hébergement marchand (hôtels, campings, etc.),&lt;/p&gt;&lt;p&gt;- Les maisons de santé.&lt;/p&gt;&lt;p&gt;Les projets pour lesquels une réponse existe dans une politique régionale sectorielle sont prioritairement orientés vers cette politique et il ne pourra pas y avoir de cumul de financement sur une même assiette d’investissements. A ce titre, il ne sera pas possible d’intervenir en complément de l’aide régionale spécifique au maintien des pharmacies même sur des assiettes différentes.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les projets innovants ou très différenciants par rapport à l’offre traditionnelle/présente seront examinés au cas par cas.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MONTANT DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet aux entreprises remplissant les critères de bénéficier d&amp;#039;un taux d&amp;#039;aide de 30 % grâce au cofinancement entre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La région Auvergne-Rhône Alpes , qui prend en charge 20 % des dépenses éligibles (25 % pour les entreprises labellisées Point Relais La Poste) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Communauté de communes Ambert Livradois Forez, qui prend en charge 10 % des dépenses éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles doit être compris entre 10 000 et 50 000 € HT.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="T53" s="1" t="inlineStr">
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une terrasse et d&amp;#039;un salon de thé à La Forie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un camion pour faire les marchés à Brousse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reprise d&amp;#039;un bar à Saint-Clément-de-Valorgue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un magasin de vélo à Ambert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reprise d&amp;#039;un bar restaurant à Saint-Amant-Roche-Savine
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les entreprises répondant aux conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les petites entreprises de moins de 10 salariés dont le CA n&amp;#039;excède pas 1 M€ et avec une surface du point de vente inférieure à 700 m2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En phase de création, de reprise ou de développement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indépendantes ou franchisées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrites au Registre du Commerce et des Sociétés (RCS) ou au Répertoire des Métiers, ou relevant de la liste des entreprises de métiers d&amp;#039;art reconnues par l&amp;#039;arrêté du 24 décembre 2015 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  À jour de leurs cotisations sociales et fiscales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;établissement aidé est situé sur le territoire Auvergne-Rhône-Alpes.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Territoires éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’établissement concerné par l’investissement sera situé sur le territoire Auvergne-Rhône-Alpes.&lt;/p&gt;&lt;p&gt;Les secteurs géographiques éligibles sont :&lt;/p&gt;&lt;p&gt;- Type de communes : communes de moins de 100 000 habitants et Quartiers Politique de la Ville dans les communes de plus de 100 000 habitants.&lt;/p&gt;&lt;p&gt;- Sur le territoire des communes éligibles : prioritairement les centres-villes, bourgs-centres.&lt;/p&gt;&lt;p&gt;Sont exclues :&lt;/p&gt;&lt;p&gt;- Les galeries commerciales dans le cadre ou accolées à une grande et moyenne surface (GMS) sauf dans les quartiers politique de la ville,&lt;/p&gt;&lt;p&gt;- Les zones industrielles, commerciales et artisanales de périphérie.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  PRÉSENTATION DES OPÉRATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit concerner des investissements de rénovation des locaux, d&amp;#039;équipements destinés à assurer la sécurité du local, d&amp;#039;investissements matériels neufs ou d&amp;#039;occasion (sous les réserves d&amp;#039;un acte authentifiant la vente, qu&amp;#039;ils soient sous garantie du vendeur et que le vendeur atteste par écrit que le matériel n&amp;#039;a jamais été subventionné.)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Sont éligibles les investissements liés à l’installation ou la rénovation du point de vente, neufs ou d’occasion (sous réserve qu’ils soient acquis auprès de professionnels, sous garantie du vendeur et que le vendeur atteste par écrit que le matériel n’a jamais été subventionné) :&lt;/p&gt;&lt;p&gt;- Les investissements d’optimisation énergétique : isolation, éclairage, chauffage, acquisition de matériels et équipements en remplacement de matériels très consommateurs d’énergie, acquisition de matériels utilisant les énergies renouvelables (à l’exclusion de l’éolien) visant l’autoconsommation, bornes de chargement de voitures électriques, etc. ;&lt;/p&gt;&lt;p&gt;- Les investissements destinés à assurer la sécurité du local (caméras, rideaux métalliques, systèmes d’alarmes, etc.) ;&lt;/p&gt;&lt;p&gt;- Les investissements liés au numérique (équipements informatiques/numériques et sites marchands) ;&lt;/p&gt;&lt;p&gt;- Les investissements liés à la prise en compte du handicap (ex : rampe d’accès y compris gros-oeuvre) ;&lt;/p&gt;&lt;p&gt;- Les autres investissements :&lt;/p&gt;&lt;p&gt;- Les investissements de rénovation : vitrines, mise en accessibilité du local, façades, enseignes, décoration, aménagement intérieur, etc. ;&lt;/p&gt;&lt;p&gt;L’aménagement de terrasses et pergolas pour les entreprises relevant prioritairement des secteurs de la restauration, des cafés, des bars-tabacs ;&lt;/p&gt;&lt;p&gt;- Les investissements permettant l’organisation de points de retrait de produits (drive…) ;&lt;/p&gt;&lt;p&gt;- Les investissements matériels : matériels professionnels spécifiques, mobilier, , véhicules utilitaires de livraison et de tournée pour les commerçants sédentaires, etc.&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES NON ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Ne sont pas éligibles les dépenses suivantes :&lt;/p&gt;&lt;p&gt;- L’acquisition de fonds de commerce, de locaux, de terrains ;&lt;/p&gt;&lt;p&gt;- En cas de reprise d’entreprise, le rachat du mobilier, du matériel professionnel et de l’enseigne. Seuls sont éligibles les nouveaux investissements ;&lt;/p&gt;&lt;p&gt;- Les dépenses financées par un crédit-bail ou sous forme de leasing (ou location avec option d’achat, ou location longue durée) ;&lt;/p&gt;&lt;p&gt;- Les véhicules utilitaires non liés à un point de vente (dépanneuse, véhicule de transport utilisé pour les achats, etc.) ;&lt;/p&gt;&lt;p&gt;- Les coûts de main d’oeuvre relatifs aux travaux réalisés par l’entreprise pour elle-même ;&lt;/p&gt;&lt;p&gt;- Les investissements immobiliers (gros-oeuvre, parking, extension de bâtiments, etc.) ;&lt;/p&gt;&lt;p&gt;- L’acquisition de bungalows, Algeco, containers, yourtes, afin d’en faire le point de vente ;&lt;/p&gt;&lt;p&gt;- Le matériel d’exposition (showroom) ou la constitution du stock ;&lt;/p&gt;&lt;p&gt;- Les supports et les prestations intellectuelles de communication consommables (plaquettes, flyers, cartes de visite, etc.) ;&lt;/p&gt;&lt;p&gt;- Les frais de maîtrise d’oeuvre, de déménagement, de stockage durant les travaux, les frais d’étude ;&lt;/p&gt;&lt;p&gt;- L’achat de consommables et petit matériel (nappes, couverts, vêtements professionnels, bigoudis, serviettes, brosses, vélos pour un loueur de vélos, etc.) ;&lt;/p&gt;&lt;p&gt;- Les aménagements/équipements de locaux attenants au domicile sans entrée indépendante pour la clientèle.&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>CC Ambert Livradois Forez</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ambertlivradoisforez.fr/un-territoire-pour-entreprendre/aides-et-accompagnement/porteurs-de-projets/</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.auvergnerhonealpes.fr/account-management/crauraprod-demandeurs/ux/#/login?redirectTo=https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fconnecte%2FF_ECO_TPE_FINV%2Fdepot%2Fsimple&amp;jwtKey=jwt-crauraprod-portail-depot-demande-</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande est à déposer depuis
+ &lt;a href="https://aides.auvergnerhonealpes.fr/account-management/crauraprod-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fconnecte%2FF_ECO_TPE_FINV%2Fdepot%2Fsimple&amp;amp;jwtKey&amp;#61;jwt-crauraprod-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fmentions-legales,Mentions%20l%C3%A9gales,_self;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fcontact-page,Contacter%20l&amp;#039;assistance%20technique,_self" target="_self"&gt;
+  le portail des aides de la Région
+ &lt;/a&gt;
+ (aide.tpecommerceartisanat&amp;#64;auvergnerhonealpes.fr)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations :
+&lt;/p&gt;
+&lt;p&gt;
+ Communauté de communes Ambert Livradois Forez
+&lt;/p&gt;
+&lt;p&gt;
+ Chloé SÈVE - chargée de mission attractivité territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;☎&lt;/span&gt;
+ : 07.86.54.20.24 - 04.73.72.71.40
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#64; : chloe.seve&amp;#64;ambertlivradoisforez.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>chloe.seve@ambertlivradoisforez.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/52cb-aide-au-developpement-des-commerces-de-proxim/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G54" s="1" t="inlineStr">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>119728</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Faire de la gare un lieu de services pour la revitalisation du territoire</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>SNCF Gares et Connexions</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...7 lines deleted...]
-      <c r="K54" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+ &lt;strong&gt;
+  Objectif de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Favoriser l&amp;#039;implantation de services et d&amp;#039;activités en gare, afin de contribuer à la revitalisation des territoires et à l&amp;#039;attractivité du mode ferroviaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Présentation Générale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare vise à réinventer les gares en y facilitant l&amp;#039;implantation d&amp;#039;activités et de services à destination des voyageurs et des riverains. Le programme cherche ainsi à soutenir le développement économique local et à maintenir des gares animées sur tout le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Un site internet et des référents régionaux dédiés pour faciliter l&amp;#039;implantation de services dans les espaces disponibles en gare
+&lt;/p&gt;
+&lt;p&gt;
+ SNCF Gares &amp;amp; Connexions met à disposition des acteurs locaux :
+&lt;/p&gt;
+&lt;p&gt;
+ Des espaces disponibles, signalés sur un site internet dédié sous forme d&amp;#039;appels à projets. La liste des gares potentiellement éligibles est indiquée en annexe. Remarques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La liste est composée des gares situées dans des communes éligibles également à Petites Villes de Demain et qui disposent d&amp;#039;un bâtiment voyageurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les appels à projet sont organisés par lots de gares, sériés dans le temps et priorisés selon :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  La réalité des espaces disponibles valorisables,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les enjeux territoriaux – la politique de service des gares étant aussi discutées avec les Régions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant des programmes d&amp;#039;investissements annuels ou pluriannuels mobilisables.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Des référents régionaux, disponibles pour écouter vos besoins et vous orienter sur les gares ouvertes au dispositif. Contacts listés en annexe.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les gares et espaces concernés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif concerne potentiellement toutes les petites et moyennes gares (à l&amp;#039;exclusion des grandes gares nationales et régionales), qui ont des espaces disponibles et qui sont toujours concernées par une desserte ferroviaire (ou de bus conventionnés).
+&lt;/p&gt;
+&lt;p&gt;
+ Il concerne tous les espaces disponibles dans ces gares, parvis, en rez-de-chaussée, en étage, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les activités et services recherchés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois dimensions clés sont recherchées en priorité : la dimension servicielle, l&amp;#039;ancrage local et la pérennité du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare réaffirme en effet la raison d&amp;#039;être des gares et recherche à travers les appels à projets l&amp;#039;implantation d&amp;#039;activités autour de 5 univers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les mobilités : accès facilité aux gares (abris vélos, navettes, ...), location de vélos, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces du quotidien : cafés / restaurants, épiceries, presse, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services à la personne : accès aux services publics, espaces de coworking, conciergerie, , maison médicale, crèche, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La logistique : points de retrait de colis, espace de stockage pour accompagner la logistique du dernier km, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La promotion du territoire et de la culture : offices de tourisme, bibliothèques, espaces d&amp;#039;expositions, ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le processus
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1.Une collectivité, une association ou une entreprise a une idée d&amp;#039;implantation et se renseigne sur les locaux disponibles auprès des équipes SNCF G&amp;amp;C
+&lt;/p&gt;
+&lt;p&gt;
+ 1.	Ou une collectivité, une association ou une entreprise repère un appel à projet sur un espace disponible en gare et manifeste son intérêt via le site internet Place de la Gare
+ &lt;a href="https://placedelagare.sncf/" rel="noopener" target="_blank"&gt;
+  https://placedelagare.sncf/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Les candidats déposent un dossier sur la plateforme en réponse à une consultation ouverte
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Un jury analyse les projets candidats et attribue le lot (jury composé de SNCF G&amp;amp;C, des collectivités et des autres financeurs potentiellement mobilisés)
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Mise en place de l&amp;#039;activité : SNCF Gares &amp;amp; Connexions réalise et finance tout ou partie des travaux propriétaires (si besoin de remise aux normes) ; le futur occupant réalise les travaux d&amp;#039;aménagement. Une convention d&amp;#039;occupation temporaire (COT) est signée entre SNCF G&amp;amp;C et l&amp;#039;occupant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="R54" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Communes de moins de 2.000 habitants
-[...2 lines deleted...]
-  Syndicats de communes de moins de 3.000 habitants
+  En priorité, projets d&amp;#039;implantation de services et commerces en gare (à destination des voyageurs et des riverains). Les annonces précisent à chaque fois le type de projets éligibles. Pour certains espaces (notamment en étage), les projets peuvent aussi concerner des implantations de bureaux ou de logements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Viabilité économique du projet
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
-[...25 lines deleted...]
-      <c r="S54" s="1" t="inlineStr">
+&lt;p&gt;
+ Toutes les gares situées dans des communes bénéficiaires de Petites Villes de Demain, possédant des espaces disponibles valorisables et disposant d&amp;#039;une desserte ferroviaire (ou de bus conventionnés). Liste des gares concernées à la fois par les dispositifs Petites Villes de demain et Place de la gare.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Auvergne-Rhône-Alpes, Camille Chavigny,
+  &lt;a href="mailto:camille.chavigny&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   camille.chavigny&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourgogne-Franche-Comté, Camille Chavigny,
+  &lt;a href="mailto:camille.chavigny&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   camille.chavigny&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bretagne, Enora Le Jeune,
+  &lt;a href="mailto:enora.le-jeune&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   enora.le-jeune&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centre-Val de Loire, Enora Le Jeune,
+  &lt;a href="mailto:enora.le-jeune&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   enora.le-jeune&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays de la Loire, Enora Le Jeune,
+  &lt;a href="mailto:enora.le-jeune&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   enora.le-jeune&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grand Est, Johann Lang,
+  &lt;a href="mailto:Eric.lavy&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   Eric.lavy&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou
+  &lt;a href="mailto:johann.lang&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   johann.lang&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Occitanie , Anne Gasnier-Laruelle,
+  &lt;a href="mailto:anne.gasnier-laruelle&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   anne.gasnier-laruelle&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur, Anne Gasnier-Laruelle,
+  &lt;a href="mailto:anne.gasnier-laruelle&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   anne.gasnier-laruelle&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hauts-de-France, Pauline Spinnewyn,
+  &lt;a href="mailto:pauline.spinnewyn&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   pauline.spinnewyn&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Normandie, Pauline Spinnewyn,
+  &lt;a href="mailto:pauline.spinnewyn&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   pauline.spinnewyn&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ile-de-France, Antoine Martin,
+  &lt;a href="mailto:antoine.martin2&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   antoine.martin2&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouvelle Aquitaine, Pierre Longeaux,
+  &lt;a href="mailto:pierre.longeaux&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
+   pierre.longeaux&amp;#64;sncf.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>ebarbereau@retail-connexions-sncf.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d9ad-faire-de-la-gare-un-lieu-de-services-pour-la-/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>149777</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’acquisition de propriétés bâties ou non bâties</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>ACQUISITION DE PROPRIÉTÉS BÂTIES OU NON BÂTIES</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L55" s="1" t="inlineStr">
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...22 lines deleted...]
- &lt;br /&gt;
+ Aider à l&amp;#039;acquisition de propriétés bâties ou non bâties liées à des projets d&amp;#039;aménagement ayant pour vocation immédiate à rester propriété de la commune ou du groupement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M55" s="1" t="inlineStr">
-[...8 lines deleted...]
-          <t>Sports et loisirs
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un local pour la rénovation en Maison d&amp;#039;Assistantes Maternelles (MAM)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;une grange en vue de sa transformation en logements sociaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition de terrains pour la préservation de l&amp;#039;environnement et la création d&amp;#039;espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un bâtiment pour la réalisation d&amp;#039;une salle communale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;une propriété pour l&amp;#039;extension des ateliers municipaux et de la maison des associations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;un local pour la création d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un immeuble pour l&amp;#039;ouverture d&amp;#039;un café-restaurant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un bâtiment pour y installer une crèche de 20 places
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;un garage pour le stockage du matériel communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un local pour y créer un commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;une maison pour la création de services techniques municipaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de la dernière boulangerie du village
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;une propriété pour la création d&amp;#039;un bistrot de pays
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
 Voirie et réseaux
-Accès aux services
 Equipement public
-Bâtiments et construction
-[...3 lines deleted...]
-      <c r="O55" s="1" t="inlineStr">
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
-[...607 lines deleted...]
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Observations
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
-      Études de faisabilité préalables aux travaux
+      Acquisitions foncières et immobilières liées au maintien ou à l&amp;#039;implantation en milieu rural d&amp;#039;activités économiques, artisanales ou commerciales (commerce de proximité ou multiservices, maisons de services...) ou acquisition destinée à la création de Maisons d&amp;#039;Assistantes Maternelles (MAM)
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
-      Taux communal
-[...3 lines deleted...]
-      intercommunal
+      Taux communal ou intercommunal bonifié
+     &lt;/p&gt;
+     &lt;p&gt;
+      (&amp;#43; 10 %)
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
-      -Dépense subventionnable plafonnée à
+      - Dépense subventionnable sur la base de l&amp;#039;estimation du service des Domaines et plafonnée à 300 000 € HT
       &lt;br /&gt;
-      50 000 € HT
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Frais notariaux et divers inhérents à l&amp;#039;acquisition (animation foncière, arpentage) pris en compte
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
-      Travaux d&amp;#039;aménagement permettant la création ou la réhabilitation de locaux scolaires maternelle et du 1er degré (y compris l&amp;#039;installation de locaux mobiles neufs)
+      Acquisitions foncières et immobilières liées à un programme déterminé de travaux portant notamment sur la réalisation de logements sociaux*, préservation de l&amp;#039;environnement, réalisation d&amp;#039;équipements publics à brève échéance...
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
-      Taux communal
-[...3 lines deleted...]
-      intercommunal
+      Taux communal ou intercommunal
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
-      -Dépense subventionnable plafonnée à
+      - Dépense subventionnable sur la base de l&amp;#039;estimation du service des Domaines et plafonnée à 300 000 € HT
       &lt;br /&gt;
-      300 000 € HT par classe sur l&amp;#039;ensemble du bâtiment scolaire
+      &lt;br /&gt;
      &lt;/p&gt;
      &lt;p&gt;
-      -Bonification de 20 % du taux de financement pour les communes rurales hors RPI ne pouvant bénéficier d&amp;#039;un complément de l&amp;#039;État, dans le seul cas où un poste d&amp;#039;enseignant est créé
-[...92 lines deleted...]
-      3 000 € HT par équipement
+      - Frais notariaux et divers inhérents à l&amp;#039;acquisition (animation foncière, arpentage) pris en compte
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
+*Constituent des logements sociaux : des logements construits et/ou gérés par une société HLM de statut public ou privé (offices publics de l&amp;#039;habitat, entreprises sociales de l&amp;#039;habitat) destinés à des personnes à ressources modestes et sous plafonds de ressources.
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
- &lt;/strong&gt;
-[...14 lines deleted...]
-      <c r="S58" s="1" t="inlineStr">
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ - réserve foncière pure.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
+      <c r="W70" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38af-aider-a-lacquisition-de-proprietes-baties-ou-/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G59" s="1" t="inlineStr">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>130993</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour son projet de Bois-Énergie</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
-[...3 lines deleted...]
-      <c r="H59" s="1" t="inlineStr">
+Département</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre collectivité a un projet bois énergie, le SIEL-TE peut vous accompagner dans sa réalisation ou, par transfert de compétences, assurer la maîtrise d&amp;#039;ouvrage. Dans ce cas-là, une commune ou un groupement de communes n&amp;#039;a pas à porter l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4 SOLUTIONS POUR MONTER UN PROJET BOIS-ÉNERGIE AVEC LE SIEL-TE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OUVRAGE DÉLÉGUÉE - TRANSFERT DE COMPÉTENCE «PRODUCTION ET DISTRIBUTION DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par transfert de compétences de la collectivité, le SIEL-TE est chargé des études et de la réalisation des travaux du projet. Il perçoit, en lieu et place de la collectivité, les subventions éventuellement attribuées par les différents financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages ainsi réalisés restent la propriété du SIEL-TE pendant 20 ans, qui en assure l&amp;#039;entretien et les loue à la collectivité. Une contribution est appelée pendant 20 ans sous forme de loyer et comprend une participation de la collectivité permettant d&amp;#039;atteindre 100% du montant HT des études et travaux, les frais liés à l&amp;#039;entretien spécialisé et une provision pour le remplacement du matériel en cas de casse.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité continue de s&amp;#039;impliquer dans le projet puisque l&amp;#039;achat des différents combustibles et fuides (bois, appoint, électricité, eau, téléphone) reste à sa charge. La collectivité facture la chaleur à ses abonnés, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; contribution «loyer» selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VENTE DE CHALEUR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du transfert de compétence «Production et distribution de chaleur», le SIEL-TE peut, dans certains cas, proposer la vente de chaleur et ainsi gérer de A à Z le fonctionnement de la chaufferie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, l&amp;#039;achat des différents combustibles et fluides (bois, appoint, électricité, eau, téléphone), ainsi que les charges de fonctionnement (maintenance, exploitation et renouvellement du matériel) sont à la charge du SIEL-TE qui vend la chaleur à la collectivité pendant une durée de 20 ans, en lieu et place de la contribution annuelle sous forme de loyer.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; prix chaleur selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OEUVRE DÉLÉGUÉE - OPTION «ÉNERGIES RENOUVELABLES ET RÉSEAU DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2017, l&amp;#039;option «projets énergies renouvelables et réseaux de chaleur» de la convention SAGE permet à la commune de demander au SIEL-TE, en appui des services, de réaliser la maîtrise d&amp;#039;oeuvre du projet de construction d&amp;#039;une chaufferie bois et d&amp;#039;un réseau de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention du SIEL-TE permettent à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-TE pour la réalisation d&amp;#039;un cahier des charges de consultation d&amp;#039;entreprises, l&amp;#039;assistance à la rédaction des dossiers de subvention, l&amp;#039;aide à l&amp;#039;analyse des offres, le suivi du chantier et l&amp;#039;aide à la réalisation des opérations de réception.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : adhésion à la compétence optionnelle
+&lt;/p&gt;
+&lt;p&gt;
+ «SAGE» &amp;#43; 8,5% du montant d&amp;#039;investissement du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la réalisation de projets de puissance bois supérieure à 1 MW, le SIEL-TE retient la Délégation de Service Public (DSP) de type concession comme montage juridique. Dans ce cas, le SIEL-TE conduit la procédure et le contrôle de la concession qui est confié à une entreprise privée. L&amp;#039;entreprise réalise le projet de la conception à la réalisation des travaux puis gère l&amp;#039;exploitation de l&amp;#039;installation pour une durée de 24 ans. L&amp;#039;entreprise sélectionnée porte l&amp;#039;investissement. La collectivité est cliente du réseau et achète la chaleur directement au concessionnnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de mise en place d&amp;#039;un contrat de DSP par le SIEL-TE : chaudière bois de puissance supérieure à 1MW
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ SAINT-MAURICE-EN-GOURGOIS
+&lt;/p&gt;
+&lt;p&gt;
+ En 2013, la commune de Saint-Maurice-en-Gourgois a choisi d&amp;#039;installer une chaufferie au bois déchiqueté sur son territoire pour chauffer l&amp;#039;école et son extension, l&amp;#039;ancienne école, la crèche communale et la mairie. Un réseau de chaleur souterrain de 170 mètres conduit de l&amp;#039;eau à 80°C vers chaque bâtiment. En 2018, ce réseau de chaleur a été étendu afin de chauffer également le bâtiment «cantine périscolaire».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferie automatique au bois déchiqueté et son réseau de chaleur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Puissance de la chaudière : 90 kW
+  &lt;/li&gt;
+  &lt;li&gt;
+   Consommation annuelle de bois : 99 tonnes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equivalence énergétique : 27 575 litres de fioul
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois utilisé : plaquette forestière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volume du silo de stockage : 36 m2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surface totale chauffée : 2 031 m2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Responsable du Pôle ENR
+&lt;/p&gt;
+&lt;p&gt;
+ Clément CHAREYRE - chareyre&amp;#64;siel42.fr 04.77.42.10.72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6ec-le-bois-energie-pour-les-collectivites/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>120315</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer la faisabilité d’un projet de création ou de développement d’une activité commerciale</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer la faisabilité d’un projet de création ou de développement d’une activité commerciale</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de Commerce et d'Industrie (CCI) de la Drôme</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La création ou le développement de projets commerciaux de type commerce, café, hôtel, camping, multiservices, alimentation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Contact téléphonique, mail
-[...5 lines deleted...]
-  Informations générales sur la réglementation, les enjeux, les procédures et le périmètre financier associé
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange avec la collectivité pour :
+  &lt;br /&gt;
+  – affiner les attentes de la collectivité par rapport au projet et visite terrain le cas échéant
+  &lt;br /&gt;
+  – identifier les principales contraintes du projet
+  &lt;br /&gt;
+  – préciser les modalités d&amp;#039;intervention possibles
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Élaboration d&amp;#039;une offre d&amp;#039;intervention dont l&amp;#039;objectif est de fournir à la collectivité les informations pragmatiques quant à la faisabilité du projet pour une prise de décision objective.
+&lt;/p&gt;
+&lt;strong&gt;
+ Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+&lt;/strong&gt;
+&lt;p&gt;
+ Après validation de la proposition d&amp;#039;intervention par la collectivité :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Aide à la définition des besoins, des objectifs et des priorités
-[...59 lines deleted...]
-  gestion administrative et financière de l&amp;#039;opération
+  Réalisation de l&amp;#039;étude de faisabilité dans les conditions définies dans l&amp;#039;offre d&amp;#039;intervention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des résultats de l&amp;#039;étude à la collectivité locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remise d&amp;#039;un rapport écrit
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O59" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/mesurer-la-faisabilite-projet-de-creation-ou-de-developpement-activite-commerciale/</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Chambre de Commerce et d&amp;#039;Industrie de la Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projet TPE Commerce Tourisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 75 70 34
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:commerce-tourisme&amp;#64;drome.cci.fr"&gt;
+    commerce-tourisme&amp;#64;drome.cci.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site :
+   &lt;a href="http://www.drome.cci.fr/"&gt;
+    www.cci.drome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e037-mesurer-la-faisabilite-dun-projet-de-creation/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>162874</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une aide forfaitaire à destination des entrepreneuses ayant au moins 1 enfant à charge afin de réduire les inégalités d’accès à l’entrepreneuriat</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux entrepreneuses pour la réduction des inégalités</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>La Région met en place une aide forfaitaire à destination des entrepreneuses ayant au moins 1 enfant à charge afin de réduire les inégalités d’accès à l’entrepreneuriat et inciter les femmes à entreprendre.&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>14/01/2024</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les &lt;strong&gt;personnes physiques&lt;/strong&gt; &lt;strong&gt;répondant aux critères suivants :&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une femme résidant &lt;/span&gt;&lt;span&gt;en Île-de-France,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir à charge au moins un enfant de moins de 12 ans&lt;/span&gt; &lt;span&gt;ou un enfant en situation de handicap de moins de 18 ans,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être dirigeante (gérante, présidente, entrepreneure…) et avoir immatriculé son entreprise,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être inscrite (selon les modalités indiquées dans &amp;#34;Démarches&amp;#34;)&lt;/span&gt;&lt;br /&gt;► &lt;span&gt;Sur la phase 2 d’&lt;a href="https://www.iledefrance.fr/toutes-les-actualites/entrepreneur-leader-3-etapes-pour-faciliter-la-creationreprise-dentreprise" target="_blank"&gt;E&lt;/a&gt;&lt;span&gt;&lt;a href="https://www.iledefrance.fr/toutes-les-actualites/entrepreneur-leader-3-etapes-pour-faciliter-la-creationreprise-dentreprise" target="_blank"&gt;ntrepreneur#leader&lt;/a&gt; &lt;/span&gt;et avoir obtenu un financement avec décaissement,&lt;/span&gt;&lt;br /&gt;► &lt;span&gt;Ou sur la phase 3 d’&lt;a href="https://www.iledefrance.fr/toutes-les-actualites/entrepreneur-leader-3-etapes-pour-faciliter-la-creationreprise-dentreprise" target="_blank"&gt;Entrepreneur#leader&lt;/a&gt; et avoir suivi un minimum de 5h d’accompagnement,&lt;/span&gt;&lt;br /&gt;► &lt;span&gt;Ou à un parcours proposé par l’incubateur régional du &lt;a href="https://www.iledefrance.fr/professionnels-construire-ou-renforcer-un-projet/le-perqo-lincubateur-de-la-region-ile-de-france" target="_blank"&gt;Perqo.&lt;/a&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir recours à un mode onéreux de garde d’enfant, d’activités périscolaires ou de centre de loisirs tel que précisé ci-dessous.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Le montant de l’aide est forfaitaire et s’élève à &lt;strong&gt;1.000€ sous forme de subvention&lt;/strong&gt;&lt;strong&gt;,&lt;/strong&gt; payé en 1 fois.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant est porté à &lt;strong&gt;2.000€&lt;/strong&gt; pour les femmes ayant à charge au moins 1 enfant en situation de handicap de moins de 18 ans.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Aide forfaitaire à destination des femmes ayant au moins 1 enfant à charge, inscrites dans un parcours d’accompagnement à la création d’entreprise d’&lt;a href="https://www.iledefrance.fr/tous-les-services/entrepreneur-leader" target="_blank"&gt;Entrepreneur#Leader&lt;/a&gt; ou de l&amp;#039;incubateur de la Région, &lt;a href="https://www.iledefrance.fr/professionnels-construire-ou-renforcer-un-projet/le-perqo-lincubateur-de-la-region-ile-de-france" target="_blank"&gt;le Perqo.&lt;/a&gt; &lt;/p&gt;&lt;p&gt;Objectifs : inciter les femmes à entreprendre, sécuriser le parcours de l’entrepreneuse en allégeant le poids des charges financières, mentales et pratiques qui pèsent sur elle.  &lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;1. Réunissez les pièces nécessaires :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Justificatif d’identité de la demandeuse &lt;/li&gt;&lt;li&gt;Justificatif de domicile de moins de 6 mois&lt;/li&gt;&lt;li&gt;RIB personnel&lt;/li&gt;&lt;li&gt;Extrait KBIS ou RNE de moins de 6 mois (ou pour les associations, fiche SIRENE et PV de l’AG avec la liste des dirigeants)&lt;/li&gt;&lt;li&gt;Certificat d’inscription de moins de 6 mois à l’un des parcours d’accompagnement selon les modalités indiquées ci-dessous (modèle fourni à compléter et signer par la structure) : &lt;br /&gt;&lt;strong&gt;Entrepreneur#Leader &lt;/strong&gt;:&lt;br /&gt;► Phase 2 : &lt;strong&gt;1er décaissement&lt;/strong&gt; d’au moins un outil financier (prêt d’honneur, garantie bancaire, microcrédit, prêt solidaire, …) à compter du 01/09/2023. &lt;span&gt;Le certificat d&amp;#039;inscription doit dater de moins de 12 mois après le 1er décaissement. &lt;/span&gt;&lt;/li&gt;&lt;p&gt;► Phase 3 : avoir suivi un minimum de &lt;strong&gt;5h d’accompagnement&lt;/strong&gt; avec une date d’entrée sur le dispositif à compter du 01/09/2023. &lt;span&gt;Le certificat d&amp;#039;inscription doit dater de moins de 12 mois après l&amp;#039;entrée dans le dispositif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Le Perqo &lt;/strong&gt;: inscription à un parcours proposé par Le Perqo : le certificat doit dater de moins de 12 mois après la date d’entrée dans le parcours. (Le délai est exceptionnellement allongé à 18 mois pour la première promotion ayant débuté en mars 2023)&lt;/p&gt;&lt;li&gt;Attestation CAF de moins de 3 mois indiquant le nom de l’allocataire et la date de naissance de l’enfant à charge OU dernier avis d’imposition indiquant le nombre d’enfant mineur à charge ET livret de famille ou copie intégrale /extrait d’acte de naissance avec filiation de l’enfant&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les allocataires d’enfants en situation de handicap, n&lt;/span&gt;otification en cours de validité de la Maison Départementale du Handicap (MDPH) de rattachement attestant de la décision de la CDAPH&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Justificatif de recours à un mode onéreux de garde d’enfant ou d’activités périscolaires /centre de loisirs (hors vacances scolaires) quel qu’il soit (modèle fourni): assistante maternelle agréée, garde d’enfant à domicile, babysitting, crèche, association, nounou, centre de loisirs … En cas de recours à un salarié, joindre obligatoirement en complément du justificatif le contrat de travail de la personne employée faisant figurer la nature de l’activité. &lt;br /&gt;&lt;br /&gt;La date du justificatif doit être comprise sur une période de 3 mois avant ou 3 mois après la date de l’attestation d’inscription à Entrepreneur#Leader ou au Perqo.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2. Déposez votre demande d&amp;#039;aide sur &lt;a href="http://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;3. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois.&lt;br /&gt;&lt;br /&gt;4. Le versement sera directement effectué en une fois sur le compte bancaire indiqué. &lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-aux-entrepreneuses-pour-la-reduction-des-inegalites</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aide ouverte à compter du &lt;strong&gt;15 janvier 2024&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;L&amp;#039;aide est attribuée dans les limites du budget alloué au dispositif. &lt;br /&gt;&lt;br /&gt;Pour toute information générale sur l&amp;#039;aide : &lt;span&gt;&lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr"&gt;aides.economiques&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour toute information sur un dossier déjà déposé : &lt;span&gt;&lt;span&gt;&lt;a href="mailto:aideauxentrepreneuses-IDF&amp;#64;asp-public.fr"&gt;aideauxentrepreneuses-IDF&amp;#64;asp-public.fr&lt;/a&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-entrepreneuses-pour-la-reduction-des-inegalites-1/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>