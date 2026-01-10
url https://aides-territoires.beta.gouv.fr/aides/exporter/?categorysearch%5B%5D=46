--- v0 (2025-11-19)
+++ v1 (2026-01-10)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA211"/>
+  <dimension ref="A1:AA203"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -1255,322 +1255,141 @@
       <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir en fonction de chaque aide (suivre le lien du descriptif complet).
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>554</v>
+        <v>9082</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
-[...10 lines deleted...]
-          <t>DATAVIZ Cœur de Ville</t>
+          <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
-        <is>
-[...168 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Mission régionale de conseil aux décideurs publics (MRCDP
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
 &lt;/p&gt;
 &lt;p&gt;
  Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
  &lt;/li&gt;
  &lt;li&gt;
   la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
  &lt;/li&gt;
  &lt;li&gt;
   Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1595,148 +1414,148 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P7" s="1" t="inlineStr">
+      <c r="P6" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
 &lt;/p&gt;
 &lt;p&gt;
  Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>10501</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Fonds Départemental de développement (F2D)</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J8" s="1" t="inlineStr">
+      <c r="J7" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1764,1794 +1583,4259 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P7" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q8" s="1" t="inlineStr">
+      <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  • Les projets relevant des typologies suivantes sont prioritaires :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations favorisant le développement des mobilités douces ou partagées,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique des logements communaux à vocation sociale,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  • Sont aussi éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
 &lt;/p&gt;
 &lt;p&gt;
  - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
 &lt;/p&gt;
 &lt;p&gt;
  - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation de structure des ouvrages d&amp;#039;art.
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail : subventions.dmit&amp;#64;gers.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>554</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>DATAVIZ Cœur de Ville</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...18 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...12 lines deleted...]
- &lt;/strong&gt;
+ Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  extension d&amp;#039;un parc animalier,
-[...5 lines deleted...]
-  aménagements touristiques.
+  Portrait socio-démographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructurer l&amp;#039;habitat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter les mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Servir les citoyens
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Espaces verts
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
-Commerces et services
-[...1236 lines deleted...]
-Sols
 Transition énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Connaissance de la mobilité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>30742</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des projets locaux en matière d'économie circulaire et de déchets</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte.  Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux études stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation de projets locaux de prévention, gestion, valorisation des déchets et de développement de l&amp;#039;économie circulaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif d&amp;#039;aide à la réalisation de projets locaux  a vocation à accompagner les acteurs locaux dans leurs projets de prévention, gestion, valorisation des déchets et de développement de l&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets devront notamment viser :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la prévention, la réduction des déchets, l&amp;#039;allongement de da durée d&amp;#039;usage des produits,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le déploiement de la tarification incitative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;organisation de la collecte en vue d&amp;#039;une valorisation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement du recyclage et l&amp;#039;optimisation de la valorisation (organique, matière et énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;un processus de transition vers l&amp;#039;économie circulaire (recherche de synergie de flux, mise en place de système d&amp;#039;échanges de services...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention d&amp;#039;investissement dont le taux maximum est différencié selon la nature et le type de dépense. L&amp;#039;intervention de la Région est encadrée par le cadre réglementaire des régimes d&amp;#039;aide publique qui est étudié au regard de chaque dossier.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes préalables : plafond par bénéficiaire et par projet :
+  &lt;strong&gt;
+   50 000 €
+  &lt;/strong&gt;
+  . Taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements : taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions complémentaires : plafond par bénéficiaire et par projet :
+  &lt;strong&gt;
+   50 000 €
+  &lt;/strong&gt;
+  . Taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets autour d&amp;#039;installations ou d&amp;#039;équipements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement de ressourceries / recycleries et développement d&amp;#039;activités de réemploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de déchèteries innovantes, de déchèteries dédiées aux professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modernisation, optimisation et création de centre de tri et sur-tri
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;unités de recyclage matière, en particulier pour les déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;installations de valorisation énergétique notamment de valorisation du CSR (la méthanisation fait l&amp;#039;objet d&amp;#039;un dispositif spécifique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets dans le domaine des bio-déchets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gestion collective de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collecte séparative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de valorisation directe ou alternative des déchets verts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;unités de valorisation par compostage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets visant l&amp;#039;évolution des comportements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de mise en œuvre de la tarification incitative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements liés à des opérations d&amp;#039;économie circulaire : synergie de flux, démarche d&amp;#039;Ecologie Industrielle et Territoriale, éco-conception de produits et services ; nouveaux services et produits sobres en ressources, utilisation de matières issues du recyclage ; actions contre les dépôts sauvages...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;études préalables de définition de l&amp;#039;investissement : prestations externes pour la réalisation d&amp;#039;études de faisabilité...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;accompagnement et d&amp;#039;ingénierie associés à l&amp;#039;investissement : maîtrise d&amp;#039;œuvre, assistance à maîtrise d&amp;#039;ouvrage...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût d&amp;#039;investissement matériel : installations, équipements, matériels... y compris les achats d&amp;#039;occasion et la location
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le cas échéant et sous conditions, les autres frais immatériels directement liés à l&amp;#039;opération (actions complémentaires de sensibilisation, communication, animation, formation...) : dépenses de prestations externes de service et dépenses internes de personnel si l&amp;#039;action est réalisée en régie (frais de personnel directement liés à l&amp;#039;opération et frais de structure afférents via un forfait de 15% des dépenses directes de personnel éligibles).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éco-conditionnalité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les organismes privés et les associations
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conditions de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evolution professionnelle : obligation de formation des salariés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre les discriminations : ne pas faire l&amp;#039;objet de litige
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre le travail illégal : justificatif de régularité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ethique financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transparence et incitativité : bilan et organigramme, répartition du capital pour les entreprises et composition du Conseil d&amp;#039;Administration pour les associations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les organismes publics
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conditions de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les politiques de Responsabilité Sociale de l&amp;#039;Entreprise : copie des marchés publics liés à l&amp;#039;opération faisant apparaitre l&amp;#039;intégration de clauses sociales ou le cas échéant, délibération sur la politique d&amp;#039;achats de la structure.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-regionales-a-la-realisation-de-projets-locaux-en-matiere-d</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Déchets &amp;amp; Economie Circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mail : economie-circulaire&amp;#64;laregion.fr Téléphone : 04 67 22 79 03
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Gard et Lozère
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Karine Freu Téléphone : 04 67 22 81 85 Mail : karine.freu&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Est Ariège et Est Hérault
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prisca Giraudo Téléphone : 04 67 22 79 20 Mail : prisca.giraudo&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Aveyron et Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/820b-aides-regionales-a-la-realisation-de-projets-/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>44624</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration et l'essaimage de démarches collectives novatrices et/ou inhabituelles qui se développent sur les territoires - Grand Est Initiatives territoriales</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 70</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Selon le volet concerné, plancher à 5 000 €/an, planfond à 50 000 €/an</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la structuration et l&amp;#039;essaimage de démarches collectives novatrices et/ou inhabituelles qui se développent sur les territoires, dont la mutualisation de moyens, la coopération ou le partenariat de service.
+ Cet accompagnement se décline sur deux volets distincts :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Volet 1 : initiatives territoriales (IT)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Volet 2 : initiatives innovantes d&amp;#039;insertion territoriales (3IT)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets étudiés au fil de l&amp;#039;eau.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet IT :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets collectifs en phase de structuration dont l&amp;#039;organisation économique, politique et financière nécessite une étape de consolidation visant la pérennité organisationnelle et/ou économique du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets collectifs déjà structurés et créateurs d&amp;#039;une nouvelle activité ou entité dans le cadre d&amp;#039;un changement d&amp;#039;échelle, d&amp;#039;une diversification d&amp;#039;activités ou d&amp;#039;un essaimage par le développement d&amp;#039;une nouvelle filière ou sur un nouveau territoire).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 3IT :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets collectifs dont le but principal est l&amp;#039;insertion vers l&amp;#039;emploi des publics en difficulté, ayant un caractère innovant, que ce soit en matière de gouvernance, méthode de construction, de déploiement, d&amp;#039;organisation, d&amp;#039;implication des parties prenantes, de mobilisation des publics et acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible, les projets sont développés sur le territoire de la région Grand Est et doivent tout-à-la fois :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  reposer sur un collectif d&amp;#039;acteurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondre à des problématiques territoriales non ou mal résolues,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer, à court terme, un potentiel d&amp;#039;activité/service(s) nouveau(x) et structurant(s),
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer des partenariats locaux dans une logique collaborative, proposer une gouvernance locale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un caractère réaliste tant dans le montage technique que financier (cofinancements publics et/ou privés obligatoires)
+ &lt;/li&gt;
+ &lt;li&gt;
+  structurer à terme un modèle de fonctionnement pérenne (volet IT seulement).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ge-initiatives-territoriales/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ initiatives.territoriales&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>ddt-stpp@marne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c1e-grand-est-initiatives-territoriales/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>71808</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets pour l’environnement (eau, économie circulaire, biodiversité, etc.)</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet en faveur de l’environnement, structuré
+par exemple autour de la gestion de l’eau, de l’économie circulaire, de la biodiversité
+? La Banque des Territoires vous propose une offre de financement des projets
+en faveur de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes à la
+recherche d’investisseurs pour structurer et financer un projet portant sur
+l’eau et l’assainissement, l’économie circulaire ou bien encore les services
+liés à l’environnement permettant également d’adresser les problématiques debiodiversité
+et de compensation environnementale, avec des coopératives carbone.. Nous
+finançons en fonds propres et quasi-fonds propres ce type de projets.
+Sollicitez-nous pour bénéficier de financements adaptés, d’un accompagnement et
+d’une expertise reconnus.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projet-environnement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=environnement_biodiversite_psat</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-environnement/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>72011</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Identifier et développer des activités économiques à impact social avec la Fabrique à initiatives</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Avise</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La
+  &lt;a href="https://fabriqueainitiatives.org/"&gt;
+   Fabrique à initiatives
+  &lt;/a&gt;
+  est un dispositif d&amp;#039;ingénierie territoriale
+ &lt;/strong&gt;
+ créé en 2010 par l&amp;#039;
+ &lt;a href="https://www.avise.org/"&gt;
+  Avise
+ &lt;/a&gt;
+ - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
+ &lt;strong&gt;
+  accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Porté localement par des structures de l&amp;#039;accompagnement et présent dans 22 territoires,
+ &lt;strong&gt;
+  le dispositif permet, en partant d&amp;#039;un besoin social / environnemental, d&amp;#039;une idée de projet ou d&amp;#039;un lieu, de faciliter la création d&amp;#039;activités d&amp;#039;utilité sociale
+ &lt;/strong&gt;
+ en apportant
+ &lt;strong&gt;
+  son expertise  en matière d&amp;#039;animation territoriale, de modélisation économique et d&amp;#039;innovation sociale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Fabrique à initiatives accompagne également la phase de recherche de financements pour concrétiser le projet. L&amp;#039;Avise mobilise notamment le dispositif dans le cadre de son partenariat sur le programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;a href="https://fabriqueainitiatives.org/les-projets/"&gt;
+  Comprendre le dispositif en 25 projets
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif a 3 clés d&amp;#039;entrée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un besoin
+  &lt;/strong&gt;
+  : développer des réponses en partant d&amp;#039;un besoin ou d&amp;#039;un enjeu clé du territoire.
+  &lt;em&gt;
+   Exemples : revitaliser le centre-bourg, développer les circuits courts, identifier des supports d&amp;#039;insertion professionnelle, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une idée
+  &lt;/strong&gt;
+  : valider la pertinence d&amp;#039;une idée d&amp;#039;activité d&amp;#039;utilité sociale et la concrétiser.
+  &lt;em&gt;
+   E
+  &lt;/em&gt;
+  &lt;em&gt;
+   xemples : tiers-lieu culturel, filière locale de compostage, crèche associative, épicerie coopérative, réseau de ressourceries, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un lieu
+  &lt;/strong&gt;
+  : créer une dynamique locale d&amp;#039;innovation sociale ou transformer un lieu disponible en projet à fort impact.
+  &lt;em&gt;
+   Exemples : revaloriser une friche, créer des activités en bas d&amp;#039;immeubles, identifier des activités innovants en QPV, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il intervient à travers le processus adaptable suivant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Détecter les besoins et les opportunités
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   et qualifier des projets à impact
+  &lt;/strong&gt;
+  , à travers des ateliers d&amp;#039;intelligence collective et une démarche de prospective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Concevoir des activités innovantes
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   durables
+  &lt;/strong&gt;
+  à travers l&amp;#039;étude d&amp;#039;opportunité et la mobilisation collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transmettre le projet
+  &lt;/strong&gt;
+  à un entrepreneur qualifié ou une entreprise de l&amp;#039;ESS existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagner le porteur de projet jusqu&amp;#039;à la création
+  &lt;/strong&gt;
+  de l&amp;#039;activité, en partenariat avec les réseaux et acteurs spécialisés existants
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples de projets réalisés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Espace de couture mutualisé en QPV
+  &lt;/strong&gt;
+  , dans le cadre du contrat de ville avec Toulouse métropole, la Ville de Toulouse et la Région Occitanie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plateforme de circuits-courts
+  &lt;/strong&gt;
+  avec la Métropole du Havre
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Commerce de proximité local et solidaire
+  &lt;/strong&gt;
+  avec la commue du Juch
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réseau de conciergeries de quartier
+  &lt;/strong&gt;
+  , avec Strasbourg Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion
+  &lt;/strong&gt;
+  pour personnes en situation de handicap, avec la commune de Pontarlier
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Jardin familial et pédagogique
+  &lt;/strong&gt;
+  , avec la CC du Pays Ajaccien
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Filière locale de compostage
+  &lt;/strong&gt;
+  , en partenariat avec Nantes Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu culturel et restaurant en circuit-court
+  &lt;/strong&gt;
+  , en partenariat avec la Ville de Bègles
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conciergerie itinérante rurale
+  &lt;/strong&gt;
+  , sur le Pays des Hauts du Val de Saône
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu numérique et intergénérationnel
+  &lt;/strong&gt;
+  , avec la commune de Moncontour
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion en QPV
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu café associatif / repair café
+  &lt;/strong&gt;
+  etc. avec la commune d&amp;#039;Annonay
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conserverie à partir d&amp;#039;invendus alimentaires
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
-Biodiversité
-[...13 lines deleted...]
-Solutions d'adaptation fondées sur la nature (SafN)</t>
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ne pas avoir identifié de porteurs de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres conditions d&amp;#039;intervention selon les structures porteuses (cf.
+  &lt;a href="https://fabriqueainitiatives.org/contact/" target="_self"&gt;
+   carte du réseau
+  &lt;/a&gt;
+  ). Le dispositif est partenaire du programme Petites villes de demain de l&amp;#039;ANCT.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/contact/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://fabriqueainitiatives.org/contact/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>contact@avise.org</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6dba-identifier-et-developper-des-activites-econom/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>81524</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la performance environnementale des produits et des services - Études d’écoconception</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Financement ADEME des diagnostics et études de mise en œuvre des actions pour conduire une démarche d&amp;#039;écoconception, améliorer la performance environnementale, aller vers la certification ou communiquer sur l&amp;#039;impact de vos produits.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisez votre étude d&amp;#039;écoconception de produits ou services
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les démarches d&amp;#039;amélioration de la performance environnementale des produits et services se déploient en France, au sein des entreprises, depuis plus d&amp;#039;une dizaine d&amp;#039;années. Elles contribuent à créer une offre permettant de se différencier, plus respectueuse de l&amp;#039;environnement, disponible pour les consommateurs ou les acheteurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;amélioration de la performance environnementale des produits et services intègrent aussi les démarches permettant une communication environnementales associées, telles que l&amp;#039;Écolabel européen ou l&amp;#039;affichage environnemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Les diagnostics, les études relatives à la mise en œuvre de ces projets peuvent être aidées jusqu&amp;#039;à 70 % du montant des dépenses internes et de prestation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout type de porteurs de projet (entreprises de toutes tailles, collectivités, syndicats, associations...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etudes-decoconception-visant-a-ameliorer-performance-environnementale-produits</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Plus d&amp;#039;informations sur lien vers
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etudes-decoconception-visant-a-ameliorer-performance-environnementale-produits"&gt;
+  le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/783a-ameliorer-la-performance-environnementale-des/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>82629</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour la gestion des biodéchets des acteurs économiques</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Pour mieux gérer les biodéchets, l&amp;#039;ADEME soutient les investissements de prétraitement/traitement en établissement et de traitement et de valorisation (désemballage/déconditionnement, hygiénisation, compostage sur plate-forme collective).
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissez dans une solution de prétraitement/traitement en établissement, dans une solution de collecte à mobilité douce ou dans des équipements de déconditionnement/désemballage, d&amp;#039;hygiénisation ou de compostage de biodéchets.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises de restauration, de production et de commerce alimentaire produisent des biodéchets qui peuvent être transformés en engrais agricole via le compostage ou la méthanisation ou produire de l&amp;#039;énergie renouvelable.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures qui génèrent plus de 10 t/an de biodéchets ont déjà l&amp;#039;obligation de les trier et de les valoriser par compostage et/ou méthanisation. D&amp;#039;ici la fin de l&amp;#039;année 2023, cette obligation s&amp;#039;étendra à tous les producteurs et y compris aux biodéchets des ménages.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME aide les producteurs de biodéchets en apportant une subvention aux équipements de prétraitement/traitement en établissement et aux équipements pour une collecte par mobilité douce.
+&lt;/p&gt;
+&lt;p&gt;
+ Quant aux opérateurs privés qui prennent en charge les biodéchets, ils peuvent être aidés pour la réalisation d&amp;#039;installation de désemballage et/ou déconditionnement, d&amp;#039;hygiénisation, de création ou d&amp;#039;adaptation de plate-forme de compostage (
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-methanisation-injection-cogeneration-chaleur"&gt;
+  un dispositif spécifique existe par ailleurs pour la méthanisation
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de l&amp;#039;ADEME aux investissements peut aller jusqu&amp;#039;à 55 %.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
-          <t>Récurrente</t>
-[...9 lines deleted...]
-          <t>10/12/2025</t>
+          <t>Ponctuelle</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
-          <t>&lt;ul&gt;
-[...20 lines deleted...]
-          <t>Réflexion / conception</t>
+          <t>&lt;p&gt;
+ Vous êtes une entreprise de restauration, de production et de commerce alimentaire. Vous êtes un opérateur privé de traitement de biodéchets issus des activités économiques.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="T14" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U14" s="1" t="inlineStr">
         <is>
-          <t>GAL Alpes et Azur</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V14" s="1" t="inlineStr">
         <is>
-          <t>https://www.parc-prealpesdazur.fr/en-action/soutien-aux-initiatives-locales/leader/</t>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/investissements-gestion-biodechets-acteurs-economiques</t>
         </is>
       </c>
       <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Equipe technique LEADER - leader&amp;#64;alpesdazur.fr&lt;br /&gt;&lt;/p&gt;</t>
+ Pour plus d&amp;#039;informations, cliquer sur le
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/investissements-gestion-biodechets-acteurs-economiques"&gt;
+  lien vers le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
-          <t>leader@alpesdazur.fr</t>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/626a-leader-une-subvention-europeenne-pour-vos-pro/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1f7-investir-pour-la-gestion-des-biodechets-des-a/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:27" customHeight="0">
       <c r="A15" s="1">
-        <v>52290</v>
+        <v>82633</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Financer vos budgets d'investissement</t>
+          <t>Financer la mise en œuvre du tri à la source et du traitement des biodéchets ménagers</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Action cœur de ville
-Actions pour la Relance (complémentaires à France Relance)</t>
+          <t>France Relance</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>AFL, la banque des collectivités locales</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Après avoir réalisé une étude préalable, vous pouvez mettre en place des investissements de gestion de proximité des biodéchets et mettre en place une collecte séparée des biodéchets, suivie d&amp;#039;une valorisation et bénéficier d&amp;#039;une aide de l&amp;#039;ADEME.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissez dans le tri à la source et le traitement des biodéchets ménagers avec l&amp;#039;aide de l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre collectivité souhaite agir ? L&amp;#039;ADEME peut vous apporter une aide pour la solution de tri à la source et de valorisation des biodéchets adaptée à votre territoire, et anticiper l&amp;#039;obligation règlementaire de début 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez bénéficier d&amp;#039;une aide allant jusqu&amp;#039;à 55 % des dépenses d&amp;#039;équipement en gestion de proximité des biodéchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également bénéficier d&amp;#039;un accompagnement de l&amp;#039;ADEME pour la collecte séparée des déchets de cuisine et de table en porte-à-porte et/ou aux points d&amp;#039;apport volontaire :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   subvention pouvant atteindre 70 % des dépenses pour l&amp;#039;expérimentation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à la mise en œuvre pouvant aller jusqu&amp;#039;à 10 € par habitant desservi.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour encourager une démarche globale de réorganisation du service de collecte et de traitement des déchets, si vous vous engagez ou êtes déjà engagé dans un tel projet de collecte séparée des biodéchets, votre projet de mise en œuvre de la tarification incitative pourra bénéficier d&amp;#039;une aide bonifiée de 2 € par habitant.
+&lt;p&gt;
+ Enfin, l&amp;#039;ADEME finance jusqu&amp;#039;à 55 % des dépenses d&amp;#039;équipements d&amp;#039;installation de traitement par compostage ou jusqu&amp;#039;à 45 % des dépenses de méthanisation des biodéchets ainsi collectés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide s&amp;#039;adresse aux collectivités territoriales exerçant la compétence collecte ou traitement des déchets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-mise-oeuvre-tri-a-source-traitement-biodechets-menagers</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, cliquez sur le
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-mise-oeuvre-tri-a-source-traitement-biodechets-menagers"&gt;
+  lien vers le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c0e-financer-la-mise-en-uvre-du-tri-a-la-source-e/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Loiret
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Gers
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Vendée
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Seine-Maritime
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE de la Haute-Loire
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE du Puy-de-Dôme
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE de la Dordogne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE du Pas-de-Calais
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>82912</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Ain
+CAUE du Lot
+CAUE du Var
+CAUE du Cher
+CAUE du Gard
+CAUE du Gers
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de la Vendée
+CAUE de l'Aude
+CAUE de l'Oise
+CAUE de l'Orne
+CAUE du Cantal
+CAUE du Loiret
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Yonne
+CAUE du Morbihan
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Calvados
+CAUE du Maine-et-Loire
+CAUE de l'Ardèche
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Puy-de-Dôme
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Dordogne
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de la Sarthe
+CAUE des Deux-Sèvres
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE du Pas-de-Calais
+CAUE de la Haute-Loire
+CAUE Lot-et-Garonne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Haute-Garonne
+CAUE de la Savoie
+CAUE de la Seine-et-Marne
+CAUE de la Seine-Maritime
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>82917</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Agences Locales de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://federation-flame.org</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Frank Sentier, Délégué général de la Fédération FLAME
+&lt;/p&gt;
+&lt;p&gt;
+ frank.sentier&amp;#64;federation-flame.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8b5-copie-17h59-se-faire-accompagner-sur-les-them/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Normands
+Union régionale des CAUE des Hauts de France</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>77376</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le tissu économique en Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le paysage économique du Pays Comminges Pyrénées connaît depuis plusieurs décennies des évolutions profondes. Les chocs économiques successifs, la tertiairisation de l’économie, la métropolisation, le développement des grands axes de communication, etc. ont entraîné l’économie commingeoise vers de nouvelles tendances, notamment la fragilisation de son tissu industriel traditionnel, une agriculture en recul ainsi que la diversification de son économie dans les domaines du commerce, du tourisme et des services à la personne.&lt;/p&gt;&lt;p&gt;Pour autant, le territoire doit aussi compter sur de forts potentiels à développer. Le Pays doit conforter le rôle structurant de l’agriculture, du tourisme et des services dans l’attractivité économique tout en soutenant le développement de filières d’avenir innovantes. Plus globalement, il doit renforcer son attractivité, faciliter l’installation de nouvelles entreprises et artisans et veiller à la revitalisation des centres-bourgs.&lt;/p&gt;&lt;p&gt;Les enjeux : Revitaliser les coeurs de villes et de villages ; conforter l’emploi local ; soutenir l’innovation, l’économie circulaire et l’économie sociale et solidaire.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TYPE ET DESCRIPTION DES OPERATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.1 Maintenir et développer le tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.1.1 Maintenir et développer les commerces de proximité, les activités artisanales et les savoirs faire locaux&lt;/li&gt;&lt;li&gt;2.1.2 Soutenir la (re)qualification des zones d’activités économiques du territoire&lt;/li&gt;&lt;li&gt;2.1.3 Résorber les friches commerciales, industrielles ou tertiaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.2 Soutenir les projets stratégiques, innovants et expérimentaux concourant à l’attractivité du territoire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.2.1 Accompagner la création et le développement d’activités économiques innovantes&lt;/li&gt;&lt;li&gt;2.2.2 Développer les filières d&amp;#039;avenir&lt;/li&gt;&lt;li&gt;2.2.3 Elaborer ou réviser une stratégie de planification de développement et d’aménagement territorial.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.3 Développer des dynamiques relevant de l’économie sociale et solidaire (ESS)&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.3.1 Accompagner les acteurs de l’ESS dans leur développement&lt;/li&gt;&lt;li&gt;2.3.2 Développer de nouvelles méthodes de travail, accompagner vers l’emploi et la création/reprise d’entreprises&lt;/li&gt;&lt;li&gt;2.3.3 Contribuer à la lutte contre les exclusions et les inégalités, à la préservation et au renforcement du lien social.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’une épicerie associative, création d’une boulangerie, études sur les vacances commerciales, reconversion de friches industrielles, boutiques éphémères, etc. ;&lt;/p&gt;&lt;p&gt;- Création d’un FABLAB, installation d’unités de production d’hydrogène, etc. ;&lt;/p&gt;&lt;p&gt;- Création et mise en réseau de tiers lieux, développement du réemploi et des ressourceries, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;br /&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI et particuliers.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Pour les projets de (re)qualification de zones d’activités et nouvelles zones d’activités, le porteur de projet devra présenter une stratégie d’aménagement durable (pré-verdissement et/ou végétalisation, mobilité douce et/ou collective, aménagement des espaces communs…)&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Les nouvelles zones d’activités devront être compatibles avec le SCoT du PETR Pays Comminges Pyrénées. Le porteur de projet devra présenter l’avis positif de la commission Scot Du PETR Comminges Pyrénées.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/570e-renforcer-linnovation-et-dynamiser-lattractiv/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>78203</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser, préserver les ressources locales et atténuer le changement climatique</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Le territoire présente un environnement peu dégradé, mais porte toutefois les traces d’activités anciennes qui laissent des friches et des sites potentiellement pollués. Les activités contemporaines exercent aussi des pressions sur l’environnement, tout comme le changement climatique.&lt;/p&gt;&lt;p&gt;L’agriculture, dominée par la polyculture et un élevage important, est une composante essentielle du territoire. La production biologique est en plein essor, la demande d’installation sur de petites surfaces est en hausse (en lien avec le projet d’espace-test maraîcher porté par le Pays Comminges Pyrénées) et la filière viande est en cours de structuration.&lt;/p&gt;&lt;p&gt;L’offre de transport demeure limitée, le Pays Comminges Pyrénées doit améliorer les mobilités sur l’ensemble de son territoire afin de le rendre accessible à tout type de population, en priorisant le développement des mobilités multimodales, durables et économes en énergie. Le fait que 78% des actifs résident et travaillent sur le territoire montre que le potentiel de développement des alternatives à la voiture individuelle est réel.&lt;/p&gt;&lt;p&gt;Les enjeux : Valoriser l’environnement, le patrimoine naturel et le cadre de vie ; encourager une agriculture et une consommation locales et durables ; développer le potentiel énergétique renouvelable du territoire et adapter le territoire au changement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.1 Soutenir une agriculture locale durable&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.1.1 Adapter et développer une agriculture locale, de montagne et accessible à tous&lt;/li&gt;&lt;li&gt;4.1.2 Diversifier les activités agricoles par la transformation ou la valorisation des produits et par les activités agritouristiques&lt;/li&gt;&lt;li&gt;4.1.3 Développer les actions inscrites dans le Projet Alimentaire Territorial Comminges Pyrénées et/ou en cohérence avec celui-ci.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;4.2 Accompagner le développement raisonné des ressources naturelles locales&lt;/strong&gt;&lt;br /&gt;&lt;ul&gt;&lt;li&gt;4.2.1 Préserver et valoriser la richesse environnementale du territoire ;&lt;/li&gt;&lt;li&gt;4.2.2 Développer et valoriser les filières locales&lt;/li&gt;&lt;li&gt;4.2.3 Gérer durablement les ressources naturelles du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;span&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3 Favoriser les transitions écologiques et énergétique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.3.1 Développer les initiatives en faveur de la transition écologique, de la maîtrise de l’énergie et des énergies renouvelables&lt;/li&gt;&lt;li&gt;4.3.2 Développer une mobilité innovante et durable&lt;/li&gt;&lt;li&gt;4.3.3 Mettre en œuvre et réviser les Plans Climat Air Energie Territoriaux.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;p&gt;&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’un tiers lieu nourricier, création d’une cuisine centrale pour la restauration collective, création d’un magasin de producteurs, réalisation d’un guide des producteurs locaux, développement des AFP, mise en place d’espaces-tests, etc. ;&lt;/p&gt;&lt;p&gt;- Installation d’unités de production de méthanisation, structuration de la filière laine, protection des captages d’eau, etc. ;&lt;/p&gt;&lt;p&gt;- Projet solaire citoyen, aménagement d’un pôle multimodal, réalisation d’un plan mobilité simplifiée à l’échelle du Pays Comminges Pyrénées, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;br /&gt;&lt;/strong&gt;&lt;br /&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.1.2 Pour les activités agritouristiques&lt;/em&gt; : Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.3. Favoriser les transitions écologique et énergétique &lt;/em&gt;: Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Exclusions spécifiques&lt;/strong&gt; : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6359-promouvoir-une-agriculture-locale-perenne-et-/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Sa raison d&amp;#039;être
+  Sa raison d&amp;#039;être :
  &lt;/strong&gt;
- :
-[...12 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission
+  Sa mission :
  &lt;/strong&gt;
- :
-[...6 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...26 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ses crédits
+  Ses crédits :
  &lt;/strong&gt;
- :
-[...17 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement
+  Son accompagnement :
  &lt;/strong&gt;
- :
-[...8 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M15" s="1" t="inlineStr">
-[...38 lines deleted...]
-&lt;/ul&gt;
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3594,267 +5878,980 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;ul&gt;
-[...30 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X15" s="1" t="inlineStr">
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Contact
+  Email
  &lt;/strong&gt;
- :
-[...5 lines deleted...]
- adhesion&amp;#64;agence-france-locale.fr
+ : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>73145</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un prêt vert</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance
+ADEME</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan d&amp;#039;accélération de la transition écologique des TPE et PME, Bpifrance et l&amp;#039;Ademe mettent en place le Prêt Vert. Ce prêt a pour objectif de financer les investissements des entreprises qui souhaitent mettre en œuvre un projet de transition écologique et énergétique visant à :
+&lt;/p&gt;
+&lt;p&gt;
+ optimiser les procédés, ou améliorer la performance (énergie, eau, matière,) afin de mieux maîtriser ou de diminuer les impacts sur l&amp;#039;environnement ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la mobilité &amp;#34;zéro carbone&amp;#34; pour les salariés, les marchandises et les produits ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  innover pour mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement, d&amp;#039;économie circulaire et/ou permettant une réduction de la consommation de ressources, renouvelables ou non, (énergie, matières premières, eau, ... ; en ce compris la dédieselisation, l&amp;#039;allongement de la durée de vie des produits, l&amp;#039;intégration de recyclé, la recyclabilité, la réutilisation ou le réemploi) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  produire des énergies nouvelles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce prêt, octroyé aux conditions de marché, permet notamment de financer des investissements répondant aux enjeux de décarbonation et de relocalisation de l&amp;#039;industrie, de mobilité verte, ou encore de gestion des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés les investissements immatériels ou matériels à faible valeur de gage ainsi que l&amp;#039;augmentation du Besoin en Fonds de Roulement (BFR) nécessaire au lancement du projet, sans prise de sûretés, pour compléter un financement extérieur (prêt bancaire, apport en fonds propres ou financement participatif).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant du prêt vert est compris entre 10 000 et 1 000 000 €.
+ Il doit être inférieur ou égal au montant cumulé des subventions accordées au projet et des fonds propres et quasi-fonds propres de l&amp;#039;emprunteur.  Une retenue de garantie, égale à 5% du montant total du prêt est prévue. Elle est restituée après complet remboursement du prêt, et augmentée des intérêts qu&amp;#039;elle a produits.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est obligatoirement associé à un financement extérieur (concours bancaires, apport en fonds propres, crowdfunding) d&amp;#039;un montant au moins égal, de même durée pour les prêts de 2 à 4 ans, ou d&amp;#039;une durée de 5 ans minimum pour les prêts de plus de 5 ans, et portant sur le même programme réalisé depuis moins de 6 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Il est conclu pour une durée de 3 à 10 ans, avec un différé d&amp;#039;amortissement en capital de 2 ans maximum. Il se rembourse par échéances trimestrielles avec amortissement linéaire du capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles couvrent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les 
+investissements et dépenses immatérielles : frais de formation, recrutement, frais d&amp;#039;étude, achats de services liés à l&amp;#039;optimisation des processus, dépenses liées à des bureaux d&amp;#039;étude ou d&amp;#039;ingénierie, mise en œuvre de labels et de certifications
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements corporels à faible valeur : achat d&amp;#039;équipements (exemples : stockage d&amp;#039;énergie, matériel de mesure, équipements de tri, systèmes de recyclage, etc), travaux de rénovation
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation du Besoin en Fonds de Roulement générée par le projet de développement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Revitalisation
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Prêt Vert s&amp;#039;adresse aux TPE et PME localisées en France Métropolitaine, dans les DROM ou dans les COM de plus de 3 ans ou en capacité de fournir un bilan couvrant une durée minimum de 24 mois ayant bénéficié d&amp;#039;un diagnostic
+ &lt;a href="https://les-aides.fr/aide/ap5lDHpGxfTeBGZeTUzZ4_Vm/bpifrance/diag-eco-flux.html"&gt;
+  Diag Eco-Flux
+ &lt;/a&gt;
+ (offre d&amp;#039;accompagnement Bpifrance) ou d&amp;#039;une aide de l&amp;#039;ADEME au cours des 3 dernières années.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-thematiques/Pret-Vert-ADEME</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus de renseignements, contactez
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  votre référent de la BPI local
+ &lt;/a&gt;
+ ou l&amp;#039;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  adresse générique
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2ea9-beneficier-dun-pret-vert/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>89215</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>ADEFPAT</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des avancées concrètes dans la réalisation du projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La favorisation de l&amp;#039;ancrage territorial et professionnel
+   du projet dans son environnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des projets :
+  Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tiers lieux
+&lt;/p&gt;
+&lt;p&gt;
+ Projet alimentaire de territoire
+&lt;/p&gt;
+&lt;p&gt;
+ stratégie de developpement touristique
+&lt;/p&gt;
+&lt;p&gt;
+ équipement de loisir, touristique,
+&lt;/p&gt;
+&lt;p&gt;
+ atelier de découpe transformation
+&lt;/p&gt;
+&lt;p&gt;
+ mobilisation des acteurs : bourg centre, services aux publics,...
+&lt;/p&gt;
+&lt;p&gt;
+ boutique école
+&lt;/p&gt;
+&lt;p&gt;
+ petits commerces
+&lt;/p&gt;
+&lt;p&gt;
+ installation d&amp;#039;artisans
+&lt;/p&gt;
+&lt;p&gt;
+ Politiques et actions d&amp;#039;accueil de nouvelle population
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Bâtiments et construction
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adefpat.fr</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adefpat.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 63 36 20 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.dupre@adefpat.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>74102</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger des stratégies globales de territoires</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Du fait de leur proximité avec les élus et de leur connaissance des territoires, les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la DDTM 29, sont en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
+ &lt;br /&gt;
+ Cette aide se matérialise par un appui en ingénierie technique, juridique, et financier. Un fonctionnement en mode projet et des apports méthodologiques contribuent à faire émerger des stratégies territoriales qui peuvent ensuite se traduire par une contractualisation ou la mise en place d&amp;#039;outils réglementaires. Et suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation pré-diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Action Cœur de Ville &amp;amp; Opérations de Revitalisation des Territoires (ORT) ;
+ &lt;br /&gt;
+ - OPAH ;
+ &lt;br /&gt;
+ - Contrats de Ruralité (programmes pluriannuel et annuel) ;
+ &lt;br /&gt;
+ - Contrat de Transition Écologique ;
+ &lt;br /&gt;
+ - ateliers de territoire ; plan de paysage ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - AMI centres-bourgs et AàP revitalisation des centralités......
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0519-obtenir-un-appui-pour-faire-emerger-des-strat/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>74103</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui technique de proximité à la mise en oeuvre des politiques publiques prioritaires et un accompagnement amont sur les procédures réglementaires associées</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la Direction Départementale des Territoires et de la Mer du Finistère, sont les interlocuteurs de proximité des élus qui souhaitent être accompagnés et soutenus
+dans la mise en oeuvre de projets relevant des
+ &lt;strong&gt;
+  politiques publiques prioritaires
+ &lt;/strong&gt;
+ suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aménagement de bourgs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  transition énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  qualité de l&amp;#039;eau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  publicité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sécurité routière
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiment durable et accessibilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  biodiversité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  risques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette aide se matérialise par un conseil global en aménagement, des interventions ponctuelles ou une mise en réseau.
+ &lt;/strong&gt;
+ Suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation prédiagnostic, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  s différents services apportent dans une logique de simplification administrative, un conseil stratégique amont tenant compte du contexte local et des particularités du projet, et permet d&amp;#039;aplanir la complexité des procédures inhérentes aux projets d&amp;#039;aménagement et de développement économique.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après un examen sur la base d&amp;#039;une question et pré-dossier du porteur de projet, l&amp;#039;Atelier délivre au bénéficiaire un avis préalable sur les procédures applicables et les délais induits ainsi qu&amp;#039;une synthèse des informations utiles
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  aménagements d&amp;#039;espaces publics ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de nouveaux quartiers, renouvellement urbain, écoquartiers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation thermique de bâtiments publics, production d&amp;#039;EnR ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  agendas d&amp;#039;accessibilité programmée ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics publicité ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics de sécurité routière ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aires d&amp;#039;accueil des gens du voyage ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plans communaux de sauvegarde.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pôle d&amp;#039;échanges multi-modal,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  implantation, extension de sites d&amp;#039;activités, projets liés aux énergies renouvelables...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remise en culture de friches agricoles, remise en activité ou renaturation de friches artisanales et industrielles...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba53-obtenir-un-appui-technique-de-proximite-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>62848</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3900,726 +6897,1015 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...154 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>12477</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner son projet en amont sur les procédures réglementaires associées : le pôle projets</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>DDT de la Lozère</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...7 lines deleted...]
-      <c r="K18" s="1" t="inlineStr">
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  La
-[...3 lines deleted...]
-  est un dispositif d&amp;#039;ingénierie territoriale
+  Accompagnement et revue des procédures réglementaires associées à un projet : le pôle projets
  &lt;/strong&gt;
- créé en 2010 par l&amp;#039;
-[...3 lines deleted...]
- - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une logique de simplification administrative, le pôle projets apporte un conseil stratégique amont tenant compte du contexte local et des particularités du projet, et permet d&amp;#039;aplanir la complexité des procédures inhérentes aux projets d&amp;#039;aménagement et de développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Après un examen sur la base d&amp;#039;une fiche fournie par le porteur de projet, le pôle projets délivre au bénéficiaire un avis préalable sur les procédures applicables et les délais induits ainsi qu&amp;#039;une synthèse des informations utiles pour faciliter la réalisation du projet (contraintes identifiées, simplifications possibles, optimisation des délais...).
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
+  Exemples de projets réalisés grâce à cette aide :
  &lt;/strong&gt;
- .
-[...21 lines deleted...]
- Le dispositif a 3 clés d&amp;#039;entrée :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...147 lines deleted...]
-  &lt;/strong&gt;
+  extension d&amp;#039;un parc animalier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  implantation ou extension de sites industriels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements touristiques.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Commerces et services
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Commerces et services
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Attractivité économique</t>
-[...2 lines deleted...]
-      <c r="O18" s="1" t="inlineStr">
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="S18" s="1" t="inlineStr">
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X18" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Lozère</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- https://fabriqueainitiatives.org/contact/
+ Direction départementale des Territoires de la Lozère
+&lt;/p&gt;
+&lt;p&gt;
+ Mission stratégie et connaissance des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de l&amp;#039;unité connaissance et conseil aux territoires
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ddt-pole-projet&amp;#64;lozere.gouv.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>sylvie.pascal@lozere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/21ed-accompagnement-et-revue-des-procedures-reglem/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E19" s="1" t="inlineStr">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>20050</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études stratégiques en matière d'économie circulaire et de déchets</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>Maximum de 50% des coûts éligibles de l'opération, plafonné à 50 000 € par bénéficiaire et par opéra</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte. Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux études stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation de projets locaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont concernées par les aides aux études stratégiques : les études sur différentes échelles territoriales (territoire, département, région, supra-régionale) ou d&amp;#039;une filière.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  éclairer les choix et décisions du bénéficiaire (en termes technique, organisationnel, financier, juridique...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer et approfondir les connaissances sur un sujet précis,
+ &lt;/li&gt;
+ &lt;li&gt;
+  poser un diagnostic et proposer des pistes d&amp;#039;actions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples d&amp;#039;aides :
+   &lt;/strong&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;em&gt;
+    Etude dans le domaine de la prévention :
+   &lt;/em&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Etude d&amp;#039;optimisation de la prévention et de la gestion des déchets à l&amp;#039;échelle d&amp;#039;un territoire ou d&amp;#039;une filière territorialisée (schéma de planification territoriale de prévention et gestion des déchets organiques...)
+ Etude de préfiguration liée à la mise en œuvre de la tarification incitative
+ Etude d&amp;#039;opportunité sur l&amp;#039;émergence d&amp;#039;unité de ré-emploi
+&lt;p&gt;
+ &lt;em&gt;
+  Etude dans le domaine de la valorisation :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etude de la mise en place de filières de recyclage et de valorisation émergentes ou innovantes ou présentant un intérêt au regard des stratégies régionales
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude d&amp;#039;expérimentation par exemple sur l&amp;#039;amélioration de la gestion des déchets du BTP, le développement de l&amp;#039;utilisation de matériaux recyclables dans la construction
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;em&gt;
+  Etude visant à améliorer et approfondir les connaissances :
+ &lt;/em&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Comparer des outils, méthodes, pratiques... (benchmark)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Produire des outils méthodologiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prévoir l&amp;#039;évolution des flux de déchets
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablir un diagnostic à caractère technique et/ou organisationnel avec une étude critique et comparative des différentes solutions envisageables...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dépenses de prestations de service pour la réalisation de l&amp;#039;étude,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le cas échéant et sous conditions, si l&amp;#039;étude est réalisée en régie : les dépenses internes de personnel directement liées à l&amp;#039;opération et les frais de structure afférents à l&amp;#039;opération (taux forfaitaire de 15 % appliqué au montant des dépenses de personnel directes éligibles),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le cas échéant et sous conditions, les autres dépenses directement liées à l&amp;#039;opération : diffusion et communication des résultats...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-etudes-strategiques-economie-circulaire-et-dechets</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute demande de renseignements, vous pouvez contacter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Déchets &amp;amp; Economie Circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : economie-circulaire&amp;#64;laregion.fr Téléphone : 04 67 22 79 03
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les territoires : Gard et Lozère
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Karine Freu Téléphone : 04 67 22 81 85 Mail : karine.freu&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les territoires : Est Ariège et Est Hérault
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prisca Giraudo Téléphone : 04 67 22 79 20 Mail : prisca.giraudo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Aveyron et Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
+&lt;/p&gt;
+&lt;p&gt;
+ Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/30d6-aides-regionales-aux-etudes-strategiques-en-m/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>20395</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Animer des actions collectives en matière d'économie circulaire et de déchets</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu'à 50% des coûts éligibles de l'opération. L'aide est plafonnée à 50 000 € par bénéficiaire et </t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte. Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux études stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation de projets locaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Parmi les aides à l&amp;#039;animation d&amp;#039;actions collectives, le dispositif a pour objectifs de soutenir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;animation d&amp;#039;actions collectives de dimension régionale  (Information, sensibilisation, communication, formation... visant à structurer les réseaux régionaux s&amp;#039;engageant en matière d&amp;#039;économie circulaire).
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;animation d&amp;#039;actions collectives locales (Opérations visant la mise en place d&amp;#039;un processus de transition vers l&amp;#039;économie circulaire associant différents partenaires locaux).
+ &lt;/li&gt;
+ &lt;li&gt;
+  les missions d&amp;#039;observation régionale (Observation visant à améliorer les connaissances sur les filières, les acteurs, les flux de déchets, de matières et de ressources à l&amp;#039;échelle de la région).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vocation des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1/ Animation d&amp;#039;actions collectives régionales
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibiliser et promouvoir l&amp;#039;économie circulaire et la prévention des déchets à destination de différentes cibles : grand public, collectivités, entreprises...
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobiliser et accompagner le changement de comportement des particuliers et des professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  capitaliser et valoriser les retours d&amp;#039;expérience, développer et essaimer les bonnes pratiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  mutualiser des outils collectifs, la production de nouveaux outils, leur diffusion, valorisation et appropriation. Notamment dans le cadre d&amp;#039;un programme global annuel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2/ Animation d&amp;#039;actions collectives locales
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rechercher des synergies de flux à l&amp;#039;échelle d&amp;#039;une zone (démarche d&amp;#039;Ecologie Industrielle et Territoriale),
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en place des systèmes d&amp;#039;échanges de services,
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions locales de communication / sensibilisation en faveur de l&amp;#039;économie circulaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire évoluer les modèles d&amp;#039;affaires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3/ Missions d&amp;#039;observation régionale
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à améliorer les connaissances sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les flux de déchets, de matières et de ressources à l&amp;#039;échelle de la région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les filières du secteur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les acteurs du secteur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Notamment dans le cadre d&amp;#039;un programme global annuel et du suivi des objectifs fixés par le Plan Régional de Prévention et de Gestion des Déchets.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les actions ponctuelles, les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région,
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les programmes globaux annuels, les demandes doivent être déposées si possible avant la fin de l&amp;#039;année n-1 et au plus tard le 30 juin de l&amp;#039;année n . Les dépenses sont prises en compte du 1er janvier au 31 décembre de l&amp;#039;année n .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-regionales-a-l-animation-d-actions-collectives-en-matiere</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute demande de renseignements, vous pouvez contacter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service Déchets &amp;amp; Economie Circulaire
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : economie-circulaire&amp;#64;laregion.fr Téléphone . : 04 67 22 79 03
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Gard et Lozère
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Karine Freu Téléphone : 04 67 22 81 85 Mail : karine.freu&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Est Ariège et Est Hérault
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prisca Giraudo Téléphone : 04 67 22 79 20 Mail : prisca.giraudo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Aveyron et Tarn
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/959b-aides-regionales-a-lanimation-dactions-collec/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Sa raison d&amp;#039;être :
+  Sa raison d&amp;#039;être
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission :
+  Sa mission
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...7 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ses crédits :
+  Ses crédits
  &lt;/strong&gt;
-&lt;/p&gt;
-[...11 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement :
+  Son accompagnement
  &lt;/strong&gt;
-&lt;/p&gt;
-[...5 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4662,5798 +7948,697 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X19" s="1" t="inlineStr">
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...3 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Email
+  Contact
  &lt;/strong&gt;
- : adhesion&amp;#64;agence-france-locale.fr
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
-[...3292 lines deleted...]
-      </c>
       <c r="Z32" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
       <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:27" customHeight="0">
       <c r="A33" s="1">
-        <v>89215</v>
+        <v>90745</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
-[...5 lines deleted...]
-EUROPE - FSE + - Fonds social européen</t>
+          <t>Soutenir les investissements en faveur du recyclage et du réemploi des déchets</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Investissement en faveur du recyclage et du réemploi des déchets</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
-        <is>
-[...184 lines deleted...]
-      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine
 Commission européenne</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner les investissements permettant de réduire l&amp;#039;impact environnemental des déchets tout en créant des emplois locaux.
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser le développement de modes de traitement des déchets plus respectueux de l&amp;#039;environnement permettant de mieux capter et mieux transformer des gisements valorisables.
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser le développement de dispositifs de réduction des prélèvements de matières premières vierges et la réduction de production de déchets.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
  Entreprises de toutes tailles, dont les associations et les collectivités
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Investissements matériels et immatériels liés un programme d&amp;#039;investissements- Equipements de recyclage, de tri, de collecte et de réemploi,
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux de génie civil liés à la création ou au développement d&amp;#039;activités de collecte et de recyclage
  &lt;/li&gt;
  &lt;li&gt;
   Investissement logiciel spécifique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les coûts pris en compte sont les coûts supplémentaires pour meilleure efficience.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le recyclage et le réemploi, par le bénéficiaire, de ses propres déchets,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements roulants et/ou d&amp;#039;occasion.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/investissement-en-faveur-du-recyclage-et-du-reemploi-des-dechets</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ecb0-investissement-en-faveur-du-recyclage-et-du-r/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>90787</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Créer de nouvelles activités en économie circulaire</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Création de nouvelles activités en économie circulaire</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I35" s="1" t="inlineStr">
+      <c r="I34" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
     &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner la création de nouvelles activités de collecte et de recyclage permettant le développement de nouvelles filières ou de nouveaux débouchés
  &lt;/li&gt;
  &lt;li&gt;
   Développer de nouvelles filières de traitement
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Bénéficiaires : Entreprises de toutes tailles, dont les associations et les collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Modalités d&amp;#039;intervention: s
  ubvention maximum de 60 %
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie circulaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Actions éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Investissements matériels et immatériels liés un programme d&amp;#039;investissements
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Travaux d&amp;#039;étude et de conception, recherche et développement de nouvelles activités y compris assistance externe et travaux de lancement promotionnel de l&amp;#039;activité;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les coûts pris en compte sont les coûts supplémentaires pour meilleure efficience.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le recyclage et le réemploi, par le bénéficiaire, de ses propres déchets,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements roulants et/ou d&amp;#039;occasion.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/creation-de-nouvelles-activites-en-economie-circulaire</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 Direction de l&amp;#039;énergie et du climat
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/79f1-creation-de-nouvelles-activites-en-economie-c/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="E36" s="1" t="inlineStr">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>90828</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transition vers l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil à l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
-[...167 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I37" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner la prise de décision des entreprises en matière d&amp;#039;achats durables, de démarches d&amp;#039;éco-conception et d&amp;#039;écologie industrielle, de passage à une économie de la fonctionnalité, et de recyclage des déchets
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner toute étude ayant pour objectif de réduire les impacts environnementaux des produits (biens ou services).
  &lt;/li&gt;
  &lt;li&gt;
   Développer les démarches de responsabilité sociétale.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Etudes préalables techniques, financière, commerciale technique... (prestations externes)
 &lt;/p&gt;
 &lt;p&gt;
  Prestations externes (accompagnement, diagnostic, audit, évaluation) relatives à une démarche RSE reconnue : accompagnement et évaluation AFAQ26000 et/ou labellisation LUCIE.
 &lt;/p&gt;
 &lt;p&gt;
  Etudes de faisabilité, analyse de cycle de vie, éco-profil, étude d&amp;#039;éco-conception, étude préalable à l&amp;#039;obtention d&amp;#039;un écolabel ou d&amp;#039;une certification.
 &lt;/p&gt;
 &lt;p&gt;
  Les études à caractère obligatoire et réglementaires sont exclues
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/conseil-leconomie-circulaire</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1fca-conseil-a-leconomie-circulaire/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...1444 lines deleted...]
-      <c r="A45" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>94929</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Soutenir les démarches territoriales de prévention des déchets et de tarification incitative</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide &amp;#34;Soutien aux démarches territoriales de prévention des déchets et tarification incitative&amp;#34;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Soutenir les acteurs locaux qui s&amp;#039;engagent dans la prévention des déchets et la tarification incitative,
  &lt;/li&gt;
  &lt;li&gt;
   Atteindre les objectifs fixés dans le cadre du PRPGD, du SRADDET et de la loi NOTRe à savoir :
   &lt;ul&gt;
    &lt;li&gt;
     Réduire de 10% la quantité de DMA collectée entre 2010 et 2020, réduire de 7% entre 2015 et 2025 et de 10% entre 2015 et 2031 ;
    &lt;/li&gt;
    &lt;li&gt;
     Atteindre un taux de couverture de population par la tarification incitative de 22 % en 2020, 37% en 2025 et 40% en 2031.
    &lt;/li&gt;
   &lt;/ul&gt;
@@ -10580,158 +8765,158 @@
  &lt;strong&gt;
   Nature et montant de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Soutien au démarrage de l&amp;#039;activité de ressourceries ou d&amp;#039;actions de réemploi/réutilisation par une aide de 50% de la masse salariale
   &lt;/li&gt;
   &lt;li&gt;
    Plafonnée à 10 000 € dans le cadre du financement d&amp;#039;un poste
   &lt;/li&gt;
   &lt;li&gt;
    La structure porteuse peut être bénéficiaire de ce soutien une seule fois pendant les 3 premières années d&amp;#039;activité.
   &lt;/li&gt;
   &lt;li&gt;
    Sont exclus les postes déjà soutenus au titre d&amp;#039;un dispositif régional ou d&amp;#039;Etat.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/prevention-des-dechets-et-tarification-incitative/</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
 &lt;/p&gt;
 &lt;p&gt;
  Estelle PAILHES
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Energétique
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 03 87 33 67 16
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:Estelle.PAILHES&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   Estelle.PAILHES&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
 &lt;/p&gt;
 &lt;p&gt;
  Consultez le règlement et les documents annexes sur
  &lt;a href="https://www.climaxion.fr/docutheque/soutien-aux-demarches-territoriales-prevention-dechets-tarification-incitative" rel="noopener" target="_blank"&gt;
   Climaxion
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4527-soutien-aux-demarches-territoriales-de-preven/</t>
         </is>
       </c>
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-      <c r="A46" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>94950</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Soutenir les animations d'éducation à la nature, à l'environnement et au développement durable</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Soutien annuel aux associations d’éducation à l’environnement</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;
  Objectifs
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Permettre la compréhension et la participation des jeunes à la protection de la nature, de l&amp;#039;environnement et au développement durable.
  &lt;/li&gt;
  &lt;li&gt;
   Permettre au plus grand nombre de jeunes du Grand Est de bénéficier d&amp;#039;animations pédagogiques portant sur la nature, l&amp;#039;environnement et/ou le développement durable et contribuant ainsi à l&amp;#039;éducation de futurs éco-citoyens.
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir un programme régional d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable cohérent et global qui réponde à la définition de l&amp;#039;éducation à l&amp;#039;environnement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  Bénéficiaires
 &lt;/h2&gt;
 Sont éligibles les associations répondant aux conditions suivantes :
 &lt;ul&gt;
  &lt;li&gt;
   Statut associatif,
  &lt;/li&gt;
  &lt;li&gt;
   Ayant leur siège en Région Grand Est,
@@ -10772,240 +8957,709 @@
 La demande d&amp;#039;aide déposée avant le 31 décembre 2018 puis le 15 novembre pour les années suivantes
 &lt;strong&gt;
  (ATTENTION, exceptionnellement en 2021 la demande doit être déposée avant le 15 octobre 2021)
 &lt;/strong&gt;
 , contient au moins les informations suivantes :
 &lt;ul&gt;
  &lt;li&gt;
   Un courrier de demande avec le montant de l&amp;#039;aide sollicitée,
  &lt;/li&gt;
  &lt;li&gt;
   Une note présentant le projet (titre explicite, présentation détaillée, calendrier, budget équilibré et plan de financement),
  &lt;/li&gt;
  &lt;li&gt;
   Un RIB comportant le nom du bénéficiaire,
  &lt;/li&gt;
  &lt;li&gt;
   La délibération du Conseil d&amp;#039;Administration ou de l&amp;#039;Assemblée Générale concernant le projet et son plan de financement.
  &lt;/li&gt;
 &lt;/ul&gt;
 Les associations non référencées sont amenées à fournir les pièces permettant de vérifier leur éligibilité aux conditions précitées.
 &lt;strong&gt;
  La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/strong&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Qualité de l'air
 Biodiversité
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P46" s="1" t="inlineStr">
+      <c r="P37" s="1" t="inlineStr">
         <is>
           <t>23/11/2018</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/animations-education-a-la-nature/</t>
         </is>
       </c>
-      <c r="W46" s="1" t="inlineStr">
+      <c r="W37" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0086/depot/simple</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter la
  &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
   Région Grand Est
  &lt;/a&gt;
  pour en savoir plus sur ce dispositif
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/51e7-soutien-aux-animations-deducation-a-la-nature/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-      <c r="A47" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>98915</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les associations d'éducation à la nature, à l'environnement et au développement durable</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Soutien pluriannuel à destination des associations d’éducation à la nature, à l’environnement et au développement durable</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Soutien pluriannuel à destination des associations d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Permettre la compréhension et la participation des jeunes à la protection de la nature, de l&amp;#039;environnement et au développement durable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre au plus grand nombre de jeunes du Grand Est de bénéficier d&amp;#039;animations pédagogiques portant sur la nature, l&amp;#039;environnement et/ou le développement durable et contribuant ainsi à l&amp;#039;éducation de futurs éco-citoyens.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir un programme régional pluriannuel d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable cohérent et global qui réponde à la définition de l&amp;#039;éducation à l&amp;#039;environnement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les politiques régionales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre aux principales associations soutenues par la Région de bénéficier d&amp;#039;un conventionnement triennal permettant d&amp;#039;accompagner au mieux et dans la durée les territoires, offrant une meilleure visibilité à moyen terme et favorisant la prospection de co-financements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : associations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est une subvention de fonctionnement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux max : 80 %
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;un appel à projet.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif.
+La demande d&amp;#039;aide pour la première année déposée avant le 31 décembre contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un courrier de demande avec le montant de l&amp;#039;aide sollicitée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet associatif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note présentant le projet sur 3 ans (titre explicite, présentation détaillée, calendrier envisagé , budget équilibré et plan de financement),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB comportant le nom du bénéficiaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération du Conseil d&amp;#039;Administration ou de l&amp;#039;Assemblée Générale concernant le projet et son plan de financement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les années 2 et 3 du projet, la demande d&amp;#039;aide devra être déposée pour le 15 novembre de l&amp;#039;année N-1 accompagnée d&amp;#039;un courrier de demande et d&amp;#039;un budget prévisionnel pour l&amp;#039;année ajusté.
+La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets pluriannuels en éducation à la nature, à l&amp;#039;environnement et/ou au développement durable portés par des associations, qui se déroulent en Grand Est et qui se traduisent par des interventions en face à face pédagogique devant un public jeune dans le cadre scolaire ou en club nature.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association peut présenter plusieurs projets pédagogiques, chacun sensibilisant au minimum 5 groupes différents.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque projet pédagogique est articulé autour d&amp;#039;une thématique forte en lien direct avec les problématiques du territoire. Il est réalisé en plusieurs séances (minimum de 3 séances réparties dans l&amp;#039;année scolaire pour le public scolaire et les jeunes en IME et IMP et minimum de 5 séances pour les clubs nature) et chaque séance dure au minimum une demi-journée à l&amp;#039;exception des faces à faces pédagogiques réalisés devant des lycéens. Dans ce cas, la notion de séance, et non pas de demi-journée, est retenue. Il est possible que dans le cadre d&amp;#039;un projet des actions soient à destination du grand public ou du public adulte. Celles-ci sont éligibles si le budget alloué à ces dernières reste inférieur à 20 % du montant total du budget du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les salaires chargés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de structure, de déplacement et/ou de mission
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou fabrication de petit matériel nécessaire aux animations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le temps de préparation peut être intégré dans le budget prévisionnel. Les dépenses sont prises en charge à partir du 1er janvier de l&amp;#039;année de réalisation du projet. Le délai de réalisation est fixé au 31 mars de l&amp;#039;année suivant l&amp;#039;année de démarrage du projet et le délai de transmission des pièces au 30 septembre de l&amp;#039;année N&amp;#43;1.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Economie d'énergie et rénovation énergétique
+Education et renforcement des compétences
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Animation et mise en réseau
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles les associations répondant aux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Statut associatif,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant leur siège en Région Grand Est,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un ancrage territorial avéré,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant pour objet associatif l&amp;#039;éducation à l&amp;#039;environnement,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont les activités sont en lien avec l&amp;#039;objet statutaire de l&amp;#039;association,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un projet associatif formalisé, pluriannuel et dont un axe est dédié à l&amp;#039;éducation à l&amp;#039;environnement,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;animateurs professionnels, formés à la pédagogie, ou expérimentés,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant des agréments nécessaires à l&amp;#039;exercice d&amp;#039;activités d&amp;#039;éducation à l&amp;#039;environnement en direction d&amp;#039;un public scolaire et plus généralement à l&amp;#039;accueil du public,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant de moyens professionnels en gestion budgétaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant de pratiques et outils de suivi de leur activité,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;engageant dans la démarche collective des trois réseaux d&amp;#039;éducation à l&amp;#039;environnement (Ariena, Graine Champagne-Ardenne, LorEEN),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficiant précédemment d&amp;#039;une convention pluriannuelle d&amp;#039;objectifs avec une des anciennes Régions ou d&amp;#039;un soutien financier annuel important (supérieur à 21 000 €). Toutefois, une nouvelle candidature pourrait être étudiée dans l&amp;#039;hypothèse où, après un premier examen, il s&amp;#039;avère que, dans un département, seule une association serait éligible.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Têtes de Réseau aideront les associations qui le souhaitent à construire leur projet pluriannuel de même que les Parcs Naturels Régionaux pourront aider les associations de leur territoire notamment pour la définition des enjeux environnementaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-pluriannuel-associations-education-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
+  Contacter la région
+ &lt;/a&gt;
+ pour toute question relative à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Direction : Environnement et Aménagement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f0b-copie-09h34-soutien-pluriannuel-a-destination/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>94688</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Financer les actions en faveur du changement de mentalité en faveur de la transition écologique (action ponctuelle ou recrutement)</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J39" s="1" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Actions en faveur de la transition écologique », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : soutien aux projets qui permettent de faire évoluer les mentalités, comportements et actes d&amp;#039;achats, dans tous les domaines d&amp;#039;intervention de l&amp;#039;ADEME.
+&lt;/p&gt;
+&lt;p&gt;
+ Recrutez un poste de chargé de mission o
+ u mettez en place une action ponctuelle d&amp;#039;animation, de communication et/ou de formation
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : personne morale publique ou privée (hors particulier ou service de l&amp;#039;État).
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide aux relais : forfaitaire pour les dépenses de personnel et entre 50 et 100 % pour les autres dépenses,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux actions ponctuelles : jusqu&amp;#039;à 70 % selon le type d&amp;#039;actions
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide aux relais : financement de postes de chargé de mission,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux actions ponctuelles : actions d&amp;#039;animation, de communication et/ou de formation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Biodiversité
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le champ ou périmètre du projet doit rentrer dans les domaines d&amp;#039;intervention de l&amp;#039;ADEME,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Perspectives de valorisation des actions.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/actions-faveur-transition-ecologique-aides-relais-actions-ponctuelles#:~:text=Pour%20faire%20%C3%A9voluer%20les%20mentalit%C3%A9s,communication%20et%2Fou%20de%20formation</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=4e12535d-105b-4e38-83f9-288949fd7454&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=dff542e</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;5206" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/758f-aider-les-actions-en-faveur-de-la-transition-/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>95207</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Mobiliser un établissement public foncier</t>
         </is>
       </c>
-      <c r="C47" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Établissements publics fonciers d'Etat et établissements publics fonciers locaux (EPF/EPFL)</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les Établissements publics fonciers (EPF) vous proposent de contribuer aux études pré-opérationnelles, de réaliser les acquisitions foncières (négociation amiable ou par le biais de procédures juridiques de type préemption / expropriation), puis d&amp;#039;assurer le portage foncier (gestion, sécurité, gardiennage, etc.) et les opérations de proto-aménagement (déconstruction des bâtiments existants, dépollution, etc.). A l&amp;#039;issue de la convention, le foncier est rétrocédé à la collectivité territoriale ou directement à l&amp;#039;aménageur retenu par la collectivité (à prix coûtant voire avec une minoration). L&amp;#039;EPF assure également une mission de conseil auprès des collectivités membres pour l&amp;#039;élaboration de leur stratégie d&amp;#039;intervention foncière.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M47" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;action des EPF porte sur l&amp;#039;acquisition et la gestion de foncier. Grâce à ces intervention, les EPF facilitent la production de logements (notamment de logements sociaux) et d&amp;#039;équipements publics, la revitalisation des centres-villes et des centres-bourgs, le recyclage des friches, le développement économique, la protection de l&amp;#039;environnement et la lutte contre les risques naturels et technologiques (exemple : recul du trait de côte)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;EPF Bretagne accompagne le projet de reconversion de la friche urbaine de l&amp;#039;ancien hôpital Bodélio à Lorient (56), qui figure parmi les opérations lauréates du Fonds Friches. A l&amp;#039;issue du portage par l&amp;#039;EPF, le site va être réhabilité en « quartier de cœur de ville ». 700 logements neufs vont y être progressivement construits, complétés par un parc urbain paysagé d&amp;#039;une surface de 1,5 hectare.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;EPF d&amp;#039;Occitanie accompagne la stratégie foncière de la commune de Vias (34) et de l&amp;#039;Agglomération Hérault Méditerranéeen en régulant les transactions dans le cadre d&amp;#039;une zone d&amp;#039;aménagement différée (ZAD) de 300 ha, en procédant à des acquisitions stratégiques permettant le maintien des activités d&amp;#039;hôtellerie en plein air et en facilitant leur relocalisation en cas de montée des eaux. En 2019, l&amp;#039;EPF a préempté le camping Jean Pérès pour un montant de 700 000€. L&amp;#039;objectif est de maintenir l&amp;#039;exploitant et de sécuriser l&amp;#039;activité économique tout en envisageant à terme la possibilité de relocaliser des emplacements menacés en front de mer sur ce même site. Le bail commercial en vigueur au moment de la décision de préemption étant obsolète, l&amp;#039;EPF a renégocié un nouveau bail commercial clarifiant les obligations respectives entre le propriétaire et l&amp;#039;exploitant.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;EPF Hauts-de-France a signé une convention avec Douaisis Agglo (59) pour l&amp;#039;acquisition et les travaux de déconstruction de bâtiments industriels appartenant à Renault sur le parc d&amp;#039;activités des Hautes Rives. Sur ce site, la société Envision AESC porte en partenariat avec Renault Group, RTE et l&amp;#039;EPF un projet visant à construire puis exploiter une usine de production de composants de batteries pour véhicules électriques. Ce projet contribue à la mise en place d&amp;#039;une filière française d&amp;#039;excellence dans la production de batteries au service de la mobilité électrique. En décembre, six mois après avoir signé la convention de partenariat avec Douaisis Agglo, l&amp;#039;établissement a régularisé l&amp;#039;acquisition du site, mobilisant ses moyens financiers à hauteur de 43,2 millions d&amp;#039;euros dont 37,5 pour l&amp;#039;acquisition des emprises foncières libérées par Renault et 6,2 M€ pour les travaux de déconstruction permettant son recyclage.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;EPF Nouvelle-Aquitaine a conventionné avec la commune de Bénévent-l&amp;#039;Abbaye (23), commune de 765 habitants classée « Petite Cité de Caractère », pour réinvestir une grande maison vacante dans le centre-bourg. Suite au portage réalisé par l&amp;#039;EPF, le bien a été cédé à la commune, qui va désormais pouvoir y développer son projet consistant en l&amp;#039;aménagement de locaux pour des artisans d&amp;#039;art ainsi que des logements locatifs.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Suite à la tempête Alex, une convention-cadre Etat-EPF Provence-Alpes-Côte-d&amp;#039;Azur a été signée le 12 janvier 2021, relative au cadrage de l&amp;#039;intervention foncière de l&amp;#039;EPF sur les vallées de la Tinée, de la Vésubie et de la Roya, qui prévoit un engagement à hauteur de 60 M€ sur 3 ans. Quatre conventions d&amp;#039;interventions foncières, signées à l&amp;#039;été 2021, déclinent ensuite, pour chaque territoire, les modalités d&amp;#039;intervention opérationnelle de l&amp;#039;EPF. En outre celui a été missionné en 2021 pour mener 260 acquisitions et réaliser 104 démolitions.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://www.epfna.fr/wp-content/uploads/2022/07/RA2021-VOL2-BD.pdf" rel="noopener" target="_blank"&gt;
   Lien vers plus d&amp;#039;exemples de projets
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Sols
 Friche
 Foncier
 Economie circulaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour pouvoir bénéficier de l&amp;#039;accompagnement d&amp;#039;un Etablissement Public Foncier, vous devez au préalable être une commune ou une intercommunalité :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   adhérente à un EPF Local (si ce n&amp;#039;est pas le cas, tout EPCI à fiscalité propre peut faire une demande d&amp;#039;adhésion auprès de l&amp;#039;EPFL présent sur son territoire)
   &lt;strong&gt;
    OU
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   située dans le périmètre d&amp;#039;intervention d&amp;#039;un EPF d&amp;#039;Etat.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Si votre territoire n&amp;#039;est pas couvert par un EPF local ou d&amp;#039;État, vous pouvez prendre l&amp;#039;attache de l&amp;#039;un des établissements opérant. dans votre région et/ou de la DREAL afin de mobiliser les études et les procédures réglementaires adéquates.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt="Carte_EPF_oct2022" src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/DHUP_AD3_EPF_2022_06_29.jpeg" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -11031,62 +9685,62 @@
  &lt;/li&gt;
  &lt;li&gt;
   Carte 2 :
   &lt;a href="https://asso-epfl.fr/zoom-sur-les-epfl/trouver-un-epfl/" rel="noopener" target="_blank"&gt;
    Trouver un EPFL
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Association Nationale des Etablissements Publics Fonciers Locaux - Charlotte BOEX : c.boex&amp;#64;asso-epfl.fr / ligne directe : 06.46.91.90.63 - Site internet :
   &lt;a href="https://asso-epfl.fr/" rel="noopener" target="_blank"&gt;
    www.asso-epfl.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
@@ -11193,1523 +9847,1159 @@
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>c.boex@asso-epfl.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f989-mobiliser-un-etablissement-public-foncier/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
         <v>97331</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Soutenir la filière de déconstruction de bateaux de plaisance et de sport</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vendée</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I48" s="1" t="inlineStr">
+      <c r="I41" s="1" t="inlineStr">
         <is>
           <t> Min : 60 Max : 80</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par délibération n° IV-A 3 du 6 mars 2020, le Conseil Départemental a décidé de soutenir la filière de déconstruction de bateaux de plaisance et de sports hors d&amp;#039;usage  par la mise en place d&amp;#039;une aide au transport de ces bateaux vers les sites de déconstruction.
 &lt;/p&gt;
 &lt;p&gt;
  Par délibération de la Commission Permanente n°4.19 du 10 juillet 2020, le 
 Département a mis en place une aide au transport de ces bateaux en vue de leur 
 déconstruction.
 &lt;/p&gt;
 &lt;p&gt;
  Le transport étant normalement intégralement à la charge des propriétaires de bateaux, le but de cette aide est d&amp;#039;encourager les Vendéens à se séparer de leurs vieux bateaux de plaisance et de sport inutilisés via la filière mise en place. Cela permet de limiter le nombre de vieux bateaux potentiellement polluants navigant sur la côte vendéenne et notamment dans les ports.
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs, les ports vendéens étant très sollicités, cette opération pourra permettre de libérer des places en facilitant l&amp;#039;évacuation de bateaux ne prenant plus ou peu la mer.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide varie selon la taille du bateau à déconstruire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   80% du coût de transport pour les bateaux de moins de 6m avec un plafonnement de l&amp;#039;aide fixé à 350€
  &lt;/li&gt;
  &lt;li&gt;
   60% du coût de transport pour les bateaux entre 6 et 12m avec un plafonnement de l&amp;#039;aide fixé à 680€
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Mers et océans
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires de l&amp;#039;aide sont les personnes physiques propriétaires de bateaux de plaisance et de sport à déconstruire sur le territoire vendéen.
 &lt;/p&gt;
 &lt;p&gt;
  Les bateaux appartenant à des professionnels sont exclus de dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  Seuls les bateaux de moins de 12 mètres situés sur le territoire vendéen et pris en charge par une structure partenaire feront l&amp;#039;objet d&amp;#039;une aide.
 &lt;/p&gt;
 &lt;p&gt;
  Les structures partenaires sont les structures de déconstruction agréées par l&amp;#039;APER et signataires d&amp;#039;une convention passée à cet effet avec le Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
         <is>
           <t>https://www.recyclermonbateau.fr/l-aper-association-pour-la-plaisance-eco-responsable/</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Vendée
 &lt;/p&gt;
 &lt;p&gt;
  40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 51 04 61 62
 &lt;/p&gt;
 &lt;p&gt;
  Mail : secretariat.dmd&amp;#64;vendee.fr
  &lt;a href="mailto:amenagement-tourisme&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>amelie.boucheron@vendee.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7bc8-soutenir-la-filiere-de-deconstruction-de-bate/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...307 lines deleted...]
-      <c r="G50" s="1" t="inlineStr">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>92349</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour observer les territoires</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L50" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en oeuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+ &lt;br /&gt;
+ - les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+ &lt;br /&gt;
+ - l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+ &lt;br /&gt;
+ - des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...) ;
+ &lt;br /&gt;
+ - et des membres associés intéressés par les enjeux territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Observation thématique (loyers, mobilités, habitat, social, stratégies économiques, logement des étudiants...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation des systèmes d&amp;#039;informations géographiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enquêtes de terrain
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Personnes âgées
+Jeunesse
+Santé
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Inclusion numérique
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Participez à la dynamique économique de nos territoires en proposant des projets innovants et utiles au sein des petites et moyennes gares françaises.
-[...16 lines deleted...]
- &lt;a href="https://www.1001gares.fr/" rel="noopener" target="_blank"&gt;
+ Les agences d&amp;#039;urbanisme sont 51, réparties sur le territoire métropolitain et ultra-marin. Consulter notre annuaire pour identifier celle, la plus proche de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M50" s="1" t="inlineStr">
-[...53 lines deleted...]
-Commerces et services
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d0a-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>92578</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la Structuration de Projets de Territoires (ASPT)</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 20</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider au démarrage, au diagnostic territorial ou à la définition d&amp;#039;une stratégie de développement, prenant en compte les études et coûts d&amp;#039;ingénierie externes liés à l&amp;#039;élaboration de projets de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1. Aide à la Structuration de projets de Territoires (ASPT)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département finance un pourcentage du montant HT des études et prestations d&amp;#039;ingénierie externes, selon le taux suivant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communautés d&amp;#039;Agglomération et communes situées dans le périmètre d&amp;#039;une Communauté d&amp;#039;Agglomération : 10 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés de Communes, Communes situées dans le périmètre d&amp;#039;une Communauté de Communes, Parcs Naturels Régionaux, Groupes d&amp;#039;Action Locale Établissements et associations représentatives couvrant une zone d&amp;#039;action territoriale significative : 20 %
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;assiette subventionnable est plafonnée à 100 000 € par projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Volet spécifique « Petites Villes de Demain » (PVD)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département finance un pourcentage du montant HT des études globales ou thématiques nécessaires à l&amp;#039;élaboration ou à la concrétisation d&amp;#039;un projet de revitalisation et de développement retenus dans le cadre du programme « Petites Villes de Demain ».
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention du Département de Vaucluse est fixé à 10 % du montant HT des études.
+L&amp;#039;aide est plafonnée à 5 000 € par étude.
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Coûts d&amp;#039;études et d&amp;#039;ingénierie liés aux projets suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;une charte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;une stratégie territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;une étude liée à une approche innovante inscrite dans une démarche de transition écologique, climatique ou sociétale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de démarches globales de développement durable telles que les Agendas 21 locaux et les Plans Climat Air Energie Territoriaux (PCAET)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les projets réalisés à l&amp;#039;échelle communale, seules les démarches possédant un volet territorial seront éligibles (Charte PNR, PCAET, CTE, PDU, PVD...). Ils devront par ailleurs être cohérents avec les compétences, projets et démarches de développement durable entrepris dans les territoires intercommunaux et / ou de projets, dans lesquels le demandeur s&amp;#039;inscrit ainsi qu&amp;#039;avec la stratégie et les politiques départementales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Consommation et production
+Agriculture et agroalimentaire
 Economie sociale et solidaire
-Artisanat
-[...164 lines deleted...]
-Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
-Equipement public
-[...1 lines deleted...]
-Paysage
+Biodiversité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Connaissance de la mobilité
+Artisanat
 Industrie
-Mers et océans</t>
-[...2 lines deleted...]
-      <c r="O51" s="1" t="inlineStr">
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés de Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés d&amp;#039;Agglomération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcs Naturels Régionaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations représentatives couvrant une zone d&amp;#039;action territoriale significative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements (de statut public ou associatif) liés à des politiques départementales (Collèges, Etablissements pour personnes âgées ou personnes handicapées, Établissements pour l&amp;#039;accueil des enfants ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/796d-aider-a-la-structuration-de-projets-de-territ/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>92586</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X51" s="1" t="inlineStr">
+      <c r="M44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contactez la MOT : mot&amp;#64;mot.asso.fr, &amp;#43;33 1 55 80 56 80
+ Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
+&lt;/p&gt;
+&lt;p&gt;
+ La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations pouvant prétendre à subventions contractuelles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
+&lt;/p&gt;
+&lt;p&gt;
+ - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 immobilières et foncières.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 5 pour les communes de plus de 5 000 habitants,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 8 pour les communes de moins de 5 000 habitants ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter les thématiques éligibles ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
-[...329 lines deleted...]
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
 Jeunesse
+Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
 Education et renforcement des compétences
 Alimentation
+Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
-Economie circulaire
-[...169 lines deleted...]
-Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
 Attractivité économique
-Artisanat</t>
-[...2 lines deleted...]
-      <c r="O54" s="1" t="inlineStr">
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour plus d&amp;#039;informations, se référer au PDRR (Programme de Développement Rural Régional).
+ La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X54" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>92589</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les quartiers d’activités économiques, les espaces économiques, les friches et créer de l’immobilier collectif</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction des politiques européennes
-[...4 lines deleted...]
- 0228205468
+ Favoriser la création ou l&amp;#039;extension des quartiers d&amp;#039;activités économiques, la requalification d&amp;#039;espace économique, la réhabilitation de friches et la création d&amp;#039;immobilier collectif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ETUDES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à visée opérationnelle liée au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ TRAVAUX :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Création et extension d&amp;#039;espace d&amp;#039;activité d&amp;#039;intérêt :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Local (inférieur à 10 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intercommunal (de 10 à 30 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départemental (supérieur à 30 hectares)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Friches délaissées :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Requalification d&amp;#039;espace économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;immobilier collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Revitalisation
+Bâtiments et construction
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables jusqu&amp;#039;à 80 % du montant HT des études (50 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations (selon taille de l&amp;#039;opération) : jusqu&amp;#039;à 25 % du déficit HT de l&amp;#039;opération (800 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide (travaux) : variable selon les opérations de 15 à 25 %, dépendant de la présence d&amp;#039;une zone de revitalisation rurale et d&amp;#039;un quartier prioritaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Postes de dépenses pris en compte (calcul du déficit d&amp;#039;opération) : travaux de construction et de réhabilitation (immobilier) ; mobilités alternatives, énergies renouvelables, Très Haut Débit, les entrées de sites, les clôtures et la signalétique, le mobilier urbain, le tri sélectif, les installations photovoltaïques, les travaux paysagers et tout équipement visant un des trois axes du développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions administratives : maîtrise foncière du terrain à aménager par le maître d&amp;#039;ouvrage et intégration du projet dans les documents d&amp;#039;urbanisme (SCOT et PLU) ; autorisations administratives préalables obtenues et travaux non débutés ; projet compatible avec le label régional Parc&amp;#43; au plus tard en phase APS ; avis favorable des évaluations avant et après projet ; accord formel du Conseil départemental par convention adoptée par l&amp;#039;assemblée départementale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4085-amenager-les-quartiers-dactivites-economiques/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>111995</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Plateforme d'apprentissage Interreg Europe PLP</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F46" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...11 lines deleted...]
-      <c r="K55" s="1" t="inlineStr">
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...17 lines deleted...]
- Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+ Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
+ &lt;/li&gt;
+ &lt;li&gt;
+  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
+&lt;/p&gt;
+&lt;p&gt;
+ A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
@@ -12719,675 +11009,563 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
-[...10 lines deleted...]
- &lt;/strong&gt;
+ Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
+ &lt;a rel="noopener" target="_blank"&gt;
+  interregeurope.eu
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X55" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction des politiques européennes
-[...3 lines deleted...]
- Contactez votre GAL référent.
+ &lt;strong&gt;
+  Point de contact national Nord de la France :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier  &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase    &amp;#43;33 (0) 491 575 606
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...12 lines deleted...]
-      <c r="L56" s="1" t="inlineStr">
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Objectif : Intégrer les nouvelles compétences et construire un projet de développement durable global de votre territoire
+  Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...23 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...82 lines deleted...]
-  améliorer le fonctionnement de votre communauté : impliquer davantage les communes, mobiliser les élus, décloisonner les services, animer autrement les réunions...
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Eau pluviale
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
+Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
+Education et renforcement des compétences
 Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
+Réhabilitation
 Logement et habitat
+Architecture
 Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
 Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O56" s="1" t="inlineStr">
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les communautés de communes ou d&amp;#039;agglomération accompagnées dans leur DDmarche s&amp;#039;engagent à mobiliser :
-[...25 lines deleted...]
-      <c r="U56" s="1" t="inlineStr">
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X56" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Union nationale des CPIE (dispositif national) :
-[...18 lines deleted...]
- &lt;br /&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...147 lines deleted...]
-      <c r="A58" s="1">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
         <v>111736</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises ultramarines à maîtriser leur impact sur l'environnement et à diminuer leur consommation d'énergie - Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Bpifrance
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I58" s="1" t="inlineStr">
+      <c r="I48" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J58" s="1" t="inlineStr">
+      <c r="J48" s="1" t="inlineStr">
         <is>
           <t>subvention pouvant couvrir jusqu’à 70% des dépenses éligibles prévisionnelles</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montants et modalités d&amp;#039;octroi :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70 % des dépenses éligibles prévisionnelles retenues dans la limite de 100 000 € maximum et dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre du règlement dit des aides « de minimis ». Le cumul des aides « de minimis » ne doit pas excéder 200 000 € sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximum :
  &lt;/strong&gt;
  100.000€
  &lt;br /&gt;
  &lt;strong&gt;
   Montant minimum :
  &lt;/strong&gt;
  20.000€
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
  Pas de frais d&amp;#039;instruction.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Commerces et services
 Technologies numériques et numérisation
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   PME éligibles :
  &lt;/strong&gt;
  Entreprises, établies dans un Département ou Région d&amp;#039;Outre-mer (Guadeloupe, Martinique, Guyane, La Réunion, Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, et conformes à la doctrine d&amp;#039;intervention de Bpifrance.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
  sont éligibles, les projets permettant à l&amp;#039;entreprise de :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Mieux maîtriser ou de diminuer son impact sur l&amp;#039;environnement, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Diminuer sa consommation d&amp;#039;énergie ou de matières premières non renouvelables, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement et de réduction de la consommation d&amp;#039;énergie et/ou,
   &lt;/li&gt;
   &lt;li&gt;
@@ -13404,146 +11582,146 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les investissements matériels et équipements : par exemple, échangeurs thermiques, cogénération à haut-rendement, matériels de récupération, de stockage et de réduction d&amp;#039;énergie (solaire, électricité, mécanique), matériels réduisant les émissions polluantes, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les investissements immatériels : par exemple, coûts de mise aux normes, dépenses liées au respect de l&amp;#039;environnement, sécurité, formation des équipes de production, logiciels, diagnostics (performance énergétique de bâtiment industriel, impact environnemental du procédé), démarche éco-responsable (traitement et valorisation des déchets, éco-conception des produits, écologie industrielle), etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux : par exemple, travaux d&amp;#039;aménagement et de rénovation des bâtis prenant en compte les risques sismiques et cycloniques, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les frais externes divers : par exemple : préparation d&amp;#039;accords juridiques, faisabilité, sous-traitance, formations, déplacements, salons, etc.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Guyane</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Subvention-Investissement-Outre-mer</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
+      <c r="W48" s="1" t="inlineStr">
         <is>
           <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/siom</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse postale :1660 Rocade Lycée 97300 Cayenne
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 06 90 28 90 60
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/contactez-nous/direction-regionale-cayenne" rel="noopener" target="_blank"&gt;
   Contact par mail
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   Demande en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f98e-aider-les-entreprises-ultramarines-a-maitrise/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>111757</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -13580,82 +11758,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M59" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -13701,188 +11879,188 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W59" s="1" t="inlineStr">
+      <c r="W49" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
         <v>111759</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I60" s="1" t="inlineStr">
+      <c r="I50" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -13917,72 +12095,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M60" s="1" t="inlineStr">
+      <c r="M50" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -14006,224 +12184,12436 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G61" s="1" t="inlineStr">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>111682</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Innover en faveur de la transition énergie-climat</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Transition énergie climat</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût HT de l’opération</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds d&amp;#039;innovation en faveur de la transition énergie-climat. Aide en faveur d&amp;#039;une opération d&amp;#039;investissement de 150.000 € minimum pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;économie circulaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;écologie industrielle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la production locale d&amp;#039;énergie renouvelable ou la récupération réduisant les impacts négatifs du mix énergétique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mobilité décarbonée (dans une logique de solidarité territoriale et d&amp;#039;égalité des territoires),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la construction ou la rénovation énergétique de bâtiments (autre que l&amp;#039;habitat) avec un label à très haute performance énergétique, conformément à la réglementation thermique 2020,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le recyclage d&amp;#039;espaces publics ou bâtis intégrant des solutions basées sur la nature et les solidarités (agriculture urbaine,...) pour prévenir les risques liés au changement climatique (rafraichissement naturel pour lutter contre les effets d&amp;#039;ilot de chaleur urbain...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ 150.000 € minimum d&amp;#039;investissement.
+ &lt;br /&gt;
+&lt;p&gt;
+ Délibération n°2019-04-0010 (AD du 25/03/2019)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Réhabilitation
+Industrie</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet de 150.000€ minimum d&amp;#039;investissement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mission développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 96
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3290-innover-en-faveur-de-la-transition-energie-cl/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>105111</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Co-construire des projets territoriaux de transition écologique et solidaire avec les habitant·e·s et les acteurs</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif national DDmarche</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Réseau national des Centres Permanents d'Initiatives pour l'Environnement (CPIE)</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>Centres permanents d'Initiatives pour l'Environnement (CPIE)</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Intégrer les nouvelles compétences et construire un projet de développement durable global de votre territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les Centres Permanents d&amp;#039;Initiatives pour l&amp;#039;Environnement (CPIE) sont des associations facilitatrices de transition écologique et solidaire territoriale.
+ &lt;/strong&gt;
+ Ils mobilisent et accompagnent les acteurs publics et privés et les habitant.e.s dans la construction de solutions de développement durable.
+ &lt;strong&gt;
+  Le réseau national des 80 CPIE
+ &lt;/strong&gt;
+ est implanté dans 63 départements et 14 régions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Territoires Conseils,
+ &lt;/strong&gt;
+ service d&amp;#039;intérêt général de la Banque des Territoires, accompagne les élu·e·s des collectivités dans leur projet de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ensemble, ils ont créé pour les intercommunalités
+  la « DDmarche », une démarche permettant de construire la transition de leur territoire avec les habitant.e.s et les acteurs à partir d&amp;#039;une problématique ou d&amp;#039;un projet.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La DDmarche est une méthode :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   opérationnelle
+  &lt;/strong&gt;
+  : elle vous permet d&amp;#039;engager votre territoire dans une dynamique de transition pour répondre à vos défis économiques, sociaux et environnementaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   partagée pour passer à l&amp;#039;action
+  &lt;/strong&gt;
+  : elle favorise l&amp;#039;écoute, la compréhension mutuelle et l&amp;#039;innovation collective, tout en valorisant l&amp;#039;existant ; elle responsabilise chacun pour affronter ensemble les défis sociétaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   éprouvée
+  &lt;/strong&gt;
+  : elle a déjà profité à plus de 50 territoires et se révèle particulièrement adaptée aux besoins et contraintes des communautés de communes et d&amp;#039;agglomération.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche s&amp;#039;articule autour d&amp;#039;
+ &lt;strong&gt;
+  un premier chantier collectif « pilote » choisi par vous
+ &lt;/strong&gt;
+ en fonction de vos besoins et liés à vos domaines de compétences (gestion de l&amp;#039;eau, alimentation, mobilité, développement économique, services au public...).
+ Elle peut ensuite être réitérée pour un ou plusieurs autres chantiers de la communauté, sur d&amp;#039;autres thématiques.
+ &lt;br /&gt;
+ L&amp;#039;intercommunalité est accompagnée dans la co-construction de l&amp;#039;action et son expérimentation par
+ &lt;strong&gt;
+  le CPIE du territoire ou situé à proximité
+ &lt;/strong&gt;
+ , qui apporte son savoir-faire d&amp;#039;animation du dialogue territorial, adapte la méthode au contexte de votre territoire et mobilise les outils nationaux DDmarche.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre en œuvre une DDmarche implique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un temps préparatoire (3 à 6 mois) pour préparer le partenariat et le chantier pilote et faire valider la démarche en instance communautaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un temps de travail effectif par chantier de 6 à 12 mois environ
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;Union nationale des CPIE porte
+ &lt;strong&gt;
+  le dispositif national DDmarche
+ &lt;/strong&gt;
+ , en lien avec les CPIE dans les territoires.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DDmarche est une opportunité pour, par exemple :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  nourrir votre projet de territoire intercommunal et réaliser votre plan d&amp;#039;action
+ &lt;/li&gt;
+ &lt;li&gt;
+  initier une nouvelle compétence ou un projet particulier (tiers-lieu, Projet alimentaire territorial, érosion, renaturation, ressourcerie, mobilité douce...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  engager des actions mobilisatrices des acteurs inscrites dans votre Contrat de relance et de transition écologique (CRTE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  concrétiser votre plan climat (PCAET) par des actes et l&amp;#039;implication de tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  approfondir votre projet de Plan local d&amp;#039;Urbanisme intercommunal (PLUI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  sensibiliser les élus et acteurs locaux (habitants, entreprises, associations) et les associer à des projets concrets autour du développement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser le dialogue entre acteurs autour d&amp;#039;un sujet sensible
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le fonctionnement de votre communauté : impliquer davantage les communes, mobiliser les élus, décloisonner les services, animer autrement les réunions...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Montagne
+Sols
+Espaces verts
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communautés de communes ou d&amp;#039;agglomération accompagnées dans leur DDmarche s&amp;#039;engagent à mobiliser :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un.e élu.e communautaire référent.e pour porter la démarche au sein des instances décisionnaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un.e technicien.ne pour coordonner la démarche avec l&amp;#039;accompagnement du CPIE,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une enveloppe complémentaire au cofinancement national, à évaluer localement, pour valoriser l&amp;#039;accompagnement réalisé par le CPIE.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cpie.fr/uncpie/projet/176835/Engager-intercommunalites-dans-transition-avec-DDmarche</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Union nationale des CPIE (dispositif national) :
+ &lt;a href="mailto:contact&amp;#64;uncpie.org" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;uncpie.org
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - Tél : 01 44 61 75 35
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ou directement le CPIE proche de votre territoire (accompagnement local) :
+ &lt;a href="https://www.cpie.fr" rel="noopener" target="_blank"&gt;
+  cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ pour retrouver le contact de votre CPIE local via notre carte interactive.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>storrealba@uncpie.org</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b76c-engager-la-transition-de-son-territoire-inter/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>100733</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Proposer à des porteurs de projets des locaux vacants dans les gares</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Place de la Gare</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>SNCF Gares et Connexions</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat</t>
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participez à la dynamique économique de nos territoires en proposant des projets innovants et utiles au sein des petites et moyennes gares françaises.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur l&amp;#039;ensemble du réseau, près d&amp;#039;un millier de gares disposent aujourd&amp;#039;hui de locaux vacants dans des contextes extrêmement variés : communes rurales, villes moyennes, zones périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare, porté avec les Autorités Organisatrices et les collectivités territoriales, en tant qu&amp;#039;outil de l&amp;#039;équilibre financier des gares et de désenclavement des territoires, a pour ambition de dynamiser ce réseau de gares et d&amp;#039;en faire un point d&amp;#039;ancrage des commerces et des services publics locaux, au plus proche de tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez un projet, nous avons les m2 et des équipes pour vous accompagner !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Manifestez-vous sur
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;a href="https://www.1001gares.fr/" rel="noopener" target="_blank"&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Commerces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison médicale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Logement saisonnier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magasins de producteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Circuit court
+ &lt;/li&gt;
+ &lt;li&gt;
+  Office de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Crèche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bibliothèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Musée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélostation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et tout autre projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Tourisme
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez un projet sur la plateforme
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre candidature sera analysée par un jury SNCF.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+   Ouvre une nou
+  &lt;/a&gt;
+  &lt;span&gt;
+   qui sera soumis à la validation du jury
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://placedelagare.sncf/</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>ebarbereau@retail-connexions-sncf.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4255-proposer-a-des-porteurs-de-projets-des-locaux/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>102937</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>104553</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Couvrir les dépenses engagées par les GAL en termes d’animation et de fonctionnement de leur stratégie locale de développement après la date de sélection des candidatures</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Animation et frais de fonctionnement</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les stratégies locales de développement requièrent une ingénierie performante dont le soutien est indispensable pour répondre aux exigences émises par LEADER.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Coûts directs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  liés à la gestion de la mise en œuvre de la stratégie qui comprennent les frais de personnels (salaires chargés, déplacements, hébergement/restauration) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de formation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts liés à la communication ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;acquisition de petit matériel et d&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  financiers ainsi que les coûts liés au suivi et à l&amp;#039;évaluation de la stratégie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Coûts indirects
+ &lt;/strong&gt;
+ liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Un taux d&amp;#039;aide publique moindre peut être fixé par le GAL. La part maximale des frais de fonctionnement et d&amp;#039;animation dans les dépenses publiques totales engagées dans le cadre de la mise en œuvre de la stratégie de développement local menée par les acteurs locaux est fixée à 25%, conformément à l&amp;#039;article 35(2) du règlement (UE) n°1303/2013.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au PDRR (Programme de Développement Rural Régional).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-animation-et-frais-de-fonctionnement</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+ Pôle Pilotage et qualité
+&lt;/p&gt;
+&lt;p&gt;
+ 0228205468
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7847-leader-animation-et-frais-de-fonctionnement/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>101598</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Être informé des opportunités transfrontalières</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+EUROPE - Interreg - Fonds européens
+Avenir Montagnes
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Mission opérationnelle transfrontalière (MOT)</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous souhaitez connaître vos opportunités transfrontalières ?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La Mission Opérationnelle Transfrontalière vous propose un appui individualisé afin d&amp;#039;identifier les opportunités de développement territorial liées au positionnement frontalier de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appui consiste en la réalisation d&amp;#039;une note synthétique (« rapport d&amp;#039;étonnement ») selon vos besoins et attentes spécifiques, vous informant des opportunités de coopération transfrontalière et de financement européen en matière de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  développement territorial transfrontalier
+ &lt;/li&gt;
+ &lt;li&gt;
+  services et équipements publics transfrontaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  attractivité transfrontalière
+ &lt;/li&gt;
+ &lt;li&gt;
+  préservation de l&amp;#039;environnement transfrontalier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Foncier
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Logement et habitat
+Paysage
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Connaissance de la mobilité
+Industrie
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.espaces-transfrontaliers.org/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez la MOT : mot&amp;#64;mot.asso.fr, &amp;#43;33 1 55 80 56 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>mathias.ribert@mot.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3128-etre-informe-des-opportunites-transfrontalier/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>102051</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Impact CO2 - L’impact sur le climat des objets et gestes de quotidien</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ On parle de plus en plus de kilos ou de tonnes de CO2, et tant mieux. Mais concrètement, quelles sont les émissions nécessaires pour fabriquer et consommer les objets qui nous entourent ? et comment les communiquer auprès des citoyens ? &lt;span&gt;🤔&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   &lt;a href="https://impactco2.fr/" rel="noopener" target="_blank"&gt;
+    Impact CO2
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ vous propose de
+ &lt;strong&gt;
+  découvrir l&amp;#039;impact sur le climat
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  des objets et gestes du quotidien pour les comparer avoir les bons ordres de grandeur : usages numérique, transport, alimentation, chauffage ...
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des infographies peuvent être directement reprises pour illustrer vos contenus et communications.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet outil simple et ludique est intégrable sur tout type de site.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Diffusé par différentes entreprises ou à l&amp;#039;issue de certaines
+ &lt;a href="https://fresqueduclimat.org/" rel="noopener" target="_blank"&gt;
+  &lt;em&gt;
+   Fresques du climat
+  &lt;/em&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , ce simulateur est aussi intégré sur les sites de
+ &lt;a href="https://www.grenoble.fr/2297-mon-convertisseur-co2.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.larochelle-zerocarbone.fr/s-engager/la-boite-a-outils-du-zero-carbone/mon-convertisseur-co2" rel="noopener" target="_blank"&gt;
+  La Rochelle
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/lutter-contre-le-changement-climatique/action-1-je-calcule-mon" rel="noopener" target="_blank"&gt;
+  Issy
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.defimobilite-lemans.fr/" rel="noopener" target="_blank"&gt;
+  Le Mans
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Technologies numériques et numérisation
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/516c-copie-14h12-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>162829</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les transitions écologiques et énergétiques</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Promouvoir l&amp;#039;agriculture et les productions locales dans les pratiques alimentaires du territoire ;&lt;br /&gt;- Encourager les entreprises aux pratiques de gestion durable des ressources ;&lt;br /&gt;- Soutenir les projets innovants qui participent à la résilience du territoire ;&lt;br /&gt;- Accompagner les changements de pratiques pour préserver les ressources.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Accompagner les territoires vers de nouvelles pratiques alimentaires ;&lt;br /&gt;- Favoriser les alternatives écologiques des entreprises publiques et privées ;&lt;br /&gt;- Initier les innovations énergétiques ;&lt;br /&gt;- S&amp;#039;adapter pour gérer durablement la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;accompagnement des territoires vers l&amp;#039;alimentation durable ;&lt;br /&gt;- Opérations favorisant les alternatives écologiques des structures publiques et entreprises privées ;&lt;br /&gt;- Opérations favorisant les innovations énergétiques et durables ;&lt;br /&gt;- Opérations visant à adapter le territoire à une gestion durable de la ressource en eau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Alimentation durable : &lt;/strong&gt;Ensemble de pratiques alimentaires visant à nourrir les êtres humains en qualité et en quantité suffisante, aujourd&amp;#039;hui et demain, dans le respect de l&amp;#039;environnement, en étant accessible économiquement et rémunératrice sur l&amp;#039;ensemble de la chaîne alimentaire (ADEME).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt;/ 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-transitions-ecologiques-et-energetiques/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>162824</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>162936</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Rendre attrayante une mobilité sobre</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Mobilité et services</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;font face="Segoe UI"&gt;&lt;span&gt;Objectifs : &lt;/span&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Penser l’accès aux services par une mobilité sobre, douce et/ou réduite&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Imaginer la mutualisation, la mutation, la réversibilité et/ou la recyclabilité de lieux, d’équipements, de véhicules et d’usages&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Accompagner à l’acceptabilité du changement des pratiques (comportements, aménagements) vers plus de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Expérimenter de nouvelles mobilités dans une optique de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Faire prendre conscience de l’urgente nécessité de changer les pratiques de mobilité par la sensibilisation, la formation, l’expérimentation, …&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Recréer l’effet « place du village » ou « vie de quartier », par une mobilité adaptée au changement climatique&lt;/font&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place l’autopartage / un réseau d’autostop organisé et/ou amélioré&lt;/li&gt;&lt;li&gt;Réutiliser les anciennes voies de fret pour un nouvel usage de mobilité&lt;/li&gt;&lt;li&gt;Créer des itinéraires « bis » pour piétons ou cyclistes en dehors de routes (réouvertures d’anciennes voies, ...)&lt;/li&gt;&lt;li&gt;Former, créer des réseaux pour les décideurs (chefs d’entreprises, élus, …) sur les questions de mobilité sobre&lt;/li&gt;&lt;li&gt;Etudier et investir autour de nouvelles formes de mobilité douce&lt;/li&gt;&lt;li&gt;Solutions à destination des publics non véhiculés (sans permis, jeune, personne âgée)&lt;/li&gt;&lt;li&gt;Rendre plus simple l’accès aux services en télétravail&lt;/li&gt;&lt;li&gt;Mutualiser des services entre entreprises ou associations&lt;/li&gt;&lt;li&gt;Sensibilisation, organisation d’évènements autour de la mobilité pour une meilleure prise de conscience&lt;/li&gt;&lt;li&gt;Recréer une proximité entre services au sein d’une commune ou d’un quartier&lt;/li&gt;&lt;li&gt;Etude et investissement autour de solutions spécifiques de mobilité pour des publics de premières nécessités&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Appui méthodologique
+Animation et mise en réseau
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rassembler-les-acteurs-autour-de-leconomie-circulaire-et-la-valorisation-de-nos-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>162935</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Rassembler les acteurs autour de l’économie circulaire et la valorisation de nos ressources locales</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Economie circulaire</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’utilisation et la disponibilité des agromatériaux et bois locaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner tous les acteurs à l’intérêt des filières d’agromatériaux et énergies renouvelables et à la valorisation des déchets&lt;/li&gt;&lt;li&gt;Développer des filières de recyclage / réutilisation des matériaux&lt;/li&gt;&lt;li&gt;Accompagner les entreprises, les collectivités locales et les agriculteurs à la gestion efficiente de l’eau&lt;/li&gt;&lt;li&gt;Accompagner les artisans et professionnels sur les enjeux de l’adaptation au changement climatique de l’économie circulaire et de la sobriété énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réfléchir et investir sur la réduction, la récupération d’eau et son utilisation&lt;/li&gt;&lt;li&gt;Réfléchir et investir sur la réutilisation des eaux usées&lt;/li&gt;&lt;li&gt;Sensibiliser sur l’utilisation de l’eau dans les différents usages domestiques&lt;/li&gt;&lt;li&gt;Adapter les aménagements autour de la consommation d’eau (récupération, …)&lt;/li&gt;&lt;li&gt;Sensibiliser sur le devenir des déchets (réutilisation, valorisation, …) et leur recyclage&lt;/li&gt;&lt;li&gt;Mettre en place des ressourceries, des matériauthèques / des solutions autour de la récupération de matériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner sur les agro-matériaux ou bio sourcés&lt;/li&gt;&lt;li&gt;Mener des inventaires, états des lieux, études, études de faisabilité sur les filières d’agromatériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer sur l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer auprès des élus et/ou techniciens sur l’usage des bâtiments et la maitrise de l’énergie&lt;/li&gt;&lt;li&gt;Mener des réflexions, études et investissements sur les nouvelles énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-et-sensibiliser-tous-les-publics-aux-enjeux-du-futur/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>162934</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité et sensibiliser tous les publics aux enjeux du futur</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Biodiversité et Sensibilisation environnementale</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer la préservation de la biodiversité (ordinaire, en péril, trame verte, trame bleue, trame brune, …)&lt;/li&gt;&lt;li&gt;Préserver et valoriser le patrimoine naturel et permettre l’adaptabilité au changement climatique&lt;/li&gt;&lt;li&gt;Renforcer les réseaux d’acteurs afin de permettre la transversalité des thématiques (santé, paysage, climat, mobilité, agriculture)&lt;/li&gt;&lt;li&gt;Développer des outils de communication et de sensibilisation tout public&lt;/li&gt;&lt;li&gt;Sensibiliser et lutter contre les espèces invasives&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Expérimenter, adapter la flore (parterre, culture, forêt, …) au changement climatique et notamment au besoin en eau (hors acquisition ou plantation de plantes annuelles)&lt;/li&gt;&lt;li&gt;Créer un atlas des arbres remarquables / Inventaire du patrimoine floristique&lt;/li&gt;&lt;li&gt;Mettre en lien des acteurs touchés directement ou indirectement par la biodiversité&lt;/li&gt;&lt;li&gt;Restaurer les habitats permettant de préserver, d’améliorer ou de recréer une biodiversité&lt;/li&gt;&lt;li&gt;Valoriser et mettre en avant les bonnes pratiques sur les jardins privés&lt;/li&gt;&lt;li&gt;Créer des itinéraires en mobilité douce à la découverte de la biodiversité&lt;/li&gt;&lt;li&gt;Investir pour améliorer la biodiversité en milieu urbain&lt;/li&gt;&lt;li&gt;Créer des vitrines de projets de la biodiversité à l’échelle du Pays des Châteaux&lt;/li&gt;&lt;li&gt;Mener des études d’impact de projets sur la biodiversité&lt;/li&gt;&lt;li&gt;Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P62" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q62" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-2/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>162933</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans la poursuite du Projet Alimentaire Territorial</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Alimentation Locale</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir une diversité agricole garante d’une richesse paysagère&lt;/li&gt;&lt;li&gt;Développer des filières locales agricoles, et alimentaires permettant de s’adapter aux effets du réchauffement climatique et / ou de les réduire&lt;/li&gt;&lt;li&gt;Réduire les déchets alimentaires et le gaspillage alimentaire de manière innovante&lt;/li&gt;&lt;li&gt;Sensibiliser et rendre accessible une alimentation saine et locale auprès de tous&lt;/li&gt;&lt;li&gt;Mettre en valeur des produits de notre terroir par la coopération entre différents acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Encourager la reconquête des parcelles en déprise agricole pour une finalité alimentaire&lt;/li&gt;&lt;li&gt;Etudier et investir pour améliorer la commercialisation en circuit court et de proximité (distributeurs automatiques de produits locaux, …)&lt;/li&gt;&lt;li&gt;Renforcer la formation et l’accompagnement des agriculteurs sur les pratiques vertueuses&lt;/li&gt;&lt;li&gt;Promouvoir des pratiques agricoles innovantes moins consommatrices en eau&lt;/li&gt;&lt;li&gt;Créer un document pédagogique d’aide à la décision basé sur les émissions de GES&lt;/li&gt;&lt;li&gt;Identifier et valoriser les invendus et restes alimentaires (dont GMS)&lt;/li&gt;&lt;li&gt;Eduquer au goût la population en la sensibilisant aux produits locaux&lt;/li&gt;&lt;li&gt;Conseiller et accompagner les collectivités pour favoriser les circuits courts et de proximité dans les marchés publics&lt;/li&gt;&lt;li&gt;Soutenir des initiatives visant à réduire le gaspillage alimentaire&lt;/li&gt;&lt;li&gt;Appuyer la structuration d’une filière locale d’aide alimentaire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-1/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>163004</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J64" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
+d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
+positionnement économique et l’accompagner dans ses mutations et ses synergies.
+Dans ce dessein, la stratégie de développement économique local est tournée
+vers l’innovation sociale au service des emplois et du bien-vivre des
+habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;En
+     capitalisant sur la dynamique existante pour la conforter et l’accompagner
+     dans ses mutations, et en développant de nouvelles filières en faveur du
+     développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;En
+     permettant l’accès aux services, aux commerces et à l’artisanat pour tous
+     les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;En
+     favorisant l’expérimentation de nouvelles approches, notamment sur la
+     mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
+     la proximité, la modernisation et les synergies entre acteurs en
+     accompagnant les projets innovants des petites et moyennes entreprises
+     industrielles, artisanales, commerciales et des associations, et les
+     initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
+     le partage, la mutualisation de ressources (à titre d’exemples : espaces,
+     lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
+     les mutations de l’économie et l’accès à l’emploi notamment par la
+     formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
+     et soutenir une agriculture performante et pérenne, soucieuse de
+     l’environnement, en accompagnant ses mutations et en valorisant ses
+     initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
+     l’accès à une alimentation de qualité sur le territoire en veillant
+     notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
+consolider le projet du porteur de projet dans le domaine du développement
+économique, de l’innovation sociale et des services : diagnostics
+préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
+d’animation, de communication, d’information collective et organisation
+d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
+et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
+relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
+construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;ul type="circle"&gt;
+  &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
+      productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets concourant au
+      développement des circuits courts alimentaires et les initiatives en
+      matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
+      le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets en matière de
+      mutualisation de services et d’équipements pour les entreprises, les
+      associations et autres acteurs de l’innovation sociale (notamment
+      tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
+      l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
+      au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
+formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q64" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
+personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
+lors que le personnel affecte au moins 5% de son temps de travail total au
+projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
+personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
+apprentis) dès lors que le personnel affecte au moins 5% de son temps de
+travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
+disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
+location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
+construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
+location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
+acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
+limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
+services, prestations intellectuelles dont la formation et la communication
+(par exemple création et conception de support, édition, diffusion d’outils,
+frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
+notaire, expertise juridique technique et financière, honoraire de tenue et de
+certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
+Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
+dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
+d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
+pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
+éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
+Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
+application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n°
+2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les
+investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les
+coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les
+contributions en nature (par exemple : bénévolat) et le temps de travail dédié
+par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la
+main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux),
+sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les
+investissements acquis en crédit-bail ou équivalent (location-vente, lease
+back)&lt;/li&gt;&lt;li&gt;Les
+frais de change ;&lt;/li&gt;&lt;li&gt;Les
+investissements immobiliers dont l’acquisition est réalisée par le biais d’une
+vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
+coût unitaires pour les dépenses de personnel : Les frais directs liés aux
+dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
+porteurs de projet publics : les dépenses éligibles sont présentées en
+Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
+totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
+cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
+&lt;p id="ftn1"&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
+du règlement disponible sur demande&lt;/p&gt;
+&lt;p id="ftn2"&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
+du règlement disponible sur demande&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
+comité de programmation du GAL, selon les critères et les modalités
+préalablement définis dans sa grille de sélection. La grille de sélection est
+envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
+sélection en comité de programmation. Les projets doivent être en cohérence
+avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
+ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
+alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>162985</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie avec des animations ou équipements collectifs</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 7 - FEDER</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actifs du Cœur Entre-deux-Mers travaillent essentiellement hors du
+territoire sur les pôles urbains. La balance emplois / actifs du territoire est
+donc déficitaire et est &lt;/span&gt;&lt;span&gt;soutenue par l’emploi présent dans &lt;/span&gt;&lt;span&gt;les territoires voisins.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La forte présence de très petites entreprises et les nouvelles façons de
+travailler (à distance, …) poussent donc certains professionnels à travailler
+via des modalités collectives et partagées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser une relocalisation des emplois et le développement de
+l’économie centrée sur le territoire et non tournée vers l’extérieur&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer des outils et espaces économiques collectifs&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et promotion
+d’espaces et ateliers collectifs ou de tiers lieux (thématiques ou
+multithématiques) à vocation économique pour dynamiser les centres bourgs&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Revitalisation
+commerciale des entreprises et des villages :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de dynamisation, de promotion et de
+valorisation du tissu commercial et artisanal&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou modernisation de locaux commerciaux dans
+les centres-bourgs n’ayant pas de commerce de proximité ou afin de sauvegarder
+le seul commerce de proximité&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
+promotion des principes et outils de l’Economie Sociale et Solidaire dans les
+activités économiques locales&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de
+mutualisation de services au service des acteurs économiques locaux et de leurs
+clientèles&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-le-territoire-pour-developper-lattractivite-touristique/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>162981</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la promotion et l’innovation des activités économiques locales</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 4 - FEADER</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers possède un tissu économique essentiellement
+constitué de très petites entreprises.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le nombre d’emplois locaux augmente bien que les actifs travaillent
+majoritairement à l’extérieur du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La crise sanitaire (Covid19) a modifié en partie les pratiques de
+consommation et de travail dans certains secteurs d’activités et pousse à
+innover pour relocaliser et produire des biens et services économiques.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le déploiement de la fibre (via Gironde Haut Méga) à l’horizon
+2025 sur l’ensemble du territoire est également un atout à valoriser.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’accompagnement des entreprises dans leur transition numérique est un
+objectif prioritaire notamment sur les nouvelles technologies de l’information
+et de la communication (TIC) pour les filières économiques stratégiques du
+territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les 6 filières économiques stratégiques sont :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;commerce local&lt;/li&gt;&lt;li&gt;&lt;span&gt;construction BTP&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;négoce et services interentreprises&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;agro-viticulture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt; santé et services à la personne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner la &lt;/span&gt;&lt;span&gt;transformation du tissu économique
+local notamment avec la numérisation d&lt;/span&gt;&lt;span&gt;es activités et
+l’arrivée de la fibre&lt;/span&gt; &lt;/li&gt;&lt;li&gt;Inciter à l’innovation au cœur des entreprises pour relocaliser « les
+productions »&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a name="_Hlk133511547"&gt;&lt;/a&gt;&lt;a name="_Hlk127613183"&gt;&lt;/a&gt;&lt;a name="_Hlk133235982"&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Démarches d’innovation
+et d’expérimentation dans l’industrie (hors filières stratégiques du SRDEII),
+le tissu artisanal productif ou l’évolution de l’agriculture de demain sur le
+territoire&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Dispositifs et
+projets d’animation et promotion de réseaux et/ou de thématiques des
+entreprises et acteurs œuvrant dans l’écosystème notamment des 6 filières
+stratégiques du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement aux
+usages du numérique et développement de plateformes ou outils numériques pour
+les acteurs dans leurs activités économiques et territoriales notamment des 6
+filières stratégiques du territoire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-mobilites-alternatives-et-durables/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>162978</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement d'une production et d’une consommation responsables</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt; &lt;span&gt;Dans le cadre de sa démarche d’attractivité, le territoire des Coëvrons affirme sa volonté de construire une image d&amp;#039;un territoire de gastronomie, notamment par la révélation de l&amp;#039;identité culinaire des Coëvrons. La mise en oeuvre d’un Projet alimentaire de territoire depuis 2021 accompagne la concrétisation de cette dynamique émergente. Parallèlement, le territoire des Coëvrons fait face à une diminution des commerces et services de proximité, notamment hors du pôle d’Evron.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’enjeu : développer un mode de production et de consommation respectueux de l’environnement, bénéfique pour l’économie et bon pour la santé, améliorer l’accès aux produits locaux, accompagner et valoriser les productions et les producteurs locaux, renforcer l’ancrage local et une économie axée sur les besoins.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir et développer des activités agricoles durables et variées, adaptées aux enjeux du changement climatique&lt;/li&gt;&lt;li&gt;Accompagner la mutation vers une agriculture sous signes officiels de qualité&lt;/li&gt;&lt;li&gt;Agir pour une alimentation saine pour tous&lt;/li&gt;&lt;li&gt;Développer les circuits-courts&lt;/li&gt;&lt;li&gt;Renforcer le commerce de proximité, les services et l&amp;#039;artisanat&lt;/li&gt;&lt;li&gt;Expérimenter de nouveaux modèles économiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Maintien et développement d’activités agricoles durables et variées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Activités de soutien à la diversification des productions et d’activités, mutualisation de matériel&lt;/li&gt;&lt;li&gt;Création d&amp;#039;espaces test agricoles&lt;/li&gt;&lt;li&gt;Création et animation de réseaux d’agriculteurs&lt;/li&gt;&lt;li&gt;Accompagnement de la mutation vers une agriculture sous signes officiels de qualité : échanges de savoirs et de pratiques, informations, sensibilisation, formations&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Soutien à une alimentation saine pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions autour du &amp;#34;bien manger&amp;#34;, du gaspillage alimentaire, de la consommation responsable, des enjeux liés à la précarité et à l&amp;#039;insécurité alimentaire&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation et de formation des professionnels de l’alimentation&lt;/li&gt;&lt;li&gt;Création et animation de liens entre les différents intervenants de l&amp;#039;alimentation (cuisiniers, producteurs, parents d&amp;#039;élève, enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Renforcement du commerce de proximité, des services et de l’artisanat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en lien avec le maintien, la création et la reprise d’entreprises et d’activités de proximité&lt;/li&gt;&lt;li&gt;Actions de mise en valeur et accessibilité des produits locaux (ex : épiceries mobiles)&lt;/li&gt;&lt;li&gt;Nouvelles formes de commerces pour répondre aux besoins de la population&lt;/li&gt;&lt;li&gt;Création et accompagnement de structures collectives de type pépinière d’entreprises, FabLab, village d’artisans&lt;/li&gt;&lt;li&gt;Actions d’information, de formation, de sensibilisation, de mutualisation&lt;/li&gt;&lt;li&gt;Développement de nouveaux modèles économiques : actions en lien avec l’économie circulaire et l’économie sociale et solidaire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique-1/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>162974</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>DDT de l'Aube</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les
+services spécialisés de la Direction Départementale des
+Territoires de l’Aube, selon le domaine concerné, sont les
+interlocuteurs de proximité des élus qui souhaitent être
+accompagnés et soutenus dans la mise en œuvre de leurs projets
+relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
+	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
+	des actes d’urbanisme et conseil aux services instructeurs des
+	collectivités,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
+	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
+	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	aux collectivités dans la mise en œuvre de l’ingénierie sur
+	mesure proposée par l’ANCT, ...&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
+	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	et instruction des procédures environnementales des projets,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	au développement des projets d’agriculture durable&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à la mise en place d’espaces naturels protégés, ... .&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eaux
+	et milieux aquatiques&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;prévention
+	des risques naturels,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	des projets soumis à la loi sur l’eau,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;protection
+	et gestion durable des eaux, …&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Logement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;aide
+	aux démarches de rénovation du parc de logements privés,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à la rénovation urbaine des quartiers prioritaires (NPNRU),&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;développement
+	de l’offre locative publique en lien avec les bailleurs sociaux,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;déclinaison
+	des politiques sociales du logement pour les publics prioritaires,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;prévention
+	des expulsions locatives, ... .&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Énergie
+	et déchets&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;appui
+	au développement des énergies renouvelables,&lt;/span&gt;&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
+	amont sur les projets d’énergies renouvelables (pôle ENR), ... .&lt;/p&gt;
+	&lt;p&gt;Transport
+	et mobilités&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;appui
+	à la réalisation de schémas cyclables et promotion des mobilités
+	douces,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
+	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
+	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
+	des collectivités pour la prise d’arrêtés de mise en sécurité,
+	... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Développement
+économique et commercial&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
+	et accompagnement pour la réalisation de projets économiques ou
+	industriels, ... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Ingénierie
+financière&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
+	à la recherche de financements publics (outil aides territoires),
+	... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+– Action
+Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
+Petites Villes de Demain (PVD) ;&lt;/p&gt;
+&lt;p&gt;– Pacte
+Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
+&lt;p&gt;– Aménagements
+d’espaces publics ;&lt;/p&gt;
+&lt;p&gt;– Renouvellement
+urbain, écoquartiers ;&lt;/p&gt;
+&lt;p&gt;– Rénovation
+thermique de bâtiments publics, production d&amp;#039;EnR ; 
+&lt;/p&gt;
+&lt;p&gt;– Agendas
+d’accessibilité programmée ;&lt;/p&gt;
+&lt;p&gt;– Diagnostics
+de sécurité routière ;&lt;/p&gt;
+&lt;p&gt;– Aires
+d’accueil des gens du voyage ;&lt;/p&gt;
+&lt;p&gt;– Plans
+communaux de sauvegarde ;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
+liés aux énergies renouvelables ;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
+de friches artisanales et industrielles ;&lt;/p&gt;
+&lt;p&gt;– Planification
+territoriale… .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Prévention des risques
+Mobilité pour tous
+Connaissance de la mobilité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction
+Départementale des Territoires de l’Aube.&lt;/p&gt;
+&lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>jean-michel.barrois@aube.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>162970</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Apporter une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Projets leader contribuant au développement rural francilien</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Avec pour objectif le développement des zones rurales et périurbaines, LEADER apporte une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;POUR QUEL TYPE DE PROJET ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles au programme LEADER, les projets doivent contribuer aux stratégies (fiches-action, AMI, AAP locaux) des 5 Groupes d’action locale (GAL) franciliens sélectionnés par la Région pour la période 2023-2027 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GAL Seine-Aval porté par l’ADADSA,&lt;/li&gt;&lt;li&gt;GAL Plateau de Saclay porté par Terre et Cité,&lt;/li&gt;&lt;li&gt;GAL Gâtinais français porté par le PNR du Gâtinais français,&lt;/li&gt;&lt;li&gt;GAL SUD77 porté par Seine-et-Marne Attractivité,&lt;/li&gt;&lt;li&gt;GAL Terres de Brie également porté par Seine-et-Marne Attractivité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;THÉMATIQUES COUVERTES :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Environnement,&lt;/li&gt;&lt;li&gt;Aménagement durable,&lt;/li&gt;&lt;li&gt;Économie circulaire,&lt;/li&gt;&lt;li&gt;Transition énergétique,&lt;/li&gt;&lt;li&gt;Forêt,&lt;/li&gt;&lt;li&gt;Alimentation et agriculture,&lt;/li&gt;&lt;li&gt;Tourisme et attractivité,&lt;/li&gt;&lt;li&gt;Développement de l’identité locale et du lien entre urbains et ruraux.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs sont accompagnés par les GAL tout au long de la vie du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;QUELLE EST LA NATURE DE L&amp;#039;AIDE ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement acquittés par le bénéficiaire.&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide publique est de 100% maximum.&lt;/p&gt;&lt;p&gt;Le taux de cofinancement LEADER est de 80% maximum, ou le taux de cofinancement fixé dans la stratégie du Groupe d’action locale (AAP, AMI, fiche-action…)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;QUI PEUT EN BÉNÉFICIER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Porteurs de projets privés : TPE/PME dont les entreprises individuelles, propriétaires de forêt, agriculteurs actifs et leurs groupements, fondations, associations et leurs groupements.&lt;/p&gt;&lt;p&gt;Porteurs de projets publics : collectivités territoriales et leurs groupements, établissements publics dont les chambres consulaires, et autres personnes morales de droits publics dont les GIP.&lt;/p&gt;&lt;p&gt;Les personnes physiques sans numéro de SIRET sont inéligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/jai-un-projet/appels-a-projets/projets-leader-contribuant-au-developpement-rural-francilien</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande liée à l’éligibilité de votre dossier et à son suivi administratif, veuillez contacter l’animateur du GAL concerné :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GAL Seine-Aval : leaderseineaval&amp;#64;gmail.com&lt;/li&gt;&lt;li&gt;GAL Plateau de Saclay : leader&amp;#64;terreetcite.org&lt;/li&gt;&lt;li&gt;GAL Gâtinais français : accueil&amp;#64;parc-gatinais-francais.fr&lt;/li&gt;&lt;li&gt;GAL SUD77 : quentin.guinet&amp;#64;safer-idf.com&lt;/li&gt;&lt;li&gt;GAL Terres de Brie : quentin.guinet&amp;#64;safer-idf.com&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour toute autre demande liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : leader&amp;#64;iledefrance.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>amar.younes@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-leader-contribuant-au-developpement-rural-francilien/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>162417</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre des actions de protection, connaissance et/ou mobilisation pour la préserver la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppe de subventions disponibles toute l'année, au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Parc Naturel Marin de Mayotte</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Parc naturel marin dispose d&amp;#039;une enveloppe dédiée aux projets visant à&lt;strong&gt; mobiliser la population, développer durablement les activités, améliorer les connaissances et/ou protéger  les écosystèmes marins. &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets doivent concourir à l&amp;#039;atteinte d&amp;#039;une ou plusieurs de ses &lt;a href="https://parc-marin-mayotte.fr/editorial/qui-sommes-nous" target="_self"&gt;sept orientations de gestion&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Cette enveloppe s&amp;#039;adresse à des &lt;strong&gt;organismes bien structurés &lt;/strong&gt;et ayant déjà fait l&amp;#039;objet d&amp;#039;un partenariat (de tout type : technique, financier via appel à projet, événementiel, etc.) avec le Parc naturel marin. &lt;/p&gt;&lt;p&gt;Les projets peuvent s&amp;#039;étaler sur une durée de &lt;strong&gt;3 ans maximum&lt;/strong&gt;. Le montant de la subvention n&amp;#039;est pas plafonné.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Définition et/ou déploiement de (liste non exhaustive) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Observatoires faune/flore &lt;/li&gt;&lt;li&gt;Programmes de sciences participatives&lt;/li&gt;&lt;li&gt;Mesures de protection d&amp;#039;habitats ou d&amp;#039;espèces&lt;/li&gt;&lt;li&gt;Programmes de sensibilisation impliquant la population (formation, chantiers participatifs, sciences participatives ...)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sports et loisirs
+Tourisme
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit être en relation avec une ou plusieurs des &lt;a target="_self"&gt;sept orientations de gestion&lt;/a&gt; du Parc naturel marin de Mayotte.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://parc-marin-mayotte.fr/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:parcmarin.mayotte&amp;#64;ofb.gouv.fr" target="_self"&gt;parcmarin.mayotte&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>apolline.abauzit@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-actions-de-protection-connaissance-et-ou-mobilisation-pour-la-preserver-la-biodiversite-marine/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>162247</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'urbanisme : rôles et responsabilités du maire et des conseillers municipaux</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;En tant qu’élu (maire ou conseiller), connaissez-vous votre rôle et
+vos responsabilités en matière d’urbanisme ? Un élu propriétaire foncier
+peut-il siéger dans la commission à l’occasion de l’élaboration du document
+d’urbanisme de sa collectivité ? Quels sont les moyens dont vous disposez pour
+faire face à une construction illégale ? Connaissez-vous l’étendue de votre droit
+de visite des chantiers et ses limites ?&lt;font face="Calibri, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Positionnement de l’élu dans l’élaboration du
+document d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Les différents documents d’urbanisme (ScoT,
+PLU(i), carte communale)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les procédures d’élaboration, de modification ou de révision&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Responsabilité de l’élu au moment de la
+délivrance des autorisations&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La commune est-elle compétente ou non ?&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le choix du service instructeur&lt;/li&gt;&lt;li&gt;Le formalisme de la décision&lt;/li&gt;&lt;li&gt;Les recours contre la décision du maire&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Comment traiter les constructions illégales ?&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le droit de visite et le contrôle des travaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les délais de prescription des irrégularités&lt;/li&gt;&lt;li&gt;Le procès-verbal et les astreintes&lt;/li&gt;&lt;/ol&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Connaître les obligations de l’élu au moment
+de l’instruction du dossier et au moment du contrôle des travaux&lt;/li&gt;&lt;li&gt;Savoir faire face aux constructions illégales,
+édifiées sans permis ou qui ne respectent pas l’autorisation délivrée&lt;/li&gt;&lt;li&gt;Comprendre les responsabilités et les risques
+de conflit d’intérêt des élus en matière d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Différencier les 3 types de contentieux liés à l’urbanisme : la
+responsabilité administrative de la collectivité, la responsabilité pénale et
+personnelle du maire/adjoint&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Points forts :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une approche de terrain accessible à tous, sans être spécialiste de
+l’urbanisme&lt;/li&gt;&lt;li&gt;Beaucoup d’exemples et d’illustrations issus de cas réels notamment
+de constructions illégales&lt;/li&gt;&lt;li&gt;Format participatif &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; Être maire, adjoint, conseiller municipal en
+fonction à la date de la formation&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt; Être intéressé par le domaine de l’urbanisme et de l’aménagement du
+territoire au sens large&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-urbanisme-roles-et-responsabilites-du-maire-et-des-conseillers-municipaux/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
+l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
+dispositifs d’aides à l’ingénierie et de financements recensés sur la
+plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
+communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
+spécialiste des cofinancements, mais vous apportera une vision plus claire de
+la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
+recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
+de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
+territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
+Président, vice-président, conseiller communautaire en fonction à la date de la
+formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
+portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
+d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
+dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
+gagnant-gagnant entre les collectivités et les entreprises locales ou
+nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
+permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
+potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
+2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
+mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
+délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
+collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
+financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
+donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
+structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
+mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
+potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
+engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
+et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
+projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
+financements (mécénat) pour les projets (petits et grands) portés par les
+communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
+projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
+d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue
+de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>162703</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mise en oeuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux
+Parc naturel régional du Mont-Ventoux</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 90</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p id="citem_8d7e-72f0" role="tabpanel"&gt;        &lt;/p&gt;&lt;div&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;1. Soutenir et promouvoir une alimentation durable&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Soutenir la mise en œuvre du 
+Projet Alimentaire Territorial Ventoux : animation, mise en réseau, 
+changement des comportements alimentaires, amélioration logistique pour 
+l’approvisionnement en produits locaux, lutte contre le gaspillage et la
+ précarité alimentaire, sensibilisation des publics.&lt;/li&gt;&lt;li&gt;Accompagner les projets 
+collectifs visant l’adaptation du monde agricole aux changements 
+climatiques ou à la transition écologique des filières agricoles&lt;/li&gt;&lt;li&gt;Améliorer l’animation autour de
+ la gestion du foncier agricole (ex : reconquête des friches, liens avec
+ la trame verte et bleue…)&lt;/li&gt;&lt;li&gt;Faire connaître et reconnaître 
+les pratiques et productions agricoles à forte valeur environnementale 
+(hors signes officiels de qualité) portées par des structures 
+collectives ou en coopération&lt;/li&gt;&lt;li&gt;Préserver et valoriser les patrimoines et les pratiques agricoles&lt;/li&gt;&lt;li&gt;Améliorer les conditions de vie des agriculteurs (diversification activités, prévention de l’isolement etc…)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;2. Contribuer à un territoire vivant, accueillant et solidaire&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Créer des services en milieu 
+rural qui participent à rompre l’isolement, à encourager le lien 
+intergénérationnel, à favoriser le partage des savoirs et des 
+savoir-faire et à répondre aux enjeux climatiques et écologiques&lt;/li&gt;&lt;li&gt;Mutualiser des services à destination des particuliers, des associations et des entreprises&lt;/li&gt;&lt;li&gt;Améliorer l’accessibilité des services en expérimentant notamment des solutions de mobilité inversée&lt;/li&gt;&lt;li&gt;Encourager l’habitat partagé et intergénérationnel&lt;/li&gt;&lt;li&gt;Contribuer au maintien des derniers commerces&lt;/li&gt;&lt;li&gt;Favoriser l’accès aux services numériques par la médiation et l’inclusion&lt;/li&gt;&lt;li&gt;Favoriser les projets culturels
+ collectifs ou ayant pour objectifs de faire vivre et transmettre nos 
+patrimoines matériels et immatériels afin de favoriser leur 
+réappropriation et le lien homme/nature&lt;/li&gt;&lt;li&gt;Accompagner les projets d’interprétation des patrimoines culturels matériels et immatériels&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;3. Favoriser un développement économique qui valorise les ressources&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Accompagner le développement, la
+ structuration et la promotion des acteurs de la filière écotourisme qui
+ intègre les activités de pleine nature, le tourisme de nature, le 
+tourisme culturel, l’agritourisme et l’artisanat d’art&lt;/li&gt;&lt;li&gt;Soutenir les manifestations touristiques de dimension supra territoriale et présentant une innovation territoriale&lt;/li&gt;&lt;li&gt;Améliorer la gestion environnementale et énergétique des acteurs économiques&lt;/li&gt;&lt;li&gt;Former et sensibiliser les 
+acteurs du tourisme aux spécificités du territoire, à la conciliation 
+des usages et les valoriser par des démarches de qualité ou d’éco 
+labellisation&lt;/li&gt;&lt;li&gt;Accompagner les structures de 
+l’économie de proximité et de l’économie sociale et solidaire qui 
+valorisent les ressources locales (hors production agricole et 
+agroalimentaire)&lt;/li&gt;&lt;li&gt;Accompagner les collectivités locales, les associations et les entreprises dans le développement de l’économie circulaire&lt;/li&gt;&lt;li&gt;Sensibiliser, informer et former les publics sur les enjeux et opportunités de l’économie circulaire&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;4. Favoriser la transition énergétique et la préservation et valorisation des biens communs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Favoriser les initiatives de 
+partage de la connaissance et de sensibilisation des publics aux biens 
+communs locaux (biodiversité, ressource en eau, patrimoines matériels et
+ immatériels) et à la transition énergétique et écologique&lt;/li&gt;&lt;li&gt;Recenser les patrimoines matériels et immatériels et cordonner les initiatives&lt;/li&gt;&lt;li&gt;Soutenir les projets structurants de préservation et de valorisation du patrimoine vernaculaire&lt;/li&gt;&lt;li&gt;Accompagner les projets qui 
+réhaussent et valorisent la qualité paysagère, environnementale et 
+climatique des opérations d’aménagement et des actions de développement&lt;/li&gt;&lt;li&gt;Doter l’ensemble du territoire de stratégies globales « Climat-Air-Énergie » et soutenir leur mise en application&lt;/li&gt;&lt;li&gt;Accompagner l’animation et les 
+opérations exemplaires de réduction des consommations énergétiques et de
+ déploiement des énergies renouvelables à petite échelle&lt;/li&gt;&lt;li&gt;Encourager le développement des 
+mobilités alternatives à la voiture individuelle thermique au quotidien 
+et dans le développement touristique&lt;/li&gt;&lt;/ul&gt;
+        &lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Accès aux services
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Paysage
+Animation et mise en réseau
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parcduventoux.fr/nos-actions/europe-cooperation-territoriale/leader/</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nicolas BOURGUE, &lt;a target="_self"&gt;nicolas.bourgue&amp;#64;parcduventoux.fr&lt;/a&gt;, 0490632274&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.bourgue@parcduventoux.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-mise-en-oeuvre-de-la-strategie-locale-de-developpement/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>161745</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Demander un soutien financier les études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Écologie Industrielle et Territoriale (EIT) a pour objectif d’&lt;strong&gt;optimiser les ressources&lt;/strong&gt; (matières, énergie, eau mais aussi locaux, équipements, expertise, etc.) &lt;strong&gt;à l’échelle d’un territoire&lt;/strong&gt;, que ce soit par des synergies de substitution (l’un de mes coproduits devient une matière première pour l’entreprise voisine) ou de mutualisation (compétence comptable partagée entre plusieurs entreprises).&lt;/p&gt;&lt;p&gt;L’ADEME &lt;strong&gt;accompagne les collectivités et les groupements d’entreprises&lt;/strong&gt; souhaitant se lancer dans une démarche d’EIT en cofinançant une &lt;strong&gt;étude de préfiguration&lt;/strong&gt; pour déterminer les conditions de réalisation de la démarche. L’objectif de cette étude de préfiguration est de bien préciser les enjeux et les caractéristiques du territoire, en identifiant les différents acteurs en présence et en analysant les forces, faiblesses et opportunités.&lt;/p&gt;&lt;p&gt;Cette étude peut être &lt;strong&gt;cofinancée jusqu’à 80 %&lt;/strong&gt; de son montant, qu’elle soit réalisée par le porteur en interne ou via l’accompagnement d’un bureau d’études ou prestataire de conseil.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_11_24_27_28_32_52_53_76</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-prefiguration-dune-demarche-decologie-industrielle-territoriale</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>161747</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la performance environnementale des produits et services suite à la réalisation d'un diagnostic écoconception ou d'une étude de faisabilité</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Investissements d’écoconception pour améliorer la performance environnementale</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les démarches d’amélioration de la performance environnementale des produits et services se déploient en France, au sein des entreprises. Elles contribuent à créer une &lt;strong&gt;offre permettant de se différencier, plus respectueuse de l’environnement&lt;/strong&gt;, disponible pour les consommateurs ou les acheteurs. &lt;/p&gt;&lt;p&gt;L’ADEME soutient les &lt;strong&gt;travaux et investissements issus d’un diagnostic et s’intégrant dans une démarche de mise en œuvre de l’écoconception&lt;/strong&gt;. Les investissements doivent viser la fabrication d’un produit écoconçu, l’obtention d’un produit ou service certifié Ecolabel européen, ou l’amélioration d’une note d’affichage environnemental.&lt;/p&gt;&lt;p&gt;Dans le domaine de l’alimentation, les investissements d’&lt;strong&gt;optimisation des outils de transformation&lt;/strong&gt;, ainsi que ceux permettant la mise sur le marché d’une nouvelle gamme de produits sous labels AB (Agriculture Biologique) ou HVE-niveau 3 (Haute Valeur Environnementale - Niveau 3) sont éligibles.&lt;/p&gt;&lt;p&gt;L’ADEME soutient aussi les projets comportant une &lt;strong&gt;innovation de rupture&lt;/strong&gt;, qui permettra au fabricant de développer une offre globale produit/service, créatrice de valeur non plus sur la multiplication des volumes de ventes, mais sur la &lt;strong&gt;fidélisation des clients, par les performances d’usage du produit&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Selon la nature des projets et la taille de l’entreprise, les &lt;strong&gt;aides aux investissements peuvent atteindre 15 % à 55 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est accordée sur la base de l’identification des surcouts par rapport un scénario contrefactuel (article 47 du RGEC (Règlement général d&amp;#039;exemption par catégorie) ou autre) ou du règlement de minimis n° 2023/2831 du 13 décembre 2023, selon lequel une même entreprise ne peut pas percevoir plus de 300 000 € d’aides dites de minimis sur  une période de trois ans.&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée. &lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et &lt;strong&gt;au plus tard au 31 décembre 2024&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/investissements-decoconception-ameliorer-performance-environnementale</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investissements-decoconception-pour-ameliorer-la-performance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>161748</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir du soutien dans vos démarches d’amélioration de la performance environnementale de vos produits</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Études d’écoconception des produits et des services</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME propose une aide financière pour soutenir les projets d’écoconception, de production durable, et d’obtention de l’Ecolabel européen.&lt;/p&gt;&lt;p&gt;L’ADEME soutient les &lt;strong&gt;études avec l’étape de diagnostic&lt;/strong&gt;, qui est la première étape structurante d’engagement d’une entreprise dans une &lt;strong&gt;démarche d’amélioration de la performance environnementale&lt;/strong&gt; de ses produits, et avec l’étape suivante de mise en œuvre, qui concrétise le passage à la réalisation d’actions et à la &lt;strong&gt;commercialisation de produits ou services à moindres impacts&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour les PME, l’accompagnement de l’étape de diagnostic est porté par Bpifrance, via le Diag Écoconception :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Site de Bpifrance : &lt;/li&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://diag.bpifrance.fr/diag-eco-conception"&gt;diagecoconception.bpifrance.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.bpifrance.fr/catalogue-offres/transition-ecologique-et-energetique"&gt;Transition Écologique et Énergétique | Bpifrance&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;li&gt;Lignes directrices de l&amp;#039;ADEME : &lt;/li&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4169-lignes-directrices-diagnostic-ecoconception.html"&gt;Lignes directrices diagnostic Écoconception&lt;/a&gt; - La librairie ADEME&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4170-lignes-directrices-pour-la-mise-en-oeuvre-d-une-demarche-d-ecoconception.html"&gt;Lignes directrices pour la mise en œuvre d&amp;#039;une démarche d&amp;#039;écoconception&lt;/a&gt; - La       librairie ADEME&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Les études de projets d’écoconception peuvent être aidées jusqu’à 80 % du montant des dépenses internes et de prestation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée.&lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et au plus tard au 31 décembre 2024.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-decoconception-produits-services</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-decoconception-des-produits-et-des-services/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>161763</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la définition du projet en finançant à l’échelle d’un territoire ou d’un site, des diagnostics et des études de faisabilité</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Études pour la lutte contre le gaspillage alimentaire</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus&lt;/strong&gt; par an. Il entraîne la consommation inutile de ressources en énergie et en eau. Des émissions de gaz à effet de serre pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;L’ADEME soutient depuis plusieurs années la lutte contre le gaspillage alimentaire au travers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De l’appel à projets annuel du ministère de l’Agriculture et de l’Alimentation dans le cadre du Programme national pour l’alimentation (PNA).&lt;/li&gt;&lt;li&gt;Des appels à projets régionaux économie circulaire comportant un volet gaspillage alimentaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME soutient également les études visant à identifier des actions permettant de lutter contre le gaspillage non-alimentaire.&lt;br /&gt;Pour vous aider à mettre en œuvre votre projet de lutte contre le gaspillage, l’ADEME peut &lt;strong&gt;financer jusqu’à 80 % de votre étude de diagnostic ou de faisabilité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-lutte-contre-gaspillage-alimentaire</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-lutte-contre-le-gaspillage-alimentaire/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>161764</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Subventionner l'achat d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Installation d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus par an&lt;/strong&gt;. Il entraîne la consommation inutile de ressources en énergie et en eau, et des émissions de gaz à effet de serre qui pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;Vous pouvez prétendre à une &lt;strong&gt;aide pour les investissements&lt;/strong&gt; faisant suite à une &lt;strong&gt;augmentation ou à une redistribution des flux&lt;/strong&gt;, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires. Par exemple, les équipements suivants peuvent être soutenus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;équipements de pesées&lt;/li&gt;&lt;li&gt;camions frigorifiques&lt;/li&gt;&lt;li&gt;acquisitions d’entrepôt&lt;/li&gt;&lt;li&gt;plateformes de collecte&lt;/li&gt;&lt;li&gt;cantines solidaires&lt;/li&gt;&lt;li&gt;ateliers de transformation de type conserverie&lt;/li&gt;&lt;li&gt;équipements permettant le partage de denrées alimentaires entre particuliers…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après réalisation d’un diagnostic ou d’une étude (hors cas particulier des associations d’aide alimentaire), certains équipements permettant la mise en œuvre du projet peuvent être aidés par l’ADEME à un taux allant jusqu’à 55 % de l’assiette des aides éligibles. Ils font l’objet d’une analyse au cas par cas.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-dequipements-lutte-contre-gaspillage</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-dequipements-de-lutte-contre-le-gaspillage/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>162533</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de coopération interterritoriale et transnationale</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette mesure vise à soutenir les projets de
+coopération sur le territoire du Pays de Coutances.&lt;/p&gt;&lt;p&gt;Deux types de coopération peuvent être soutenus :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;La coopération «
+interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;La coopération «
+transnationale » entre des territoires relevant de plusieurs Etats membres
+ainsi qu’avec des territoires de pays tiers.&lt;/p&gt;&lt;p&gt;Aux vues des besoins et des pistes d’actions
+envisagées, seront particulièrement favorisés :&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les projets en lien avec
+l’évolution des pratiques d’implication des acteurs locaux dans les prises de
+décisions ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les projets d’évolution des
+pratiques agricole et conchylicoles (qualité des eaux, valorisation économique
+et circuits courts) ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Le développement des énergies
+renouvelables ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;La mise en place d’actions
+interterritoriales d’économie circulaire ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les voyages d’études dont la
+thématique répond aux enjeux de la SLD.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Tout autre projet contribuant à l’atteinte des
+objectifs de la stratégie locale de développement pourra également être
+soutenu.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P82" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q82" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les enjeux du GAL du Pays de Coutances se retrouvent sur d’autres
+territoires européens ou nationaux : impacts du réchauffement climatique sur
+les activités humaines et sur l’environnement, adaptation au changement
+climatique, mobilité durable dans les zones rurales, égalité femmes-hommes,
+etc. Cette fiche-action a pour objectif de soutenir les projets de coopération répondant à ces enjeux, avec des territoires français ou européens. La coopération a pour objectifs de mutualiser des
+connaissances, de partager des bonnes pratiques, ou d&amp;#039;agir ensemble. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Coopérer avec d’autres territoires favorise &lt;span&gt;l’innovation et permet de &lt;/span&gt;&lt;span&gt;diffuser les valeurs européennes auprès des habitants du territoire.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-sociale-et-solidaire-et-leconomie-circulaire-fiche-action-6/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>162532</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'économie sociale et solidaire et l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Projets ou événements
+d’économie circulaire ou d’économie sociale et solidaire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Promotion, information et
+sensibilisation aux économies circulaire et sociale et solidaire, par le biais
+de communication, d’événements, de manifestations, de débats, etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Projet de création d’un
+produit issu du recyclage ou de la réutilisation d’un ou plusieurs produits.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Création d’un service de
+consommation collaborative ou d’économie de la fonctionnalité.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Missions d’accompagnement, de
+conseils, d’animation territoriale et de mise en réseau : démarche d’écologie
+industrielle et territoriale, …&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L‘économie sociale et solidaire (ESS) s’entend
+d’après la définition de la loi n° 2014-856 du 31 juillet 2014 : Production
+de biens et de services de manière durable en limitant la consommation et le
+gaspillage des ressources et la production des déchets. Ce modèle repose sur la
+création de boucles de valeur positives à chaque utilisation ou réutilisation
+de la matière ou du produit avant destruction finale. Il met notamment l’accent
+sur de nouveaux modes de conception, production et consommation, le prolongement
+de la durée d’usage des produits, l’usage plutôt que la possession de bien, la
+réutilisation et le recyclage des composants. (Institut de l’Économie
+circulaire)&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P83" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q83" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Soutenir les initiatives favorisant le développement de l’ESS et de
+l’économie circulaire sur le territoire est une réponse aux enjeux actuels de
+l’emploi local, de la préservation des ressources locales, du maintien ou de la
+création de valeur sur le territoire, de la coopération et des solidarités
+entre les acteurs locaux. Dans un contexte d’augmentation du prix de traitement
+des déchets, de fermeture des centres d’enfouissement et d’augmentation des
+prix des matières premières, il est particulièrement important de soutenir des
+actions qui viseront à diminuer la production de déchets et à favoriser la
+mutualisation des ressources. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les actions soutenues contribueront ainsi à améliorer la résilience du Pays
+de Coutances.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-preserver-le-patrimoine-culturel-et-naturel-fiche-action-5/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Economie circulaire
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q84" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>161833</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le réemploi des emballages et des contenants</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Aides au réemploi des emballages et des contenants</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire (&lt;strong&gt;Loi AGEC&lt;/strong&gt;), promulguée le 10 février 2020, et la loi portant lutte contre le dérèglement climatique et renforcement de la résilience face à ses effets promulguée (&lt;strong&gt;Loi Climat et Résilience&lt;/strong&gt;) le 22 août 2021 fixent des objectifs ambitieux pour &lt;strong&gt;favoriser le développement du réemploi des emballages &lt;/strong&gt;: 10 % d’emballages réemployés en 2027.&lt;/p&gt;&lt;p&gt;Le développement du réemploi des emballages et des contenants s’inscrit pleinement dans le cadre de démarches de prévention des déchets et d’une consommation plus responsable en contribuant au prolongement de leur durée de vie ; il constitue ainsi un levier efficace pour réduire la production de déchets et les prélèvements sur les ressources.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à &lt;strong&gt;financer des études et expérimentations&lt;/strong&gt; préalables à un investissement ainsi que des investissements.&lt;/p&gt;&lt;p&gt;Les études et expérimentations peuvent être aidées jusqu’à 80 %. L’aide aux investissements peut aller jusqu’à 60 %.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Emploi</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-reemploi-des-emballages-et-des-contenants/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>157094</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et mettre en oeuvre des activités de coopération</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°5 : Préparation et mise en œuvre d'activités de coopération</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J86" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes :
+&lt;/p&gt;
+&lt;p&gt;
+ - Promouvoir un territoire sobre et résilient
+&lt;/p&gt;
+&lt;p&gt;
+ - Soutenir l&amp;#039;initiative économique
+&lt;/p&gt;
+&lt;p&gt;
+ - Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services
+&lt;/p&gt;
+&lt;p&gt;
+ - Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ A travers l&amp;#039;action &amp;#34;Préparation et mise en œuvre d&amp;#039;activités de coopération&amp;#34;, le GAL souhaite, de manière générale, développer tout projet de coopération lié aux 4 grands axes de la stratégie locale de développement. Les thématiques propices à la coopération sur le territoire sont privilégiées, à savoir : la culture, les énergies renouvelables, l&amp;#039;urbanisme rural durable et les mobilités.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération aura pour attendus :
+&lt;/p&gt;
+&lt;p&gt;
+ - La mutualisation de moyens pour la recherche commune de solutions à des problématiques partagées.
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;actions communes répondant aux enjeux identifiés dans la stratégie locale de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement de partenariats internes au territoire et vers d&amp;#039;autres GAL en région Normandie ou en dehors.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le partage d&amp;#039;expériences et la diffusion de bonnes pratiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Echanges d&amp;#039;expériences : rencontres, visites sur site de projets réalisés, missions sur des problématiques précises (à définir, selon le projet de coopération).
+&lt;/p&gt;
+&lt;p&gt;
+ - Missions de conseils, d&amp;#039;expertise, d&amp;#039;animation territoriale et de mise en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions collectives d&amp;#039;échange, de diffusion de bonnes pratiques et de communication.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formations non professionnelles, d&amp;#039;information et de sensibilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formation visant à la mise en réseau, à la sensibilisation ou à l&amp;#039;éducation des acteurs sur des problématiques de développement rural et intégrées dans un projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Traduction.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/253b-leader-action-n5-preparation-et-mise-en-uvre-/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>157091</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'initiative économique</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°2 : Soutenir l'initiative économique</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J87" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Soutenir l&amp;#039;initiative économique&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à soutenir l&amp;#039;initiative économique locale. Le GAL souhaite accompagner des projets de nature à encourager la mutation industrielle du territoire vers des activités qui favorisent la transition énergétique et la valorisation des filières locales à potentiel. La capacité du territoire à proposer une alimentation locale et de qualité constitue un objectif fort. Au-delà, le programme veillera à soutenir des projets de création / développement de petites entreprises et activités artisanales.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières émergentes liées à l&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel (exemples : lin, chanvre, haies)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La relocalisation de filières d&amp;#039;activités sur le territoire du GAL
+&lt;/p&gt;
+&lt;p&gt;
+ - La création d&amp;#039;entreprises et d&amp;#039;activités
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des initiatives de l&amp;#039;ESS
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accompagnement de la transformation des activités agricoles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des circuits de proximité
+&lt;/p&gt;
+&lt;p&gt;
+ - Des avancées vers l&amp;#039;autonomie alimentaire
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement d&amp;#039;une offre touristique de proximité, durable et qualitative.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisation ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction et réhabilitation de solutions d&amp;#039;accueil d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ - Appui au développement de nouvelles formes de commercialisation de produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ - Equipements à vocation touristique
+&lt;/p&gt;
+&lt;p&gt;
+ - Outils de communication - Information des consommateurs / des acteurs du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements et de manifestations à vocation éducative
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Maintien et développement des activités de production de biens et services
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux modèles de ventes de produits locaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouvelles solutions d&amp;#039;accueil des entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services/dispositifs d&amp;#039;accompagnement des entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ - Réponse aux besoins locaux en matière d&amp;#039;accueil de jeunes entrepreneurs
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement d&amp;#039;une nouvelle offre touristique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et/ou information des producteurs locaux sur la structuration des circuits courts.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en réseau, animation et information / sensibilisation (but pédagogique, porter à connaissance) des professionnels, des collectivités sur les questions liées à l&amp;#039;alimentation).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre d&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdec-leader-action-n2-soutenir-linitiative-economi/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>161671</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J88" s="1" t="inlineStr">
+        <is>
+          <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2023</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
+existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Allier</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>i.charnet@agglo-moulins.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>160858</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, accompagner et valoriser le développement des secteurs économiques du territoire favorisant l’ancrage d’activités de proximité</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 1</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J90" s="1" t="inlineStr">
+        <is>
+          <t>de 10 000 à 50 000 euros</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relocaliser et aider à la transmission d&amp;#039;activités dans les territoires urbains et ruraux dans une logique de circuits courts et de dynamisation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moderniser les outils de production et de transformation dans les secteurs à forte valeur ajoutée locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poursuivre la valorisation de la filière forêt – bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La valeur ajoutée de LEADER se situera dans des interventions dont le besoin n&amp;#039;est pas comblé sur le territoire, notamment pour répondre aux enjeux de transmission d&amp;#039;entreprises, d&amp;#039;installation d&amp;#039;activités dans les centralités, ou encore d&amp;#039;adaptation d&amp;#039;outils de production pour une activité dédiée au public du territoire ; et en renforcement des initiatives existantes pour mettre en avant les atouts et opportunités existants au niveau local (bois local, activités à forte valeur ajoutée locale, circuits courts...). Le &amp;#43; LEADER sur l&amp;#039;économie : la proximité, l&amp;#039;ancrage local.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le maintien et le développement de secteurs d&amp;#039;activités structurants dans une approche de développement local et de transition écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des activités permettant le renforcement de l&amp;#039;attractivité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;emplois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, en agriculture (via une articulation nécessaire avec les orientations du Plan Alimentaire Territorial porté par le PETR du Pays d&amp;#039;Epinal Cœur des Vosges),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, au maintien de services et activités à proximité des populations
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+  :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - artisanat, au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;p&gt;
+ - commerces dont la surface est inférieure ou égale à 400 m2 délivrant un service de proximité au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes portant sur la création et/ou le développement d&amp;#039;équipements et/ou permettant la mise en œuvre d&amp;#039;un projet à une échelle intercommunale
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  Les études doivent être en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et/ou développement de projet de transformation des produits agricoles et forestiers, la vente, la logistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux investissements favorisant l&amp;#039;utilisation de bois de qualité via recours au bois local
+  &lt;strong&gt;
+   3
+  &lt;/strong&gt;
+  , permettant une promotion et une valorisation de la filière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis
+ &lt;/li&gt;
+ &lt;li&gt;
+  qui provient de forêts locales (Vosges, Haute-Saône/Haute-Marne/Alsace/Lorraine/Franche-Comté)
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/427c-preserver-accompagnemer-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>160377</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La reconnexion à la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;expérimentation des solutions fondées sur la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de nouvelles formes d&amp;#039;urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>160375</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Habiter, se déplacer et travailler sur le territoire</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire, les trajets effectués par les habitants en particulier les trajets domicile-travail sont majoritairement réalisés en voiture. A l&amp;#039;heure de la raréfaction des énergies fossiles, et de la nécessaire baisse des émissions de gaz à effet de serre, il est nécessaire de trouver des moyens alternatifs de se déplacer, mais également des solutions innovantes permettant de rapprocher travail et lieu de vie des habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur ce dernier point, il est également nécessaire de revoir les modes d&amp;#039;habiter car certaines catégories de population ne trouvent pas de logements adaptés à leur besoin (manque de petites typologies attractives, de logements associés à des services, de logements partagés et inclusifs).
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Habiter, se déplacer et travailler sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un mode d&amp;#039;habitat sobre et inclusif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une offre de transport alternatif qui irrigue le territoire et réponde aux besoins des habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le travail intégré au tissu rural
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction, rénovation, solutions de logements visant la sobriété, et l&amp;#039;inclusion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de mobilité alternatives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions permettant l&amp;#039;exercice d&amp;#039;activité professionnelle au coeur du milieu rural
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c049-renforcer-le-cur-des-villages-par-une-offre-d/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>160374</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le cœur des villages par une offre de services adaptée aux différents parcours de vie</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J93" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire est maillé d&amp;#039;un bon réseau de pôles de services, mais quelques communes restent à plus de 15 minutes de distance des équipements de la vie courante (quelques communes plus enclavées en rive gauche de la Seine ou au sud du territoire dans le Lieuvin).
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les besoins en services de santé sont moins bien pourvus : notamment manque de professionnels de santé (médecins généralistes, de spécialistes...). Cette situation est pénalisante pour les habitants du territoire et pour son attractivité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;augmentation du nombre de foyers composés d&amp;#039;une seule personne, de la monoparentalité et le vieillissement de la population qui s&amp;#039;accélère, renforce la nécessité de soutenir des projets porteurs de lien social, de solidarité situés au cœur des villes et des villages.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De nouveaux modèles économiques créateurs de sens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de l&amp;#039;inclusion, de la solidarité et des liens entre les générations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux services pour tous
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création, adaptation ou renforcement de solutions alternatives répondant aux besoins des habitants
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;une offre de service plus adaptée à la population
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au regroupement et à la mutualisation de services, coordination des acteurs marchands et non marchands
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc3b-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>160373</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'entreprenariat et expérimenter de nouveaux modèles économiques</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire montre une bonne dynamique de création d&amp;#039;entreprises, avec un taux de survie élevé (77% de taux de survie à 3 ans en
+ 2018) et le taux de chômage est globalement plus faible que la moyenne normande. Cependant, ces chiffres masquent des inégalités. En effet, les jeunes font face à un chômage plus élevé que les autres tranches d&amp;#039;âge (23% de taux de chômage des 15-24 ans) et les femmes ne représentent que 28% des créations d&amp;#039;entreprises. Ainsi afin de conforter la bonne dynamique de création d&amp;#039;entreprises, les acteurs du territoire souhaitent soutenir l&amp;#039;accompagnement à la création d&amp;#039;activité, la transmission et la reprise d&amp;#039;entreprises en développant l&amp;#039;accueil des jeunes actifs et l&amp;#039;entreprenariat au féminin. Dans la situation sociétale post-COVID, il a paru pertinent de s&amp;#039;intéresser au soutien d&amp;#039;activités économiques porteuses de sens, plus inclusives, créatrices de lien social, vecteur d&amp;#039;insertion, et pourquoi pas d&amp;#039;expérimenter la faisabilité de nouveaux modèles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   L&amp;#039;entreprenariat accessible à toutes et tous
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  De nouveaux modèles économiques créateurs de sens
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Accompagnement à la création d&amp;#039;activité, la pérennisation et la transmission d&amp;#039;activités économiques intégrées, en lien avec
+  &lt;/span&gt;
+  l&amp;#039;environnement, créatrices de lien social, répondant aux besoins de la population
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de l&amp;#039;entreprenariat féminin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des jeunes vers le monde de l&amp;#039;entreprise et rapprochement des sphères de l&amp;#039;éducation et de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1364-developper-une-offre-culturelle-et-touristiqu/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>160372</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les ressources du territoire en circuit de proximité en toute sobriété</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire « Seine Normande », malgré des productions agricoles diversifiées (céréales, viande, lait, fruits, fibres...) et des
+ressources forestières de qualité (feuillus notamment), la transformation et la valorisation sont souvent délocalisées à l&amp;#039;extérieur de la
+région voire à l&amp;#039;international, ce qui engendre une perte importante de valeur ajoutée et d&amp;#039;emplois. Longtemps considérés uniquement
+comme une source de nuisances, les produits en fin de vie sont maintenant considérés comme un gisement potentiel de ressources
+notamment grâce à la réparation et au réemploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de ses ressources locales primaires ou recyclées est prioritaire pour assurer le dynamisme du territoire et répondre
+aux enjeux de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique : Valoriser les ressources du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La transformation et la consommation des produits agricoles et alimentaires locaux sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transformation et l&amp;#039;utilisation des matériaux locaux sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;augmentation de la durée de vie des objets, leur réutilisation et le recyclage
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de0b-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>160371</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Développer une offre culturelle et touristique valorisant les atouts du territoire</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les milieux naturels de qualité (Site Ramsar Marais Vernier-Risle maritime, tourbière d&amp;#039;Heurteauville, réserve de l&amp;#039;estuaire de la
+ &lt;/span&gt;
+ Seine...), les forêts, les paysages des boucles de Seine et plateaux (méandres, coteaux, champs de lin, clos-masures...), les agglomérations patrimoniales (Pont-Audemer, Rives-en-Seine, Cormeilles, La Bouille), le patrimoine bâti (abbayes, châteaux et manoirs...), les savoir-faire passés et actuels (arboriculture, chaumières, artisans, tannerie, passé maritime et industriel...) sont autant de ressources pour la vie culturelle et d&amp;#039;atouts pour le tourisme. Le territoire bénéficie d&amp;#039;une vie associative riche de laquelle émane des manifestations culturelles variées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les changements sociétaux récents offrent une opportunité pour le développement d&amp;#039;un tourisme familial et de proximité. Le programme
+ &lt;/span&gt;
+ LEADER Seine Normande souhaite encourager l&amp;#039;ancrage local des propositions culturelles et touristiques, afin qu&amp;#039;elles soient un moyen d&amp;#039;une meilleure connaissance du territoire et qu&amp;#039;elles profitent aux excursionnistes comme aux habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Valoriser les ressources du territoire
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Le développement d&amp;#039;un tourisme responsable valorisant le territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renfort d&amp;#039;une offre culturelle innovante et intégrée au territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bc6-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>158944</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Aider les citoyens à trouver que faire de leurs objets inutilisés à l’échelle locale, et à consommer de façon responsable</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Longue Vie Aux Objets</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+ Comment se débarrasser de façon vertueuse ? Quelles alternatives à la consommation d&amp;#039;objets neufs ?
+ &lt;span&gt;🤔&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de lancer l&amp;#039;outil
+ &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;
+  La carte des acteurs de l&amp;#039;économie circulaire et de la réparation&lt;/a&gt; pour mettre en lumière les solutions proches de chez soi pour désencombrer son logement, et pour consommer de façon responsable en privilégiant le réemploi et la réparation de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ La carte met en lumière des acteurs et solutions de proximité et apporte des réponses pour les objets du quotidien : vêtement, téléphone mobile, mobilier, électroménager, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les points d&amp;#039;apport listés sur ce site sont mis à jour régulièrement.
+&lt;/p&gt;
+&lt;p&gt;
+ Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les alternatives à l&amp;#039;achat neuf, en mettant en avant des labels et bonus réparation dont le citoyen peut bénéficier.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1) Carte centrée sur un territoire : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAA90AAALQCAIAAAACRYS7AAAgAElEQVR4AeydDXxT1f3/s/39b/w2t7G/P3/y&amp;#43;&amp;#43;k2EbfB7&amp;#43;emqHM/dJvCpkOcoqgIVVRkVJ4UscJwBVcdiihPrbXyUCkCLY/lScqDWqo8tEqhPJVSoKRt0jRNmtwkTdKkSZP73znfm5OTm/Q2bdM0Ld&amp;#43;88mpP7j2Pn/tw3ud7v&amp;#43;dclYgfVAAVQAVQAVQAFUAFUAFUABXoaQVUPV0BLB8VQAVQAVQAFUAFUAFUABVABUTkcjwJUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC7HcwAVQAVQAVQAFUAFUAFUABXoeQWQy3v&amp;#43;GGANUAFUABVABVABVAAVQAVQAeRyPAdQAVQAFUAFUAFUABVABVCBnlcAubznjwHWABVABVABVAAVQAVQAVQAFUAux3MAFUAFUAFUABVABVABVAAV6HkFkMt7/hhgDVABVAAVQAVQAVQAFUAFUAHkcjwHUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC5PuHPg5Y&amp;#43;OXlHfhDsAWCFUABVABVABVAAVQAV6QgHk8p5QXbFM1ciVV8531Py9imLgTlQAFUAFUAFUABVABa4UBZDLE&amp;#43;5Iq0auvHvWzuOXGvv8VzVyZTRc7vf7E&amp;#43;4gYYVQAVQAFUAFUAFUoJcrUF/vSLQWIJcn2hERgcsTrlqxrpDF0dIul3s8HofDYbPZBPygAqgAKoAKoAIxVUClSsfvFa7AL36xbvz4/fn5VbFmnM7nh1zeee26KSVyOQjb0uJBIo9pH4SZoQKoACqACgQVuMKRFJvPFPjFL9YVFdV1E9R1NFvk8o4q1u3xkctFUXQ6iaU8ePvEECqACqACqAAqEFMFGJZhABUYP35/t&amp;#43;NddAUgl0enUxxjIZeLomiztcT09ouZoQKoACqACqACIQogjKICvAJxBD2lopDLldTpkX0d4nJ38RHb8iXNBZ&amp;#43;GV7V5/17b8iXs69yR73e5&amp;#43;GherYbtZYGmlVksjvubr2F7a6ORbfRWXYKNnsrzbKNjYy7LgQU85WdZhPBAu/7lIbdP/IEKoAKoACqACsRUAZ7JMIwKhINKj2xBLu8R2ZUK7RCXG0aP0g68XnfrELG1VZap&amp;#43;ZUZ2oHX89/6u27z1lSzaO6SYn4vhHW3/4pFsH2wHDZa/vkPttE0eSJsdO7czjZCNWS5ObZsZBHCA8jlMe1fMDNUABVABVCBjimAJIoK8AqEg0qPbEEu7xHZlQqNnsu9mlqGws2fH5BlKnH5oJ8Yxz3e8MBwiGkc/wSLxrhcf/99xnGPw9f04iQWgXF53eCbfIIgiqKn/CwrMYTLH31IO/D6uv/5BcvHOO5xV9FBllV4ALm8Yx0IxkYFUAFUABWIqQI8k2EYFQgHlR7ZglzeI7IrFRo9l1vfW8go2TQtWZYpcHnd//ycbPf5GidOgMg&amp;#43;wQwxGZc7d&amp;#43;&amp;#43;UpYWfjMu1A68HkzkzlmsHXh/C5dRs3/DQAxHzibgRuTym/QtmhgqgAqgAKtAxBZBEUQFegYisEv&amp;#43;NyOXx17ydEqPlcr&amp;#43;/ftidxInlzlsJcN/8M5/Nxmctcfl/3wwb7etygMs95ytgC&amp;#43;Ny09TJzCncq6llmdgy0xn31w2&amp;#43;yX3kEPtJuHzXDhYT/Fjq77qN5ePckc/2Rgwgl3esA8HYqAAqgAqgAjFVgGcyDKMCEVkl/huRy&amp;#43;OveTslRsnljKqdn&amp;#43;6q&amp;#43;8WN2oHXOzbm8lnLuNyxZSNQdcvZ0xCN5cDTtrv4CMuEt5cTN5XBN/ExnbvlXM7vbXw2ieUTMYBcHtP&amp;#43;BTNDBVABVAAV6JgCSKKoAK9ARFaJ/0bk8vhr3k6JUXK5MHsWMZbf9t9ia2vjxGe0A683PvkYn3WbXH76FERrn8sD9nLefYWFw&amp;#43;3lyOUd6xMwNiqACqACqEDPKcAzGYZRAZ6gejCMXN6D4kcuOhou97vddbf8ErjcOO7x&amp;#43;t/9FpiY90KRuHzIICimKXslxPFcvABbGJe36V8e4HLPxQu6W4doB16vv3eY&amp;#43;&amp;#43;sSyCecy9G/vOf6FywZFUAFUAFUoGMKIImiArwCkZks7luRy&amp;#43;MueXsFRsPlzl07eOM0C9vSl7LsJS4ffJO7pNixYZ3&amp;#43;/vsCKyp6IQ7jctvS990lxfBtOVHKcmB&amp;#43;LK36etfhr2zLl7ScPtVyojQCl9P1WPTDf8fycZcUtxqDq56zPFkA/Vg61oFgbFQAFUAFUIGYKsAzGYZRAcYnPRvodi6P/ki//PKXXq&amp;#43;Pl8NVdLj22z&amp;#43;uVf1I&amp;#43;csn6QPhaLi88fmnCWT/ejCbZ6kf/juwZzMFzDOnM15ngaZVH7EIjMvZXpJnpPXLW/X1LFXL8WMSl7e7fvnmPJYqPIBcHtP&amp;#43;BTNDBVABVAAV6JgC0fMJxrwSFAgHlR7Zkihc/pe/7A5vv&amp;#43;dshfZHP1GG8lrVj8IT9uot7XK5z2zS3vxT7cDrhb&amp;#43;9xlra9NGHgMstJ47DRrCXM&amp;#43;bW3zusacWHot/PkiCXd&amp;#43;wWjrFRAVQAFUAF&amp;#43;pAC3cGa99yz9d13T3z1lV6vd&amp;#43;v17i&amp;#43;/rH/nneN33rmpO8rCPGOrAKOjng0kBJdffXVWfb0johDmF19BLo&amp;#43;oTG/fiPbyPtS7YVNQAVQAFeh9CsSW6gYPXn/kSIPT6Y/43bWr&amp;#43;ic/WRPbEjG32CqQIFiVEFx&amp;#43;xx1tvrC9KWMFcnmCnCuxrQZyee/rxLDGqAAqgAr0IQViSHVDh27U6VxOp7&amp;#43;62vHqq0eGD99&amp;#43;zTWrrrlm1YgRO2bPLtZqm51O/&amp;#43;XL9p//fF0MC&amp;#43;16VlknySiiLDO961lFm8NLmnqn36nRvKiKY6HRlRVbyOl0bgnB5VdfnSXzLIf2nD59&amp;#43;ugn65HLO310Ezlh7&amp;#43;Hyyk2vJyf/bX15d/ZGB5clJycvOWDqzjISMu9D6cnJyYsKdAlZuWClKjelJien5JwKbsEQKoAK9HoFokXJ9qju5ps/qasj5P3xxxU//OFH4dn&amp;#43;&amp;#43;McrN2&amp;#43;ucjr958/b/uM/VodHaHMLUCyzwdu89SfVC0fFjGiRy3nlEwSZepLL//M/s5kiX35ZF66IyWRy6fXaawcpo3l4wl69pV3/8l7dOlb5buPykqwZydJnyrSZ8zMOXOpi53FwCWXmLuaimDwe6K9YgZ7aGcK7lNHndu8AqJMNPZQxpTcMHzrZOkyGClyhCjAC6WKguNjgdPrff/&amp;#43;kcj65uRedTv/WrZeVo4XsDXC52eAlXxt1kjGblt4VGzRHLufVZnzSs4Ee4/Jnnjnwpz9t37evxuVq3bCh8vhxQ1tCNI59Hrm8LXF67/bu4vLqXWnJycnvF9RWV5buyUiZkpw8M6ukK3bo85vmJifP3dC95vLuR/&amp;#43;2&amp;#43;t0QMm4rUrdt53m3dtdbyclTMg51W2Gdz/jCpnnJySlr0FzeeQkxJSqQgArwTNbp8KOPFjid/vJyy//5PxnKmVx9dVZtrdPp9N9&amp;#43;&amp;#43;0blmMG9EpebssBmf/uJYgNBc/XGPcE47ZnzFWIil/PiJAhQ9QyXT5168IYbPtbrnRs3XnjxxcJXXz30zjvBZbNl0mi&amp;#43;/5/I5TJN&amp;#43;sDP7uLykqxpHEKVrJiWnDwtq6QLPUIRZebPupBDu0njgf5tVYIn47bidNt2OogK8O6pnJTk5Ld21XZbaZ3PmJ5Ui/YmurdN5xuIKVGBK1IBnsk6HV637oLT6Z80qTCaHFJTv3Y6/W&amp;#43;/fTyayCSOjMtV6S/vI17sztJyLoecse&amp;#43;qyzTSfFOzxrR9fj63N111e1HOYUe9WYpQf9GQMzkHIkhcvvHE3gqardPvrLfujZRcMtXbXOrD5c8FRwLlZcTHxrQ926CuJ/kHXNWhSl5pCqzZVbbjxJ8hFbRIo1mabZKqZPPWl/J5pqtUeS9mG9R0BOJ0&amp;#43;usvGrImBJ8PSHXeUVl8MVyKYLQQBYIVVoqQIGTVA1z&amp;#43;rW&amp;#43;lf/e7mcnJhTt2VL311je//nXua68d/vxzTUWF2eMJWb9cFEXP&amp;#43;QvKUH4FrpMYk1PHaG0uOq3LP6Jeve/8oq2n0jYch&amp;#43;&amp;#43;7W05u&amp;#43;rLqSLm&amp;#43;qt4Wk4LayqSbuLx2JzGXM4Sq3DiXOKEUSX2O8cKBjPkzpxE3lzAXl4byA6vS5s4iO6fNnJu26kAVtbLTHFIy1q5O&amp;#43;xtJOG3mvIzPqoJdWG3JpkUp06bQHGcv2lTK0I16vyzIWp1KMpTQs40iBIr&amp;#43;aas2LZk/k2Q1I2XRxmBGQptFBGtBQrUl25bNm0l9eEIqWb5&amp;#43;bnLyvM2VLDb1ZScu3eUbiDjcJzCAqT1VwKSYNXfR2kMghSAIB5aEmrTpiCIA1pGazEqlgdqSbUvmpxAdZ8ycuyjn0B4yiErbSVHcRPKWsmq7ziSbz8hIaUH2pkV/64JcxkpyuOFckAkuGCv308M9JXnazJR5HxQc2pDGRnf0fJi7ZMWiFHJgqWe8qbZk46IU8J4KyUpXsmqedLalBvypTOW7pBNmWsqiTaVaEMhYuT8jEHXmvA&amp;#43;kcy9UPPyFCqACMVagE&amp;#43;gWnqSqyu50&amp;#43;q&amp;#43;7Liqv8VtvzXM6/YcO6cPzibwljMv/UURht/QUi//yDgfBX5tLfdJUJuG1t2z5ZinCqPIyIHIb5wnj9JZlEnYHxgV6DvrJOB3bpwb4dYSU3KyxlpWa1JCVWh2YtQlcTonf5jWbvZTLc17&amp;#43;lFbJ6XeaSaESnWs0LwdHGjQJt9dceuq3Ej3nZ5XSJGbXuVJTmRqSB6skr3PIECVQ7ehAnGkIgbZwJc7be4DLof033/zJwIE53/lOZlLS/tTU4rlzjy5bdpI13luj0Vz9X7Xf/rFu0G3I5UyWrgeamj1Fp3UfH6hkIK4QyN5//utKg8MlvR&amp;#43;066XzOXQTl4cayHUFC5KTk&amp;#43;dtukDv5uWb5k1JTp6dceBMbWXptkUzk5NnZhwCkC7ftWBmcvK0uRn5JeVnSralpxBafaegVhCo03Ny8sx5q/eUlkOq5LRd1TRD7cElJJMFm45W1p45mJWanDxl3qbzdBcF1mSyM6fgswOHynVC20VUbp5HipuSsmTjwXLIh9n4FYrge6iGg0um0cKKymsvlOSkJicnp227TGNQis34isUOOq4YtbW1exYRutxTW1tNvkaTEFLPC6UFVIqZyw5SncrX/y05OXVTkPG/ygiOgsKbzMqkgfKNpJnTXs8oKK0sP7otYzaMCAKDAV35oc8OlMJkgLbrLAiB4URX5BLK179OBM/YU1pZXV7wPjn2WUehurqDy2aSA/dOzsEzlaWf5ZATg3ykg05HNTRt/oEDn5VWCRB/5oKNJZXV5QdXkDbCKKiKDhHTtpbXnikgJ1vatipBKFkxMzk5JauosvJozrwpyTM/LDEKAiiTkn6gvLqyNJ&amp;#43;emOnSiRkqIf5CBVCBWCogw7LO/TSbCTh&amp;#43;&amp;#43;9vtOLFA5j/4wUdOp1&amp;#43;nc0VbViiX3zpXo6Yu5ueyAxbxCWo1wV9TzljJBP7nFSZzcMGT/JwzlIDV9QulCHkvbrTWV6jn3E4QVmJcszVvah6p0qB9EN98&amp;#43;AStYc7CEtK6&amp;#43;n3FtwLpDjq0lxrmA3ZxicvNpZXP0QxJqrn1pAJO77mNRZDqxrEnDqpdxcv33chxufrzE2MHkTrcOreerNDidOQ9Qn7e&amp;#43;K4B6g81VKlyZI8IAnU25Uygde4UgkfUn0eUHgz3GJfPmnXopz9dc9ddm771LXIkHn10D/fGG7F5x552cZxF6EH5uqPobpr32dTsmZ1dMmjixlumbP3T63uefq9w1spiBuWpa489&amp;#43;fbngydvZltmrjg6c8XRlNUlaRuOr/viYsxb2j1cTn2Uk&amp;#43;fmfFNbK2fKUzmzk5NnLDkgWSgF3X6KpMQ5gU67nDJvU9CHXFeydRu1ZVKK5Xbp9pJU1ACvO/B&amp;#43;cnIyN0&amp;#43;ROmJIFl8KrAGcFRSLAPSfuaQoYGsvIw4dczdWCoJiEaHdk/FCaXmgaWCAh6cE1CgeGJmQJCGOK/TxQkpOGcsrghQHCPLTtUioSTs5PegBTkcUgeTyJrM8aYCKk7yooJb5&amp;#43;htLsgjyBgY5XHTlOlMynpl11Cil6JRcQu2pU2xCMPgREcGlsyIluzSQuyBc2JZGHmKAM1TY&amp;#43;UDPIm76AT3NqFoha&amp;#43;w06MiYB860wNo&amp;#43;Rq2OlEKVmbbkQODww0FP/DVquAOGQVSgdyoQEc46utFgaHE6/VdfnRVNwuuuW&amp;#43;10&amp;#43;mtrndFEJnEkLqdszVZlUWtepkSrUqWP3Uos0&amp;#43;bPi7kMvzlIPEAo5o64dI4i73bOD4SLKXF52QqJ6cmu&amp;#43;ZSq1WrqrHKimAwDrDkjCKfB9971VlKiBO6SH0tWoD4qVTpY9M0lJwiFh3&amp;#43;hRfXUdi7tzc&amp;#43;rIA0sW07iLywh4XM5gYGHKl0FrTAbFtL4wOUhdQ4vpVNbYs45ncuwx7gcjtZ3vpO5YMExm60lvPau/V8YH3yCwbdCIDxtr97SHVy&amp;#43;t1Rz08SNqpErZd8fPZ5z43N5P52Qy7YnZxwaPHnz//3Latjy72M/&amp;#43;c3L2594&amp;#43;/O7X9154lJjDIXtHi7nFmMhNs6Z8wLuKAKlt5S13NQ9RmN017QPIzqhU4pdciDY6RCfE2ri1RUQQn&amp;#43;f4ZQgCNSRY9lBwl/EBM4hu1IRFPUCrEYKohUj3h2KRQSrFBoyamsr8xcwvwu550noFEb6eIFDwIj1pNZrYgMOcy/hVzmUNzm0VqfWpBC4Dw4AiOcNmegp8W5IbMU6h61d0zW5hIba2sOrUyR3GlCcE4TUi55UkuO77Hyg8acsCjkJ6JKXBwWhdjd5WJOSfqAyyPhC6Sr6hGVjCRufSMpwJya4ykgPXkKEwR&amp;#43;oACoQSwUiUGPHee7kSbPT6R88eH00uf3pTzudTv&amp;#43;&amp;#43;fZpoIpM4AS4nTibgQ2I2LOQgOKs0FNkZuztde6emq94lC8U4QyA4hJUlxuXXL4cSYX3xqXSt8WCeXFmS90iAy4O67duuppDNs35wb6BFoeuXc9UoAnu85PoSUrQ0&amp;#43;ZWLHNKWaCXlKxMajiHhdCWrbufyrlTuykwbcy5P23D8qockzmb8HTFw0/N5r6wo/t7oj9neX0za9GLGoTtf2q4aufL7j378yecXYnVQuoXLYTEWilCn1qZwzgkC&amp;#43;J2DRwL/N21nLexaEnFmZyjFEuAmDuvU/EznAvJZQXjaCsL3PLASAqUuDZGLCDVgkz6HupsTzxPFIkJ6J1PtqT05i8A9fco06mUOdmhKsW15ngD4c8tyR64n5XIyTmAVk8oOusSENzmkeoDgyUvIkCX44Xk3uFUyKrdZ57BlK1mtopdLMFYWbcp4C9zLp82kEweoPZxW6XXOUUcQBHpSwWEV5OeDbBwYOB2kwYaudOOCmWRFoAXbTgXY3FR14IO5xDV9dtYh4lcPT3gCCYP/IzxG4DXCMCqACnRdga6TnEqV/sEHZ5xO/6uvHokmt5SUo06nf&amp;#43;nSoHd4O6kkLqdIOuhEMUXz&amp;#43;k8PsVQAqeqiypxs2ffEi4O6zOVQusG0XZ55ZdbcXbQOClzeBjTz3B/AYg61D&amp;#43;0l80e9ZVtlzanMySyGmaNc5DaKCGTLVIoyECu86WI&amp;#43;yOVdFDD2yWPL5XPXfMMgWyHw/55c&amp;#43;/iCz8CJZcoHh74TsJeHJ1m4OTgNoCuN7xYup2QmeZLoDiyaIjn1Bnh6bkQbJLh3R4Zm3n&amp;#43;adgLEOQHW8qM4yGaUhvYQFLY43lUqQo56HPorFcEXSF2cp6Rk7C&amp;#43;v1RL&amp;#43;4&amp;#43;zNQRM&amp;#43;JIBprAG7NfUX55ZAiVjPkg&amp;#43;pH0sZVIzT0HRwSXBVb3mT&amp;#43;fpJqC17cRLPuyGxFesMTzm4ZSuDI6Vo5QJ/buoRXkvk4txmaNH8swtqLg9OTqUnGJtVzD8hCWkB/&amp;#43;MSdS6fEbJYp66UOJdTj3M6cJKNBPjkGEYFUIFuUyBKXFOOBibwqir7d76TqRzz&amp;#43;9/PqqggTiBDh3ZynUTJ99rp2vuShKQvfkrWJAn1Y&amp;#43;FolfmxjOc2ctgagXFDuBmw25rT5nLp4Vwu&amp;#43;bE4S8BDPazckPylvXw14AnAuZzAvFWutiAvH1lZ8I7u7QrSxDAtcnkMxYxNVjHk8lV7K8LBOnzLLS9u&amp;#43;XNqAfMsT9tw/Jn3DoZHY1u2Hb7c9aZ2B5eDuZdhE/UQCMzno9DGdpH7vLZc8jCWO/gKwqVSmIBIOZX3vuAoigJiYCkS2m&amp;#43;Yqk6dASdhakblvSHaLkKIiP5gWlYqguupKOAGXZxNpcQtQ7I3U78LOuOQJDDR&amp;#43;Y5B1xE5AUu&amp;#43;ztIsT1oETJal4EjVCOgpCLrPiOO5tJoKOHvwTeYqSOCWLlgZ9KGXJ&amp;#43;djK9YZ4Jt7uAFu3MQSH6VcUNWgbxKdHCytmw7Wa27sIVG7NDmVnmBh58PsnFPMaV4Qqk6Vk5MgeDJw4xl2ygkCqzYd6S0qYHMDBEF35hRbAIfXBcOoACoQWwU6ym1txS8s1Dmd/hUr&amp;#43;LULw3hUlb5q1bl/rdzy0UftRAspBSjWGVi/XBVYq4S5psC8T6dr7yvMRzxvzj7rua2HqHt3YN6nRhOYRknnfV5Ug4d6BMYN4WZp3qf5ZLm0yqEq/caxlWUXDUuld45G4HI277Msm070JEnovM/F1MQekn8ELpfGHmZTFnut6aB9OaWOYkgemKsamHgaQecQAcOwXmFv18EmJjkgl8dExlhmEisur9RafjFpE4Pp8AD4q/xX0vq7X92ZnH6I5/K0DccfemNfeBLY8r3RH5&amp;#43;rEbrY5u7gcgp/HDZd3kVm7AGVmsrJq9SlJTjoOhuzkpNnZBxsIJP9YAmOlPSC0gvlJfkZxM/gdfLeSZk7ijRpknqQB1LNXLD2YHl1LVlg5PVpZD2WcsnzIQTZ2y4iAvqnJidLBtTAWh/hRfC9E3jvpOaUXKitLC2Q1jmRKgkLgNBKXijdRpaPSU7bydZ5pMOFmYsKztSWHyVrxgQalRwixcwFu2BGLOg5my6oUrR6HlkBJmAGpnUIbTJfRQLNxEIM&amp;#43;p8p2Qa&amp;#43;HGzZmdC4dNGSyHWOINfrHZQLuJy2uvbMQWm9lYDFWvdVBl2NZUFOUXll6YGcd2A1FsmrRO6OLwi6IliSJ&amp;#43;fgmdraQLvmbTx9cNk00tj95bUXDpAYs3NOwSIwsHpP6XqiBkxOCCwTVFBaWXuh9MBa4voyLf1gwPElVBr8hQqgArFTQAHROrRr4MC1Gg15YdAnn1T&amp;#43;6EcrwtP&amp;#43;9Kdr9u3TgM/0b37TpiU4PGHAv5xxebqKLVwYmOv5XI6Vrn/ip0sZWqVFwckKLZRZ2TqJTj&amp;#43;3EqK3bAWh5Pa4PF016JuDdGFyaR1GWDLc6VfvK6bLGkbiclUb6yTCdNX2uFylyvnH59Ji6vUXTWUnHfXwllO1Zg4120eoc0fgO4LIgeRdpJpYJU8ELrcUvjRQpeo/IqPCFatm9eZ8YsLl3lbfqn3nfz5p04ysI&amp;#43;MWftHvkWwZZP/gsTWzVhY/krZ/6PT8qR8clkF52obj987eLUvC/7zxubwuatwNXA7GzhCbLfXBCJh4taVkhW/i20tXKP9gWwl7h42ptmTrknnS4uUp85bBrhD/adIXUJ8TulIK7RlMVQdWpQUWrp45b1HOgQuUpujsyYAhOdCHRC5CGf2J2TVyEYFc4X/5TlhOm659voys7BdSyQ8C65rPCl18XRB0R1eDItNmrpaWWeHrOWtuGq&amp;#43;SIOhK6arhoGBw&amp;#43;W0BptXKmxxaSd2ZArJ4/BSq/lursxZMCy5hGRqTtLqNOoeNlEJN/tHJRVoNy41PmzkvfQlZ2jAwjBEEoepwDlkZPZkssj5vWc6SvwU8l8AdP/i0Qap01Wer02bTs2rKtJnzF&amp;#43;Xsp/M8jad2LZsnLWzPFi&amp;#43;vPZTzFl33PJlfvFzQlW4jS9fDifm3tIytwVmhMmHwJyqACsRQAQVE6&amp;#43;iuW2/Nq6trdjr91dWOWbOO3Hff9h//eOW11666//6dqalfw5otwOXnzlkHDMiONn&amp;#43;5vZyg9r2ZdCVEp/fgXMlafOvUyoMVLpgYaja4zn1e&amp;#43;SJbtVAV&amp;#43;l4hm5e8VwhWRYyGy&amp;#43;niiQt3mNT1dB1xkty0/V3JEK5SReTydJUqwnuFYFVEaaTR5rxPaBFNftEFLzMy1zvKdkiLKkYeSwTAOlpV24jfRaqJVfKe53JXaeb0yZNS1lXEqkm9PZ&amp;#43;YcHnhKV3ahuMDxq97ZQVZDDEiZF/71CdJiwoHjF&amp;#43;XtKjwl3/ddPMLG3k65yk8YnjeJ22&amp;#43;ojWaQ9ANXB7D2zVmhQqgAqgAKtDHFegixsmSDx68/siRhkgLiZD1SVavPjd48PqSErJAyqlT5h//eKUsOf7scQWiQZc4xIkHlxdMULFP/8EjUg9apIbtTmLbaWBEtl4ULy0eEtzab&amp;#43;Dw1EIaHTIZsUofknY4SSHy&amp;#43;fQfOmm7OkIcaZN68S0qlarf9MPSb9el/JThQ/pfRYvsP2TE/AJL4C066vdIRfq9VCxFhYr1m05/Qz5cRVk0KXbn/3Wdy81N7rQNx6d/eOSGZzYkLSpM23D8uSVF4Wx935xP7529&amp;#43;4G/F/xoTI5q5MrbZ&amp;#43;TzXD5g/LrwJPyWHzy2prklIFbHm4tc3sd7PGweKoAKoAKJrUB3gODvf79t0aKyw4cbGhrcOp1r/37N4sUn2UTP/v1XHD1K2P3rr40RPV66o0qYZ5QKdBxkuiVF/Lh8yNTc3PfGDCQoO3RxNW0M8PQt03O35OeTb2GFPcDl/UYt2JKb&amp;#43;uAAEv3OxWpRbJ/Lb5memzWJ5j8gFSy5kD&amp;#43;wu6ReCJdbdk&amp;#43;iBagGDE&amp;#43;aNHnU0H6UswekFFPajIAvYM0AACAASURBVILL&amp;#43;416B2qen18aGDB0&amp;#43;TB1ncu/qTSkbTj&amp;#43;QGrBv6Zvpm04/mLGoSGTN0//8MiwWTu//2hwDcT/TFqftuH4z57N/X9Prn1&amp;#43;SREP5WkbjsPaiDyIh4f/vvZYp5uLXJ7YHRbWDhVABVCBPq5AlLgW22g/&amp;#43;MFHYDU/cqThe9/7MLaZY25dUaDTPBPbhPHjcjB1548n7CuZvSNwM&amp;#43;Nyapb25lOLOrGjt8/llL9DokXIn&amp;#43;Nye0ESAfGBSdsDSO3VZz9MNoGNPBouZ3b3GB6VrnP5hoOX0jYc//XUrWkbjs9ccfShN/alrj3GsPve2bt/&amp;#43;dfNv3l5&amp;#43;0sfHWUbZYG5Od/87Nngy4bCiRy2/PKvmzvdcOTyPt7jYfNQAVQAFUhsBbrCcF1JC2i&amp;#43;Y0c1cnlXZIx52k7zTGwTxpfLXcUpN6pUqv4Szkbg5hAud5WkEPt3v6QCexRcPiApc13qCMLVQxdfoipFyJ/j8gh7Q0rvpVxuc3oAsm&amp;#43;bvi1tw/HJ6V9NWvalDLtT1x4LN5BDnD&amp;#43;8trv/Ezn3zVGa9MljutHaycm6yOWJ3WFh7VABVAAV6OMKxBzsos/whz/86Nvfzog&amp;#43;PsaMgwKxxetO5xY/Lqc&amp;#43;IuTPgAezK8AtGcg4sEPy5A7xLyfRR60iU0JDDOHMpzzcv1ylUt04HVzSJb/zNvxY5NgtSVjALPTyCEr&amp;#43;5dQzvtMHITRhF&amp;#43;3lFRoLmMm/N/rjaZlkoZVR8/fJuLytn/96tZBq5Mp/H/sJT97K4aw950KrH&amp;#43;0v5PI&amp;#43;3uNh81ABVAAVSGwF4oB6WEQvUiBafOnmePHj8iFTM6eTOZeqpN2BNgGXM/9ycNGW8HfUAvA4t0jm2Pa5nPK3Zc0oUsZjuSRZBIt4tPbyQq8YBZcz/3LqGR9oVhf/d5HLPy&amp;#43;ru/G5PIBp8CCfEmkZxHA0n5F1ZNT8fbfPyGfJlYkc9k5e/lXn2otcntgdFtYOFUAFUIE&amp;#43;rkAvQkasahwU6BzMxDxV/Lic&amp;#43;JSXptJ5mWNy7bQhEbg5xJOEby1QsmpCAWwse53k1B9WQeHzOb&amp;#43;ArqJC3dP57VJeHJdL/uX9krYH1ocJ&amp;#43;JcPfKk4iPW3kFmnoiha8ijxS9Z3Lh8p55j96yKX3zVzB8/TD72xD6zm4SDOb3lh6Zd3vJT/cNr&amp;#43;W17cwidXCF/71Ce//OvmncU1nWs5cnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qvhyuSgCT6vu59Y3HJCUKa3HUkYmYIa4i3Dt1WaPoB4vA36XNOlhWEpxYMi6KySfzEmDSaT&amp;#43;EwuCYN1v6JjJkyaRb2axK4Sn2Xos/W4bFVyP5eaAG4y3eHp/WuTgUZPGD6Mrt/QfkweTRCEf1bDZ0noshecluz5X404Gu8jl14R6oQx8Pm/mijbndzI0f25x0f&amp;#43;&amp;#43;EgL0CkSuGrnyunHrIG3uQfDl73BjkcsTu8PC2qECqAAq0McV6EXIiFWNgwId5pjuSRBvLhcDsEvM52DPpuhL/3Drl0vLhIc02nUpf9KdQMqq/ncmZR4O2Ln5fPoPGTE5sxj28NtJASOy9SFcLopiyPrlsIr5zallbFXuxuLFjw2E5RP73TwiZYs6QN8Sl7O6B5c5D6lyZ350kct/8NgaHqn/70OrGXy3FXgkbf9/jGtntXI&amp;#43;TwhDbms/v9CZRooicnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qnhwecwr3V0ZWopT76SkfdWAEeNHpeQFuL&amp;#43;7youcbxe5/Nqn5LM2Jy6Vr8ciA/QHUgv6PZL91&amp;#43;VfPbek6N7Zu/9lCw&amp;#43;n8PAt0z88krbhOHJ5Yvc7WDtUABVABVCByAr0ImTEqsZBgchMFvetyOWhknv1&amp;#43;bNGDKCG81HrAuuah0bp7l9d5PJBEzfKGPrPqQUyEOd/jvnnZ/9yE79t2raH3tj33JKiuTnfpG04Pmtl8b2zpaUSv/OX1UOn5983Z/efXt8zbuEXt0zZCvn/dflXyOWRb/a4FRVABVABVCDhFYgD6mERvUiB7qa7KPNHLo9SqPhF6yKX3zVzu4zL75iRz4M4C78e6eVBQyZvHjlv7&amp;#43;T0r/44dw/L59dTt17z5FowkMPCi6qRK1&amp;#43;mryXaWQzvbu2wPujHkvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6DDHdE8C5PLu0bULuXaRy//ltcJ4GgI/fmLtvE&amp;#43;C7/tkXH77jHxZTP7nv43&amp;#43;&amp;#43;KbnpfUWVSNXfvfh7FdWFLO0LFBW1di5tiKX9&amp;#43;XuDtuGCqACqEDCKxAH1MMiepECnYOZmKeKB5fD0uNsiqSKLDXIz5vsN&amp;#43;DOpNzzoU07CysqqlR3SssU0t0sVWClxfD3DbnU&amp;#43;bNGDIHZoVf1HzI8tYDjRlfeGKkaE6X1Fkm2oSvAWEoWj7mZTvXsN3DE/AILnQMaqQmhFY7dry5y&amp;#43;Ud7zvF4DeHfvrKDkTQE5nz8dXg02ZYn3v78poBXzOg3D8hygJ/1Zmfnmo5cnvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6BzMxDxV/Lh8yNTcfFgP8bMKl8Tl5L08mbOGUYqexJGyWDGfLnROIHro4qCjBONyVb&amp;#43;phaBFyPuGLAWT6HKGqhtGJE2eNOo2WEllQEopxHXlPsZGB1xxPJfbcym5Dxg2PglWRhwwocASoP/QJsT8WEgZdpHLL9RZr3potYywVSNXPr&amp;#43;kiAfrCe8fDI8TvmXi0i8HTdz40BuR3xja6Zd9kvXgHS2qkStHzd/blo59uTfAtqECqAAqgAr0tAJxQD0sohcp0BaNxHl7/LicLIwY/ABh95t&amp;#43;WBTFigVk0XEIQ4zi6YSoh455jND5wPllgXRBLlepBqaeJJs5LncVTCDJBk7I1wcWOqxYmpSUIa2aKOrpCuj9x4wZTuh8TF5gzUOey2Fpxf/NJHX1VuTOz63g7OWhTQhUKtb/u8jloijeN0easslz9t2v7uS5PG3D8QHj21935XujP35iwWeT08kUz/DvobP1nW59u1zeiy5mrCoqgAqgAqgAKoAK9GoFOs0zsU2YAFzemE1fpDkiWxto2kGK5cOz9UDMA1IDYC7R/KjH6CuG6Js4g1zuLUgivM3lE8gP/uszhsErQl0A3w/mSmDOczmwu0o18MnMYs4BJlhKaJ7d8avrXL6juJonctXIlVc/tubFjEMysH5hmdwTXZaK/XxucYitHfJZsLHM3OTutALI5b36/oWVRwVQAVQAFUAF&amp;#43;pICneaZ2CaMH5cHPEjALs5bvsmeIbMK2WrhFIL70WUK9Zn/y5vSmZVdSj5ilT5IzDxeRxAJktBXhHoLKfjT1xhF8i8fBc4wKtWAJ3PVnL08tAkRyojJpq5zuSiKQyZvZlR9wzMbUlaXyKAcfiYtKmTR2gr8eurWiGn3fFPblfa2y&amp;#43;VdyRzTogKoACqACqACqAAq0OsUiB&amp;#43;XM&amp;#43;fsMmIXlwh71DsLRhHfkyGL2dvcJQ/vAAPDf2maJuNyUSyFiaFjxjxIYhAPE2&amp;#43;&amp;#43;ZC/n/WXYAWETSbmMhy5Vk/0RgN6lP7gY6HzA68RYD/Qf2gSWdYwDMeHyL07Wff/Rjx9768Bf2nANZ6g9/t0vvv3gqragfNDEjfM&amp;#43;KWWRWWDh5pON1oAjUKcEQC7vlGyYCBVABVABVAAVQAX6rALx4/JQ5&amp;#43;wgYVvyqBvLjZKziov&amp;#43;7HfbmEmTJ9HvCDoDNInOCg2mEkWx&amp;#43;CVYdSXA5aI0rbP/1EIGjBVLxyStI/Bd9jqxgQ&amp;#43;8H/KcNOnJoWQ4QD1hQrncUpyRXQzpt1POJ6vH8F7s3X4qxITLRVHcfrSaYbRy4NZp2yJy&amp;#43;S8mbWorYeEpXReFQC7vooCYHBVABVABVAAVQAX6mAI9z&amp;#43;WiaMl9mLB1/1nFoig5rozJY0ZvfTadpjlqnYtZ2elsUVG05CcRuCYfCfotBUnA6v2GjgquxzIw5cg&amp;#43;6rgiTRWlhxCmlg5ILQ2xl1e8N5TmF1yPBWzqYC8fMD5TWlKmlFUv9udDrLhcFMXs/efbAmt&amp;#43;&amp;#43;9WPronI5TOyjvDRWHjt5xe63mzk8q5riDmgAqgAKoAKoAKoQF9SIBG4XBS1dKUUVf/p2zPJ3Mx&amp;#43;SQX2oMhgQVeRaZoh9nJRFPWr6ARQxuVk&amp;#43;b3izAlD&amp;#43;18FuN5v4PBJmSUWESaSgnU8kDFY0ImbCu/H4rUUZyQNleB&amp;#43;4IhZ0tIuwOWQKflLjeiBnGL8P4ZcLooig&amp;#43;m2Ao8v&amp;#43;CwilP/s2dy0DcefXlT4En2vJ0u&amp;#43;dPvpmDQYuTwmMmImqAAqgAqgAqgAKtBnFIgHl8ddLEv&amp;#43;&amp;#43;H5k4XPZu4riXo/OFRhbLm/Xan7zCxvDufzG5/Jeyjry0wm5t0wJmfT5/rbYQHk065d3Tj1MhQqgAqgAKoAKoAKoQC9VoA9yuaskdegNA4a&amp;#43;FVhcsbcdmZhzuSiKWw5dZgZvPvCvWaHhUP4/L25J23D8tmnbHnvrwKuriln8faWaGGqJ9vIYiolZoQKoACqACqACqEAfUKAPcnlvPyrdweWiKB46W79gYxmD7LQNxyeFrV/e7&amp;#43;Hsh/&amp;#43;xn48D4Xc2lRWd7upET9lxQS6XCYI/UQFUABVABVABVOAKV6DbufzuK&amp;#43;YTqzOpm7hcFEWdybHxyyqG3f&amp;#43;dvIUZy696aPXQ6fmvZUdY5nxHcXWDpTlWrWP5IJczKTCACqACqEBfVaAvvXcmDm1p6zSIQ9FYRFvix3l7t3N5nNvTB4rrPi4HcbSNjn2lmve3nUpaVHjfnN0P/L3g6UWFqWuPMV6HQMaus3tLNZd01m6SFLm8m4TFbFEBVAAVSBwFVKr0xKlMgtdEQSuFXQneqN5SvcRRGLk84c6Z7uZyaLCn1ddgaa7QWI6c0&amp;#43;8/rt1&amp;#43;tDr34KUthy4XntKdVpu6w0AuExq5XCYI/kQFUAFUoO8pkDi4k/jaKmilsCvx29Urapg4CseDy10u1yeffLJ9&amp;#43;3a7nSx/qNFojhw58tVXX82ZM6eto9XS0gK7kpOTNZpYTjdsq8TE2R4fLu/x9iKX9/ghwAqgAqgAKtDdCiQO7nR3S7uev4JWCru6Xi7m8K9FpRNH4XhwuSiKTz75pNFohGNfUlLi9/uXLl26b9&amp;#43;&amp;#43;&amp;#43;vp6URTtdrvH43E4HD6fz&amp;#43;VylZaWPv300w6Hw&amp;#43;12q9XkbZ1X1Ae5/Io63NhYVAAVQAX6sAKJgzuJL7KCVgq7Er9dvaKGiaNwPLjcbrePHTsWDszx48fvuusuURTvueeet956a9y4cYcPHx47duzOnTtHjx792muvHT169JlnnsnJyTEYDAsWLPjjH//YK45oDCuJXB5DMTErVAAVQAVQgR5UIHFwpwdFiLJoBa0UdkWZOUZTViBxFI4Hl69Zs2bTpk2gSHl5&amp;#43;bvvvnv27Nk33nijpqbmo48&amp;#43;eu6553Jzcz0ez7Rp08A6/vvf/14UxZycnLVr115pTizkYcrIlXfP2ql8AvWBvejH0gcOIjYBFUAFUAFlBRIHd5TrmQh7FbRS2JUINe8DdUgchbudyy9dunTnnXe6XK6zZ8/u27dv0aJFO3bsmDNnzunTp9PT091ud3Jy8s6dOz0ezyOPPCKKYl1d3VNPPZWdnf3mm2&amp;#43;eO3eupqamDxzvDjUBubxDcmFkVAAVQAVQgYRVIHFwJ2ElYhVT0EphF0uOga4okDgKdzuXnz59uri4uLy8vKSkpLW1tbS01GazFRYWrly50u12i6K4d&amp;#43;9eo9HY0tJSVVVFXs9usRQVFXm93oqKirNnz3ZF5V6aNkou9zvsnguVrI0&amp;#43;U6N97Rq/1yuKot/rdZcUw1f0&amp;#43;/1OZ8uZ06Ioei5eaDUYIIljc559wycQ9pwrh8g&amp;#43;UyPLUBTFltOn3CXFnosXYKO36hJEa9XV8dE8ledDEvr9LSdK&amp;#43;QgRw2gvjygLbkQFUAFUoC8pkDi4k/iqKmilsCvx29Urapg4Cnc7l/eK45FQlYySy5uyV&amp;#43;ru&amp;#43;LXY2iqKYqvB0PDAcOHvcwxPjBb9fp&amp;#43;pUXvzz2zLl9iWLxF9Ps/5Cu1NN7SUnTC/NNWRu14UReFvr5kmT2x4YDj8NI4dY355um35Eh70RVEkef7ttfrf/da5I18URfOrLzdOnGBbvsRd&amp;#43;g2vWOMLzzp372Bb3EcPawde79XUsi0RA8jlEWXBjagAKoAK9CUFEgd3El9VBa0UdiV&amp;#43;u3pFDRNH4bhy&amp;#43;dmzZ10uV684Qj1YySi5vOGB4Q0PPeD64jNRFJ078s0zp3svV7lLiv0eD&amp;#43;Ny4GlP5fm6n/9M/8c/mKZMcmzMJcD98Ej3N1&amp;#43;zNjIu93s8bCNwecuJ47b0pZZ/pvFc7jOb&amp;#43;GgyLjenzGwYdT8ZEih&amp;#43;kMsV5cGdqAAqgAr0BQUSB3cSX00FrRR2JX67ekUNE0fheHB5U1NTUVHR559//uabb7a17mFdXd2pU6dEUayuruYP4eHDhxsaGvgtfT4cDZd7ys/qbv&amp;#43;V9b2FpqmTCZfv3G6eOb358wN1/32zz2YL53L9vcPML0&amp;#43;r&amp;#43;/nPgMsNj4zibd5KXF52wrZsseXN&amp;#43;VFyud/prBsyqGnVR/p7hykfKeRyZX1wLyqACqACfUCBxMGdxBdTQSuFXYnfrl5Rw8RROB5cLorihAkTsrKyDh48uH498aMI/5w4cWLJEmJhPXz4sCiKBQUFECc/n3hQXFG" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est par exemple repris sur le site de
+ &lt;a href="https://epargnonsnosressources.gouv.fr/" target="_self"&gt;
+  Épargnons Nos Ressources &lt;/a&gt; et sur plusieurs &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;sites de collectivités&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour intégrer la carte de l&amp;#039;équipe &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;Longue Vie Aux Objets
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Veuillez vous référer à la
+ &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;documentation&lt;/a&gt;
+ qui vous guide dans les étapes d&amp;#039;intégration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://longuevieauxobjets.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : longuevieauxobjets&amp;#64;ademe.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>longuevieauxobjets@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b317-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>158943</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Aider les citoyens à trouver que faire de leurs déchets</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Que Faire De Mes Déchets</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ « Poubelle ménagère ? recyclage ? déchèterie ? »
+ &lt;span&gt;🤔&lt;/span&gt;
+ &lt;span&gt;🚮&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de refondre l&amp;#039;outil Que Faire de Mes Déchets  pour savoir facilement où jeter les déchets en tout genre : vêtement, téléphone mobile, masque à usage unique, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les points d&amp;#039;apport listés sur ce site seront mis à jour régulièrement.
+&lt;/p&gt;
+&lt;p&gt;
+ Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les questions du cycle de vie d&amp;#039;un déchet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🗺️&lt;/span&gt;
+ Où le jeter : à la poubelle ? dans une déchèterie ou un point d&amp;#039;apport ? où est le plus proche ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🔄&lt;/span&gt;
+ Que va-t-il devenir ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;❌&lt;/span&gt;
+ Comment éviter de le produire ?
+&lt;/p&gt;
+&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Que_faire_de_mes_dechets.gif" /&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est, par exemple, repris sur le site de
+ &lt;a href="https://www.hautbugey-agglomeration.fr/vivre-habiter/gestion-des-dechets/ordures-menageres/" target="_self"&gt;
+  Haut-Bugey Agglomération
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour intégrer
+ &lt;a href="https://quefairedemesdechets.ademe.fr/" target="_self"&gt;
+  Que Faire De Mes Déchets
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Cliquez sur &amp;#34;Intégrer ce simulateur&amp;#34; (bouton
+   ) sur la droite de l&amp;#039;écran et copier le script proposé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptez le simulateur à vos besoins : couleurs, paramètres du simulateur ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copiez le script personnalisé associé
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Si vous utilisez Wordpress pour votre site :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
-[...5 lines deleted...]
-  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
+  assurez-vous d&amp;#039;être en mode éditeur back office (et non pas mode classique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  cliquez sur l&amp;#039;onglet &amp;#34;texte&amp;#34; à droite
+ &lt;/li&gt;
+ &lt;li&gt;
+  copiez/collez le script à l&amp;#039;endroit désiré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://quefairedemesdechets.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : quefairedemesdechets&amp;#64;ademe.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>longuevieauxobjets@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94c8-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>157558</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir les commerces et services de proximité samariens</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Maintien des commerces et services de proximité</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 30</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin d&amp;#039;accroître l&amp;#039;attractivité des communes rurales, il s&amp;#039;avère indispensable de faciliter l&amp;#039;accès des habitants aux commerces et services de proximité. La crise sanitaire a révélé les besoins accrus dans certains territoires et a fait émerger des projets d&amp;#039;investissement émanant de communes rurales pour satisfaire les besoins de la population tels que l&amp;#039;implantation de distributeurs automatiques de produits locaux (distributeur de pain, de produits agricoles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;intervention départementale au titre de ce dispositif porte sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;ouverture de « points multiservices*» dans le cadre de commerces ou de locaux artisanaux existants ou à créer ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre d&amp;#039;activités artisanales ou de services et études de débouchés préalables à leur création ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement visant au maintien ou à la création des commerces et dont la proximité contribue à maintenir la population en milieu rural ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement dans des casiers connectés ou un distributeur automatique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * Est considéré comme «multiservices» la dernière épicerie ou le dernier commerce alimentaire proposant une offre élargie aux produits alimentaires et de première nécessité.- les investissements immobiliers et travaux d&amp;#039;aménagement et de mise en conformité en matière d&amp;#039;hygiène et de sécurité d&amp;#039;un local à vocation commerciale ou artisanale.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Elle se décline selon les modalités suivantes
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la participation minimum du maître d&amp;#039;ouvrage est de 20% du coût total HT du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   montant minimum de 5.000€ HT,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le taux d&amp;#039;aide est de 30% de l&amp;#039;assiette éligible plafonnée à 50.000€ par projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles au financement départemental portent sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition d&amp;#039;équipements et matériels professionnels qui sont par leur nature comptablement immobilisables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les études préalables réalisées par le maître d&amp;#039;ouvrage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux liés à viabilisation du terrain d&amp;#039;implantation d&amp;#039;un distributeur automatique ou de casiers connectés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition et travaux d&amp;#039;aménagement du local d&amp;#039;installation d&amp;#039;un distributeur automatique ou de casiers connectés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition d&amp;#039;un ou plusieurs distributeurs automatiques et/ou de casiers connectés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    pour les projets de commerces et services de proximité :
+   &lt;/strong&gt;
+   les communes de moins de 2.500 habitants au dernier recensement ainsi que les groupements de communes pour un investissement dans une commune de moins de 2.500 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    pour les projets de distributeurs automatiques/casiers connectés :
+   &lt;/strong&gt;
+   toutes les communes de la Somme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/maintien-des-commerces-et-services-de-proximite/</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5bcc-maintenir-les-commerces-et-services-de-proxim/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>154987</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Impulser le changement avec les habitants</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 de Fougères Agglomération</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Fougères Agglomération
+L'Europe s'engage en Bretagne</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme européen LEADER est porté par Fougères Agglomération. La zone couverte associe Fougères Agglomération et Couesnon Marches de Bretagne.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Principes essentiels
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide LEADER  se définit autour de 4  principes-clés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une stratégie locale
+  &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
-[...2 lines deleted...]
- A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
+ Les priorités sont le fruit d&amp;#039;une concertation qui a été menée en 2022 et qui a mobilisé un maximum d&amp;#039;acteurs de Fougères Agglomération et de Couesnon Marches de Bretagne. L&amp;#039;Europe, la France et la Région fixent un cadre mais elles laissent le territoire définir son programme d&amp;#039;actions. Le thème central du programme 2023-2027 est : « LE CHANGEMENT AVEC LES HABITANTS ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une gouvernance mixte
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chaque projet est examiné par le Comité Programmation LEADER (CPL). Cette instance réunit élus et membres de la société civile. Elle auditionne les porteurs et décide de l&amp;#039;attribution des fonds.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le soutien à des projets novateurs, duplicables et multi-partenariaux
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LEADER vient permettre l&amp;#039;impulsion d&amp;#039;actions-pilotes, en termes de contenu et/ou de méthode. Le programme est conçu pour avoir un effet-levier. Ainsi, les conditions de poursuite du projet après le financement LEADER et les possibilités de transfert sur d&amp;#039;autres thématiques ou territoires sont prises en compte. D&amp;#039;autre part, la qualité de la co-construction c&amp;#039;est-à-dire la manière d&amp;#039;impliquer plusieurs partenaires est un critère important. L&amp;#039;opération ne doit pas être « isolée ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;encouragement à la mise en réseaux des acteurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les échanges de pratiques sont au coeur du dispositif d&amp;#039;où la mise en place de réseaux à différentes échelles (régionale, nationale et européenne). Les coopérations sont aussi facilitées avec d&amp;#039;autres territoires français, européens ou extra-européens.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Fiches-actions
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour pouvoir bénéficier d&amp;#039;un éventuel financement, les projets  doivent venir contribuer à la stratégie locale et répondre au moins à l&amp;#039;une des fiches-actions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Défi 1 - MOBILISER POUR AGIR CONTRE LE RÉCHAUFFEMENT CLIMATIQUE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 1 / PRÉSERVER
+  &lt;em&gt;
+   - Préserver les ressources naturelles et accompagner la transition énergétique par des démarches innovantes et collectives
+   &lt;br /&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  S&amp;#039;appuyer sur l&amp;#039;action collective pour poursuivre la transition climatique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir dans cette perspective, les projets visant à la préservation des ressources naturelles du territoire, à la réduction de l&amp;#039;usage des énergies fossiles et à l&amp;#039;augmentation de la production d&amp;#039;énergies renouvelables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Fiche-action 2 / VALORISER -
+  &lt;em&gt;
+   Valoriser les spécificités du territoire déjà connues ou émergentes pour composer un « avenir durable »
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+&lt;/p&gt;
+&lt;p&gt;
+ •    Agir contre le réchauffement climatique en prenant appui sur les ressources et spécificités locales
+ &lt;br /&gt;
+ •    Sensibiliser / mettre en perspective les données historiques, paysagères, culturelles au regard des enjeux climatiques
+ &lt;br /&gt;
+ •    Inventer de nouveaux procédés à partir des ressources locales
+ &lt;br /&gt;
+ •    Adapter les usages et les modes de consommation
+ &lt;br /&gt;
+ •    Favoriser l&amp;#039;économie circulaire
+ &lt;br /&gt;
+ •    Favoriser l&amp;#039;économie collaborative
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 3 / SE DÉPLACER -
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Se déplacer en expérimentant avec les structures dédiées et/ou des citoyens volontaires (F/H), des solutions de mobilités décarbonnées ou de transports collectifs
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associer les structures et habitants - femmes et hommes - pour développer les mobilités durables (modes de déplacements décarbonnés et/ou partagés et/ou collectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des alternatives à l&amp;#039;autosolisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Défi 2 - MOBILISER POUR FORTIFIER LA COHÉSION SOCIALE
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 4 /
+ CRÉER -
+  &lt;em&gt;
+   Créer pour élargir et renforcer les actions locales en impliquant les partenaires et/ou la population
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créer des services ou des événementiels par et pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Défi transversal
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 5 /
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  COOPÉRER
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   - Coopérer aux échelles interterritoriale et/ ou transnationale
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enrichir la stratégie par un partage d&amp;#039;expériences avec d&amp;#039;autres territoires sur des axes de développement comparables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;ouverture du territoire sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualiser les moyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanger
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Friche
+Transition énergétique
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Biodiversité
+Animation et mise en réseau
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>CA Fougères Agglomération</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://fougeres-agglo.bzh/fougeres-agglo/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valérie JANVIER, Chargée de mission LEADER, Tél : 02 99 17 05 29
+&lt;/p&gt;
+&lt;p&gt;
+ Fougères Agglomération
+&lt;/p&gt;
+&lt;p&gt;
+ Parc d&amp;#039;activités de l&amp;#039;Aumaillerie
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CS 70665. La Selle-en-Luitré
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 35306 Fougères CEDEX
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>vjanvier@fougeres-agglo.bzh</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eefe-impulser-le-changement-avec-les-habitants/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>154986</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la coopération pour mutualiser les moyens et révéler les opportunités du territoire</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La coopération constitue l&amp;#039;un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d&amp;#039;innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d&amp;#039;autres territoires, nationaux ou européens, et à favoriser les recherches d&amp;#039;expériences, de pratiques, de savoir-faire.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération peut prendre les formes suivantes :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+&lt;/li&gt;&lt;li&gt;La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M61" s="1" t="inlineStr">
+      <c r="M102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
+ La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront soutenues :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+&lt;/li&gt;&lt;li&gt;La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ •	Environnement, agriculture, énergie, biodiversité, transition climatique, bois
+&lt;/p&gt;
+&lt;p&gt;
+ •	Commerces, tourisme, économie sociale et solidaire, économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ •	Mobilité
+&lt;/p&gt;
+&lt;p&gt;
+ •	Jeunesse (- de 25 ans) : conseil municipaux et intercommunaux des jeunes
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Jeunesse
+Citoyenneté
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Biodiversité
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bb4e-renforcer-la-cooperation-pour-mutualiser-les-/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>154985</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Développer une attractivité du territoire ciblée, soutenable et créatrice de liens</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démographie du périmètre du GAL Alsace centrale démontre plusieurs phénomènes : une croissance démographique sur une majeure partie du territoire et une perte d&amp;#039;habitants sur le territoire de la Communauté de communes du Val d&amp;#039;Argent. Ces caractéristiques démographiques posent la question suivantes : « Comment soutenir et adapter les services et les équipements de proximité aux besoins des populations et à la capacité du territoire ?  »
+&lt;/p&gt;
+&lt;p&gt;
+ Parallèlement, certaines parties du territoire sont engagées dans les dispositifs Petites Villes de Demain,  Action cœur de ville et d&amp;#039;ORT (CC Vallée de Villé, CC du Val d&amp;#039;Argent, CC du Ried de Marckolsheim, CC de Sélestat, Villé, Marckolsheim) et s&amp;#039;attachent à des sujets comme le logement et le commerce dans les centres-bourgs. Il a été identifié durant les ateliers participatifs menés dans le cadre de la candidature LEADER, un besoin autour de la poursuite et du renforcement de ces actions pour créer du lien social, du lien entres les acteurs du territoire, promouvoir les initiatives locales, solidaires et dynamiser les centralités et les cœurs de villages.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs le tourisme représente une activité importante pour l&amp;#039;économie de l&amp;#039;Alsace Centrale dont les principaux atouts sont le patrimoine historique, architectural et naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir les actions visant la mise en réseau des commerces et des artisans pour améliorer leur visibilité et/ou trouver des repreneurs
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Soutenir l&amp;#039;émergence et le développement d&amp;#039;initiatives de l&amp;#039;économie circulaire et de l&amp;#039;économie de la fonctionnalité
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutenir la création et le développement de tiers lieux, d&amp;#039;espaces de travail partagés, de fablab, dans le cadre de l&amp;#039;économie sociale et solidaire
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutenir les projets de commerces et de services solidaires, (non lucratif doté d&amp;#039;intérêt général) et/ou relevant de l&amp;#039;économie sociale et solidaire
+&lt;/p&gt;
+&lt;p&gt;
+ 5.	Soutenir les évènements et les festivités vecteurs de lien social et/ou intergénérationnels au sein des communes
+&lt;/p&gt;
+&lt;p&gt;
+ 6.	Action d&amp;#039;animation en faveur de la sauvegarde et du développement de la vie associative du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ 7.	Soutenir des actions de promotion et/ou de mise en réseau des acteurs du tourisme vert ;
+&lt;/p&gt;
+&lt;p&gt;
+ 8.	Accompagner la création d&amp;#039;hébergements touristiques écoresponsables ou l&amp;#039;amélioration des hébergements touristiques existants dans une démarche écoresponsable (équipements, aménagements, démarches de labélisation)
+&lt;/p&gt;
+&lt;p&gt;
+ 9.	Soutenir les projets de mise en valeur et/ou de restauration du patrimoine culturel public ou privé, bâti ou non bâti, inscrit ou non protégé, et pour lesquels  des actions de médiation envers le public doivent être organisées au moins une fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Artisanat
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb08-developper-une-attractivite-du-territoire-cib/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>154983</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les atouts du territoire pour lutter et d'adapter au changement climatique et à l'urgence énergétique</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La situation géographique du PETR Sélestat Alsace Central et de la communauté de communes du Canton d&amp;#039;Erstein en bordure du Rhin et à la confluence de nombreux cours d&amp;#039;eau confère au territoire un patrimoine naturel exceptionnel. La préservation et la restauration des ressources naturelles mais également celle des éléments participant de l&amp;#039;identité paysagère (réseau hydrographique, coteaux, piémont, façade rhénane, ried) doivent conditionner le développement local du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Des dynamiques dans ce sens sont actuellement à l&amp;#039;œuvre sur le territoire : le Projet Alimentaire Territorial 2020-2022 ; le Pacte de Relance et de Transition Energétique ; les Plans Climat Air Energie Territorial ; les Contrats d&amp;#039;objectif Territorial « Accélérateur de transition » dans lesquels se sont engagés chaque EPCI et qui représentent un processus transversal climat-air-énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ La préservation environnementale constitue donc pour le territoire un levier de transition, de coopération et d&amp;#039;innovation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développer des circuits courts ainsi que la création et/ou le développement de filières alimentaires de proximité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Créer et/ou développer des actions de communication et/ou d&amp;#039;animation contribuant au développement de l&amp;#039;agriculture durable, à l&amp;#039;autonomie alimentaire et/ou l&amp;#039;alimentation locale
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les équipements de valorisation des filières mellifères et fruitières issues de l&amp;#039;agriculture biologique ou en conversion
+&lt;/p&gt;
+&lt;p&gt;
+ Créer et/ou préserver des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Créer et/ou préserver de mares, vergers, serres, jardins partagés ou pédagogiques
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Valoriser la production locale d&amp;#039;énergies renouvelables pour de l&amp;#039;autoconsommation collective
+&lt;/p&gt;
+&lt;p&gt;
+ Développer la filière locale du bois en faveur de l&amp;#039;économie circulaire locale
+&lt;/p&gt;
+&lt;p&gt;
+ Actions pédagogiques de sensibilisation à la transition écologique et/ou aux enjeux du dérèglement climatique à destination de tous les publics
+&lt;/p&gt;
+&lt;p&gt;
+ Démarches d&amp;#039;expérimentation sur l&amp;#039;adaptation des peuplements forestiers et/ou espèces végétales aux défis climatiques
+&lt;/p&gt;
+&lt;p&gt;
+ Actions d&amp;#039;économie et/ou de la protection de la ressource eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Transition énergétique
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale :&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fb4-mobiliser-les-atouts-du-territoire-pour-lutte/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>154981</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les dynamiques durables de l'économie rurale</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°1</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de créer un contexte territorial favorable à l&amp;#039;innovation, aux dynamiques économiques durables et aux approches coopératives et collaboratives en offrant les conditions matérielles et immatérielles et en accompagnant les initiatives locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner les mutations de nos systèmes agricoles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
-[...5 lines deleted...]
-  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
+  Développer les circuits courts de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les projets collectifs de valorisation des produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Innover/Expérimenter de nouvelles formes de pratiques dans les milieux agricoles face au changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contribuer à la création d&amp;#039;emploi et à l&amp;#039;innovation dans les entreprises :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maintenir et consolider le tissu d&amp;#039;entreprises et de commerces de proximité ainsi que l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser et soutenir les coopérations entre acteurs et l&amp;#039;économie collaborative en réponse aux enjeux de transition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une économie qui valorise les ressources du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valoriser le potentiel touristique et encourager les dynamiques durables innovantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre touristique durable et accessible à tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir le territoire et rechercher une complémentarité entre les acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la montée en compétences des professionnels du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Acquisition de matériel et d&amp;#039;équipements, animation et valorisation de collectifs, espaces test agricoles, tiers lieu nourricier, sensibilisation/évènementiels pour accompagner les mutations de nos systèmes agricoles.
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites économiques ; étude/ animation/développement d&amp;#039;une filière bois ; dispositif innovant de coopération et de mutualisation de moyens (PTCE, TZCLD, ...) ;...
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites touristiques ; hébergements durables atypiques, insolites et solidaires ; actions de promotion et de valorisation des offres et attraits touristiques du territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1473-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>154415</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Amplifier la transition écologique et énergétique du territoire avec l'implication de tous</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°3</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de favoriser l&amp;#039;émergence d&amp;#039;activités et de pratiques en phase avec les défis de la transition.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Encourager la sobriété et viser l&amp;#039;autotomie énergétique du territoire
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Préserver les ressources naturelles et la biodiversité :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Encourager les démarches de protection et de valorisation des espaces et ressources naturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les dispositifs qui encouragent la préservation de la ressource en eau et la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les démarches innovantes et l&amp;#039;expérimentation pour un aménagement durable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Encourager les mobilités durables et solidaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Favoriser l&amp;#039;économie circulaire sur le territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développer la cohésion territoriale et l&amp;#039;implication de tous :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les initiatives citoyennes qui concourent aux enjeux de la transition socio-écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engager les acteurs du territoire et les habitants dans la transition socio-écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les solidarités et les coopérations territoriales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Recherche/développement pour améliorer l&amp;#039;efficacité énergétique de l&amp;#039;habitat ; accompagner l&amp;#039;émergence des réseaux d&amp;#039;acteurs (PTCE)
+ &lt;br /&gt;
+ •    Création de forêt comestible publique ; Développer des outils d&amp;#039;analyse mettant en avant les îlots de chaleur sur le territoire
+ &lt;br /&gt;
+ •    Etudier/Animer/Développer les services de mobilité de proximité
+ &lt;br /&gt;
+ •    Soutenir les démarches collectives de réduction des déchets pour les particuliers, artisans, commerçants
+ &lt;br /&gt;
+ •    Soutien des projets financés dans le cadre du Fonds Coup de Pousse
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Animation et mise en réseau
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d752-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>148615</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l’urbanisme expérimental vivrier : récits, outils et méthodes de permanence architecturale et programmation ouverte</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>L'École du terrain</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain est une plateforme numérique regroupant des outils et ressources pour l&amp;#039;expérimentation architecturale, urbaine et paysagère.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle
+réunit et explore des projets et démarches singulières qui permettent, par l&amp;#039;expérimentation, la mise en œuvre de nouvelles manières de faire. Chacun de ces projets s&amp;#039;ancre dans son territoire aux fins de travailler à sa meilleure habitabilité en répondant à des problématiques sociétales. Ainsi, ces projets s&amp;#039;élaborent à partir des besoins et des désirs. Ils s&amp;#039;appuient sur le déjà-là matériel - le bâti, le paysage, le vivant - et immatériel - les habitant.es, les usager.es, leurs savoirs, leurs mémoires, leur organisation sociale. Cet urbanisme vivrier et partagé porte l&amp;#039;ambition profonde de réactiver nos démocraties locales, grâce à l&amp;#039;alliance d&amp;#039;acteurs et d&amp;#039;actrices autour d&amp;#039;un intérêt commun sur le terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ Confrontés aux cadres normés de l&amp;#039;architecture et de l&amp;#039;aménagement du territoire, ces acteurs et actrices les (ré)interprètent et les mettent à l&amp;#039;épreuve. Nous faisons l&amp;#039;hypothèse que ces multiples projets, tels des laboratoires en actes, créent des précédents et font jurisprudence. C&amp;#039;est pourquoi l&amp;#039;École du terrain veut contribuer à l&amp;#039;essaimage de ces démarches et à la transformation des cadres – culturels, économiques, administratifs, réglementaires – pour donner voix à des pratiques jusque-là en marge.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit désormais de prendre acte de ces pas de côté, de transmettre les récits de ces expérimentations, mais aussi les outils techniques et juridiques, afin de tirer des enseignements pour le passage à d&amp;#039;autres échelles et ainsi mieux les inscrire dans les pratiques, dans les politiques publiques et dans le droit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En accès libre et gratuit, l&amp;#039;École du terrain s&amp;#039;adresse aux collectivités, services déconcentrés de l&amp;#039;État, porteurs de projets, associations, habitant.es , professionnell.es de l&amp;#039;architecture, urbanisme et paysage...etc. désireux.ses de se former à la programmation ouverte à travers notamment l&amp;#039;outil de permanence architecturale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous pouvez nous écrire pour nous proposer un projet d&amp;#039;architecture, d&amp;#039;urbanisme ou de paysage expérimental que vous menez, et qui interroge ou produit des enseignements et/ou des jurisprudences à essaimer. Mais aussi pour nous partager une recherche théorique sur ces nouvelles manières de faire, ou pour toute autre contribution.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain va à la rencontre de celles et ceux qui œuvrent sur le terrain à de nouvelles expérimentations, questionnant les pratiques de l&amp;#039;architecture et de l&amp;#039;urbanisme, et parviennent à créer des jurisprudences. Répondant à des enjeux locaux, ces acteurs et actrices ont notamment profité de la plasticité du droit et de son pouvoir d&amp;#039;imagination pour dénouer des situations en inventant, chemin faisant, des dispositifs singuliers qui pourront, en retour, inspirer la loi, les politiques publiques et légitimer des pratiques de la société civile. A Roubaix ou à Billom, comment rouvrir au public un monument historique et y construire une programmation ouverte avec les usager.es ? A Boulogne-sur-Mer ou à Bordeaux, comment dénormer le logement social en le rénovant sur mesure avec la participation de ses habitant.es ? A Beaumont, comment mobiliser la commande artistique pour construire collectivement sept logements sociaux en milieu rural ?
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site en accès libre et gratuit
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://lecoleduterrain.fr/</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;lecoleduterrain.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>caroline.niemant@lapreuvepar7.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a82f-se-former-a-lurbanisme-experimental-vivrier-r/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>148614</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer des stratégies foncières en lien avec un projet de territoire (47)</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (47)</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le bouton plus d&amp;#039;information en bas de page.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Lot et Garonne hors CA Agen</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edd8-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>148613</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (47)</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (47)</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;👉&lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/edd8-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le bouton plus d&amp;#039;information en bas de page.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Lot et Garonne hors CA Agen</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a79f-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I112" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P112" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q112" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>144518</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions et critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée sur les projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présentant l&amp;#039;engagement des collectivités locales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   selon le périmètre d&amp;#039;intervention.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront porter sur les thématiques de la sensibilisation à la transition écologique (tout en respectant les champs d&amp;#039;action du Département) telles que :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la biodiversité (faune, flore et milieux d&amp;#039;intérêt local ou patrimonial, paysage...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;économie circulaire (déchets, consommation, alimentation...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la transition énergétique / le changement climatique (énergie, mobilité, risques majeurs, pollution...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=200</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/demande-subvention</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
+Direction de l&amp;#039;Environnement&lt;br /&gt;
+Service Médiation environnementale et partenariats&lt;br /&gt;
+Tél. : 05.58.05.40.40&lt;br /&gt;
+Mèl : environnement&amp;#64;landes.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>144501</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir le tissu économique de proximité dans les zones rurales</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J114" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 250 000 € HT</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide financière aux opérations d&amp;#039;investissement en faveur des entreprises de services marchands nécessaires aux besoins de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Application d&amp;#039;un Coefficient de Solidarité Départemental pour les opérations d&amp;#039;investissement dont la maîtrise d&amp;#039;ouvrage est assurée par une commune, un Établissement Public de Coopération Intercommunal à fiscalité propre ou un Groupement de Communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est issue du règlement du Fonds de Développement et d&amp;#039;Aménagement Local (FDAL).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le financement du projet ne doit pas dépasser 80% d&amp;#039;aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra comporter : un courrier sollicitant la subvention du Conseil Départemental, une note explicative présentant un plan de financement, un dossier technique.Les pièces suivantes devront également impérativement êtres fournies :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une étude démontrant la viabilité économique du projet et l&amp;#039;absence de distorsion de concurrence ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une attestation par le maître d&amp;#039;ouvrage de la défaillance ou de l&amp;#039;absence d&amp;#039;initiative privée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6040-maintenir-le-tissu-economique-de-proximite-da/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>143860</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Makesense</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Mobilisez les parties prenantes autour de vos politiques publiques
+ &lt;/strong&gt;
+ : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
+ &lt;/strong&gt;
+ Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Faites émerger des projets impactants sur votre territoire :
+ &lt;/strong&gt;
+ Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous trouverez des exemples
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  ici
+&lt;/a&gt;ou encore :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
+ &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
+  programme
+ &lt;/a&gt;
+ a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si vous vous reconnaissez dans ces expériences qui guident nos projets :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+ Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
+ &lt;/li&gt;&lt;li&gt;
+ Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
+&lt;/li&gt;&lt;li&gt;
+ Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
+ &lt;/li&gt;&lt;li&gt;
+ Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://france.makesense.org/organisations/collectivites/</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>sylvia.garzon@makesense.org</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>143408</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les professionnels en compte propre (artisans, commerçants, collectivités) à migrer vers des pratiques logistiques mutualisées et durables</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Programme Marguerite</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>La Fabrique de la Logistique</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Programme Marguerite prévoit d&amp;#039;accompagner les acteurs en compte propre (artisans, commerçants, collectivités) pour faire évoluer leurs pratiques logistiques vers des solutions mutualisées, innovantes, en termes de stockage, d&amp;#039;approvisionnement, de livraison ou de collecte. A cet effet, un diagnostic des pratiques est réalisé auprès des professionnels volontaires, puis un suivi individuel est mis en place pour présenter les solutions logistiques disponibles, adaptées et référencées par territoire. L&amp;#039;aide financière (dont le montant reste à confirmer) vient valoriser l&amp;#039;effort consenti; elle est versée une fois les nouvelles pratiques logistiques établies et mises en œuvre selon des critères d&amp;#039;éligibilité qui restent à construire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Stockage en ELU - stockage chez un grossiste - tournées de livraison externalisées chez un transporteur spécialisé - approvisionnement de pièces ou matériels par vélo-cargo - tournées d&amp;#039;approvisionnement mutualisées par quartier - réception de pièces en consignes etc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Attractivité économique
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P116" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2024</t>
+        </is>
+      </c>
+      <c r="Q116" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En cours de construction
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.programme-marguerite.io/</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;programme-marguerite.io
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>delphine.blanc@fablog.io</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dd6-accompagner-les-professionnels-en-compte-prop/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>143369</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les déchets de chantier du BTP - Anticiper pour s’engager dans l’économie circulaire (Formation)</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les déchets du BTP représentent le principal flux de déchets de l&amp;#039;Union Européenne. Leurs prévention et gestion est en enjeu incontournable pour les acteurs de l&amp;#039;acte de construire afin de promouvoir l&amp;#039;économie circulaire dans les territoires.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Une bonne gestion de ces déchets peut générer des effets bénéfiques considérables en matière de préservation des ressources non-renouvelables, d&amp;#039;amélioration de la qualité de vie et du développement d&amp;#039;un tissu économique local.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette formation s&amp;#039;inscrit comme un module d&amp;#039;amélioration des connaissances dans le domaine des déchets du BTP permettant de pousser le réemploi et la valorisation des déchets issus des chantiers du BTP et de faire le point sur le contexte réglementaire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtriser les fondamentaux d&amp;#039;une politique favorable au développement de l&amp;#039;économie circulaire des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître le rôle et les responsabilités des acteurs vis-à-vis de la prévention et de la gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir caractériser les déchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concevoir une politique de gestion des déchets générés dans le cadre de la conception d&amp;#039;un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identifier sur le territoire les filières de traitement des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les outils et les coûts de gestion des déchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les pratiques permettant de développer une économie circulaire des matériaux du BTP
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Commanditaires de travaux d&amp;#039;aménagement et de construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénieur de bureaux d&amp;#039;études en environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maitres d&amp;#039;ouvrage et d&amp;#039;œuvre ainsi qu&amp;#039;entreprises du BTB
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services déconcentrés de l&amp;#039;Etat (MO DREAL), collectivités territoriales (Région, Département, Commune et agglomération)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Une bonne connaissance du déroulement des chantiers du BTP
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retours d&amp;#039;expérience
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-prevenir-gerer-dechets-chantier-du-btp-anticiper-s</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f835-prevenir-et-gerer-les-dechets-de-chantier-du-/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -14240,5583 +24630,4127 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
-Protection animale</t>
-[...2 lines deleted...]
-      <c r="O61" s="1" t="inlineStr">
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
-[...8 lines deleted...]
- &lt;/a&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X61" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Point de contact national Nord de la France :
+  Email
  &lt;/strong&gt;
-&lt;/p&gt;
-[...7 lines deleted...]
- &lt;br /&gt;
+ : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Point de contact national Sud de la France et RUP :
+  Téléphone
  &lt;/strong&gt;
-&lt;/p&gt;
-[...19 lines deleted...]
-      <c r="AA61" s="1" t="inlineStr">
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-[...4542 lines deleted...]
-      <c r="E83" s="1" t="inlineStr">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>144546</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (16)</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (16)</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie. : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
- &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T83" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V83" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
-  Louis Andréo, directeur territorial Vienne - Haute-Vienne - Creuse
+  Arnaud Herry
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  05 49 62 13 13
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  louis.andreo&amp;#64;epfna.fr
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 66 94
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
- &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/debf-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-[...232 lines deleted...]
-      <c r="E85" s="1" t="inlineStr">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>144545</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (24)</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (24)</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
- Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
-[...62 lines deleted...]
- Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M85" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ https://www.epfna.fr/
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V85" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Nicolas Proust
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  nicolas.proust&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 98 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19d-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>144543</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (86)</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère, ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblé dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c1bf-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>144542</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (19)</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (19)</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Corrèze</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cce-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>144541</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (87)</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (87)</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4bb8-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>144540</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (79)</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (79)</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Arnaud Herry
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+&lt;/p&gt;
+&lt;p&gt;
+ arnaud.herry&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 66 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4766-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>144539</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (33)</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (33)</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Grégoire Gilger
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur opérationnel, directeur territorial Gironde
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 18 19
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  gregoire.gilger&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5d2c-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>144538</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (17)</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (17)</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  &lt;span&gt;
   Arnaud Herry
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   arnaud.herry&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   05 49 62 66 94
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/81d0-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K86" s="1" t="inlineStr">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>144536</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (33)</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (33)</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
-[...5 lines deleted...]
- La participation financière de la CCMS se fera comme suit :
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
-[...5 lines deleted...]
-  troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
-[...5 lines deleted...]
- Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;
+                           &lt;span&gt;
+                            &lt;span&gt;
+                             &lt;span&gt;
+                              &lt;span&gt;
+                               &lt;span&gt;
+                                &lt;span&gt;👉&lt;/span&gt;
+                               &lt;/span&gt;
+                              &lt;/span&gt;
+                             &lt;/span&gt;
+                            &lt;/span&gt;
+                           &lt;/span&gt;
+                          &lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/5d2c-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Forêts
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Grégoire Gilger
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur opérationnel, directeur territorial Gironde
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 18 19
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  gregoire.gilger&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6be2-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>144535</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (17)</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (17)</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;
+                           &lt;span&gt;
+                            &lt;span&gt;
+                             &lt;span&gt;👉&lt;/span&gt;
+                            &lt;/span&gt;
+                           &lt;/span&gt;
+                          &lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/81d0-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Arnaud Herry
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+&lt;/p&gt;
+&lt;p&gt;
+ arnaud.herry&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 66 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7181-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>144534</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (24)</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (24)</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;👉&lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/f19d-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32a2-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>144533</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (79)</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (79)</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ... ) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;👉&lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4766-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud Herry
+ &lt;/li&gt;
+ &lt;li&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/li&gt;
+ &lt;li&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 49 62 66 94
+ &lt;/li&gt;
+ &lt;li&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDE
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e61-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>143278</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer l'économie circulaire dans vos projets de construction et d'aménagement (Label 2EC)</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Label 2ECEngager une démarche d&amp;#039;économie circulaire dans le BTP répond à de fortes attentes sociétales. En tant que porteur de projet, votre levier d&amp;#039;action consiste à réduire la production et à recycler les déchets dans une double motivation environnementale et économique. Le label 2EC, concourt à la réussite et à l&amp;#039;acceptabilité de vos projets. Le Cerema pilote son déploiement pour le compte du Ministère de la Transition écologique. A ce titre, il vous accompagne pour obtenir le label et promouvoir vos engagements à chaque étape clé de vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous envisagez de réaliser un projet de construction ou d&amp;#039;aménagement et vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser son acceptabilité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire son empreinte environnementale par l&amp;#039;utilisation de matériaux alternatifs, la prévention et le recyclage des déchets, tout en optimisant les couts de gestion associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les risques en appliquant une méthodologie éprouvée d&amp;#039;infrastructures de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer la visibilité de vos engagements en faveur de l&amp;#039;économie circulaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un maillage territorial permettant de répondre à vos besoins au plus près de vos projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise règlementaire et technique avérée, en matière de prévention et de recyclage des déchets de construction et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un positionnement guidé par l&amp;#039;intérêt général de part notre  statut d&amp;#039;établissement public indépendant, sous tutelle du Ministère de la Cohésion des territoires et des Relations avec les collectivités territoriales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une légitimité nationale à faire valoir vos initiatives via le site web du label 2EC
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   LE LABEL 2EC : Un label pour structurer et promouvoir vos pratiques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sécuriser votre démarche  d&amp;#039;économie circulaire
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La charte d&amp;#039;engagement du label 2EC permet de s&amp;#039;assurer que  votre projet répond aux règles de l&amp;#039;art et aux méthodes reconnues par le ministère en charge de l&amp;#039;environnement pour la prévention et gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction de vos engagements  par le Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audits de chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attribution de labels aux stades de conception, réalisation et achèvement des travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Communiquer sur votre engagement en faveur d&amp;#039;une économie circulaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;un kit de communication, enrichit tout au long du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en visibilité, au plan national, sur le site internet du label 2EC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Une charte pour formaliser vos engagements
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Respecter les référentiels réglementaires et normatifs de l&amp;#039;économie circulaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réglementation sur la prévention et la gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les guides méthodologiques validés par le ministère en charge de l&amp;#039;environnement pour la valorisation des matériaux alternatifs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Prévenir et gérer les déchets de vos projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic des déchets générés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le réemploi et gérer les déchets selon la hiérarchie des modes de traitement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrire les engagements du porteur de projet dans les marchés ou les contrats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tracer les déchets depuis leur lieu de production jusqu&amp;#039;à la filière de traitement final
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Valoriser des matériaux alternatifs dans le cadre de vos projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tracer l&amp;#039;origine des matériaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérifier la conformité environnementale des matériaux utilisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, rendez-vous sur le site du Label :
+ &lt;a target="_self"&gt;
+  www.label-2ec.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/integrer-economie-circulaire-vos-projets-construction</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa3a-integrer-leconomie-circulaire-dans-vos-projet/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>142692</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Engager une démarche de résilience sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic participatif et identification des priorités d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des vulnérabilités actuelles et futures, compréhension des inter-dépendances, approches prospectives, inspiration d&amp;#039;autres territoires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de votre plan d&amp;#039;actions résilience avec l&amp;#039;outil « boussole de la résilience » du Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertises ponctuelles pour évaluer des dynamiques de résilience, enrichir des plans d&amp;#039;actions, recalibrer des projets en amont, intégrer ces questions dans les exercices budgétaires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation à la résilience de votre territoire :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; format découverte de type séminaire « tout public » en une journée,
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outil boussole de la résilience Cerema
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Formation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris (chefs de projets)
+ &lt;/li&gt;
+ &lt;li&gt;
+  DREAL ARA et PACA (chefs de projet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupe immobilier ASTRANCE (séminaire de découverte)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;Ouvrage :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+Accessibilité
+Emploi
+Appui méthodologique
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
 Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
 Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Industrie
 Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="R86" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour candidater, il convient de faire parvenir à la CCMS :
+ &lt;strong&gt;
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  une délibération autorisant le maire à faire la demande de subvention
-[...5 lines deleted...]
-  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>142229</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Atelier des territoires Flash</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
+&lt;/p&gt;
+&lt;p&gt;
+ A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Flash est un outil permettant aux territoires de s&amp;#039;engager pleinement dans les transitions de leur modèle de développement lesquelles sont abordée par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants, s&amp;#039;intégrant notamment dans les programmes de cohésion des territoires portés par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT) :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions territoriales et urbaines : revitalisation des centre-villes, réhabilitation des entrées de ville, aménagement des friches, protection et valorisation du patrimoine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions culturelles, sociales, économiques : adaptation de l&amp;#039;offre de logements et des mobilités, accompagnement des projets socio-économiques (ESS) et économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projet en lien avec les transitions environnementales et énergétiques : protection, restauration et gestion de l&amp;#039;écosystème terrestre et des ressources naturelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL), en lien étroit avec la ou les collectivités concernées. Le pilotage implique, pour les DDT(M) ou les D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL, d&amp;#039;émettre et exécuter le bon de commande dans le cadre de l&amp;#039;accord-cadre multi-attributaire de la DGALN.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 20 000€, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation (logistiques et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier, principalement de la collectivité.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à bons de commande de la DGALN. Chaque Atelier Flash est attribuée à une des trois équipes d&amp;#039;experts pluridisciplinaires titulaires selon la méthode du tourniquet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 1
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  LANCEMENT : attribution de l&amp;#039;équipe et cadrage de l&amp;#039;étape suivante
+ &lt;/li&gt;
+ &lt;li&gt;
+  APPROPRIATION &amp;amp; APPROFONDISSEMENT : analyse documentaire et entretiens et cadrage de la seconde phase
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 2
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ANIMATION IN SITU : introduction de l&amp;#039;Atelier, arpentage du territoire, animation des temps d&amp;#039;Atelier et conclusion de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  PRODUCTION &amp;amp; RESTITUTION
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée totale : 3 à 6 mois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée de l&amp;#039;atelier : 2 à 3 jours
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Documents stratégiques  : feuille de route, esquisse de plan-guide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents opérationnels  : cahier des charges, charte, éléments de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X86" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Réseaux de chaleur
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ CANDIDATURE
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  EN SYNTHESE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PORTEURS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PIÈCES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 1 - les dynamiques du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 2 - les dynamiques d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Crystèle MAITRE
-[...5 lines deleted...]
- 04 73 65 24 48
+ Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>139927</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -19862,2311 +28796,173 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P87" s="1" t="inlineStr">
+      <c r="P135" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q87" s="1" t="inlineStr">
+      <c r="Q135" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-[...867 lines deleted...]
-      <c r="G90" s="1" t="inlineStr">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>133060</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (16)</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (16)</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
-[...1288 lines deleted...]
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
  &lt;/li&gt;
  &lt;li&gt;
   redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
  &lt;/li&gt;
  &lt;li&gt;
   reconvertir les friches (artisanales, industrielles, résidentielles, ...)
  &lt;/li&gt;
  &lt;li&gt;
   prévenir les risques naturels ou technologiques
@@ -22176,761 +28972,410 @@
  Son champ de compétence opérationnelle concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
  &lt;/li&gt;
  &lt;li&gt;
   la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
  &lt;/li&gt;
  &lt;li&gt;
   la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;
     &lt;span&gt;
      &lt;span&gt;
       &lt;span&gt;
        &lt;span&gt;
-        &lt;span&gt;
-[...5 lines deleted...]
-        &lt;/span&gt;
+        &lt;span&gt;👉&lt;/span&gt;
        &lt;/span&gt;
       &lt;/span&gt;
      &lt;/span&gt;
     &lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
  voir fiche «
- &lt;a href="https://aides-territoires.beta.gouv.fr/aides/a008-etablissement-public-foncier-de-nouvelle-aqui/" target="_self"&gt;
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/debf-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
   stratégie foncière
  &lt;/a&gt;
  »)
 &lt;/p&gt;
 &lt;p&gt;
  En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M97" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
-  www.epfna.fr
+  https://www.epfna.fr/
  &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R97" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T97" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V97" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X97" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
  &lt;span&gt;
-  Louis Andréo
+  Arnaud Herry
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  directeur territorial Vienne - Haute Vienne - Creuse
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
-&lt;/p&gt;
-&lt;p&gt;
  &lt;span&gt;
-  05 49 62 13 13
+  arnaud.herry&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  louis.andreo&amp;#64;epfna.fr
+  05 49 62 66 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d39-etablissement-public-foncier-de-nouvelle-aqui/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E98" s="1" t="inlineStr">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>139926</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Transition écologique</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides de la CCMS.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P137" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q137" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ c.maitre&amp;#64;cc-massifdusancy.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>144532</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (19)</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (19)</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
-[...521 lines deleted...]
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
  &lt;/li&gt;
  &lt;li&gt;
   redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
  &lt;/li&gt;
  &lt;li&gt;
   reconvertir les friches (artisanales, industrielles, résidentielles, ...)
  &lt;/li&gt;
  &lt;li&gt;
   prévenir les risques naturels ou technologiques
@@ -22995,482 +29440,479 @@
         &lt;/span&gt;
        &lt;/span&gt;
       &lt;/span&gt;
      &lt;/span&gt;
     &lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
  voir fiche «
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4cce-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
   stratégie foncière
  &lt;/a&gt;
  »)
 &lt;/p&gt;
 &lt;p&gt;
  En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M100" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Corrèze</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  &lt;span&gt;
   Nicolas Proust
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   nicolas.proust&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   05 49 62 98 94
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c89d-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E101" s="1" t="inlineStr">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>144531</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (87)</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (87)</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
  &lt;/li&gt;
  &lt;li&gt;
   redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
  &lt;/li&gt;
  &lt;li&gt;
   reconvertir les friches (artisanales, industrielles, résidentielles, ...)
  &lt;/li&gt;
  &lt;li&gt;
   prévenir les risques naturels ou technologiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Son champ de compétence opérationnelle concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
  &lt;/li&gt;
  &lt;li&gt;
   la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
  &lt;/li&gt;
  &lt;li&gt;
-  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ... ) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;
     &lt;span&gt;
      &lt;span&gt;
       &lt;span&gt;
        &lt;span&gt;
         &lt;span&gt;
          &lt;span&gt;
           &lt;span&gt;
            &lt;span&gt;
             &lt;span&gt;
              &lt;span&gt;
               &lt;span&gt;
                &lt;span&gt;
                 &lt;span&gt;
                  &lt;span&gt;
                   &lt;span&gt;
                    &lt;span&gt;
-                    &lt;span&gt;
-[...11 lines deleted...]
-                    &lt;/span&gt;
+                    &lt;span&gt;👉&lt;/span&gt;
                    &lt;/span&gt;
                   &lt;/span&gt;
                  &lt;/span&gt;
                 &lt;/span&gt;
                &lt;/span&gt;
               &lt;/span&gt;
              &lt;/span&gt;
             &lt;/span&gt;
            &lt;/span&gt;
           &lt;/span&gt;
          &lt;/span&gt;
         &lt;/span&gt;
        &lt;/span&gt;
       &lt;/span&gt;
      &lt;/span&gt;
     &lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
  voir fiche «
- &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4766-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4bb8-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
   stratégie foncière
  &lt;/a&gt;
  »)
 &lt;/p&gt;
 &lt;p&gt;
  En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M101" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
-  https://www.epfna.fr/
+  www.epfna.fr
  &lt;/a&gt;
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T101" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V101" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9773-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E102" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>144530</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (86)</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (86)</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
  &lt;/li&gt;
  &lt;li&gt;
   redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
  &lt;/li&gt;
  &lt;li&gt;
   reconvertir les friches (artisanales, industrielles, résidentielles, ...)
  &lt;/li&gt;
  &lt;li&gt;
   prévenir les risques naturels ou technologiques
@@ -23489,251 +29931,245 @@
  &lt;li&gt;
   la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
  &lt;/li&gt;
  &lt;li&gt;
   la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;
     &lt;span&gt;
      &lt;span&gt;
       &lt;span&gt;
        &lt;span&gt;
         &lt;span&gt;
          &lt;span&gt;
           &lt;span&gt;
            &lt;span&gt;
             &lt;span&gt;
              &lt;span&gt;
               &lt;span&gt;
                &lt;span&gt;
                 &lt;span&gt;
-                 &lt;span&gt;
-[...17 lines deleted...]
-                 &lt;/span&gt;
+                 &lt;span&gt;👉&lt;/span&gt;
                 &lt;/span&gt;
                &lt;/span&gt;
               &lt;/span&gt;
              &lt;/span&gt;
             &lt;/span&gt;
            &lt;/span&gt;
           &lt;/span&gt;
          &lt;/span&gt;
         &lt;/span&gt;
        &lt;/span&gt;
       &lt;/span&gt;
      &lt;/span&gt;
     &lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
  voir fiche «
- &lt;a href="https://aides-territoires.beta.gouv.fr/aides/f19d-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/c1bf-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
   stratégie foncière
  &lt;/a&gt;
  »)
 &lt;/p&gt;
 &lt;p&gt;
  En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M102" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
-  https://www.epfna.fr/
+  www.epfna.fr
  &lt;/a&gt;
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V102" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Nicolas Proust
-[...11 lines deleted...]
- 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4a90-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E103" s="1" t="inlineStr">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>144528</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (23)</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
  &lt;/li&gt;
  &lt;li&gt;
   redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
  &lt;/li&gt;
  &lt;li&gt;
   reconvertir les friches (artisanales, industrielles, résidentielles, ...)
  &lt;/li&gt;
  &lt;li&gt;
   prévenir les risques naturels ou technologiques
@@ -23746,2104 +30182,3402 @@
  &lt;li&gt;
   la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
  &lt;/li&gt;
  &lt;li&gt;
   la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
  &lt;/li&gt;
  &lt;li&gt;
   la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;
     &lt;span&gt;
      &lt;span&gt;
       &lt;span&gt;
        &lt;span&gt;
         &lt;span&gt;
          &lt;span&gt;
           &lt;span&gt;
-           &lt;span&gt;
-[...35 lines deleted...]
-           &lt;/span&gt;
+           &lt;span&gt;👉&lt;/span&gt;
           &lt;/span&gt;
          &lt;/span&gt;
         &lt;/span&gt;
        &lt;/span&gt;
       &lt;/span&gt;
      &lt;/span&gt;
     &lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
  voir fiche «
- &lt;a href="https://aides-territoires.beta.gouv.fr/aides/81d0-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/a008-etablissement-public-foncier-de-nouvelle-aqui/" target="_self"&gt;
   stratégie foncière
  &lt;/a&gt;
  »)
 &lt;/p&gt;
 &lt;p&gt;
  En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M103" s="1" t="inlineStr">
+      <c r="M141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
-  https://www.epfna.fr/
+  www.epfna.fr
  &lt;/a&gt;
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V103" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Creuse</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Arnaud Herry
-[...18 lines deleted...]
- &lt;br /&gt;
+ &lt;span&gt;
+  Louis Andréo
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3853-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E104" s="1" t="inlineStr">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>128974</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Demander une subvention au titre de la convention interrégionale du Massif central (CIMAC) 2021-2027</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Convention interrégionale du Massif central (CIMAC) 2021-2027</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Commissariat du Massif Central</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I142" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espace public
+Accès aux services
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Réhabilitation
+Paysage
+Accessibilité
+Attractivité économique
+Animation et mise en réseau
+Artisanat
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Consulter la
+ &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/1.-CIMAC-21-27.pdf" target="_self"&gt;
+  convention de massif
+ &lt;/a&gt;
+ et sa
+ &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/2.-Plaquette-presentation_convention_massif_central_21_27.pdf" target="_self"&gt;
+  plaquette de présentation
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Massif central</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.massif-central.eu/jai-un-projet/deposer-un-dossier/je-ne-sollicite-pas-de-feder/</t>
+        </is>
+      </c>
+      <c r="W142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-subvention-cimac-2021-2027</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ANCT Commissariat du Massif central
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.massif-central.eu/contact/carnets-de-contacts/animateurs-thematiques/" target="_self"&gt;
+  Coordonnées des chargés de mission thématiques
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ et
+ &lt;a target="_self"&gt;
+  massif.central&amp;#64;anct.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>massif.central@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W143" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>131816</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (23)</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
- Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
-[...110 lines deleted...]
- Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M104" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V104" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Creuse</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
-[...2 lines deleted...]
-&lt;p&gt;
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;span&gt;
-  Grégoire Gilger
+  Louis Andréo, directeur territorial Vienne - Haute-Vienne - Creuse
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  Directeur opérationnel, directeur territorial Gironde
+  05 49 62 13 13
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
-  05 49 62 18 19
-[...4 lines deleted...]
-  gregoire.gilger&amp;#64;epfna.fr
+  louis.andreo&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a008-etablissement-public-foncier-de-nouvelle-aqui/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G105" s="1" t="inlineStr">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>130804</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures de l’Insertion par l’Activité Economique (SIAE) afin d’assurer leur viabilité et leur développement à moyen et long terme</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>AIDE A L'IMMOBILIER POUR LES STRUCTURES D'INSERTION PAR L'ACTIVITE ECONOMIQUE</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I145" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J145" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 50.000 €</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de la Drôme est engagé dans une stratégie de soutien aux structures de l&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) afin d&amp;#039;assurer leur viabilité et leur développement à moyen et long terme.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser le développement des structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter l&amp;#039;acquisition, l&amp;#039;agrandissement ou la rénovation des locaux utilisés pour le fonctionnement des SIAE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant /
+  Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide accordée correspond à 50 % au maximum de la dépense éligible retenue. L&amp;#039;aide est plafonnée à
+ &lt;strong&gt;
+  50 000 €
+ &lt;/strong&gt;
+ et dans la limite des crédits budgétaires disponibles affectés à la mesure.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département pourra bonifier certains projets en fonction de ses priorités stratégiques, notamment la revitalisation des centres villes et villages.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les pièces justificatives à fournir sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agrément SIAE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel de l&amp;#039;ensemble de la structure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de financement du projet faisant apparaître la ou les subventions demandées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des 3 derniers bilans comptables : bilan, compte de résultat et annexe ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des statuts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dernier rapport d&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;organigramme en cas de groupement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extrait du KBIS ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pouvoirs si la personne déposant la demande n&amp;#039;est pas représentante légale de la structure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;Identité Bancaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de portage de l&amp;#039;investissement par une SCI : KBIS, Statut et RIB de la SCI.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Instruction des dossiers
+ &lt;/strong&gt;
+ /demande dématérialisée
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier à compléter exclusivement sur le site Internet du Département de la Drôme :
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  https://mesdemarches.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléservice
+ &lt;/strong&gt;
+ : Economie Agralimentaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Aide à l&amp;#039;immobilier des SIAE
+&lt;/p&gt;
+&lt;ol type="1"&gt;
+ &lt;li&gt;
+  Préalablement au démarrage de l&amp;#039;investissement, la structure adresse une demande d&amp;#039;aide via une lettre d&amp;#039;intention l&amp;#039;intercommunalité (EPCI) sur laquelle le projet immobilier est réalisé, et au Département de la Drôme, qui en accusera réception.
+ &lt;/li&gt;
+ &lt;li&gt;
+  A compter de la date d&amp;#039;accusé de réception, la structure dispose d&amp;#039;un délai de 6 mois pour déposer un dossier complet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction technique par les services du Département en collaboration avec l&amp;#039;EPCI.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique. Le Département se réserve le droit de modifier le montant de la demande de subvention, au regard de l&amp;#039;enveloppe budgétaire disponible et après examen du projet et de la cohérence de son montage financier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation du dossier devant la Commission organique départementale compétente.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération de la  Commission Permanente du Conseil départemental et du Conseil communautaire de l&amp;#039;EPCI concerné.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conventionnement entre le Département, la SIAE bénéficiaire, la SCI le cas échéant et l&amp;#039;EPCI concerné.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Versement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En 2 fois : 50 % au démarrage des travaux, 50 % un mois après l&amp;#039;installation de la structure dans les locaux et sur justificatifs demandés par les instructeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Au regard du bilan final du projet, si le budget réalisé se trouve être inférieur au budget prévisionnel, le Département se réserve la possibilité de modifier à la baisse la subvention ou de demander le remboursement d&amp;#039;une partie de l&amp;#039;aide accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ La structure devra rembourser les montants d&amp;#039;aide perçus auprès du Département et de l&amp;#039;EPCI en cas de non-respect de ses engagements relatifs à la réalisation des investissements et au maintien de l&amp;#039;activité sur le site concerné par la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bases réglementaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est mise en œuvre en application des aides d&amp;#039;Etat ou des règlements suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Règlement UE 2020/972 de la Commission du 2 juillet 2020 relatif aux aides de minimis.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Article L1511-3 du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier entre l&amp;#039;EPCI et le Département de la Drôme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Durée de validité du règlement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce règlement est valable à partir de son adoption par le conseil communautaire de l&amp;#039;EPCI et la Commission permanente du Département de la Drôme. Il prend fin après 3 ans à compter de la délibération départementale, soit au 31/12/2025.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être titulaire d&amp;#039;un agrément IAE délivré par le CDIAE de la Drôme.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Porter un projet de développement ou d&amp;#039;installation nécessitant un
+  &lt;strong&gt;
+   investissement immobilier
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présenter un ancrage territorial fort. Le projet doit être mis en œuvre dans la Drôme.
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;inscrire dans une démarche de cohésion sociale et territoriale à visée de progrès économique, social et culturel, en réduisant l&amp;#039;impact que les activités humaines font peser sur l&amp;#039;environnement et en proposant un mode de développement au service de l&amp;#039;humain.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justifier de la viabilité économique du projet. Les budgets prévisionnels du projet et de la structure doivent être réalistes et équilibrés (dépenses &amp;#61; recettes).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justifier de l&amp;#039;impact du projet sur la pérennisation de l&amp;#039;activité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;engager à ne pas distribuer de dividendes pendant la durée de la convention attributive de l&amp;#039;aide, soit sur une période de 3 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Exclusions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais de location immobilière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montages immobiliers en location pure. En cas de portage par une SCI, un lien capitalistique doit exister entre le bailleur et le preneur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  SIAE pour lesquelles un dossier d&amp;#039;aide à l&amp;#039;immobilier est déjà en cours : un délai de 3 ans à compter de la date de décision d&amp;#039;attribution est requis avant de déposer une nouvelle demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour le cas des ensembliers d&amp;#039;insertion, une seule demande par an sera étudiée..
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Bénéficiaires finaux
+  &lt;/strong&gt;
+  : structures d&amp;#039;insertion par l&amp;#039;activité économique (EI, ACI, ETTI, AI) ayant leur siège social dans la Drôme, à jour de leurs cotisations fiscales et sociales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Intermédiaires
+  &lt;/strong&gt;
+  : SCI ou Sociétés Immobilières dont le capital est détenu majoritairement par la société ou l&amp;#039;association bénéficiaire finale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition / construction / extension ou rénovation de bâtiment.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de gros œuvre et de second œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-pour-les-structures-dinsertion-par-lactivite-economique/</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Economie Emploi Insertion (DEEI)
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement Economique Insertion (SDEI)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chef de service
+ &lt;/strong&gt;
+ : Florane BAFFERT-DIAKITE – 04 75 79 70 51
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chargés de Développement Territorial Economie
+ &lt;/strong&gt;
+ : 07 60 31 09 54 ou 07 64 16 51 87
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1d65-aide-a-limmobilier-pour-les-structures-dinser/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>130805</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements immobiliers des entreprises pour favoriser leur installation et leur développement sur le territoire</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>AIDE a l’immobilier d’ENTREPRISE (A.I.E) - GRANDS PROJETS</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J146" s="1" t="inlineStr">
+        <is>
+          <t>Ne peut dépasser 100.000€, ou 500.000€ pour les projets de création de plus de 100 emplois.</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide vise à favoriser l&amp;#039;installation et le développement d&amp;#039;entreprises sur le territoire pour concourir à la création d&amp;#039;emplois durables et soutenir leur engagement dans des démarches respectueuses de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant /
+  Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide se calcule en fonction du nombre d&amp;#039;emplois (CDI-ETP) que l&amp;#039;entreprise s&amp;#039;engage à créer sur une période de 3 ans à compter de sa demande d&amp;#039;aide (accusé de réception de la lettre d&amp;#039;intention).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant peut être plafonné par un taux d&amp;#039;aide en fonction de la zone d&amp;#039;implantation et des aides publiques accordées au cours des trois derniers exercices fiscaux (régime de Minimis).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide ne peut dépasser
+ &lt;strong&gt;
+  100 000 €, ou 500 000 €
+ &lt;/strong&gt;
+ pour les projets de création de plus de 100 emplois.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant varie selon la zone d&amp;#039;implantation du projet immobilier (hors ou dans une zone de revitalisation rurale).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant peut être bonifié en fonction de l&amp;#039;embauche en CDI-ETP de publics cibles du Département : Bénéficiaires du Revenu de Solidarité Active (BRSA), personnes de moins de 26 ans, personnes de plus de 55 ans, personnes reconnues travailleur handicapé (RQTH). Le montant bonifié est appliqué uniquement aux postes attribués à ces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique, elle est réalisée dans la limite de l&amp;#039;enveloppe budgétaire annuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2023-02-27_a_10.39.14.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les pièces justificatives à fournir sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;Identité Bancaire (de la SCI ou du crédit-bailleur le cas échéant).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extrait KBIS de la société et de la SCI le cas échéant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des statuts de la société et de la SCI le cas échéant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de financement du projet faisant apparaître la ou les subventions demandées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compte de résultat prévisionnel sur 3 ans.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comptes annuels n-1 et n-2 : bilan, compte de résultat et annexe.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pouvoir si la personne déposant le dossier n&amp;#039;est pas une représentante légale de l&amp;#039;entreprise.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organigramme du fonctionnement interne de l&amp;#039;entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En cas de groupement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Schéma capitalistique du groupe / organigramme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les comptes consolidés du groupe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Liasses fiscales des 2 derniers exercices de la holding ou de la maison-mère.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Instruction des dossiers
+ / demande dématérialisée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier à compléter exclusivement sur le site Internet du Département de la Drôme :
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  https://mesdemarches.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Économie Agroalimentaire
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Aide à l&amp;#039;immobilier d&amp;#039;entreprise
+&lt;/p&gt;
+&lt;ol type="1"&gt;
+ &lt;li&gt;
+  Préalablement au démarrage de l&amp;#039;investissement, l&amp;#039;entreprise adresse une demande d&amp;#039;aide via
+  &lt;br /&gt;
+  une lettre d&amp;#039;intention à l&amp;#039;intercommunalité (EPCI) sur laquelle le projet immobilier est réalisé, et
+  &lt;br /&gt;
+  au Département de la Drôme, qui en accusera réception.
+ &lt;/li&gt;
+ &lt;li&gt;
+  À compter de la date d&amp;#039;accusé de réception, l&amp;#039;entreprise dispose d&amp;#039;un délai de 6 mois pour
+  &lt;br /&gt;
+  déposer un dossier complet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;instruction est réalisée par les services du Département en collaboration avec l&amp;#039;EPCI concerné.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique. Le Département se réserve le droit de modifier le montant de la demande de subvention du porteur, au regard de l&amp;#039;enveloppe budgétaire disponible et après examen du projet et de la cohérence de son montage financier.
+&lt;/p&gt;
+&lt;ol type="1"&gt;
+ &lt;li&gt;
+  Présentation du dossier devant la Commission organique départementale compétente.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération de la Commission Permanente du Conseil départemental et du Conseil communautaire de l&amp;#039;EPCI concerné.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conventionnement entre le Département, l&amp;#039;entreprise, la SCI le cas échéant et l&amp;#039;EPCI concerné.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Versement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sauf cas particulier, le versement se fait en trois fois sur justificatifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 % au démarrage de l&amp;#039;opération immobilière (achat, travaux...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  30 % un mois après l&amp;#039;installation de l&amp;#039;entreprise dans les locaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 % au constat de la réalisation du programme de création des emplois.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas de l&amp;#039;embauche de publics cibles, l&amp;#039;aide sera versée en une fois.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de non-respect de ses engagements (création des emplois et maintien de l&amp;#039;activité sur le site concerné), l&amp;#039;entreprise devra rembourser l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bases réglementaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est prise en application des aides d&amp;#039;État ou des règlements suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Règlement RGEC (UE) n°651/2014 de la Commission du 17 juin 2014 déclarant certaines catégories d&amp;#039;aides compatibles avec le marché intérieur en application des articles 107 et 108 du traité.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Règlement UE 2020/972 de la Commission du 2 juillet 2020 relatif aux aides de minimis.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Régime d&amp;#039;aides exempté n°SA.59106, relatif aux aides en faveur des PME pour la période 2014-2023, adopté sur la base du règlement général d&amp;#039;exemption par catégorie n° 651/2014 de la Commission européenne, publié au JOUE du 26 juin 2014, modifié par les règlements 2017/1084 du 14 juin 2017 publié au JOUE du 20 juin 2017 et 2020/972 du 2 juillet 2020 publié au JOUE du 7 juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Régime d&amp;#039;aides exempté n°SA.103603, relatif aux aides à finalité régionale pour la période 2022-2027, adopté sur la base du règlement général d&amp;#039;exemption par catégorie n° 651/2014 du 17 juin 2014 de la Commission européenne, publié au JOUE du 26 juin 2014, tel que modifié par les règlements 2017/1084 du 14 juin 2017 publié au JOUE du 20 juin 2017, 2020/972 du 2 juillet 2020 publié au JOUE du 7 juillet 2020 et 2021/1237 du 23 juillet 2021 publié au JOUE du 29 juillet 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Article L1511-3 du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Articles R.1511-4 et suivants du Code général des collectivités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Arrêté du 22 février 2018 constatant le classement de communes en zone de revitalisation rurale.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier d&amp;#039;entreprise entre l&amp;#039;EPCI et le Département de la Drôme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises s&amp;#039;engagent à respecter les règles encadrant les attributions de subventions publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Engagement du bénéficiaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après engagement sur l&amp;#039;attribution de l&amp;#039;aide, l&amp;#039;entreprise devra apposer à l&amp;#039;entrée du bâtiment une affiche comportant la mention « financé avec le soutien du Département de la Drôme et de l&amp;#039;EPCI XXX», ainsi que leurs logos. Cette affiche sera fournie par le Département au moment de l&amp;#039;accord de subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat
+Industrie
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Relever d&amp;#039;un secteur d&amp;#039;activité de production, transformation ou services qualifiés aux entreprises, selon la liste jointe en annexe ;
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Porter un projet de développement ou d&amp;#039;installation nécessitant un investissement immobilier situé en zone AFR (Aides à finalité régionale)  telle que fixée par le décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027 ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réaliser un investissement immobilier d&amp;#039;un montant minimum de 200 000 € HT hors zone de revitalisation rurale (ZRR) et de 50 000 € HT minimum en ZRR ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   S&amp;#039;engager à maintenir son activité durant cinq années au minimum (3 ans pour les petites et moyennes entreprises) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   S&amp;#039;engager à ne pas distribuer de dividendes au cours des trois années suivant l&amp;#039;octroi de l&amp;#039;aide, sauf cas exceptionnels dûment justifiés et validés par l&amp;#039;EPCI et le Département :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ - Remontée de dividendes à une holding pour le remboursement d&amp;#039;un emprunt.
+&lt;/p&gt;
+&lt;p&gt;
+ - Rémunération du ou des dirigeants non salariés, sur acceptation préalable du financeur public (présentation d&amp;#039;un montant prévisionnel sur 3 ans, à respecter, vérifié au moment du paiement du solde de la subvention).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Exclusions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les montages immobiliers en location pure (pas de lien capitalistique entre le bailleur et le preneur).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les activités relevant des secteurs encadrés au sens communautaire (dont transport).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises pour lesquelles un dossier d&amp;#039;aide à l&amp;#039;immobilier est déjà en cours. Un délai de 3 ans à compter de la date de décision d&amp;#039;attribution est requis avant de déposer une nouvelle demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce règlement s&amp;#039;adresse à toutes les entreprises, quelle que soit leur taille (petites et moyennes entreprises, entreprises de taille intermédiaire et grandes entreprises au sens communautaire), et leurs filiales ou établissements ayant leur siège social ou un projet d&amp;#039;investissement dans la Drôme.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Bénéficiaires finaux
+  &lt;/strong&gt;
+  : sociétés ayant leur siège social ou un projet d&amp;#039;investissement dans la Drôme, à jour de leurs cotisations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Intermédiaires
+  &lt;/strong&gt;
+  : SCI ou Sociétés Immobilières dont le capital est détenu majoritairement par la société bénéficiaire finale et / ou par les actionnaires majoritaires de la société bénéficiaire finale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;investissement immobilier doit représenter une dépense éligible:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;au moins 200 000 € HT, lorsque le projet immobilier se situe
+ &lt;strong&gt;
+  hors d&amp;#039;une Zone Revitalisation Rurale
+ &lt;/strong&gt;
+ (ZRR).
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;au moins 50 000 € HT, lorsque le projet immobilier se situe
+ &lt;strong&gt;
+  en Zone Revitalisation Rurale
+ &lt;/strong&gt;
+ (ZRR).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses peuvent être de la nature suivante sans que cela ne soit exhaustif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Acquisition de terrain, acquisition/ construction/ extension ou rénovation de bâtiment ;
+&lt;/p&gt;
+&lt;p&gt;
+ Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e-grands-projets/</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Economie Emploi Insertion (DEEI)
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement Economique Insertion (SDEI)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chef de service
+ &lt;/strong&gt;
+ : Florane BAFFERT-DIAKITE – 04 75 79 70 51
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chargés de Développement Territorial Economie
+ &lt;/strong&gt;
+ : 07 60 31 09 54 ou 07 64 16 51 87
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f42f-aide-a-limmobilier-dentreprise-aie-grands-pro/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>129733</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Réduire la production de déchets ménagers et assimilés</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...8 lines deleted...]
-      <c r="K105" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
-[...23 lines deleted...]
- Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+ Le SDED 52 dispose depuis le 1er janvier 2023 d&amp;#039;un programme local de prévention des déchets ménagers et assimilés qui poursuit plusieurs objectifs à l&amp;#039;échelle de l&amp;#039;ensemble du périmètre de compétences du SDED 52 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réutiliser/Réemployer les objets et appareils avant qu&amp;#039;ils ne deviennent &amp;#34;déchets&amp;#34;,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la production de déchets en les valorisant localement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mieux recycler les déchets en facilitant le geste de tri.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Syndicat a ainsi identifié 12 actions dont il coordonnera la mise en œuvre pour la période 2023-2028 et qui, à destination des ménages, des entreprises, des collectivités locales, de la restauration collective et des associations, permettra d&amp;#039;atteindre les objectifs de réduction de déchets, de meilleur réemploi au bénéfice d&amp;#039;une gestion locale qui s&amp;#039;appuiera en particulier sur les acteurs de l&amp;#039;économie circulaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M105" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition de gobelets réutilisables lors d&amp;#039;évènements locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention des ambassadeurs de tri dans les écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation au compostage domestique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation du compostage collectif à Saint-Dizier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de zones de réemploi en déchetterie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de plateforme de broyage de déchets verts dans les communes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;a href="https://www.epfna.fr/" target="_self"&gt;
-[...2 lines deleted...]
- &lt;br /&gt;
+ Afin de bénéficier de cette aide, les structures intéressées par un accompagnement du SDED 52 doivent être situées sur le territoire de compétences &amp;#34;traitement&amp;#34; du SDED 52, à savoir l&amp;#039;intégralité du territoire de la Haute-Marne, le territoire de la communauté de communes des Portes de Meuse et quelques communes de la Marne et de la Haute-Saône.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de se rapprocher du SDED 52 pour vérifier cette condition d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/reduction-des-dechets</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute interrogation :
+&lt;/p&gt;
+&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+ &lt;br /&gt;
+ 40 bis avenue Foch
+ &lt;br /&gt;
+ 52 000 Chaumont
+&lt;/p&gt;
+&lt;p&gt;
+ 03 25 35 09 29
+&lt;/p&gt;
+&lt;p&gt;
+ sded52&amp;#64;sded52.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>sded52@sded52.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/349e-installer-une-borne-publique-de-recharge-pour/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
 Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
 Friche
 Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W149" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>120979</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Prêt social</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
+  Qu&amp;#039;est-ce que le prêt social ?
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisissez une
+  &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
+   banque engagée en matière de RSE
+  &lt;/a&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  et dotée d&amp;#039;une trajectoire de décarbonation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  5 thématiques éligibles :
+ &lt;/li&gt;
+ &lt;li&gt;
+  1) L&amp;#039;action sanitaire, sociale et familiale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  2) Le développement et la cohésion territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  3) L&amp;#039;enseignement et la formation professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  4) Le sport, culture et vie associative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  5) Les services d&amp;#039;incendies et de secours.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Valorisation d'actions
+Bibliothèques et livres
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 300 000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  via le
+  &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
+   formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>129719</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets contribuant au développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I152" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets seront limités au nombre de 3 maximum par commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
+        </is>
+      </c>
+      <c r="W152" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.saint-lo-agglo.fr/</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Saint-Lô Agglo
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement et d&amp;#039;appui aux communes
+&lt;/p&gt;
+&lt;p&gt;
+ appuicommunes&amp;#64;saint-lo-agglo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 14 16 01 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>soukaina.alouah@saint-lo-agglo.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0236-financer-des-projets-contribuant-au-developpe/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>119891</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude sur-mesure de l'activité économique</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous devez réaliser un état des lieux de l&amp;#039;économie et de certains secteurs d&amp;#039;activité de votre territoire ? Vous souhaitez optimiser l&amp;#039;attractivité de celui-ci, affiner votre connaissance d&amp;#039;une filière, évaluer le potentiel d&amp;#039;un évènement, l&amp;#039;impact d&amp;#039;un équipement ?
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI vous fournit les analyses et données utiles pour sécuriser vos décisions en matière de développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle vous propose ainsi un service sur mesure en fonction de votre stratégie locale de développement économique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   PORTRAIT DE VOTRE TERRITOIRE OU D&amp;#039;UNE FILIÈRE :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;analyse quantitative et qualitative de données est produite à partir :
+  &lt;br /&gt;
+  - des données collectées sur les sources les plus pertinentes à votre besoin (sources CCI, organismes publics INSEE, URSSAF, partenaires, ...) ;
+  &lt;br /&gt;
+  - de recherches documentaires (presse, web, rapports d&amp;#039;experts, études antérieures et documents d&amp;#039;urbanisme) ;
+  &lt;br /&gt;
+  - d&amp;#039;un repérage de projets qui entrent dans le périmètre de l&amp;#039;analyse.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Elle vous permet d&amp;#039;identifier les forces et faiblesses de votre projet, les opportunités et menaces. Elle vous permet de hiérarchiser les enjeux et de préciser vos principaux leviers d&amp;#039;action.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;analyse peut être complétée de services complémentaires :
+  &lt;br /&gt;
+  - identification des acteurs clés et géolocalisation des entreprises ;
+  &lt;br /&gt;
+  - enquête terrain, entretiens experts ou enquêtes auprès d&amp;#039;entreprises selon les besoins et conditions définis dans le cahier des charges ;
+  &lt;br /&gt;
+  - réunion(s) collective(s) d&amp;#039;entreprises et d&amp;#039;élus locaux.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Au final, vous obtenez les préconisations sur :
+  &lt;br /&gt;
+  - l‘évaluation des axes potentiels de développement ;
+  &lt;br /&gt;
+  - l&amp;#039;établissement de la stratégie commerciale, touristique, industrielle, foncière, ... ;
+  &lt;br /&gt;
+  - l&amp;#039;élaboration de votre plan d&amp;#039;actions ;
+  &lt;br /&gt;
+  - la rédaction des contenus et des conclusions sur vos supports destinés à promouvoir votre démarche.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ÉTUDE D&amp;#039;IMPACT ÉCONOMIQUE DE VOTRE ÉQUIPEMENT OU ÉVÉNEMENT :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Ce service s&amp;#039;adresse particulièrement aux organisateurs de manifestations, gestionnaires d&amp;#039;équipements, associations ou encore groupes d&amp;#039;acteurs publics pour analyser les retombées économiques d&amp;#039;un équipement ou événement.
+  &lt;br /&gt;
+  Il repose sur une méthodologie d&amp;#039;enquête avec la restitution d&amp;#039;un bilan.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Un entretien préalable avec votre conseiller CCI pour préciser vos besoins et définir le périmètre d&amp;#039;étude.
+  &lt;br /&gt;
+  Prestation sur devis.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Commerces et services
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
-Economie sociale et solidaire
 Revitalisation
-Risques naturels
+Innovation, créativité et recherche
+International
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/etude-sur-mesure-de-lactivite-economique</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/28e1-realiser-une-etude-sur-mesure-de-lactivite-ec/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>119762</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la pollution des activités économiques hors agricole</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 35</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux activités économiques hors agricoles qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur réutilisation, tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Friche
+Voirie et réseaux
+Commerces et services
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
-Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
-[...9 lines deleted...]
- La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+ Etablissements éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - usagers non domestiques de l&amp;#039;eau (hors activités agricoles), redevables de l&amp;#039;Agence depuis au moins 5
+&lt;/p&gt;
+&lt;p&gt;
+ ans pour détérioration de la qualité de l&amp;#039;eau à la date de la décision d&amp;#039;attribution de la participation
+&lt;/p&gt;
+&lt;p&gt;
+ financière,
+&lt;/p&gt;
+&lt;p&gt;
+ - Petites et très Petites Entreprises, artisans,
+&lt;/p&gt;
+&lt;p&gt;
+ - chambres consulaires ou tout autre organisme représentatif d&amp;#039;activité économique industrielle (centres
+&lt;/p&gt;
+&lt;p&gt;
+ techniques, syndicats professionnels ... ), commerciale ou artisanale.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les surfaces imperméabilisées
+&lt;/p&gt;
+&lt;p&gt;
+ existantes traitées dans le cadre de l&amp;#039;opération doivent être supérieures ou égales à la surface d&amp;#039;éventuelles
+&lt;/p&gt;
+&lt;p&gt;
+ nouvelles imperméabilisations.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="T105" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-048_activites_economiques.pdf</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>Philippe LESAINT
+&lt;br /&gt;
+p.lesaint&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+Chargé d&amp;#039;interventions spécialisé
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé Canler
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6723-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G106" s="1" t="inlineStr">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>119750</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...8 lines deleted...]
-      <c r="K106" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre vous soutient dans la mise en place de stratégies d&amp;#039;économie circulaire et de valorisation des déchets organiques. Nous proposons des solutions innovantes pour optimiser les ressources, réduire les déchets, favoriser le compostage et la méthanisation, tout en créant des boucles locales de réutilisation et en renforçant la résilience écologique et économique du territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
-[...23 lines deleted...]
- Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M106" s="1" t="inlineStr">
-[...116 lines deleted...]
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7eb-favoriser-leconomie-circulaire-sur-un-territo/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-[...1147 lines deleted...]
-      <c r="G113" s="1" t="inlineStr">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>119908</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les produits alimentaires locaux auprès de l’ensemble des acteurs de votre territoire</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...10 lines deleted...]
-      <c r="K113" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="N113" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez promouvoir l&amp;#039;artisanat alimentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser les territoires à travers les produits alimentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir des filières, productions et savoir-faire locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une offre alimentaire et touristique durable en lien avec les enjeux actuels environnementaux, sanitaires et socio-économiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les « Cités du goût et des saveurs » (CG&amp;amp;S), outil des Chambres de Métiers et de l&amp;#039;Artisanat pour l&amp;#039;accompagnement des acteurs de l&amp;#039;alimentaire et des territoires proposent les services suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elaborer une stratégie alimentaire et un plan d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer des filières alimentaires locales et circuits de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer le rôle des acteurs locaux dans la distribution d&amp;#039;une alimentation saine et de qualité, y compris dans la restauration collective ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des animations sur le territoire autour de l&amp;#039;alimentation locale et de qualité, la réduction du gaspillage alimentaire, la découverte des savoir-faire et produits artisanaux, etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les professionnels de l&amp;#039;alimentation dans la lutte contre le gaspillage alimentaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;offre touristique autour des savoir-faire et produits locaux (ateliers culinaires, découvertes de savoir-faire, visites d&amp;#039;entreprises, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former et accompagner les professionnels des métiers de bouche afin d&amp;#039;assurer leur montée en compétence pour répondre aux enjeux de l&amp;#039;alimentation d&amp;#039;aujourd&amp;#039;hui et de demain.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au travers des actions menées par les CG&amp;amp;S, les thématiques en lien avec l&amp;#039;environnement, l&amp;#039;agriculture, le développement local, la culture, le patrimoine et le tourisme pourront être abordées, si le diagnostic identifie le besoin et si elles sont priorisées dans le plan d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Accès aux services
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T156" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6819-valoriser-les-produits-alimentaires-locaux-au/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I157" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J157" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -25860,7534 +33594,709 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-[...55 lines deleted...]
-      <c r="X113" s="1" t="inlineStr">
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P157" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q157" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Email
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
  &lt;/strong&gt;
- : projets&amp;#64;villyz.fr
-&lt;/p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Téléphone
+  Sont aussi éligibles :
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
-[...12 lines deleted...]
-      <c r="AA113" s="1" t="inlineStr">
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T157" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G114" s="1" t="inlineStr">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>120089</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche de Transition Ecologique avec le programme Territoire engagé</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Ecologique - Accompagnement des collectivités par un conseiller Territoire Engagé</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Entreprise publique locale (Sem, Spl, SemOp)
-[...5 lines deleted...]
-      <c r="H114" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I114" s="1" t="inlineStr">
+      <c r="I158" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;span&gt;deux référentiels thématiques&lt;/span&gt; ambitieux et progressifs, &lt;span&gt;un programme d&amp;#039;accompagnement&lt;/span&gt;, &lt;span&gt;une animation&lt;/span&gt;, &lt;span&gt;un parcours de labellisation&lt;/span&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;span&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/span&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;span&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/span&gt; ainsi qu’un &lt;span&gt;appui à l’animation du projet&lt;/span&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
-[...45 lines deleted...]
-Tiers-lieux
+ De nombreuses collectivités ont déjà profité de cette accompagnement.
+ &lt;a href="https://www.territoiresentransitions.fr/programme#carte" target="_blank"&gt;Découvrez leurs actions et retour d&amp;#039;expérience sur notre site internet.     Ouvre une nouvelle fenêtre&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-[...277 lines deleted...]
-Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
-[...5 lines deleted...]
-      <c r="O115" s="1" t="inlineStr">
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
-[...9 lines deleted...]
- La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+ &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement" target="_blank"&gt;Prenez contact avec votre direction régionale de l&amp;#039;ADEME&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X115" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://territoireengagetransitionecologique.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="W158" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Nicolas Proust
-[...25 lines deleted...]
-      <c r="AA115" s="1" t="inlineStr">
+ &lt;a href="mailto:territoireengage&amp;#64;ademe.fr" target="_blank"&gt;territoireengage&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>mathieu.teulier@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-accompagnement-des-collectivites-par-un-conse/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-[...193 lines deleted...]
-      <c r="G117" s="1" t="inlineStr">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>117550</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K117" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+ L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
+ &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
+  formations thématiques
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
+ &lt;br /&gt;
+ Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
+ &lt;br /&gt;
+ Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
+ &lt;br /&gt;
+ Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de sessions d&amp;#039;information thématiques :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : dispositif département Jura subventions DETR DSIL FNADT
+ &lt;br /&gt;
+ Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
+ &lt;br /&gt;
+ Ex : compétence GEMAPI,
+ &lt;br /&gt;
+ Ex : urbanisme réglementaire et planification
+ &lt;br /&gt;
+ Ex : circulation et stationnement
+ &lt;br /&gt;
+ Ex : outil public SEM énergie renouvelable
+ &lt;br /&gt;
+ Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de formations thématiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : comment mobiliser les fonds européens sur son territoire
+ &lt;br /&gt;
+ Ex : mécénat et financement participatif
+ &lt;br /&gt;
+ Ex : marchés publics - comment acheter local
+ &lt;br /&gt;
+ Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
+ &lt;br /&gt;
+ Ex : réalisation des travaux
+ &lt;br /&gt;
+ Ex :
+ comment associer les habitants à un projet communal ou intercommunal
+ &lt;br /&gt;
+ Ex le projet culturel du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
-[...1 lines deleted...]
-Musée
 Sports et loisirs
 Tourisme
 Forêts
-Sols
-[...295 lines deleted...]
-Forêts
+Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
-Famille et enfance
-[...1 lines deleted...]
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions
-[...3 lines deleted...]
-Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Spectacle vivant
-[...2382 lines deleted...]
-Réduction de l'empreinte carbone
 Bibliothèques et livres
-Mobilité fluviale
-Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
-Mobilité et véhicules autonomes
-[...4 lines deleted...]
-      <c r="O128" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P128" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une commune rurale de l&amp;#039;Essonne
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...509 lines deleted...]
-      <c r="T131" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière :
+  &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   juridique&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation :
+  &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   formation&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G132" s="1" t="inlineStr">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>117484</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...19 lines deleted...]
-      <c r="K132" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
-[...942 lines deleted...]
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectif stratégique :
+  Conseiller aux décideurs locaux (CDL)
  &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La mise en place de ce nouvel interlocuteur permet :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
- &lt;/li&gt;
+  d&amp;#039;offrir des prestations sur mesure, adaptées au plus près des besoins de chaque collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de proposer une gratuité, une objectivité et une neutralité de la prestation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
-[...128 lines deleted...]
-  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+  conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
-[...131 lines deleted...]
- &lt;strong&gt;
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la confection d&amp;#039;un budget
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une analyse financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de nouveaux moyens de paiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision en matière financière et fiscale
   &lt;br /&gt;
- &lt;/strong&gt;
-[...3 lines deleted...]
-  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Simulations fiscales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement le déploiement du nouveau référentiel comptable M57
   &lt;br /&gt;
- &lt;/strong&gt;
-[...2071 lines deleted...]
- &lt;em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la rationalisation des régies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et gestion des marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la démarche partenariale (CSCF et EP)
   &lt;br /&gt;
-  Cadre réglementaire
-[...13 lines deleted...]
-      <c r="N153" s="1" t="inlineStr">
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -33400,4275 +34309,5016 @@
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-[...1 lines deleted...]
-Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Médias et communication
-[...13 lines deleted...]
-      <c r="O153" s="1" t="inlineStr">
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S153" s="1" t="inlineStr">
+      <c r="P160" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X153" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...19 lines deleted...]
-      <c r="AA153" s="1" t="inlineStr">
+ Se rapprocher de votre Direction départementale des Finances publiques
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-[...464 lines deleted...]
-      <c r="G157" s="1" t="inlineStr">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>165378</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Economie de proximité et culture</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>S’appuyer sur les potentiels locaux et renforcer les coopérations entre les acteurs socio-économiques du territoire</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>GAL LEADER Ardèche</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I157" s="1" t="inlineStr">
+      <c r="I161" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J157" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K157" s="1" t="inlineStr">
+      <c r="J161" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'Aides Publiques max</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="P157" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;3.1/ Emergence, développement et maintien
+de nouveaux modèles économiques ou dynamiques socio-professionnelles sur le
+territoire :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Etude, expertise, projet de recherche, action
+d&amp;#039;animation, de communication visant à créer, à développer des lieux à usages
+multiples, collectifs et/ou mutualisés et à favoriser la mise en réseau ou
+les actions de coopération et de partenariat&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Mission de maîtrise d’œuvre, équipements et
+travaux afin de créer des lieux à usages multiples, collectifs et/ou mutualisés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.2/ Installation de nouveaux professionnels et maintien de services de
+proximité :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Mission de maîtrise d’œuvre, équipements et aménagements
+pour permettre l&amp;#039;installation de nouveaux professionnels, la création ou le
+maintien de services de proximité&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.3/ Valorisation des filières emblématiques et des ressources
+locales :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Etude, expertise, projet de recherche, équipements,
+action d’animation, de promotion, de valorisation, de mise en réseau des
+professionnels des filières permettant le renforcement et le développement de
+filières emblématiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Action d&amp;#039;animation, de promotion, de valorisation
+autour des métiers en tension&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.4/ Valorisation et développement des projets spécifiques portant sur
+la transition écologique et énergétique :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Etude, expertise, projet de recherche, mission
+de maîtrise d’œuvre, acquisition d’équipement et de matériels, action d&amp;#039;animation,
+de communication, de sensibilisation et de formation visant à développer des
+actions autour de la transition écologique et énergétique&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;br /&gt;&lt;strong&gt;3.5/ Soutien aux actions culturelles :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Action d&amp;#039;animation, de communication, de
+sensibilisation, de création et de diffusion culturelle visant à faire vivre le
+territoire autour d&amp;#039;événements culturels&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P161" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q157" s="1" t="inlineStr">
+      <c r="Q161" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T157" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
-[...569 lines deleted...]
-      </c>
       <c r="U161" s="1" t="inlineStr">
         <is>
-          <t>Île-de-France</t>
+          <t>Ardèche</t>
         </is>
       </c>
       <c r="V161" s="1" t="inlineStr">
         <is>
-          <t>https://www.europeidf.fr/jai-un-projet/appels-a-projets/projets-leader-contribuant-au-developpement-rural-francilien</t>
-[...4 lines deleted...]
-          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self</t>
+          <t>https://leader-ardeche.fr/</t>
         </is>
       </c>
       <c r="X161" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Pour toute demande liée à l’éligibilité de votre dossier et à son suivi administratif, veuillez contacter l’animateur du GAL concerné :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GAL Seine-Aval : leaderseineaval&amp;#64;gmail.com&lt;/li&gt;&lt;li&gt;GAL Plateau de Saclay : leader&amp;#64;terreetcite.org&lt;/li&gt;&lt;li&gt;GAL Gâtinais français : accueil&amp;#64;parc-gatinais-francais.fr&lt;/li&gt;&lt;li&gt;GAL SUD77 : quentin.guinet&amp;#64;safer-idf.com&lt;/li&gt;&lt;li&gt;GAL Terres de Brie : quentin.guinet&amp;#64;safer-idf.com&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour toute autre demande liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : leader&amp;#64;iledefrance.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;leader&amp;#64;archeagglo.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y161" s="1" t="inlineStr">
         <is>
-          <t>amar.younes@iledefrance.fr</t>
+          <t>m.chapron@archeagglo.fr</t>
         </is>
       </c>
       <c r="Z161" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/projets-leader-contribuant-au-developpement-rural-francilien/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tourisme-durable-filieres-touristiques-changement-de-pratique-attractivite-des-metiers-touristiques-1/</t>
         </is>
       </c>
       <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:27" customHeight="0">
       <c r="A162" s="1">
-        <v>162974</v>
+        <v>165341</v>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
-[...4 lines deleted...]
-          <t>DDT de l'Aube</t>
+          <t>Agir contre la vacance commerciale en centre-bourgs (commerce, attractivité,proximité)</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Mission de conseil aux collectivités (AMO, phase pré-opérationnelle, programmation…)</t>
         </is>
       </c>
       <c r="G162" s="1" t="inlineStr">
-        <is>
-[...374 lines deleted...]
-      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...17 lines deleted...]
-      <c r="K164" s="1" t="inlineStr">
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
-[...34 lines deleted...]
-          <t>Tourisme
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil en architecture et urbanisme&lt;br /&gt;L’objectif de l’agence est de mettre au service des collectivités, des propriétaires et des usagers mon expertise concernant l’animation des centre-bourgs et particulièrement la reconquête des locaux disponibles.&lt;br /&gt;Accompagnement de stratégie politique, programmation, aménagement, communication, événementiel, participation citoyenne, médiation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Mission d’assistance à maitrise d’ouvrage pour une étude de stratégie de revitalisation commerciale&lt;/strong&gt;
+ dont aménagement d’une halle couverte et reconquête de cellules 
+vacantes (ORI), à Thizy-les-Bourgs (69), en 2024-2025, DISPO 
+(Mandataire) &amp;amp; Villages Vivants (Sous-Traitant) &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
 Commerces et services
-Technologies numériques et numérisation
-Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Economie sociale et solidaire
+Bâtiments et construction
+Réhabilitation
+Architecture
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P162" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q162" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://dispo-urbanisme.fr/</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;dispo.c.vernay&amp;#64;gmail.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>dispo.c.vernay@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-contre-la-vacance-commerciale-en-centre-bourgs-locaux-commerciaux/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>117423</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour le développement et à l'installation d'unités de méthanisation</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>Au travers de la charte CAPMETHA77, le Département, avec ses 8 signataires, affirme les orientations et valeurs qui doivent guider les projets de méthanisation, favoriser leur appropriation par tout porteur de projet, élu ou autre acteur seine-et-marnais concerné, et contribuer à leur réussite</t>
+        </is>
+      </c>
+      <c r="M163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie : Faire le lien entre l&amp;#039;élu et le porteur de projet ; bâtir une stratégie d&amp;#039;acceptabilité du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Action de sensibilisation : Réunions d&amp;#039;information auprès des Communes, des porteurs de projets, participation à des réunions publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ressources documentaires : Exposition ; plaquettes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document contractuel (conventions type ..)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Foncier
+Voirie et réseaux
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
 Consommation et production
-Economie sociale et solidaire
-[...3 lines deleted...]
-Industrie</t>
+Qualité de l'air
+Bâtiments et construction
+Paysage
+Emploi
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8584-accompagner-les-collectivites-pour-le-develop/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>117391</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre un aménagement foncier, agricole ou forestier</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Améliorer les conditions d&amp;#039;exploitations des propriétés rurales agricoles ou forestières, la mise en valeur des espaces naturels ruraux et l&amp;#039;aménagement du territoire communal.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Constitution par le Département de la Commission (inter)communale d&amp;#039;aménagement foncier ; animation de réunions ; Elaboration du cahier des charges de l&amp;#039;étude du géomètre, passation du marché public, analyse des offres, suivi de l&amp;#039;étude ; lancement et suivi de l&amp;#039;enquête publique ; intervention administratives et juridique des divers actes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rédaction de notes et de rapports
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Gratuit pour la commune s&amp;#039;il s&amp;#039;agit d&amp;#039;une première opération d&amp;#039;AFAF volontaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Financé par le maître d&amp;#039;ouvrage dans le cadre d&amp;#039;aménagements fonciers liés à des ouvrages linéaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Foncier
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau</t>
         </is>
       </c>
       <c r="O164" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...9 lines deleted...]
-          <t>31/12/2027</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R164" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
       <c r="S164" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...5 lines deleted...]
-          <t>Dépenses d’investissement</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="U164" s="1" t="inlineStr">
         <is>
-          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+          <t>Seine-et-Marne</t>
         </is>
       </c>
       <c r="V164" s="1" t="inlineStr">
         <is>
-          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
       <c r="X164" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y164" s="1" t="inlineStr">
         <is>
-          <t>europe@coeurentre2mers.com</t>
+          <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z164" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-mobilites-alternatives-et-durables/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/85aa-mettre-en-uvre-un-amenagement-foncier-agricol/</t>
         </is>
       </c>
       <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:27" customHeight="0">
       <c r="A165" s="1">
-        <v>162982</v>
+        <v>117170</v>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Coopérer avec d’autres territoires</t>
-[...2 lines deleted...]
-      <c r="C165" s="1" t="inlineStr">
+          <t>Bénéficier d'un réseau au service de la santé du végétal et de la protection de l'environnement</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>FREDON  Occitanie</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>FREDON Occitanie</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ regroupe des experts en botanique, phytopathologie, agronomie et environnement.
+ &lt;br /&gt;
+ Des métiers portés par un ensemble de compétences internes et externes reconnues dans le réseau des FDGDON de la région.
+ &lt;br /&gt;
+ Pour la partie délégation de missions en santé des végétaux, nous sommes reconnus comme organisme à vocation sanitaire (O.V.S) par arrêt ministériel (ministère de l&amp;#039;Agriculture).
+ &lt;br /&gt;
+ Nous mettons au profit des détenteurs de végétaux (agriculteurs, collectivités et particuliers) et des services publics (DRAAF, DREAL, ARS, DDTM, collectivités territoriales et locales ...) notre savoir-faire, afin de gérer la prévention, la surveillance et la lutte contre les dangers sanitaires en santé des végétaux (ravageurs et pathogènes) et en santé humaine (ambroisie, chenille processionnaire ...)
+ &lt;br /&gt;
+ Nous agissons aussi dans un objectif de réduction de l&amp;#039;usage des produits phytosanitaires par l&amp;#039;animation de la démarche Captages d&amp;#039;Eauccitanie et ECOPHYTO Jardins, Espaces Verts et Infrastructures (JEVI).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS DE DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LA SURVEILLANCE DES ORGANISMES NUISIBLES RÉGLEMENTÉS OU ÉMERGENTS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Surveillance sanitaire du végétal, informations sur les maladies et les ravageurs des végétaux, les espèces invasives, la surveillance des organismes nuisibles réglementés ou émergents
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous sommes en charge avec nos sections départementales (FDGDON) de la surveillance et de l&amp;#039;inspection sanitaire des végétaux sur tout le territoire régional. Cette délégation de service public comprend toutes les actions contribuant à la surveillance, la prévention et la lutte contre les organismes nuisibles ou les dangers sanitaires. La surveillance est organisée en plans d&amp;#039;inspection classés selon de grandes thématiques (Passeport sanitaire, export, surveillance générale). Ils évoluent au grès des réglementations européenne et française.
+ &lt;br /&gt;
+ L&amp;#039;objectif est de préserver les productions agricoles sur notre territoire ainsi que les autres économies liées au secteur végétal (ex. : tourisme).
+&lt;/p&gt;
+&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS D&amp;#039;INTÉRÊT GÉNÉRAL
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;ANIMATION RÉGIONALE AMBROISIES
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau de mobilisation collective pour limiter l‘implantation des ambroisies et les risques pour la santé des citoyens
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous participons à la
+ &lt;strong&gt;
+  stratégie de gestion des plantes allergisantes
+ &lt;/strong&gt;
+ pilotée par l&amp;#039;ARS* (Agence Régionale de Santé).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coordination régionale des actions de lutte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de comités départementaux de coordination de lutte et formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structuration d&amp;#039;un réseau de référents et de compétences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle des signalements et cartographie de la présence de la plante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public aux risques d&amp;#039;allergies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  DES ALTERNATIVES DURABLES AUX PESTICIDES DANS LES ESPACES PRIVÉS ET PUBLICS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau régional des gestionnaires de Jardins, Espaces Verts et Infrastructures (JEVI), chartes régionales «Zéro Phyto »
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous accompagnons tous les gestionnaires de la région souhaitant mettre en œuvre des actions
+ &lt;strong&gt;
+  visant à abandonner l&amp;#039;usage des produits phytosanitaires
+ &lt;/strong&gt;
+ dans une logique de gestion durable des espaces privés et publics.
+ &lt;br /&gt;
+ Les objectifs sont de coordonner un
+ &lt;strong&gt;
+  réseau de compétences régionales
+ &lt;/strong&gt;
+ et de produire et mutualiser des références techniques. L&amp;#039;animation de ce réseau passe notamment par le développement des
+ &lt;strong&gt;
+  chartes «Objectif/Engagé Zéro Phyto»
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Ce réseau est à destination :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des collectivités et gestionnaires publics de sites non agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires d&amp;#039;infrastructures (routes, autoroutes, réseaux, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires privés (infrastructures de tourisme, de loisirs, jardiniers amateurs, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  POUR UNE EAU POTABLE DE QUALITÉ
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation de réseaux d&amp;#039;acteurs en charge de la reconquête et la protection des captages d&amp;#039;alimentation en eau potable
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Cette démarche regroupe un réseau technique régional composé des «acteurs de terrain», des collectivités gestionnaires ou autres professionnelles impliqués. L&amp;#039;objectif principal est d&amp;#039;acc
+ &lt;strong&gt;
+  ompagner ces acteurs œuvrant dans les dispositifs locaux
+ &lt;/strong&gt;
+ (captages prioritaires, animateurs de bassins versants...) en Occitanie, sur les bassins Adour-Garonne et Rhône Méditerranée Corse, par la production et la mutualisation de références techniques, l&amp;#039;organisation de journées techniques, la formation ou encore la gestion de projet communs.
+&lt;/p&gt;
+&lt;h1&gt;
+ NOS SERVICES
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;EXPERTISE SANITAIRE
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous réalisons ou aidons à la réalisation de toutes les actions contribuant à la surveillance des problèmes sanitaires en santé des végétaux et sur les exotiques envahissantes. Nous avons un rôle de référent sanitaire et environnemental qui nous amène à être référencés sur des dossiers à la marge de nos actions principales : santé publique (pollens, chenilles urticantes), sécurité publique (frelon asiatique, hyménoptères), droit urbain et environnemental.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LE DIAGNOSTIC
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous effectuons des diagnostics pour le compte de particuliers, de collectivités ou d&amp;#039;entreprises. Nous apportons notre expertise lors du dépérissement d&amp;#039;un végétal, la suspicion de maladie ou l&amp;#039;état général d&amp;#039;un patrimoine végétal. La FREDON Occitanie fait partie du réseau «CLINIQUE DU VÉGÉTAL®».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ LES FORMATIONS
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous organisons ou animons des sessions de formation auprès de différents publics. Nous proposons notamment des formations spécifiques aux élus des collectivités locales et territoriales, aux propriétaires ou détenteurs de végétaux, aux groupements de représentants professionnels ou toute autre personne pouvant être intéressée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Recyclage et valorisation des déchets
+Santé
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Médias et communication
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ fédère les initiatives locales et s&amp;#039;appuie dans ses actions sur les fédérations départementales (FDGDON) et les groupements de défense (GDON).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est également membre du réseau FREDON FRANCE.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fredonoccitanie.com/</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FREDON Occitanie
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
+ &lt;br /&gt;
+ Téléphone : 04 67 75 64 48
+ &lt;br /&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;fredon-occitanie.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
+  https://www.fredonoccitanie.com/nous-contacter/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>contact@fredon-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a04-beneficier-dun-reseau-au-service-de-la-sante-/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H165" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I165" s="1" t="inlineStr">
+      <c r="I166" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N165" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P166" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q166" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...22 lines deleted...]
-      <c r="S165" s="1" t="inlineStr">
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T165" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C166" s="1" t="inlineStr">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>164288</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner dans la transition environnementale et énergétique</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G166" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le territoire dans la transition environnementale et énergétique</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I168" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;4.1  
+Soutenir des pratiques agricoles durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.1.1  Accompagner les productions et les filières locales
+&lt;/p&gt;&lt;p&gt;4.1.2  Accompagner l’installation dans le cadre d’une
+démarche collective&lt;/p&gt;&lt;p&gt;4.1.3  Promouvoir une alimentation saine et durable&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.2  
+Préserver la biodiversité &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.2.1  Valoriser les haies&lt;/p&gt;&lt;p&gt;4.2.2  Restaurer les milieux naturels et renaturer
+certains espaces artificialisés &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3  
+Encourager les projets contribuant à une
+plus grande sobri&lt;/strong&gt;été&lt;/p&gt;&lt;p&gt;4.3.1 Aider les actions expérimentales et/ou innovantes
+visant à réduire les consommations en énergies, en eau et en matières&lt;/p&gt;&lt;p&gt;4.3.2  Favoriser le recyclage et le réemploi&lt;/p&gt;&lt;p&gt;4.3.3  Accompagner l’offre de mobilité douce&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.4  
+Développer les énergies renouvelables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.5  
+Informer, sensibiliser, éduquer à
+l’environnement et au développement durable et impliquer les citoyens&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-   Regroupements
+fonciers, sensibilisation propriétaires fonciers, espaces tests agricoles, cuisine pédagogique, rencontres de
+producteurs, etc. ;&lt;/p&gt;&lt;p&gt;-   Réimplantation
+de haies, renaturation,
+inventaire milieux dégradés, etc. ; &lt;/p&gt;&lt;p&gt;-  Plans
+de sobriété, réutilisation des eaux usées, actions de partage
+d’infrastructures, d’équipements, de services, de matières, création de liaisons avec les voies
+vertes, liaisons piétonnes, pédibus, etc. ;&lt;/p&gt;&lt;p&gt;-  Cartographie
+multicritères, cadastre solaire, accompagnement des collectivités, projets photovoltaïques citoyens, etc. ;&lt;/p&gt;&lt;p&gt;-   Journées grand public,
+création lieu d’exposition, exposition itinérante, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q168" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-transition-environnementale-et-energetique/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>164287</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement des petites entreprises et de l'emploi</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I169" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;3.1   Contribuer à la pérennité et au développement du tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.1.1 Accompagner les entreprises et les associations
+dans les domaines des ressources humaines et des conditions de travail&lt;/p&gt;&lt;p&gt;3.1.2  Promouvoir les métiers et les savoir-faire &lt;/p&gt;&lt;p&gt;3.1.3  Accueillir des entreprises et des nouvelles activités &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.2  
+Soutenir le développement de la filière
+bois et des éco-matériaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.2.1   Accompagner les démarches développant et valorisant
+la filière bois &lt;/p&gt;&lt;p&gt;3.2.2 
+Sensibiliser à
+l’écoconstruction, à l’usage des éco-matériaux&lt;/p&gt;&lt;p&gt;3.2.3 
+Favoriser le
+développement de filières locales&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.3  
+Développer le tourisme durable toute
+l’année &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk182562708"&gt;3.3.1  Créer et adapter les sites et hébergements
+touristiques&lt;/a&gt;&lt;/p&gt;&lt;p&gt;3.3.2 Créer des produits
+ou des offres valorisant le territoire, les savoir-faire, les productions et
+les patrimoines locaux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GPECT, opération collective d’accompagnement
+des entreprises pour le recrutement/management/bien-être au travail/adaptation
+aux changements/prise en compte du handicap, recensement des friches et bâtiments inoccupés, multiple
+rural, aménagement de locaux professionnels, espace coworking, espace de
+télétravail, tiers-lieu, création coopérative, couveuse ; etc. ;&lt;/li&gt;&lt;li&gt;Chantier-école,
+événements, journées de démonstration, nouveaux usages de la laine caussenarde, accompagnement à la gestion
+forestière, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’un local
+vélos, création de circuits de randonnée, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q169" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-leconomie/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>164173</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>S'enrichir aux regards des autres par la coopération nationale ou transnationale</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Coopération nationale ou transnationale : Fiche-action 5 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H166" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I166" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J166" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K166" s="1" t="inlineStr">
+      <c r="J170" s="1" t="inlineStr">
+        <is>
+          <t>70 000 € d'aide maxi</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
-[...28 lines deleted...]
-      <c r="N166" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;La
+coopération est une réelle opportunité pour enrichir la stratégie LEADER du
+territoire du GAL et ouvrir de nouvelles perspectives. Cette ouverture revêt un enjeu
+d’autant plus important que la stratégie est orientée vers le changement de
+modèles et de pratiques. Elle nécessite de s’intéresser à d’autres modes de
+réflexion et d’organisation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;br /&gt;&lt;/strong&gt;- Développer des nouvelles approches en matière de
+développement territorial&lt;br /&gt;- Mutualiser les moyens pour répondre à des enjeux
+communs à plusieurs territoires&lt;br /&gt;- Développer des réseaux d&amp;#039;acteurs à l&amp;#039;échelle nationale
+et européenne&lt;br /&gt;- Apporter une plus-value aux actions du territoire&lt;br /&gt;- Donner une dimension européenne au territoire&lt;br /&gt;- Renforcer la cohésion, l&amp;#039;identité et l&amp;#039;image du
+territoire par effet &amp;#34;miroir&amp;#34;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;strong&gt;Coopération « Conduite du
+changement »&lt;/strong&gt;&lt;br /&gt;&lt;/em&gt;- Actions d&amp;#039;information, de sensibilisation,
+d’accompagnement des collectivités sur des sujets expérimentaux en lien avec
+l’aménagement, l’urbanisme durable (réemploi, densification, mobilisation des friches…)&lt;br /&gt;- Actions de recherche-action et de sensibilisation sur
+la résilience territoriale, les dynamiques de villes ou territoires en
+transition, l’adaptation de l’agriculture/forêt au dérèglement climatique, la
+préservation de la ressource en eau&lt;br /&gt;- Actions de sensibilisation et de transferts
+d’expériences sur la sobriété énergétique, le développement des énergies
+renouvelables, l’économie circulaire&lt;br /&gt;- Actions de sensibilisation et de recherche sur le
+vieillissement de la population&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « démarche
+Projet Alimentaire Territorial »&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions de transfert d’expériences, visite de terrain,
+sensibilisation, formation, étude avec des territoires nationaux ou européens
+plus avancés dans leurs démarches de structuration de leurs systèmes
+alimentaires territoriaux ou sur des problématiques spécifiques (préservation
+du foncier agricole, adaptation de l’agriculture aux enjeux climat, eau,
+biodiversité…)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « Biodiversité
+»&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions liées au développement et à la préservation
+des Trames Vertes et Bleues, à la mise en place de Trames Noires…&lt;br /&gt;- Actions sur le volet santé/environnement (cours
+d’écoles résilientes…)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « Slow Tourisme » &lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions
+de valorisation des produits identitaires du territoire (produits alimentaires,
+produits agricoles, savoir-faire…) en lien avec la dynamique PAT et le Slow
+Tourisme. Projet en cours avec deux GAL portugais (IN LOCO et ALENTEJO
+XXI) et un GAL régional (Pays de la Vallée du Cher et du Romorantinais)&lt;br /&gt;- Poursuite
+du déploiement de l’itinéraire européen de la route d’Artagnan, à l’échelle
+nationale voire européenne : animation, communication, actions culturelles…&lt;br /&gt;- Actions
+mutualisées en lien avec les marques et réseaux touristiques&lt;br /&gt;- Actions
+liant tourisme et biodiversité en forêt&lt;br /&gt;- Actions
+de découverte insolite / innovante des territoires, actions favorisant
+l’inclusion sociale, actions culturelles liées aux thématiques de la
+résilience, développées avec d’autres GAL&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Personnes âgées
+Alimentation
+Economie circulaire
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q170" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire. Dans
+le cadre d’actions de coopération, celles-ci pourront avoir lieu en dehors du
+territoire régional.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements,
+matériels, mobiliers, panneaux, signalétique, achat de véhicule&lt;br /&gt;- Dépenses
+de construction, d’aménagement de locaux pour la logistique, la transformation,
+la conservation, la distribution, la vente de produits locaux en circuit court
+de proximité.&lt;br /&gt;- Investissements
+matériels scientifiques, techniques et pédagogiques&lt;br /&gt;- Travaux
+d&amp;#039;aménagement et de réhabilitation d’espaces, de plantation&lt;br /&gt;- Travaux
+d&amp;#039;aménagement et de réhabilitation d’itinéraires et de sites touristiques&lt;br /&gt;- Achats
+de fournitures liées à l’opération&lt;br /&gt;- Aménagement
+et acquisition d&amp;#039;équipements de valorisation des biodéchets : travaux de
+construction de plate-forme, équipement de broyage, de manutention, de
+stockage, de compost&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
+d’animation&lt;br /&gt;- Dépenses de communication : création, impression
+et diffusion de documents et de supports papiers, multimédias, outils
+numériques&lt;br /&gt;- Acquisition ou développement de logiciels
+informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
+commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
+traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
+notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
+personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/senrichir-aux-regards-des-autres-par-la-cooperation-nationale-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>164110</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de développement et d'attractivité économique locale</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I171" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J171" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
-Tiers-lieux
-[...197 lines deleted...]
-Commerces et services
 Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
-Artisanat</t>
-[...83 lines deleted...]
-      <c r="T167" s="1" t="inlineStr">
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Information voyageur, billettique multimodale
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C168" s="1" t="inlineStr">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>164104</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les initiatives locales, culturelles, patrimoniales et citoyennes</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G168" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche action  10</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I172" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher: 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs Stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Valoriser l’identité territoriale plurielle autour d’initiatives culturelles, patrimoniales ou citoyennes &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer de la cohésion sociale sur le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir le modèle associatif&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Qualifier et valoriser le patrimoine naturel et culturel local, participant à l’identité du territoire du Calaisis (bâti et non bâti)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Conforter l’offre culturelle et la création artistique, vectrice d’attractivité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Former des ambassadeurs du territoire du GAL&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Améliorer la diffusion de l’offre culturelle&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager les actions de mutualisation, de partenariats, de mise en réseau des structures à vocation artistiques, culturelles, citoyennes ou patrimoniales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Impliquer les habitants dans les projets associatifs &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser la population locale à son environnement proche&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir la création d’associations à vocation artistique, culturelle, citoyenne ou patrimoniales  &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a71c0522-cf33-4d6c-8a23-b2e9d2e1a5a8/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q172" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/725ad43d-eaa8-4c22-b568-02eefef89ed9/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-encourager-les-initiatives-locales-culturelles-patrimoniales-et-citoyennes/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>164101</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- fiche action 7</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Consommation et production
+Innovation, créativité et recherche
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q173" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>164100</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mise en oeuvre de la transition alimentaire</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche action 6</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Objectifs stratégiques&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	Encourager le déploiement de système globaux en matière de stratégies alimentaires locales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Conforter, développer l’agriculture locale et valoriser les nouveaux modes de production agroécologiques dans une optique de préservation du climat, de l’air, des sols, de l’eau et de la biodiversité &lt;/span&gt;&lt;br /&gt;&lt;span&gt; Encourager les changements de comportements alimentaires et favoriser la saisonnalité et le « bien manger »&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la valorisation du potentiel nourricier des espaces publics et privés&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la consommation des produits agricoles du territoire sur le territoire par les habitants du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Valoriser et diffuser les savoir-faire des exploitations aux pratiques agroécologiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les restaurants collectifs vers un approvisionnement local et issu d’une activité raisonnée&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Lutter contre le gaspillage alimentaire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager l’animation territoriale, la coopération, la mobilisation des partenaires et encourager les professionnels à s’organiser entre eux pour valoriser les circuits courts et le « bien-manger »&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Amplifier le recours aux circuits de proximité &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner la mise en œuvre de filières locales de déchets fermentescibles &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/eb31d09f-d0e4-40f6-a1f9-9b34f97c23aa/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Lutte contre la précarité
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q174" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour être éligible le Projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour être éligible le porteur de projet doit être accompagné par une structure d&amp;#039;accompagnement type Chambres consulaires, BGE, Galillée....&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/d0ce306f-8a3f-469e-bed9-326d092a6f68/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-accompagner-la-mise-en-oeuvre-de-la-transition-alimentaire/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>163962</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les impacts des activités maritimes et littorales dans une démarche d'économie circulaire</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°3 - Adapter, gérer et prévenir les impacts des activités maritimes et littorales dans une démarche d’économie circulaire avec des pratiques durables et respectueuses</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-[...21 lines deleted...]
-      <c r="K168" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I175" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J175" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Alimentation
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+pêche et l’aquaculture contribuant aux déchets générés, le GALPA a un rôle à
+jouer en favorisant la transition vers une économie circulaire. Ce type
+d’économie peut leur apporter de nombreux bénéfices, non seulement grâce à
+l’utilisation plus efficace des ressources locales, à la meilleure santé des
+écosystèmes aquatiques et à l’augmentation de la résilience de l’économie, mais
+aussi par les possibilités de créer plus de valeur ajoutée, ainsi que de
+nouveaux emplois qualifiés. &lt;/p&gt;&lt;p&gt;La
+lutte contre les déchets marins passe principalement par des actions de
+prévention des déchets à la source, mais aussi par une meilleure gestion des
+déchets terrestres. D’un point de vue recyclage des engins de pêche, la Loi
+Anti-Gaspillage concourt à notre participation à l’application de cette
+nécessaire « écologisation » de la filière pêche et aquaculture, sur le
+principe des 3 R : &lt;/p&gt;&lt;p&gt;•Réduire
+: limiter les apports de plastiques dans les milieux marins. •Réutiliser
+: les différents filets et poches à huîtres. Il s’agit ainsi de trouver des
+solutions de réutilisation de ces différents matériaux pour d’autres usages•Recycler
+: étudier l’ensemble des métiers utilisés par nos pêcheurs et ostréiculteurs,
+des différents matériaux et types de plastiques, afin de valoriser ce « déchet
+». •&lt;/p&gt;&lt;p&gt;Avec
+l’entrée en vigueur progressive de l’obligation de débarquement de toutes les
+captures, dans le but de limiter au maximum le rejet de poissons non désirés.,
+l’objectif est donc de trouver, dans une approche partenariale, une filière de
+valorisation de ces captures à l’échelle locale. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;La
+filière pêche et aquaculture, de l’aval à l’amont, est aujourd’hui forte
+utilisatrice de matériaux plastiques, carburants et autres produits chimiques.
+Il s’agira de trouver des solutions éco-responsables pour limiter les déchets
+issus des activités de la filière pêche et aquaculture, rechercher des
+solutions alternatives à l’utilisation de polystyrène pour la vente et la
+transformation des poissons, et réduire la consommation d’énergie et les
+émissions de carbone et soutenir des modes de production durables.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Développer
+des outils de gestion, de sensibilisation aux bonnes pratiques&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutenir
+des modes de production durables et rechercher des solutions alternatives aux
+matériaux utilisés&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Rechercher
+des potentiels de valorisation des coproduits de poissons et fruits de mer&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Engager
+une démarche d’économie circulaire des engins de pêche et du matériel
+ostréicole&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière de recyclage des engins de pêche&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Sensibilisation
+aux bonnes pratiques afin de diminuer les déchets marins &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+des solutions éco-responsables pour limiter les déchets&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place une filière à haute valeur des coproduits des poissons et fruits de
+mer&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Lutte
+et prévention des pollutions visibles, et également invisibles (produits
+chimiques) des cours d’eau et de la mer. &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Conception
+de solutions éco-responsables pour limiter les déchets issus de la filière
+pêche et aquaculture.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
+d’une pêche propre (biocarburants, hydrogène) &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutien
+à la création d’une filière de traitement des coproduits en partenariat avec
+les usines de transformation de notre territoire pour exploiter leurs
+coproduits en valorisant leurs propriétés nutritives, cosmétiques,
+pharmaceutiques des viscères, arrêtes, peaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière à haute valeur ajoutée des coproduits des produits de la mer et
+captures non-désirées&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+de nouvelles filières de recyclage, réutilisation et réduction des engins de
+pêche usagés&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
 Economie circulaire
-Agriculture et agroalimentaire
-[...3 lines deleted...]
-      <c r="O168" s="1" t="inlineStr">
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q168" s="1" t="inlineStr">
+      <c r="P175" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q175" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S168" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T168" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-accompagner-la-commercialisation-et-la-consommation-des-produits-locaux-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G169" s="1" t="inlineStr">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>163961</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°2 - Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I169" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K169" s="1" t="inlineStr">
+      <c r="I176" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J176" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
-[...9 lines deleted...]
-Alimentation
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face
+à une demande des consommateurs pour les produits et services de qualité, cette
+2ème fiche action est indissociable de
+la première pour garantir et maintenir la qualité de notre territoire. Elle
+repose donc sur l’offre de commercialisation et de consommation avec le
+développement de synergies et de mise en réseau entre les acteurs et filières à
+l’intérieur comme à l’extérieur du territoire.&lt;/p&gt;&lt;p&gt;Il
+s’agira de conforter et animer la démarche de circuits courts existante en
+augmentant le nombre de producteurs concernés et le nombre de lieux. La vente
+directe est un réel moyen de valoriser les produits, mais aussi le savoir-faire
+et les métiers, auprès de consommateurs friands des produits locaux. Afin de
+faciliter la vente directe, il sera nécessaire d’améliorer les conditions de
+vente en matière de structuration des étals, qui protégeront les vendeurs,
+consommateurs et produits. &lt;/p&gt;&lt;p&gt;Premier
+metteur en marchés des espèces halieutiques locales, la Criée de Fécamp Côte
+d’Albâtre organise des ramasses sur l’ensemble du littoral Normand. Il s’agit
+ainsi d’assurer la cohésion dans les sites de débarquement, à l’échelle de
+Fécamp et du Tréport, et bien au-delà avec un partenariat possible entre les
+criées normandes. Au-delà, il s’agira de structurer une offre de
+commercialisation globale sur notre territoire, pour élargir la vente et
+valoriser les produits de la mer. En partenariat avec les organismes de
+formation, des compétences spécifiques liées à la vente et à la préparation du
+produit pourraient être développés afin de permettre une montée en puissance du
+secteur. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;D’un
+point de vue de la consommation de produits locaux issus de la pêche et de
+l’aquaculture, elle est assez basse sur notre territoire. Il est primordial de
+faire découvrir nos produits aux consommateurs locaux en coordonnant le secteur
+de la pêche avec la restauration collective des structures publiques pour
+mettre à l’honneur les poissons locaux dans leurs cuisines. À cela, s’ajoute
+une volonté de faire mettre en avant par les chefs cuisiniers locaux les
+produits de la mer, avec la création de recettes emblématiques de notre
+territoire.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Renforcer
+les circuits courts et la vente directe&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Accompagner
+les restaurateurs locaux dans l’utilisation de produits de la mer locaux&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Améliorer
+la commercialisation des espèces locales&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Augmentation
+des points de vente des produits de la mer locaux &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
+de l’offre de commercialisation des produits de la mer sur notre territoire&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
+de la consommation locale des produits issus de la filière pêche et aquaculture
+locale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la visibilité des produits de la mer sur le territoire&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Progression
+des conditions de vente directe de produits halieutiques en matière de
+structuration des étals, notamment avec des étals/halles à poissons&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
+de partenariats avec des chefs cuisiniers reconnus autour d’un produit de la
+mer &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
+de la part de produits locaux issus de la pêche et aquaculture dans la
+préparation des restaurants et de la restauration collective.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
+des sites de débarquement liée à la commercialisation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la visibilité auprès du consommateur la vente directe et les circuits courts&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
 Commerces et services
-Tiers-lieux
+Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
-Biodiversité
+Innovation, créativité et recherche
+Emploi
 Attractivité économique
 Animation et mise en réseau
-Artisanat</t>
-[...19 lines deleted...]
-      <c r="T169" s="1" t="inlineStr">
+Artisanat
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P176" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q176" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="G170" s="1" t="inlineStr">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...24 lines deleted...]
-      <c r="K170" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
-[...366 lines deleted...]
-Friche
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
-Revitalisation
-[...5 lines deleted...]
-      <c r="O172" s="1" t="inlineStr">
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
-[...42 lines deleted...]
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="Q177" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W177" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G173" s="1" t="inlineStr">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...21 lines deleted...]
-      <c r="K173" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I178" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
-[...14 lines deleted...]
-Cours d'eau / canaux / plans d'eau
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
+Sports et loisirs
 Tourisme
-Forêts
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
 Jeunesse
-Famille et enfance
-Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
-Qualité de l'air
-Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-International
 Attractivité économique
-Appui méthodologique
-[...5 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
-[...4 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
-Bibliothèques et livres
-[...1 lines deleted...]
-Milieux humides
 Inclusion numérique
-Sécurité
-[...19 lines deleted...]
-      <c r="S173" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W178" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>165404</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets collaboratifs et citoyens pour accélérer les mutations et transitions du territoire</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA3</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I179" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J179" s="1" t="inlineStr">
+        <is>
+          <t>Pour les porteurs de projets publics, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le territoire connait de grands défis à relever pour faire face aux adaptations de nos modes de vies, afin d&amp;#039;atténuer le changement climatique et ses conséquences. La diminution nécessaire de nos émissions de CO2 et la raréfaction des ressources impose un exercice périlleux. En parallèle, la société connait de fortes mutations notamment dans ses modes de vie et ses rapports sociaux s&amp;#039;exprimant déjà à travers des initiatives de mutualisations et de coopération.&lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, elle doit s&amp;#039;appuyer sur ces initiatives citoyennes et collaboratives afin de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser l&amp;#039;émergence des EnR à travers des projets collectifs et citoyens&lt;/li&gt;&lt;li&gt;Participer à faire évoluer les pratiques et surtout les modèles d&amp;#039;organisations agricoles&lt;/li&gt;&lt;li&gt;Inciter au changement de pratiques en faveur de la transition écologique et énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Plutôt que d&amp;#039;être thématique, cette action se veut méthodologique, avec pour maitre mot la mutualisation et la collaboration au sein des projets accompagnés. Elle aborde le montage des projets qui seront accompagnés par LEADER pour une adaptation au plus proche des besoins (mutualiser et optimiser plutôt que produire et consommer) et une pérennité des initiatives menées. Cela afin de favoriser la montée en compétences des habitants et des élus du territoire, développer la capacité d&amp;#039;agir, encourager les dynamiques d&amp;#039;entraide entre les différentes parties prenantes et acteurs du territoire. Elle visera à accompagner la création de dynamiques partenariales, notamment pour de l&amp;#039;animation et de l&amp;#039;expertise au démarrage.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique:&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.1 : Accompagner les projets d&amp;#039;énergie citoyenne locale et renouvelable&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.1.1 : &lt;/strong&gt;Soutien aux actions participant au développement de projets EnR citoyennes et locales&lt;br /&gt;&lt;strong&gt;3.1.2 :&lt;/strong&gt; Accompagnement de concertations locales et animations pour l&amp;#039;émergence de collectifs&lt;br /&gt;&lt;strong&gt;3.1.3 :&lt;/strong&gt; Accompagnement d&amp;#039;ateliers d&amp;#039;auto-construction et d&amp;#039;expérimentations dans le cadre de projets collectifs&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.2 : Développer l&amp;#039;habitat participatif&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.2.1 : &lt;/strong&gt;Aménagement d&amp;#039;espaces, acquisition d&amp;#039;équipements mutualisés, et mise en place de services communs &lt;br /&gt;&lt;strong&gt;3.2.2 : &lt;/strong&gt;Actions participant au développement de l&amp;#039;habitat participatif sur le territoire&lt;br /&gt;&lt;strong&gt;3.2.3 : &lt;/strong&gt;Soutien à la mise en place de chantiers participatifs&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.3 : Mobiliser l&amp;#039;épargne et les ressources financières locales et alternatives&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.3.1 : &lt;/strong&gt;Création et accompagnement d&amp;#039;outils favorisant les financements alternatifs et locaux&lt;br /&gt;&lt;strong&gt;3.3.2 : &lt;/strong&gt;Soutien aux initiatives permettant le développement des financements alternatif ou locaux&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.4 : Développer l&amp;#039;économie collaborative par l&amp;#039;usage plutôt que la possession&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.4.1 : &lt;/strong&gt;Soutien aux créations et développement de services de prêt et de partage, entre habitants et collectivités &lt;br /&gt;&lt;strong&gt;3.4.2 :&lt;/strong&gt; Développement de systèmes de mutualisation de compétences, services, matériels&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.5 : Développer les outils collectifs et mutualisés et le développement de nouveaux modèles agricoles et forestiers&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.5.1 :&lt;/strong&gt; Appui à l&amp;#039;achat et à la mutualisation d&amp;#039;outils productifs, de transformation et distribution mutualisés&lt;br /&gt;&lt;strong&gt;3.5.2 : &lt;/strong&gt;Création et développement de systèmes agricoles et forestiers alternatifs et innovants&lt;br /&gt;&lt;strong&gt;3.5.3 : &lt;/strong&gt;Création, développement et animation d&amp;#039;espaces tests agricoles&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création de coopérative EnR, accompagnement des collectivités pour favoriser les installations collectives et les boucles d&amp;#039;autoconsommation, levée de fonds pour EnR citoyenne, soutien à un projet d&amp;#039;auto-construction, etc. ;&lt;/li&gt;&lt;li&gt;Accompagnement aux mairies pour PLU favorisant l&amp;#039;habitat participatif, accompagnement de collectifs pour la définition  d&amp;#039;un projet d&amp;#039;habitat participatif, action de communication pour l&amp;#039;habitat participatif, chantier de construction collectif, équipement collectif dans un habitat participatif rural, etc. ;&lt;/li&gt;&lt;li&gt;Soutien à une campagne de publicité et de communication pour capter les ressources financières locales, émergence de clubs deals, accompagnement aux campagnes de crowdfunding, accompagnement à une campagne de capital equity locale, animation territoriale pour faciliter la mobilisation de l&amp;#039;épargne locale, formation d&amp;#039;entreprises, etc. ;&lt;/li&gt;&lt;li&gt;Tiers-lieux thématiques, bibliothèque d&amp;#039;objets, service de prêt entre habitant, véhicules partagés, action de communication pour inciter au prêt, etc. ;&lt;/li&gt;&lt;li&gt;Régie agricole municipale pour alimenter une cuisine collective, accompagnement à l&amp;#039;espace public nourricier, espace test agricole, outil communal de transformation, outil mutualisé de transformation, actions de recensement des arbres fruitiers publics, création d&amp;#039;entreprise pour des forêts en gestions alternatives et vivantes, SCIC forestières, formation à la gestion forestière vivante, etc. ;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Personnes âgées
+Cohésion sociale et inclusion
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P179" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q179" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-collaboratifs-et-citoyens-pour-accelerer-les-mutations-et-transitions-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G174" s="1" t="inlineStr">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>165403</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les filières économiques et les acteurs en faveur de la valorisation des ressources locales</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA2</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I180" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J180" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;économie des territoires ruraux s&amp;#039;est tournée depuis des dizaines d&amp;#039;années vers l&amp;#039;extérieur et demeure très dépendante de fluctuations sur lesquels ils n&amp;#039;ont aucun contrôle. La crise du Covid puis la crise énergétique ont largement illustré ce fait et la fragilité qu&amp;#039;elles ont provoqué sur le territoire. Certains secteurs sont plus impactés que d&amp;#039;autres. Les acteurs institutionnels et économiques ont entamé, à travers diverses stratégies, un travail pour une autonomie du territoire grâce à la valorisation optimale des ressources présentes localement. Le maintien des activités et le développement de filières de proximité sur les territoires est un enjeu pour les populations et l&amp;#039;attractivité de ces territoires.&lt;/p&gt;&lt;p&gt;Cette fiche action a pour but d&amp;#039;identifier les leviers pour capter le potentiel des ressources directement sur le territoire. Ces ressources concernent notamment:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La requalification des déchets par le réemploi et la réutilisation&lt;/li&gt;&lt;li&gt;La valorisation de la ressource foncière du territoire&lt;/li&gt;&lt;li&gt;La valorisation des productions agricoles et alimentaires grâce à la mise en place de circuits courts et de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;appuyer la création de filières, ainsi que leur développement notamment par le soutien à des chainons manquants dans la chaine de la filière. Ces actions ont aussi pour but de valoriser les dynamiques de création d&amp;#039;emploi, notamment par des initiatives sociales et solidaires : actions de réutilisation des déchets, revalorisation des friches en changeant de destination par exemple, ou encore soutien à des acteurs dans les chaines de valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions:&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.1 : Développer le réemploi des matériaux et déchets&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.1.1 : &lt;/strong&gt;&lt;span&gt;Appui à l&amp;#039;émergence de filières et aux initiatives de réemploi, de réutilisation et de recyclage&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de low-tech&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.3 :&lt;/strong&gt;&lt;span&gt; Appui aux systèmes innovants de lutte contre le gaspillage alimentaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.2 : Revaloriser les friches agricoles, résidentielles et industrielles du territoire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.2.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux actions de valorisation du foncier communal en friche&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.2 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des terres et bâti agricole&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.3 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des bâtiments résidentiels et commerciaux abandonnés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.3 : Accompagner les structures valorisant les ressources locales &lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.3.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation des produits issus de ressources locales&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.2 :&lt;/strong&gt;&lt;span&gt; Actions favorisant l&amp;#039;alimentation en circuit court&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.3 :&lt;/strong&gt;&lt;span&gt; Actions de mise en valeur de la ressource oenotouristique du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.4 : Accompagner les structures valorisant les ressources archéologiques et le patrimoine vernaculaire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.4.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation et restauration du patrimoine archéologique et du patrimoine vernaculaire&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.4.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux projets participatifs permettant la valorisation du patrimoine archéologique et du patrimoine vernaculaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ressourcerie du bâtiment, déchets du bâtiment, développement de la consigne, soutien aux démarches de valorisation des déchets verts, formation et ateliers sur les démarches, lowtech, centre lowtech, commerce lowtech, repair café, participation aux évènements et salons lowtech hors territoire, centre de tri et réutilisation des textiles, etc. ;&lt;/li&gt;&lt;li&gt;Etude pour la réouverture d&amp;#039;une friche bâtie agricole, enquêtes de proximité, accompagnement à maitrise d&amp;#039;ouvrage, etc. ;&lt;/li&gt;&lt;li&gt;Création d&amp;#039;une unité de création de biomatériaux locaux, soutien aux entreprises transformant localement des ressources locales, campagne de promotion innovante, soutien de filières émergentes et entreprises de ces filières, accompagnement à la relocalisation de la filière alimentaire, mise en valeur de la ressource oenotouristique du territoire, etc. ;&lt;/li&gt;&lt;li&gt;Chantier participatif de restauration du patrimoine, action de valorisation et de vulgarisation d&amp;#039;un patrimoine archéologique, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Friche
+Transition énergétique
+Recyclage et valorisation des déchets
+Commerces et services
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P180" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q180" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous&lt;/u&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-filieres-economiques-et-les-acteurs-en-faveur-de-la-valorisation-des-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>90804</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la méthanisation</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la méthanisation</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I181" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif s&amp;#039;adresse à tous les projets d&amp;#039;unités de méthanisation, que la valorisation du biogaz soit en injection ou en cogénération, quelle que soit la typologie (agricole individuel ou collectif, territorial, industriel, boues de station d&amp;#039;épuration).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ La méthanisation contribue significativement aux objectifs de la région Nouvelle-Aquitaine en matière de transition énergétique. Ces derniers, rappelés dans la feuille de route Néoterra (ambition 6), portent sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réduction de 45% des émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation à 45% de la part des énergies renouvelables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La méthanisation constitue par ailleurs un levier de la transition agro-écologique des exploitations agricoles et offre des solutions de valorisation des déchets du territoire dans une logique d&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour aider au développement cette filière  très vertueuse et accompagner les porteurs de projet , la Région co-pilote avec l&amp;#039;ADEME le dispositif MethaN-Action. Visant à accompagner toutes les initiatives du territoire (de la phase d&amp;#039;émergence à l&amp;#039;exploitation) et à professionnaliser les maîtres d&amp;#039;ouvrage, ce dispositif  propose des circuits de visite, des formations, des journées techniques, des échanges avec le réseau des exploitants d&amp;#039;unité de méthanisation, des guides, des newsletters, etc...
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ La méthanisation contribue significativement aux objectifs de la région Nouvelle-Aquitaine en matière de transition énergétique. Ces derniers, rappelés dans la feuille de route Néoterra (ambition 6), portent sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réduction de 45% des émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation à 45% de la part des énergies renouvelables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La méthanisation constitue par ailleurs un levier de la transition agro-écologique des exploitations agricoles et offre des solutions de valorisation des déchets du territoire dans une logique d&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour aider au développement cette filière  très vertueuse et accompagner les porteurs de projet , la Région co-pilote avec l&amp;#039;ADEME le dispositif MethaN-Action. Visant à accompagner toutes les initiatives du territoire (de la phase d&amp;#039;émergence à l&amp;#039;exploitation) et à professionnaliser les maîtres d&amp;#039;ouvrage, ce dispositif  propose des circuits de visite, des formations, des journées techniques, des échanges avec le réseau des exploitants d&amp;#039;unité de méthanisation, des guides, des newsletters, etc...
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q181" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, l&amp;#039;étude de faisabilité doit impérativement être réalisée par un  bureau d&amp;#039;étude technique neutre et indépendant et doit répondre au cahier des charges type proposé par l&amp;#039;ADEME.
+ Le financement des études détaillées est conditionné à la fourniture d&amp;#039;une étude de faisabilité (réalisée par un bureau d&amp;#039;étude ou un constructeur).
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/soutien-la-methanisation</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Biogaz Chaleur renouvelable
+Direction de l&amp;#039;énergie et du climat
+&lt;/p&gt;
+&lt;p&gt;
+ 05 55 45 17 85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d4f-soutien-a-la-methanisation/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>90850</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et accompagner la transition vers l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Actions collectives dans l&amp;apos;économie circulaire</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagner les opérations visant à l&amp;#039;émergence de filières, de projets d&amp;#039;économie de la fonctionnalité, de partenariats inter-entreprises, de démarche d&amp;#039;écologie industrielle ou territoriales, de mise en relation clients/fournisseurs dans le cadre de circuits de proximité d&amp;#039;approvisionnement, de démarches d&amp;#039;accompagnement d&amp;#039;entreprises vers une prise en compte d&amp;#039;un ou plusieurs piliers de l&amp;#039;économie circulaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprises de toutes tailles, dont les associations et les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mission d&amp;#039;intérêt général : Subvention maximum de 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Porteur ≤ 5ans : Subvention maximum de 80 % plafonnés à 600 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;innovation : Subvention maximum de 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérateur transparent : selon régime
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/actions-collectives-dans-leconomie-circulaire</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+Direction de l&amp;#039;environnement : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  du lundi au vendredi de 9h à 18h sans interruption
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/29d6-actions-collectives-dans-leconomie-circulaire/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>90947</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives des lycéens et des apprentis dans le domaine de la transition écologique et énergétique - Sciences Grandeur Nature</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Sciences Grandeur Nature</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Le dispositif &amp;#34;Sciences Grandeur Nature&amp;#34; a pour objectif de soutenir les initiatives des lycéens et des apprentis dans le domaine de la transition écologique et énergétique.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+    &lt;/p&gt;
+    &lt;p&gt;
+     A travers cet appel à manifestation d&amp;#039;intérêt, la Région Nouvelle-Aquitaine souhaite, avec ses partenaires (Rectorats et DRAAF),
+     &lt;strong&gt;
+      encourager les lycéens et les apprentis à devenir des acteurs du changement en proposant dans leur établissement un projet
+     &lt;/strong&gt;
+     visant à :
+    &lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Découvrir les sciences
+  &lt;/strong&gt;
+  par la pratique expérimentale et par l&amp;#039;expérientiel d&amp;#039;un site naturel ou de production d&amp;#039;énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   et/ou :
+  &lt;/em&gt;
+  &lt;strong&gt;
+   Débattre des enjeux
+  &lt;/strong&gt;
+  relatifs à l&amp;#039;érosion de la biodiversité et au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q183" s="1" t="inlineStr">
+        <is>
+          <t>08/07/2028</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent se dérouler au cours des
+ &lt;strong&gt;
+  années scolaires 2020-2021 et 2021-2022.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers déposés seront étudiés tout au long de l&amp;#039;année, et les aides votées lors des différentes Commissions Permanentes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appel à manifestation d&amp;#039;intérêt est destiné aux lycéens et apprentis des niveaux infra bac et des classes de brevets de techniciens supérieurs (BTS), au sein des établissements suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lycées publics et privés sous contrat d&amp;#039;association avec l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lycées de l&amp;#039;enseignement agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maisons Familiales et Rurales (MFR)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements Régionaux d&amp;#039;Enseignement Adapté (EREA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centres de Formation d&amp;#039;Apprentis (CFA)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus seront sélectionnés suivant 4 critères principaux :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Un projet inscrit dans la vie de l&amp;#039;établissement : projet adopté en Conseil d&amp;#039;administration et inséré dans le cadre de l&amp;#039;action du Comité à l&amp;#039;Education à la Santé et à la Citoyenneté (CESC)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un projet se déroulant dans l&amp;#039;établissement ou à proximité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un ou une référent.e identifié.e pour la conduite et la coordination du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet des lycéens et apprentis devra intégrer :
+  &lt;/li&gt;
+ &lt;/ol&gt;
+ Une approche scientifique : temps dédié à la découverte des sciences par la pratique expérimentale et par l&amp;#039;expérience vécue sur un site naturel ou de production d&amp;#039;énergie
+&lt;p&gt;
+ Une mise en débat des enjeux, de leurs représentations et des solutions opérationnelles
+&lt;/p&gt;
+&lt;p&gt;
+ Un engagement concret en faveur de la biodiversité ou du climat dans l&amp;#039;établissement ou son environnement proche
+&lt;/p&gt;
+&lt;p&gt;
+ Une communication et une valorisation du projet
+&lt;/p&gt;
+&lt;p&gt;
+ Un échange entre établissements (critère facultatif).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dossier de demande d&amp;#039;aide est à télécharger ci-dessous, compléter et adresser :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  par courrier postal (voir plus bas)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   ou par courrier électronique suivant la répartition départementale
+  &lt;/p&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Départements 16, 17, 79, 86 : M. Julien Montepini - 05 17 84 36 76 - julien.montepini&amp;#64;nouvelle-aquitaine.fr
+   &lt;/li&gt;
+   &lt;li&gt;
+    Départements 33, 40, 47, 64 : Mme. Hélène Durand - 05 57 57 50 27-  helene.durand&amp;#64;nouvelle-aquitaine.fr
+   &lt;/li&gt;
+   &lt;li&gt;
+    Départements 19, 23, 24, 87 : M. Claude Chabrol - 05 55 45 17 59 - claude.chabrol&amp;#64;nouvelle-aquitaine.fr
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A NOTER : Soutien au montage du projet
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet peut être développé en lien avec une structure d&amp;#039;éducation à l&amp;#039;environnement (association disposant d&amp;#039;animateurs professionnels, formés à la pédagogie, ou expérimentés) qui pourra accompagner l&amp;#039;établissement dans le montage du projet, et le cas échéant, être présent pendant son déroulement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association
+ &lt;strong&gt;
+  Graine Nouvelle-Aquitaine
+ &lt;/strong&gt;
+ peut être contactée pour bénéficier d&amp;#039;un accompagnement gratuit, par un professionnel de l&amp;#039;éducation à l&amp;#039;environnement, afin d&amp;#039;imaginer votre projet, définir des objectifs et des actions, choisir et organiser le partenariat avec une structure locale d&amp;#039;éducation à l&amp;#039;environnement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/sciences-grandeur-nature</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Graine Nouvelle- Aquitaine - Jason Lapeyronie - jason.lapeyronie&amp;#64;graine-nouvelle-aquitaine.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Transition Ecologique et Territoires
+Direction de l&amp;#039;environnement
+14 rue François de Sourdis, CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 50 27 ou 05 57 57 80 58.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fdd-sciences-grandeur-nature/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>165320</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le territoire à travers l’exploitation de données ouvertes [FORMATION]</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation du territoire à travers l’exploitation de données ouvertes</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé : Atelier Canopé 21 Dijon
+Réseau Canopé : Atelier Canopé 25 Besançon
+Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
+Réseau Canopé : Atelier Canopé 58 Nevers
+Réseau Canopé : Atelier Canopé 70 Vesoul
+Réseau Canopé : Atelier Canopé 71 Macon
+Réseau Canopé : Atelier Canopé 89 Auxerre
+Réseau Canopé : Atelier Canopé 90 Belfort
+Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​En s’appuyant sur la méthodologie du Datasprint, les formateurs de Réseau Canopé accompagnent vos équipes à explorer les données produites sur un territoire et, à travers leur visualisation, à valoriser ce territoire autour d’une thématique de développement durable ciblée : l’évolution climatique, les mobilités, l’eau... &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​​Durée de la session&lt;/strong&gt; : 1 journée &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Objectifs de la formation&lt;/strong&gt; :  &lt;/p&gt;&lt;p&gt;​– Traiter des données et en extraire une problématique liée au développement durable. &lt;/p&gt;&lt;p&gt;​– Créer des datavisualisations pour mettre en évidence les enjeux de la problématique choisie. &lt;/p&gt;&lt;p&gt;​– Appréhender le format datasprint et être capable d’en traverser les différentes étapes.​ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;​​Valoriser un bilan d’actions sur un territoire &lt;/li&gt;&lt;li&gt;​Mettre en évidence les évolutions des comportements sur un territoire  &lt;/li&gt;&lt;li&gt;​Visualiser graphiquement pour les rendre lisibles des données nombreuses et/ou complexes&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;.​​Réunir une équipe projet de 15 participants maximum, en présentiel​.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​Pour plus d&amp;#039;information prenez contact avec l&amp;#039;Atelier Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank" rel="noreferrer noopener"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt;​ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>christel.renaud@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-valoriser-le-territoire-a-travers-lexploitation-de-donnees-ouvertes/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>164743</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'investissement des transitions - Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;investissement des transitions - Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif accompagne la réalisation des projets de transition de la petite entreprise vers des modèles plus responsables (Responsabilité Sociétale des Entreprises - RSE) et favorise l&amp;#039;économie circulaire, les circuits courts et l&amp;#039;approvisionnement local. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consolider financièrement les projets de développement permettant l&amp;#039;entreprise d&amp;#039;engager ses transitions,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser les circuits courts et l&amp;#039;approvisionnement local,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Limiter et valoriser les déchets, réutiliser et réemployer des outils de production au travers de l&amp;#039;économie circulaire.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Cette aide est accordée sur les coûts d&amp;#039;investissement dans les actifs corporels ou incorporels ainsi que les dépenses liées au conseil et au recrutement relatives à la réalisation du projet. Pour ces dernières, elles ne doivent pas dépasser la moitié des dépenses éligibles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne sont pas éligibles : les dépenses liées à l’acquisition de véhicules, à l’obtention d’une certification ou d’une norme réglementaire et au financement en crédit-bail.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La région fixe un taux d&amp;#039;intervention maximum de 35% du montant de l&amp;#039;investissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;aide régionale ne pourra pas dépasser 50 000 € au titre de cette aide et n&amp;#039;interviendra pas si le montant des investissements ne dépasse pas 10 000 € hors taxes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La modulation du taux s&amp;#039;effectue selon l&amp;#039;adéquation du projet avec la feuille de route Néo Terra et/ou la localisation de l&amp;#039;entreprise sur les territoires prioritaires régionaux (territoires d’industrie, CADET, QPV…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise de moins de 10 salariés et chiffre d&amp;#039;affaire ou bilan inférieur à 2 millions d&amp;#039;euros (TPE), enregistrée au Registre national des entreprises, dans les secteurs du commerce, de l&amp;#039;industrie, des services et de l&amp;#039;artisanat. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne sont pas éligibles : l&amp;#039;hôtellerie, les campings et les gîtes (ils relèvent des dispositifs spécifiques liés aux activités touristiques).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour solliciter une aide à la transition, le dirigeant d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Avoir réalisé un accompagnement préalable auprès des structures adéquates,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous pouvez être accompagné dans votre projet par toute structure qui vous semble compétente ( CCI, Chambre des Métiers, ADI - Agence de Développement et de l&amp;#039;Innovation de Nouvelle-Aquitaine, votre EPCI, cabinets spécialisés..) pour vous accompagner dans :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La définition de votre stratégie et de votre plan d&amp;#039;action&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La recherche de financement et de partenaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La complétude et le dépôt de votre dossier de demande d&amp;#039;aide régionale.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/aide-linvestissement-des-transitions-tres-petites-entreprises-tpe</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>Pour solliciter une aide régionale dans le cadre du dispositif d’aide à l&amp;#039;investissement des transitions, le dirigeant d’entreprise dépose un dossier de demande de financement à la Région accompagné des différentes pièces justificatives dont la charte d’engagement signée.</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linvestissement-des-transitions-tres-petites-entreprises-tpe/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>164417</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Structurer les filières prioritaires et permettre l'émergence d'activités particulièrement innovantes</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Rendre l'économie rurale plus résiliente en soutenant les activités à fort ancrage local - Structurer les filières prioritaires et permettre l'émergence d'activités particulièrement innovantes</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
-[...36 lines deleted...]
-          <t>Recyclage et valorisation des déchets
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I186" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J186" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Trois filières prioritaires ont été identifiées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Alimentation : diversité de produits alimentaires locaux associés aux valeurs gastronomiques véhiculées par les acteurs locaux (producteurs, transformateurs, distributeurs, consommateurs).&lt;/p&gt;&lt;p&gt;− Forêt-bois : très présente et structurante pour l’emploi local avec la présence d’entreprise de transformation (scierie, menuiserie, fabricants d’isolants, constructeurs…) ses potentiels demeurent insuffisamment exploités (ex : construction, production d’énergie).&lt;/p&gt;&lt;p&gt;− Textile : patrimoine industriel du territoire, la valeur ajoutée de la filière textile ligérienne s’exprime par une spécialisation sur des compétences de niche avec des textiles techniques (médical, sport) et des textiles haut de gamme pour les grandes marques de luxe. L’ancrage territorial passera également par la fourniture de matières premières issues de l’agriculture locale : le chanvre et la laine.&lt;/p&gt;&lt;p&gt;Outre leur caractère structurant pour l’économie ligérienne, ce choix s’est opéré également en raison :&lt;/p&gt;&lt;p&gt;− Des politiques d’accompagnement sur l’ensemble du territoire du GAL, dont elles font l’objet et qui se sont concrétisées par des labellisations (« Projets Alimentaires Territoriaux » et « Territoires d’Industrie ») ;&lt;/p&gt;&lt;p&gt;− Du rôle primordial qu’elles jouent dans la préservation de la biodiversité et de la ressource en eau. Il est donc nécessaire de les accompagner pour limiter l’impact écologique de leurs activités, et de les protéger des aléas climatiques et des crises énergétiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL Loire ambitionne également de soutenir la création ou le développement de nouvelles filières ou activités liées à une ressource locale&lt;/strong&gt;. Les projets soutenus devront être innovants, structurants et résilients. A titre informatif et sans présenter une liste exhaustive, plusieurs ressources locales, constituant des potentiels pour l’avenir, ont été identifiées :&lt;/p&gt;&lt;p&gt;− Les matériaux biosourcés issus totalement ou partiellement de la biomasse (colza, miscanthus, balle de riz, paille, anas de lin, liège, rafle de maïs, roseau, laine de mouton) ;&lt;/p&gt;&lt;p&gt;− Les matériaux géo-sourcés d’origine minérale tels que la terre crue ou la pierre sèche qui, lorsqu’ils sont locaux et peu transformés, présentent une faible empreinte environnementale. Ils peuvent aussi être issus du réemploi ou de la valorisation des déchets, de sous-produits ;&lt;/p&gt;&lt;p&gt;− Les Plantes à Parfum Aromatiques et Médicinales (PPAM) pour lesquelles un bassin de production se développe dans la Loire ;&lt;/p&gt;&lt;p&gt;− Le chanvre, historiquement produit dans la Loire, fait l’objet d’une relance économique par le biais de transformations multiples (huile, savon, isolant…) hors graines alimentaires et textiles.&lt;/p&gt;&lt;p&gt;Les projets s’inscrivant dans le champ de l’économie circulaire et/ou de l’écologie industrielle sont recherchés.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Agir ensemble sur les chaînes de valeur des filières prioritaires locales&lt;/p&gt;&lt;p&gt;− Favoriser l’émergence de filières ou activités nouvelles liées à une ressource locale&lt;/p&gt;&lt;p&gt;− Créer une culture commune autour des ressources pour l’ensemble des acteurs (entreprises, institutions publiques, habitants)&lt;/p&gt;&lt;p&gt;− Limiter l’impact écologique des activités économiques&lt;/p&gt;&lt;p&gt;− Protéger les entreprises des aléas climatiques et des crises énergétiques&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologiques et énergétiques :&lt;/p&gt;&lt;p&gt;     * Valoriser les ressources locales tout en préservant la biodiversité, la ressource en eau, en limitant les intrants et en les protégeant des aléas climatiques&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant en soutenant des projets de réutilisation, réemploi, d’écoconception&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser la création d’activités à faible bilan carbone&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers par la mise en réseau d’acteurs et la conduite d’actions collectives&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets suivants :&lt;/p&gt;&lt;p&gt;− La production, transformation, distribution ou commercialisation de biens et services ;&lt;/p&gt;&lt;p&gt;− Les stratégies territoriales ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel ;&lt;/p&gt;&lt;p&gt;− La mise en réseau des acteurs ;&lt;/p&gt;&lt;p&gt;− Le renforcement de la synergie entre les activités à fort ancrage territorial local ;&lt;/p&gt;&lt;p&gt;− La sensibilisation et l’accompagnement à la création-reprise d’activités notamment pour les secteurs dont le métier est en tension ;&lt;/p&gt;&lt;p&gt;− La sensibilisation aux enjeux de l’économie circulaire, de l’emploi durable et de la mobilité décarbonée ;&lt;/p&gt;&lt;p&gt;− Information et sensibilisation des consommateurs ;&lt;/p&gt;&lt;p&gt;− Les tiers-lieux innovants à vocation économique permettant le développement d’une ou plusieurs filières.&lt;/p&gt;&lt;p&gt;Les caractères innovants, structurants, résilients et le fort ancrage local du projet s’appréciera au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;A ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de production, transformation, distribution ou commercialisation de biens et services éligibles aux dispositifs FEADER ;&lt;/p&gt;&lt;p&gt;→ Les stratégies territoriales éligibles au dispositif FEADER T01 ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 7.5.2.1 du FEDER : Soutenir les filières spécifiques : forêt/bois, textile/cuir/laine et pierre.&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 1.1.1.4 du FEDER : Animer la stratégie régionale d’innovation&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− Les activités touristiques basées sur les savoir-faire locaux (éligible à l’AAP 2.1).&lt;/p&gt;&lt;p&gt;− Les foires et manifestations&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ancrage territorial local : C’est le processus et le résultat d’interactions entre entreprise et territoire, fondés sur la création collective de ressources communes, spécifiques et localisées, permettant une longue période de sédentarité d’une entreprise.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
 Economie circulaire
-Mers et océans</t>
-[...44 lines deleted...]
-      <c r="T174" s="1" t="inlineStr">
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P186" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q186" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions ;&lt;/p&gt;&lt;p&gt;− Les grandes entreprises (hors collectivités, sociétés avec de l’actionnariat public et SCIC).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à l’une des conditions suivantes :&lt;/p&gt;&lt;p&gt;     o Soit en lien avec, a minima, l’une des filières identifiées comme prioritaire au titre de cet appel à projets (alimentation, forêt et bois, textile),&lt;/p&gt;&lt;p&gt;     o Soit en lien avec l’exploitation d’une autre ressource identifiée comme locale.&lt;/p&gt;&lt;p&gt;Dans les deux cas, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB&lt;/strong&gt; : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements.&lt;/p&gt;&lt;p&gt;Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 80 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_1_FILIERES_Approuve-1.pdf</t>
+        </is>
+      </c>
+      <c r="W186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si votre projet peut être éligible à l&amp;#039;accompagnement technique et financier LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne Métropole)&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/structurer-les-filieres-prioritaires-et-permettre-lemergence-dactivites-particulierement-innovantes/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C175" s="1" t="inlineStr">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>164416</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G175" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I187" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J187" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
+transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Transition énergétique
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P187" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q187" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T187" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
+        </is>
+      </c>
+      <c r="W187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
+04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>163834</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projet de coopération</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H175" s="1" t="inlineStr">
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I175" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K175" s="1" t="inlineStr">
+      <c r="I188" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J188" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Accès aux services
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTRIBUTIONS AUX OBJECTIFS DE LA STRATEGIE :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La coopération constitue l’un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d’innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d’autres territoires, nationaux ou européens, et à favoriser les recherches d’expériences, de pratiques, de savoir-faire.&lt;br /&gt;La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s’enrichir de l’expérience de partenaires, acquérir de nouvelles compétences, favoriser l’échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.&lt;br /&gt;Les effets attendus sont d’apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l’ouverture vers l’extérieur.&lt;br /&gt;La coopération peut prendre les formes suivantes :&lt;br /&gt;- La coopération « interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;br /&gt;- La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu’avec des territoires de pays tiers (hors UE)&lt;strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en oeuvre d’actions de coopération doit constituer un levier pour répondre à l’ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d’action.&lt;/p&gt;&lt;p&gt;Seront soutenues :&lt;/p&gt;&lt;p&gt;- La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d’actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d’un partenariat, organisation de réunions…&lt;/p&gt;&lt;p&gt;- La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire&lt;/p&gt;&lt;p&gt;Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en oeuvre conjointement par les partenaires, assorties d’objectifs de résultats clairement définis pour les partenaires et les territoires concernés.&lt;/p&gt;&lt;p&gt;Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :&lt;/p&gt;&lt;p&gt;Services et équipements de proximité, sport, culture, loisirs, santé, patrimoine, tourisme, mobilité, circuits de proximité, transition énergétique et économie locale.&lt;/p&gt;&lt;p&gt;La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s’ouvrir à d’autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Transition énergétique
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Biodiversité
+International
+Attractivité économique
+Artisanat
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P188" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q188" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;Un accord de partenariat (ou projet d’accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T188" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W188" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-locale/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>163815</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Mieux-vivre ensemble dans une ruralité attractive et dynamique</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Programme Leader du GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Pays Dunois
+Communauté Coeur de Beauce</t>
+        </is>
+      </c>
+      <c r="F189" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I189" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 80</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;LEADER est un programme européen de développement rural, destiné à soutenir des projets portés par les acteurs locaux.&lt;/p&gt;&lt;p&gt;Il a été attribué une enveloppe de 1,2 millions d&amp;#039;euros sur la période 2023-2027 pour financer son programme d&amp;#039;actions.&lt;/p&gt;&lt;p&gt;La stratégie se décline en trois axes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1- Vivre ensemble dans une ruralité attentive aux liens sociaux &lt;/strong&gt;(lien social et intergénérationnel citoyenneté, actions culturelles participatives)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2- Mieux vivre dans une ruralité au cadre de vie préservé &lt;/strong&gt;(transition écologique, santé)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3- Vivre dans une ruralité attractive, accessible et aux filières dynamiques &lt;/strong&gt;(mobilité, nouvelles filières économiques, actions touristiques)&lt;/p&gt;&lt;p&gt;Les projets présentés doivent s&amp;#039;inscrire dans un ou plusieurs de ces axes et se dérouler sur le périmètre du GAL (Pays Dunois / Communauté de communes coeur de beauce) pour être éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples de projets soutenus sur le précédent programme Leader :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur d&amp;#039;une solidarité territoriale : pôle multi-activités pour une association d&amp;#039;aides à domicile, habitat inclusif &lt;/li&gt;&lt;li&gt;Aménagements d&amp;#039;espaces naturels à vocation pédagogique / artistique&lt;/li&gt;&lt;li&gt;Recrutement de personnel sur des thématiques innovantes : manager de commerce, chargé de projet alimentaire&lt;/li&gt;&lt;li&gt;Développement touristique et culturel : outils de visite d&amp;#039;un musée, valorisation d&amp;#039;un itinéraire cyclotouristique, festival culturel itinérant&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Personnes âgées
+Famille et enfance
+Accès aux services
 Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Consommation et production
+Agriculture et agroalimentaire
 Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Paysage
+Accessibilité
 Attractivité économique
-Artisanat
-[...1 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
-[...34 lines deleted...]
-      <c r="T175" s="1" t="inlineStr">
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les seuils d&amp;#039;éligibilité (dépenses comprises entre 7815 et 156 250 € pour un privé et entre 6250 € et 125 000 € pour un public)&lt;/li&gt;&lt;li&gt;Répondre aux critères de sélection du GAL Beauce Dunois : Caractère pilote, lien avec la stratégie, prise en compte des priorités de l&amp;#039;UE, partenariats, participation des bénéficiaires, cohérence technique et financière&lt;/li&gt;&lt;li&gt;Être auditionnés et retenus par le comité de programmation du GAL Beauce Dunois sur la base de ces critères de sélection&lt;/li&gt;&lt;li&gt;Obtenir un autre financement national (Commune, Département, Région, Etat..)&lt;/li&gt;&lt;li&gt;Ne pas avoir commencé avant le dépôt de la demande&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-dunois.fr/</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Assistante administrative : &lt;a target="_self"&gt;secretaire&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Animatrice Leader :&lt;a target="_self"&gt;galbeaucedunois&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 37 96 63 96&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>secretaire@pays-dunois.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mieux-vivre-ensemble-dans-une-ruralite-attractive-et-dynamique-leurope-soutient-les-projets-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-[...495 lines deleted...]
-      <c r="A180" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>163767</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>ADEME
 Agence Nationale de l'Habitat (ANAH)
 Agences de l'eau
 Agence nationale de la cohésion des territoires (ANCT)
 ALEC 42 - Agence Locale de l'Energie et du Climat
 Agence Nationale pour la Rénovation Urbaine (ANRU)
 SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
 DDT de la Loire</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -37710,4584 +39360,2058 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W180" s="1" t="inlineStr">
+      <c r="W190" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C181" s="1" t="inlineStr">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>163581</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="G181" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Financement européen LEADER</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Plateau de Saclay</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
-Agriculteur</t>
-[...43 lines deleted...]
-Tiers-lieux
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I191" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet sur le Plateau de Saclay ?&lt;/p&gt;&lt;p&gt;Le programme LEADER, un dispositif de l&amp;#039;Union européenne, vise à soutenir financièrement des initiatives locales sur le Plateau de Saclay pour la période 2023-2027. Le Groupe d&amp;#039;Action Locale (GAL) du Plateau de Saclay dispose d’une enveloppe de 1,4 million d’euros pour encourager le développement territorial à travers des thématiques variées : agriculture, recherche, pédagogie, innovation, environnement, etc.&lt;/p&gt;&lt;p&gt;Que vous soyez un acteur public ou privé (élus, collectivités, chambres consulaires, entreprises, associations, etc.), vous pouvez bénéficier d’un financement LEADER si votre projet se situe, en tout ou partie, sur le Plateau de Saclay.&lt;/p&gt;&lt;p&gt;Les projets éligibles sont examinés par un comité de programmation, qui se réunit 3 à 4 fois par an. Ce comité, composé d’élus et d’acteurs locaux, sélectionne les projets à soutenir.&lt;/p&gt;&lt;p&gt;Pour plus d’informations ou pour soumettre votre idée, n’hésitez pas à contacter l’équipe du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;blockquote&gt;&lt;p&gt;Voici quelques exemples de thématique accompagnés par le GAL du Plateau de Saclay :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1er thématique : Préserver les espaces agricoles et ruraux, essentiels pour l&amp;#039;équilibre territorial &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;- Sensibilisation aux enjeux de l&amp;#039;agriculture et à son fonctionnement en contexte périurbain&lt;/blockquote&gt;&lt;blockquote&gt;- Accompagnement et aménagement de l&amp;#039;espace pour maintenir et faciliter l&amp;#039;activité agricole&lt;/blockquote&gt;&lt;blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;2e thématique : Accompagner l&amp;#039;évolution de l&amp;#039;agriculture et des filières pour une alimentation locale, saine, de qualité et accessible à tous &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;- Installation, transmission et développement de nouvelles productions agricoles locales &lt;/span&gt;&lt;/blockquote&gt;&lt;blockquote&gt;- Transformation alimentaire de produits locaux et réduction du gaspillage &lt;/blockquote&gt;&lt;blockquote&gt;- Soutien à la structuration de filières et des circuits de distribution et de consommation des produits locaux&lt;/blockquote&gt;&lt;blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;3e thématique : Accompagner la transition pour répondre aux grands enjeux environnementaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- Valoriser et accompagner l&amp;#039;utilisation des espaces agricoles, naturels et forestiers dans la lutte contre le changement climatique&lt;/p&gt;&lt;p&gt;- Développer l&amp;#039;économie circulaire et le recyclage de la matière organique&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;4e thématique : Soutenir l&amp;#039;émergence de projets innovants qui répondent aux enjeux sociétaux en mobilisant la dynamique Paris-Saclay &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- Nourrir les synergies entre acteurs&lt;/p&gt;&lt;p&gt;- Construire de nouveaux espaces expérimentaux &lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Soutenir aux projets de recherche appliquée&lt;/p&gt;&lt;/blockquote&gt;&lt;p&gt;Ces thématiques montrent la diversité des initiatives soutenues, toutes centrées sur le développement local du Plateau de Saclay.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Forêts
+Sols
 Economie circulaire
-Economie locale et circuits courts
 Agriculture et agroalimentaire
-Economie sociale et solidaire
-Revitalisation
 Innovation, créativité et recherche
-Biodiversité
-[...17 lines deleted...]
-      <c r="S181" s="1" t="inlineStr">
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P191" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q191" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réalisation des dépenses de mon projet doit se situer sur le territoire du GAL, sauf cas exceptionnel ou projet de coopération.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mes dépenses prévisionnelles s’inscrivent dans la liste des coûts éligibles et je fais partie de la liste des bénéficiaires potentiels (voir page suivante).&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;J’ai au moins un autre cofinancement public. En effet, le soutien financier de l’Union Européenne vient en complément des aides nationales, régionales et locales.&lt;/li&gt;&lt;li&gt;Je n’ai pas commencé à engager le projet: factures payées, devis signés...&lt;/li&gt;&lt;li&gt;Mon projet n’est pas finançable par d’autresmesures ou dispositifs de subvention du FEADER* (contacter l’équipe technique pour plus d’informations).&lt;/li&gt;&lt;li&gt;Je dispose d’une trésorerie suffisante dans l’attente du versement de la subvention à la fin du projet sur présentation des factures acquittée.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>GAL Plateau de Saclay</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://terreetcite.org/concretiser-projets/avec-le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_self"&gt;leader&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank"&gt;sterenn.benoit&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>sterenn.benoit@terreetcite.org</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-liaison-entre-actions-de-developpement-de-leconomie-rurale/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C182" s="1" t="inlineStr">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>163237</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement territorial sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G182" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 3</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H182" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I182" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K182" s="1" t="inlineStr">
+      <c r="I192" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J192" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
-[...14 lines deleted...]
-Tourisme
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
 Transition énergétique
-Alimentation
-Commerces et services
 Economie circulaire
 Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
 Biodiversité
-International
-Attractivité économique
 Artisanat
-Spectacle vivant
-[...3 lines deleted...]
-      <c r="O182" s="1" t="inlineStr">
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P182" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q182" s="1" t="inlineStr">
+      <c r="P192" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="Q192" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T182" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
-[...33 lines deleted...]
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G183" s="1" t="inlineStr">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>163236</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Oeuvrer pour un territoire de proximité, solidaire et inclusif</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 2</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I193" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J193" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000€ et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les modes de vie, les aspirations, les besoins de mobilité et d’habitat des habitants du territoire ont évolué ces dernières années sans qu’il n’y ait de changements dans la manière d’aménager les espaces urbains et ruraux. Les différentes crises et mutations sociétales invitent à repenser les espaces afin de prendre en compte les préoccupations et les besoins des citoyens du territoire.&lt;/p&gt;&lt;p&gt;L’offre de services et d’infrastructures doit répondre à la diversité des besoins de ses habitants.&lt;/p&gt;&lt;p&gt;A travers sa candidature, le GAL du PETR Pays de Ploërmel – Coeur de Bretagne souhaite développer des environnements physiques, numériques et sociaux réfléchis et accessibles pour toutes et tous.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La programmation viendra apporter son soutien aux projets favorisant une société solidaire et inclusive à travers divers enjeux :&lt;/li&gt;&lt;li&gt;La mobilité&lt;/li&gt;&lt;li&gt;L’accès au numérique, la création d’espace de coopération&lt;/li&gt;&lt;li&gt;L’habitat&lt;/li&gt;&lt;li&gt; L’aménagement du territoire et inclusion&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;De façon transversale, le PETR viendra soutenir l’expérimentation et l’innovation des projet. Il s’agira de travailler sur les questions d’accessibilité (physique, numérique, …), de lien (social, intergénérationnel), d’égalité (femme/homme) et de participation (démocratie participative) répondant à un objectif de développement durable et de cohésion sociale.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets de mobilité multimodale ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation et d’incitation des entreprises sur les alternatives au transport individuel ;&lt;/li&gt;&lt;li&gt;Aménagements en faveur des mobilités douces ;&lt;/li&gt;&lt;li&gt;Dispositifs de mobilités physiques alternatives ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions de moblités ;&lt;/li&gt;&lt;li&gt;Installation d’équipements permettant d’encourager la continuité des mobilités douces entre les arrêts de transports en commun et le domicile ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accessibilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions permettant l’accessibilité numérique à tous les publics ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité des personnes porteuses de handicap aux services ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité physique des services ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions d’accessibilité ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cohésion sociale :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, aménagement et équipement de locaux mutualisés ;&lt;/li&gt;&lt;li&gt;Rénovation ou création, aménagement et équipement de lieux favorisant le lien social ou intergénérationnel ;&lt;/li&gt;&lt;li&gt;Actions de démocratie participative ;&lt;/li&gt;&lt;li&gt;Dispositif visant à réduire les inégalités homme-femme ;&lt;/li&gt;&lt;li&gt;Action de sensibilisation et d’information sur l’égalité homme-femme ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux besoins de la population ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Habitat :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions favorisant l’émergence de nouveaux modes d’habitat ;&lt;/li&gt;&lt;li&gt;Actions en faveur des habitats inclusifs et habitats partagés ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions pour l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositif d’auto-partage ;&lt;/li&gt;&lt;li&gt;Plan piéton ;&lt;/li&gt;&lt;li&gt;Carte des aménagements cyclables ;&lt;/li&gt;&lt;li&gt;Guide des mobilités douces ;&lt;/li&gt;&lt;li&gt;Formation à la pratique du vélo ;&lt;/li&gt;&lt;li&gt;Parking à vélo ;&lt;/li&gt;&lt;li&gt;Totem de réparation de vélo ;&lt;/li&gt;&lt;li&gt;Sites internet accessibles à tous ;&lt;/li&gt;&lt;li&gt;Transcription en braille d’une exposition pour le public malvoyant ;&lt;/li&gt;&lt;li&gt;Dispositif de transcription de la parole en direct pour le public sourd et malentendant ;&lt;/li&gt;&lt;li&gt;Guide sur l’égalité professionnelle homme-femme ;&lt;/li&gt;&lt;li&gt;Animation d’une concertation citoyenne pour l’élaboration d’une polique publique ;&lt;/li&gt;&lt;li&gt;Mise en place d’une convention citoyenne sur l’avenir du territoire ;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mobilité fluviale
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P193" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2023</t>
+        </is>
+      </c>
+      <c r="Q193" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet devra faire l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Cette grille se compose de quatre critères qui donnent une note globale, laquelle définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus des critères complémentaires sont à prendre en compte pour les projets de&lt;span&gt; création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T193" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ploermel.fr/</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/oeuvrer-pour-un-territoire-de-proximite-solidaire-et-inclusif/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>163690</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Innover durablement par le design</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Innover durablement par le design</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I183" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
-[...63 lines deleted...]
-Formation professionnelle
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez des projets innovants, la Région vous propose un dispositif d&amp;#039;accompagnement et de maturation de vos projets par le design.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renforcer votre souveraineté par l&amp;#039;innovation responsable&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir l&amp;#039;innovation au service de l&amp;#039;humain&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accélérer votre compétitivité au service des transitions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Etude des dossiers : au fur et à mesure de la réception des dossiers&lt;/p&gt;&lt;p&gt;Prise de décision : après accusé de réception de la saisine&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Forfait  selon la nature du projet, le type de structure, l&amp;#039;engagement de l&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;ou&lt;/p&gt;&lt;p&gt;Taux maximum de 50  % du montant du projet &amp;#34;sec&amp;#34;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles seront étudiées à réception de la demande d&amp;#039;aide et sont conditionnées à la prise en compte d&amp;#039;un prestataire externe (designer, bureau d&amp;#039;études...)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Forêts
+Technologies numériques et numérisation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
-Emploi
 Attractivité économique
-Animation et mise en réseau
 Artisanat
-Mers et océans</t>
-[...75 lines deleted...]
-      <c r="AA183" s="1" t="inlineStr">
+Industrie</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises; TPE à titre exceptionnel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Groupement d&amp;#039;intérêt économique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Laboratoires de recherche pour des projets collaboratifs avec des entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Siège du porteur du projet en Nouvelle-Aquitaine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Taille de l&amp;#039;entreprise&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Adhésion ou non à un parcours régional&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/innover-durablement-par-le-design</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Adressez un email expliquant le projet à :&lt;/p&gt;&lt;p&gt;dynamique.design&amp;#64;nouvelle-aquitaine.fr &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-durablement-par-le-design/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G184" s="1" t="inlineStr">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>163086</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action 4 - Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F195" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...1175 lines deleted...]
-Intercommunalité / Pays
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I194" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I195" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
-[...17 lines deleted...]
-Alimentation
+      <c r="J195" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La stratégie accompagnera les initiatives sociales, écologiques, solidaires et citoyennes pour porter des projets expérimentaux d’innovation sociale et écologique. Le territoire du GAL Sud Gironde aspire à des projets favorisant la coopération, la mutualisation et la solidarité entre acteurs, prenant en compte les enjeux du développement durable. Le territoire du Sud Gironde aidera les initiatives qui permettent de sensibiliser la population à ces enjeux et qui favorisent des changements de pratiques individuelles ou collectives. Cette fiche action est dédiée aux projets intégrants une innovation et une expérimentation sociale, écologique et / ou environnementale dans un projet de développement rural.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Opérations d’animations et conception d’outils de communications ; Tiers-lieux et lieux d’échanges et de partage ; Epicerie sociale et solidaire ; Café associatif, espaces de vie sociale ; Actions autour du lien intergénérationnel&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-[...7 lines deleted...]
-      <c r="O194" s="1" t="inlineStr">
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="P195" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q195" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
-[...143 lines deleted...]
-      </c>
       <c r="R195" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S195" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T195" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U195" s="1" t="inlineStr">
         <is>
-          <t>PAYS CALAISIS</t>
+          <t>GAL Sud Gironde</t>
         </is>
       </c>
       <c r="V195" s="1" t="inlineStr">
         <is>
-          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="W195" s="1" t="inlineStr">
+        <is>
+          <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
       <c r="X195" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y195" s="1" t="inlineStr">
         <is>
-          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+          <t>leader@polesudgironde.fr</t>
         </is>
       </c>
       <c r="Z195" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde-1/</t>
         </is>
       </c>
       <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:27" customHeight="0">
       <c r="A196" s="1">
-        <v>164104</v>
+        <v>163040</v>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Encourager les initiatives locales, culturelles, patrimoniales et citoyennes</t>
+          <t>Soutenir l’artisanat local et les commerces de proximité du Pays d'Auge tout en encourageant les circuits courts et les modes de consommation responsables</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E196" s="1" t="inlineStr">
         <is>
-          <t>Pays du Calaisis</t>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
         </is>
       </c>
       <c r="G196" s="1" t="inlineStr">
-        <is>
-[...288 lines deleted...]
-      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I198" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K198" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
-[...45 lines deleted...]
-Personnes âgées
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bien qu’étant un territoire très attractif, le Pays d’Auge souffre de disparités en matière de dynamisme économique et d’accès pour tous à des services marchands de proximité. Certaines zones rurales sont en effet confrontées à des problématiques de vacances commerciales, de sous-développement du tissu artisanal et de disparition des commerces de proximité, faute de repreneurs. Participant à 6 des 59 objectifs du SRADDET, cette fiche-action rend indispensable le maintien et le renforcement des commerces de proximité et l’artisanat local afin d’assurer un développement équilibré du territoire, facteur de bien-être des habitants, d’emplois et d’attractivité touristique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Permettre à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural &lt;/li&gt;&lt;li&gt;Soutenir les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Encourager les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Soutenir les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, modernisation et développement de &lt;strong&gt;commerces de proximités et d’activités artisanales dans les centre-bourgs &lt;/strong&gt;(communes de moins de 10 000 habitants / pour les créations une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Opérations visant à réhabiliter des &lt;strong&gt;friches industrielles et économiques&lt;/strong&gt; (études)&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination/coopération entre les acteurs locaux&lt;/strong&gt; et à valoriser les démarches collectives &lt;/li&gt;&lt;li&gt;Soutien à l&amp;#039;élaboration de &lt;strong&gt;plans d&amp;#039;action locaux pour le développement économique&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Expérimentations de &lt;strong&gt;nouvelles formes de commerces innovantes&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien au développement de &lt;strong&gt;lieux participatifs&lt;/strong&gt; (commerces autogérés, cafés associatifs, tiers-lieux)&lt;/li&gt;&lt;li&gt;Aides à la création ou au développement des &lt;strong&gt;petites entreprises dans le champ de l’économie sociale et solidaire (ESS) et de l’économie circulaire&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Actions visant à soutenir les diversifications/reprises/transmissions du &lt;strong&gt;« dernier commerce de proximité du village » &lt;/strong&gt;(collectivités uniquement, une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Création, expérimentation, développement et valorisation de projets en faveur de la &lt;strong&gt;commercialisation des produits en circuits courts&lt;/strong&gt;, de la &lt;strong&gt;relocalisation de la production alimentaire&lt;/strong&gt; et de la consommation responsable, notamment dans le domaine de la restauration collective et aide à la structuration de filières locales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Accès aux services
+Citoyenneté
 Alimentation
-Economie circulaire
-[...170 lines deleted...]
-Friche
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
-Emploi
+Biodiversité
 Attractivité économique
+Animation et mise en réseau
 Artisanat</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="T199" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet permet à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le projet soutient les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Le projet encourage les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Le projet soutient les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Achat de terrain bâti et non bâti, &lt;span&gt;Construction et extensions ;  &lt;/span&gt;&lt;span&gt;Travaux de rénovation énergétique sans audit énergétique préalable ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques-1/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C200" s="1" t="inlineStr">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>163026</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Permettre une offre d'alimentation de qualité, accessible à tous, et soutenir une production agricole durable</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
-[...168 lines deleted...]
-      <c r="G201" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°1 : Permettre une offre d'alimentation de qualité, accessible à tous, et soutenir une production agricole durable</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
-Agriculteur
-[...3 lines deleted...]
-      <c r="H201" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I201" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J201" s="1" t="inlineStr">
-[...39 lines deleted...]
-Tiers-lieux
+      <c r="J197" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Valoriser une agriculture locale et durable au service d’une alimentation de qualité accessible à tous&lt;/h2&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Renforcer l’ancrage local des productions agricoles et tendre vers plus d’autonomie alimentaire&lt;/h3&gt;&lt;h4&gt;Développement des cultures fruitières, légumières et protéagineuses et facilitation de la transformation&lt;/h4&gt;&lt;p&gt;Le GAL pourra soutenir des projets qui contribuent à cette diversification et répondre, en partie, aux besoins de consommation locale (habitants, restauration collective). Les projets pourront aussi s’élargir à d’autres productions (viande, lait). Le GAL permettra également d’initier des projets visant les outils de transformation (légumerie, conserverie) et de créer des espaces tests agricoles.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement à la création et la structuration de filières&lt;/h4&gt;&lt;p&gt;La réflexion ne peut se limiter aux frontières administratives territoriales mais elle doit prendre en compte les bassins de vie. Ainsi les coopérations déjà en cours entre la CASE et la métropole rouennaise, notamment, seront de nature à faciliter la structuration des filières et des débouchés commerciaux.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Développement des outils de commercialisation pour les agriculteurs&lt;/h4&gt;&lt;p&gt;La commercialisation des produits locaux est une question majeure pour permettre le développement des nouvelles filières et activités de maraichages en circuits courts. Mais c’est aussi porter des projets qui permettront une commercialisation au bénéfice de tous. Le GAL doit être un levier pour renforcer l’accès à des produits frais, locaux et sains pour les plus démunis (plateforme d’approvisionnement pour les épiceries sociales et solidaires, ateliers nomades de cuisine…). La question de la commercialisation doit également être pensée en lien avec la logistique (dans une approche logistique durable et la plus décarbonée possible).&lt;/p&gt;&lt;h4&gt;Affirmation des liens productions locales et tourisme&lt;/h4&gt;&lt;p&gt;Le tourisme peut enrichir son offre et sa durabilité par l’intégration de produits locaux dont des produits alimentaires. La valorisation et la commercialisation des productions locales sont à développer, tant dans l’offre de restauration que dans les commerces et marchés mais aussi sous forme, par exemple, de paniers/casiers à disposition des clientèles des gîtes et chambres d’hôtes ainsi que des touristes en itinérance.&lt;/p&gt;&lt;h4&gt;Promouvoir l’attractivité des métiers agricoles&lt;/h4&gt;&lt;p&gt;Il importe enfin de soutenir et de promouvoir la connaissance et l’attractivité des métiers agricoles auprès des jeunes et/ou des personnes en reconversion. Cela peut passer par des actions de sensibilisation et de formation, par le canal de l’insertion et par l’accompagnement des chefs d’exploitation à l’accueil de salariés. Il conviendra de porter une attention particulière aux projets qui viendront contribuer à améliorer l’égalité homme-femmes par un soutien aux agricultrices et/ou à celles qui souhaitent s’engager dans cette voie.&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Promouvoir de nouvelles pratiques agricoles en faveur de productions de qualité&lt;/h3&gt;&lt;h4&gt;Réintégration de l’agriculture en ville&lt;/h4&gt;&lt;p&gt;Le GAL peut favoriser une alliance de la ruralité avec les communes plus urbaines par plusieurs voies : reconquêtes de « micro fonciers » en leurs donnant une vocation agricole et/ou nourricière, création de jardins partagés animés et soutenus par des maraichers locaux, conception de programmes innovants d’habitats ou de tertiaire incluant des parcelles pour du maraichage urbain...&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des agriculteurs et les particuliers aux pratiques agro-écologiques&lt;/h4&gt;&lt;p&gt;Vers les professionnels de nombreuses actions innovantes peuvent émerger pour accompagner les professionnels à de nouvelles formes de productions plus responsables. Cela suppose un véritable accompagnement au changement. Mais cette sensibilisation à l’agroécologie peut aussi viser les particuliers (tant en milieu urbain que rural) pour inciter à des pratiques plus vertueuses et pour échanger sur les bonnes pratiques à partir de coopérations infra et interterritoriales.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Affirmation des liens alimentation-santé et lutte contre la précarité alimentaire&lt;/h4&gt;&lt;p&gt;Une alimentation saine contribue à une meilleure santé. Il reste nécessaire de développer des actions de sensibilisation, et des expérimentations pour changer les pratiques et les rendre accessibles au plus grand nombre.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Appui au développement d’une filière agro-matériaux / agro-ressources&lt;/h4&gt;&lt;p&gt;Aux côtés d’expérimentations déjà en cours (avec le miscanthus) le GAL pourrait faciliter l’émergence de nouvelles expériences mais aussi favoriser la structuration de nouvelles filières. De même, les nouveaux modes de construction font de plus en plus appel à des matériaux agrosourcés. Il serait intéressant d’étudier le potentiel local de production de tels matériaux et de contribuer à la structuration des filières nécessaires à leur développement.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
 Economie circulaire
-Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-[...18 lines deleted...]
-      <c r="O201" s="1" t="inlineStr">
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P201" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="T201" s="1" t="inlineStr">
+      <c r="P197" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q197" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Ne pas avoir commencé (aucun contrats ou devis signés)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=Le%20programme%20LEADER%20(Liaisons%20Entre,est%20%C3%A0%20sa%20sixi%C3%A8me%20programmation.</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>flavien.andre@seine-eure.com</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-offre-dalimentation-de-qualite-accessible-a-tous-et-soutenir-une-production-agricole-durable/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G202" s="1" t="inlineStr">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>163209</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'économie circulaire et la gestion des déchets</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I198" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dégradation de l&amp;#039;environnement côtier, notamment liée à l&amp;#039;accumulation des déchets est une menace forte sur les territoire littoraux. Des démarches sont en cours sur le territoire pour limiter un maximum la production de déchets par les professionnels, mais également pour recycler et valoriser au maximum les coproduits. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’obtention de certifications
+     environnementales (port propre, plage sans déchets plastiques…)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Étude&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identifier des débouchés pour les espèces
+     invasives&lt;/li&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travailler sur la durabilité des matériaux
+     utilisés par les professionnels&lt;/li&gt;&lt;li&gt;Organiser et/ ou valoriser des opérations de
+     collecte de déchets sur les plages&lt;/li&gt;&lt;li&gt;Installer des hottes plasticières&lt;/li&gt;&lt;li&gt;Améliorer la récolte et le tri des déchets&lt;/li&gt;&lt;li&gt;Valoriser le réemploi de déchets&lt;/li&gt;&lt;li&gt;Valoriser les captures non désirées&lt;/li&gt;&lt;li&gt;Valoriser les coproduits&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Mise en réseau&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Partager les expériences&lt;/li&gt;&lt;li&gt;Coopérer avec des territoires extérieurs
+     répondant à la stratégie du GALPA et permettant d’apporter une plus-value
+     au territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Dépenses de personnel&lt;/li&gt;
+ &lt;li&gt;Coûts directs en lien avec
+     l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
+investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Coûts indirects : un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
+ &lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;
+ &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
+ &lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-leconomie-circulaire-et-la-gestion-des-dechets/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I202" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J202" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
-[...533 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
-Musée
-[...278 lines deleted...]
-Sports et loisirs
 Tourisme
+Forêts
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
 Jeunesse
+Famille et enfance
+Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
-Equipement public
-[...176 lines deleted...]
-Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
+Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
-Médias et communication
+Industrie
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
 Inclusion numérique
-Mobilité et véhicules autonomes</t>
-[...22 lines deleted...]
-      <c r="S209" s="1" t="inlineStr">
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q199" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="G210" s="1" t="inlineStr">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>163170</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F200" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...8 lines deleted...]
-      <c r="K210" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I200" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J200" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
-[...39 lines deleted...]
-          <t>Eau souterraine
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays du Bessin dispose d&amp;#039;un tissu économique inégalement réparti et dynamique, fragilisé
+par l&amp;#039;évolution des modes de consommation, la concurrence des grands pôles et, parfois, un
+manque de coopération entre acteurs. Cette fiche vise à soutenir le développement d&amp;#039;une
+économie locale et touristique plus ancrée sur le territoire, en lien avec l&amp;#039;ensemble des
+acteurs.
+La disparité du territoire entre Nord et Sud se fait ressentir dans l’accueil des touristes et le
+nombre de pôles touristiques. Le Sud souffre d’un manque de visibilité et d’attractivité pour
+les touristes étrangers.
+Les opérations accompagnées dans le cadre de cette fiche action sont en cohérence avec 10
+objectifs du SRADDET, notamment développer l’offre de service, sauvegarder les spécificités
+du monde rural, la réduction de l’artificialisation des sols et la gestion des friches, et surtout
+la promotion d’un tourisme durable. Cette fiche action prend également en compte les
+constats du GIEC normand en termes de biodiversité, adaptation aux changements
+climatiques et la pollution de l’air.
+Les actions accompagnées par cette fiche action pourront se faire en partenariat des parcs
+régionaux, offices de tourisme, associations locales.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner un développement économique et touristique équilibré du territoire.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner les projets s&amp;#039;appuyant sur les ressources, savoir-faire et acteur locaux.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Soutenir le secteur de l&amp;#039;ESS et les démarches d&amp;#039;économie circulaire
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Renforcer la connaissance des tissus économiques et touristiques &lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Structuration et animation de filières spécifiques au territoire, s&amp;#039;appuyant sur des ressources et savoir-faire locaux ; &lt;/li&gt;&lt;li&gt;Création et animation d&amp;#039;observatoires territoriaux des activités et des friches visant à partager un diagnostic commun
+des besoins et éclairer les décisions ;
+&lt;/li&gt;&lt;li&gt;Réhabilitation et extension de gîtes et hébergements à vocation touristique
+- Réhabilitation et extension de logements pour les personnels saisonniers ;
+&lt;/li&gt;&lt;li&gt;Développement de marchés de producteurs locaux ;
+&lt;/li&gt;&lt;li&gt;Soutien aux projets de tourisme durable ;
+&lt;/li&gt;&lt;li&gt;Création de partenariats entre les sites touristiques majeurs et secondaires ;
+&lt;/li&gt;&lt;li&gt;Adaptation d&amp;#039;une offre existante à l’accueil des cyclotouristes ;
+&lt;/li&gt;&lt;li&gt;Actions favorisant et encourageant le développement de circuits de randonnées pédestres, équestres, trekkings et le
+tourisme à vélo ;
+&lt;/li&gt;&lt;li&gt;Développement de systèmes de billetterie et de réservation en ligne pour les sites touristiques, permettant de réguler
+et réorienter les flux ;
+&lt;/li&gt;&lt;li&gt;Accompagnement des collectivités, entreprises et associations dans leurs démarches d&amp;#039;économie circulaire ;
+&lt;/li&gt;&lt;li&gt;Maintien et développement des activités artisanales et commerciales des centre-bourgs (communes de moins de
+10000 habitants), y compris les activités mobiles.
+&lt;/li&gt;&lt;li&gt;Soutien de la reprise/maintien du dernier commerce du village (collectivités) &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet permet d&amp;#039;accompagner le développement économique touristique équilibré du territoire&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet s&amp;#039;appuie sur les ressources, savoir-faire et acteurs locaux&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet est porté par un acteur de l&amp;#039;ESS et/ou encourage l&amp;#039;économie circulaire&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de renforcer la connaissance des tissus économiques et touristiques du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature, &lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-economie-locale-et-touristique-diversifiee-valorisant-les-ressources-savoir-faire-et-acteurs-locaux/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>163167</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer les services de proximité et aménager le territoire pour un cadre de vie accueillant et dynamique</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Des services et un aménagement du territoire pour un cadre de vie accueillant et dynamique</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="F201" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I201" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J201" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays du Bessin en Virois bénéficie d&amp;#039;une qualité de vie en lien avec un
+environnement perçu comme préservé et encore peu sensible aux aléas climatiques (à
+l’exception de la zone côtière exposée aux risques de submersion marine). Il se
+structure autour de pôles dont les niveaux de services diffèrent selon les secteurs, avec
+une difficulté de certains bourgs à maintenir des services de proximité (administrations,
+commerces, soins, garde d&amp;#039;enfant, etc.). L’évolution démographique de certaines zones
+du territoire entraîne le rajeunissement, et parfois l&amp;#039;accroissement de la population.
+Cela engendre une demande d’accueil renforcée dans les écoles et établissements de la
+petite enfance. Le développement urbain se fait essentiellement sous forme de
+lotissements ce qui pose la question de la consommation des terres agricoles et de
+l’intégration des néo-ruraux. Une évolution de l’offre d&amp;#039;hébergement touristique et un
+développement des résidences secondaires limitent le parc de logements locatifs. La
+disparité du territoire entre Nord et Sud se fait également ressentir dans l’accès aux
+services de proximité. Les opérations accompagnées dans le cadre de cette fiche action
+sont en cohérence avec 13 objectifs du SRADDET, notamment l’accompagnement des
+mutations sociodémographiques, la réduction de l’artificialisation des sols et le
+renforcement des fonctions de centralité dans les villes moyennes et bourgs
+structurants. Cette fiche action prend également en compte les constats du GIEC
+normand en termes de santé, inégalité d’accès aux services de soin, adaptation aux
+changements climatiques et la pollution de l’air.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagner le développement de services de proximité pour les habitants et
+usagers d&amp;#039;un bassin de vie &lt;/li&gt;&lt;li&gt;Penser et aménager un cadre de vie accueillant prenant en compte les publics les plus
+éloignés
+&lt;/li&gt;&lt;li&gt;Encourager la mutualisation de lieux, d&amp;#039;outils et de ressources ouverts à tou.te.s
+&lt;/li&gt;&lt;li&gt;Valoriser l&amp;#039;image du territoire pour le rendre plus attractif&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouverture, extension et modernisation de lieux d’accueil et de services mutualisés ;
+&lt;/li&gt;&lt;li&gt;Création de services publics numériques (services en ligne ; services de télémédecine) ;
+&lt;/li&gt;&lt;li&gt;Animation de tiers-lieux ;
+&lt;/li&gt;&lt;li&gt;Création de nouvelles formes d&amp;#039;habitat : une offre mixte intergénérationnelle favorisant la cohésion sociale,
+l&amp;#039;appartenance, et des habitats inclusifs (mixité de logement, animation, espaces mutualisés...) ;
+&lt;/li&gt;&lt;li&gt;Création de plateformes numériques d’échange et de partage de services, d’infrastructures, de matériels ;
+&lt;/li&gt;&lt;li&gt;Actions de recensement et de valorisation des acteurs publics, associatifs et privés du territoire et plus
+particulièrement des séniors et des publics éloignés (compétences, disponibilité, expertise) ;
+&lt;/li&gt;&lt;li&gt;Actions en faveur de l’atténuation de l’impact environnemental de l’habitat&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de créer ou de renforcer un service pour les habitants et usagers d&amp;#039;un bassin de vie&lt;/li&gt;&lt;li&gt;le projet permet de rendre le cadre de vie plus accueillant et inclusif&lt;/li&gt;&lt;li&gt;le projet permet de mutualiser des lieux, outils et ressources&lt;/li&gt;&lt;li&gt;le projet permet de valoriser l&amp;#039;image du territoire et de le rendre plus attractif&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale
+(sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles, &lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes, &lt;/li&gt;&lt;li&gt;Travaux effectués en régie, &lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles, &lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-services-de-proximite-et-amenager-le-territoire-pour-un-cadre-de-vie-accueillant-et-dynamique/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>165662</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Investissements d’écoconception pour améliorer la performance environnementale</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Investissements d’écoconception pour améliorer la performance environnementale</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les démarches d’amélioration de la performance environnementale des produits et services se déploient en France au sein des entreprises. Elles contribuent à créer &lt;strong&gt;une offre permettant de se différencier, plus respectueuse de l’environnement&lt;/strong&gt;, disponible pour les consommateurs ou les acheteurs.&lt;/p&gt;&lt;p&gt;Les projets d’investissement issus d’une démarche de réduction des impacts d’un produit ou d’un service, via une approche multicritère en cycle de vie, portés par l’offreur du produit ou service peuvent être accompagnés par l’ADEME.&lt;/p&gt;&lt;p&gt;L’ADEME soutient :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Les investissements dans une technologie éprouvée &lt;/strong&gt;pour la production ou la commercialisation d’un produit, procédé ou service écoconçu. Ces investissements pourront permettre de viser, selon les secteurs, l’obtention d’écolabels reconnus par l’ADEME : Écolabel européen pour les produits des secteurs concernés, AB (agriculture biologique) pour le secteur alimentaire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les investissements et travaux&lt;/strong&gt; (réalisation et test de prototypes, préproduction…) &lt;strong&gt;sur une solution innovante&lt;/strong&gt; visant la production ou la commercialisation d’un produit ou service écoconçu. Ces projets peuvent relever, selon le niveau d’innovation, du développement expérimental ou de l’innovation de procédé.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les projets comportant une innovation de rupture&lt;/strong&gt;, qui permettra au fabricant de développer une offre globale produit/service écoconçue pour une mode durable, créatrice de valeur non plus sur la multiplication et le volume des ventes, mais sur la fidélisation des clients, par les performances d’usage du produit et la réduction de ses impacts environnementaux sur l’ensemble du cycle de vie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon la nature des projets et la taille de l’entreprise, &lt;strong&gt;les aides aux investissements peuvent atteindre 15 % à 60 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est accordée sur la base de l’identification des surcoûts par rapport à un scénario contrefactuel (article 47 du RGEC – Règlement général d’exemption par catégorie – ou autre) ou du règlement de minimis n° 2023/2831 du 13 décembre 2023, selon lequel une même entreprise ne peut pas percevoir plus de 300 000 € d’aides dites de minimis sur une période de trois ans.&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée.&lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et &lt;strong&gt;au plus tard au 31 décembre 2026&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P202" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q202" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_987_988</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/investissements-decoconception-pour-ameliorer-la-performance-environnementale</t>
+        </is>
+      </c>
+      <c r="W202" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/investissements-decoconception-pour-ameliorer-la-performance-environnementale?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investissements-d-ecoconception-pour-ameliorer-la-performance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>165575</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>APR GRAINE - Production, valorisation des biomasses et préservation des écosystèmes - Phase 2</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>APR GRAINE - Production, valorisation des biomasses et préservation des écosystèmes - Phase 2</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette 6ᵉ édition de l’&lt;strong&gt;APR GRAINE &lt;/strong&gt;vise à soutenir des projets pour &lt;strong&gt;mieux produire, gérer et valoriser les ressources biologiques potentiellement renouvelables&lt;/strong&gt;, y compris les déchets organiques, afin de satisfaire les besoins en aliments, en produits et matériaux biosourcés, ou encore en énergies sous la forme de chaleur/électricité, de biocarburant, et contribuer à la préservation de l’environnement.&lt;/p&gt;&lt;p&gt;L’objectif de cet APR est de &lt;strong&gt;soutenir un développement durable de la bioéconomie &lt;/strong&gt;en réponse à des besoins sociaux dans un contexte de changement climatique. Autrement dit, d’articuler, au sein des territoires, l’accompagnement des filières de production et de valorisation de biomasses en limitant les impacts, et ce, dans une optique de résilience.&lt;/p&gt;&lt;p&gt;Les biomasses ciblées sont : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les productions agricoles et leurs coproduits ;&lt;/li&gt;&lt;li&gt;les productions sylvicoles et leurs coproduits ;&lt;/li&gt;&lt;li&gt;les déchets organiques ;&lt;/li&gt;&lt;li&gt;les coproduits industriels ;&lt;/li&gt;&lt;li&gt;ou encore les algues et les plantes invasives.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’APR s’oriente autour de&lt;strong&gt; 4 axes de recherche :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Axe 1 – Production durable et résiliente de biomasses préservant les milieux et les ressources&lt;/strong&gt; : il vise le développement et l’amélioration des systèmes et des filières de production d’exploitation de biomasses.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 2 – Transformation et valorisation éco-efficiente d’une biomasse tout en évaluant les impacts sur des systèmes de production concernés&lt;/strong&gt; : il vise le développement de nouveaux procédés de transformation et de valorisation de biomasses (ex. : les résidus ou les biodéchets) en intégrant les enjeux liés à l’économie circulaire et à la réduction des impacts environnementaux (y compris ceux liés aux étapes amont de production et mobilisation de la biomasse).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 3 – Outils et méthodes d’évaluation de la santé des sols et des impacts environnementaux de la bioéconomie&lt;/strong&gt; : il vise le développement de méthodes et d’outils d’évaluation pour une approche globale et durable de la gestion des biomasses au sein des filières et des territoires.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 4 – Recherche-Action et Sciences humaines et sociales pour la transition des systèmes et filières de la bioéconomie &lt;/strong&gt;: il vise à identifier et analyser les leviers de la transition des systèmes et filières de la bioéconomie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le montant d’aide de 300 k€ max. par projet sera évalué par rapport à la complexité des projets.&lt;/p&gt;&lt;p&gt;Un montant d’aide supérieur pourra être octroyé pour des projets transversaux ayant des objectifs clairs et pertinents et dont l’originalité de la recherche portera sur plusieurs axes/sous-axes thématiques et justifiant d’un partenariat cohérent. Toutefois, nous invitons les porteurs de projet à rechercher des cofinancements.&lt;/p&gt;&lt;p&gt;Pour ces axes, &lt;strong&gt;sont éligibles les projets :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collaboratifs déposés par un consortium qui s’appuie sur un partenariat pertinent et qui intègre obligatoirement un partenaire de recherche (public ou privé) ;&lt;/li&gt;&lt;li&gt;entrant dans le champ de l’APR ;&lt;/li&gt;&lt;li&gt;d’une durée maximum de 48 mois.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le processus de sélection est assuré par l’ADEME, avec le support d’expertises externes et d’un comité scientifique et technique (CST) constitué de personnalités qualifiées. L’ADEME, les membres du CST, les experts sont tenus à une stricte confidentialité.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier prévisionnel :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier phase 1 : &lt;/strong&gt;les candidats sont invités à déposer leur dossier uniquement sous forme électronique via la plateforme de dépôt et de suivi de l’ADEME, avant le 26/09/2025 à 15h. &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Note aux porteurs : &lt;/strong&gt;L’analyse des projets se fera à partir du « modèle de pré-projet », en complément du remplissage des formulaires sur la plateforme AGIR. Vous pouvez y copier/coller des éléments de contexte et d’objectif (données non conservées pour la phase 2). À ce stade, il est essentiel de décrire la composition et l’intérêt du consortium, ainsi que le rôle des partenaires &lt;strong&gt;sans les saisir sur la plateforme &lt;/strong&gt;afin d’éviter une validation formelle prématurée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Expertise des dossiers : &lt;/strong&gt;à partir de mi-novembre 2025.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Annonce des dossiers présélectionnés&lt;/strong&gt; : début décembre 2025.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier phase 2 : &lt;/strong&gt;avant le 16/02/2026 à 15h.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Expertise externe : réalisée par des experts thématiques &lt;/strong&gt;venant compléter l’expertise ADEME. Puis, sur la base de ces expertises, présentation et discussion au sein du CST rassemblant des experts académiques et membres des ministères, d’agences et de l’ADEME qui annonceront en mai 2026 les projets lauréats.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La décision de financement sera in fine prise par l’ADEME et sera fondée sur la proposition du CST et sur le budget disponible. La phase 2 est &lt;strong&gt;ouverte uniquement aux dossiers présélectionnés lors de la phase 1.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
 Sols
-Foncier
-Santé
+Transition énergétique
+Recyclage et valorisation des déchets
 Alimentation
-Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
-Economie sociale et solidaire
-[...1 lines deleted...]
-Qualité de l'air
 Biodiversité
-Paysage
-[...27 lines deleted...]
-      <c r="U210" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P203" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2025</t>
+        </is>
+      </c>
+      <c r="Q203" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Cet APR s’adresse aux acteurs publics et privés de recherche et aux entreprises, notamment des domaines suivants : agriculture, foresterie/sylviculture, sols, alimentation, pâte à papier et papier, déchets organiques, chimie, biotechnologies, bioénergies ; aux équipementiers de ces secteurs d’activité ; aux acteurs en charge de la gestion des sites et sols pollués. Il s’adresse aussi aux acteurs travaillant sur l’évaluation environnementale, et plus généralement l’évaluation multicritère (EMC), ainsi qu’aux acteurs des sciences économiques, sociales et humaines. La pertinence et l’intérêt de la bioéconomie s’évaluent tout particulièrement à un niveau local ou territorial, au plus proche des spécificités des milieux considérés. Des partenariats avec des acteurs (territoriaux ou autres) sont attendus.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
-[...156 lines deleted...]
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/apr-graine-production-valorisation-des-biomasses-et-preservation-des-ecosystemes-phase-2</t>
+        </is>
+      </c>
+      <c r="W203" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=8ee21aba-e96a-454a-9989-bc9d28491a9d&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=ffd3047c-60d9-4377-8bd9-44934378eec8&amp;code_challenge=jVyvztRZixKB6WRroh8Rc0MbbaXUJVHLGj2nOpT0rt8&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/apr-graine-production-valorisation-des-biomasses-et-preservation-des-ecosystemes-phase-2/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>