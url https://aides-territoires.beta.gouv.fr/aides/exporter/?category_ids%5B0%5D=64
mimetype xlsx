--- v0 (2026-01-11)
+++ v1 (2026-02-27)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA134"/>
+  <dimension ref="A1:AH118"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,3205 +225,126 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>381</v>
+        <v>58398</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Bénéficier d'un prêt secteur public - PSP</t>
-[...4 lines deleted...]
-          <t>PSP</t>
+          <t>Financer la préservation du patrimoine naturel</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Agence Française de Développement (AFD)
-Ministère des Outre-mer</t>
+          <t>Seine Normandie Agglomération (SNA)</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...3106 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H15" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L15" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes une commune, un agriculteur, une société à objet agricole, une entreprise ou une associative environnementale de Seine Normandie Agglomération et vous souhaitez vous investir pour conserver ou réimplanter la biodiversité sur votre territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Alors, adhérez à notre dispositif Patrimoine naturel !
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aujourd&amp;#039;hui, le patrimoine naturel est en danger et subit de fortes pressions, et malgré les efforts récents pour reconstituer nos paysages, il reste beaucoup à faire, nous devons poursuivre dans cette dynamique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Alors, replantons !
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du dispositif patrimoine naturel, Seine Normandie Agglomération cherche à financer des projets permettant de participer à l&amp;#039;atteinte des grands objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Continuités écologiques et biodiversité :
   &lt;/strong&gt;
@@ -3544,228 +465,259 @@
   &lt;li&gt;
    Certifier l&amp;#039;exactitude des renseignements indiqués dans la demande de subvention ;
   &lt;/li&gt;
   &lt;li&gt;
    Ne pas avoir commencé les travaux à la date de demande de subvention (et ne pas les commencer avant la réception d&amp;#039;une dérogation et/ou du courrier d&amp;#039;attribution de la subvention) ;
   &lt;/li&gt;
   &lt;li&gt;
    Accepter l&amp;#039;ouverture ponctuelle de la parcelle où est réalisé le projet au personnel de SNA (animations grand public, inventaire, ...) ;
   &lt;/li&gt;
   &lt;li&gt;
    Autoriser SNA à la diffusion et à l&amp;#039;utilisation de l&amp;#039;image et des photographies du projet ;
   &lt;/li&gt;
   &lt;li&gt;
    Entretenir et gérer la réalisation en « bon père de famille » pendant 10 ans au minimum.
   &lt;/li&gt;
   &lt;li&gt;
    En cas de non-respect de ces obligations/engagements , le bénéficiaire de la subvention devra reverser les sommes perçues.
   &lt;/li&gt;
   &lt;li&gt;
    En cas de vente du terrain où est situé le projet , le nouveau propriétaire devra s&amp;#039;engager à poursuivre le projet. En cas de non-respect, la subvention versée au bénéficiaire devra être remboursée au prorata des années de mise en œuvre (10 ans minimum d&amp;#039;exploitation).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>CA Seine Normandie Agglomération</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.sna27.fr/wp-content/uploads/2021/09/DISPOSITIF-PATRIMOINE-NATUREL-VERSION-DEFINITIVE.pdf</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>http://www.sna27.fr/mesdemarches/nouvellesdemarches</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Laurence DESVIGNES
 &lt;/p&gt;
 &lt;p&gt;
  Chargée de mission Biodiversité - SNA
 &lt;/p&gt;
 &lt;p&gt;
  ldesvignes&amp;#64;sna27.fr
 &lt;/p&gt;
 &lt;p&gt;
  06 33 86 01 48 ou 02 76 48 02 73
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  www.sna27.fr/mesdemarches/nouvellesdemarches (dalle orange)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>ncaroff@sna27.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9c6e-aider-au-financement-du-patrimoine-naturel/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Gestion des inondations
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>CA Seine Normandie Agglomération</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>21/09/2020</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
         <v>62848</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L16" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3811,389 +763,491 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W3" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>09/10/2020</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
         <v>71304</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Développer un projet de recherche, de développement ou d’innovation</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...3 lines deleted...]
-      <c r="H17" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L17" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;accompagnement par l&amp;#039;ADEME des projets de Recherche, de Développement, d&amp;#039;Innovation (RDI) s&amp;#039;inscrit majoritairement au travers d&amp;#039;appels à projets nationaux. Vous avez un projet de Recherche, de Développement, d&amp;#039;Innovation (RDI) dont la thématique ne correspond à aucun appel à projets actuellement ouvert sur la plateforme de l&amp;#039;ADEME ?
 &lt;br /&gt;
 Les modalités des appels à projets en ligne ne répondent pas à votre besoin.
 &lt;br /&gt;
 &lt;br /&gt;
 Par exemple, les seuils des Concours d&amp;#039;innovation ou des appels à projet Recherche compétitifs et collaboratifs sont au delà du montant de votre projet...
 &lt;br /&gt;
 Pour autant, votre projet contribue à faire avancer la recherche en lien avec la Transition énergétique et environnementale, vous pouvez prendre contact avec l&amp;#039;ADEME, qui étudiera l&amp;#039;opportunité d&amp;#039;accompagner votre projet.
 &lt;br /&gt;
 &lt;br /&gt;
 L&amp;#039;ADEME est en mesure de financer des projets de RDI qui lui sont soumis directement hors appels à projet, dans la mesure où les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant des appels à projets compétitifs.</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Innovation, créativité et recherche
 Qualité de l'air</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;opération pour laquelle vous sollicitez une aide financière ne doit pas avoir commencé ou ne doit pas avoir donné lieu à des engagements fermes (sous quelque forme que ce soit : marché signé, commande signée, devis accepté...).
 &lt;/p&gt;
 &lt;p&gt;
  Consultez la page de l&amp;#039;aide pour obtenir des détails.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Bretagne, Guadeloupe, Guyane, Hauts-de-France, La Réunion, Martinique, Mayotte, Nouvelle-Aquitaine, Occitanie, Pays-de-la-Loire</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://entreprises.ademe.fr/dispositif-aide/projets-de-recherche-de-developpement-ou-dinnovation</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;éligibilité de tels projets est jugée au cas par cas, les objectifs pour l&amp;#039;ADEME étant notamment de bien qualifier leur pertinence au regard des priorités de recherche et innovation du moment, et la qualité scientifique de la proposition ; il est donc impératif de prendre contact avec l&amp;#039;ADEME avant tout dépôt de dossier.
 &lt;br /&gt;
 &lt;br /&gt;
 Vous avez contacté l&amp;#039;ADEME et votre projet répond à des objectifs partagés avec l&amp;#039;ADEME.</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b49-projets-de-recherche-de-developpement-ou-dinn/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>09/11/2020</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E18" s="1" t="inlineStr">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L18" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Sa raison d&amp;#039;être :
+  Sa raison d&amp;#039;être
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission :
+  Sa mission
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...7 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ses crédits :
+  Ses crédits
  &lt;/strong&gt;
-&lt;/p&gt;
-[...11 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement :
+  Son accompagnement
  &lt;/strong&gt;
-&lt;/p&gt;
-[...5 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4236,4657 +1290,793 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X18" s="1" t="inlineStr">
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...3 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Email
+  Contact
  &lt;/strong&gt;
- : adhesion&amp;#64;agence-france-locale.fr
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Déployer les équipements numériques
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un système de vidéo-protection
+Rénovation de l’éclairage public
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>10/07/2020</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...93 lines deleted...]
- &lt;/li&gt;
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>101584</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Œuvrer pour la transition énergétique, le climat et la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous soutenons dans le développement de projets d&amp;#039;énergies renouvelables locales et l&amp;#039;amélioration de la résilience du territoire face aux enjeux climatiques. Nous apportons des solutions adaptées pour favoriser la transition écologique de votre territoire&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
+Agriculture et agroalimentaire
 Qualité de l'air
-Equipement public
-[...1 lines deleted...]
-Réhabilitation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toutes les communes du territoire sont éligibles au dispositif.
-[...53 lines deleted...]
-      <c r="AA19" s="1" t="inlineStr">
+ Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d970-uvrer-pour-la-transition-energetique-le-clima/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G20" s="1" t="inlineStr">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>101598</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Être informé des opportunités transfrontalières</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+EUROPE - Interreg - Fonds européens
+Avenir Montagnes
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Mission opérationnelle transfrontalière (MOT)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="L20" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Du fait de leur proximité avec les élus et de leur connaissance des territoires, les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la DDTM 29, sont en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
-[...29 lines deleted...]
-Cours d'eau / canaux / plans d'eau
+ &lt;strong&gt;
+  Vous souhaitez connaître vos opportunités transfrontalières ?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La Mission Opérationnelle Transfrontalière vous propose un appui individualisé afin d&amp;#039;identifier les opportunités de développement territorial liées au positionnement frontalier de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appui consiste en la réalisation d&amp;#039;une note synthétique (« rapport d&amp;#039;étonnement ») selon vos besoins et attentes spécifiques, vous informant des opportunités de coopération transfrontalière et de financement européen en matière de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  développement territorial transfrontalier
+ &lt;/li&gt;
+ &lt;li&gt;
+  services et équipements publics transfrontaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  attractivité transfrontalière
+ &lt;/li&gt;
+ &lt;li&gt;
+  préservation de l&amp;#039;environnement transfrontalier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Tourisme
 Forêts
-Espaces verts
-Friche
+Montagne
+Sols
 Foncier
-Voirie et réseaux
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Formation professionnelle
 Economie circulaire
+Economie locale et circuits courts
 Agriculture et agroalimentaire
-Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
-Biodiversité
 Equipement public
-Bâtiments et construction
-[...225 lines deleted...]
-Réhabilitation
 Logement et habitat
 Paysage
-Accessibilité
-[...6 lines deleted...]
-      <c r="O21" s="1" t="inlineStr">
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Connaissance de la mobilité
+Industrie
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="X21" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction Départementale des Territoires et de la Mer du Finistère.
-[...3 lines deleted...]
- ddtm-directeur&amp;#64;finistere.gouv.fr
+ Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.espaces-transfrontaliers.org/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez la MOT : mot&amp;#64;mot.asso.fr, &amp;#43;33 1 55 80 56 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>mathias.ribert@mot.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3128-etre-informe-des-opportunites-transfrontalier/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Mission Opérationnelle Transfrontalière (MOT)</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...224 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>92349</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour observer les territoires</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Particulier
-[...628 lines deleted...]
-  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+Association</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+  &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...2441 lines deleted...]
- &lt;br /&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en oeuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Des outils au service de l&amp;#039;intérêt général
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
-&lt;/p&gt;
-&lt;p&gt;
+ &lt;br /&gt;
  - les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
-&lt;/p&gt;
-&lt;p&gt;
+ &lt;br /&gt;
  - l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
-&lt;/p&gt;
-[...3 lines deleted...]
-&lt;p&gt;
+ &lt;br /&gt;
+ - des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...) ;
+ &lt;br /&gt;
  - et des membres associés intéressés par les enjeux territoriaux.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une équipe pluridisciplinaire et inclusive
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M30" s="1" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Conduire des démarches de prospective pour construire une vision pour le futur
-[...11 lines deleted...]
-  Contribution aux stratégies frontalières et transnationales
+  Observation thématique (loyers, mobilités, habitat, social, stratégies économiques, logement des étudiants...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation des systèmes d&amp;#039;informations géographiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enquêtes de terrain
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
-[...414 lines deleted...]
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Personnes âgées
 Jeunesse
 Santé
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Inclusion numérique
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont 51, réparties sur le territoire métropolitain et ultra-marin. Consulter notre annuaire pour identifier celle, la plus proche de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d0a-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>28/04/2021</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>92350</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la mise en oeuvre des villes et territoires durables</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H33" s="1" t="inlineStr">
+Recherche
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L33" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;strong&gt;
      Les agences d&amp;#039;urbanisme vous aident dans la mise en oeuvre des villes et territoires durables
     &lt;/strong&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 &lt;p&gt;
  Mettre en œuvre des villes et territoires durables, c&amp;#039;est penser leur développement de manière transversale et intégrée à différentes échelles, pour faire face aux transitions. C&amp;#039;est faire appel à des modes plus coopératifs et participatifs pour impliquer l&amp;#039;ensemble des acteurs du territoire. C&amp;#039;est aborder les projets dans toutes leurs dimensions : physiques, environnementales, économiques et sociales. Dans ce contexte, un outil d&amp;#039;ingénierie tel que l&amp;#039;agence d&amp;#039;urbanisme constitue un atout important. Par son approche transversale et multi-acteurs, l&amp;#039;agence d&amp;#039;urbanisme permet de rompre avec les approches sectorielles. Elle offre la possibilité de construire une vision stratégique articulant les différentes échelles des territoires et de mieux articuler les politiques publiques, comme celles de l&amp;#039;habitat, de la solidarité, des projets urbains, de l&amp;#039;environnement ou encore de la mobilité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Les agences d&amp;#039;urbanisme
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
  &lt;br /&gt;
 &lt;/p&gt;
@@ -8917,459 +2107,509 @@
   &lt;li&gt;
    &lt;strong&gt;
     Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Une équipe pluridisciplinaire et inclusive
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Participation à l&amp;#039;élaboration des politiques d&amp;#039;aménagement et de développement
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux politiques de requalification des centres et de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux démarches de développement économique et social
  &lt;/li&gt;
  &lt;li&gt;
   Contribution à l&amp;#039;adaptation des territoires au changement climatique (transition énergétique, îlots de fraîcheur, trames écologiques...)
  &lt;/li&gt;
  &lt;li&gt;
   Développement des politiques publiques du quotidien (mobilités durables, offre de soin, alimentation saine, qualité de l&amp;#039;habitat, des paysages...)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des stratégies de développement et d&amp;#039;inclusion numérique
  &lt;/li&gt;
  &lt;li&gt;
   Participation à l&amp;#039;animation territoriale et au débat public en tant que tiers de confiance
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/88ff-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>28/04/2021</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
         <v>92578</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Aider à la Structuration de Projets de Territoires (ASPT)</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 20</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L34" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider au démarrage, au diagnostic territorial ou à la définition d&amp;#039;une stratégie de développement, prenant en compte les études et coûts d&amp;#039;ingénierie externes liés à l&amp;#039;élaboration de projets de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1. Aide à la Structuration de projets de Territoires (ASPT)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département finance un pourcentage du montant HT des études et prestations d&amp;#039;ingénierie externes, selon le taux suivant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communautés d&amp;#039;Agglomération et communes situées dans le périmètre d&amp;#039;une Communauté d&amp;#039;Agglomération : 10 %
  &lt;/li&gt;
  &lt;li&gt;
   Communautés de Communes, Communes situées dans le périmètre d&amp;#039;une Communauté de Communes, Parcs Naturels Régionaux, Groupes d&amp;#039;Action Locale Établissements et associations représentatives couvrant une zone d&amp;#039;action territoriale significative : 20 %
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;assiette subventionnable est plafonnée à 100 000 € par projet.
 &lt;/p&gt;
 &lt;p&gt;
  Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2. Volet spécifique « Petites Villes de Demain » (PVD)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département finance un pourcentage du montant HT des études globales ou thématiques nécessaires à l&amp;#039;élaboration ou à la concrétisation d&amp;#039;un projet de revitalisation et de développement retenus dans le cadre du programme « Petites Villes de Demain ».
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;intervention du Département de Vaucluse est fixé à 10 % du montant HT des études.
 L&amp;#039;aide est plafonnée à 5 000 € par étude.
 &lt;/p&gt;
 &lt;p&gt;
  Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Coûts d&amp;#039;études et d&amp;#039;ingénierie liés aux projets suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une charte
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une stratégie territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une étude liée à une approche innovante inscrite dans une démarche de transition écologique, climatique ou sociétale
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration de démarches globales de développement durable telles que les Agendas 21 locaux et les Plans Climat Air Energie Territoriaux (PCAET)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour les projets réalisés à l&amp;#039;échelle communale, seules les démarches possédant un volet territorial seront éligibles (Charte PNR, PCAET, CTE, PDU, PVD...). Ils devront par ailleurs être cohérents avec les compétences, projets et démarches de développement durable entrepris dans les territoires intercommunaux et / ou de projets, dans lesquels le demandeur s&amp;#039;inscrit ainsi qu&amp;#039;avec la stratégie et les politiques départementales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Emploi
 International
 Attractivité économique
 Artisanat
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Communautés de Communes
  &lt;/li&gt;
  &lt;li&gt;
   Communautés d&amp;#039;Agglomération
  &lt;/li&gt;
  &lt;li&gt;
   Parcs Naturels Régionaux
  &lt;/li&gt;
  &lt;li&gt;
   Associations représentatives couvrant une zone d&amp;#039;action territoriale significative
  &lt;/li&gt;
  &lt;li&gt;
   Etablissements (de statut public ou associatif) liés à des politiques départementales (Collèges, Etablissements pour personnes âgées ou personnes handicapées, Établissements pour l&amp;#039;accueil des enfants ...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/796d-aider-a-la-structuration-de-projets-de-territ/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
         <v>92586</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I35" s="1" t="inlineStr">
+      <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L35" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M35" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -9408,1593 +2648,9041 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB11" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
         <v>92591</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Mettre en valeur les espaces naturels sensibles</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I12" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L36" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide à la labellisation en Espaces Naturels Sensibles, et à l&amp;#039;aménagement et la gestion des sites labellisés, pour la préservation du patrimoine naturel et la sensibilisation du public à l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Taux de subvention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Etudes :  maximum 80 % (avec plafond de l&amp;#039;assiette à
 subventionner : 50 000 €)
  &lt;/li&gt;
  &lt;li&gt;
   Acquisitions : en pourcentage de la valeur vénale des parcelles estimé par France domaine :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - Catégorie 1 : maximum 80 %  (avec plafond de l&amp;#039;assiette à subventionner de 6 000 €/ hectare) soit 4 800 € / hectare
 &lt;/p&gt;
 &lt;p&gt;
  - Catégorie 2 : maximum 60 % (avec plafond de l&amp;#039;assiette à subventionner de 6 000 €/ hectare) soit 3 600 € / hectare
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mise en œuvre du plan de gestion : maximum 60 % (avec plafond à 100 000 € par site)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les taux de subvention du Départements indiqués, s&amp;#039;appliquent aux dépenses hors TVA. Toutefois, ceux-ci s&amp;#039;appliquent TVA comprise pour le calcul des subventions accordées à des structures qui ne récupèrent pas cette taxe, tout en partie, directement ou indirectement et qui ne sont pas bénéficiaires des allocations du fonds de compensation de la TVA ou par des opérations non éligibles au fonds de compensation de la TVA.
 &lt;/p&gt;
 &lt;p&gt;
  Les aides accordées par le Département correspondront à un taux d&amp;#039;intervention sur le coût de l&amp;#039;opération. Dans le cas où le coût réel des opérations serait inférieur au coût prévisionnel, une réfaction de la subvention versée par le Département sera réalisée en appliquant let taux d&amp;#039;intervention sur le coût réel de l&amp;#039;opération au moment des appels de fonds.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M36" s="1" t="inlineStr">
+      <c r="M12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études, inventaires, animations préalables à la définition d&amp;#039;une démarche ENS
  &lt;/li&gt;
  &lt;li&gt;
   Études après labellisation ENS : 1er plan de gestion, inventaires, réactualisations du plan de gestion, études prévues par le plan de gestion
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Acquisitions :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Catégorie 1 : ZNIEFF, site Natura 2000, Site Classé, site d&amp;#039;intérêt majeur pour la conservation d&amp;#039;une espèce (statut particulier, liste rouge), zone identifiée comme importante dans l&amp;#039;inventaire des zones humides ou dans tout autre étude stratégique pour la conservation de la biodiversité : plan national d&amp;#039;action pour une espèce, SRCE...
  &lt;/li&gt;
  &lt;li&gt;
   Catégorie 2 : Intérêt pour l&amp;#039;accueil du public et la préservation des paysages,  trames vertes et bleues,  sites naturels périurbains identifiés
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Mise en œuvre du plan de gestion :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aménagements initiaux prévus à la labellisation du site puis mise en œuvre du plan de gestion : aménagements, achats d&amp;#039;équipements de gestion et d&amp;#039;accueil, suivi scientifique, travaux de gestion récurrente, actions de sensibilisation pédagogique.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Précisions bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Groupement de collectivités territoriales
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La durée de validité des aides accordées par le Département dans le cadre de ce dispositif est de 3 ans pouvant être porté à 5 ans sur demande écrite du maître d&amp;#039;ouvrage.
 Le versement des aides du Département sera conditionné par la participation du Conseil départemental aux Comités assurant le pilotage et le suivi des opérations subventionnées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/af8d-mettre-en-valeur-les-espaces-naturels-sensibl/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB12" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
         <v>92607</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Aider les porteurs de projets dans la promotion, l’aménagement et l’équipement des Espaces, Sites et Itinéraires (ESI)</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I37" s="1" t="inlineStr">
+      <c r="I13" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="J37" s="1" t="inlineStr">
+      <c r="J13" s="1" t="inlineStr">
         <is>
           <t>Subvention attribuée dans la limite de l'enveloppe dédiée plafonné à 10 000 € par projet</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L37" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;intervention du Département en faveur de l&amp;#039;équipement des ESI d&amp;#039;intérêt départemental (caractère départemental déterminé par l&amp;#039;étude relative à l&amp;#039;élaboration du PDESI) vise globalement à améliorer leur qualité technique intrinsèque, à renforcer la sécurité du public ou à réduire les impacts environnementaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Études de faisabilité :
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   50 % maximum pour les projets de moins de 15 000 €, plafonné à 7 500 €
  &lt;/li&gt;
  &lt;li&gt;
   30 % maximum pour les projets de plus de 15 000 €, plafonné à 30 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Entretien et surveillance :
   &lt;/strong&gt;
  &lt;/em&gt;
  50 % maximum, plafonné à 10 000 €
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Équipement et mise en sécurité des sites ou itinéraires d&amp;#039;intérêt départemental :
   &lt;/em&gt;
  &lt;/strong&gt;
  jusqu&amp;#039;à 100 %, plafonné à 10 000 €
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Étude relative à la faisabilité (technique, incidence environnementale, étude de marché)
  &lt;/li&gt;
  &lt;li&gt;
   Entretien et surveillance des ESI
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement des ESI (équipement et mise en sécurité des sites ou itinéraires)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Groupements de communes
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats intercommunaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/96d7-aider-les-porteurs-de-projets-dans-la-promoti/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-      <c r="A38" s="1">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
         <v>92608</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions sportives permettant de promouvoir l’inclusion sociale, l’insertion, la solidarité, la citoyenneté et la santé</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I38" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J38" s="1" t="inlineStr">
+      <c r="J14" s="1" t="inlineStr">
         <is>
           <t>30% maximum du budget de l’action</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L38" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif vise à aider les actions qui, par le sport, permettent de promouvoir l&amp;#039;inclusion sociale, l&amp;#039;insertion, la solidarité, la citoyenneté et la santé.
 Subvention attribuée dans la limite de l&amp;#039;enveloppe dédiée ne pouvant dépasser 30% du budget de l&amp;#039;action et plafonnée à 10 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Projet utilisant le sport comme vecteur d&amp;#039;intégration, d&amp;#039;insertion et valorisation personnelle
  &lt;/li&gt;
  &lt;li&gt;
   Projet utilisant le sport comme support d&amp;#039;une pratique respectueuse de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Projet spécifique lié à l&amp;#039;encouragement de la mixité de genre, sociale et/ou intergénérationnelle dans le sport
  &lt;/li&gt;
  &lt;li&gt;
   Projet favorisant l&amp;#039;accès à la pratique du sport pour les personnes en situation de handicap
  &lt;/li&gt;
  &lt;li&gt;
   Projet spécifique lié à la pratique du sport contribuant au bien-être et à la santé du pratiquant
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Forêts
 Montagne
 Sols
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Risques naturels
 Qualité de l'air
 Lutte contre la précarité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Groupements de communes
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats intercommunaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9087-soutenir-les-actions-sportives-permettant-de-/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...368 lines deleted...]
-      <c r="A41" s="1">
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
         <v>99012</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Valoriser le patrimoine naturel et promouvoir les actions en termes d'EEDD et de sensibilisation à la préservation du patrimoine</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Environnement et activités de pleine nature - Fiche Actions 4</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...8 lines deleted...]
-      <c r="I41" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J41" s="1" t="inlineStr">
+      <c r="J15" s="1" t="inlineStr">
         <is>
           <t>sur remboursement des dépenses du projet</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L41" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle a pour enjeux de &amp;#34;Valoriser le patrimoine naturel et promouvoir  les  actions  en  termes  d&amp;#039;EEDD  et  de  sensibilisation  à  la  préservation  du
  patrimoine.&amp;#34;
 &lt;/p&gt;
 &lt;p&gt;
  Les impacts attendus sur le territoire sont:
 &lt;/p&gt;
 &lt;p&gt;
  Effets directs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Amélioration de l&amp;#039;offre en activités pleine nature
  &lt;/li&gt;
  &lt;li&gt;
   Mise en valeur des sites naturels, de leur faune et de leur flore
  &lt;/li&gt;
  &lt;li&gt;
   Amélioration de la connaissance du patrimoine naturel
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Effets indirects :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Amélioration de la sensibilité du grand public aux enjeux environnementaux
  &lt;/li&gt;
  &lt;li&gt;
   Augmentation de la fréquentation des sites nature
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sports et loisirs
 Forêts
 Recyclage et valorisation des déchets
 Qualité de l'air
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   TO 4.1 : Soutien aux actions de formations et de mise en réseau des acteurs
  &lt;/li&gt;
  &lt;li&gt;
   TO 4.2 : Soutien à l&amp;#039;aménagement et mise en accessibilité de sites naturels
  &lt;/li&gt;
  &lt;li&gt;
   TO 4.3 : Soutien à la structuration et mise en place d&amp;#039;activités de pleine nature
  &lt;/li&gt;
  &lt;li&gt;
   TO 4.4 : Soutien aux campagnes de nettoyage, sensibilisation et pédagogie à l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   TO 4.5 : Soutien aux actions de communication, promotion, valorisation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>GAL Nord et Centre de Mayotte</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA4.pdf</t>
         </is>
       </c>
-      <c r="W41" s="1" t="inlineStr">
+      <c r="W15" s="1" t="inlineStr">
         <is>
           <t>https://leader-mayotte.yt/</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Romain DELARUE
 &lt;/p&gt;
 &lt;p&gt;
  Animateur du GAL Nord et Centre de Mayotte
 &lt;/p&gt;
 &lt;p&gt;
  06.39.65.74.83
 &lt;/p&gt;
 &lt;p&gt;
  adnc.mayotte&amp;#64;gmail.com
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>adnc.mayotte@gmail.com</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fe8c-copie-10h24-culture-patrimoine-et-traditions-/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>GAL Nord et centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="AD15" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>02/08/2021</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...38 lines deleted...]
-      <c r="L42" s="1" t="inlineStr">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
+        <v>94496</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Réduire l'impact des activités humaines sur l'environnement</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Fondation UEM</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;aide est complémentaire aux aides de l&amp;#039;Anah dans le cadre du dispositif MaPrimeRénov&amp;#039; Sérénité.
-[...2 lines deleted...]
- Elle est destinée aux propriétaires occupants réalisant un projet global de rénovation énergétique afin d&amp;#039;aider les ménages aux revenus modestes à sortir de la précarité énergétique, tout en contribuant à l&amp;#039;amélioration de la qualité de l&amp;#039;air en Haute-Savoie.
+ La Fondation UEM soutient des projets locaux et régionaux mais peut aussi accompagner des projets portant sur des problématiques plus vastes, dans un périmètre national.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle apporte son soutien à des actions concrètes dont la finalité vise à réduire l&amp;#039;impact des activités humaines sur l&amp;#039;environnement. Cet engagement se traduit par la lutte contre les pollutions et les nuisances, la prévention des risques naturels et technologiques et la préservation des équilibres naturels (faune, flore, sites et milieux naturels).
+&lt;/p&gt;
+&lt;p&gt;
+ La Fondation se donne pour priorité de contribuer à réduire le changement climatique et de préserver la biodiversité par tous les moyens possibles. Ce soutien peut être financier mais peut aussi consister à assurer une meilleure visibilité à votre projet grâce à une meilleure communication autour de celui-ci, en informant et sensibilisant le grand public sur les questions environnementales soulevées par votre initiative.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Economie d'énergie et rénovation énergétique
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
 Qualité de l'air
-Réhabilitation
-[...4 lines deleted...]
-      <c r="O42" s="1" t="inlineStr">
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le dossier de demande d&amp;#039;aide du Département est constitué en même temps que celui de l&amp;#039;Anah, avec l&amp;#039;appui de l&amp;#039;opérateur-conseil choisi par le propriétaire.
-[...9 lines deleted...]
-      <c r="S42" s="1" t="inlineStr">
+ L&amp;#039;appel à projets est ouvert à tout organisme ou personne dans la mesure où le but poursuivi est
+ non lucratif et l&amp;#039;activité d&amp;#039;intérêt général.
+&lt;/p&gt;
+&lt;p&gt;
+ La fondation ne soutiendra qu&amp;#039;un projet par candidat à la fois. Tout examen d&amp;#039;un nouveau projet
+ sera conditionné par la concrétisation du projet précédent, ou a minima par la preuve d&amp;#039;un
+ avancement significatif du projet précédent. Un projet pourra faire l&amp;#039;objet d&amp;#039;une subvention étalée
+ dans le temps sur plusieurs années.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères d&amp;#039;éligibilité sont impératifs. Un projet ne remplissant pas ces exigences ne sera pas
+ étudié.
+ Pour être retenu, le projet du candidat doit répondre aux critères d&amp;#039;éligibilité énoncés ci-après :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Il doit correspondre à une action promue par la Fondation d&amp;#039;Entreprise UEM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet ne doit pas avoir d&amp;#039;objectifs religieux, politiques ou commerciaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;exception des projets dont le budget est inférieur à 10 000 €, la Fondation
+   d&amp;#039;Entreprise UEM privilégiera les projets pluri-financés (la Fondation d&amp;#039;Entreprise UEM
+   soutiendra au maximum 50% du budget total du projet).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il ne doit pas servir à financer des dépenses courantes de fonctionnement d&amp;#039;une
+   structure, des besoins de trésorerie, des collectes de fonds (hors les coûts directs de
+   main d&amp;#039;œuvre éventuellement liés au projet).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X42" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-uem.org/program/actions-diverses/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;aide du Département est accordée après attribution de l&amp;#039;aide Ma Prime Rénov&amp;#039; Sérénité par l&amp;#039;Anah, et versée en une fois au propriétaire à la fin des travaux, après paiement de l&amp;#039;aide de l&amp;#039;Anah.
-[...22 lines deleted...]
-      <c r="AA42" s="1" t="inlineStr">
+ Le dossier de candidature doit être obligatoirement déposé sur le site internet de la Fondation
+ d&amp;#039;Entreprise UEM.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque dossier doit comprendre les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La fiche de candidature, téléchargeable sur le site internet de la Fondation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note de présentation de votre projet et du budget associé (10 pages maximum). Cette note pourra être accompagnée d&amp;#039;annexes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La liste des autres financements obtenus ou sollicités ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En cas d&amp;#039;avis favorable du jury de la Fondation d&amp;#039;Entreprise UEM, les documents suivants vous
+ seront demandés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les rapports d&amp;#039;activité et financier du candidat pour les 2 dernières années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les statuts de l&amp;#039;organisme le cas échéant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;extrait d&amp;#039;enregistrement au Journal Officiel ou tout document équivalent, le cas
+   échéant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;attestation d&amp;#039;assurance de responsabilité civile du candidat ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un relevé d&amp;#039;identité bancaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>flavie.berdu@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d9b-actions-diverses/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>23/06/2021</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>120458</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Avoir un guichet unique pour les aides européennes en Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FEDER - Fonds européen de développement régional
+EUROPE - FSE + - Fonds social européen
+EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Mon projet européen</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Agriculteur</t>
-[...20 lines deleted...]
-          <t>Transition énergétique
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La période de démarrage d&amp;#039;une nouvelle programmation des FESI (fonds européens structurels et d&amp;#039;investissement) est généralement l&amp;#039;occasion de reposer les ambitions en matière d&amp;#039;animation pour faire connaître les opportunités de financements offertes par l&amp;#039;Union européenne, et accompagner au mieux les porteurs potentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est important d&amp;#039;avoir un pilotage général de cette stratégie d&amp;#039;animation via la mise en place d&amp;#039;un guichet d&amp;#039;accueil de premier niveau (boîte mails :
+ &lt;strong&gt;
+  Mon projet européen).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de ce guichet unique est d&amp;#039;orienter au mieux le projet en dirigeant le porteur vers le bon financement européen disponible, ou à l&amp;#039;inverse lui indiquer qu&amp;#039;il n&amp;#039;y en a pas en lien avec son projet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une adresse mail est mise à disposition des porteurs potentiels/porteurs :
+ &lt;strong&gt;
+  monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce nouvel outil permettra une orientation de premier niveau afin de rediriger les porteurs potentiels/porteurs vers le bon interlocuteur qui pourra les accompagner ensuite vers la définition de son projet dans le respect des règles européennes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
 Economie d'énergie et rénovation énergétique
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
 Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
 Qualité de l'air
-Réduction de l'empreinte carbone</t>
-[...2 lines deleted...]
-      <c r="O43" s="1" t="inlineStr">
+Biodiversité
+International
+Attractivité économique
+Animation et mise en réseau
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="X43" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>http://www.europe-bfc.eu</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
-[...12 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+ monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>andrea.perilli@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b498-mon-projet-europeen/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>CR BFC - autorité de gestion FESI</t>
+        </is>
+      </c>
+      <c r="AD17" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>26/09/2022</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...21 lines deleted...]
-      <c r="G44" s="1" t="inlineStr">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L44" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...27 lines deleted...]
-          <t>Cours d'eau / canaux / plans d'eau
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
+Espaces verts
+Espace public
+Friche
 Foncier
+Voirie et réseaux
 Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
 Commerces et services
 Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q18" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB18" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>Département du Gers</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>02/08/2022</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes de Saint-Pierre-et-Miquelon ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB20" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>04/08/2022</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
+        <v>120795</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'achat de véhicules plus propres pour les communes et les professionnels</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif Véhicules propres - Acquisition de véhicules hydrogène par les petites entreprises</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a vocation à accompagner les entreprises et les communes dans l&amp;#039;achat de véhicules électriques, à hydrogène ou au gaz naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de renforcer l&amp;#039;action écologique de la Région, tous les modèles de voitures ne sont pas éligibles. Les voitures éligibles sont disponibles sur sur
+ &lt;a href="https://www.iledefrance.fr/toutes-les-actualites/vehicules-propres-les-aides-regionales-pour-les-particuliers-et-les-entreprises-evoluent-au-1er-janvier-2024" target="_self"&gt;
+  cette page
+ &lt;/a&gt;
+ , si leur prix ne dépasse pas 47 000 € avant aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ La location, ainsi que les véhicules d&amp;#039;occasion achetés auprès de particuliers, ne sont pas éligibles à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, un nombre limité de véhicules peut être subventionné par bénéficiaire, tel que détaillé dans le règlement téléchargeable ci-dessous (section V).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transition énergétique
+Qualité de l'air
+Biodiversité
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui est éligible ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises ayant leur siège en Île-de-France, comptant au plus 50 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes franciliennes de moins de 10.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quel est le montant de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les véhicules à motorisation électrique, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1.500€ pour les deux-roues, trois-roues et quadricycles
+ &lt;/li&gt;
+ &lt;li&gt;
+  6.000€ pour les voitures, camionnettes, véhicules spécialisés, inférieurs à 3,5 tonnes
+ &lt;/li&gt;
+ &lt;li&gt;
+  9.000€ pour les camions et tracteurs routiers, de plus de 3,5 tonnes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les véhicules roulant au gaz naturel, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  9.000€ pour les camions et tracteurs routiers, supérieurs ou égal à 3,5 tonnes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les véhicules à motorisation hydrogène, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  15.000€ pour les voitures, véhicules spécialisés, inférieurs à 3,5 tonnes
+ &lt;/li&gt;
+ &lt;li&gt;
+  30.000€ pour les camionnettes, camions et tracteurs routiers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec toute aide publique donnée sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des aides publiques reçues pour cet achat ne doit pas dépasser 50 % du prix total du véhicule.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est au bénéficiaire de s&amp;#039;assurer qu&amp;#039;il respecte ce taux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/dispositif-vehicules-propres-acquisition-de-vehicules-hydrogene-par-les-petites-entreprises</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de contact sont disponibles via le lien vers le
+ &lt;a href="https://www.iledefrance.fr/aides-et-appels-a-projets/acquisition-de-vehicules-propres-par-les-communes-et-les-professionnels" target="_self"&gt;
+  descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef30-acquisition-de-vehicules-propres-par-les-prof/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>Région Île-de-France</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>25/10/2022</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>14/11/2022</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>120298</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des analyses environnementales (eau, air, sol)</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Analyses environnementales</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>La Drôme Laboratoire</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eau, d&amp;#039;air, de sol, dans le cadre de projets d&amp;#039;aménagement du territoire, exploitation de stations d&amp;#039;épuration, gestion des boues d&amp;#039;épuration.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réunion de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la définition des besoins, objectifs et priorités.
+&lt;/p&gt;
+&lt;strong&gt;
+ Analyses environnementales (intervention payante) :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification de pollutions chimiques avant projet d&amp;#039;aménagement du territoire communal ou intercommunal –
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prélèvements et analyses d&amp;#039;eaux, de sols, de boues et de végétaux pour la recherche de contaminants de type métaux lourds, hydrocarbures, pesticides...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyses d&amp;#039;eau de forage ou de puits pour les demandes de permis de construire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Recherche de Substances Dangereuses dans l&amp;#039;eau et les boues pour les stations d&amp;#039;épuration (intervention payante) :
+&lt;/strong&gt;
+&lt;p&gt;
+ Le laboratoire départemental de la Drôme accompagne les exploitants des stations d&amp;#039;épuration pour la recherche et analyse des substances dangereuses dans les échantillons d&amp;#039;eaux résiduaires.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic entrée/sortie, amont/aval de la station: prélèvement, mesures de débit, analyse et rapport d&amp;#039;intervention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation des prélèvements et analyses des boues de STEP en vue de chantiers d&amp;#039;épandage (Cf. Chambre d&amp;#039;agriculture de la Drôme)
+ &lt;/li&gt;
+&lt;/ul&gt;
+Mesures Éco-toxicologiques (intervention payante) :
+&lt;p&gt;
+ Évaluation de la contamination chimique et de la toxicité d&amp;#039;un milieu aquatique (rivières, plans d&amp;#039;eaux, amont/aval de station d&amp;#039;épuration) grâce à l&amp;#039;utilisation de capteurs biologiques « gammares ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats mixtes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Industriels
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/analyses-environnementales/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Drôme Laboratoire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
+    laboratoire&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04.75.81.70.70
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site :
+   &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
+    www.ladromelaboratoire.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01f6-analyses-environnementales/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
+        <v>9082</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Mission régionale de conseil aux décideurs publics (MRCDP
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC24" s="1" t="inlineStr">
+        <is>
+          <t>DGFiP</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q25" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>Département du Gers</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>19/11/2019</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>20362</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Créer des outils pédagogiques, des supports d'éducation à l'environnement et au développement durable (investissement)</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La loi « MAPTAM » de janvier 2014 et la Loi « NOTRe » d&amp;#039;août 2015 ont confié aux Régions des compétences renforcées relatives à l&amp;#039;aménagement et au développement durable du territoire, à la protection de la biodiversité, au climat, à la qualité de l&amp;#039;air et à l&amp;#039;énergie. Dans ce contexte, la Région Occitanie / Pyrénées-Méditerranée mène plusieurs grands chantiers qui contribuent à la transition écologique et énergétique régionale, celle-ci nécessitant, pour réussir une implication citoyenne et collective.
+&lt;/p&gt;
+&lt;p&gt;
+ La réussite de cette transition nécessite une compréhension des enjeux de celle-ci par tous les publics se trouvant en Occitanie. L&amp;#039;éducation est une condition de la réussite de cette transition. L&amp;#039;éducation à l&amp;#039;environnement et au développement durable (EEDD) est une éducation au sens large qui s&amp;#039;appuie sur les champs de l&amp;#039;information, de la sensibilisation, de la formation, de l&amp;#039;éducation et de la participation citoyenne pour impliquer les personnes dans l&amp;#039;action, à tous les âges de la vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EEDD explore ainsi, de manière croisée, des champs qui sont tant environnementaux, que sociaux, économiques ou culturels : énergie, biodiversité, eau, déchets, mobilité, alimentation, consommation, habitat, solidarité, santé, sport, patrimoine. Parce que son approche est globale, complexe et territoriale et qu&amp;#039;elle peut, de manière adaptée, s&amp;#039;adresser à tous les publics, l&amp;#039;EEDD est un outil transversal indispensable à la mise en oeuvre des politiques régionales sectorielles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le but de pouvoir appuyer des dispositifs éducatifs naissants ou existants, de pouvoir informer, sensibiliser ou éduquer les publics cibles de la politique régionale d&amp;#039;EEDD (ciblant tous les publics régionaux, dont en particulier les publics jeunes et lycéens, et favorisant l&amp;#039;accès des personnes en situation de handicap) ou de valoriser les nouvelles pratiques éducatives, il convient de soutenir la création d&amp;#039;outils pédagogiques innovants, adaptés, de grande qualité éducative, par des structures d&amp;#039;EEDD ayant des compétences reconnues dans ce domaine.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les taux d&amp;#039;intervention (maximum) sont modulés en fonction des critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux de base - 30% (maximum) :
+  &lt;/strong&gt;
+  Outils pédagogiques d&amp;#039;EEDD développés hors thématiques prioritaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 10% (soit 40% maximum) :
+  &lt;/strong&gt;
+  Outils pédagogiques d&amp;#039;EEDD s&amp;#039;inscrivant dans les thématiques prioritaires de la Région dans le champ de la transition écologique et énergétique (TEE) : énergie, eau, biodiversité, déchets et économie circulaire, risques naturels, alimentation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 20% (soit 50% maximum) :
+  &lt;/strong&gt;
+  Outils pédagogiques d&amp;#039;EEDD développés spécifiquement pour des territoires où les publics n&amp;#039;ont pas accès à des actions de sensibilisation à la TEE (Ce critère sera jugé lors de l&amp;#039;instruction, à l&amp;#039;aune de l&amp;#039;argumentaire présenté par le porteur de projet et de l&amp;#039;expertise des services.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 30% (soit 60% maximum) :
+  &lt;/strong&gt;
+  Outils pédagogiques d&amp;#039;EEDD développés spécifiquement pour le public lycéen, ou pour des scolaires dans les territoires où ces publics n&amp;#039;ont pas accès à des actions de sensibilisation à la TEE (cf. méthode d&amp;#039;évaluation du critère ci-dessus)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 40% (soit 70% maximum) :
+  &lt;/strong&gt;
+  Outils d&amp;#039;EEDD créés dans le cadre de l&amp;#039;appel à initiatives : projets innovants / d&amp;#039;expérimentation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Tous les taux d&amp;#039;intervention indiqués sont des taux
+ &lt;strong&gt;
+  maximum
+ &lt;/strong&gt;
+ , le taux appliqué final étant évalué en fonction de l&amp;#039;intérêt retenu par la Région du dossier transmis (spécialement à l&amp;#039;aune de l&amp;#039;argumentaire défini par le porteur de projet), du plan de financement présenté et du budget régional mobilisable.
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier de dépôt des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets dont la demande de soutien financier est supérieure à 15 000 € :
+ &lt;strong&gt;
+  avant le 31 décembre année N-1
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets dont la demande de soutien financier est inférieure à 15 000 € : au fil de l&amp;#039;eau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Education et renforcement des compétences
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Création d&amp;#039;un dispositif éducatif abordant et approfondissant un ou plusieurs thèmes de la transition écologique et énergétique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création ou réactualisation d&amp;#039;un dispositif éducatif itinérant circulant au niveau régional, sur un ou plusieurs départements, sur et hors d&amp;#039;un territoire administratif précis.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création ou réactualisation d&amp;#039;une exposition pédagogique traitant d&amp;#039;un ou de plusieurs sujets d&amp;#039;EEDD.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création d&amp;#039;une application multimédia éducative nourrissant la compréhension de la TEE ou soutenant l&amp;#039;animation ou la découverte d&amp;#039;un territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création d&amp;#039;outils ou de livrets éducatifs pouvant être remis à un public cible lors d&amp;#039;animations ponctuelles ou d&amp;#039;événements.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création professionnelle de ressources ou d&amp;#039;ouvrages éducatifs faisant l&amp;#039;objet d&amp;#039;une publication.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Soutien-a-la-creation-d-outils-pedagogiques-supports-d-education</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Transition Écologique et Energétique
+&lt;/p&gt;
+&lt;p&gt;
+ Yann ABONNEAU Téléphone : 04 67 22 90 58 Mail : yann.abonneau&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/53b5-soutien-a-la-creation-doutils-pedagogiques-su/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>03/01/2020</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>20364</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Développer des actions d'éducation à l'environnement et au développement durable (fonctionnement)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La loi « MAPTAM » de janvier 2014 et la Loi « NOTRe » d&amp;#039;août 2015 ont confié aux Régions des compétences renforcées relatives à l&amp;#039;aménagement et au développement durable du territoire, à la protection de la biodiversité, au climat, à la qualité de l&amp;#039;air et à l&amp;#039;énergie. Dans ce contexte, la Région Occitanie / Pyrénées-Méditerranée mène plusieurs grands chantiers qui contribuent à la transition écologique et énergétique régionale, celle-ci nécessitant, pour réussir une implication citoyenne et collective.
+&lt;/p&gt;
+&lt;p&gt;
+ La réussite de cette transition nécessite une compréhension des enjeux de celle-ci par tous les publics se trouvant en Occitanie. L&amp;#039;éducation est une condition de la réussite de cette transition.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éducation à l&amp;#039;environnement et au développement durable (EEDD) est une éducation au sens large qui s&amp;#039;appuie sur les champs de l&amp;#039;information, de la sensibilisation, de la formation, de l&amp;#039;éducation et de la participation citoyenne pour impliquer les personnes dans l&amp;#039;action, à tous les âges de la vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EEDD explore ainsi, de manière croisée, des champs qui sont tant environnementaux, que sociaux, économiques ou culturels : énergie, biodiversité, eau, déchets, mobilité, alimentation, consommation, habitat, solidarité, santé, sport, patrimoine. Parce que son approche est globale, complexe et territoriale et qu&amp;#039;elle peut, de manière adaptée, s&amp;#039;adresser à tous les publics, l&amp;#039;EEDD est un outil transversal indispensable à la  mise en œuvre des politiques régionales sectorielles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif d&amp;#039;aide précise le soutien pouvant être apporté par la Région à des actions de sensibilisation, d&amp;#039;éducation ou de formation à la transition écologique et énergétique (TEE) de tous les publics régionaux (en ciblant en particulier les publics jeunes et lycéens et en favorisant notamment l&amp;#039;accès des personnes en situation de handicap) dans le cadre d&amp;#039;accompagnements et de processus pédagogiques de long terme (créant et accroissant une prise de conscience de chaque public ciblé).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions d&amp;#039;EEDD doivent permettre de faire comprendre la notion d&amp;#039;écocitoyenneté et d&amp;#039;impulser des changements de comportements durables, individuels et collectifs qui peuvent en découler, nécessaires à la transition écologique et énergétique régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tous les taux d&amp;#039;intervention indiqués sont des taux maximum, le taux appliqué final étant évalué en fonction de l&amp;#039;intérêt du dossier transmis, du plan de financement présenté et du budget régional mobilisable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention est modulé en fonction des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de base (maximum) :
+ &lt;strong&gt;
+  30% :
+ &lt;/strong&gt;
+ Actions d&amp;#039;EEDD hors thématiques prioritaires
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 10% (soit 40% maximum) :
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Actions d&amp;#039;EEDD s&amp;#039;inscrivant dans les thématiques prioritaires de la Région dans le champ de la transition écologique et énergétique (TEE) : Energie, Eau, Biodiversité, Déchets et Economie circulaire, Risques naturels, Alimentation
+   &lt;/li&gt;
+   &lt;li&gt;
+    Actions d&amp;#039;animation des réseaux d&amp;#039;EEDD existants (de niveau transfrontalier, inter-régional, régional, départemental, local ou thématique)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 20% (soit 50% maximum) :
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Actions d&amp;#039;EEDD développées spécifiquement dans les territoires où les publics n&amp;#039;ont pas accès à des actions de sensibilisation ou d&amp;#039;éducation à la TEE.  (Ce critère sera jugé lors de l&amp;#039;instruction, à l&amp;#039;aune de l&amp;#039;argumentaire présenté par le porteur de projet et de l&amp;#039;expertise des services.)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 30% (soit 60% maximum) :
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Actions d&amp;#039;EEDD développées spécifiquement  pour le public lycéen, ou pour des scolaires dans les territoires où ce public n&amp;#039;a pas accès à des actions de sensibilisation à la TEE (cf. méthode d&amp;#039;évaluation du critère ci-dessus)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 40% (soit 70% maximum)
+  &lt;/strong&gt;
+  - Dans le cadre d&amp;#039;un appel à initiatives :
+  Actions d&amp;#039;EEDD soutenant et valorisant l&amp;#039;innovation éducative et l&amp;#039;expérimentation pédagogique
+  Projets de création de réseaux d&amp;#039;EEDD infrarégionaux (liés ou non à un territoire administratif) supportés par une structure associative
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier de dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les programmes d&amp;#039;actions annuels :
+ &lt;strong&gt;
+  avant le 31 décembre année N-1
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets plus ponctuels : au fil de l&amp;#039;eau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions d&amp;#039;éducation à la transition écologique et énergétique, favorisant l&amp;#039;écocitoyenneté ; ponctuelles, annuelles ou pluriannuelles ; auprès de tous les publics et dans tous les territoires régionaux ; favorisant les partenariats lors de la construction et de la mise en œuvre de celles-ci et s&amp;#039;appuyant sur une méthodologie ambitieuse.
+&lt;/p&gt;
+&lt;p&gt;
+ Actions favorisant la coopération entre acteurs d&amp;#039;un même territoire de projet qu&amp;#039;il soit local, départemental, régional, inter-régional et/ou transfrontalier ou européen.
+&lt;/p&gt;
+&lt;p&gt;
+ Actions de formation et de professionnalisation des acteurs de l&amp;#039;EEDD (évaluation des besoins de formations en EEDD, organisation de réseaux de formateurs d&amp;#039;acteurs de l&amp;#039;EEDD, formations qualifiantes et diplômantes de professionnels de l&amp;#039;EEDD, formations des acteurs associatifs bénévoles).
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en réseau des acteurs de l&amp;#039;EEDD (coordination et animation de réseau territorial et/ou thématique d&amp;#039;acteurs de l&amp;#039;EEDD ; création de rencontres territoriales ou thématiques d&amp;#039;acteurs de l&amp;#039;EEDD ; création d&amp;#039;outils collaboratifs de partage des savoir-faire et des savoirs des acteurs d&amp;#039;un même réseau ou entre réseaux, création de dispositifs pédagogiques s&amp;#039;appuyant sur l&amp;#039;expertise des membres du réseau).
+&lt;/p&gt;
+&lt;p&gt;
+ Création de réseaux d&amp;#039;acteurs de l&amp;#039;EEDD infrarégionaux (formation d&amp;#039;un nouveau réseau territorial ou thématique se basant sur une dynamique entre acteurs individuels ou entre structures pouvant déjà exister ; rencontres d&amp;#039;acteurs ; organisation et animation de nouveaux réseaux d&amp;#039;EEDD), principalement côté est de la région Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+ Innovations pédagogiques et thématiques : voir critères relatifs à l&amp;#039;appel à initiatives.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Soutien-au-developpement-de-l-education-a-l-environnement-et-au</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Transition Écologique et Energétique
+&lt;/p&gt;
+&lt;p&gt;
+ Yann ABONNEAU Téléphone : 04 67 22 90 58 Mail : yann.abonneau&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5ab9-soutien-au-developpement-de-leducation-a-lenv/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>03/01/2020</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>554</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>DATAVIZ Cœur de Ville</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Portrait socio-démographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructurer l&amp;#039;habitat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter les mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Servir les citoyens
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Connaissance de la mobilité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB28" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC28" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2019</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
+        <v>391</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>13/09/2018</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>80365</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Bâtir le volet énergie-climat du projet de territoire et le mettre en œuvre</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Agences Locales de l'Energie et du Climat (FLAME)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous  souhaiter  mettre  un  accent  particulier  sur  la  lutte  contre  le  changement  climatique  et  la  transition énergétique dans votre projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence  Locale  de  l&amp;#039;Energie  et  du  Climat  (ALEC)  de  votre  territoire  vous accompagne  dans  toutes  les étapes  de  votre  Projet de  Territoire  sur les  enjeux  énergie  et  climat,  que  vous  ayez  entamé  une  démarche Plan Climat Air Energie Territorial (PCAET) ou pas grâce à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sa connaissance des acteurs du territoire, l&amp;#039;ALEC vous facilite la concertation indispensable à votre Plan territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ses liens privilégiés avec l&amp;#039;observatoire régional Energie-Climat et les gestionnaires de réseaux, l&amp;#039;ALEC vous apportera les données nécessaires à l&amp;#039;établissement du diagnostic initial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  sa connaissance fine du territoire, l&amp;#039;ALEC vous aidera à définir les axes stratégiques de votre PT en lien avec les enjeux énergie-climat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux actions qu&amp;#039;elle mène déjà sur le territoire, l&amp;#039;ALEC vous aidera à définir et mettre en oeuvre un plan d&amp;#039;actions concret adapté à votre territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à sa présence dans la durée, l&amp;#039;ALEC vous permettra de réaliser un suivi précis de votre Plan territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Risques naturels
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.federation-flame.org/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un site internet :
+ &lt;a href="https://www.federation-flame.org/"&gt;
+  https://www.federation-flame.org/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez la Fédération :
+ &lt;a&gt;
+  contact&amp;#64;federation-flame.org
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/90ea-batir-le-volet-energie-climat-du-projet-de-te/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2021</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Seine-Maritime
+CAUE du Gard
+CAUE du Var
+CAUE du Morbihan
+CAUE de l'Ain
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE de l'Ardèche
+CAUE du Cher
+CAUE du Maine-et-Loire
+CAUE de l'Aude
+CAUE de l'Yonne
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE de l'Orne
+CAUE du Calvados
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de la Vendée
+CAUE du Cantal
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte
+CAUE de la Sarthe
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Haute-Loire
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE des Deux-Sèvres
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE du Puy-de-Dôme
+CAUE de la Haute-Garonne
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE de la Dordogne
+CAUE de l'Oise
+CAUE du Lot
+CAUE de la Savoie
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
+Biodiversité
 Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Création de jardins partagés</t>
+        </is>
+      </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>82912</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Gironde
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE du Calvados
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
+CAUE du Lot
+CAUE de la Vendée
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de l'Ardèche
+CAUE du Maine-et-Loire
+CAUE de l'Yonne
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte
+CAUE du Morbihan
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Dordogne
+CAUE du Puy-de-Dôme
+CAUE de la Sarthe
+CAUE des Deux-Sèvres
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE du Pas-de-Calais
+CAUE de la Haute-Loire
+CAUE de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Recherche
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>CAUE des Pyrénées-Atlantiques
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+CAUE de Meurthe-et-Moselle
+CAUE de la Mayenne
+CAUE de la Manche
+CAUE du Maine-et-Loire
+CAUE Lot-et-Garonne
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE de l'Ardèche
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
+CAUE de l'Hérault
+CAUE de la Gironde
+CAUE de la Haute-Garonne
+CAUE du Gard
+CAUE de l'Oise
+CAUE de la Drôme
+CAUE de l'Aude
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE du Calvados
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
+CAUE des Landes
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
+CAUE du Tarn
+CAUE de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
+        <v>82917</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agences Locales de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://federation-flame.org</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Frank Sentier, Délégué général de la Fédération FLAME
+&lt;/p&gt;
+&lt;p&gt;
+ frank.sentier&amp;#64;federation-flame.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8b5-copie-17h59-se-faire-accompagner-sur-les-them/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB34" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école</t>
+        </is>
+      </c>
+      <c r="AC34" s="1" t="inlineStr">
+        <is>
+          <t>Fédération FLAME</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB35" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école
+Construction d'une piscine
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC35" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2021</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>74102</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger des stratégies globales de territoires</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Du fait de leur proximité avec les élus et de leur connaissance des territoires, les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la DDTM 29, sont en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
+ &lt;br /&gt;
+ Cette aide se matérialise par un appui en ingénierie technique, juridique, et financier. Un fonctionnement en mode projet et des apports méthodologiques contribuent à faire émerger des stratégies territoriales qui peuvent ensuite se traduire par une contractualisation ou la mise en place d&amp;#039;outils réglementaires. Et suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation pré-diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Action Cœur de Ville &amp;amp; Opérations de Revitalisation des Territoires (ORT) ;
+ &lt;br /&gt;
+ - OPAH ;
+ &lt;br /&gt;
+ - Contrats de Ruralité (programmes pluriannuel et annuel) ;
+ &lt;br /&gt;
+ - Contrat de Transition Écologique ;
+ &lt;br /&gt;
+ - ateliers de territoire ; plan de paysage ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - AMI centres-bourgs et AàP revitalisation des centralités......
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0519-obtenir-un-appui-pour-faire-emerger-des-strat/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2021</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
+        <v>74103</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui technique de proximité à la mise en oeuvre des politiques publiques prioritaires et un accompagnement amont sur les procédures réglementaires associées</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la Direction Départementale des Territoires et de la Mer du Finistère, sont les interlocuteurs de proximité des élus qui souhaitent être accompagnés et soutenus
+dans la mise en oeuvre de projets relevant des
+ &lt;strong&gt;
+  politiques publiques prioritaires
+ &lt;/strong&gt;
+ suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aménagement de bourgs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  transition énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  qualité de l&amp;#039;eau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  publicité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sécurité routière
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiment durable et accessibilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  biodiversité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  risques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette aide se matérialise par un conseil global en aménagement, des interventions ponctuelles ou une mise en réseau.
+ &lt;/strong&gt;
+ Suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation prédiagnostic, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  s différents services apportent dans une logique de simplification administrative, un conseil stratégique amont tenant compte du contexte local et des particularités du projet, et permet d&amp;#039;aplanir la complexité des procédures inhérentes aux projets d&amp;#039;aménagement et de développement économique.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après un examen sur la base d&amp;#039;une question et pré-dossier du porteur de projet, l&amp;#039;Atelier délivre au bénéficiaire un avis préalable sur les procédures applicables et les délais induits ainsi qu&amp;#039;une synthèse des informations utiles
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  aménagements d&amp;#039;espaces publics ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de nouveaux quartiers, renouvellement urbain, écoquartiers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation thermique de bâtiments publics, production d&amp;#039;EnR ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  agendas d&amp;#039;accessibilité programmée ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics publicité ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics de sécurité routière ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aires d&amp;#039;accueil des gens du voyage ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plans communaux de sauvegarde.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pôle d&amp;#039;échanges multi-modal,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  implantation, extension de sites d&amp;#039;activités, projets liés aux énergies renouvelables...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remise en culture de friches agricoles, remise en activité ou renaturation de friches artisanales et industrielles...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Réhabilitation
 Logement et habitat
 Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba53-obtenir-un-appui-technique-de-proximite-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2021</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
+        <v>92049</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Financer les SPL contribuant à la relance par  des quasi-fonds propres</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Découvrez nos offres pour les Entreprises publiques locales</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions de financement pour les Sociétés publiques locales (SPL) et leurs projets qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participent au plan de relance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentent des impacts extra-financiers importants et sont en capacité de les suivre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ont un modèle économique équilibré et affichent des perspectives de développement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ont besoin d&amp;#039;un apport en fonds propre d&amp;#039;au moins 200 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut participer à votre financement de haut de bilan par des quasi-fonds propres de plusieurs manières :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prêts subordonnés ou super subordonnés à intérêts fixes ou variables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligations subordonnées ou super subordonnées à intérêts fixes ou variables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/entreprises-publiques-locales?mtm_campaign=Aides_Territoires&amp;mtm_kwd=EPL&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_spl_at</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a29b-obtenir-un-apport-en-quasi-fonds-propres-pour/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB38" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC38" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>22/04/2021</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
+        <v>92240</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour bâtir des stratégies territoriales</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme participent à la construction des stratégies territoriales
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dynamiques territoriales et les transitions en cours questionnent le sens même de la planification stratégique. Nous sommes dans l&amp;#039;ère des interdépendances territoriales et des réciprocités - qu&amp;#039;elles soient choisies ou subies. Les nouvelles interfaces politiques et territoriales appellent à organiser des alliances entre tous les types de territoires (métropolitains, urbains, périurbains et ruraux), interpellent l&amp;#039;agilité des modes de gouvernance et sollicitent de nouveaux cadres d&amp;#039;actions territoriales. Dans ce contexte qui rebat les cartes du développement territorial, les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+&lt;/p&gt;
+&lt;p&gt;
+ - les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...)
+&lt;/p&gt;
+&lt;p&gt;
+ - et des membres associés intéressés par les enjeux territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conduire des démarches de prospective pour construire une vision pour le futur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de coopérations territoriales (contractualisations, coopérations
+  &lt;br /&gt;
+  métropolitaines, contrat de réciprocité...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux stratégies frontalières et transnationales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les contacts de chaque agence d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df5d-etre-aide-pour-batir-des-strategies-territori/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC39" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>26/04/2021</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
+        <v>92241</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé pour participer au débat territorial</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme aident à sensibiliser et animer le débat territorial
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;agence d&amp;#039;urbanisme, grâce à son positionnement partenarial et sa neutralité est un connecteur entre les acteurs. Forte de cela et de son ancrage, elle a un rôle d&amp;#039;animation territoriale pour lequel elle développe des activités et des méthodes participatives innovantes.
+ &lt;br /&gt;
+ L&amp;#039;agence s&amp;#039;appuie à la fois sur son expertise et sur sa compétence d&amp;#039;animation pour être moins dans la « confrontation territoriale » mais plus dans la co-construction.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+ &lt;br /&gt;
+ les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+ &lt;br /&gt;
+ l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+ &lt;br /&gt;
+ des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...) ;
+ &lt;br /&gt;
+ et des membres associés intéressés par les enjeux territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation et intermédiation des débats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets participatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation (résidence, atelier, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7b7-copie-13h16-etre-aide-pour-batir-des-strategi/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC40" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>26/04/2021</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
 Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
 Industrie
-Mers et océans</t>
-[...2 lines deleted...]
-      <c r="O44" s="1" t="inlineStr">
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U44" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X44" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contactez la MOT : mot&amp;#64;mot.asso.fr, &amp;#43;33 1 55 80 56 80
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB41" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Gestion d'une base nautique
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC41" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2020</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-      <c r="A45" s="1">
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Normands
+Union régionale des CAUE des Hauts de France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC42" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2021</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
         <v>102937</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Aider à la recherche de financements européens</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...14 lines deleted...]
-      <c r="L45" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informer
  &lt;/li&gt;
  &lt;li&gt;
   Conseiller
  &lt;/li&gt;
  &lt;li&gt;
   Appuyer au montage d&amp;#039;un projet européen innovant
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La Région propose de vous informer  par l&amp;#039;intermédiaire :
  &lt;br /&gt;
  - du site internet dédié : www.europeid.fr,
  &lt;br /&gt;
@@ -11002,51 +11690,51 @@
  &lt;br /&gt;
  - de rendez-vous individuels.
 &lt;/p&gt;
 &lt;p&gt;
  Elle propose également de vous accompagner tout au long de votre  candidature.
 &lt;/p&gt;
 &lt;p&gt;
  Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
 &lt;/p&gt;
 &lt;p&gt;
  Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
  &lt;br /&gt;
  - l&amp;#039;orientation vers les cellules ressources
  &lt;br /&gt;
  - la recherche de partenaires
  &lt;br /&gt;
  - la rédaction de votre candidature
  &lt;br /&gt;
  - sa relecture critique avant soumission
 &lt;/p&gt;
 &lt;p&gt;
  Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
@@ -11063,1138 +11751,340 @@
 Qualité de l'air
 Biodiversité
 Paysage
 International
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une structure francilienne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact au Conseil régional :
 &lt;/p&gt;
 &lt;p&gt;
  europe&amp;#64;iledefrance.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>veronique.hostein@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
         </is>
       </c>
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB43" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2021</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...337 lines deleted...]
-      <c r="A48" s="1">
+    <row r="44" spans="1:34" customHeight="0">
+      <c r="A44" s="1">
         <v>104475</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Apporter un appui financier régional au fonctionnement des Parcs Naturels Régionaux mais également à la mise en oeuvre de certaines opérations relevant de leur charte</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Soutien aux Parcs naturels régionaux des Pays de la Loire</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L48" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En tant que membre des syndicats mixtes de gestion, la Région Pays de la Loire apporte son concours financier au fonctionnement des Parcs Naturels Régionaux (participation statutaire) mais également à la mise en oeuvre de certaines opérations relevant de leur charte (subventions des programmes d&amp;#039;actions annuels) et portant sur les priorités régionales en matière d&amp;#039;environnement, à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la biodiversité, les milieux naturels et les paysages,
  &lt;/li&gt;
  &lt;li&gt;
   les énergies renouvelables,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;éducation à l&amp;#039;environnement et au développement durable,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation de la ressource en eau dans une logique de bassin versant.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le soutien régional aux Parcs Naturels Régionaux s&amp;#039;exerce dans le cadre d&amp;#039;un Contrat de Parc triennal. Une convention financière d&amp;#039;application, adossée à ce Contrat de Parc, précise les conditions de mise en oeuvre du financement régional octroyé pour le programme d&amp;#039;actions annuel.
 &lt;/p&gt;
 &lt;p&gt;
  Pour mener à bien les objectifs conjoints, les Parcs naturels régionaux et la Région s&amp;#039;engagent dans un partenariat fluide, basé sur des échanges réguliers, confiants et transparents. Les modalités de mise en oeuvre de ce partenariat sont précisées dans les contrats de parc.
 &lt;/p&gt;
 &lt;p&gt;
  Type de procédure : Papier
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Qualité de l'air
 Biodiversité
 International
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P48" s="1" t="inlineStr">
+      <c r="P44" s="1" t="inlineStr">
         <is>
           <t>11/01/2025</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/soutien-aux-parcs-naturels-regionaux-des-pays-de-la-loire</t>
         </is>
       </c>
-      <c r="W48" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X48" s="1" t="inlineStr">
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/aides/#/prod/connecte/F_PNR/depot/simple</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la transition énergétique et de l&amp;#039;environnement
  &lt;br /&gt;
  Service Eau, biodiversité et déchets
  &lt;br /&gt;
  Pôle Biodiversité et littoral
 &lt;/p&gt;
 &lt;p&gt;
  Cyril Bellouard
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:cyril.bellouard&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
   cyril.bellouard&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 28 20 54 45
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bf4b-soutien-aux-parcs-naturels-regionaux-des-pays/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...506 lines deleted...]
-      <c r="A51" s="1">
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
         <v>111757</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L51" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -12231,82 +12121,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M51" s="1" t="inlineStr">
+      <c r="M45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12352,1089 +12242,297 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W51" s="1" t="inlineStr">
+      <c r="W45" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC45" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>11/01/2022</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...855 lines deleted...]
-      <c r="C56" s="1" t="inlineStr">
+    <row r="46" spans="1:34" customHeight="0">
+      <c r="A46" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E56" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F56" s="1" t="inlineStr">
+      <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat</t>
-[...12 lines deleted...]
-      <c r="L56" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
-[...29 lines deleted...]
-  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -13479,268 +12577,241 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
-[...8 lines deleted...]
- &lt;/a&gt;
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X56" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Point de contact national Nord de la France :
+  Point de contact national Nord de la France
  &lt;/strong&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Caroline Gauthier  &amp;#43;33 (0) 374 274 056
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
- &lt;br /&gt;
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Point de contact national Sud de la France et RUP :
+  Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
- &lt;br /&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC46" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="AD46" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG46" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2022</t>
+        </is>
+      </c>
+      <c r="AH46" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G57" s="1" t="inlineStr">
+    <row r="47" spans="1:34" customHeight="0">
+      <c r="A47" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L57" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
-[...11 lines deleted...]
- Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M57" s="1" t="inlineStr">
-[...46 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
@@ -13750,982 +12821,913 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
-Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
  &lt;/strong&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T57" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="X57" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...20 lines deleted...]
- pdibiase&amp;#64;maregionsud.fr
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB47" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot</t>
+        </is>
+      </c>
+      <c r="AD47" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG47" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="AH47" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G58" s="1" t="inlineStr">
+    <row r="48" spans="1:34" customHeight="0">
+      <c r="A48" s="1">
+        <v>117146</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Approfondir la connaissance du territoire par un diagnostic territorial partagé</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
-[...175 lines deleted...]
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L59" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans la connaissance de leur territoire à travers la réalisation d&amp;#039;un diagnostic territorial transversal et multidisciplinaire, partagé avec les acteurs locaux :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Réalisation d&amp;#039;un diagnostic territorial sur toutes les thématiques intéressant les collectivités (aménagement, culture, sport, solidarité, développement économique, tourisme, santé, environnement, transport...)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réunion de travail
  &lt;/li&gt;
  &lt;li&gt;
   Coordination des services contributeurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Transmission d&amp;#039;un diagnostic territorial sous format numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Accès aux services
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W59" s="1" t="inlineStr">
+      <c r="W48" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/20f8-approfondir-la-connaissance-du-territoire-par/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC48" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG48" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="AH48" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="49" spans="1:34" customHeight="0">
+      <c r="A49" s="1">
         <v>117373</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l’élaboration du projet de territoire, d’un programme d’actions et de la mise en œuvre de ce dernier</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l’élaboration du projet de territoire et à sa mise en œuvre</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L60" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre à une collectivité,sur la base du diagnostic (réalisable dans ID77), de construire et d&amp;#039;élaborer un projet de territoire et le programme d&amp;#039;actions qui en découle.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département met à disposition ses connaissances et ses compétences techniques au service de la collectivité pour aboutir à la constitution d&amp;#039;un programme
  &lt;br /&gt;
  d&amp;#039;actions prévisionnel qui pourrait être mis en œuvre et sur l&amp;#039;identification des financements potentiels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M60" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Appui méthodologique (remise de documents méthodologiques, échanges avec la collectivité)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement/Conseil amont (à un PLU par exemple)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;ateliers thématiques à la demande
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;élaboration d&amp;#039;un programme d&amp;#039;actions
  &lt;/li&gt;
  &lt;li&gt;
   Appui au montage de projet (recherche de financement par exemple)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Accès aux services
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W60" s="1" t="inlineStr">
+      <c r="W49" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail :
 &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
  id77&amp;#64;departement77.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/db38-accompagner-les-collectivites-dans-lelaborati/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC49" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG49" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH49" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-      <c r="A61" s="1">
+    <row r="50" spans="1:34" customHeight="0">
+      <c r="A50" s="1">
         <v>117406</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la communication environnementale</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L61" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Faciliter la communication de la collectivité sur les actions environnementales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M61" s="1" t="inlineStr">
+      <c r="M50" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rédaction d&amp;#039;articles, réalisation de plaquettes thématiques, aide à la communication, proposition de modèle prêt à l&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   Convention de partenariat
  &lt;/li&gt;
  &lt;li&gt;
   Document contractuel (conventions type ..)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>http://www.seine-et-marne-environnement.fr</t>
         </is>
       </c>
-      <c r="W61" s="1" t="inlineStr">
+      <c r="W50" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7119-accompagner-les-collectivites-a-la-communicat/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB50" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC50" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG50" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH50" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-      <c r="A62" s="1">
+    <row r="51" spans="1:34" customHeight="0">
+      <c r="A51" s="1">
         <v>117423</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités pour le développement et à l'installation d'unités de méthanisation</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H62" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L62" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>Au travers de la charte CAPMETHA77, le Département, avec ses 8 signataires, affirme les orientations et valeurs qui doivent guider les projets de méthanisation, favoriser leur appropriation par tout porteur de projet, élu ou autre acteur seine-et-marnais concerné, et contribuer à leur réussite</t>
         </is>
       </c>
-      <c r="M62" s="1" t="inlineStr">
+      <c r="M51" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ingénierie : Faire le lien entre l&amp;#039;élu et le porteur de projet ; bâtir une stratégie d&amp;#039;acceptabilité du projet
  &lt;/li&gt;
  &lt;li&gt;
   Action de sensibilisation : Réunions d&amp;#039;information auprès des Communes, des porteurs de projets, participation à des réunions publiques
  &lt;/li&gt;
  &lt;li&gt;
   Ressources documentaires : Exposition ; plaquettes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Document contractuel (conventions type ..)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Sols
 Foncier
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Qualité de l'air
 Bâtiments et construction
 Paysage
 Emploi
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W62" s="1" t="inlineStr">
+      <c r="W51" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8584-accompagner-les-collectivites-pour-le-develop/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC51" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG51" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH51" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-      <c r="A63" s="1">
+    <row r="52" spans="1:34" customHeight="0">
+      <c r="A52" s="1">
         <v>117484</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L63" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseiller aux décideurs locaux (CDL)
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
  &lt;br /&gt;
  &lt;br /&gt;
  La mise en place de ce nouvel interlocuteur permet :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -14738,90 +13740,90 @@
  &lt;li&gt;
   de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M63" s="1" t="inlineStr">
+      <c r="M52" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aide dans la confection d&amp;#039;un budget
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une analyse financière
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de nouveaux moyens de paiement
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la décision en matière financière et fiscale
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Simulations fiscales
  &lt;/li&gt;
  &lt;li&gt;
   Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement le déploiement du nouveau référentiel comptable M57
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement dans la rationalisation des régies
  &lt;/li&gt;
  &lt;li&gt;
   Suivi et gestion des marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Promotion de la démarche partenariale (CSCF et EP)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -14846,1689 +13848,648 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P63" s="1" t="inlineStr">
+      <c r="P52" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC52" s="1" t="inlineStr">
+        <is>
+          <t>DGFiP</t>
+        </is>
+      </c>
+      <c r="AE52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG52" s="1" t="inlineStr">
+        <is>
+          <t>21/04/2022</t>
+        </is>
+      </c>
+      <c r="AH52" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G64" s="1" t="inlineStr">
+    <row r="53" spans="1:34" customHeight="0">
+      <c r="A53" s="1">
+        <v>126877</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...28 lines deleted...]
-Sports et loisirs
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  LES OUTILS DE PLANIFICATION TERRITORIALE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
+  les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
+   Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
+   OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
+   Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
+   PLUi Le Havre Seine Métropole
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...187 lines deleted...]
-Revitalisation
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
-International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
-Mobilité partagée
 Logistique urbaine
-Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...4 lines deleted...]
-      <c r="O65" s="1" t="inlineStr">
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  Consulter la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC53" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG53" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2023</t>
+        </is>
+      </c>
+      <c r="AH53" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:34" customHeight="0">
+      <c r="A54" s="1">
+        <v>130467</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer un Agenda 2030 local</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Association Notre Village</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Association Notre Village a été créée en 1992 dans le but de sauvegarder les communes face à l&amp;#039;exode rural. A partir des années 2000, nous avons fait le choix de réorienter nos missions en faveur de la promotion des territoires ruraux et de leur engagement pour le développement durable. Depuis 2009, nous sommes une association reconnue d&amp;#039;intérêt général.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Nos villages sont des terres d&amp;#039;avenir sur lesquelles il est primordial de préserver le cadre de vie.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nos missions sont les suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
-[...8 lines deleted...]
-  Les communes :
+  Valoriser les territoires communaux et intercommunaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller les élus sur la réglementation législative et réglementaire en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer un lieu d&amp;#039;échange entre les différents acteurs au sein d&amp;#039;une collectivité territoriale (élus, conseillers, citoyens, entreprises, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibiliser ces mêmes acteurs aux atouts et problématiques d&amp;#039;une collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir la mise en œuvre d&amp;#039;actions par les collectivités en faveur du développement durable sur l&amp;#039;ensemble de leur territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
-[...18 lines deleted...]
- La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ Aujourd&amp;#039;hui, nous vous proposons un accompagnement dans l&amp;#039;élaboration et la mise en œuvre de la démarche
+ &lt;strong&gt;
+  Agenda 2030 local.
+ &lt;/strong&gt;
+ En outre, cette démarche permet l&amp;#039;attribution d&amp;#039;un
+ &lt;a href="https://www.notrevillage.asso.fr/service/le-label-notre-village-terre-davenir/demarche/" target="_self"&gt;
+  label
+ &lt;/a&gt;
+ à la collectivité engagée. Il s&amp;#039;agit du label &amp;#34;Notre Village, Terre d&amp;#039;Avenir&amp;#34;, reconnu par le CGDD.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agenda 2030 est un outil d&amp;#039;application des
+ &lt;a href="https://www.notrevillage.asso.fr/service/le-label-notre-village-terre-davenir/contexte/" target="_self"&gt;
+  Objectifs de Développement Durable
+ &lt;/a&gt;
+ (ODD) à un échelon local. Par l&amp;#039;Agenda 2030 local et les ODD, les collectivités territoriales mettent en lumière des solutions locales, pratiques et de terrain afin de répondre au mieux à la transition écologique et solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agenda 2030 prend la forme d&amp;#039;une Charte, regroupant notamment un diagnostic territorial et un plan d&amp;#039;actions sur trois ans.
+ L&amp;#039;association Notre Village vous accompagne de la conception à la labellisation (avec le suivi du plan d&amp;#039;actions sur les trois ans).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X65" s="1" t="inlineStr">
+      <c r="M54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
-[...10 lines deleted...]
-  &lt;/span&gt;
+ Vous pouvez consulter notre
+ &lt;a href="https://www.notrevillage.asso.fr/presses/" target="_self"&gt;
+  page Internet
  &lt;/a&gt;
-&lt;/p&gt;
-[...131 lines deleted...]
- Évaluation de la contamination chimique et de la toxicité d&amp;#039;un milieu aquatique (rivières, plans d&amp;#039;eaux, amont/aval de station d&amp;#039;épuration) grâce à l&amp;#039;utilisation de capteurs biologiques « gammares ».
+ regroupant divers articles de presse.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
-[...195 lines deleted...]
-Innovation, créativité et recherche
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Cohésion sociale et inclusion
+Santé
+Economie locale et circuits courts
 Qualité de l'air
 Biodiversité
-International
-[...614 lines deleted...]
-Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
-Transports collectifs et optimisation des trafics routiers
-[...16 lines deleted...]
-      <c r="O70" s="1" t="inlineStr">
+Valorisation d'actions
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
-[...6 lines deleted...]
- Après étude et acceptation de votre dossier par La Banque Postale.
+ Il n&amp;#039;existe pas de critère d&amp;#039;éligibilité pour accéder aux services de l&amp;#039;Association.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois, l&amp;#039;Agenda 2030 est une prestation payante afin de rémunérer les salariés qui vous accompagneront dans vos démarches. De plus, le paiement de l&amp;#039;adhésion est obligatoire pour toute collectivité qui souhaite bénéficier des services de l&amp;#039;association.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les tarifs sont disponibles
+ &lt;a href="https://www.notrevillage.asso.fr/association/rejoignez-nous/" target="_self"&gt;
+  ici
+ &lt;/a&gt;
+ .
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T70" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X70" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.notrevillage.asso.fr/</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+ &lt;strong&gt;
+  Cheffe de projet Agenda 2030 : Céline ROBERT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:terreavenir19&amp;#64;notrevillage.asso.fr" target="_self"&gt;
+  terreavenir19&amp;#64;notrevillage.asso.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 55 84 18 84
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chargée de mission Agenda 2030 : Perrine NOUVEL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:perrinenouvel&amp;#64;notrevillage.asso.fr" target="_self"&gt;
+  perrinenouvel&amp;#64;notrevillage.asso.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 07 56 42 98 69
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>info@notrevillage.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8eaa-elaborer-un-agenda-2030-local/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC54" s="1" t="inlineStr">
+        <is>
+          <t>Association nationale Notre Village</t>
+        </is>
+      </c>
+      <c r="AE54" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG54" s="1" t="inlineStr">
+        <is>
+          <t>21/02/2023</t>
+        </is>
+      </c>
+      <c r="AH54" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-[...134 lines deleted...]
-      <c r="A72" s="1">
+    <row r="55" spans="1:34" customHeight="0">
+      <c r="A55" s="1">
         <v>122171</v>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Réaliser des économies d'énergie et d'eau sur votre patrimoine</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Conseil en Energie Partagé</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Energies Solidaires association</t>
         </is>
       </c>
-      <c r="G72" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H72" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="L72" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Energies Solidaires porte plusieurs dispositifs de service public de la rénovation énergétique sur les Yvelines et accompagne les acteurs locaux au plus près de leurs besoins et contraintes.
 &lt;/p&gt;
 &lt;p&gt;
  Nous proposons un accompagnement personnalisé, pas-à-pas, de l&amp;#039;idée à la réalisation de vos projets de transition énergétique notamment au travers de la mission de Conseil en Energie Partagé de l&amp;#039;ADEME (Agence de la Transition Ecologique).
 &lt;/p&gt;
 &lt;p&gt;
  Vous partagerez sur plusieurs communes les compétences d&amp;#039;un.e conseiller.e qui vous proposera un service objectif et indépendant, sur le long terme, pour un accompagnement et une assistante technique sur les aspect réglementaires, techniques et financiers.
 &lt;/p&gt;
 &lt;p&gt;
  Votre conseiller.e sera force de proposition pour vous permettre de maitriser vos dépenses énergétiques et hydriques mais également dans l&amp;#039;optique de réduire votre empreinte carbone territoriale (objectif national de neutralité carbone à horizon 2050).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur ce dispositif :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   notre site (voir le bouton plus d&amp;#039;information en bas de fiche)
  &lt;/li&gt;
  &lt;li&gt;
   le site de l&amp;#039;ADEME :
   &lt;a href="https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep" target="_self"&gt;
    https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M72" s="1" t="inlineStr">
+      <c r="M55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce que comprend le dispositif CEP (liste non exhaustive)
 &lt;/p&gt;
 &lt;p&gt;
  → Réaliser un inventaire du patrimoine (bâtiments, luminaires, véhicules...) et des usages
 &lt;/p&gt;
 &lt;p&gt;
  → Réaliser un bilan énergétique des trois dernières années de consommations
 &lt;/p&gt;
 &lt;p&gt;
  → Suivi annuel de l&amp;#039;évolution des consommations et des dépenses énergétiques, définition d&amp;#039;indicateurs et reporting dans un tableau de bord pour surveiller leur évolution
 &lt;/p&gt;
 &lt;p&gt;
  → Rédaction de notes et de rapports (état de santé du bâtiment, dépenses énergétiques...)
 &lt;/p&gt;
 &lt;p&gt;
  → Mise en évidence des surconsommations
 &lt;/p&gt;
 &lt;p&gt;
  → Suivi et optimisation des consommations énergétiques des bâtiments
 &lt;/p&gt;
 &lt;p&gt;
  → Proposition de modification de certains réglages (régime de température, mise en place d&amp;#039;un réduit...)
 &lt;/p&gt;
@@ -16565,248 +14526,278 @@
 &lt;/p&gt;
 &lt;p&gt;
  → Remplissage de la plateforme OPERAT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ce que ça ne comprend pas (liste non exhaustive)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  → ES aide à la réalisation mais ne réalise pas pour la commune les démarches (administratives, techniques) relatives aux travaux
 &lt;/p&gt;
 &lt;p&gt;
  → Réalisation d&amp;#039;audits énergétiques réglementaires
 &lt;/p&gt;
 &lt;p&gt;
  → Remplissage de la plateforme OPERAT
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Consommation et production
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10 000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Communes sur une des 5 EPCI yvelinoises suivantes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Communauté Urbaine Grand Paris Seine &amp;amp; Oise
  &lt;/li&gt;
  &lt;li&gt;
   Communauté d&amp;#039;Agglomération Saint-Germain Boucles de Seine
  &lt;/li&gt;
  &lt;li&gt;
   Communauté de Communes des Portes d&amp;#039;Ile-de-France
  &lt;/li&gt;
  &lt;li&gt;
   Communauté de Communes de Gally-Mauldre
  &lt;/li&gt;
  &lt;li&gt;
   Communauté de Communes Pays Houdanais
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Yvelines</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://energies-solidaires.org/conseil-energie/le-conseil-en-energie-partage-cep/</t>
         </is>
       </c>
-      <c r="W72" s="1" t="inlineStr">
+      <c r="W55" s="1" t="inlineStr">
         <is>
           <t>https://energies-solidaires.org/lassociation/contacts/</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Vincent LEVISTRE
  &lt;/li&gt;
  &lt;li&gt;
   Responsable accompagnement des Collectivités
  &lt;/li&gt;
  &lt;li&gt;
   01 39 70 23 06
  &lt;/li&gt;
  &lt;li&gt;
   vincent.levistre&amp;#64;energies-solidaires.org
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier d&amp;#039;une présentation, contactez-nous :
  &lt;a href="https://energies-solidaires.org/lassociation/contacts/" target="_self"&gt;
   https://energies-solidaires.org/lassociation/contacts/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>vincent.levistre@energies-solidaires.org</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4156-realiser-des-economies-denergie-et-deau-sur-v/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB55" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC55" s="1" t="inlineStr">
+        <is>
+          <t>ENERGIES SOLIDAIRES</t>
+        </is>
+      </c>
+      <c r="AE55" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG55" s="1" t="inlineStr">
+        <is>
+          <t>22/12/2022</t>
+        </is>
+      </c>
+      <c r="AH55" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="56" spans="1:34" customHeight="0">
+      <c r="A56" s="1">
         <v>126141</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Enveloppes territorialisées</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L73" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -16819,165 +14810,204 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W73" s="1" t="inlineStr">
+      <c r="W56" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB56" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC56" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG56" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH56" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="57" spans="1:34" customHeight="0">
+      <c r="A57" s="1">
         <v>126142</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L74" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -16989,175 +15019,208 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W74" s="1" t="inlineStr">
+      <c r="W57" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB57" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football</t>
+        </is>
+      </c>
+      <c r="AC57" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG57" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH57" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="58" spans="1:34" customHeight="0">
+      <c r="A58" s="1">
         <v>126143</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L75" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -17169,603 +15232,1136 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T75" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB58" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC58" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG58" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH58" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G76" s="1" t="inlineStr">
+    <row r="59" spans="1:34" customHeight="0">
+      <c r="A59" s="1">
+        <v>142229</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Atelier des territoires Flash</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...19 lines deleted...]
-          <t>&lt;p&gt;
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+&lt;/h4&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  LES OUTILS DE PLANIFICATION TERRITORIALE
+  OBJECTIFS
  &lt;/strong&gt;
- &lt;br /&gt;
-[...1 lines deleted...]
-  les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
+&lt;/p&gt;
+&lt;p&gt;
+ A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  &lt;br /&gt;
+  ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
+ Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+  THÉMATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
+ L&amp;#039;Atelier Flash est un outil permettant aux territoires de s&amp;#039;engager pleinement dans les transitions de leur modèle de développement lesquelles sont abordée par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants, s&amp;#039;intégrant notamment dans les programmes de cohésion des territoires portés par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT) :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions territoriales et urbaines : revitalisation des centre-villes, réhabilitation des entrées de ville, aménagement des friches, protection et valorisation du patrimoine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions culturelles, sociales, économiques : adaptation de l&amp;#039;offre de logements et des mobilités, accompagnement des projets socio-économiques (ESS) et économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projet en lien avec les transitions environnementales et énergétiques : protection, restauration et gestion de l&amp;#039;écosystème terrestre et des ressources naturelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Des outils au service de l&amp;#039;intérêt général
+  PILOTAGE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL), en lien étroit avec la ou les collectivités concernées. Le pilotage implique, pour les DDT(M) ou les D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL, d&amp;#039;émettre et exécuter le bon de commande dans le cadre de l&amp;#039;accord-cadre multi-attributaire de la DGALN.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Une équipe pluridisciplinaire et inclusive
+  FINANCEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
-[...9 lines deleted...]
- Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 20 000€, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation (logistiques et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier, principalement de la collectivité.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à bons de commande de la DGALN. Chaque Atelier Flash est attribuée à une des trois équipes d&amp;#039;experts pluridisciplinaires titulaires selon la méthode du tourniquet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 1
+ &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
-[...16 lines deleted...]
-  &lt;/a&gt;
+  LANCEMENT : attribution de l&amp;#039;équipe et cadrage de l&amp;#039;étape suivante
+ &lt;/li&gt;
+ &lt;li&gt;
+  APPROPRIATION &amp;amp; APPROFONDISSEMENT : analyse documentaire et entretiens et cadrage de la seconde phase
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 2
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ANIMATION IN SITU : introduction de l&amp;#039;Atelier, arpentage du territoire, animation des temps d&amp;#039;Atelier et conclusion de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  PRODUCTION &amp;amp; RESTITUTION
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée totale : 3 à 6 mois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée de l&amp;#039;atelier : 2 à 3 jours
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Documents stratégiques  : feuille de route, esquisse de plan-guide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents opérationnels  : cahier des charges, charte, éléments de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
-Transition énergétique
+Réseaux de chaleur
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
-Innovation, créativité et recherche
+Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+Artisanat
+Mobilité partagée
 Logistique urbaine
+Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Réduction de l'empreinte carbone
-[...3 lines deleted...]
-      <c r="O76" s="1" t="inlineStr">
+Limiter les déplacements subis
+Industrie
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="T76" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ CANDIDATURE
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  EN SYNTHESE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PORTEURS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PIÈCES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 1 - les dynamiques du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 2 - les dynamiques d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X76" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
-[...1 lines deleted...]
-  Consulter la carte pour identifier celle, la plus proche de votre territoire
+ Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
- .
-[...7 lines deleted...]
- Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC59" s="1" t="inlineStr">
+        <is>
+          <t>MTECT - DGALN - DHUP - AD1</t>
+        </is>
+      </c>
+      <c r="AE59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG59" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="AH59" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-[...223 lines deleted...]
-      <c r="G78" s="1" t="inlineStr">
+    <row r="60" spans="1:34" customHeight="0">
+      <c r="A60" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC60" s="1" t="inlineStr">
+        <is>
+          <t>MTECT - DGALN - DHUP - AD1</t>
+        </is>
+      </c>
+      <c r="AE60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG60" s="1" t="inlineStr">
+        <is>
+          <t>05/06/2023</t>
+        </is>
+      </c>
+      <c r="AH60" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:34" customHeight="0">
+      <c r="A61" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L78" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -17794,404 +16390,473 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T78" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W78" s="1" t="inlineStr">
+      <c r="W61" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB61" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC61" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="AE61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG61" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2023</t>
+        </is>
+      </c>
+      <c r="AH61" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="62" spans="1:34" customHeight="0">
+      <c r="A62" s="1">
         <v>133056</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des friches</t>
         </is>
       </c>
-      <c r="C79" s="1" t="inlineStr">
+      <c r="C62" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L79" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Introduit par la loi Climat et résilience du 22 août 2021, l&amp;#039;objectif de Zéro artificialisation nette (ZAN) vise à réduire au maximum l&amp;#039;étalement urbain en limitant, d&amp;#039;une part les constructions sur des espaces naturels, agricoles ou forestiers et en compensant d&amp;#039;autre part, l&amp;#039;urbanisation par une plus grande place accordée à la nature dans les espaces urbanisés.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les friches sont perçues aujourd&amp;#039;hui comme une opportunité pour atteindre les objectifs du ZAN, encore faut-il savoir les repérer et connaitre leurs caractéristiques.
 &lt;/p&gt;
 &lt;p&gt;
  Au regard de leurs caractéristiques, de leur localisation, du contexte et des dynamiques dans lesquels elles s&amp;#039;inscrivent, il peut aussi bien être préférable de privilégier des opérations de renouvellement urbain (habitat, industrie, data center, bureaux...), ou au contraire de les désimperméabiliser et de les renaturer afin de répondre à des enjeux environnementaux (carence en espaces verts, inondations, îlots de chaleur urbains...), de préserver celles qui se sont réensauvagées et constituent désormais des réservoirs de biodiversité, ou encore de remettre en état des espaces agricoles.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise conséquente dans l&amp;#039;identification des friches et leur potentialité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="M62" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les agences d&amp;#039;urbanisme lorraines (AGURAM, Agape et Scalen) ont construit un observatoire des friches pour les 4 départements – Moselle, Meurthe-et-Moselle, Meuse, Vosges. La base de données constituée dans le cadre de l&amp;#039;observatoire regroupe les friches militaires, industrielles, commerciales, administratives et touristiques recensées entre 2015 et 2018 sur le périmètre de l&amp;#039;ancienne Région Lorraine.
   &lt;a href="http://www.epfge.fr/website_operations/FRICHE_WEB/carto/frichesfOrigine.html" target="_self"&gt;
    Consulter la cartographie intéractive
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a créé un observatoire des friches franciliennes.
   &lt;a href="https://www.institutparisregion.fr/amenagement-et-territoires/observatoire-des-friches-franciliennes/" target="_self"&gt;
    Consulter l&amp;#039;Observatoire
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T79" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b05-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB62" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des inondations</t>
+        </is>
+      </c>
+      <c r="AC62" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG62" s="1" t="inlineStr">
+        <is>
+          <t>06/04/2023</t>
+        </is>
+      </c>
+      <c r="AH62" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="63" spans="1:34" customHeight="0">
+      <c r="A63" s="1">
         <v>133059</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
         </is>
       </c>
-      <c r="C80" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L80" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
 &lt;/p&gt;
 &lt;p&gt;
  Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M80" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes pré opératoire à la renaturation des espaces en ville
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
   &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
   &lt;em&gt;
    Renaturer les milieux urbains
   &lt;/em&gt;
   » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
   &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
@@ -18212,2449 +16877,2292 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Etudes d&amp;#039;identification des gisements de renaturation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
   &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
    Consulter les travaux
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
   &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB63" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Gestion des inondations</t>
+        </is>
+      </c>
+      <c r="AC63" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG63" s="1" t="inlineStr">
+        <is>
+          <t>06/04/2023</t>
+        </is>
+      </c>
+      <c r="AH63" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H81" s="1" t="inlineStr">
+    <row r="64" spans="1:34" customHeight="0">
+      <c r="A64" s="1">
+        <v>142764</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Rassembler tous les acteurs volontaires pour produire des ressources ouvertes</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété et Résilience des Territoires </t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à communs est un mode d&amp;#039;intervention dont l&amp;#039;entrée collaborative, dès la phase d&amp;#039;idéation du projet, est au cœur du dispositif.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention :
+ &lt;/strong&gt;
+ les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir) :
+ &lt;br /&gt;
+ https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles répondent aux quatre critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ils sont développés en licences ouvertes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils intègrent des communautés d&amp;#039;utilisateurs et de contributeurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils sont documentés sur le support public de l&amp;#039;appel à communs (le Wiki) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils répondent à au moins l&amp;#039;un des défis de l&amp;#039;appel à communs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ À noter que les projets sont éligibles à tous les stades de maturité.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 relevés de communs auront lieu : le 1er juin, le 29 septembre et le 15 décembre 2023.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à communs sobriété et résilience des territoires s&amp;#039;appuie sur le retour d&amp;#039;expérience de la 1re édition de l&amp;#039;appel à communs lancée en 2021 par l&amp;#039;ADEME sur le sujet de la résilience des territoires. Au vu du bilan positif1 de cette première édition, l&amp;#039;ADEME a souhaité renouveler le dispositif et s&amp;#039;associer à d&amp;#039;autres agences publiques. Pour cette 2e édition, l&amp;#039;IGN et l&amp;#039;ANCT sont associés pour soutenir les dynamiques de coopération sur ces sujets.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communs sélectionnés bénéficieront de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien technique de      l&amp;#039;ADEME ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  selon le sujet, un soutien      technique de l&amp;#039;IGN et de l&amp;#039;ANCT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un accompagnement de l&amp;#039;équipe      conseil externe, spécialiste des communs (licence, gouvernance, modèle      économique, communautés) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un financement de l&amp;#039;ADEME ne      pouvant pas dépasser 70 % du montant éligible. Le taux d&amp;#039;aide appliqué est      fixé par l&amp;#039;ADEME lors de l&amp;#039;instruction du dossier en fonction du système      d&amp;#039;aide dont le dossier dépendra.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir)
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
+&lt;/p&gt;
+&lt;p&gt;
+ Le site de l&amp;#039;appel à communs :
+ &lt;br /&gt;
+ https://resilience-territoire.ademe.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ 1 https://librairie.ademe.fr/urbanisme-et-batiment/6149-retour-d-experience-du-1er-appel-a-commun-de-l-ademe.html
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230418/sobriete-resilience-territoires</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cbf3-sobriete-et-resilience-des-territoires/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC64" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="AE64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF64" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG64" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2023</t>
+        </is>
+      </c>
+      <c r="AH64" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:34" customHeight="0">
+      <c r="A65" s="1">
+        <v>142830</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un service de transport à l’aide de véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez innover pour répondre à un besoin de mobilité non couvert sur votre territoire ? Vous envisagez d&amp;#039;initier une démarche pilote autour de solutions de transport offertes par les navettes ou voitures autonomes partagées ? Le Cerema vous accompagne, de la définition de votre projet à sa mise en œuvre opérationnelle.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pourquoi mettre en place un service de transport basé sur des véhicules autonomes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour quels itinéraires ? Comment assurer la sécurité routière pour tous les usagers sur les parcours concernés ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels contraintes et avantages associés ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Besoin d&amp;#039;aide pour obtenir une autorisation d&amp;#039;expérimentation ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la mise en place un service de transport à l&amp;#039;aide de véhicules autonomes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Définir les zones de pertinence du territoire pour déployer un service de transport basé sur des véhicules autonomes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des besoins de mobilité peu pris en compte par l&amp;#039;offre existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude d&amp;#039;opportunité sur le déploiement de véhicules autonomes pour y répondre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des sites de déploiement potentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formalisation des éléments de coût.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Établir l&amp;#039;itinéraire du service de transport en fonction des contraintes propres aux véhicules autonomes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des interactions potentielles avec les autres usagers (piétons, vélos, véhicules conventionnels)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propositions d&amp;#039;aménagement de la voirie existante.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner le territoire dans la demande d&amp;#039;autorisation d&amp;#039;expérimentation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mémento sur la réglementation, la procédure et les principales étapes d&amp;#039;instruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support à la constitution du dossier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi de la procédure d&amp;#039;instruction jusqu&amp;#039;à l&amp;#039;obtention d&amp;#039;une réponse.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sécurité, Acceptabilité, Mobilité autonome
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Projet SAM « Sécurité et acceptabilité de la mobilité autonome » (2019-2023).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Aix-Marseille-Provence | Thecamp
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Analyse de l&amp;#039;itinéraire envisagé pour une liaison entre le campus et la gare TGV d&amp;#039;Aix-en-Provence (depuis 2019)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ville de Longwy
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Analyse de l&amp;#039;itinéraire envisagé par la ville pour un service de transport entre ville basse et ville haute (2019-2020)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/mettre-place-service-transport-aide-vehicules-autonomes</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d33-mettre-en-place-un-service-de-transport-a-lai/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC65" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE65" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG65" s="1" t="inlineStr">
+        <is>
+          <t>10/06/2023</t>
+        </is>
+      </c>
+      <c r="AH65" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:34" customHeight="0">
+      <c r="A66" s="1">
+        <v>143280</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la mise en œuvre de la réglementation en environnement santé (air, bruit, vibrations)</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez mettre en œuvre la réglementation et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue capable de réaliser l&amp;#039;exploitation de données environnementales en Air, Bruit et/ou Vibrations, en vue de mettre en place des actions de suivi, de formation et d&amp;#039;évaluation des mesures de réduction des nuisances environnementales dans le cadre de la réglementation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous vous proposons un accompagnement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etablir un plan d&amp;#039;action de réduction de pollution de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la rédaction des PPBE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les effets d&amp;#039;un plan d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former des agents dans le domaine des nuisances environnementales (air, bruit et vibration).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema travaille depuis de nombreuses années sur la collecte de données environnementales et sanitaire. Sa connaissance des différentes disciplines lui permet non seulement une production de données de qualité, mais aussi de croiser les thématiques pour vision globale des enjeux. Le Cerema dispose de plus de liens historiques avec les acteurs œuvrant dans ces différents domaines (services de l&amp;#039;État, collectivités, gestionnaires d&amp;#039;infrastructures, établissements publics, acteurs de la santé environnementale...), ce qui lui permet de mettre en œuvre une offre complète, diversifiée et adaptée à chaque situation. Sa connaissance de l&amp;#039;état de l&amp;#039;art, des liens possibles entre thématiques et des opérations déjà réalisées permet au commanditaire de mieux définir les données à collecter en fonction de l&amp;#039;existant, afin de répondre pleinement à l&amp;#039;usage qui va en être fait ensuite.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Appui méthodologique
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/accompagner-collectivites-mise-oeuvre-reglementation</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/95e9-accompagner-les-collectivites-dans-la-mise-en/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC66" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE66" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG66" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH66" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:34" customHeight="0">
+      <c r="A67" s="1">
+        <v>143283</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Modéliser et proposer des solutions face aux nuisances (via des études environnementales)</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez modéliser et proposer des solutions face aux nuisances et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue capable de réaliser l&amp;#039;exploitation de données environnementales en Air, Bruit et/ou Vibrations (enrichissement, croisement ou interprétation) afin de proposer des solutions adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous vous proposons un accompagnement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Modéliser des nuisances (pollution de l&amp;#039;air, bruit, vibrations), leurs impacts sanitaires et des scénarios d&amp;#039;atténuation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faire un diagnostic d&amp;#039;une situation particulière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Produire des PPBE, PPA ou autres cartographies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identifier des gains, des évolutions ou des investissements nécessaires face à des nuisances grâce à l&amp;#039;étude de scénarios prospectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer de techniques de réduction des nuisances
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérifier la conformité ou l&amp;#039;efficacité d&amp;#039;équipements mis en place pour réduire des nuisances - disposer d&amp;#039;une expertise pour des nuisances, dans un cadre juridique ou non.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Cerema travaille depuis de nombreuses années sur la collecte et l&amp;#039;exploitation de données environnementales. Sa connaissance des différentes disciplines lui permet une exploitation experte des données, en apportant au commanditaire une vision globale des enjeux et un appui à une exploitation ultérieure.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Cerema dispose de plus d&amp;#039;une excellente connaissance et de liens historiques avec les acteurs qui peuvent être concernés dans ces différents domaines (services de l&amp;#039;État, collectivités, gestionnaires d&amp;#039;infrastructures, établissements publics travaillant dans ces thématiques, acteurs de la santé environnementale...). Cela permet au Cerema de mettre en œuvre une offre complète, diversifiée et adaptée à chaque situation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sa connaissance de l&amp;#039;état de l&amp;#039;art, des liens possibles entre thématiques et des opérations déjà réalisées permet au commanditaire de mieux définir les besoins, afin de répondre pleinement à l&amp;#039;usage qui va en être fait ensuite.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transition énergétique
+Qualité de l'air
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/etudes-environnementales-modeliser-proposer-solutions-face</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7e6-modeliser-et-proposer-des-solutions-face-aux-/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC67" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE67" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG67" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH67" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:34" customHeight="0">
+      <c r="A68" s="1">
+        <v>143319</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Produire des données sur la qualité de l'environnement pour expertiser une situation</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez récolter des données sur la qualité de votre environnement et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue capable de réaliser les mesures nécessaires pour un diagnostic, qui peut servir à donner des éléments de décision, ou encore évaluer le respect de la réglementation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous vous proposons un accompagnement pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Quantifier des nuisances (pollution de l&amp;#039;air, bruit, vibrations) et leurs impacts sanitaires (Amiante, HAP...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ausculter des émetteurs de nuisances (infrastructures routières et ferroviaires, chantiers, utilisateurs de pesticides, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apporter une expertise dans le cadre de plaintes liées à des nuisances ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faire le diagnostic d&amp;#039;une situation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérifier la conformité ou l&amp;#039;efficacité d&amp;#039;équipements mis en place pour réduire des nuisances ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître l&amp;#039;exposition à une nuisance afin de décider des techniques de réduction à adopter ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser des campagnes de mesures pour évaluer une conformité réglementaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema travaille depuis de nombreuses années sur la collecte de données environnementales et sanitaire. Sa connaissance des différentes disciplines lui permet non seulement une production de données de qualité, mais aussi de croiser les thématiques pour vision globale des enjeux.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema dispose de plus de liens historiques avec les acteurs œuvrant dans ces différents domaines (services de l&amp;#039;État, collectivités, gestionnaires d&amp;#039;infrastructures, établissements publics, acteurs de la santé environnementale ...), ce qui lui permet de mettre en œuvre une offre complète, diversifiée et adaptée à chaque situation.
+&lt;/p&gt;
+&lt;p&gt;
+ Sa connaissance de l&amp;#039;état de l&amp;#039;art, des liens possibles entre thématiques et des opérations déjà réalisées permet au commanditaire de mieux définir les données à collecter en fonction de l&amp;#039;existant, afin de répondre pleinement à l&amp;#039;usage qui va en être fait ensuite.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Santé
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/donnees-qualite-environnement-produire-donnees-expertiser</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e99-produire-des-donnees-sur-la-qualite-de-lenvir/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC68" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE68" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG68" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH68" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:34" customHeight="0">
+      <c r="A69" s="1">
+        <v>143375</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la qualité de l'air extérieur : Conseils et accompagnement pour des actions opérationnelles &amp; méthodologiques</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La qualité de l&amp;#039;air extérieur est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner dans la mise en place de la réglementation ou pour évaluer et réduire l&amp;#039;impact des activités humaines sur la qualité de l&amp;#039;air extérieur.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue capable d&amp;#039;intervenir dans les domaines des infrastructures de transport (terrestres, maritimes et fluviales) en intégrant le cadre des réglementations françaises et européennes relatives à la qualité de l&amp;#039;air extérieur.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le Cerema intervient sur des actions opérationnelles, méthodologiques et de conseil relatives à la qualité de l&amp;#039;air extérieur :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Modélisation de la qualité de l&amp;#039;air extérieur à partir du trafic (routier, maritime ou fluvial), couplée à des mesures in-situ
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de mesures de réduction de pollution de l&amp;#039;air, avec leur suivi et leur évaluation dans la cadre de démarches réglementaires
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Missions d&amp;#039;ingénierie et d&amp;#039;AMO auprès des maîtres d&amp;#039;ouvrages publics ou privés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation du volet « Air et Santé » des études d&amp;#039;impacts de projets de transport
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des MOA, collectivités dans les projets d&amp;#039;aménagement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de projet à l&amp;#039;échelle territoriale (PPA, PDU, SRADDET, PLU(i), SCOT, etc.)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de projet à l&amp;#039;échelle locale (ZFEM, limitation des vitesses, etc.)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux sur les expositions à l&amp;#039;amiante et mesures d&amp;#039;exposition des agents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/qualite-air-exterieur-conseils-accompagnement-actions</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bdd-agir-sur-la-qualite-de-lair-exterieur-conseil/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC69" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE69" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG69" s="1" t="inlineStr">
+        <is>
+          <t>15/06/2023</t>
+        </is>
+      </c>
+      <c r="AH69" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:34" customHeight="0">
+      <c r="A70" s="1">
+        <v>121461</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Eduquer au territoire et à l'environnement</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Education au territoire et à l'environnement</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat mixte du PNR des Baronnies provençales met en relation un réseau de professionnels susceptibles d&amp;#039;intervenir dans les écoles, les collèges, les lycées et les centres de loisirs et de vacances dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement, avec les communautés pédagogiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les interventions des professionnels sont financées grâce à des subventions régionales gérées par le syndicat mixte du Parc. Les professionnels et les enseignants entrent ainsi dans un réseau de professionnels qui peut bénéficier de formations dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement. Les projets sont valorisés dans plusieurs médias portés par le syndicat mixte du Parc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ À Taulignan , la classe de Quentin Sanchez est partie sur les traces du patrimoine local grâce à l&amp;#039;œil aiguisé de la photographe Anna Puig - Rosado de l&amp;#039;Atelier Bildo photo. Mêlant histoire moderne et découverte de la photographie, les élèves de CE1- CE2 ont étudié de vieilles cartes postales du village et les lieux représentés. À partir de ces prises de vue, ils se sont concrètement aperçus des changements qu&amp;#039;a connus le village : la filature est devenue salle d&amp;#039;escalade, la gare est devenue gendarmerie, etc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se trouver dans le périmètre classé du Parc naturel régional des Baronnies provençales, se trouver dans une ville-porte du Parc
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>PNR des Baronnies provençales (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baronnies-provencales.fr/publication/le-petit-baroniard-2021/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matthieu MORARD
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission éducation au territoire et à l&amp;#039;environnement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ mmorard&amp;#64;baronnies-provencales.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04.75.26.79.03
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>eruin@baronnies-provencales.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/300e-education-au-territoire-et-a-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB70" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC70" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Baronnies provençales</t>
+        </is>
+      </c>
+      <c r="AE70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG70" s="1" t="inlineStr">
+        <is>
+          <t>11/12/2022</t>
+        </is>
+      </c>
+      <c r="AH70" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:34" customHeight="0">
+      <c r="A71" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Autre aide financière</t>
-[...7 lines deleted...]
-      <c r="L81" s="1" t="inlineStr">
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
-[...5 lines deleted...]
- La participation financière de la CCMS se fera comme suit :
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB71" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC71" s="1" t="inlineStr">
+        <is>
+          <t>ADADSA</t>
+        </is>
+      </c>
+      <c r="AE71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG71" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2023</t>
+        </is>
+      </c>
+      <c r="AH71" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:34" customHeight="0">
+      <c r="A72" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
-[...12 lines deleted...]
- Cette aide est cumulable avec les autres aides financières de la CCMS.
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P72" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB72" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une crèche
+Création d’une maison de santé
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion des inondations
+Mise en place de la télémedecine
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC72" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays du Perche Ornais</t>
+        </is>
+      </c>
+      <c r="AD72" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG72" s="1" t="inlineStr">
+        <is>
+          <t>18/08/2023</t>
+        </is>
+      </c>
+      <c r="AH72" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:34" customHeight="0">
+      <c r="A73" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
-Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
+Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
-Industrie
-[...1 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="R81" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour candidater, il convient de faire parvenir à la CCMS :
-[...14 lines deleted...]
-      <c r="S81" s="1" t="inlineStr">
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T81" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X81" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Crystèle MAITRE
-[...7 lines deleted...]
- 04 73 65 24 48
+ financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB73" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC73" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="AE73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG73" s="1" t="inlineStr">
+        <is>
+          <t>27/09/2023</t>
+        </is>
+      </c>
+      <c r="AH73" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-[...1993 lines deleted...]
-      <c r="A91" s="1">
+    <row r="74" spans="1:34" customHeight="0">
+      <c r="A74" s="1">
         <v>144547</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D91" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L91" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M91" s="1" t="inlineStr">
+      <c r="M74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -20697,883 +19205,1014 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R91" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
-[...3 lines deleted...]
-      <c r="S91" s="1" t="inlineStr">
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W91" s="1" t="inlineStr">
+      <c r="W74" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y91" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z91" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB74" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un café / bistrot
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Restauration du patrimoine religieux
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC74" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="AE74" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG74" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2023</t>
+        </is>
+      </c>
+      <c r="AH74" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C92" s="1" t="inlineStr">
+    <row r="75" spans="1:34" customHeight="0">
+      <c r="A75" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D92" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G92" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Economie circulaire
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P75" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB75" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC75" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="AE75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG75" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2024</t>
+        </is>
+      </c>
+      <c r="AH75" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:34" customHeight="0">
+      <c r="A76" s="1">
+        <v>161700</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Agriculteur</t>
-[...50 lines deleted...]
-Sports et loisirs
+Association</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF76" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG76" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH76" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:34" customHeight="0">
+      <c r="A77" s="1">
+        <v>161727</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné pendant 4 ans dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF77" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG77" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH77" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:34" customHeight="0">
+      <c r="A78" s="1">
+        <v>161737</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la mise en œuvre d’actions structurantes pour améliorer la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration de la qualité de l’air dans les territoires PPA ou en dépassements récents</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les projets permettant une amélioration de la qualité de l’air extérieur. &lt;/p&gt;&lt;p&gt;Les actions soutenues par l&amp;#039;ADEME viseront une réduction de NO₂, de particules PM10, PM2.5 ou d&amp;#039;O₃ mais pourront aussi concerner d’autres polluants réglementés (COVNM (composés organiques volatil non méthanique), SO₂, HAP (Hydrocarbure aromatique polycyclique)).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets jugés prioritaires seront ceux s&amp;#039;insérant dans un &lt;strong&gt;programme d&amp;#039;actions structuré visant à améliorer la qualité de l&amp;#039;air&lt;/strong&gt; sur le territoire (par exemple : programmation pluriannuelle, reproductibilité, objectifs clairement définis..). Les &lt;strong&gt;gains attendus sur la qualité de l&amp;#039;air&lt;/strong&gt; (NO₂, particules, ozone et autres polluants réglementés) seront clairement définis au regard de la situation du territoire.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les projets suivants :&lt;br /&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des &lt;strong&gt;études permettant d’aboutir à une mise en œuvre opérationnelle d’actions&lt;/strong&gt; permettant de réduire les émissions de polluants atmosphériques réglementés pour les zones concernées.&lt;/li&gt;&lt;li&gt;De la &lt;strong&gt;communication, animation, sensibilisation&lt;/strong&gt; intégrant les changements pérennes de pratiques.&lt;/li&gt;&lt;li&gt;Certains &lt;strong&gt;investissements&lt;/strong&gt; comme ceux relatifs à l&amp;#039;électrification des navires à quai, aux alternatives au brûlage des déchets verts ou ceux permettant d&amp;#039;atteindre un niveau de réduction en polluants (au delà du niveau réglementaire). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets pourront concerner notamment les thématiques (liste non exhaustive) :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;Combustion de      biomasse&lt;/strong&gt; : &lt;ul&gt;&lt;li&gt;réduction des émissions des chaufferies existantes au-delà      de la réglementation, notamment celles dépourvues de systèmes de      filtration&lt;/li&gt;&lt;li&gt;alternatives au brûlage à l’air libre des déchets verts&lt;/li&gt;&lt;li&gt;chauffage domestique au bois : campagnes      d’animation/sensibilisation/communication vers les particuliers et/ou      professionnels non lié à la mise en place d’un fonds Air-Bois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mobilité&lt;/strong&gt; : active, partagée, report modal…&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Transports &lt;/strong&gt;: routier, maritime, fluvial, logistique, électrification de navires/bateaux de transport de marchandises ou voyageurs pour un branchement à quai…&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Industrie&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Agriculture.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Sensibilisation, accompagnement au changement de comportement&lt;/strong&gt; des particuliers.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide n’est pas systématique et dépendra de l’impact du projet sur la réduction des émissions de polluants et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Nous vous conseillons de vous rapprocher de la Direction Régionale dont vous dépendez pour vérifier si vous êtes sur un territoire éligible et si  votre projet rentre bien dans ce dispositif d&amp;#039;aide. Le cas échéant, vous pourrez être orienté vers un autre financement. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_11_28_44_76_84_93</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/amelioration-qualite-lair-territoires-ppa-depassements-recents</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF78" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG78" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH78" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:34" customHeight="0">
+      <c r="A79" s="1">
+        <v>161740</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux actions ponctuelles</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Forêts
 Sols
 Transition énergétique
-Recyclage et valorisation des déchets
-[...13 lines deleted...]
-Economie locale et circuits courts
 Agriculture et agroalimentaire
-Economie sociale et solidaire
-[...1 lines deleted...]
-Risques naturels
 Qualité de l'air
-Biodiversité
-[...5 lines deleted...]
-Prévention des risques
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
-Connaissance de la mobilité
-[...8 lines deleted...]
-      <c r="O92" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P92" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="S92" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T92" s="1" t="inlineStr">
-[...33 lines deleted...]
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-actions-ponctuelles</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF79" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG79" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH79" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-[...209 lines deleted...]
-      <c r="G94" s="1" t="inlineStr">
+    <row r="80" spans="1:34" customHeight="0">
+      <c r="A80" s="1">
+        <v>161751</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux relais</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
 Entreprise privée
-Particulier
-[...124 lines deleted...]
-Tourisme
+Association</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Forêts
-Espaces verts
-[...3 lines deleted...]
-Voirie et réseaux
+Sols
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...16 lines deleted...]
-Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-[...3 lines deleted...]
-Risques naturels
 Qualité de l'air
-Biodiversité
-Equipement public
 Bâtiments et construction
-Réhabilitation
-[...9 lines deleted...]
-Artisanat
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
-Connaissance de la mobilité
-[...67 lines deleted...]
-      <c r="AA94" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF80" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG80" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH80" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-      <c r="A95" s="1">
+    <row r="81" spans="1:34" customHeight="0">
+      <c r="A81" s="1">
         <v>158480</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D95" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L95" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -21605,1342 +20244,1268 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P95" s="1" t="inlineStr">
+      <c r="P81" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W95" s="1" t="inlineStr">
+      <c r="W81" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB81" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Mise en place d’un système de vidéo-protection
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC81" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG81" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="AH81" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G96" s="1" t="inlineStr">
+    <row r="82" spans="1:34" customHeight="0">
+      <c r="A82" s="1">
+        <v>163091</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions en faveur de la santé environnementale</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action 7 - Santé environnementale</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Recherche</t>
-[...18 lines deleted...]
-      <c r="N96" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé environnementale comprend les aspects de la santé humaine, y compris la qualité de la vie, qui sont déterminés par les facteurs physiques, chimiques, biologiques, sociaux, psychosociaux et esthétiques de notre environnement. Elle concerne également la politique et les pratiques de gestion, de résorption, de contrôle et de prévention des facteurs environnementaux susceptibles d’affecter la santé des générations actuelles et futures. Dans le cadre de la stratégie territoriale, il est souhaité une meilleure appréhension des enjeux de la santé environnementale, approche complexe et sensible de la santé basée sur l’environnement (biodiversité, problématiques climatiques, espaces socialisés, humains ...) par les collectivités, les professionnels de santé et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Conception et développement d&amp;#039;outils d&amp;#039;animation et de communication ; Accompagnement des populations&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
-Transition énergétique
-Agriculture et agroalimentaire
+Santé
+Risques naturels
 Qualité de l'air
-Bâtiments et construction
-[...6 lines deleted...]
-      <c r="O96" s="1" t="inlineStr">
+Biodiversité
+Appui méthodologique
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="P82" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q82" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...28 lines deleted...]
-      <c r="AA96" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="W82" s="1" t="inlineStr">
+        <is>
+          <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>leader@polesudgironde.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC82" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="AD82" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG82" s="1" t="inlineStr">
+        <is>
+          <t>19/07/2024</t>
+        </is>
+      </c>
+      <c r="AH82" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G97" s="1" t="inlineStr">
+    <row r="83" spans="1:34" customHeight="0">
+      <c r="A83" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...88 lines deleted...]
-Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...730 lines deleted...]
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="N105" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB83" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Entretien / restauration des haies
+Gestion des inondations
+Gestion d'une base nautique
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC83" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="AE83" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG83" s="1" t="inlineStr">
+        <is>
+          <t>29/04/2024</t>
+        </is>
+      </c>
+      <c r="AH83" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:34" customHeight="0">
+      <c r="A84" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
 Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
 Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
+Inclusion numérique
+Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P105" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S105" s="1" t="inlineStr">
+      <c r="Q84" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T105" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB84" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC84" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="AD84" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG84" s="1" t="inlineStr">
+        <is>
+          <t>26/08/2024</t>
+        </is>
+      </c>
+      <c r="AH84" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="85" spans="1:34" customHeight="0">
+      <c r="A85" s="1">
+        <v>163237</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement territorial sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 3</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J85" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Artisanat
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P85" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="Q85" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC85" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Ploërmel-Coeur de Bretagne</t>
+        </is>
+      </c>
+      <c r="AD85" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG85" s="1" t="inlineStr">
+        <is>
+          <t>09/09/2024</t>
+        </is>
+      </c>
+      <c r="AH85" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:34" customHeight="0">
+      <c r="A86" s="1">
         <v>162966</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H106" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF86" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG86" s="1" t="inlineStr">
+        <is>
+          <t>23/06/2024</t>
+        </is>
+      </c>
+      <c r="AH86" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="87" spans="1:34" customHeight="0">
+      <c r="A87" s="1">
         <v>162982</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H107" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I107" s="1" t="inlineStr">
+      <c r="I87" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L107" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -22983,506 +21548,596 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P107" s="1" t="inlineStr">
+      <c r="P87" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q107" s="1" t="inlineStr">
+      <c r="Q87" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC87" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes des Coëvrons</t>
+        </is>
+      </c>
+      <c r="AD87" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG87" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2024</t>
+        </is>
+      </c>
+      <c r="AH87" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="88" spans="1:34" customHeight="0">
+      <c r="A88" s="1">
         <v>163012</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F108" s="1" t="inlineStr">
+      <c r="F88" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H108" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I108" s="1" t="inlineStr">
+      <c r="I88" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J108" s="1" t="inlineStr">
+      <c r="J88" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L108" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
 territoire de campagne vivante et productive, au cadre de vie agréable et qui
 accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
 vie, de s’adapter au changement climatique et de réduire son impact environnemental,
 le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
 consommation, de sa production d’énergie et de son environnement (qualité des
 paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
 son écosystème d’acteurs permet de mettre l’accent sur les actions de
 prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
 à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
      la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
      les initiatives, les expérimentations et les actions favorisant la
      connaissance et la préservation de l’environnement et des ressources
      naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
      bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
 &lt;span&gt;Privilégier de nouvelles filières économiques,
 notamment l’économie circulaire et les filières de matériaux biosourcés ou
 géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M108" s="1" t="inlineStr">
+      <c r="M88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Etudes
      visant à consolider le projet du porteur de projet dans le domaine de la
      ressource énergétique, de la préservation de l’environnement et de la
      biodiversité : études stratégiques, diagnostics préalables, audits, études
      de faisabilité, études de potentiels énergétiques (par exemple schéma
      directeur d’aménagement lumière, atlas de la biodiversité, schéma des
      énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Campagnes
      de sensibilisation, animations notamment pédagogiques, actions
      d’information, de communication de conseil et organisation d’évènements
      sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
       transition énergétique en faveur de la sobriété des consommations
       énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
       développement des activités relevant du domaine de l’économie circulaire
       et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
       démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
 travaux de structuration de sites pour accueillir du public (faciliter les
 visites de sites) et restauration environnementale (jardins pédagogiques,
 milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Santé
 Qualité de l'air
 Biodiversité
 Paysage
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P108" s="1" t="inlineStr">
+      <c r="P88" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q108" s="1" t="inlineStr">
+      <c r="Q88" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC88" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="AD88" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG88" s="1" t="inlineStr">
+        <is>
+          <t>02/07/2024</t>
+        </is>
+      </c>
+      <c r="AH88" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C109" s="1" t="inlineStr">
+    <row r="89" spans="1:34" customHeight="0">
+      <c r="A89" s="1">
+        <v>162938</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transition écologique</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="G109" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H109" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I109" s="1" t="inlineStr">
+      <c r="I89" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J109" s="1" t="inlineStr">
-[...21 lines deleted...]
-          <t>Forêts
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
 Sols
-Santé
+Espaces verts
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
-Appui méthodologique
-Prévention des risques
+Paysage
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
 Milieux humides
+Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P109" s="1" t="inlineStr">
+      <c r="P89" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q109" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S109" s="1" t="inlineStr">
+      <c r="Q89" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...37 lines deleted...]
-      <c r="AA109" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC89" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes des Coëvrons</t>
+        </is>
+      </c>
+      <c r="AD89" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG89" s="1" t="inlineStr">
+        <is>
+          <t>20/06/2024</t>
+        </is>
+      </c>
+      <c r="AH89" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="90" spans="1:34" customHeight="0">
+      <c r="A90" s="1">
         <v>163142</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L110" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M110" s="1" t="inlineStr">
+      <c r="M90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -23491,610 +22146,2121 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W110" s="1" t="inlineStr">
+      <c r="W90" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB90" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC90" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG90" s="1" t="inlineStr">
+        <is>
+          <t>30/07/2024</t>
+        </is>
+      </c>
+      <c r="AH90" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E111" s="1" t="inlineStr">
+    <row r="91" spans="1:34" customHeight="0">
+      <c r="A91" s="1">
+        <v>165359</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Association
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H111" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Tourisme
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
 Transition énergétique
+Agriculture et agroalimentaire
 Qualité de l'air
+Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S111" s="1" t="inlineStr">
+      <c r="P91" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2025</t>
+        </is>
+      </c>
+      <c r="Q91" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X111" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF91" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG91" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2025</t>
+        </is>
+      </c>
+      <c r="AH91" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C112" s="1" t="inlineStr">
+    <row r="92" spans="1:34" customHeight="0">
+      <c r="A92" s="1">
+        <v>165398</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le territoire pour la transition écologique et énergétique</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G112" s="1" t="inlineStr">
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA1</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le territoire est marqué par la présence de nombreuses entreprises et d&amp;#039;une dynamique d&amp;#039;installation d&amp;#039;activités économiques élevée. Le profil de ces entreprises est principalement composé de petites entreprises locale, TPE et PME, dans des secteurs variés. Le principal secteur d&amp;#039;emploi sur le territoire est celui du commerce, transports et services divers. Des structures d&amp;#039;accompagnement et d&amp;#039;hébergement de ces entreprises sont présentes au sein du Grand Narbonne et de La Domitienne, pour accompagner les porteurs de projets dans la création d&amp;#039;activités pérennes, viables économiquement.&lt;/p&gt;&lt;p&gt;Dans le contexte d&amp;#039;accélération du dérèglement climatique où la nécessité d&amp;#039;action se fait toujours plus pressante, l&amp;#039;enjeu est de pouvoir accompagner des structures diverses dans des démarches de transition écologique, d&amp;#039;économie d&amp;#039;énergie et d&amp;#039;efficacité énergétique.&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif de cette action est de promouvoir des actions de transition écologique d&amp;#039;entreprises et d&amp;#039;associations, avec une réflexion autour de leur impact sur notre environnement et des leviers d&amp;#039;amélioration sur lesquels il est possible d&amp;#039;agir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;em&gt;&lt;br /&gt;2 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 1.1 : Soutenir les aménagements et investissements durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectif opérationnel 1.2 : Inciter les acteurs du territoire à un changement de pratiques&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1.2.1 : &lt;/strong&gt;&lt;span&gt;Soutien aux études et diagnostics d&amp;#039;impacts&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;1.2.2 : &lt;/strong&gt;&lt;span&gt;Soutien aux initiatives de formation, éducation, sensibilisation&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Achat de nouveaux matériels économes, gestion de l&amp;#039;énergie d&amp;#039;un bâtiment, etc.;&lt;/li&gt;&lt;li&gt;Etude d&amp;#039;impact, actions de formation / sensibilisation aux changements climatiques, à la transition écologique, études et diagnostics énergétiques, sourçage d&amp;#039;approvisionnements locaux, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P92" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q92" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectif opérationnel 1.1 :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Objectif opérationnel 1.2 :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Entreprises autres que leurs collectivités et leurs groupements dont le chiffre d&amp;#039;affaires est de plus de 1 million d&amp;#039;euros et de plus de 10 employés, sur la base du bilan N-1 au moment du dépôt de la demande d&amp;#039;aide;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;&lt;span&gt;Plafond de l&amp;#039;aide FEADER : &lt;/span&gt;50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-territoire-pour-la-transition-ecologique-et-energetique/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB92" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC92" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="AE92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG92" s="1" t="inlineStr">
+        <is>
+          <t>27/08/2025</t>
+        </is>
+      </c>
+      <c r="AH92" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:34" customHeight="0">
+      <c r="A93" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur
-[...11 lines deleted...]
-      <c r="I112" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="N112" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
-Forêts
 Sols
 Espaces verts
 Espace public
 Friche
-Foncier
-[...1 lines deleted...]
-Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
-Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
-Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
-Information voyageur, billettique multimodale
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
 Spectacle vivant
-Industrie
-Mers et océans
+Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Mobilité fluviale
-Milieux humides
 Inclusion numérique
-Sécurité
-[...19 lines deleted...]
-      <c r="S112" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P93" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q93" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T93" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC93" s="1" t="inlineStr">
+        <is>
+          <t>GAL Anjou bleu</t>
+        </is>
+      </c>
+      <c r="AE93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG93" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="AH93" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C113" s="1" t="inlineStr">
+    <row r="94" spans="1:34" customHeight="0">
+      <c r="A94" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB94" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC94" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité</t>
+        </is>
+      </c>
+      <c r="AE94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG94" s="1" t="inlineStr">
+        <is>
+          <t>05/11/2025</t>
+        </is>
+      </c>
+      <c r="AH94" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:34" customHeight="0">
+      <c r="A95" s="1">
+        <v>165519</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la stratégie une seule santé</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences régionales de santé (ARS)
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé
+humaine repose sur celle des écosystèmes. En effet, la biodiversité fournit des
+services écosystémiques indispensables à notre survie : production d’oxygène,
+régulation des températures, production d’aliments ou encore disponibilité de
+la ressource en eau. Préserver la santé de la biodiversité c’est garantir celle
+des êtres humains, et il est indispensable de les penser ensemble et non
+séparément.&lt;/p&gt;&lt;p&gt;L’approche « une seule santé » vise à maximiser toutes les santés
+en intégrant les domaines entre eux, et en surveillant et réduisant les
+pressions des activités humaines sur les écosystèmes. L’adoption de cette
+approche permet d’identifier des solutions répondant à la fois à des enjeux
+environnementaux et de santé humaine. Aussi, elle pourrait permettre de faire
+d’importantes économies en termes de santé publique. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens : l’ARS, la CPAM, la Mutuelle sociale Agricole. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Sols
+Espaces verts
+Espace public
+Friche
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://professionnels.ofb.fr/fr/annonce/conference-seule-sante-en-pratique?page=0</t>
+        </is>
+      </c>
+      <c r="W95" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66 91&lt;/p&gt;&lt;p&gt;Hauts-de-France&lt;/p&gt;&lt;p&gt;&lt;strong&gt;BEAUCHAMP Mélanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-strategie-une-seule-sante/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB95" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC95" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité</t>
+        </is>
+      </c>
+      <c r="AE95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG95" s="1" t="inlineStr">
+        <is>
+          <t>05/11/2025</t>
+        </is>
+      </c>
+      <c r="AH95" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:34" customHeight="0">
+      <c r="A96" s="1">
+        <v>165521</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : réduire les ilots de chaleur grâce à la biodiversité</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+EUROPE - LIFE - Programme européen pour l'environnement et le climat
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agences de l'eau
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’une des
+conséquences du changement climatique est notamment l’augmentation des
+températures, et ce d’autant plus dans les zones urbaines. Au-delà des
+émissions de gaz à effet de serre, les choix d’aménagement urbain ont également
+des effets amplifiant la surchauffe. L’ambition des Solutions fondées sur la nature (SfN) pour l’adaptation est
+de renforcer la résilience des territoires face aux impacts du changement
+climatique, en s’appuyant sur les écosystèmes, en dégageant un gain net en
+biodiversité, et peuvent être dans ce cas des alliés de taille. Par exemple en s’appuyant
+sur les services écosystémiques rendues par la végétation pour réduire la
+surchauffe en créant désimperméabilisant et végétalisant l’espace.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les
+territoires engagés s’appuient pour certains sur les SfN et sont accompagnés
+pour trouver les meilleurs partenaires dans cette démarche. En effet, ce
+programme permet d’accompagner les élu(e)s dans le diagnostic et l’élaboration
+d’un plan d’actions, ainsi que dans la recherche de financements et de
+partenaires. Dans ce cadre, le Cerema peut être un soutien de taille. Le projet
+Artisan accompagne également les projets de SfN, par un animateur dans chaque
+région, d’un réseau national d’acteurs et des ressources, il apporte ainsi de
+l’aide à la décision. Il propose également de la sensibilisation, de la
+formation, des ateliers pour accompagner la réflexion (ANT) et le financent des
+actions. Le programme TEN donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Santé
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Prévention des risques
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W96" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-reduire-les-ilots-de-chaleur-grace-a-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB96" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC96" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité</t>
+        </is>
+      </c>
+      <c r="AE96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG96" s="1" t="inlineStr">
+        <is>
+          <t>05/11/2025</t>
+        </is>
+      </c>
+      <c r="AH96" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:34" customHeight="0">
+      <c r="A97" s="1">
+        <v>165623</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’action des collectivités territoriales en faveur de la qualité de l’air -AACT-AIR</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>AACT-AIR – Aide à l’action des collectivités territoriales en faveur de la qualité de l’air</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études éligibles dans AACT-AIR 2026 visent à élaborer des &lt;strong&gt;programmes d’actions pour atteindre les objectifs fixés d’ici 2030, voire d’ici 2050 &lt;/strong&gt;pour les recommandations OMS. Ces programmes d’action pourront alimenter les feuilles de route locales à élaborer dans le cadre de la Directive révisée « Qualité de l’air ambiant ». Ils peuvent reposer sur le socle de travaux élaborés dans le cadre du Plan Climat-Air-Énergie Territorial (PCAET), du Plan d’Action pour la Qualité de l’Air (PAQA), ainsi que sur les données prospectives du Plan de Protection de l’Atmosphère (PPA) le cas échéant. &lt;/p&gt;&lt;p&gt;Les études comporteront deux volets, un volet « bilan » et un volet « objectifs et trajectoire ». Elles peuvent inclure des &lt;strong&gt;évaluations quantitatives d’impact sur la santé&lt;/strong&gt; (EQIS). Celles-ci permettent de calculer l’ampleur de l’impact de la pollution atmosphérique sur la santé et/ou les bénéfices pour la santé attendus de différents scénarios de réduction des niveaux de pollution au sein d’une population donnée. &lt;/p&gt;&lt;p&gt;Le porteur de l’étude sera le plus souvent une collectivité. Cependant, dans les cas où l’étude comprendra un développement méthodologique ou portera sur une approche innovante, le portage du projet pourra être assuré par une association, un établissement public ou encore une entreprise privée. Dans ce cas, la collectivité devra être associée étroitement à la conception et à la réalisation de l’étude et sera partenaire bénéficiaire ou non bénéficiaire de l’aide dans la convention de financement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q97" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aact-air-aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
+        </is>
+      </c>
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aact-air-aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aact-air-aide-a-l-action-des-collectivites-territoriales-en-faveur-de-la-qualite-de-l-air/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF97" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG97" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH97" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:34" customHeight="0">
+      <c r="A98" s="1">
+        <v>165643</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux Fonds Air Bois</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Aide au Fonds Air Bois</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME vous aide à mettre en œuvre des &lt;strong&gt;actions pertinentes et efficaces de réduction des émissions de particules fines&lt;/strong&gt; (PM10 et PM2.5) dues à la combustion de biomasse (chauffage domestique au bois et brûlage à l’air libre des déchets verts).&lt;/p&gt;&lt;p&gt;Deux types de projets sont éligibles :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Étude de préfiguration d’un Fonds Air Bois&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;territoires concernés&lt;/strong&gt; sont les territoires visés par les articles L.222-4 et L.222-6-1 du Code de l’environnement (territoires couverts par un PPA et devant mettre en œuvre des actions permettant de réduire les émissions de PM2.5 issues de la combustion de bois). Les &lt;strong&gt;objectifs&lt;/strong&gt; d’une étude de préfiguration sont les suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Évaluer la &lt;strong&gt;pertinence de la mise en place d’un fonds&lt;/strong&gt; pour réduire l’impact du chauffage domestique au bois sur les émissions de particules fines (PM2,5) du territoire.&lt;/li&gt;&lt;li&gt;Si cette mise en place est pertinente, la &lt;strong&gt;dimensionner&lt;/strong&gt; (moyens humains et financiers, appareils à remplacer) et prévoir l’organisation la plus adaptée à son fonctionnement, ainsi que les grands axes du programme d’animation et de communication.&lt;/li&gt;&lt;li&gt;Étudier à la fois le &lt;strong&gt;chauffage individuel au bois &lt;/strong&gt;sur le territoire (parc, pratiques des utilisateurs) et les pratiques concernant le &lt;strong&gt;brûlage à l’air libre des déchets verts&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour une &lt;strong&gt;étude&lt;/strong&gt;, l’ADEME pourra apporter une &lt;strong&gt;aide financière maximale de 80 %&lt;/strong&gt; des montants éligibles. Les dépenses éligibles sont plafonnées à 100 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Mise en place d’un Fonds Air Bois&lt;/strong&gt; &lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;territoires concernés&lt;/strong&gt; sont les territoires visés par les articles L.222-4 et L.222-6-1 du Code de l’environnement (territoires couverts par un PPA et devant mettre en œuvre des actions permettant de réduire les émissions de PM2.5 issues de la combustion de bois) ou, &lt;strong&gt;de manière exceptionnelle&lt;/strong&gt;, certains territoires non couverts par un PPA, mais présentant un enjeu de dépassement de valeurs limites de concentration en PM2.5 en lien avec le chauffage domestique au bois.&lt;/p&gt;&lt;p&gt;Le territoire devra avoir &lt;strong&gt;réalisé une étude de préfiguration répondant aux attendus ADEME pour pouvoir candidater&lt;/strong&gt; à la mise en place d’un fonds.&lt;/p&gt;&lt;p&gt;Un Fonds Air Bois permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’accompagner les particuliers dans le &lt;strong&gt;remplacement de leur appareil peu performant de chauffage individuel au bois &lt;/strong&gt;;&lt;/li&gt;&lt;li&gt;de faire connaitre et d’animer le &lt;strong&gt;dispositif d’accompagnement des particuliers sur le territoire&lt;/strong&gt; auprès de ces derniers et des professionnels, et de &lt;strong&gt;diffuser des bonnes pratiques de chauffage au bois &lt;/strong&gt;(utilisation et entretien de l’ensemble de l’installation, choix et stockage du bois…) et des solutions alternatives au brûlage à l’air libre des déchets verts.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour la mise en place d’un Fonds Air Bois, le soutien de l’ADEME pourra porter sur :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;L’aide à l’investissement par      les ménages pour le remplacement d’équipements non performants de      chauffage domestique au bois : cette aide sera attribuée par la      collectivité au nom et pour le compte de l’ADEME et se traduira par      une &lt;strong&gt;convention de mandat de gestion déléguée&lt;/strong&gt; confiant le      paiement des dépenses de l’ADEME à la collectivité mettant en œuvre le      fonds. Le taux d’aide de l’ADEME est plafonné à 50 % des dépenses éligibles.&lt;/li&gt;&lt;li&gt;L’aide aux actions d’animation      du dispositif par la collectivité, aux actions de sensibilisation et      de conseils et au programme de communication (prestations      externes, mise à disposition de supports, organisation      d’évènements…), ainsi qu’aux actions de suivi et évaluation du      dispositif ; elle se traduira par une &lt;strong&gt;convention d’animation. &lt;/strong&gt;L’aide aux dépenses éligibles de personnel pour les actions d’animation et de communication s’établira sur une base forfaitaire de 30 k€/ETPT/an. Le taux d’aide aux autres dépenses d’animation et de communication est de 50 % maximum des dépenses éligibles. Le taux d’aide aux actions de suivi et évaluation du Fonds Air Bois est de 70 % maximum des dépenses éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au total, &lt;strong&gt;le soutien financier de l’ADEME est plafonné à 1 million d’euros par projet&lt;/strong&gt; de mise en place d’un Fonds Air Bois. L’ADEME se réserve la possibilité de financer les projets par tranche.&lt;/p&gt;&lt;p&gt;Pour pouvoir envisager l’engagement d’une aide financière sur l’année civile, il est fortement conseillé de déposer les dossiers de demande d’aide sur le premier semestre de l’année. Les dossiers déposés trop tardivement pourront être reportés sur l’année suivante, sous réserve du maintien de l’aide.&lt;/p&gt;&lt;p&gt;Les collectivités aidées pourront également &lt;strong&gt;bénéficier de l’expertise de l’ADEME et du retour d’expérience d’un réseau de collectivités engagées dans un Fonds Air Bois.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Des territoires sont déjà engagés dans la démarche, retrouvez leurs références sur le site &lt;a href="https://agirpourlatransition.ademe.fr/particuliers/finances/aides-a-renovation/aide-fonds-air-bois"&gt;Aides à la rénovation – Chauffage : l’aide du Fonds Air Bois&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P98" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/aide-au-fonds-air-bois</t>
+        </is>
+      </c>
+      <c r="W98" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/aide-au-fonds-air-bois#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-fonds-air-bois/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF98" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG98" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH98" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:34" customHeight="0">
+      <c r="A99" s="1">
+        <v>164419</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G113" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
+la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Espaces verts
+Espace public
+Friche
+Recyclage et valorisation des déchets
+Accès aux services
+Citoyenneté
+Revitalisation
+Innovation, créativité et recherche
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire AAP Revitalisation de centre-bourg</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC99" s="1" t="inlineStr">
+        <is>
+          <t>CA Loire Forez Agglomération</t>
+        </is>
+      </c>
+      <c r="AD99" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG99" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2025</t>
+        </is>
+      </c>
+      <c r="AH99" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:34" customHeight="0">
+      <c r="A100" s="1">
+        <v>163977</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets AACT-AIR est ouvert à &lt;strong&gt;toute collectivité territoriale souhaitant réaliser une étude pour agir sur la qualité de l’air extérieur ou intérieur&lt;/strong&gt;. Attention, l’ADEME ne soutient pas les études obligées par des réglementations (PCAET (Plan climat-air-énergie territorial), constitution d’une ZFE pour les territoires obligés, etc.).&lt;/p&gt;&lt;p&gt;L’objectif de l’étude est de &lt;strong&gt;définir et caractériser des actions pertinentes à déployer sur le territoire pour améliorer la qualité de l&amp;#039;air.&lt;/strong&gt;&lt;br /&gt;Le sujet de l&amp;#039;étude peut être &lt;strong&gt;transversal&lt;/strong&gt; (étude stratégique, de mobilisation citoyenne, d&amp;#039;impact sanitaire…). Cette année, AACT-Air soutient de façon prioritaire l’élaboration de programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée sur la qualité de l’air ambiant.&lt;br /&gt; Le sujet d’étude peut également être &lt;strong&gt;thématique&lt;/strong&gt;, avec deux axes prioritaires : urbanisme, qualité de l’air intérieur, et les autres sujets suivants : combustion de biomasse, chantiers du BTP, agriculture ou encore mobilité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;une&lt;strong&gt; aide financière&lt;/strong&gt; : un financement vous est octroyé sous la forme d&amp;#039;une subvention. L’intensité de l’aide de l’ADEME n’excède pas 70 % des dépenses éligibles.&lt;br /&gt;Le montant de l’aide ADEME est limité :&lt;ul&gt;&lt;li&gt;À 150 000 € pour les programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée « Air ambiant ».&lt;/li&gt;&lt;li&gt;À 100 000 pour toutes les autres études.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;D&amp;#039;un &lt;strong&gt;accompagnement technique&lt;/strong&gt; : des agents ADEME spécialistes de la qualité de l&amp;#039;air et des problématiques rencontrées par les collectivités vous accompagnent dans la réalisation et la valorisation de votre étude.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans la rubrique qui suit « Préparez votre dossier - 2. Rassemblez l’ensemble des documents », les pièces requises au dépôt de dossier sont identiques quel que soit l’objet de projet que vous sélectionnerez, « Assistance à Maîtrise d’Ouvrage » ou « Études Générales ». Il reviendra à l’ADEME de déterminer quel type sera le plus approprié en fonction de la nature de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le dépôt des candidatures a lieu au plus tard le jeudi 15 mai 2025, à 15h.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair-aact-air-1/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF100" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG100" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2024</t>
+        </is>
+      </c>
+      <c r="AH100" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:34" customHeight="0">
+      <c r="A101" s="1">
+        <v>163832</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H113" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I113" s="1" t="inlineStr">
-[...37 lines deleted...]
-Economie locale et circuits courts
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J101" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Consommation et production
-Revitalisation
-Risques naturels
 Qualité de l'air
-Biodiversité
-[...5 lines deleted...]
-      <c r="O113" s="1" t="inlineStr">
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q113" s="1" t="inlineStr">
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="T113" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB101" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Installation de bornes électriques
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC101" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="AD101" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG101" s="1" t="inlineStr">
+        <is>
+          <t>15/11/2024</t>
+        </is>
+      </c>
+      <c r="AH101" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="102" spans="1:34" customHeight="0">
+      <c r="A102" s="1">
         <v>163767</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
-[...7 lines deleted...]
-SIEL-Territoire d’énergie Loire
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
-DDT de la Loire</t>
-[...2 lines deleted...]
-      <c r="G114" s="1" t="inlineStr">
+DDT de la Loire
+ADEME
+Agence Nationale de l'Habitat (ANAH)
+Agences de l'eau
+Agence nationale de la cohésion des territoires (ANCT)
+ALEC 42 - Agence Locale de l'Energie et du Climat
+Agence Nationale pour la Rénovation Urbaine (ANRU)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...8 lines deleted...]
-      <c r="L114" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -24136,3208 +24302,2621 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W114" s="1" t="inlineStr">
+      <c r="W102" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB102" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC102" s="1" t="inlineStr">
+        <is>
+          <t>DDT de la Loire</t>
+        </is>
+      </c>
+      <c r="AE102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG102" s="1" t="inlineStr">
+        <is>
+          <t>14/10/2024</t>
+        </is>
+      </c>
+      <c r="AH102" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C115" s="1" t="inlineStr">
+    <row r="103" spans="1:34" customHeight="0">
+      <c r="A103" s="1">
+        <v>164101</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
-[...253 lines deleted...]
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>LEADER- fiche action 7</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H117" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I117" s="1" t="inlineStr">
+      <c r="I103" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M117" s="1" t="inlineStr">
+      <c r="M103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q117" s="1" t="inlineStr">
+      <c r="Q103" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB103" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC103" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="AD103" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG103" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2025</t>
+        </is>
+      </c>
+      <c r="AH103" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="104" spans="1:34" customHeight="0">
+      <c r="A104" s="1">
         <v>164102</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C118" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H118" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I118" s="1" t="inlineStr">
+      <c r="I104" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M118" s="1" t="inlineStr">
+      <c r="M104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q118" s="1" t="inlineStr">
+      <c r="Q104" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB104" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC104" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="AD104" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG104" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2025</t>
+        </is>
+      </c>
+      <c r="AH104" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="105" spans="1:34" customHeight="0">
+      <c r="A105" s="1">
         <v>164111</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C119" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...4 lines deleted...]
-          <t>Subvention
+Association</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
 Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="I119" s="1" t="inlineStr">
+Subvention</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J119" s="1" t="inlineStr">
+      <c r="J105" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L119" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB105" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC105" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="AD105" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG105" s="1" t="inlineStr">
+        <is>
+          <t>17/01/2025</t>
+        </is>
+      </c>
+      <c r="AH105" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="106" spans="1:34" customHeight="0">
+      <c r="A106" s="1">
         <v>164170</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
         </is>
       </c>
-      <c r="C120" s="1" t="inlineStr">
+      <c r="C106" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H120" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I120" s="1" t="inlineStr">
+      <c r="I106" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J120" s="1" t="inlineStr">
+      <c r="J106" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L120" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q120" s="1" t="inlineStr">
+      <c r="Q106" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB106" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC106" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="AD106" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG106" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2025</t>
+        </is>
+      </c>
+      <c r="AH106" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G121" s="1" t="inlineStr">
+    <row r="107" spans="1:34" customHeight="0">
+      <c r="A107" s="1">
+        <v>165645</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner es collectivités avec un conseiller - Programme Territoire Engagé Transition Écologique (TETE)</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Écologique (TETE) - Accompagnement des collectivités par un conseiller</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME porte le programme Territoire Engagé Transition Écologique en proposant aux collectivités :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs disponibles &lt;strong&gt;sur la plateforme numérique &lt;a target="_blank" href="https://www.territoiresentransitions.fr"&gt;Territoires en Transitions&lt;/a&gt; ;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;un &lt;strong&gt;dispositif&lt;/strong&gt; &lt;strong&gt;d’accompagnement&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;une animation&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;un parcours de labellisation&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l’accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l’ADEME, le &lt;strong&gt;conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d’actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service de conseil tiers expert et d’assistance technique&lt;/strong&gt;, ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des conseillers Territoire Engagé référencés est disponible dans l’&lt;a target="_blank" href="https://www.territoiresentransitions.fr/programme/annuaire"&gt;annuaire de la plateforme Territoires en Transitions&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d’accompagnement comprend une assistance au dépôt d’une demande de labellisation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/programme-territoire-engage-transition-ecologique-tete-accompagnement-des-collectivites-par-un-conseiller</t>
+        </is>
+      </c>
+      <c r="W107" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/programme-territoire-engage-transition-ecologique-tete-accompagnement-des-collectivites-par-un-conseiller#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-tete-accompagnement-des-collectivites-par-un-conseiller/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF107" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG107" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH107" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:34" customHeight="0">
+      <c r="A108" s="1">
+        <v>165658</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Engins agricoles électriques – Programme CEE E-Trans</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Engins agricoles électriques – Programme CEE E-Trans</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
 Entreprise privée
-Recherche</t>
-[...173 lines deleted...]
-      <c r="H122" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
-[...1165 lines deleted...]
-      <c r="L129" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de ce dispositif, les dépenses éligibles à l’aide couvrent non seulement l’acquisition de l’engin et l’infrastructure de recharge, mais également les études préalables à la décision d’investir visant à dimensionner au mieux les besoins du porteur de projet ainsi que les études de retour d’expérience et diffusion de connaissance liées au projet.&lt;/p&gt;&lt;p&gt;Une visioconférence s’est tenue le 15/12/2025 de 15h30 à 17h, pendant laquelle l’ADEME a présenté le dispositif « Engins agricoles électriques 2025 », qui, pour rappel, contient les mêmes conditions d’éligibilité et de financement que le présent dispositif. &lt;/p&gt;&lt;p&gt;La rediffusion de la visioconférence est disponible à l&amp;#039;adresse suivante : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://ademecloud.sharepoint.com/:v:/s/P-ECOSYSELEC/IQBrjWblcWR4Qo_nlk7Yr7yEAYOMa3coq9JAbFQFXfd3ows?nav&amp;#61;eyJyZWZlcnJhbEluZm8iOnsicmVmZXJyYWxBcHAiOiJTdHJlYW1XZWJBcHAiLCJyZWZlcnJhbFZpZXciOiJTaGFyZURpYWxvZy1MaW5rIiwicmVmZXJyYWxBcHBQbGF0Zm9ybSI6IldlYiIsInJlZmVycmFsTW9kZSI6InZpZXcifX0%3D&amp;amp;e&amp;#61;pb9ghX"&gt;Présentation du dispositif d&amp;#039;aides aux engins agricoles électriques - programme CEE E-trans - 15 décembre 2025&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Les demandes d’aide peuvent être soumises pendant toute la période d’ouverture du dispositif. Elles seront instruites au fur et à mesure des dépôts et jusqu’à épuisement du budget.&lt;/p&gt;&lt;p&gt;L’ADEME juge de l’éligibilité des projets et la décision finale d’octroi d’une aide est formalisée par un contrat d’aide établi entre l’ADEME, le bénéficiaire et le crédit-bailleur le cas échéant.&lt;/p&gt;&lt;p&gt;Toute question peut être envoyée à l’adresse email générique dédiée au dispositif : &lt;a href="mailto:engins-agricoles-elec&amp;#64;ademe.fr"&gt;engins-agricoles-elec&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P129" s="1" t="inlineStr">
+      <c r="P108" s="1" t="inlineStr">
         <is>
           <t>02/01/2026</t>
         </is>
       </c>
-      <c r="Q129" s="1" t="inlineStr">
+      <c r="Q108" s="1" t="inlineStr">
         <is>
           <t>30/06/2026</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;L’ensemble des entités éligibles pour chaque typologie de dépense est détaillé dans les conditions d’éligibilité et de financement du présent dispositif. Le dossier de demande d’aide peut être porté par un consortium d’acteurs.&lt;/p&gt;&lt;p&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/p&gt;&lt;p&gt;Toutes les Régions&lt;/p&gt;&lt;p&gt;Je vérifie mon éligibilité&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/E-Trans%20engins%20agricoles%20électriques%20-%20Conditions%20d%27éligibilité%20et%20de%20financement%20-%202026.pdf" target="_self"&gt;E-Trans engins agricoles électriques - Conditions d&amp;#039;éligibilité et de financement - 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/engins-agricoles-electriques-programme-cee-e-trans</t>
         </is>
       </c>
-      <c r="W129" s="1" t="inlineStr">
+      <c r="W108" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/engins-agricoles-electriques-programme-cee-e-trans#collectDocuments</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000936" target="_self"&gt;Contacter l&amp;#039;ADEME&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engins-agricoles-electriques-programme-cee-e-trans/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF108" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG108" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH108" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="109" spans="1:34" customHeight="0">
+      <c r="A109" s="1">
         <v>165663</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Aider à la création et au fonctionnement des observatoires territoriaux</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L130" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d’aide se décompose en deux piliers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’aide à la création est une aide forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission (Climat Air Énergie, ou Économie circulaire, Déchets et Ressources) : un observatoire portant deux missions pourra bénéficier de deux aides à la création. L’aide à la création est cumulable avec l’aide au fonctionnement sur une même période. L’ADEME apporte aussi une aide pour les études de préfiguration d’un observatoire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’aide au fonctionnement est une aide annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie circulaire, Déchets et Ressources) : un observatoire portant deux missions pourra bénéficier de deux aides au fonctionnement.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Qualité de l'air
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P130" s="1" t="inlineStr">
+      <c r="P109" s="1" t="inlineStr">
         <is>
           <t>01/01/2026</t>
         </is>
       </c>
-      <c r="Q130" s="1" t="inlineStr">
+      <c r="Q109" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Cette aide s’adresse aux structures assurant l’animation d’un ou plusieurs observatoires régionaux. Les porteurs de projets sont invités à se rapprocher de la Direction régionale concernée avant de déposer leur dossier afin de valider l’éligibilité de leur projet. &lt;/p&gt;&lt;p&gt;Je vérifie mon éligibilité&lt;/p&gt;&lt;p&gt;Les aides sont octroyées  via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage sur les documents à compléter&lt;/p&gt;&lt;p&gt;Merci d&amp;#039;utiliser le formulaire ci-dessous « Contactez-nous ».&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/Aides%20observatoires%20territoriaux%20-%20Conditions%20d%27éligibilité%20et%20de%20financement%20-%202026.pdf" target="_self"&gt;Aides observatoires territoriaux - Conditions d&amp;#039;éligibilité et de financement - 2026&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aide-la-creation-et-au-fonctionnement-des-observatoires-territoriaux</t>
         </is>
       </c>
-      <c r="W130" s="1" t="inlineStr">
+      <c r="W109" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aide-la-creation-et-au-fonctionnement-des-observatoires-territoriaux?backtosearch=true#collectDocuments</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000865" target="_self"&gt;Contactez l&amp;#039;ADEME&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux-2/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF109" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG109" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH109" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="110" spans="1:34" customHeight="0">
+      <c r="A110" s="1">
         <v>165668</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Aider au changement de comportement</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Aides au changement de comportement</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H131" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L131" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides au changement de comportement&lt;/strong&gt; visent à financer des projets de sensibilisation, d’animation et/ou de communication &lt;strong&gt;d’envergure et structurants &lt;/strong&gt;pour le territoire !&lt;/p&gt;&lt;p&gt;Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;formation/sensibilisation &lt;/strong&gt;: analyse des besoins, conception de modules de formation, animation de sessions ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;communication &lt;/strong&gt;: réalisation d’outils, diffusion d’informations, création de sites internet, organisation d’événements ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;animation &lt;/strong&gt;: mobilisation d’une cible, dissémination de solutions, structuration d’une filière, financement de postes relais.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l’ADEME avant de déposer vos projets sur la plateforme. En effet, l’éligibilité d’un projet dépend des orientations et de la stratégie de chaque Direction régionale, et sous réserve de budget disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P131" s="1" t="inlineStr">
+      <c r="P110" s="1" t="inlineStr">
         <is>
           <t>01/01/2026</t>
         </is>
       </c>
-      <c r="Q131" s="1" t="inlineStr">
+      <c r="Q110" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aides-au-changement-de-comportement</t>
         </is>
       </c>
-      <c r="W131" s="1" t="inlineStr">
+      <c r="W110" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aides-au-changement-de-comportement?backtosearch=true#collectDocuments</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-changement-de-comportement/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF110" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG110" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH110" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="111" spans="1:34" customHeight="0">
+      <c r="A111" s="1">
         <v>165670</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H132" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Description du dispositif :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’AMI CPIER est mis en œuvre et financé par l’État, via l’ADEME (Directions régionales Île-de-France et Normandie), la Région Normandie et la Région Île-de-France en partenariat avec la Délégation interministérielle au développement de la Vallée de la Seine (DIDVS) et les autres services déconcentrés de l’État.&lt;/p&gt;&lt;p&gt;Cet AMI vise à &lt;strong&gt;favoriser l’essor de projets interrégionaux, innovants et exemplaires &lt;/strong&gt;dans cinq domaines :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;solutions durables et décarbonées pour la mobilité des personnes et des marchandises ;&lt;/li&gt;&lt;li&gt;réduction de l’empreinte carbone des procédés industriels ;&lt;/li&gt;&lt;li&gt;transition vers une économie circulaire et boucles locales ;&lt;/li&gt;&lt;li&gt;développement des énergies renouvelables ;&lt;/li&gt;&lt;li&gt;lutte contre le changement climatique, anticipation, adaptation et résilience.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les types de projets suivants &lt;/strong&gt;peuvent être soutenus : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;études de préfiguration/études de préfaisabilité ou de faisabilité ;&lt;/li&gt;&lt;li&gt;expérimentations et démonstrateurs exemplaires et innovants ;&lt;/li&gt;&lt;li&gt;aide au changement de comportement (projets d’animation, de communication, de formation). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Avant tout dépôt de dossier de candidature : &lt;/strong&gt;il est fortement recommandé de contacter les personnes référentes de l’AMI en utilisant la fiche projet téléchargeable sur cette page. &lt;/p&gt;&lt;p&gt;L’ADEME est chargée de la réception des dossiers. Dans le cadre d’un comité de pilotage dédié, les projets sont co-instruits par les partenaires financeurs de l’AMI (Région Île-de-France, Région Normandie, ADEME) en partenariat avec la DIDVS et les services déconcentrés de l’État (DREAL Normandie et Préfecture d’Île-de-France).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;principaux critères d’examen des projets&lt;/strong&gt; sont les suivants (voir détail dans le règlement de l’AMI) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;structuration interrégionale et partenariale du projet ;&lt;/li&gt;&lt;li&gt;capacité à répondre aux enjeux thématiques et stratégiques de l’AMI et du schéma stratégique ;&lt;/li&gt;&lt;li&gt;innovation ;&lt;/li&gt;&lt;li&gt;caractère opérationnel du projet ;&lt;/li&gt;&lt;li&gt;montage technique et financier du projet.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P132" s="1" t="inlineStr">
+      <c r="P111" s="1" t="inlineStr">
         <is>
           <t>22/12/2025</t>
         </is>
       </c>
-      <c r="Q132" s="1" t="inlineStr">
+      <c r="Q111" s="1" t="inlineStr">
         <is>
           <t>31/03/2026</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>regions_11_28</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
+      <c r="W111" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1?backtosearch=true#collectDocuments</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF111" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG111" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH111" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="112" spans="1:34" customHeight="0">
+      <c r="A112" s="1">
         <v>165673</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Agriculture et qualité de l’air – AgriQAir</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Agriculture et qualité de l’air – AgriQAir</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...9 lines deleted...]
-      <c r="K133" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le dispositif &lt;strong&gt;AgriQAir &lt;/strong&gt;a vocation à développer l’appropriation de l’enjeu de la qualité de l’air en agriculture, tout en agissant en cohérence avec les ambitions climatiques.&lt;/p&gt;&lt;p&gt;Cette édition vise ainsi à encourager la volonté d’&lt;strong&gt;expérimenter, d’évaluer et de diffuser &lt;/strong&gt;des solutions efficaces pour réduire les émissions d&lt;strong&gt;’ammoniac &lt;/strong&gt;(NH₃) et/ou de &lt;strong&gt;particules fines &lt;/strong&gt;(PM2,5 et PM10) par l’agriculture. En considérant leurs émissions de GES associées (N₂O, CH4, CO₂), les projets chercheront à valoriser les synergies qualité de l’air/climat.&lt;/p&gt;&lt;p&gt;L’objectif est d’accompagner des &lt;strong&gt;projets pilotes &lt;/strong&gt;de type expérimentation de terrain et/ou d’autres actions pour &lt;strong&gt;aider au changement de comportement &lt;/strong&gt;par de l’animation, de la communication, de la sensibilisation, de la formation, ou de la création d’outils (techniques, pédagogiques).&lt;/p&gt;&lt;p&gt;Il est attendu que les projets portent sur les axes suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Axe 1 : &lt;/strong&gt;&lt;strong&gt;expérimentation de terrain des bonnes pratiques agricoles pour la réduction des émissions &lt;/strong&gt;(polluants atmosphériques et GES), comportant un volet « évaluation environnementale et économique des actions mises en œuvre ».&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 2 : &lt;/strong&gt;actions visant à &lt;strong&gt;favoriser l’appréhension et la compréhension par les agriculteurs et agricultrices&lt;/strong&gt;, en activité ou en devenir, de &lt;strong&gt;l’enjeu de la qualité de l’air &lt;/strong&gt;en contexte de changement climatique, en diffusant les connaissances.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N.B. Les projets devront préférentiellement &lt;strong&gt;coupler l’Axe 1 et l’Axe 2.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets portant uniquement sur l’Axe 1 (sans actions visant à diffuser les connaissances acquises à l’issue de l’expérimentation) seront jugés inéligibles. Les projets portant uniquement sur l’Axe 2 restent, eux, éligibles.&lt;/p&gt;&lt;p&gt;Le projet présentera des dépenses d’un montant minimal de 40 000 euros et sera réalisé sur une durée maximale de 3 ans.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME ne dépassera pas 200 000 euros par projet.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Qualité de l'air</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P133" s="1" t="inlineStr">
+      <c r="P112" s="1" t="inlineStr">
         <is>
           <t>01/01/2026</t>
         </is>
       </c>
-      <c r="Q133" s="1" t="inlineStr">
+      <c r="Q112" s="1" t="inlineStr">
         <is>
           <t>24/04/2026</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>regions_27_32_84</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/agriculture-et-qualite-de-lair-agriqair-1</t>
         </is>
       </c>
-      <c r="W133" s="1" t="inlineStr">
+      <c r="W112" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/agriculture-et-qualite-de-lair-agriqair-1?backtosearch=true#collectDocuments</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agriculture-et-qualite-de-l-air-agriqair/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF112" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG112" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH112" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G134" s="1" t="inlineStr">
+    <row r="113" spans="1:34" customHeight="0">
+      <c r="A113" s="1">
+        <v>165677</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la qualité de l’air dans les territoires en PPA ou dans ceux concernés par des dépassements actuels ou prévisionnels 2030</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration de la qualité de l’air dans les territoires en PPA ou dans ceux concernés par des dépassements actuels ou prévisionnels 2030</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME accompagne les projets permettant une amélioration de la qualité de l’air extérieur. Ils pourront concerner des études, de la communication, des animations ou des investissements.&lt;/p&gt;&lt;p&gt;Les actions soutenues par l’ADEME viseront une réduction de NO₂, de particules PM10, PM2.5 ou d’O₃, mais ils pourront aussi concerner d’autres polluants réglementés – COVNM (composés organiques volatils non méthaniques) ou HAP (Hydrocarbure aromatique polycyclique).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets ciblés sont ceux :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;s’insérant dans un programme d’actions structuré visant à améliorer la qualité de l’air sur le territoire (ex. : programmation pluriannuelle, reproductibilité, objectifs clairement définis, anticipation de la directive européenne 2030 sur la qualité de l’air...). Les gains attendus sur la qualité de l’air (NO₂, particules, O₃ ou autres polluants) seront clairement définis au regard de la situation du territoire ;&lt;/li&gt;&lt;li&gt;concernant la combustion de la biomasse, l’urbanisme et les aménagements, les mobilités des entreprises et la logistique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Combustion de biomasse et qualité de l’air :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chauffage domestique au bois : campagnes d’animation/sensibilisation/communication vers les particuliers et/ou professionnels non liées à la mise en place d’un fonds Air-Bois.&lt;/li&gt;&lt;li&gt;Réduction des émissions des chaufferies bois non performantes ayant une puissance inférieure à 1 MW, dépourvues de systèmes de filtration. L’aide pourra porter sur les audits des chaufferies, les études d’impacts non réglementaires avant et/ou après travaux, les investissements correctifs consécutifs à un audit (aide plafonnée à 30 k€ par chaufferie : ajout d’un système de filtration, ajout d’un ballon tampon pour allonger les cycles de la chaudière). Les projets concernant la réduction des émissions de plusieurs chaufferies seront privilégiés, notamment ceux portés par des partenaires publics pour accompagner les communes.&lt;/li&gt;&lt;li&gt;Alternatives au brûlage à l’air libre des déchets verts, notamment dans les territoires d’Outre-mer : actions d’animation et financement possible de broyeurs en complément des actions d’animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Urbanisme, aménagements et qualité de l’air :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intégration de la QA (qualité de l&amp;#039;air) dans les politiques/documents d’urbanisme, les projets de construction et les chantiers. L’aide pourra porter sur des études non réglementaires prenant en compte précisément la qualité de l’air, des actions de sensibilisation ou d’animation auprès des professionnels.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Organisation des mobilités marchandises/salariés des entreprises et qualité de l’air :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Optimisation et choix d’organisations logistiques permettant d’améliorer la qualité de l’air.&lt;/li&gt;&lt;li&gt;Optimisation des déplacements des entreprises.&lt;/li&gt;&lt;li&gt;Étude de parc : choix des véhicules selon l’usage, mutualisation.&lt;/li&gt;&lt;li&gt;Intégration de la qualité de l’air dans la politique RSE des entreprises comprenant la sensibilisation et la définition d’un plan d’action.&lt;/li&gt;&lt;li&gt;Équipements de bornes électriques pour le raccordement à quai des bateaux fluviaux et maritimes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide n’est pas systématique et dépendra de l’impact du projet sur la réduction des émissions de polluants, des indicateurs d’efficacité de l’action et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Nous vous conseillons de vous rapprocher de la Direction régionale dont vous dépendez pour vérifier si vous êtes sur un territoire éligible et si votre projet rentre bien dans ce dispositif d’aide. Le cas échéant, vous pourrez être orienté vers un autre financement. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P113" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q113" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_11_76_84_93</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/amelioration-de-la-qualite-de-lair-dans-les-territoires-en-ppa-ou-dans-ceux-concernes-par-des-depassements-actuels-ou-previsionnels-2030</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/amelioration-de-la-qualite-de-lair-dans-les-territoires-en-ppa-ou-dans-ceux-concernes-par-des-depassements-actuels-ou-previsionnels-2030#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-l-air-dans-les-territoires-en-ppa-ou-dans-ceux-concernes-par-des-depassements-actuels-ou-previsionnels-2030/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF113" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG113" s="1" t="inlineStr">
+        <is>
+          <t>08/01/2026</t>
+        </is>
+      </c>
+      <c r="AH113" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:34" customHeight="0">
+      <c r="A114" s="1">
+        <v>112009</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Déployer des bornes de recharge pour véhicules électriques et accompagner leur exploitation</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Développer les mobilités alternatives</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Subvention
+Autre aide financière
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagnement des collectivités girondines en transfert de compétence IRVE. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Déploiement de bornes : &lt;/strong&gt;L&amp;#039;accompagnement diffère suivant la borne concernée et ce qui est prévu au SDIRVE (Schéma Directeur d&amp;#039;Infrastructures de Recharges pour Véhicules Electriques).&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;strong&gt;Cas n° 1 :&lt;/strong&gt; Fourniture et pose d&amp;#039;une borne de recharge pour véhicules électriques, raccordement compris, hors extension, prioritaire dans le cadre du SDIRVE.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le taux de subvention varie de 30% à 100% (suivant collectivité) pour les bornes suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;7-22 kW AC pour les parkings de covoiturage/tertiaire. Charge moyenne : 7h/320km&lt;/li&gt;&lt;li&gt;24 kW DS AC pour les implantations en centre ville. Charge moyenne : 1h/160km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le taux de subvention varie de 0% à 100% pour les superchargeurs 120kW DC à proximité de voie express/autoroute. Charge moyenne : 20mn/240km. Les travaux de génie civil et de renforcement du réseau ne sont pas compris.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;strong&gt;Cas n°2 : &lt;/strong&gt;Fourniture et pose d&amp;#039;une borne de recharge pour véhicules électriques, raccordement compris, hors extension, non prioritaire dans le SDIRVE.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le taux de subvention varie de 0% à 60% pour les bornes suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;7-22 kW AC pour les parkings de covoiturage/tertiaire. Charge moyenne : 7h/320km&lt;/li&gt;&lt;li&gt;24 kW DS AC pour les implantations en centre ville. Charge moyenne : 1h/160km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Exploitation :&lt;/strong&gt; Deux types de forfaits sont disponibles :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Forfait exploitation des bornes de recharge 7-22kW AC et 24kW DC : il couvre les opérations d&amp;#039;exploitation courantes (services aux usagers, maintenance curative et préventive, supervision, accès au moyen de paiement, consommation électrique). Le coût est de 800€/borne/an, révisé tous les 3 ans (si un excédent d&amp;#039;exploitation est constaté, 50% est reversé à la collectivité).&lt;/li&gt;&lt;li&gt;Forfait exploitation des bornes de recharge 120kW DC sur les frais réels.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Qualité de l'air
+Animation et mise en réseau
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Transfert de compétence IRVE.&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;&lt;p&gt;Sous réserve des fonds alloués à cet accompagnement.&lt;/p&gt;&lt;p&gt;Pour savoir si votre collectivité est éligible à cette aide, référez-vous au &lt;a href="https://www.sdeeg33.fr/reglement-dinterventions-financieres-rif/" target="_blank"&gt;Règlement d&amp;#039;Interventions Financières&lt;/a&gt; du SDEEG.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/mobilite-durable/</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental Energies et Environnement de Gironde
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie Lalanne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de projets mobilité alternative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f797-developper-les-mobilites-alternatives/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB114" s="1" t="inlineStr">
+        <is>
+          <t>Installation de bornes électriques</t>
+        </is>
+      </c>
+      <c r="AC114" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Énergies et Environnement de la Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="AE114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG114" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2022</t>
+        </is>
+      </c>
+      <c r="AH114" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:34" customHeight="0">
+      <c r="A115" s="1">
+        <v>165799</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'achat de véhicules à carburant alternatif</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet accompagnement concerne les besoins propres de la commune, ou un établissement public qui lui est rattaché (ex : CCAS ou EHPAD). Il diffère suivant le véhicule concerné.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De 0€ à 400€ par véhicule pour l&amp;#039;achat d&amp;#039;un véhicule électrique ou au GNV (gaz naturel pour véhicule) neuf&lt;/li&gt;&lt;li&gt;De 0€ à 2000€ par véhicule pour l&amp;#039;achat d&amp;#039;un véhicule électrique ou au GNV d&amp;#039;occasion&lt;/li&gt;&lt;li&gt;De 0€ à 300€ par cycle pour l&amp;#039;achat d&amp;#039;un cycle 2 ou 3 roues&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Achat d&amp;#039;un véhicule décarboné pour les besoins propres d&amp;#039;un EHPAD public.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Pour connaitre les communes éligibles à cette aide, se référer au &lt;a href="https://www.sdeeg33.fr/reglement-dinterventions-financieres-rif/" target="_blank"&gt;Règlement d&amp;#039;Interventions Financières&lt;/a&gt; du SDEEG&lt;/li&gt;&lt;li&gt;Dans la limite de 2 véhicules par commune/an &lt;/li&gt;&lt;li&gt;L&amp;#039;aide au cycle est plafonnée à 1500€ par commune et par an&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/mobilite-durable/</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Syndicat Départemental Energies et Environnement de Gironde&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Nathalie Lalanne&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Chargée de projets mobilité alternative&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Service Transition Énergétique&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;service.energies&amp;#64;sdeeg33.fr&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;05 56 16 13 21&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-l-achat-de-vehicules-a-carburant-alternatif/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC115" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Énergies et Environnement de la Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="AE115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG115" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+      <c r="AH115" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:34" customHeight="0">
+      <c r="A116" s="1">
+        <v>165696</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les scolaires à la transition énergétique</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I116" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Animation d&amp;#039;ateliers en classe de CE2, CM1 et CM2 des écoles de Gironde assurée par une association spécialisée. Par l&amp;#039;expérience et la participation, les élèves découvrent les enjeux du climat, de l&amp;#039;air et de l&amp;#039;énergie. Un livret pédagogique est ensuite remis à l&amp;#039;enseignant pour continuer d&amp;#039;explorer ces sujets au cours de l&amp;#039;année.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Education et renforcement des compétences
+Economie circulaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Connaissance de la mobilité
+Réduction de l'empreinte carbone
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Signature de la convention de prestations&lt;/p&gt;&lt;p&gt;- Validation du devis d&amp;#039;intervention proposé&lt;/p&gt;&lt;p&gt;Aide sous réserve des fonds alloués à cet accompagnement.&lt;/p&gt;&lt;p&gt;Pour savoir si votre collectivité est éligible à cette aide, référez-vous au &lt;a href="https://www.sdeeg33.fr/reglement-dinterventions-financieres-rif/" target="_blank"&gt;Règlement d&amp;#039;Interventions Financières&lt;/a&gt; du SDEEG&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/atelier-pedagogique/</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)&lt;/p&gt;&lt;p&gt;Léa PAMBRUN&lt;/p&gt;&lt;p&gt;Service Transition Énergétique&lt;/p&gt;&lt;p&gt;service.energies&amp;#64;sdeeg33.fr&lt;/p&gt;&lt;p&gt;05 56 16 13 21&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-les-scolaires-a-la-transition-energetique/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC116" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Énergies et Environnement de la Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="AE116" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG116" s="1" t="inlineStr">
+        <is>
+          <t>28/01/2026</t>
+        </is>
+      </c>
+      <c r="AH116" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:34" customHeight="0">
+      <c r="A117" s="1">
+        <v>165693</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une animation Fresque du Climat</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Animation d’une Fresque du Climat pour les élus, le personnel, les habitants et les associations de Gironde.&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier d&amp;#039;un accompagnement par un agent du SDEEG formé à l&amp;#039;animation de la Fresque du Climat 2e génération. Cet atelier se fait sur une demi journée, dans vos locaux ou ceux du SDEEG (Bordeaux Lac). Le SDEEG vient avec le matériel pour assurer cet atelier.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Citoyenneté
+Education et renforcement des compétences
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Paysage
+Animation et mise en réseau
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;li&gt;Signature de la convention de prestation de service pour la Transition Energétique&lt;/li&gt;&lt;li&gt;Signature du devis de prestation&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Cette aide est disponible sous réserve des fonds alloués.&lt;/p&gt;&lt;p&gt;Pour connaître les communes éligibles à cette aide, vous pouvez vous référer au &lt;a href="https://www.sdeeg33.fr/reglement-dinterventions-financieres-rif/" target="_blank"&gt;Règlement d&amp;#039;Interventions Financières&lt;/a&gt; du SDEEG.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)&lt;/p&gt;&lt;p&gt;Service Transition Énergétique&lt;/p&gt;&lt;p&gt;service.energies&amp;#64;sdeeg33.fr&lt;/p&gt;&lt;p&gt;05 56 16 13 21&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/animation-fresque-du-climat/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC117" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Énergies et Environnement de la Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="AE117" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG117" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="AH117" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:34" customHeight="0">
+      <c r="A118" s="1">
+        <v>166083</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes pour bien vivre en montagne</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux jeunes pour bien vivre en montagne</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat
-[...4 lines deleted...]
-      <c r="H134" s="1" t="inlineStr">
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I134" s="1" t="inlineStr">
-[...72 lines deleted...]
-Tourisme
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens. L&amp;#039;aide &amp;#34;CIMA Aide aux jeunes pour bien vivre en montagne&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide vise 4 orientations :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Orientation 1 : Instaurer le réflexe jeune au sein de la CIMA et mettre en place des éléments de suivi&lt;/li&gt; 	&lt;li&gt;Orientation 2 : Soutenir des initiatives, des démarches intégrant des formes de partenariat innovant et la participation des jeunes&lt;/li&gt; 	&lt;li&gt;Orientation 3 : Éducation, sensibilisation, découverte de la montagne&lt;/li&gt; 	&lt;li&gt;Orientation 4 : Emplois, création d’activités et formation des jeunes&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d&amp;#039;actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Démarches de mise en place d’espaces de création d’activités liée à la montagne par des jeunes à l’échelle d’un espace valléen, en cohérence avec la stratégie touristique identifiée ;&lt;/li&gt; 	&lt;li&gt;Actions visant à dynamiser la mise en réseau d’acteurs relais du « réflexe jeunes » à l’échelle interrégionale ainsi que le partage, la valorisation et la mise en commun des expériences et des bonnes pratiques ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des formes de partenariat entre jeunes et décideurs et la participation des jeunes dans les différentes instances autour des spécificités de la montagne et sur les enjeux de la jeunesse dans les Alpes ;&lt;/li&gt; 	&lt;li&gt;Actions de sensibilisation, d’éducation (projets à vocation éducative) et de formation pour découvrir la montagne (métiers et vie en montagne) par les jeunes portées par des groupements multi-acteurs (collectivités locales, professionnels, jeunes …) ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des programmes jeunesse &amp;#34;ville-montagne&amp;#34; de proximité des agglomérations et métropoles au pied des Alpes ;&lt;/li&gt; 	&lt;li&gt;Projets expérimentaux de développement des outils numériques et/ou des contenus de formation à distance pour les jeunes en milieu rural montagnard ;&lt;/li&gt; 	&lt;li&gt;Les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toute saisons mise en œuvre à l’échelle d’un espace valléen.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Forums et festivals des métiers de la montagne.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Forêts
 Montagne
 Sols
-Espaces verts
-[...14 lines deleted...]
-Cohésion sociale et inclusion
 Citoyenneté
-Santé
-[...2 lines deleted...]
-Commerces et services
 Formation professionnelle
-Technologies numériques et numérisation
-[...7 lines deleted...]
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
-Equipement public
-[...23 lines deleted...]
-Mobilité fluviale
 Milieux humides
-Inclusion numérique
-[...2 lines deleted...]
-Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S134" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Types d&amp;#039;actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Démarches de mise en place d’espaces de création d’activités liée à la montagne par des jeunes à l’échelle d’un espace valléen, en cohérence avec la stratégie touristique identifiée ;&lt;/li&gt; 	&lt;li&gt;Actions visant à dynamiser la mise en réseau d’acteurs relais du « réflexe jeunes » à l’échelle interrégionale ainsi que le partage, la valorisation et la mise en commun des expériences et des bonnes pratiques ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des formes de partenariat entre jeunes et décideurs et la participation des jeunes dans les différentes instances autour des spécificités de la montagne et sur les enjeux de la jeunesse dans les Alpes ;&lt;/li&gt; 	&lt;li&gt;Actions de sensibilisation, d’éducation (projets à vocation éducative) et de formation pour découvrir la montagne (métiers et vie en montagne) par les jeunes portées par des groupements multi-acteurs (collectivités locales, professionnels, jeunes …) ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des programmes jeunesse &amp;#34;ville-montagne&amp;#34; de proximité des agglomérations et métropoles au pied des Alpes ;&lt;/li&gt; 	&lt;li&gt;Projets expérimentaux de développement des outils numériques et/ou des contenus de formation à distance pour les jeunes en milieu rural montagnard ;&lt;/li&gt; 	&lt;li&gt;Les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toute saisons mise en œuvre à l’échelle d’un espace valléen.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Forums et festivals des métiers de la montagne.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-jeunes-bien-vivre-en-montagne</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_S_FS_CIMAJEUN/depot/simple</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-jeunes-pour-bien-vivre-en-montagne-1/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AE118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF118" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG118" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH118" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>