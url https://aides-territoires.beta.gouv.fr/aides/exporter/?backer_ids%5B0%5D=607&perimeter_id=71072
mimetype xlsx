--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA3"/>
+  <dimension ref="A1:AH3"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,322 +225,407 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
+        <v>53188</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Informer et conseiller les administrés du territoire sur l'habitat</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Agence départementale d'information sur le logement de Guadeloupe</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement et constituées d&amp;#039;une équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elles offrent un conseil objectif, gratuit et neutre aux usagers sur leurs droits et obligations en matière d&amp;#039;habitat, sur les solutions de logement qui leur sont adaptées (conditions d&amp;#039;accès au parc locatif, aspects juridiques et financiers de projet d&amp;#039;accession à la propriété...) à l&amp;#039;exclusion de tout acte administratif, contentieux ou commercial.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ADIL interviennent tant dans la conduite d&amp;#039;un projet que dans la résolution d&amp;#039;une difficulté lié au logement : rapports locatifs, impayés de loyers, copropriété, rénovation énergétique, habitat indigne...&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de permanences de proximité : Maisons de justice et du droit, Caf, Mairie, Maisons France Services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence sur des salons, forum, conférences, événements (semaine de l&amp;#039;accession et de la copropriété...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Guadeloupe</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.adil971.org/</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.adil971.org/contact/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour prendre contact avec l&amp;#039;ADIL,
+ &lt;a href="https://www.adil971.org/contact/"&gt;
+  cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c4f-informer-et-conseiller-les-administres-du-ter/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Agence nationale pour l'information sur le logement (ANIL)</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>13/07/2020</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
         <v>53187</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une expertise habitat (juridique, études, observations, formations)</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Agence départementale d'information sur le logement de Guadeloupe</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les ADIL sont des associations agréées par le ministère en charge du logement (art. L.366-1 et suivants du CCH). Constituées d&amp;#039;une équipe de spécialistes de  l&amp;#039;habitat (juriste, statisticien, géographe, urbaniste, travailleur social...) elles apportent un conseil neutre et une expertise auprès des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Imprégnées des besoins des ménages et des enjeux des territoires, les ADIL informent et/ou forment les acteurs locaux et participent aux instances de l&amp;#039;habitat. Elles  pilotent également des groupes de travail pour les collectivités locales et les associations d&amp;#039;usagers.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Formation d&amp;#039;élus et de techniciens de l&amp;#039;habitat sur l&amp;#039;ensemble des thématiques en lien avec le logement et l&amp;#039;habitat (copropriété, lutte contre l&amp;#039;habitat indigne, prévention des impayés et des expulsions, accession à la propriété, dispositifs d&amp;#039;aides à l&amp;#039;amélioration de l&amp;#039;habitat, actualités en matière de logement...)
 .
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la définition des politiques publiques par des études ou des observatoires (niveau des loyers, diagnostic préalable au Programme local de l&amp;#039;habitat , logement des jeunes, études de peuplement...)
 .
  &lt;/li&gt;
  &lt;li&gt;
   Animation de dispositifs locaux (Logement d&amp;#039;Abord, Plan Départemental d&amp;#039;Action pour le Logement et l&amp;#039;Hébergement des Personnes Défavorisées...)
 .
  &lt;/li&gt;
  &lt;li&gt;
   Instruction d&amp;#039;aides locales.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Espaces verts
 Espace public
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Guadeloupe</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.adil971.org/</t>
         </is>
       </c>
-      <c r="W2" s="0" t="inlineStr">
+      <c r="W3" s="1" t="inlineStr">
         <is>
           <t>https://www.adil971.org/contact/</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour prendre contact avec l&amp;#039;ADIL,
  &lt;a href="https://www.adil971.org/contact/"&gt;
   cliquez ici
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>anil@anil.org</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3452-beneficier-dune-expertise-habitat-juridique-e/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K3" s="1" t="inlineStr">
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale pour l'information sur le logement (ANIL)</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...94 lines deleted...]
-          <t>published</t>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>13/07/2020</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>