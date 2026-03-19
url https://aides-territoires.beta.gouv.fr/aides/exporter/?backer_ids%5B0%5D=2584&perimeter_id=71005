--- v0 (2026-01-31)
+++ v1 (2026-03-19)
@@ -24,116 +24,108 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rIdSheet1" state="visible"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Unknown</author>
   </authors>
   <commentList>    </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
-[...4 lines deleted...]
-    </font>
+  <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA6"/>
+  <dimension ref="A1:AH2"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,793 +217,264 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>163771</v>
+        <v>163254</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Echanger des pratiques et découvrir la coopération européenne</t>
+          <t>Se former à l'étranger - Accréditation Erasmus+</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Projets de partenariats simplifiés AC210</t>
+          <t>Accréditation Erasmus+ - Action Clé 1</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Agence Erasmus+ France / Education &amp; Formation
-Agence Erasmus+ France Jeunesse et Sport</t>
+          <t>Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...307 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...4 lines deleted...]
-      <c r="H4" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J4" s="1" t="inlineStr">
+      <c r="J2" s="0" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de
 mobilité dans les domaines de l’éducation, de la formation, de la jeunesse et
 du sport. Il est possible de partir en mobilité en Europe et au-delà pour se
 former, découvrir des systèmes éducatifs différents, de nouvelles approches et
 méthodes de travail, approfondir ses compétences linguistiques et
 professionnelles, ou tout simplement s’ouvrir à une autre culture.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;
 L&amp;#039;accréditation Erasmus&amp;#43; &lt;/strong&gt;est comparable à une carte de membre pour développer des projets de mobilité. Grâce à cette modalité, les démarches administratives et
 financières sont simplifiées. Une fois obtenue, elle est valable jusqu’en 2027
 et permet de procéder, chaque année, à une demande simplifiée de financements
 avec l’assurance de recevoir un montant minimum de subvention. L&amp;#039;accréditation Erasmus&amp;#43; concerne les secteurs de l&amp;#039;éducation des adultes, de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et le secteur de la jeunesse.&lt;/p&gt;&lt;p&gt;
 La durée de la mobilité des personnels et des apprenants peut varier de 2 jours à 12 mois selon votre profil et
 le type d’activité réalisée.&lt;br /&gt;
 Les financements européens Erasmus&amp;#43; couvrent vos frais de déplacement, ainsi
 que vos frais d’hébergement, de restauration et de transport sur place. Ils peuvent
 également prendre en charge les frais d’inscription à des cours ou à des
 séminaires de formation.&lt;br /&gt;
 Un montant forfaitaire soutient par ailleurs les dépenses de votre collectivité
 territoriale pour la gestion administrative et financière du projet européen
 Erasmus&amp;#43;.&lt;br /&gt;
 Les cofinancements ne sont pas obligatoires mais sont à privilégier.&lt;br /&gt;
 Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides,
 nationales ou locales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;La &lt;strong&gt;région Occitanie&lt;/strong&gt; coordonne un consortium de CFA, Missions Locales et écoles de la deuxième chance (secteur EFP). L&amp;#039;objectif des mobilités est de développer les compétences et de favoriser la poursuite d&amp;#039;étude et/ou l&amp;#039;insertion professionnelle des apprenants.  &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le département de Seine-Saint-Denis &lt;/strong&gt;coordonne deux accréditations Erasmus&amp;#43; : une au bénéfice des jeunes et une pour les collégiens du département (Secteurs enseignement scolaire et jeunesse). Au total, 1 650 collégiens et 670 jeunes pourront bénéficier de mobilités sur la période 2023-2027 dans le cadre de l’accueil des Jeux Olympiques et Paralympiques de 2024.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;C&lt;/strong&gt;&lt;strong&gt;ollectivité de Corse&lt;/strong&gt; favorise&lt;span&gt; l’ouverture &lt;/span&gt;internationale et la montée en compétence des acteurs corses de l&amp;#039;Economie sociale et solidaire en permettant &lt;span&gt;à différentes structures publiques &lt;/span&gt;– l’Office de l’environnement de la Corse, l’Agence de développement de la Corse (Adec) – ainsi qu&amp;#039;à la Chambre Régionale de l’Economie Sociale et Solidaire et à ses structures adhérentes de partir en mobilité. &lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des &lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;projets portés par des collectivités territoriales de l&amp;#039;Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;sharing" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q4" s="1" t="inlineStr">
+      <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>29/09/2026</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs: &lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel: &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes
   : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur
   : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...278 lines deleted...]
-          <t>published</t>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Education et Formation</t>
+        </is>
+      </c>
+      <c r="AD2" s="0" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>20/09/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>12/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>