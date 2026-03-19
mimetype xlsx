--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA3"/>
+  <dimension ref="A1:AH3"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,81 +225,116 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>103570</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Accompagner les porteurs de projets touristiques privés et publics</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Tourisme Ingénierie Développement</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Banque des Territoires
 Agence nationale de la cohésion des territoires (ANCT)
 Atout France</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-Entreprise privée</t>
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FTI projets structurants est un dispositif d&amp;#039;ingénierie lancé par la Banque des territoires, l&amp;#039;Agence Nationale pour la Cohésion des Territoires et Atout France en lien avec les différentes régions. Le dispositif vise à accompagner en ingénierie des projets touristiques de tous types (hébergements, infrastructures, itinérances, équipements publics, sites culturels et patrimoniaux), structurants pour le territoire (taille de l&amp;#039;investissement, capacité à attirer des clientèles à forte valeur ajoutée et à générer des emplois et des retombées importantes) et compatibles avec un développement touristique durable des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Mission de 20 jours d&amp;#039;ingénierie Atout France prise en charge à 100% - Possibilité d&amp;#039;une mission annexe prise en charge jusqu&amp;#039;à 30% d&amp;#039;un montant maximal de 100 000€.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
@@ -342,87 +377,112 @@
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Possibilité de contacter votre service tourisme régional, la Direction régionale de la Banque des Territoires, l&amp;#039;ANCT ou Atout France, service ingénierie.
 &lt;/p&gt;
 &lt;p&gt;
  ingenierie&amp;#64;atout-france.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>amelie.jouandet@anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ab87-accompagner-les-porteurs-de-projets-touristiq/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>21/10/2021</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
         <v>103569</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Faire émerger des projets économiques au sein de sites patrimoniaux - Réinventer le Patrimoine</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Tourisme Ingénierie Développement</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)
 Banque des Territoires
 Ministère de la Culture
 Atout France</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>Atout France</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-Entreprise privée</t>
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Le programme « Réinventer le
 patrimoine » a pour ambition d’accompagner le développement d’activités
 économiques, touristiques et culturelles, au sein de bâtis remarquables, dans
 des perspectives de sauvegarde du patrimoine, d’attractivité et d’animation des
 territoires. &lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Lancé en 2020, Réinventer le patrimoine est un
 dispositif d&amp;#039;ingénierie piloté par la Banque des territoires, l’Agence
 nationale de la cohésion des territoires et Atout France avec le ministère de
 la Culture, pour faciliter l’émergence de projets économiques au sein de sites
 patrimoniaux, autour d&amp;#039;usages variés. &lt;/span&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les objectifs du programme sont de
@@ -491,45 +551,75 @@
       <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.reinventer-le-patrimoine.fr/le-programme</t>
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;blockquote&gt;Valère ROUSSEAU - Département ingénierie, développement et prospective&lt;/blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="mailto:valere.rousseau&amp;#64;atout-france.fr" title="Envoyer un email vers valere.rousseau&amp;#64;atout-france.fr"&gt;&lt;span&gt;&lt;/span&gt;valere.rousseau&amp;#64;atout-france.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>valere.rousseau@atout-france.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ce0d-reinventer-le-patrimoine-mise-a-disposition-d/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Atout France</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>21/10/2021</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>