--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA33"/>
+  <dimension ref="A1:AH17"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,313 +225,1297 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
+        <v>165494</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;I3 - Investissements interrégionaux dans l’innovation - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9,8 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9,8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 500 000 et 1,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Renforcer les capacités des régions moins développées afin qu&amp;#039;elles puissent développer et consolider leurs écosystèmes d&amp;#039;innovation régionaux et leurs chaînes de valeur&lt;/li&gt;    &lt;li&gt;Améliorer les capacités des autorités publiques et des intermédiaires en matière d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Renforcer les capacités afin de participer avec succès aux appels à projets relevant du volet 1 ou du volet 2a ou à d&amp;#039;autres programmes complémentaires de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Veiller à ce que les connaissances et les capacités acquises au cours du projet puissent être reproduites, adaptées et intégrées dans l&amp;#039;écosystème régional&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : Renforcer les écosystèmes régionaux d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Priorité 2 : Faciliter la mobilisation des connaissances et des talents&lt;/li&gt;    &lt;li&gt;Priorité 3 : Accroître la propension à investir grâce à une meilleure planification des activités et des investissements&lt;/li&gt;    &lt;li&gt;Priorité 4 : Améliorer l&amp;#039;intégration de la chaîne de valeur grâce à la création d&amp;#039;écosystèmes et à des partenariats S3&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Actions de coordination et de soutien ciblant les acteurs régionaux&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Les propositions doivent inclure au moins une action clé (voir le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;call document&lt;/a&gt;).&lt;/p&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des extensions sont possibles, si elles sont dûment justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/I3-2026-CAP2B?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/programmes/interregional-innovation-investments-i3-instrument_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q2" s="0" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale (organisme public ou privé)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établi dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés à l&amp;#039;instrument I3 ou les pays qui sont en cours de négociation d&amp;#039;un accord d&amp;#039;association et où l&amp;#039;accord entre en vigueur avant la signature de la subvention (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/guidance/list-3rd-country-participation_i3_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 2 entités juridiques indépendantes représentant 2 écosystèmes régionaux de 2 pays éligibles différents doit être constitué. Autres conditions détaillées dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_self"&gt;call document.&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EISMEA-I3-INSTRUMENT-CALLS&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AD2" s="0" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
+        <v>165498</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d'innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d&amp;apos;innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;7 021 561 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 7 021 561 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 80 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Promouvoir la coopération politique et les actions innovantes soutenant tous les volets du programme, en favorisant un environnement médiatique diversifié, indépendant et pluraliste ainsi que l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Encourager les approches innovantes en matière de création, d&amp;#039;accès, de distribution et de promotion de contenus dans les secteurs culturels et créatifs et avec d&amp;#039;autres secteurs&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : encourager de nouvelles formes de création à la croisée de différents secteurs culturels et créatifs&lt;/li&gt;    &lt;li&gt;Priorité 2 : favoriser des approches et des outils intersectoriels innovants&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Longs métrages, animations et documentaires créatifs&lt;/li&gt;    &lt;li&gt;Œuvres audiovisuelles de fiction, animation&lt;/li&gt;    &lt;li&gt;Fiction interactive et non linéaire&lt;/li&gt;    &lt;li&gt;Jeux vidéo narratifs et expériences narratives immersives interactives&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cross-2026-innovlab_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CROSS-2026-INNOVLAB?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;CREA-CROSS-2026-INNOVLAB&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q3" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2026</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant au programme Europe créative : États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;      - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays participant au programme Europe créative et détenus directement ou indirectement, en totalité ou en majorité, par des ressortissants de ces pays.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les candidatures individuelles sont autorisées (bénéficiaires uniques), ainsi que les propositions soumises par un consortium d&amp;#039;au moins deux candidats (bénéficiaires ; pas d&amp;#039;entités affiliées).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-laboratoire-dinnovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CROSS-INNOVLAB&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-laboratoire-d-apos-innovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AD3" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>165505</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l&amp;apos;Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2025</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AD4" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>155571</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancer des projets visant à former des juges nationaux dans le cadre de l'application des règles de concurrence européennes</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - SMP - Programme du marché unique</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>SMP - Formation des juges nationaux au droit européen de la concurrence - 2023</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ SMP - Programme du Marché Unique - 2021-2027
+ &lt;br /&gt;
+&lt;/p&gt;
+SMP - Le programme du marché unique vise à renforcer la gouvernance du marché unique de l&amp;#039;UE.
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Budget total de l&amp;#039;appel : 1 million d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant de la subvention : entre 50,000 et 300,000 euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux de cofinancement : jusqu&amp;#039;à 90% du total des coûts éligibles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Objectifs
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer des projets visant à former des juges nationaux dans le cadre de l&amp;#039;application des règles de concurrence européennes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir une application cohérente et homogène du droit européen de la concurrence par les tribunaux nationaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Priorités
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Priorité 1 : Formations sur l&amp;#039;application des articles 101 et 102 du TFUE et du droit dérivé pertinent
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorité 2 : Formations axées sur les garanties procédurales et l&amp;#039;application effective du droit européen de la concurrence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorité 3 : Formations axées sur les lois nationales mettant en œuvre la directive 2014/104 sur les actions en dommages et intérêts en matière d&amp;#039;ententes et d&amp;#039;abus de position dominante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorité 4 : Formations axées sur les principes économiques sous-jacents du droit de la concurrence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorité 5 : Formations axées sur l&amp;#039;application du droit de la concurrence dans les secteurs réglementés (tels que l&amp;#039;énergie, les télécommunications, les produits pharmaceutiques) et les marchés numériques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorité 6 : Formation sur les aides d&amp;#039;État et le rôle des tribunaux nationaux en matière d&amp;#039;application de la législation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ &lt;strong&gt;
+  Parmi les actions financées
+ &lt;/strong&gt;
+&lt;/span&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Séminaires et ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ &lt;span&gt;
+  Informations complémentaires
+ &lt;/span&gt;
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cet appel à propositions est un appel à propositions ouvert.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée initiale de l&amp;#039;action : 24 mois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Être une personne morale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être une entité publique ou privée
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être une entité à but non lucratif
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pays éligibles au programme:
+   &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/guidance/list-3rd-country-participation_smp_en.pdf" rel="noopener" target="_blank"&gt;
+    Cliquez ici
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/wp-call/2023/call-fiche_smp-comp-2023-judg_en.pdf</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;
+  COMPTRAINING-JUDGES&amp;#64;ec.europa.eu
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/wp-call/2023/call-fiche_smp-comp-2023-judg_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/smp-comp-2023-judg?tenders&amp;#61;false&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;frameworkProgramme&amp;#61;43252476&amp;amp;programmePart&amp;#61;&amp;amp;pageNumber&amp;#61;3" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la DG
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/internal-market-industry-entrepreneurship-and-smes_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/funding-tenders/find-funding/eu-funding-programmes/single-market-programme/overview_en#:~:text&amp;#61;The%20Single%20Market%20Programme%20(SMP,governance%20of%20the%20single%20market." rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/337d-smp-formation-des-juges-nationaux-au-droit-eu/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD5" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>03/12/2023</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
         <v>161007</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets sportifs</t>
         </is>
       </c>
-      <c r="C2" s="0" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Erasmus+ - Sport 2024 - 2024</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H2" s="0" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Erasmus&amp;#43; - 2021-2027&lt;br /&gt;ERASMUS PLUS – Action clé 2 : coopération entre organisations et établissements - 2021-2027&lt;/p&gt;Erasmus&amp;#43; - Le programme Erasmus&amp;#43; vise à offrir à environ 10 millions d&amp;#039;Européens la possibilité d&amp;#039;acquérir des compétences et de se développer sur le plan personnel, socio-éducatif et professionnel par le biais d&amp;#039;études, de formations, d&amp;#039;expériences professionnelles ou d&amp;#039;activités liées à la jeunesse et au sport tout au long de la période de programmation 2021-2027.&lt;ul&gt;    &lt;li&gt;Montant par topic :  &lt;ul&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SNCESE : 7 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SSCP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SCP : 34,170,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;Cette subvention prend la forme d&amp;#039;une subvention forfaitaire.&lt;/em&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Attirer et élargir l&amp;#039;accès au programme pour les nouveaux arrivants, les organisations moins expérimentées et les acteurs à petite échelle&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;inclusion des groupes cibles ayant moins d&amp;#039;opportunités&lt;/li&gt;    &lt;li&gt;Soutenir la citoyenneté européenne active et apporter la dimension européenne au niveau local&lt;/li&gt;    &lt;li&gt;Répondre aux besoins et priorités communs dans les domaines de l&amp;#039;éducation, de la formation, de la jeunesse et du sport&lt;/li&gt;    &lt;li&gt;Encourager des modes de vie sains pour tous&lt;/li&gt;    &lt;li&gt;Lutter contre la discrimination dans le sport, y compris l&amp;#039;égalité entre les hommes et les femmes&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;organisation d&amp;#039;événements sportifs ayant une dimension européenne dans les domaines suivants (bénévolat dans le sport, inclusion sociale par le sport, lutte contre la discrimination dans le sport, y compris l&amp;#039;égalité des sexes, encouragement de modes de vie sains pour tous)&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Le présent appel à propositions est un appel à propositions ouvert.&lt;/li&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 6 et 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;TOPICS&lt;/span&gt; :   Ouvert  &lt;ul&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SNCESE : Manifestations sportives européennes à but non lucratif&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SSCP : Partenariats à petite échelle&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SCP : Partenariats de coopération&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>Pays éligibles au programme :
 &lt;a href="https://erasmus-plus.ec.europa.eu/node/26/printable/pdf" rel="nofollow noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/sites/default/files/2023-11/2024-Erasmus%2BProgramme-Guide_EN.pdf</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;eacea-sport&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Lignes directrices&lt;br /&gt; &lt;a href="https://erasmus-plus.ec.europa.eu/sites/default/files/2023-11/2024-Erasmus%2BProgramme-Guide_EN.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Autres documents de l&amp;#039;appel&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search?tenders&amp;#61;false&amp;amp;callIdentifier&amp;#61;ERASMUS-SPORT-2024" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Site de l&amp;#039;agence exécutive&lt;br /&gt; &lt;a href="https://www.eacea.ec.europa.eu/index_fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Information &amp;#43;&lt;br /&gt; &lt;a href="https://erasmus-plus.ec.europa.eu/about-erasmus/what-is-erasmus" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1c22-erasmus-sport-2024-2024/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD6" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2024</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E3" s="1" t="inlineStr">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>161036</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la coopération entre les sociétés de production européennes qui développent des oeuvres avec un fort potentiel d'audience internationale</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Europe Créative</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>CREA - Co-développement européen - 2024</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Etablissement public dont services de l'Etat
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H3" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Transition énergétique
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Programme Europe Créative 2021-2027&lt;br /&gt;EUROPE CREATIVE - (2) Volet Média&lt;/p&gt;&lt;p&gt;Europe créative - Europe créative vise à préserver, développer et promouvoir la diversité et le patrimoine culturels et linguistiques européens et à accroître la compétitivité et le potentiel économique des secteurs culturels et créatifs, en particulier le secteur audiovisuel.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 6,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : dépend du nombre de bénéficiaires éligibles faisant partie du consortium&lt;/li&gt;    &lt;li&gt;Taux de cofinancement : jusqu&amp;#039;à 70% du total des coûts éligibles&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Objectif&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;p&gt;Soutenir la coopération entre les sociétés de production européennes qui développent des oeuvres avec un fort potentiel d&amp;#039;audience internationale.&lt;/p&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Informations complémentaires&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Le présent appel à propositions est un appel à propositions ouvert.&lt;/li&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : jusqu&amp;#039;à 30 mois&lt;br /&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
 Technologies numériques et numérisation
 Innovation, créativité et recherche
-International
-[...4 lines deleted...]
-      <c r="O3" s="1" t="inlineStr">
+International</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P3" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S3" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>Pays éligibles au programme:
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+ Cliquez ici
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2024/call-fiche_crea-media-2024-codev_en.pdf</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;EACEAMEDIA-CODEV&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Lignes directrices (EN)&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2024/call-fiche_crea-media-2024-codev_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Autres documents de l&amp;#039;appel (EN)&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/crea-media-2024-codev?tenders&amp;#61;false&amp;amp;programmePart&amp;#61;&amp;amp;pageNumber&amp;#61;58" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Site web de l&amp;#039;agence&lt;br /&gt; &lt;a href="https://www.eacea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Information &amp;#43;&lt;br /&gt; &lt;a href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b3b-crea-co-developpement-europeen-2024/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD7" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2024</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>149775</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès des Petites Villes de Demain aux financements verts pour concrétiser leurs projets</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+EUROPE - InvestEU</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>PVD+ : un appui pour mobiliser les financements verts dans les PVD</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne
+Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les collectivités de moins de 20 000 habitants s&amp;#039;inscrivant dans le cadre du programme Petites villes de demain ayant signé la convention cadre PVD peuvent bénéficier de cette offre de la Banque des Territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif : faciliter le passage à l&amp;#039;opérationnel des communes concernées en leur permettant d&amp;#039;accéder plus facilement aux financements verts.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne dans vos projets de transformation écologique et énergétique afin d&amp;#039;intégrer les critères verts qui seront déterminants pour l&amp;#039;obtention de financements.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Identification des financements éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préconisations techniques et financières pour optimiser la capacité des projets à mobiliser les financements verts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la préparation des dossiers de demande de financements si nécessaire
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/offre-pvd-plus?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=pdvplus_vert_psat</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/offre-pvd-plus?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;pvdplus&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;pvdplus_oat"&gt;
+   Contactez-nous via le formulaire de sollicitation disponible ici
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2154-faciliter-lacces-des-petites-villes-de-demain/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>12/09/2023</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>147307</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Accélérer la transition écologique et numérique : sciences du climat et réponses</t>
         </is>
       </c>
-      <c r="C4" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>HEU - Sciences du climat et réponses - 2024</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H4" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.5 Climat, Energie et Mobilité - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Le cluster &amp;#34;Climate Energy and Mobility&amp;#34; vise à accélérer la double transition verte et numérique et la transformation associée de notre économie, de notre industrie et de notre société en vue d&amp;#039;atteindre la neutralité climatique en Europe d&amp;#039;ici 2050.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-après
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 103 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Budget total par topic :
   &lt;ul&gt;
    &lt;li&gt;
@@ -618,106 +1602,106 @@
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-01: Amélioration de la quantification et de la compréhension des émissions et des puits de méthane naturels et anthropiques
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-02 : Glaces continentales, y compris la couverture neigeuse, les glaciers, les nappes glaciaires et le pergélisol, et leur interaction avec le changement climatique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-03: La science du paléoclimat pour une meilleure compréhension de l&amp;#039;évolution à court et à long terme du système terrestre
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-04: Boîte à outils améliorée pour l&amp;#039;évaluation des impacts climatiques et environnementaux des politiques commerciales
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-05: Prochaine génération de trajectoires à faibles émissions et résilientes au changement climatique et NDCs pour un avenir aligné sur l&amp;#039;Accord de Paris
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-06: Le rôle de la prospective du changement climatique pour l&amp;#039;approvisionnement en matières premières primaires et secondaires
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-07: Quantification du rôle des principaux écosystèmes terrestres dans le cycle du carbone et les effets climatiques connexes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
  Cliquez ici
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
   Cliquez ici
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl5-2024-d1-01-04;callCode&amp;#61;HORIZON-CL5-2024-D1-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;0,1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="nofollow noopener" target="_blank"&gt;
@@ -725,1035 +1709,409 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site de la Direction générale
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/cluster-5-climate-energy-and-mobility_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e536-horizon-europe-sciences-du-climat-et-reponses/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD9" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>13/08/2023</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-Collectivité d’outre-mer à statut particulier
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>145963</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Développer des pôles d'excellence pour renforcer les liens entre la science et les entreprises</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Pôles d'excellence - 2023</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...2 lines deleted...]
-      <c r="H5" s="1" t="inlineStr">
+Recherche
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
-[...113 lines deleted...]
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
-[...12 lines deleted...]
-Revitalisation
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Pôles d&amp;#039;excellence visant à renforcer les liens entre la science et les entreprises.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-dessous
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Montant par topic :
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-WIDERA-2023-ACCESS-07-01 : 60 millions d&amp;#039;euros
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;strong&gt;
+ Différentes catégories de projets sont éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ De même, les appels précisent les bénéficiaires attendus :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ TOPICS :
+&lt;/span&gt;
+A venir
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-WIDERA-2023-ACCESS-07-01 : Pôles d&amp;#039;excellence
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
-Biodiversité
-[...1 lines deleted...]
-Appui méthodologique
 Industrie</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S6" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-11-widening-participation-and-strengthening-the-european-research-area_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-11-widening-participation-and-strengthening-the-european-research-area_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-WIDERA-2023-ACCESS-07;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;null;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;callTopicSearchTableState" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la Direction générale
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/index_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e90-horizon-europe-poles-dexcellence-2023/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD10" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>23/07/2023</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E7" s="1" t="inlineStr">
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>154066</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter la mise en œuvre de la planification de l'espace maritime dans l'UE</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>FEAMPA - Projets de planification de l'espace maritime (MSP) - 2023</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
-[...455 lines deleted...]
-      </c>
       <c r="G11" s="1" t="inlineStr">
-        <is>
-[...225 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Max : 78</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Fonds européen pour les affaires maritimes, la pêche et l&amp;#039;aquaculture - vise à soutenir le Green Deal de l&amp;#039;UE et une économie bleue durable en mettant en œuvre des actions dans le domaine de la politique maritime de l&amp;#039;Union, de la politique commune de la pêche et du programme de gouvernance internationale des océans de l&amp;#039;UE.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 4 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant de la subvention : entre 1 million et 2,5 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Taux de co-financement : jusqu&amp;#039;à 80% du total des
   &lt;span&gt;
    &lt;span&gt;
     coûts
    &lt;/span&gt;
   &lt;/span&gt;
   éligibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  &lt;strong&gt;
   Objectifs
@@ -1798,1128 +2156,272 @@
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 10 de la directive MSP (utilisation et partage des données)
  &lt;/li&gt;
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 11 de la directive sur la planification de l&amp;#039;espace maritime (coopération entre les États membres)
  &lt;/li&gt;
  &lt;li&gt;
   Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 12 de la directive sur la planification de l&amp;#039;espace maritime (coopération avec les pays tiers)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  &lt;strong&gt;
   Informations complémentaires
  &lt;/strong&gt;
 &lt;/span&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cet appel à propositions est un appel à propositions ouvert.
  &lt;/li&gt;
  &lt;li&gt;
   Durée initiale de l&amp;#039;action : entre 24 et 48 mois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 International
 Mers et océans</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être une personne morale
  &lt;/li&gt;
  &lt;li&gt;
   Être une entité publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Être approuvé par les autorités publiques ou les organismes chargés de la planification de l&amp;#039;espace maritime au niveau national dans les États membres côtiers concernés
  &lt;/li&gt;
  &lt;li&gt;
   Être une autorité publique ou un organisme chargé de la planification de l&amp;#039;espace maritime d&amp;#039;un État membre côtier
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pays non membres de l&amp;#039;UE éligibles au programme :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pays de l&amp;#039;Atlantique,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la mer Baltique,
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la Mer Noire,
  &lt;/li&gt;
  &lt;li&gt;
   Pays de la Mer du Nord,
  &lt;/li&gt;
  &lt;li&gt;
   Pays méditerranéens
  &lt;/li&gt;
  &lt;li&gt;
   Pays dont les eaux sont adjacentes aux régions ultrapériphériques de l&amp;#039;UE
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/emfaf/wp-call/2023/call-fiche_emfaf-2023-pia-msp_en.pdf</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;
   cinea-emfaf-calls&amp;#64;ec.europa.eu
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/emfaf/wp-call/2023/call-fiche_emfaf-2023-pia-msp_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/emfaf-2023-pia-msp?tenders&amp;#61;false&amp;amp;callIdentifier&amp;#61;EMFAF-2023-PIA-MSP" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de l&amp;#039;agence exécutive
  &lt;br /&gt;
  &lt;a href="https://cinea.ec.europa.eu/index_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information&amp;#43;
  &lt;br /&gt;
  &lt;a href="https://cinea.ec.europa.eu/programmes/european-maritime-fisheries-and-aquaculture-fund_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/072f-feampa-projets-de-planification-de-lespace-ma/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD11" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>12/11/2023</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E14" s="1" t="inlineStr">
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
+        <v>152558</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal - 2024</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
-[...890 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...4 lines deleted...]
-      <c r="H18" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Horizon Europe vise à renforcer la base scientifique et technologique de l&amp;#039;UE et l&amp;#039;Espace européen de la recherche (EER), à stimuler la capacité d&amp;#039;innovation, la compétitivité et l&amp;#039;emploi en Europe, et à répondre aux priorités des citoyens, en soutenant notre modèle et nos valeurs socio-économiques.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 133,5 millions d&amp;#039;euros
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 133,5 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant par topic :
@@ -3033,113 +2535,113 @@
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-7: Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-8: Élargir les résultats du groupe opérationnel du EIP au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique.
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-9: Des réseaux thématiques pour compiler et partager des connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-10: Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-11: Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-12: Développement de réseaux consultatifs de l&amp;#039;UE dans le domaine de la sylviculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-13: Développement de réseaux de conseil de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (EN)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
@@ -3149,546 +2651,144 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la DG
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/944c-heu-gouvernance-innovante-observations-enviro/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD12" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>22/10/2023</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C19" s="1" t="inlineStr">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>132670</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Développer des solutions innovantes nécessaires à la transformation du système alimentaire</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E19" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Gouvernance innovante, des observations environnementales et solutions numériques pour soutenir le Green Deal - 2024</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
-[...431 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H21" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Gouvernance innovante, observations environnementales et solutions numériques à l&amp;#039;appui du Green Deal visant à accélérer et à maîtriser les solutions innovantes nécessaires à la transformation du système alimentaire et à la mise en œuvre de solutions durables.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-après
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Montant par topic:
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE01-1 : 60 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
@@ -3791,1554 +2891,841 @@
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-7 : Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-8 : Élargir les résultats des groupes opérationnels du PEI au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-9 : Réseaux thématiques pour compiler et partager les connaissances prêtes à l&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-10 : Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager des connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-11 : Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-12 : Développer les réseaux consultatifs de l&amp;#039;UE sur la sylviculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-13 : Développer les réseaux consultatifs de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etats membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL6-2024-GOVERNANCE-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la Direction Générale (EN)
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43; (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
   Cliquez ici
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c2be-horizon-europe-gouvernance-innovante-des-obse/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD13" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>02/04/2023</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E22" s="1" t="inlineStr">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
+        <v>132685</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une collaboration internationale, intersectorielle et interdisciplinaire innovante dans le domaine de la recherche et de l'innovation</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Echange de personnel MSCA - 2023</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Recherche</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 1.2 Actions Marie Sklodowska-Curie - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - MSCA Staff Exchanges 2023 visant à promouvoir une collaboration internationale, intersectorielle et interdisciplinaire innovante dans le domaine de la recherche et de l&amp;#039;innovation par l&amp;#039;échange de personnel et le partage de connaissances et d&amp;#039;idées à toutes les étapes de la chaîne d&amp;#039;innovation
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+78,5 millions d&amp;#039;euros
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;strong&gt;
+ Différentes catégories de projets sont éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ De même, les appels précisent les bénéficiaires attendus :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-2-msca-actions_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-2-msca-actions_horizon-2023-2024_en.pdf"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode&amp;#61;null;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43108473;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355211;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la Direction Générale pour la Recherche et l&amp;#039;Innovation
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43; (EN)
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb03-horizon-europe-echange-de-personnel-msca-2023/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD14" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>02/04/2023</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>131407</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Développer des technologies numériques et émergentes pour la compétitivité en  adéquation avec le Pacte Vert</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Technologies numériques et émergentes pour la compétitivité et l'adéquation avec le Pacte Vert - 2024</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.4 Numérique, Industrie et Espace - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Technologies numériques et émergentes au service de la compétitivité et de l&amp;#039;adaptation au Pacte Vert qui vise à réaliser et à exploiter des avancées majeures dans le domaine de la science et de la technologie, à maintenir l&amp;#039;excellence scientifique de l&amp;#039;Europe et à garantir la souveraineté de ces technologies clés qui devraient avoir une incidence sur la société en contribuant à relever les grands défis sociétaux touchant à l&amp;#039;environnement.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Montant par topic :
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : 15 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04: 60 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : 18 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22 : 13,5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03 : 30 millions d&amp;#039;euros
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;strong&gt;
+ Différentes catégories de projets sont éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ De même, les appels précisent les bénéficiaires attendus :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ TOPICS
+&lt;/span&gt;
+:   A venir
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : Usine d&amp;#039;innovation photonique pour l&amp;#039;Europe (Partenariat photonique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04 : Leadership industriel en matière d&amp;#039;IA, de données et de robotique au service de la compétitivité et de la transition écologique (Partenariat IA, données et robotique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : Photonique intelligente pour la communication, la détection et l&amp;#039;accès conjoints partout (Partenariat Photonique) (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22: Fondamentaux du génie logiciel (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03: Nouveaux paradigmes et approches, vers des robots alimentés par l&amp;#039;IA - changement d&amp;#039;étape dans la fonctionnalité (Partenariat IA, données et robotique) (RIA)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S22" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL4-2024-DIGITAL-EMERGING-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43120193;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355292;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la Direction Générale (EN)
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43; (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0ee-horizon-europe-technologies-numeriques-et-eme/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD15" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>12/03/2023</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E23" s="1" t="inlineStr">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
-[...912 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
-[...254 lines deleted...]
-      <c r="I33" s="1" t="inlineStr">
+      <c r="I16" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J33" s="1" t="inlineStr">
+      <c r="J16" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -5383,131 +3770,447 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="AD16" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2022</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>60102</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Investir en faveur de l’efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants - ELENA</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>Banque Européenne d'Investissement (BEI)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le mécanisme ELENA fournit une assistance technique pour les investissements en faveur de l&amp;#039;efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités qui peuvent faire l&amp;#039;objet de subventions ELENA sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études techniques, audits énergétiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  business plans et conseils financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseils juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation de procédures d&amp;#039;appels d&amp;#039;offres
+ &lt;/li&gt;
+ &lt;li&gt;
+  regroupement de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion de projets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ELENA soutient généralement des programmes d&amp;#039;investissement
+ &lt;strong&gt;
+  supérieurs à 30 millions d&amp;#039;euros
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  , avec une période d&amp;#039;exécution de trois ans pour l&amp;#039;efficacité énergétique
+ &lt;/strong&gt;
+ (y compris s&amp;#039;agissant des projets résidentiels) et une période de
+ &lt;strong&gt;
+  quatre ans pour les transports urbains et la mobilité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA apporte son assistance à trois secteurs différents, d&amp;#039;où l&amp;#039;existence de trois enveloppes distinctes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Efficacité énergétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA soutient l&amp;#039;élaboration de projets qui améliorent l&amp;#039;efficacité énergétique et favorisent le recours aux énergies renouvelables dans les bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles couvrent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;efficacité énergétique dans les bâtiments résidentiels et non résidentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les énergies renouvelables intégrées dans le bâti (panneaux solaires, par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  le chauffage urbain (centrales de cogénération et chaufferies à biomasse, notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les réseaux intelligents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Résidentiel durable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA aide les particuliers et les associations de propriétaires à préparer et à réaliser des rénovations d&amp;#039;efficacité énergétique et des projets axés sur les énergies renouvelables dans les bâtiments résidentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les logements individuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements sociaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Transport et mobilité en ville
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA appuie également les projets innovants liés aux transports et à la mobilité dans les zones urbaines qui permettent de réaliser des économies d&amp;#039;énergie et de réduire les émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets admissibles couvrent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements visant à encourager l&amp;#039;utilisation et l&amp;#039;intégration de solutions innovantes axées sur les combustibles de substitution dans le domaine de la mobilité urbaine, par exemple ceux ayant trait aux véhicules et aux installations de recharge
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements promouvant l&amp;#039;introduction à grande échelle de nouveaux modes de transport plus économes en énergie, qui, dans les zones urbaines, peuvent revêtir de nombreuses formes, comme par exemple : mobilité partagée, logistique urbaine, systèmes de transport intelligents, infrastructures urbaines (y compris les investissements dans les modes de déplacement doux ou dans la mobilité qui ne repose pas sur les transports motorisés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/map.htm" rel="noopener" target="_blank"&gt;
+  Exemples de projets en cours
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/completed-projects/index.htm"&gt;
+  Exemples de projets achevés
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Réhabilitation
+Logement et habitat
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets d&amp;#039;assistance technique relevant d&amp;#039;ELENA ne doivent pas poursuivre de but lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est la Commission européenne qui donnera son approbation définitive, sur la base de l&amp;#039;évaluation de la BEI.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eib.org/fr/products/advising/elena/index.htm</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour présenter une demande initiale de financement, contactez directement la Banque Européenne d&amp;#039;Investissement par courriel à l&amp;#039;adresse elena&amp;#64;eib.org et utilisez
+ &lt;a href="https://www.eib.org/attachments/documents/elena-pre-application-formfr.docx"&gt;
+  le formulaire de préadmission
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour soumettre sa candidature :
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/index.htm" rel="noopener" target="_blank"&gt;
+  https://www.eib.org/fr/products/advising/elena/index.htm
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b772-investir-en-faveur-de-lefficacite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AD17" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>29/09/2020</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>