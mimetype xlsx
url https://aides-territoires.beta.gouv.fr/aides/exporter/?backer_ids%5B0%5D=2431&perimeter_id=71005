--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA4"/>
+  <dimension ref="A1:AH4"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,162 +225,197 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>82912</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Nouveaux lieux, nouveaux liens
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>CAUE de la Haute-Loire
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+CAUE des Deux-Sèvres
+CAUE de la Sarthe
+CAUE du Puy-de-Dôme
+CAUE de la Dordogne
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE du Calvados
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
+CAUE du Lot
+CAUE de la Vendée
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de l'Ardèche
+CAUE du Maine-et-Loire
+CAUE de l'Yonne
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte
 CAUE du Morbihan
-CAUE de Mayotte
-[...67 lines deleted...]
-CAUE du Pas-de-Calais
 CAUE de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...1 lines deleted...]
-Recherche</t>
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
  &lt;br /&gt;
 &lt;/p&gt;
@@ -785,78 +820,720 @@
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Tarn
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Haute-Loire
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE des Deux-Sèvres
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE du Puy-de-Dôme
+CAUE de la Haute-Garonne
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE de la Dordogne
+CAUE de l'Oise
+CAUE du Lot
+CAUE de la Savoie
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE de la Seine-Maritime
+CAUE du Gard
+CAUE du Var
+CAUE de la Sarthe
+CAUE du Morbihan
+CAUE de l'Ain
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE de l'Ardèche
+CAUE du Cher
+CAUE du Maine-et-Loire
+CAUE de l'Aude
+CAUE de l'Yonne
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Pas-de-Calais
+CAUE du Gers
+CAUE de l'Orne
+CAUE du Calvados
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de la Vendée
+CAUE du Cantal
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Création de jardins partagés</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
         <v>82915</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C3" s="1" t="inlineStr">
+      <c r="C4" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
-[...2 lines deleted...]
-CAUE de l'Yonne
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Yonne
 CAUE d'Alsace
 CAUE du Morbihan
 CAUE du Loiret
 CAUE du Loir-et-Cher
 CAUE de la Creuse
 CAUE de Corse
 CAUE des Hauts-de-Seine
 CAUE de la Côte-d'Or
 CAUE du Tarn-et-Garonne
 CAUE du Var
 CAUE de l'Île-de-la-Réunion
 CAUE de la Guyane
 CAUE de la Martinique
 CAUE de Guadeloupe
 CAUE du Val d'Oise
 CAUE du Val-de-Marne
 CAUE de la Charente-Maritime
 CAUE de la Seine-Maritime
 CAUE de la Haute-Savoie
 Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
 CAUE de l'Essonne
 CAUE des Vosges
 CAUE de la Haute-Vienne
 CAUE de la Vendée
 CAUE des Deux-Sèvres
@@ -882,80 +1559,81 @@
 CAUE de l'Ardèche
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE de l'Isère
 CAUE de l'Hérault
 CAUE de la Gironde
 CAUE de la Haute-Garonne
 CAUE du Gard
 CAUE de l'Oise
 CAUE de la Drôme
 CAUE de l'Aude
 CAUE de Corrèze
 CAUE du Cher
 CAUE de la Charente
 CAUE du Cantal
 CAUE du Calvados
 CAUE des Bouches-du-Rhône
 CAUE de l'Aveyron
 CAUE du Puy-de-Dôme
 CAUE des Landes
 CAUE de l'Ariège
 CAUE des Hautes-Alpes
 CAUE de l'Aisne
 CAUE de l'Ain
 CAUE du Gers
 CAUE de la Meuse
-CAUE du Tarn</t>
-[...2 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+CAUE du Tarn
+CAUE de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -997,88 +1675,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -1097,79 +1775,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -1641,642 +2319,124 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...120 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...452 lines deleted...]
-          <t>published</t>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>