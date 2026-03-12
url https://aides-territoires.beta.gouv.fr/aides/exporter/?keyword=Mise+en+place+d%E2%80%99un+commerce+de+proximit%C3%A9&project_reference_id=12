--- v0 (2026-01-26)
+++ v1 (2026-03-12)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA117"/>
+  <dimension ref="A1:AH91"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,1428 +225,2447 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>149106</v>
+        <v>162282</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Accompagnement des commerces en centralités rurales (ACCOR)</t>
+          <t>Redynamiser votre centre-ville ou centre-bourg et faciliter le démarrage de nouvelles activités commerciales dans des conditions sécurisantes pour les entrepreneurs</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Accompagnement des commerces en ruralité pour la revitalisation des bourgs (ACCOR)</t>
+          <t>Mon projet de boutique</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...1094 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L9" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez redynamiser votre centre-ville ou centre-bourg et faciliter le démarrage de nouvelles activités commerciales dans des conditions sécurisantes pour les entrepreneurs ? Avec Mon projet de boutique, la Région Sud en partenariat avec Bpifrance et Initiative Sud prend en charge jusqu&amp;#039;à 50% du coût d’implantation d’une boutique sur votre territoire et accompagne les porteurs de projets à concrétiser la création de leur entreprise du montage de leur projet jusqu’au financement.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les communes&lt;/li&gt; 	&lt;li&gt;Les syndicats de communes&lt;/li&gt; 	&lt;li&gt;Les communautés de communes&lt;/li&gt; 	&lt;li&gt;Les communautés urbaines&lt;/li&gt; 	&lt;li&gt;Les communautés d&amp;#039;agglomération&lt;/li&gt; 	&lt;li&gt;Les Métropoles&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Espace public
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P9" s="1" t="inlineStr">
+      <c r="P2" s="0" t="inlineStr">
         <is>
           <t>15/01/2024</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;En complémentarité d&amp;#039;&lt;a href="https://agence-cohesion-territoires.gouv.fr/action-coeur-de-ville-42" target="_blank"&gt;Action cœur de ville&lt;/a&gt;, &lt;a href="https://agence-cohesion-territoires.gouv.fr/petites-villes-de-demain-45"&gt;Petite ville de demain&lt;/a&gt; et des politiques d’aménagement favorisant le commerce de centre-ville ou de réhabilitation de cellules commerciales, Initiative Sud vous accompagne à favoriser l&amp;#039;implantation de nouveaux commerces au sein de locaux vacants situé sur votre territoire.&lt;br /&gt; &lt;br /&gt; Les porteurs de projets ayant candidaté sur la base d’un dossier constitué avec l’appui d’un conseiller d&amp;#039;Initiative Sud font l’objet d’un examen par un Comité technique de pré-sélection constitué des parties prenantes de l&amp;#039;Appel à projets (Initiative Sud, commune, EPCI, etc.).&lt;br /&gt; &lt;br /&gt; A l’issue, les candidats présélectionnés sont conviés à un comité de sélection qui délibérera du projet retenu.&lt;br /&gt; &lt;br /&gt; &lt;a href="https://sud.monprojetdeboutique.com/" target="_blank"&gt;Consulter les appels à projets en cours&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html"&gt;Trouver la plateforme Initiative au plus proche de chez vous&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-de-boutique</t>
         </is>
       </c>
-      <c r="W9" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au 0 805 805 145 (services et appels gratuits)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-de-boutique/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
+        <v>155555</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour ouvrir une épicerie participative</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Ouverture et accompagnement de nouvelles épiceries associatives et participatives</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Monépi</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de Monépi
+ &lt;span&gt;
+  &lt;strong&gt;
+   accompagne depuis 2017 les Épis de la création à la gestion au quotidien,
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ développe et adapte la plateforme monepi.fr en fonction des retours et demandes, et forme à son utilisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Description de l&amp;#039;aide :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution et mobilisation des habitants pour constituer l&amp;#039;association :
+ &lt;/strong&gt;
+ Aide à la diffusion de l&amp;#039;idée, à la mobilisation et à l&amp;#039;organisation de présentations publiques pour parler du projet et convaincre la population.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Création d&amp;#039;une association :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ Appui dans les démarches administratives comme la rédaction et le dépôt des statuts de l&amp;#039;association grâce au partage d&amp;#039;outils clés en main (modèles de statuts, modèle de règlement intérieur, exemples de banques/assurances,
+ &lt;a href="https://www.monepi.fr/wp-content/uploads/2023/11/Guide-pratique-pour-la-creation-depiceries-participatives-081123.pdf" target="_self"&gt;
+  guide explicatif
+ &lt;/a&gt;
+ , ...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour trouver le local
+ &lt;/strong&gt;
+ : Mise à disposition de convention pour le prêt d&amp;#039;un local, phase durant laquelle l&amp;#039;épicerie peut exister grâce à un modèle de précommande avec une distribution hebdomadaire de produits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Paramétrage de la plateforme et mise à disposition du catalogue de fournisseurs (5 000 producteurs et 100 000 produits disponibles à ce jour) :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un wiki pour la prise en main de la plateforme, aide pour constituer l&amp;#039;offre de l&amp;#039;épicerie en ajoutant de nouveaux producteurs et produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouverture des adhésions et premières commandes :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un pack communication contenant des éléments de communication (logo, flyer, vidéo, ...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Ensuite, ce sera à vous de faire du local un lieu convivial et accueillant :
+ &lt;/span&gt;
+ &lt;span&gt;
+  aménagement et remplissage des rayons de l&amp;#039;épicerie de manière participative.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La plateforme de gestion en ligne mise gratuitement à disposition présente de nombreuses fonctionnalités pensées pour faciliter la gestion de l&amp;#039;épicerie : boutique en ligne, gestion du planning, des commandes et des adhésions, mutualisation des produits et des producteurs , comptabilité et bien d&amp;#039;autres (gestion d&amp;#039;un bar coopératif, gestion d&amp;#039;un potager participatif, organisation de services entre adhérents...). Nous assurons un service de conseils et d&amp;#039;assistance personnalisée 7j/7 par téléphone et/ou mail, même après l&amp;#039;ouverture !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Spécificités de l&amp;#039;Épi :
+ &lt;/em&gt;
+ &lt;span&gt;
+  L&amp;#039;association et les adhérents donnent de leur temps (2 heures par mois), accèdent à une alimentation choisie, locale, de qualité à des prix réduits (sans marge ni intermédiaire), et peuvent tisser des liens entre eux. La collectivité fournit ainsi le local et redynamise son village. Les agriculteurs locaux apportent leurs produits et ont accès à un circuit de distribution de proximité leur garantissant une juste rémunération puisqu&amp;#039;ils peuvent choisir leur prix.
+ &lt;/span&gt;
+ En plus de la plateforme informatique soutenant la gestion du circuit et limitant l&amp;#039;épuisement associatif, l&amp;#039;association pourra pourra bénéficier de l&amp;#039;entraide et la solidarité du réseau des Épis, valeurs fortes inscrites dans notre charte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Résultats :
+ &lt;/em&gt;
+ Diminution des distances parcourues par les produits et les citoyens  ; accès à des produits locaux de qualité à prix réduits (prix de gros, sans marge) ; vie apportée dans le quartier ou le village, par les liens sociaux tissés dans un espace d&amp;#039;approvisionnement et de convivialité ; flexibilité du modèle permettant une liberté dans les choix faits par l&amp;#039;association locale ; pouvoir d&amp;#039;action et réappropriation de l&amp;#039;alimentation par les citoyens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  185 Épis ont vu le jour et ont été accompagnés depuis 2017
+ &lt;/strong&gt;
+ (dont plus de la moitié dans des communes de moins de 3 500 habitants)
+ &lt;span&gt;
+  ,
+  &lt;strong&gt;
+   ce qui représente plus de 12 000 familles.
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Quelques exemples concrets en vidéo :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;BdwrvR_Ay8U" target="_self"&gt;
+   L&amp;#039;Épi castelfortain
+  &lt;/a&gt;
+  , premier Épi ouvert en 2016 dans notre village : Châteaufort (Yvelines), dépourvu de commerce de proximité depuis 30 ans ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;gWaG4qQygYw" target="_self"&gt;
+   La Coop Singulière (Hérault)
+  &lt;/a&gt;
+  ouverte en 2018 ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;3LNvtbxz1Yo" target="_self"&gt;
+  L&amp;#039;Épi d&amp;#039;Arbonne-la-Forêt (Seine-et-Marne)
+ &lt;/a&gt;
+ ouvert en 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nous accompagnons tout citoyen motivé, association déjà créée (ou en cours de création), ou collectivité intéressée
+ &lt;/strong&gt;
+ sans distinction ni restriction.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Épi c&amp;#039;est un modèle de circuit court solidaire, participatif et associatif fonctionnant sans salarié ni marge, sans investissement ni risque financier. Il se veut
+ &lt;strong&gt;
+  reproductible partout, par qui le souhaite
+ &lt;/strong&gt;
+ ; il ne nécessite que de la motivation et de l&amp;#039;investissement humain, quel que soit le nombre d&amp;#039;habitants au départ du projet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous avons à cœur de développer un projet qui répond aux attentes et aux besoins spécifiques du territoire, c&amp;#039;est la raison pour laquelle nous proposons un accompagnement 100% personnalisé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.monepi.fr/</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://monepi.fr/administrateur/inscription-nouveau-site.php</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez un projet d&amp;#039;alimentation alternatif en circuit court sur votre commune (épicerie participative, supermarché coopératif, groupement d&amp;#039;achats locaux, écolieu...) ? Vous voulez plus d&amp;#039;informations ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quel que soit votre projet ou son stade d&amp;#039;avancement, planifions un appel ou une visio pour en discuter davantage !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.monepi.fr/?page_id&amp;#61;1327" target="_self"&gt;
+  Vous pouvez directement planifier un appel de 15 minutes ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a target="_self"&gt;
+  contact&amp;#64;monepi.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 06 50 60 78 48&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>solene.renaudie@outlook.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a138-etre-accompagne-pour-ouvrir-une-epicerie-part/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Monépi</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>28/11/2023</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>157558</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir les commerces et services de proximité samariens</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Maintien des commerces et services de proximité</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 30</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin d&amp;#039;accroître l&amp;#039;attractivité des communes rurales, il s&amp;#039;avère indispensable de faciliter l&amp;#039;accès des habitants aux commerces et services de proximité. La crise sanitaire a révélé les besoins accrus dans certains territoires et a fait émerger des projets d&amp;#039;investissement émanant de communes rurales pour satisfaire les besoins de la population tels que l&amp;#039;implantation de distributeurs automatiques de produits locaux (distributeur de pain, de produits agricoles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;intervention départementale au titre de ce dispositif porte sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;ouverture de « points multiservices*» dans le cadre de commerces ou de locaux artisanaux existants ou à créer ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre d&amp;#039;activités artisanales ou de services et études de débouchés préalables à leur création ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement visant au maintien ou à la création des commerces et dont la proximité contribue à maintenir la population en milieu rural ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement dans des casiers connectés ou un distributeur automatique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * Est considéré comme «multiservices» la dernière épicerie ou le dernier commerce alimentaire proposant une offre élargie aux produits alimentaires et de première nécessité.- les investissements immobiliers et travaux d&amp;#039;aménagement et de mise en conformité en matière d&amp;#039;hygiène et de sécurité d&amp;#039;un local à vocation commerciale ou artisanale.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Elle se décline selon les modalités suivantes
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la participation minimum du maître d&amp;#039;ouvrage est de 20% du coût total HT du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   montant minimum de 5.000€ HT,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le taux d&amp;#039;aide est de 30% de l&amp;#039;assiette éligible plafonnée à 50.000€ par projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles au financement départemental portent sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition d&amp;#039;équipements et matériels professionnels qui sont par leur nature comptablement immobilisables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les études préalables réalisées par le maître d&amp;#039;ouvrage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux liés à viabilisation du terrain d&amp;#039;implantation d&amp;#039;un distributeur automatique ou de casiers connectés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition et travaux d&amp;#039;aménagement du local d&amp;#039;installation d&amp;#039;un distributeur automatique ou de casiers connectés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition d&amp;#039;un ou plusieurs distributeurs automatiques et/ou de casiers connectés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    pour les projets de commerces et services de proximité :
+   &lt;/strong&gt;
+   les communes de moins de 2.500 habitants au dernier recensement ainsi que les groupements de communes pour un investissement dans une commune de moins de 2.500 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    pour les projets de distributeurs automatiques/casiers connectés :
+   &lt;/strong&gt;
+   toutes les communes de la Somme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/maintien-des-commerces-et-services-de-proximite/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5bcc-maintenir-les-commerces-et-services-de-proxim/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>27/12/2023</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>160867</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 4</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Epinal, Cœur des Vosges</t>
+        </is>
+      </c>
+      <c r="AD5" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2024</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>160858</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, accompagner et valoriser le développement des secteurs économiques du territoire favorisant l’ancrage d’activités de proximité</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 1</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative
+Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>de 10 000 à 50 000 euros</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relocaliser et aider à la transmission d&amp;#039;activités dans les territoires urbains et ruraux dans une logique de circuits courts et de dynamisation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moderniser les outils de production et de transformation dans les secteurs à forte valeur ajoutée locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poursuivre la valorisation de la filière forêt – bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La valeur ajoutée de LEADER se situera dans des interventions dont le besoin n&amp;#039;est pas comblé sur le territoire, notamment pour répondre aux enjeux de transmission d&amp;#039;entreprises, d&amp;#039;installation d&amp;#039;activités dans les centralités, ou encore d&amp;#039;adaptation d&amp;#039;outils de production pour une activité dédiée au public du territoire ; et en renforcement des initiatives existantes pour mettre en avant les atouts et opportunités existants au niveau local (bois local, activités à forte valeur ajoutée locale, circuits courts...). Le &amp;#43; LEADER sur l&amp;#039;économie : la proximité, l&amp;#039;ancrage local.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le maintien et le développement de secteurs d&amp;#039;activités structurants dans une approche de développement local et de transition écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des activités permettant le renforcement de l&amp;#039;attractivité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;emplois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, en agriculture (via une articulation nécessaire avec les orientations du Plan Alimentaire Territorial porté par le PETR du Pays d&amp;#039;Epinal Cœur des Vosges),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, au maintien de services et activités à proximité des populations
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+  :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - artisanat, au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;p&gt;
+ - commerces dont la surface est inférieure ou égale à 400 m2 délivrant un service de proximité au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes portant sur la création et/ou le développement d&amp;#039;équipements et/ou permettant la mise en œuvre d&amp;#039;un projet à une échelle intercommunale
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  Les études doivent être en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et/ou développement de projet de transformation des produits agricoles et forestiers, la vente, la logistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux investissements favorisant l&amp;#039;utilisation de bois de qualité via recours au bois local
+  &lt;strong&gt;
+   3
+  &lt;/strong&gt;
+  , permettant une promotion et une valorisation de la filière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis
+ &lt;/li&gt;
+ &lt;li&gt;
+  qui provient de forêts locales (Vosges, Haute-Saône/Haute-Marne/Alsace/Lorraine/Franche-Comté)
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/427c-preserver-accompagnemer-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Epinal, Cœur des Vosges</t>
+        </is>
+      </c>
+      <c r="AD6" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2024</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>154981</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les dynamiques durables de l'économie rurale</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°1</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de créer un contexte territorial favorable à l&amp;#039;innovation, aux dynamiques économiques durables et aux approches coopératives et collaboratives en offrant les conditions matérielles et immatérielles et en accompagnant les initiatives locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner les mutations de nos systèmes agricoles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer les circuits courts de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les projets collectifs de valorisation des produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Innover/Expérimenter de nouvelles formes de pratiques dans les milieux agricoles face au changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contribuer à la création d&amp;#039;emploi et à l&amp;#039;innovation dans les entreprises :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maintenir et consolider le tissu d&amp;#039;entreprises et de commerces de proximité ainsi que l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser et soutenir les coopérations entre acteurs et l&amp;#039;économie collaborative en réponse aux enjeux de transition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une économie qui valorise les ressources du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valoriser le potentiel touristique et encourager les dynamiques durables innovantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre touristique durable et accessible à tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir le territoire et rechercher une complémentarité entre les acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la montée en compétences des professionnels du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Acquisition de matériel et d&amp;#039;équipements, animation et valorisation de collectifs, espaces test agricoles, tiers lieu nourricier, sensibilisation/évènementiels pour accompagner les mutations de nos systèmes agricoles.
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites économiques ; étude/ animation/développement d&amp;#039;une filière bois ; dispositif innovant de coopération et de mutualisation de moyens (PTCE, TZCLD, ...) ;...
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites touristiques ; hébergements durables atypiques, insolites et solidaires ; actions de promotion et de valorisation des offres et attraits touristiques du territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1473-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>21/11/2023</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>129721</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets contribuant à renforcer l'attractivité de la commune et de son territoire</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Renforcer l'attractivité de la commune et de son territoire</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création ou rénovation d&amp;#039;équipements structurants, réaménagement de centre-bourg, projets d&amp;#039;animations et de manifestations culturelles du territoire (hors fonctionnement), projets en faveur des enseignements artistiques, création d&amp;#039;équipements d&amp;#039;accès aux soins, achat et rénovation du dernier commerce de la commune, mobilisation des outils fonciers en faveur du renouvellement urbain, logements d&amp;#039;urgence (non pris en compte dans les actions du PLH)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Arts plastiques et photographie
+Espace public
+Friche
+Accès aux services
+Santé
+Commerces et services
+Revitalisation
+Equipement public
+Réhabilitation
+Accessibilité
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets seront limités au nombre de 3 maximum par commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.saint-lo-agglo.fr/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Saint-Lô Agglo
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement et d&amp;#039;appui aux communes
+&lt;/p&gt;
+&lt;p&gt;
+ appuicommunes&amp;#64;saint-lo-agglo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 14 16 01 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>soukaina.alouah@saint-lo-agglo.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ab56-financer-des-projets-contribuant-au-developpe/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2023</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>128967</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le montage d’un projet de développement local dédié aux services et aux activités de proximité</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identifier les problématiques, les enjeux et objectifs en
+matière de développement économique territorial et de
+maintien des services commerciaux ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficier d&amp;#039;une aide à la qualification et à la
+construction du projet de développement économique
+du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagné sur les projets d&amp;#039;attractivité et de
+cohésion territoriale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+économique et/ou le conseiller en développement
+territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la formalisation du projet
+et son suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en relation avec les organismes ressources
+en matière de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une rencontre avec les partenaires
+identifiés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Compte-rendu avec préconisations visant à préciser les
+objectifs du projet et les conditions de sa réalisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18eb-etre-accompagne-dans-le-montage-dun-projet-de/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>119914</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Faire confiance au savoir-faire artisanal et impliquer les artisans dans vos projets</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
-          <t>&lt;br /&gt;
-[...15 lines deleted...]
- Un dispositif complémentaire existe pour améliorer l&amp;#039;environnement des commerces de proximité, et/ou à sauver le dernier commerce des centres villes et centres bourgs.
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les artisans sont des professionnels disposant d&amp;#039;une qualification et qui exerce une activité de production, de transformation, de réparation ou de prestation de services. Les chambres des métiers et de l&amp;#039;artisanat sont à leur côté pour leur apporter un appui et une expertise pour le développement de leur activité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous souhaitez mobiliser le savoir-faire des artisans dans vos projets, impliquer les forces-vives de vos territoires, les CMA vous proposent l&amp;#039;accompagnement de conseillers spécialisés :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Identifier vos besoins et les possibles interventions des artisans
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Par exemple, pour un projet de rénovation énergétique des bâtiments publics, faites appel à des artisans du bâtiment spécialisés ;
+ &lt;br /&gt;
+ Un projet alimentaire territorial peut développer l&amp;#039;approvisionnement des cantines scolaires en produit artisanaux de qualité et de proximité ;
+ &lt;br /&gt;
+ • Informer les artisans sur les projets locaux
+ &lt;br /&gt;
+ Parce que la première barrière pour que les artisans participent aux projets des collectivités c&amp;#039;est l&amp;#039;information. Faire prendre conscience aux artisans qu&amp;#039;ils peuvent contribuer aux projets locaux ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Accompagner les collectivités techniquement et juridiquement pour permettre aux artisans et PME de répondre aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les acteurs publics sur les services des artisans ;
+ &lt;br /&gt;
+ - Former les équipes des collectivités territoriales sur les freins d&amp;#039;accès des artisans et PME aux marchés publics ;
+ &lt;br /&gt;
+ - Accompagner techniquement les services pour ne pas bloquer les candidatures des artisans ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  • Accompagner les artisans dans leur réponse technique aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les artisans sur leur possibilité d&amp;#039;offrir leurs services au secteur public ;
+ &lt;br /&gt;
+ - Les former sur les principes de la commande publique ;
+ &lt;br /&gt;
+ - Leur apporter une aide technique sur la forme de la réponse à la commande publique ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  •Accompagner la collectivité dans son projet d&amp;#039;attractivité économique et de revitalisation de zones commerciales
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ - Identifier les artisans
+ &lt;br /&gt;
+ - Accompagner les démarches administratives liées à l&amp;#039;installation/reprise
+ &lt;br /&gt;
+ - Accompagner le projet financier (vérification de la solidité financière du projet/business plan)
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N10" s="1" t="inlineStr">
         <is>
-          <t>Espace public
-[...1 lines deleted...]
-Attractivité économique</t>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
         </is>
       </c>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Communes de moins de 20 000 habitants, hors Métropole du Grand Paris,
-[...10 lines deleted...]
-Une commune ou un EPCI peut être signataire de plusieurs conventions portant sur des projets différents.</t>
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S10" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U10" s="1" t="inlineStr">
         <is>
-          <t>Île-de-France</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V10" s="1" t="inlineStr">
         <is>
-          <t>https://www.iledefrance.fr/aides-appels-a-projets/HkMOlVCb5</t>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
         </is>
       </c>
       <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;a rel="noopener" target="_blank"&gt;
-  commerces-ruraux&amp;#64;iledefrance.fr
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y10" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>jacquot-le-page@cma-france.fr</t>
         </is>
       </c>
       <c r="Z10" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/ad01-soutien-aux-commerces-ruraux-boutique-dun-jou/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/03db-copie-14h44-faire-confiance-au-savoir-faire-a/</t>
         </is>
       </c>
       <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
+    <row r="11" spans="1:34" customHeight="0">
       <c r="A11" s="1">
-        <v>120275</v>
+        <v>119911</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Développer une alimentation de proximité</t>
-[...4 lines deleted...]
-          <t>Développement d’une alimentation de proximité</t>
+          <t>Accompagner l’installation d’activités artisanales sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Chambre d'agriculture de la Drôme</t>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Département
+Région
+Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat vous propose l&amp;#039;expertise de ses conseillers en immobilier et implantation d&amp;#039;entreprises, sur l&amp;#039;aménagement et les documents d&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet et des besoins de votre territoire et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA, le conseiller CMA identifie avec vous les enjeux et besoins locaux et élabore un plan d&amp;#039;action pour la mise en œuvre de solutions adaptées. Le cas échéant :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Identifier les potentiels activités pouvant s&amp;#039;installer en fonction :
+ &lt;br /&gt;
+ - Des activités déjà présentes sur le territoire ;
+ &lt;br /&gt;
+ - De la concurrence entre grandes-moyennes surfaces et commerces de proximité ;
+ &lt;br /&gt;
+ - De l&amp;#039;équilibre entre activités économiques du centre et de la périphérie ;
+ &lt;br /&gt;
+ - Du sourcing des artisans intéressés pour une installation ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •S&amp;#039;informer sur les offres d&amp;#039;installations :
+ &lt;br /&gt;
+ - Identifier les locaux vacants ;
+ &lt;br /&gt;
+ - Etudier les projets d&amp;#039;aménagement et documents d&amp;#039;urbanisme ;
+ &lt;br /&gt;
+ - Anticiper les futures cession-reprise d&amp;#039;activités ;
+ &lt;br /&gt;
+ - Collaborer avec la foncière du territoire ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;installation de l&amp;#039;artisan et l&amp;#039;adaptation/l&amp;#039;aménagement des locaux ;
+ &lt;br /&gt;
+ - Identifier des artisans (par le biais de concours ou critères prédéfinis pas la collectivité ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;artisan sur son projet financier (vérification de la solidité financière du projet/business plan) ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Contribuer aux réflexions sur la logistique urbaine
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e5eb-copie-14h34-accompagner-linstallation-dactivi/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
+        <v>120275</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Développer une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Développement d’une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture de la Drôme</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Actions favorisant l&amp;#039;accès aux produits alimentaires locaux issus de l&amp;#039;agriculture : accompagnement à la création de marchés de producteurs ou à la redynamisation de marchés existants (marchés permanents ou ponctuels liés à un événement), accompagnement à la création d&amp;#039;un nouveau point de vente de produits locaux (étude de marché, animation du groupe de producteurs...), appui à la création de projet alimentaire territorial, promotion de la plate-forme Agrilocal (en partenariat avec le
  &lt;a href="https://collectivites.ladrome.fr/service/approvisionnement-en-produits-locaux-avec-la-plateforme-agrilocal/"&gt;
   Département
  &lt;/a&gt;
  ).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -1705,3244 +2724,1736 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    diagnostic alimentaire du territoire
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    concertation avec les acteurs du système alimentaire
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    définition d&amp;#039;un plan d&amp;#039;actions
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    évaluation du projet
   &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/developpement-dune-alimentation-de-proximite/</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Chambre d&amp;#039;Agriculture de la Drôme
   &lt;/li&gt;
   &lt;li&gt;
    Service Alimentation et Tourisme
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04 75 26 99 43
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:nina.croizet&amp;#64;drome.chambagri.fr" rel="noopener" target="_blank"&gt;
     nina.croizet&amp;#64;drome.chambagri.fr
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="http://rhone-alpes.synagri.com/portail/accueil26"&gt;
     www.synagri.com/drome
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6651-developpement-dune-alimentation-de-proximite/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>122827</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Développer la dynamique culturelle sur le territoire (LEADER /Fiche action 2)</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Développer la dynamique culturelle sur le territoire</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les objectifs sont multiples et visent à
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;attractivité et le rayonnement du territoire notamment après des jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la mise en synergie des acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer les pratiques culturelles et artistiques (apprentissage et diffusion)
+ &lt;/li&gt;
+ &lt;li&gt;
+  assurer un maillage territorial satisfaisant en matière d&amp;#039;équipements et d&amp;#039;actions culturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser le développement d&amp;#039;actions collectives
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;animation et le rayonnement du territoire grâce au développement de l&amp;#039;offre culturelle
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études, diagnostics pour la création ou le développement de l&amp;#039;offre culturelle sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation territoriale permettant la création d&amp;#039;une offre culturelle innovante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de véhicules permettant le développement de la culture nomade
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la valorisation et de la promotion culturelle (agents et élus) sur les thématiques du développement de la dynamique culturelle dans un sens large
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau et mutualisation/coordination des sites, du matériel et des acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et développement d&amp;#039;actions collectives de promotion et de diffusion culturelle (agenda culturel, supports de communication)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opération de communication et de promotion de l&amp;#039;offre culturelle : animations, création de supports, outils de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou développement d&amp;#039;évènements disposant d&amp;#039;un rayonnement supra-communautaire (événement culturel, évènement sportif, événement de pleine nature) : concernant le soutien à des événements existants, ils devront apporter une réelle plus-value par rapport aux éditions précédentes (nouveaux partenaires culturels, rayonnement plus important) pour être éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Emergence, modernisation et développement de lieux pluri-acteurs et/ou pluri-disciplines dédiés exclusivement à la pratique culturelle et artistique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba01-innover-et-federer-pour-renforcer-les-service/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte du nord Haute-Marne</t>
+        </is>
+      </c>
+      <c r="AD13" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>27/12/2022</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
+        <v>120316</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité commerciale d’un centre bourg, d’un centre ville</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité commerciale d’un centre bourg, d’un centre ville</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de Commerce et d'Industrie (CCI) de la Drôme</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une stratégie de renforcement de l&amp;#039;attractivité des centres bourgs et villes et élaboration d&amp;#039;un plan d&amp;#039;actions opérationnel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous, échanges avec la collectivité pour :
+  &lt;br /&gt;
+  – préciser la problématique de centre bourg qui se pose aux élus
+  &lt;br /&gt;
+  – prendre en compte l&amp;#039;ensemble des paramètres locaux
+  &lt;br /&gt;
+  – poser les bases d&amp;#039;une réponse à la problématique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elaboration d&amp;#039;une offre d&amp;#039;intervention qui réponde aux attendus définis lors du rendez-vous initial.
+&lt;/p&gt;
+&lt;strong&gt;
+ Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+&lt;/strong&gt;
+&lt;p&gt;
+ Après validation de la proposition d&amp;#039;intervention de la CCI par la collectivité et selon les cas :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réunion de lancement de l&amp;#039;intervention avec les acteurs concernés (commerçants...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation du diagnostic des facteurs d&amp;#039;attractivité du centre bourg,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rendu intermédiaire des premiers éléments du diagnostic,
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration du plan d&amp;#039;actions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présentation à la collectivité et remise d&amp;#039;un rapport,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présentation collective des résultats aux acteurs concernés (commerçants, office de tourisme...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/renforcer-attractivite-commerciale-centre-bourg-un-centre-ville/</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Chambre de Commerce et d&amp;#039;Industrie de la Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projet TPE Commerce Tourisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 75 70 34
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:commerce-tourisme&amp;#64;drome.cci.fr"&gt;
+    commerce-tourisme&amp;#64;drome.cci.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site :
+   &lt;a href="http://www.drome.cci.fr/"&gt;
+    www.cci.drome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e451-renforcer-lattractivite-commerciale-dun-centr/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>119907</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l’expertise d’un conseiller en développement  de l’économie de proximité implanté localement</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...105 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L13" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
-[...36 lines deleted...]
- •Contribuer aux réflexions sur la logistique urbaine
+ Vous souhaitez être accompagné dans la conception et la mise en œuvre de votre stratégie de développement et de promotion de l&amp;#039;artisanat de votre territoire. Vous souhaitez connaître les modalités de financement de cet accompagnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat, s&amp;#039;appuyant sur ses points de contact de proximité en Hexagone et dans les Outre-mer, met à votre disposition l&amp;#039;expertise de conseillers sur le développement, le soutien et la promotion de l&amp;#039;artisanat et de l&amp;#039;économie de proximité de votre territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet, et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA et ses produits phares, le conseiller CMA identifie avec vous les enjeux et besoins d&amp;#039;ingénierie pour la définition d&amp;#039;un plan d&amp;#039;action et la mise en œuvre de solutions adaptées.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller peut réaliser des études, des diagnostics et des observations prospectives. Il s&amp;#039;appuie sur le catalogue des produits inédits PVD et sur l&amp;#039;offre de services de la CMA pour vous proposer un plan d&amp;#039;action global répondant aux enjeux et problématiques soulevés par le diagnostic territorial. Les CMA pourront constituer le cas échéant des groupes de projet rassemblant leurs experts sur les thématiques de l&amp;#039;implantation et de la préservation des services de proximité, de la transmission-reprise, de l&amp;#039;aménagement et du parcours résidentiel des entreprises, de l&amp;#039;entrepreneuriat et de l&amp;#039;emploi, du développement des compétences des jeunes et demandeurs d&amp;#039;emploi, de l&amp;#039;accompagnement des entreprises dans les transitions écologique et numérique, du tourisme de savoir-faire et de la valorisation de l&amp;#039;excellence artisanale (dont les métiers d&amp;#039;art), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire (Agences de l&amp;#039;Etat, Préfectures, collectivités territoriales, Banque des Territoires, etc.).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;un portait de l&amp;#039;artisanat du territoire : diagnostic sur le potentiel de développement économique et d&amp;#039;aménagement d&amp;#039;un territoire (nombre de chefs d&amp;#039;entreprise, salariés, apprentis, entreprises artisanales, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation de diagnostic flash
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration d&amp;#039;un plan d&amp;#039;action adapté pour répondre aux besoins du territoire et mettre en place les actions adaptées aux acteurs économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à l&amp;#039;implantation d&amp;#039;artisans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Foncier
 Accès aux services
 Commerces et services
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Réhabilitation
 Attractivité économique
 Appui méthodologique
 Artisanat</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="T13" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;br /&gt;
+ • Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre chambre des métiers et de l&amp;#039;artisanat :
  &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
   https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>jacquot-le-page@cma-france.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9104-beneficier-de-lexpertise-dun-conseiller-en-de/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...420 lines deleted...]
-    <row r="16" spans="1:27" customHeight="0">
+    <row r="16" spans="1:34" customHeight="0">
       <c r="A16" s="1">
-        <v>160867</v>
+        <v>119747</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Accompagner la structuration des services de proximité</t>
-[...9 lines deleted...]
-          <t>Fiche-action 4</t>
+          <t>Relocaliser l'alimentation et valoriser les produits locaux</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+          <t>Chambres d'agriculture</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
-        <is>
-[...886 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...8 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous aidons à développer l&amp;#039;approvisionnement local et à animer des dynamiques territoriales avec les acteurs des filières alimentaires locales. Nous proposons des solutions adaptées pour renforcer ces filières, favoriser les liens entre producteurs et consommateurs, soutenir l&amp;#039;économie territoriale et promouvoir une alimentation durable, tout en répondant aux enjeux de souveraineté alimentaire et de transition écologique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a1be-accompagner-lemergence-de-circuits-courts-et-/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...115 lines deleted...]
-          <t>published</t>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>08/07/2022</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>117422</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition des enjeux d'aménagement et de développement local</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
-[...819 lines deleted...]
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L25" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans  leurs réflexions amont d&amp;#039;aménagement et d&amp;#039;urbanisme.
 &lt;/p&gt;
 &lt;p&gt;
  Suite au diagnostic territorial (réalisable dans le cadre d&amp;#039;ID77), le Département met à disposition de la collectivité ses connaissances et ses compétences techniques, afin qu&amp;#039;elle bénéficie d&amp;#039;un accompagnement amont permettant de l&amp;#039;aider à identifier les grands enjeux et les outils à mobiliser, dans l&amp;#039;optique d&amp;#039;un aménagement durable de son territoire.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Cet accompagnement peut être mené en amont de tout projet d&amp;#039;aménagement du territoire, de type :
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  - Aménagement d&amp;#039;un centre bourg,
 &lt;/p&gt;
 &lt;p&gt;
  - Intégration des mobilités dans les espaces publics,
 &lt;/p&gt;
 &lt;p&gt;
  - Choix d&amp;#039;un lieu pour un équipement
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Le projet d&amp;#039;aménagement pourra être poursuivi pour sa mise en œuvre dans le cadre d&amp;#039;ID77
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalité
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Premier contact avec la collectivité pour préciser la commande,
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;une réunion avec la collectivité, les services départementaux et organismes concernés, afin d&amp;#039;identifier les enjeux et problématiques,
 &lt;/p&gt;
 &lt;p&gt;
  - Production par le Département d&amp;#039;un document synthétisant ces enjeux et proposant des outils à mobiliser.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Biodiversité
 Equipement public
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W25" s="1" t="inlineStr">
+      <c r="W17" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f9b-accompagner-les-collectivites-dans-la-definit/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G26" s="1" t="inlineStr">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>117378</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des anciennes zones d'activité</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages et de sécuriser ses investissements
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic global de zones d&amp;#039;activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation en réunion de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  (le cas échéant), production d&amp;#039;une note de synthèse
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b8e3-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>102299</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création d'épiceries solidaires</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Appel à candidatures pour la création épiceries solidaires - Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
+Collectivité d’outre-mer à statut particulier
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L26" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les modèles économiques des commerces sont depuis plusieurs années fragilisés du fait principalement de l&amp;#039;évolution des modes de consommation (mobilité des consommateurs, digitalisation de l&amp;#039;acte d&amp;#039;achat...).
-[...2 lines deleted...]
- Ces évolutions se sont accélérées avec la crise sanitaire et
+ Dans le cadre de
  &lt;strong&gt;
-  imposent aujourd&amp;#039;hui à tout commerce de repenser sa stratégie de digitalisation et d&amp;#039;accélérer sa mise en œuvre
+  France Relance
  &lt;/strong&gt;
- .
-Il est ainsi proposé de mettre l&amp;#039;accent sur la digitalisation des entreprises et notamment des commerces dans le cadre d&amp;#039;un programme sur mesure &amp;#34;
+ , et avec le soutien de ses partenaires, le réseau des épiceries solidaires ANDES soutient massivement la création de nouvelles épiceries solidaires et  lutte contre la précarité alimentaire tout en favorisant l&amp;#039;accès aux produits frais et de qualité, pour les populations isolées ou modestes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La crise sanitaire que nous traversons, devenue une crise économique et sociale, affecte durablement les ménages déjà fragiles, et de nouvelles catégories de population peu habituées à l&amp;#039;aide alimentaire (étudiants, travailleurs indépendants, familles monoparentales, familles modestes touchées par le chômage partiel...).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les épiceries solidaires sont une réponse pertinente à ces nouveaux besoins, en permettant à la fois un accès digne et non stigmatisant à une alimentation de qualité, un accompagnement personnalisé et une aide pour surmonter les difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les épiceries solidaires sont des structures d&amp;#039;aide alimentaire et d&amp;#039;accompagnement social, proposant à leurs bénéficiaires d&amp;#039;effectuer leurs courses comme dans un commerce classique, pour un coût entre 10% et 30% de la valeur marchande des produits. Les bénéficiaires, orientés par des travailleurs sociaux, accèdent à l&amp;#039;épicerie pour une durée limitée et ont également accès à un accompagnement social pour les aider à sortir des difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de France Relance, et avec le soutien de ses partenaires, ANDES vous accompagne dans votre projet. Les frais d&amp;#039;accompagnement sont pris en charge et une subvention est proposée pour les premiers investissements matériels. L&amp;#039;objectif : développer 300 nouvelles épiceries solidaires dans toute la France.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Grand Est Transformation Digitale
+  Les porteurs de projet sélectionnés pourront bénéficier :
  &lt;/strong&gt;
- &amp;#34;.
-[...109 lines deleted...]
-      <c r="M26" s="1" t="inlineStr">
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;un accompagnement à la création par les équipes ANDES ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   du financement d&amp;#039;une partie des investissements nécessaires à l&amp;#039;ouverture de l&amp;#039;épicerie : de 2 000€ à 15 000€ selon les projets
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Alimentation
+Economie sociale et solidaire
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ Organismes public ou privé et porteurs de projet souhaitant voir s&amp;#039;implanter une épicerie solidaire sur son territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/creer-une-epicerie-solidaire/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/appel-candidatures-creation-epiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Audrey LATRA :
+ &lt;a href="mailto:audrey.latra&amp;#64;andes-france.com" rel="noopener" target="_blank"&gt;
+  audrey.latra&amp;#64;andes-france.com
+ &lt;/a&gt;
+ - 07 87 35 58 75
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>caroline.bechade@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19a-soutenie-la-creation-depiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>DREAL Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>04/10/2021</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>117149</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des friches industrielles et commerciales</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages financiers, urbanistiques et calendaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic de site.
+ Le cas échéant, production d&amp;#039;un bilan financier d&amp;#039;aménagement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Volet 1
+  Modalités :
  &lt;/strong&gt;
- &lt;br /&gt;
-[...41 lines deleted...]
-      <c r="O26" s="1" t="inlineStr">
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Participation en réunion de travail
+  &lt;/li&gt;
+  &lt;li&gt;
+   Production de supports (ppt, notes)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X26" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toute demande fait l&amp;#039;objet d&amp;#039;un dossier de candidature qui sera adressé à
-[...1 lines deleted...]
-  transfodigitale.parcourscollectif&amp;#64;grandest.fr
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
  &lt;/a&gt;
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e37-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB20" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
         <v>98767</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Favoriser le développement économique et l'emploi</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H27" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I21" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J27" s="1" t="inlineStr">
+      <c r="J21" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L27" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis 2010, le Pays vit une profonde transformation de son tissu économique. Il s&amp;#039;appuyait sur une production
  agricole reconnue par les industriels, des unités de sous-traitance automobiles et agroalimentaires diversifiées et
  un secteur tertiaire principalement tourné vers la santé et la vie publique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;expérience de revitalisation économique menée dans le cadre du dispositif Fonds National d&amp;#039;Aménagement et
  de Développement du Territoire (FNADT) vient de s&amp;#039;achever sur un bilan très positif de 500 emplois créés. La
  démarche de Veille prospective agricole et agroalimentaire va générer de nouvelles dynamiques des filières. Les
  artisans et les commerçants de proximité souhaitent travailler en réseau, apporter des services nouveaux et
  ouvrir des complémentarités face au développement des agglomérations.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prospection, accueil et transmission d&amp;#039;unités économiques
  &lt;/li&gt;
  &lt;li&gt;
   Consolidation des richesses du territoire (hommes et savoir-faire)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau des acteurs, circulation de l&amp;#039;information, constitution de filières ou cluster
  &lt;/li&gt;
  &lt;li&gt;
   Dynamisation des filières économiques, dont le commerce et l&amp;#039;artisanat de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Développement de stratégies concertées, de sites et d&amp;#039;événements touristiques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Organisation de forum de l&amp;#039;emploi, de réunion d&amp;#039;information sur les besoins en manœuvre locale...
  &lt;/li&gt;
  &lt;li&gt;
   Organisation de rencontre par filières économiques, de speed dating...
  &lt;/li&gt;
  &lt;li&gt;
   Mise à disposition de conseil en gestion de projets entreprenariaux
  &lt;/li&gt;
  &lt;li&gt;
   Expérimentations d&amp;#039;actions collectives dans le domaine de l&amp;#039;artisanat et du commerce de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Actions de développement de la stratégie touristique du territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie locale et circuits courts
 Emploi
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
  &lt;/li&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -4970,2669 +4481,2101 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a57e-favoriser-le-developpement-economique-et-lemp/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AD21" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2021</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
+        <v>163580</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les commerces et services du quotidien présents dans les centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes La Rochefoucauld Porte du Périgord</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;activité économique des centres-bourgs des communes appartenant au territoire La Rochefoucauld Porte du Périgord ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers destinés au maintien d’un ou plusieurs derniers commerces de proximité de première nécessité non concurrentiels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets de centre-bourg situés : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans les périmètres ORT (Opération de Revitalisation de Territoire) pour les communes de La Rochefoucauld-en-Angoumois et Montbron ;&lt;/li&gt;&lt;li&gt;Selon la cartographie des centres-bourgs pour les autres communes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité des projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accueillir des entreprises artisanales, commerciales ou de service ;&lt;/li&gt;&lt;li&gt;Produire et commercialiser des biens ou des services sur le zonage défini ;&lt;/li&gt;&lt;li&gt;Investissements participant à la transition écologique : consommation énergétique du bâtiment, développement des énergies renouvelables, optimisation de la gestion des déchets, valorisation de l’économie circulaire, préservation de la ressource en eau…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Obligations légales et administratives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les projets de travaux et d’aménagement, fournir l’autorisation de travaux ou le permis de construire ;&lt;/li&gt;&lt;li&gt;Adhérer aux services du Conseiller Énergie Partagée (CEP) de la Communauté de Communes et réaliser un audit énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité temporelle des dépenses :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses présentées doivent respecter la règlementation européenne et nationale des aides d’Etat&lt;/li&gt;&lt;li&gt;Tout commencement d’exécution avant le dépôt de la demande d’aide est susceptible de rendre tout ou partie du projet inéligible ;&lt;/li&gt;&lt;li&gt;Aucun dossier ne peut être déposé après l’achèvement matériel de l’opération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Un seul dossier de demande d’aide peut être déposé par commune tous les deux ans.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>CC La Rochefoucauld porte du Périgord</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.rochefoucauld-perigord.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service développement économique de la Communauté de Communes&lt;/p&gt;&lt;p&gt;07 62 66 69 46 / &lt;a target="_self"&gt;economie&amp;#64;rochefoucauld-perigord.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>economie@rochefoucauld-perigord.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daide-aux-commerces-et-services-du-quotidien-presents-dans-les-centres-bourgs/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB22" s="1" t="inlineStr">
+        <is>
+          <t>Isolation du bâtiment
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>La Rochefoucauld Porte du Périgord</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>07/10/2024</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>163028</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier l'offre de services des pôles de proximité pour accroître leur vitalité</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Diversifier l'offre de services des pôles de proximité pour accroître leur vitalité</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...3 lines deleted...]
-      <c r="H28" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie Juridique / administrative</t>
-[...7 lines deleted...]
-      <c r="L28" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Accompagner l’émergence de nouvelles de service accessibles et adaptées aux usagers du territoire&lt;/h2&gt;&lt;h4&gt;OBJECTIF STRATEGIQUE : Innover pour redynamiser les pôles de proximité à travers de nouveaux services&lt;/h4&gt;&lt;h4&gt;Soutien au premier/dernier commerce, aux lieux polyvalents, aux lieux collectifs d’innovation, aux espaces partagés&lt;/h4&gt;&lt;p&gt;En complémentarité avec les dispositifs existants, il va s’agir de favoriser l’émergence de projets innovants par la mobilisation des réseaux, par un travail de soutien à des porteurs de projets, par l’appui à une ingénierie amont capable de garantir l’opportunité, la faisabilité, la viabilité et l’innovation des projets. Dans un objectif de sobriété, il est indispensable de travailler sur les mutualisations et les intensifications des usages. Par ailleurs, l’espace public doit, lui aussi, être pensé comme un lieu d’échanges et de services : les expérimentations visant à mieux concilier les usages, à favoriser l’adaptation aux différentes générations, à des conceptions plus innovantes et résilientes seront ainsi promues et soutenues.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des évolutions sociétales, des besoins spécifiques en particulier auprès de la jeunesse&lt;/h4&gt;&lt;p&gt;En collaboration avec les associations et avec les acteurs qui interviennent auprès de la jeunesse, le GAL pourra favoriser et soutenir des démarches d’animation visant la co-construction d’actions et de projet avec les jeunes sur des sujets du quotidien importants pour eux : mobilité, prévention-santé, pratiques culturelles et sportives libres, emploi et formation, engagement citoyen (en lien avec l’objectif 3.3.). L’innovation doit permettre d’aller plus vers les jeunes notamment celles et ceux les plus éloignés des services. La valorisation des talents locaux, des témoignages sur des engagements de jeunes et sur des expériences originales sont également des pistes à travailler. Enfin une attention particulière sera à porter à la culture de l’égalité des genres auprès des jeunes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Soutien aux nouveaux modes d’entreprendre et à l’ingénierie de projet &lt;/h4&gt;&lt;p&gt;Les porteurs de projets, les créateurs et les personnes en souhait de reconversion professionnels sont nombreux et ils souhaitent, de plus en plus, inscrire leur démarche dans la prise en compte des grandes transitions écologiques, numériques et sociales. Les nouveaux modes d’entreprendre (par des structures nouvelles ou traditionnelles, en individuel ou en collectif) se développent : nouveaux modes managériaux et contractuels, force des démarches de RSE, entreprise citoyenne, nouvelle organisation du travail, recours aux nouvelles technologies (DATA, IA…) … Mais les porteurs de projets ont besoin d’être informés, orientés, accompagnés et formés à ces nouveaux modes entrepreneuriaux.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Promotion des nouvelles formes d’habitat (coliving, béguinages, temporaires...)&lt;/h4&gt;&lt;p&gt;Le GAL pourra soutenir la recherche des potentiels et la faisabilité de nouvelles formes d’habitat sur le territoire. Des solutions innovantes et adaptées devront être recherchées pour les communes rurales pour lesquelles il est souvent plus difficile de trouver des modèles économiques viables du fait de la petite taille des opérations.&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Soutenir l’implication citoyenne&lt;/h3&gt;&lt;h4&gt;Accompagnement aux réflexions sur la maîtrise d’usage et les mutualisations d’usages&lt;/h4&gt;&lt;p&gt;Des démarches d’implication citoyenne de participation existent sur le territoire tant au niveau de la communauté d’agglomération que des communes (conseil consultatif, conseil de développement durable, conseil citoyen, plate-forme de démocratie participative, chantiers participatifs…). Mais au-delà des instances de gouvernance il semble nécessaire d’avancer plus loin dans l’engagement et l’implication citoyenne en donnant une place importante à la maitrise d’usage dans l’action publique. Aux côtes de la maitrise d’ouvrage et de la maitrise d’œuvre la maitrise d’usage doit trouver toute sa place pour faire gagner les projets en pertinence et en efficacité. Les projets Leader portés par le GAL devront chercher, autant que possible, à ce que les points de vue des usagers/bénéficiaires soient pris en compte. De façon innovante, les services et leurs liens avec l’espace public doivent permettre des approches et des conceptions s’appuyant sur le design des politiques publiques. D’une façon générale, il est essentiel de soutenir l’intelligence collective pour être un territoire apprenant et innovant, en mobilisant les forces vives et le capital humain/social du territoire. Enfin, c’est aussi la possibilité, par exemple, de s’appuyer sur les usagers/citoyens pour faire émerger et porter des projets par la mise en place d’un fonds d’initiatives citoyennes à l’échelle du GAL.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;h4&gt;Développement des projets participatifs ponctuels et les démarches d’intelligence collective&lt;/h4&gt;&lt;p&gt;Avec une finalité proche de celle de la prise en compte de la maîtrise d’usage il serait intéressant de soutenir des projets participatifs ponctuels, simples et sobres touchant à la vie quotidienne et/ou à son environnement de proximité et notamment auprès des jeunes. L’apprentissage de la citoyenneté passe par l’éducation et la sensibilisation aux démarches projets et à tenir de postures d’acteurs. En lien avec les écoles, les collèges, lycées et autres établissements de formation mais aussi avec les associations, des appels à projets de projets participatifs pourraient être lancés sur des thématiques bien évidement cohérente avec le projet de territoire et avec les axes de la stratégie locale de développement.&lt;/p&gt;&lt;h4&gt;Soutien au dynamisme associatif (dont le bénévolat)&lt;/h4&gt;&lt;p&gt;Le tissu associatif sur le territoire est très conséquent et dynamique et offre une très grande diversité d’offres qui contribuent à la richesse du développement local, aux liens sociaux et aux capacités d’épanouissements personnels et collectifs. Toutefois, comme partout, les associations sont confrontées à des difficultés : raréfaction des ressources financières, encadrement réglementaire complexe, un bénévolat confronté à de nombreux freins (le temps, les horaires, le coût, la mobilité, l’information, la confiance en soi, le manque d’ouverture de certaines associations…). Pour maintenir cette offre portée par les associations il est impératif de les soutenir.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Commerces et services
+Tiers-lieux
+Revitalisation
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Ne pas avoir commencé (aucun contrats ou devis signés)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=C'est%20un%20programme%20d%C3%A9di%C3%A9,'%C3%A9chelle%20nationale%20et%20europ%C3%A9enne).</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>flavien.andre@seine-eure.com</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-loffre-de-services-des-poles-de-proximite-pour-accroitre-leur-vitalite/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>Groupe d'Action Locale Seine-Eure</t>
+        </is>
+      </c>
+      <c r="AD23" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>04/07/2024</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
+        <v>162466</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Mener une opération collective de modernisation de l’artisanat, du commerce et des services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Opération collective de modernisation de l’artisanat, du commerce et des services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NATURE DES PROJETS ÉLIGIBLES&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles tout artisan et commerçant sédentaire inscrit au Registre national des entreprises (RNE), en société ou en nom propre ou en association (sous condition) et œuvrant dans les secteurs de l’artisanat, la petite industrie, le commerce et l’économie sociale et solidaire.&lt;/p&gt;&lt;p&gt;A contrario, les commerces non sédentaires ou éphémères, les professions libérales ne sont pas éligibles au dispositif.&lt;/p&gt;&lt;p&gt;La liste précise des destinataires éligibles sera définie dans le cadre de chaque règlement d’attribution.Toutes Opérations Collectives de Modernisation de l’Artisanat, du Commerce et des Services (OCMACS) permettant d’agir sur la dynamique de l’artisanat et du commerce de proximité dans le cadre d’un programme local d’intervention destiné à aider les entreprises à réaliser des investissements de modernisation de leurs activités.&lt;/p&gt;&lt;p&gt;L’aide départementale est versée au bénéficiaire pour alimenter un fonds d’intervention destiné au soutien des entreprises souhaitant réaliser des investissements de modernisation de leurs établissements. Ces programmes d’intervention ont une durée minimale de 3 ans pouvant être éventuellement prolongés dans le cadre de la revoyure des contrats de territoire Manche avec une durée maximale totale de 4 ans.&lt;/p&gt;&lt;p&gt;Le programme d’intervention devra intégrer le dispositif régional relatif à l’aide aux commerces des territoires.&lt;/p&gt;&lt;p&gt;Dans ce cadre, l’intervention du Département est envisageable selon les modalités suivantes :&lt;/p&gt;&lt;p&gt;- le bénéficiaire met en place une OCM intégrant également les commerces hors centre commerçant et/ou ne comprenant pas de devanture commerciale : l’aide départementale serait doublée par rapport à la participation de l’EPCI (« 2 pour 1 ») et serait plafonnée à 200 000 €, sous condition que la part de l’EPCI soit obligatoirement fléchée sur des bénéficiaires non éligibles au dispositif régional, à savoir sur les commerces hors centre commerçant et/ou ne comprenant pas de devanture commerciale.&lt;/p&gt;&lt;p&gt;Le Département veillera à ce que le taux d’intervention retenu soit le même pour l’ensemble des entreprises éligibles au titre de l’OCM (pas de différentiation de taux entre les entreprises éligibles au dispositif régional et celles éligibles au dispositif départemental).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITÉS FINANCIÈRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Participation du Conseil départemental en fonction du programme d’intervention retenu conformément à la présente fiche.&lt;/p&gt;&lt;p&gt;L’aide départementale n’est pas cumulable avec d’autres dispositifs départementaux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIÈCES À FOURNIR&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Note d’opportunité permettant une évaluation du potentiel de dossiers sur le territoire concerné.&lt;/li&gt;&lt;li&gt;Projet de règlement d’attribution des aides pour avis préalable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le service instructeur se réserve le droit de demander toute pièce complémentaire qu’il jugerait utile pour la bonne compréhension et l’analyse du projet ainsi que pour sa bonne articulation avec les autres dispositifs départementaux à destination des entreprises.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Accessibilité
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BÉNÉFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;EPCI à fiscalité propre&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les destinataires finaux devront respecter la réglementation en vigueur qui leur est applicable, notamment en matière environnementale et de performance énergétique des bâtiments ainsi qu’en matière d’accessibilité des établissements recevant du public.&lt;/p&gt;&lt;p&gt;Les destinataires finaux devront s’engager dans une démarche vertueuse en matière environnementale et de gestion des énergies (sobriété énergétique, matériaux de qualité, maitrise des fluides) conformément aux critères définis par la Région.&lt;/p&gt;&lt;p&gt;Deux aides maximum pourront être mobilisées par destinataire final sur la durée du programme d’intervention. Les aides ne pourront pas être fléchées sur les mêmes dépenses.&lt;/p&gt;&lt;p&gt;Les règlements d’attribution sont établis par le bénéficiaire de l’aide départementale (EPCI ou PETR).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La modernisation des locaux d’activité et le renouvellement d’équipements professionnels dans un but de soutien ou de développement des activités, d’amélioration de la performance énergétique et d’élargissement de l’usage numérique,&lt;/li&gt;&lt;li&gt;Les opérations liées au développement du numérique ayant pour but d’accélérer, faciliter et/ou développer leur activité,&lt;/li&gt;&lt;li&gt;La rénovation des vitrines et enseignes,&lt;/li&gt;&lt;li&gt;La sécurisation et l’accessibilité à tous les publics,&lt;/li&gt;&lt;li&gt;L’aménagement des véhicules de tournée (hors coût d’acquisition).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Sont exclus des dépenses éligibles :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais d’acquisition de locaux, de construction et d’extension de locaux ;&lt;/li&gt;&lt;li&gt;Les achats de fonds de commerce reprise de bail ou de pas-de-porte ;&lt;/li&gt;&lt;li&gt;Les travaux relatifs aux logements des exploitants ;&lt;/li&gt;&lt;li&gt;Les dépenses courantes ou de simple renouvellement de matériel ;&lt;/li&gt;&lt;li&gt;Les dépenses directement liées à la demande d’un franchiseur ;&lt;/li&gt;&lt;li&gt;Les travaux réalisés en auto-construction (matériaux et main d’œuvre) ;&lt;/li&gt;&lt;li&gt;Les travaux de parkings et de distributeurs automatiques ;&lt;/li&gt;&lt;li&gt;Les investissements financés par crédit-bail ou SCI&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/operation-collective-de-modernisation-de-lartisanat-du-commerce-et-des-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de contact : &lt;a target="_self"&gt;https://www.manche.fr/contacter-le-departement/  02.33.05.97.41&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/operation-collective-de-modernisation-de-lartisanat-du-commerce-et-des-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2024</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>156155</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le commerce rural de proximité</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>COMMERCE RURAL DE PROXIMITÉ</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez être accompagné dans la conception et la mise en œuvre de votre stratégie de développement et de promotion de l&amp;#039;artisanat de votre territoire. Vous souhaitez connaître les modalités de financement de cet accompagnement.
-[...16 lines deleted...]
- &lt;br /&gt;
+ Financer des opérations d&amp;#039;investissement en faveur des entreprises de services marchands (multiservices, alimentation générale, commerces de bouche...) nécessaires aux besoins de la population en milieu rural dont la maîtrise d&amp;#039;ouvrage est assurée par des communes ou des établissements publics de coopération intercommunale à fiscalité propre (EPCI), conformément à l&amp;#039;article L 1111-10 du Code général des collectivités territoriales (CGCT).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
-[...21 lines deleted...]
-Accès aux services
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Alimentation
 Commerces et services
-Economie locale et circuits courts
-[...8 lines deleted...]
-      <c r="O28" s="1" t="inlineStr">
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
-[...96 lines deleted...]
-      <c r="L29" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Contexte et objectifs :
+  Bénéficiaires éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...18 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes figurant sur la liste des communes rurales fixée par l&amp;#039;arrêté préfectoral en vigueur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de communes sous réserve que le projet concerné se situe dans un périmètre communal éligible
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  1 - Volet Trésorerie :
+  Dépenses éligibles :
  &lt;/strong&gt;
- favoriser le redémarrage de l&amp;#039;activité des entreprises par des aides à la trésorerie (loyers, ressources humaines spécifiques, besoins en fonds de roulement...) par des avances remboursables.
-&lt;/p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement réalisées par une commune ou un EPCI visant à créer, recréer ou maintenir une activité commerciale de proximité : acquisition de locaux, construction, démolition, extension, réhabilitation, aménagements...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements de base nécessaires à l&amp;#039;activité de l&amp;#039;entreprise exploitante mis à disposition par la collectivité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de mise en accessibilité à condition que leur coût soit inférieur à 50 % du coût total HT du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études et honoraires directement liés à l&amp;#039;opération (diagnostics, architectes, assistance à maîtrise d&amp;#039;ouvrage...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide inclut également l&amp;#039;accompagnement du maître d&amp;#039;ouvrage sous la forme d&amp;#039;une étude d&amp;#039;opportunité et de faisabilité économique réalisée dans le cadre d&amp;#039;un conventionnement entre le Département et le réseau consulaire des chambres de commerce et d&amp;#039;industrie (CCI), lequel pourra le cas échéant également contribuer à la recherche du futur professionnel occupant.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  2 - Volet Investissement :
+  Plancher/plafond:
  &lt;/strong&gt;
- accompagner les investissements pour la mise en œuvre des mesures sanitaires par des subventions permettant d&amp;#039;anticiper les demandes de réassurance des clientèles par des aménagements  appropriés : équipements pour l&amp;#039;adaptation de l&amp;#039;accueil et des zones de paiement, pour permettre la distanciation physique entre les salariés et les clients, aménagement de plans de circulation sécurisés dans les établissements, adaptation des espaces collectifs et vestiaires, sanitaires dédiés au personnel, matériels de désinfection...
-[...13 lines deleted...]
- &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Taux d&amp;#039;aide 50 % maximum :
-[...58 lines deleted...]
-  Pourront être prises en compte les dépenses engagées à compter du 14 mars 2020
+  Plancher de dépenses : 10.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 200.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="R29" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/commerce-rural-de-proximite/</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/54bc-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>155120</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre l'immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère)</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Dernier commerce de sa spécialité – boutique éphémère (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires :
+  NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;em&gt;
-[...27 lines deleted...]
-&lt;/ul&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère).
+&lt;/p&gt;
+&lt;p&gt;
+ Une boutique éphémère, comme son nom l&amp;#039;indique, est un concept de point de vente temporaire qui &amp;#34;apparaît&amp;#34; pendant une courte période, de quelques heures à plusieurs mois, puis disparaît. L&amp;#039;entreprise devra signer un bail d&amp;#039;occupation précaire ou une convention d&amp;#039;occupation précaire.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Conditions d&amp;#039;éligibilité :
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 % ; déduction faite des loyers représentant de façon forfaitaire 20% du montant HT des travaux. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le dernier commerce :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   &lt;em&gt;
-[...4 lines deleted...]
-   Structures et associations de moins de 3 ans et structures de plus de 3 ans dont les soutiens privés et publics à la trésorerie s&amp;#039;avèrent insuffisantes / Priorité aux entreprises n&amp;#039;ayant pas bénéficié d&amp;#039;aides directes en trésorerie par ailleurs (PGE, prêt rebond,...).
+   avis de la compagnie consulaire concernée (intérêt de l&amp;#039;opération, viabilité économique du projet, concurrence...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   identité du futur exploitant
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la boutique éphémère :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet communal d&amp;#039;animation-occupation de la boutique
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les deux types de projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   projet de bail ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les rénovations, document de diagnostic énergétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   pièces justifiant la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le service instructeur se réserve le droit de demander toute pièce complémentaire qu&amp;#039;il jugerait utile pour la bonne compréhension et l&amp;#039;analyse du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Commerces et services
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessaire d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les derniers commerces, la commune devra avoir identifié un futur exploitant
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les boutiques éphémères, la commune devra présenter le projet d&amp;#039;occupation-animation du lieu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
-    &lt;em&gt;
-[...1 lines deleted...]
-    &lt;/em&gt;
+    Exemples de démarches en lien avec la transition inclusive :
    &lt;/strong&gt;
-   Prioritairement les entreprises et autres acteurs mentionnés ci-dessus ayant fait l&amp;#039;objet de l&amp;#039;arrêté de fermeture du 14 mars 2020 ou ayant subi de fortes baisses d&amp;#039;activités
+   environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), mise en place d&amp;#039;une offre de livraison à domicile, horaires d&amp;#039;ouverture élargis, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : étude d marché, études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés régie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non-collectif.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X29" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/dernier-commerce-de-sa-specialite-boutique-ephemere-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Par mail : loccal&amp;#64;laregion.fr
-[...8 lines deleted...]
- Pour les communes et EPCI gestionnaires d&amp;#039;équipements touristiques et culturels d&amp;#039;intérêt local : Tél. 3010
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.97.41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1245-dernier-commerce-de-sa-specialite-boutique-ep/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB26" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G30" s="1" t="inlineStr">
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>140794</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement économique, à l’attractivité et à l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de commerce et d'industrie (CCI) des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : réalisation de diagnostics de l&amp;#039;appareil commercial, et de diagnostics économiques (études, plan d&amp;#039;actions, recueil en concertation avec les acteurs locaux...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : animation de territoire (mise en réseau d&amp;#039;entreprises, développement de l&amp;#039;attractivité du territoire et des liens entre tous les acteurs économiques du territoire...) et animation d&amp;#039;associations de commerçants, et d&amp;#039;entreprises de ZA, appui à la dynamisation des centres-villes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : réalisation d&amp;#039;études commerciales et de marchés, développement des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;un diagnostic commercial : élaborer un état des lieux fiable et précis sur le tissu commercial, formuler des préconisations de développement et proposer des enrichissements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;étude d&amp;#039;implantation commerciale : faciliter les prises de décisions en matière d&amp;#039;aménagement, d&amp;#039;implantation et de dynamisme commercial à partir d&amp;#039;une approche marché personnalisée, et informer sur les accompagnements complémentaires proposés par la CCI (accompagnement du porteur de projet dans le montage du dossier...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un hôtel d&amp;#039;entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les collectivités, la CCI intervient en tant que prestataire, via la signature de contrats de prestation rémunérés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>http://www.digne.cci.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 60 bd Gassendi 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 80 80 (Digne-les-Bains)
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 72 31 52 (Manosque)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:accueil&amp;#64;digne.cci.fr" target="_self"&gt;
+  accueil&amp;#64;digne.cci.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/97a1-contribuer-au-developpement-economique-a-latt/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB27" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>128231</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le commerce rural</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>France Ruralités</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...20 lines deleted...]
-      <c r="L30" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Cette subvention a pour objectif de créer un contexte territorial favorable à l&amp;#039;innovation, aux dynamiques économiques durables et aux approches coopératives et collaboratives en offrant les conditions matérielles et immatérielles et en accompagnant les initiatives locales.
-[...59 lines deleted...]
-&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;En réponse au constat de perte
+d’attractivité commerciale de certains territoires principalement ruraux
+(d’après l’Insee, en 2021, plus de 21 000 communes ne disposaient d’aucun
+commerce, soit 62 % contre 25 %, en 1980), le Gouvernement a créé en mars 2023
+un dispositif national d’accompagnement à l’installation en milieu rural doté,
+à ce jour, de 16,5M€.&lt;/p&gt;
+&lt;p&gt;Ce fonds, financé par le Ministère de
+l’Économie, des Finances et de la Souveraineté industrielle et numérique, est géré par l&amp;#039;Agence Nationale de la Cohésion des Territoires en partenariat avec la Direction Générale des Entreprises. &lt;/p&gt;&lt;p&gt;Il s’adresse à des porteurs
+de projets publics (collectivités), parapublics ou privés (SCIC, exploitants)
+et apporte un soutien indispensable à l’installation en ruralité de commerces
+sédentaires multi-services et itinérants permettant de desservir plusieurs
+communes rurales, avec des aides à l’investissement pouvant aller jusqu’à 80
+000 € par projet. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets privés devront obligatoirement disposer de l&amp;#039;appui de la collectivité territoriale d&amp;#039;implantation du commerce et démontrer leur capacité à mener à bien leur projet d&amp;#039;implantation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M30" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/le-fonds-de-soutien-au-commerce-rural</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://fondscommerce.anct.gouv.fr/account-management/anct-demandeurs/ux/#/login?redirectTo=https:%2F%2Ffondscommerce.anct.gouv.fr%2Faides%2F%23%2Fanct%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-anct-portail-depot-demande-aides&amp;footer=https:%2F%2Ffondscommer</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- •    Acquisition de matériel et d&amp;#039;équipements, animation et valorisation de collectifs, espaces test agricoles, tiers lieu nourricier, sensibilisation/évènementiels pour accompagner les mutations de nos systèmes agricoles.
-[...3 lines deleted...]
- •    Création, aménagement et équipement de lieux/sites touristiques ; hébergements durables atypiques, insolites et solidaires ; actions de promotion et de valorisation des offres et attraits touristiques du territoire
+ Toute demande de renseignements concernant les conditions et modalités doit être adressée à l&amp;#039;adresse : fondscommerces&amp;#64;anct.gouv.fr
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
-[...73 lines deleted...]
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>christelle.breem@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/42bf-soutenir-le-commerce-rural/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB28" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC28" s="1" t="inlineStr">
+        <is>
+          <t>ANCT</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2023</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
+        <v>128230</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la redynamisation du commerce et de l'artisanat dans les territoires fragiles</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de restructuration des locaux d’activité</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...4 lines deleted...]
-      <c r="H31" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J31" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J29" s="1" t="inlineStr">
+        <is>
+          <t>appliqué au déficit des opérations de restructuration immobilière</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce fonds vise à faciliter la réalisation de projets immobiliers 
+structurants, menés par des opérateurs qualifiés ou des collectivités 
+locales en contribuant au financement des déficits pour permettre 
+la réalisation de ces opérations dans les territoires identifiés pour 
+leur fragilité. En effet, les projets de restructuration du tissu 
+commercial, artisanal et de service sont des opérations lourdes et 
+complexes qui renchérissent les coûts et génèrent des déficits 
+justifiant souvent la mobilisation d’une subvention d’équilibre.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/projets&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une localisation dans une zone géographique à redynamiser en priorité, le cas échéant adossé à un cadre partenarial clair et structuré (ORT)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une inscription dans une stratégie globale d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une demande émanant d&amp;#039;un établissement commercial ou public, quel que soit son statut...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet socio économiquement viable, mais dont la rentabilité est insuffisante en l&amp;#039;absence de subvention d&amp;#039;équilibre pour permettre l&amp;#039;implication d&amp;#039;opérateurs privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet conforme aux objectifs de lutte contre l&amp;#039;artificialisation des sols et de performance énergétique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/le-fonds-de-restructuration-des-locaux-d-activite</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://fondscommerce.anct.gouv.fr/account-management/anct-demandeurs/ux/#/login?redirectTo=https:%2F%2Ffondscommerce.anct.gouv.fr%2Faides%2F%23%2Fanct%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-anct-portail-depot-demande-aides&amp;footer=https:%2F%2Ffondscommer</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les objectifs sont multiples et visent à
-[...83 lines deleted...]
- La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ Toute demande de renseignements concernant les conditions et modalités doit être adressée à l&amp;#039;adresse :
+ fondscommerces&amp;#64;anct.gouv.fr&lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>christelle.breem@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5273-accelerer-la-redynamisation-du-commerce-et-de/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>ANCT</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2023</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E32" s="1" t="inlineStr">
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>120315</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer la faisabilité d’un projet de création ou de développement d’une activité commerciale</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer la faisabilité d’un projet de création ou de développement d’une activité commerciale</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Chambre de Commerce et d'Industrie (CCI) de la Drôme</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Mise en place d&amp;#039;une stratégie de renforcement de l&amp;#039;attractivité des centres bourgs et villes et élaboration d&amp;#039;un plan d&amp;#039;actions opérationnel.
+ La création ou le développement de projets commerciaux de type commerce, café, hôtel, camping, multiservices, alimentation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou mail
  &lt;/li&gt;
  &lt;li&gt;
-  Rendez-vous, échanges avec la collectivité pour :
+  Echange avec la collectivité pour :
   &lt;br /&gt;
-  – préciser la problématique de centre bourg qui se pose aux élus
+  – affiner les attentes de la collectivité par rapport au projet et visite terrain le cas échéant
   &lt;br /&gt;
-  – prendre en compte l&amp;#039;ensemble des paramètres locaux
+  – identifier les principales contraintes du projet
   &lt;br /&gt;
-  – poser les bases d&amp;#039;une réponse à la problématique
+  – préciser les modalités d&amp;#039;intervention possibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Elaboration d&amp;#039;une offre d&amp;#039;intervention qui réponde aux attendus définis lors du rendez-vous initial.
+ Élaboration d&amp;#039;une offre d&amp;#039;intervention dont l&amp;#039;objectif est de fournir à la collectivité les informations pragmatiques quant à la faisabilité du projet pour une prise de décision objective.
 &lt;/p&gt;
 &lt;strong&gt;
  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
 &lt;/strong&gt;
 &lt;p&gt;
- Après validation de la proposition d&amp;#039;intervention de la CCI par la collectivité et selon les cas :
+ Après validation de la proposition d&amp;#039;intervention par la collectivité :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  réunion de lancement de l&amp;#039;intervention avec les acteurs concernés (commerçants...)
-[...14 lines deleted...]
-  présentation collective des résultats aux acteurs concernés (commerçants, office de tourisme...).
+  Réalisation de l&amp;#039;étude de faisabilité dans les conditions définies dans l&amp;#039;offre d&amp;#039;intervention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des résultats de l&amp;#039;étude à la collectivité locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remise d&amp;#039;un rapport écrit
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X32" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/mesurer-la-faisabilite-projet-de-creation-ou-de-developpement-activite-commerciale/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Chambre de Commerce et d&amp;#039;Industrie de la Drôme
   &lt;/li&gt;
   &lt;li&gt;
    Projet TPE Commerce Tourisme
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04 75 75 70 34
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:commerce-tourisme&amp;#64;drome.cci.fr"&gt;
     commerce-tourisme&amp;#64;drome.cci.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="http://www.drome.cci.fr/"&gt;
     www.cci.drome.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e037-mesurer-la-faisabilite-dun-projet-de-creation/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H33" s="1" t="inlineStr">
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>144509</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la revitalisation, dynamisation ou restructuration des centres-villes et centres-bourgs landais</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
-[...868 lines deleted...]
-          <t>Commerces et services
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation allouée au plan d'actions : de 250 à 350.000 euros</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour
+solliciter l’aide du Département dans le cadre du dispositif « revitalisation,
+dynamisation ou restructuration de son centre-ville ou centre-bourg », la
+commune, ou son EPCI, devra réaliser préalablement une étude globale de son
+centre-ville ou centre-bourg de type « Plan de référence » qui
+définira un plan d’action global et pluriannuel.&lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Typologies
+d’opérations/ de projets éligibles&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt; Au regard du plan d&amp;#039;action, après accord avec
+la commune, les projets retenus devront concerner au minimum 2 thématiques sur
+les 4 suivantes :&lt;/p&gt;
+&lt;p&gt;·        
+habitat et logement social,&lt;/p&gt;
+&lt;p&gt;·        
+commerce et services,&lt;/p&gt;
+&lt;p&gt;·        
+cadre de vie et l’environnement,
+notamment la transition énergétique et écologique et les espaces publics en
+lien avec les mobilités,&lt;/p&gt;
+&lt;p&gt;·        
+équipements à destination de la
+population.&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;Les
+projets devront être localisés aux centres-bourgs ou centres-villes et
+justifier d’effets directs de revitalisation, dynamisation ou restructuration
+des centres-bourgs ou centres-Villes. Ils doivent démontrer un effet de
+centralité par leurs incidences sur les services ou les habitants des communes
+rurales périphériques.&lt;/p&gt;
+&lt;p&gt;Les
+aides s’inscrivent dans une poli􀆟que prioritaire départementale, ce sont
+des projets structurants pouvant relever de l’intérêt départemental.  &lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Commerces et services
 Economie locale et circuits courts
 Revitalisation
-Attractivité économique
-[...3 lines deleted...]
-      <c r="O37" s="1" t="inlineStr">
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les
+centralités devront : &lt;/p&gt;
+&lt;p&gt;-       
+présenter
+un plan de référence ou une étude globale d’aménagement intégrant des
+dimensions économiques, sociales, environnementales, de services et
+d’aménagement du centre-bourg ou centre-ville, &lt;/p&gt;
+&lt;p&gt;-       
+établir
+une liste des projets envisagés pour le développement du centre-ville ou centre-bourg
+à 10 15 ans.&lt;/p&gt;
+&lt;p&gt;-       
+définir
+avec les élus départementaux et services les projets proposés à la dotation de
+revitalisation et soumettre leur demande au Président du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Bénéficiaires&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;·        
+commune ayant des fonctions de centralité,
+&lt;/p&gt;
+&lt;p&gt;·        
+établissement public de coopération
+intercommunale (en accord avec la commune pour tout ou partie des projets
+retenus) &lt;/p&gt;
+&lt;p&gt;Ou
+leurs délégataires désignés dans le cadre d’une concession d’aménagement. &lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Aide du
+Département des Landes&lt;/u&gt; :&lt;/p&gt;
+&lt;p&gt;Dotation départementale maximale allouée
+au plan d’actions de revitalisation dynamisation du centre-bourg, centre-ville de
+la commune :&lt;/p&gt;
+&lt;p&gt;• ville moyenne : 350 000 €,&lt;/p&gt;
+&lt;p&gt;• moyens et petits pôles :
+300 000 €,&lt;/p&gt;
+&lt;p&gt;• pôle de proximité : 250 000
+€.&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;La
+dotation est susceptible d’être augmentée à hauteur de 20 % dans le cas d’une
+mise en œuvre effective d’un programme ambitieux de création de logements
+sociaux, à loyers modérés dans le centre-bourg. &lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;Ce
+programme devra être établi en cohérence avec le schéma départemental de
+l’Habitat et contribuer au plan « Bien vieillir dans les Landes » en
+intégrant des logements sociaux et/ ou en favorisant le maintien des personnes
+âgées à leur domicile.&lt;/p&gt;
+&lt;p&gt;L’aide aux projets retenus ne pourra dépasser
+40 % des dépenses éligibles. &lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;Une
+centralité ne pourra être bénéficiaire de l’aide de revitalisation, restructuration
+ou dynamisation de son centre-ville ou centre-bourg qu’une seule fois sur la
+période 2019-2027. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/revitalisation-dynamisation-et-restructuration-des-centres-bourgs-et-centres-villes</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...73 lines deleted...]
- &lt;br /&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 40&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86c0-favoriser-la-revitalisation-dynamisation-ou-r/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...485 lines deleted...]
-      <c r="A40" s="1">
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
         <v>119908</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Valoriser les produits alimentaires locaux auprès de l’ensemble des acteurs de votre territoire</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L40" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez promouvoir l&amp;#039;artisanat alimentaire :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Valoriser les territoires à travers les produits alimentaires ;
  &lt;/li&gt;
  &lt;li&gt;
   Promouvoir des filières, productions et savoir-faire locaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer une offre alimentaire et touristique durable en lien avec les enjeux actuels environnementaux, sanitaires et socio-économiques.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les « Cités du goût et des saveurs » (CG&amp;amp;S), outil des Chambres de Métiers et de l&amp;#039;Artisanat pour l&amp;#039;accompagnement des acteurs de l&amp;#039;alimentaire et des territoires proposent les services suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elaborer une stratégie alimentaire et un plan d&amp;#039;action ;
  &lt;/li&gt;
  &lt;li&gt;
   Structurer des filières alimentaires locales et circuits de proximité ;
@@ -7640,1766 +6583,210 @@
  &lt;li&gt;
   Renforcer le rôle des acteurs locaux dans la distribution d&amp;#039;une alimentation saine et de qualité, y compris dans la restauration collective ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer des animations sur le territoire autour de l&amp;#039;alimentation locale et de qualité, la réduction du gaspillage alimentaire, la découverte des savoir-faire et produits artisanaux, etc. ;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner les professionnels de l&amp;#039;alimentation dans la lutte contre le gaspillage alimentaire ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer l&amp;#039;offre touristique autour des savoir-faire et produits locaux (ateliers culinaires, découvertes de savoir-faire, visites d&amp;#039;entreprises, etc.) ;
  &lt;/li&gt;
  &lt;li&gt;
   Former et accompagner les professionnels des métiers de bouche afin d&amp;#039;assurer leur montée en compétence pour répondre aux enjeux de l&amp;#039;alimentation d&amp;#039;aujourd&amp;#039;hui et de demain.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Au travers des actions menées par les CG&amp;amp;S, les thématiques en lien avec l&amp;#039;environnement, l&amp;#039;agriculture, le développement local, la culture, le patrimoine et le tourisme pourront être abordées, si le diagnostic identifie le besoin et si elles sont priorisées dans le plan d&amp;#039;action.
 &lt;/p&gt;
 &lt;p&gt;
  N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Accès aux services
 Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
  &lt;/li&gt;
  &lt;li&gt;
   Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre chambre des métiers et de l&amp;#039;artisanat :
  &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
   https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>jacquot-le-page@cma-france.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6819-valoriser-les-produits-alimentaires-locaux-au/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...1587 lines deleted...]
-      <c r="A50" s="1">
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
         <v>119891</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Réaliser une étude sur-mesure de l'activité économique</t>
         </is>
       </c>
-      <c r="C50" s="1" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L50" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous devez réaliser un état des lieux de l&amp;#039;économie et de certains secteurs d&amp;#039;activité de votre territoire ? Vous souhaitez optimiser l&amp;#039;attractivité de celui-ci, affiner votre connaissance d&amp;#039;une filière, évaluer le potentiel d&amp;#039;un évènement, l&amp;#039;impact d&amp;#039;un équipement ?
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI vous fournit les analyses et données utiles pour sécuriser vos décisions en matière de développement économique.
 &lt;/p&gt;
 &lt;p&gt;
  Elle vous propose ainsi un service sur mesure en fonction de votre stratégie locale de développement économique :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    PORTRAIT DE VOTRE TERRITOIRE OU D&amp;#039;UNE FILIÈRE :
   &lt;/strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   L&amp;#039;analyse quantitative et qualitative de données est produite à partir :
   &lt;br /&gt;
   - des données collectées sur les sources les plus pertinentes à votre besoin (sources CCI, organismes publics INSEE, URSSAF, partenaires, ...) ;
   &lt;br /&gt;
   - de recherches documentaires (presse, web, rapports d&amp;#039;experts, études antérieures et documents d&amp;#039;urbanisme) ;
   &lt;br /&gt;
   - d&amp;#039;un repérage de projets qui entrent dans le périmètre de l&amp;#039;analyse.
   &lt;br /&gt;
@@ -9431,1085 +6818,1401 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    ÉTUDE D&amp;#039;IMPACT ÉCONOMIQUE DE VOTRE ÉQUIPEMENT OU ÉVÉNEMENT :
   &lt;/strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   Ce service s&amp;#039;adresse particulièrement aux organisateurs de manifestations, gestionnaires d&amp;#039;équipements, associations ou encore groupes d&amp;#039;acteurs publics pour analyser les retombées économiques d&amp;#039;un équipement ou événement.
   &lt;br /&gt;
   Il repose sur une méthodologie d&amp;#039;enquête avec la restitution d&amp;#039;un bilan.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Un entretien préalable avec votre conseiller CCI pour préciser vos besoins et définir le périmètre d&amp;#039;étude.
   &lt;br /&gt;
   Prestation sur devis.
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Innovation, créativité et recherche
 International
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/etude-sur-mesure-de-lactivite-economique</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/28e1-realiser-une-etude-sur-mesure-de-lactivite-ec/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>CCI FRANCE</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>22/07/2022</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-      <c r="A51" s="1">
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
+        <v>119887</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude d'implantation commerciale</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;attractivité de votre territoire passe par un développement coordonné et équilibré entre votre centre-ville et vos zones commerciales périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Mener une politique de développement commercial durable s&amp;#039;appuie sur des données fiables et objectives, et mobilise des outils et méthodes d&amp;#039;aide à la décision efficaces et adaptés à votre projet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI peut vous accompagner tout au long de votre projet d&amp;#039;implantation commerciale :
+ &lt;br /&gt;
+ - Vous disposez d&amp;#039;une vision stratégique du commerce sur votre territoire mais votre projet reste à clarifier ?
+ &lt;br /&gt;
+ - Vous disposez d&amp;#039;un local commercial, mais devez préciser son affectation ?
+ &lt;br /&gt;
+ - Vous souhaitez passer du projet à sa réalisation ?
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI vous propose :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une étude du potentiel commercial :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification des lieux de consommation sur votre territoire et analyse de l&amp;#039;environnement concurrentiel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observation des clientèles potentielles et des pratiques de consommation / Analyse du fonctionnement du marché local. Une enquête réalisée auprès des ménages peut venir compléter cette analyse pour préciser les besoins, les attentes, et les habitudes de consommation sur la zone de chalandise ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chiffrage des marchés potentiels et des marchés résiduels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Une analyse de faisabilité peut vous être proposée en complément pour affiner les conditions de rentabilité et de viabilité de votre projet d&amp;#039;implantation commerciale.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une aide et un conseil pour la mise en œuvre du projet
+ &lt;/strong&gt;
+ &lt;em&gt;
+  :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement à la sélection et au recrutement des candidats qui réaliseront le projet de développement du commerce, depuis la rédaction et la diffusion de l&amp;#039;offre jusqu&amp;#039;à l&amp;#039;analyse des candidatures
+  &lt;em&gt;
+   ;
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un suivi post-création peut être proposé au porteur de projet pour viabiliser le commerce
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Adressez-vous à votre CCI pour définir avec votre expert CCI le périmètre de votre étude d&amp;#039;implantation commerciale et obtenir un devis.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/etude-dimplantation-commerciale</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb15-realiser-une-etude-dimplantation-commerciale/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB34" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC34" s="1" t="inlineStr">
+        <is>
+          <t>CCI FRANCE</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>22/07/2022</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
         <v>119850</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Effectuer le diagnostic, l'accompagnement, le financement des entrepreneurs, commerçants, restaurateurs s’installant dans des locaux vacants (dont locaux communaux)</t>
         </is>
       </c>
-      <c r="C51" s="1" t="inlineStr">
+      <c r="C35" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Initiative France</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Ingénierie financière
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
 Prêt
-Ingénierie Juridique / administrative
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K51" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L51" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Initiative France est le 1er réseau associatif de financement et d&amp;#039;accompagnement des créateurs, repreneurs et développeurs d&amp;#039;entreprise. Les 206 associations du réseau accueillent les entrepreneurs, évaluent leur projet, le financent par un prêt d&amp;#039;honneur à taux 0 sans intérêt ni garantie demandée et accompagnent les entrepreneurs gratuitement en leur faisant bénéficier d&amp;#039;un soutien par d&amp;#039;autres chefs d&amp;#039;entreprises et en leur permettant d&amp;#039;accéder à un réseau économique local.
 &lt;/p&gt;
 &lt;p&gt;
  Dans un objectif commun de redynamisation économique et sociale des territoires,
  &lt;strong&gt;
   les associations accompagnent les collectivités pour identifier, financer et accompagner les porteurs de projet susceptibles de s&amp;#039;installer dans des locaux vides
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Participation au plan d&amp;#039;action de revitalisation des centres-villes et centres-bourgs
  &lt;/li&gt;
  &lt;li&gt;
   Recherche et identification de commerçants, artisans ou de restaurateurs pouvant s&amp;#039;installer dans des locaux vacants grâce à l&amp;#039;expertise du comité d&amp;#039;agrément : Composés d&amp;#039;experts bénévoles et de chefs d&amp;#039;entreprise locaux, le comité d&amp;#039;agrément décide de l&amp;#039;attribution d&amp;#039;un prêt d&amp;#039;honneur et de l&amp;#039;accompagnement des porteurs de projets, au moment du démarrage opérationnel de leur activité et pendant plusieurs années.
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de Boutiques à l&amp;#039;Essai avec la Fédération Nationale des Boutiques à l&amp;#039;Essai  ou Pop-up store
  &lt;/li&gt;
  &lt;li&gt;
   Appels à projets permettant d&amp;#039;identifier des commerçants/artisans pour répondre aux enjeux de structuration et dynamisation de zones commerciales en centres-villes ou centres-bourgs
  &lt;/li&gt;
  &lt;li&gt;
   Suivi renforcé des entrepreneurs et parrainage éventuel les premières années de la vie de l&amp;#039;entreprise
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M51" s="1" t="inlineStr">
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.cc-vallee-herault.fr/entreprendre/vie-economique/actualites-354/appel-a-projet-vous-avez-une-idee-une-envie-d-entreprise-3397.html?cHash&amp;#61;36793e3fcf0d0d459df4f0a3602188c4" rel="noopener" target="_blank"&gt;
    Appel à projet en vue d&amp;#039;une occupation de locaux vacants par des commerçants sur la commune de Gignac (Petite Ville de Demain)
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.initiative-seineyvelines.com/operation-ma-boutique-a-lessai.html" rel="noopener" target="_blank"&gt;
    Opération Ma boutique à l&amp;#039;essai à Bonnières-sur-Seine
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Commerces et services</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Voir la cartographie des associations du réseau Initiative France sur
   &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;effectuer" rel="noopener" target="_blank"&gt;
    https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;effectuer
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>julie.leveque@initiative-france.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0466-effectuer-le-diagnostic-laccompagnement-le-fi/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB35" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC35" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>15/07/2022</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C52" s="1" t="inlineStr">
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>119849</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'installation des créateurs, repreneurs, développeurs d'entreprise sur votre territoire par un fonds de prêt d'honneur et un accompagnement gratuit et qualifié</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D52" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="L52" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Prêt d'honneur</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;aide communale pour l&amp;#039;amélioration des points de vente de La Voulte-sur-Rhône permet d&amp;#039;aider les commerçants et artisans à moderniser, améliorer et mettre aux normes leurs boutiques situées sur la commune.
-[...5 lines deleted...]
- Cette aide est encadrée par un règlement qui précise le type de commerces et le type de travaux qui peuvent en bénéficier.
+ Initiative France est le 1er réseau associatif de financement et d&amp;#039;accompagnement des créateurs, repreneurs et développeurs d&amp;#039;entreprise. Les 206 associations du réseau accueillent les entrepreneurs, évaluent leur projet, le financent par un
+ &lt;strong&gt;
+  prêt d&amp;#039;honneur à taux 0 sans intérêt ni garantie demandée
+ &lt;/strong&gt;
+ et accompagnent les entrepreneurs en leur faisant bénéficier d&amp;#039;un soutien par d&amp;#039;autres chefs d&amp;#039;entreprises et en leur permettant d&amp;#039;accéder à un réseau économique local.
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce à son ancrage local et à ses valeurs de solidarité, le réseau Initiative France s&amp;#039;est toujours inscrit dans une forte dynamique de soutien au développement économique de l&amp;#039;ensemble des territoires. Les associations Initiative France contribuent efficacement à la création d&amp;#039;emplois, en favorisant et développant l&amp;#039;entrepreneuriat. Par leur participation active au développement et au renouvellement du tissu économique local via la création et la reprise d&amp;#039;entreprises, les associations aident les collectivités à rendre leur territoire plus attractif d&amp;#039;un point de vue économique et social.
+&lt;/p&gt;
+&lt;p&gt;
+ En abondant un fonds de prêt d&amp;#039;honneur, les collectivités donnent aux entrepreneurs des moyens solides de s&amp;#039;installer et de se développer sur leurs territoires et renforcent leurs chances de pérennité : 9 entreprises sur 10 soutenues par le réseau Initiative France passent avec succès le cap fatidique des 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, en participant au budget d&amp;#039;accompagnement des associations Initiative France, les collectivités contribuent à la création d&amp;#039;une offre de service adaptée et évolutive répondant aux besoins spécifiques de chaque territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M52" s="1" t="inlineStr">
-[...33 lines deleted...]
-      <c r="O52" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
-[...120 lines deleted...]
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Voir la cartographie des associations du réseau Initiative France sur
+  &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;faciliter" rel="noopener" target="_blank"&gt;
+   https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;faciliter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc4a-faciliter-linstallation-des-createurs-reprene/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB36" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC36" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>15/07/2022</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-[...347 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
+        <v>111625</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Revitaliser les commerces du territoire</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Ruralité</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L55" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I37" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J37" s="1" t="inlineStr">
+        <is>
+          <t>50% ou 70% maximum des dépenses HT selon la catégorie</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...58 lines deleted...]
-      <c r="N55" s="1" t="inlineStr">
+ Aide à la revitalisation commerciale du territoire, pour des études et prestations d&amp;#039;ingénierie, et des dépenses d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes et prestations d&amp;#039;ingénierie : 70% maximum des dépenses HT, plafonné à 15.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Autres dépenses d&amp;#039;investissement : 50% maximum des dépenses HT, plafonné à 150.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-PART-005 (CP du 16/01/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
-Attractivité économique</t>
-[...2 lines deleted...]
-      <c r="O55" s="1" t="inlineStr">
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="X55" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Chambre de Commerce et d&amp;#039;Industrie de la Drôme
-[...17 lines deleted...]
-   &lt;/a&gt;
+   Communes (118) et Intercommunalités (6) en périmètre de la ruralité en Essonne.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68bd-revitaliser-les-commerces-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
+        <v>104542</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Revitaliser votre centre-bourg : améliorer l'offre de logement et l'accès aux services et aux activités marchandes.</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Fonds régional de reconquête des centres-villes des villes moyennes et des centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Association
-[...3 lines deleted...]
-      <c r="H56" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I56" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de subvention par projet : 20 000 € étude 200 000€ investissement</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conforter leur rôle de centralité des villes moyennes, renforcer le maillage du territoire et leur permettre de faire face à des enjeux démographiques, économiques ou sociaux à venir.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est destinée à soutenir les communes ayant un rôle de centralité souhaitant revitaliser leur centre-bourg dans le but d&amp;#039;y améliorer l&amp;#039;offre de logement et l&amp;#039;accès aux services et aux activités marchandes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent les études stratégiques de revitalisation de centres bourgs ainsi que les investissements concernant des opérations de reconquête de centres bourgs;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exigences énergétiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations de rénovation de bâtiments : gain de 40% minimum d&amp;#039;énergie primaires par rapport à la situation avant travaux et atteinte de la classe C minimum pour les bâtiments à usage de logements;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations de constructions de bâtiments : atteinte du niveau passif minimum;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration de 4 critères de développement durable pour les opérations de construction et pour les opérations de réhabilitation parmi les dix critères listés dans le règlement d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>13/11/2020</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Liste des communes éligibles :
+ &lt;a href="https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs" rel="noopener" target="_blank"&gt;
+  https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt se fera par voie postale à :
+ &lt;br /&gt;
+ Mme la Présidente de la Région des Pays de la Loire
+ &lt;br /&gt;
+ Hôtel de Région
+ &lt;br /&gt;
+ 1, rue de la Loire
+ &lt;br /&gt;
+ 44 966 NANTES CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier devra comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coordonnées du maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coordonnées du gestionnaire de l&amp;#039;équipement concerné
+ &lt;/li&gt;
+ &lt;li&gt;
+  La présentation détaillée du projet (intitulé, descriptif, objectifs, etc.) de type avant-projet sommaire (APS)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les engagements du niveau de performance énergétique envisagé et critères de développement durable retenus ou étude thermique préalable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le budget prévisionnel de l&amp;#039;opération et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les loyers ou redevances qui seront exigés des occupants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les décisions de financement Etat (ou délégataire), les agréments règlementaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le calendrier prévisionnel des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération du porteur de projet approuvant le programme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des territoires et de la ruralité
+ &lt;br /&gt;
+ Service Relations aux collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Loire-Atlantique
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Tanguy RIOU
+ &lt;br /&gt;
+ Tél. 02 28 20 62 86
+ &lt;br /&gt;
+ tanguy.riou&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maine-et-Loire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Christelle Touchais-Pinon
+ &lt;br /&gt;
+ Tél. 02 41 68 70 78
+ &lt;br /&gt;
+ Christelle.TOUCHAIS-PINON&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mayenne
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dominique Chanteau-Nogues
+ &lt;br /&gt;
+ Tél. 02 43 67 22 80
+ &lt;br /&gt;
+ Dominique.CHANTEAU-NOGUES&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sarthe
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dominique Chanteau-Nogues
+ &lt;br /&gt;
+ Tél. 02 43 67 22 80
+ &lt;br /&gt;
+ dominique.chanteau-nogues&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vendée
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Tanguy RIOU
+ &lt;br /&gt;
+ Tél. 02 28 20 62 86
+ &lt;br /&gt;
+ tanguy.riou&amp;#64;paysdelaloire.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c9e-fonds-regional-de-reconquete-des-centres-vill/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
+        <v>98862</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Créer, maintenir ou développer un service de proximité</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif de cette aide est d&amp;#039;assurer la création, le maintien ou le développement d&amp;#039;un service nécessaire à la
+ satisfaction de la population en milieu rural, lorsque l&amp;#039;initiative privée est défaillante
+ ou insuffisante.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités concernées sont les services suivants : commerce de bouche,
+ épicerie, multiservices, bar-café, station-service, restaurants et distributeurs
+ bancaires lorsque l&amp;#039;essentiel de leurs prestations s&amp;#039;adresse à la population locale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer dans une commune de moins de 3.500 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  construction et aménagement de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements extérieurs hors plantations et éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  matériel immobilier par destination (four, chambre froide...) nécessaire à
+   l&amp;#039;exercice normal du métier
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobilier, matériel informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  achat de consommables
+ &lt;/li&gt;
+ &lt;li&gt;
+  prix du terrain non bâti et frais de notaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  achat du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection des dossiers :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation d&amp;#039;un plan d&amp;#039;action et d&amp;#039;un budget prévisionnel sur 3 ans permettant
+   d&amp;#039;évaluer la viabilité de l&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Absence d&amp;#039;initiative privée au sein de la même commune sur le même type
+   d&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démarches engagées pour la location-gérance du futur service ou possibilité de
+   l&amp;#039;assurer par un agent public identifié
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche des cofinancements Région et/ou Etat et/ou Europe (FEADER ou
+   FEDER notamment)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/services-de-proximite</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Aménagement Durable / Direction Appui aux Collectivités Territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Maryvonne Bedos, Secrétaire de direction
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:maryvonne.bedos&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  maryvonne.bedos&amp;#64;aude.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.64.82
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dea4-creer-maintenir-ou-developper-un-service-de-p/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC39" s="1" t="inlineStr">
+        <is>
+          <t>Département de l'Aude</t>
+        </is>
+      </c>
+      <c r="AD39" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>28/07/2021</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
+        <v>103472</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Aménager et équiper des cafés musicaux et culturels</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Investissement culturel - Aide à l’aménagement et à l'équipement des cafés musicaux et culturels</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L56" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif de soutien s&amp;#039;adresse aux cafés situés en Île-de-France, proposant une programmation musicale et culturelle, qui souhaitent faire des travaux d&amp;#039;aménagement ou des acquisitions d&amp;#039;équipement.
 &lt;/p&gt;
 &lt;p&gt;
  Les établissements situés en grande couronne ou dans des zones rurales ou périurbaines, ou dans des villes de moins de 20 000 habitants, seront prioritairement soutenus.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Taux et montant de l&amp;#039;aide : L&amp;#039;aide prend la forme d&amp;#039;une subvention en investissement. La région peut intervenir jusqu&amp;#039;à 70% de votre budget d&amp;#039;investissement, dans la limite de 50 000€ de dépenses éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M56" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif permet de soutenir les projets d&amp;#039;aménagements, de travaux ou d&amp;#039;équipements pour des cafés musicaux et culturels dont le classement ERP correspond à la qualification N ou L, de catégories IV et V (jauges inférieures à 300 places), relevant notamment de la convention collective des HCR (Hôtels, Cafés et Restaurants), et justifiant d&amp;#039;une programmation artistique et culturelle (concerts, spectacles...) réalisée dans des conditions professionnelles, dans le respect des règlementations en vigueur, notamment sur les plans sociaux (emploi des artistes via le GUSO ou en lien avec le GIP cafés culture) et de la sécurité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Commerces et services</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires : Ce dispositif de soutien s&amp;#039;adresse à toutes personnes morales de droit public ou privé, ayant leur siège social et leur activité en Ile-de-France et justifiant d&amp;#039;au moins un an d&amp;#039;existence.
 &lt;/p&gt;
 &lt;p&gt;
  Les bénéficiaires concernés devront justifier d&amp;#039;une aide à l&amp;#039;emploi du GIP Cafés cultures dont la Région Ile-de-France est membre
  , ou bien du respect des règlementations en vigueur notamment en ce qui concerne les conditions de rémunération des artistes.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appel à projet est permanent. Nous vous remercions de nous contacter par mail avant de déposer votre demande. Les dossiers seront instruits uniquement de manière dématérialisée.
 &lt;/p&gt;
 &lt;p&gt;
  La demande devra obligatoirement comporter :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un courrier officiel de demande de subvention daté et motivé, adressé à la Présidente du Conseil Régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Une description de votre programmation culturelle ;
  &lt;/li&gt;
  &lt;li&gt;
   Le descriptif détaillé des travaux (plans et surfaces) ;
  &lt;/li&gt;
  &lt;li&gt;
@@ -10520,1296 +8223,1298 @@
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;attestation de non commencement des travaux avant le vote de la subvention ou la demande motivée de démarrage anticipée ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;attestation concernant l&amp;#039;assujettissement à la TVA* ;
  &lt;/li&gt;
  &lt;li&gt;
   Les bilans et comptes de résultat du dernier exercice ;
  &lt;/li&gt;
  &lt;li&gt;
   La charte régionale des valeurs de la république et de la laïcité signée, uniquement pour les structures privées* ;
  &lt;/li&gt;
  &lt;li&gt;
   La lettre d&amp;#039;engagement concernant l&amp;#039;accueil de stagiaires dans le cadre de la mesure « 100 000 stages pour les jeunes franciliens »* ;
  &lt;/li&gt;
  &lt;li&gt;
   Le RIB de la structure ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Des modèles pour les documents suivis d&amp;#039;un astérisque sont téléchargeables sur le site de la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-lamenagement-et-lequipement-des-cafes-musicaux-et-culturels</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Christine Vacher :
  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
   christine.vacher&amp;#64;iledefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les demandes doivent être faites sur la plateforme dédiée de la Région :
  &lt;a rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b457-investissement-culturel-aide-a-lamenagement-e/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB40" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>30/08/2021</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-      <c r="A57" s="1">
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
         <v>80363</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Libérer l’initiative économique dans les territoires</t>
         </is>
       </c>
-      <c r="C57" s="1" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Association pour le Droit à l'Initiative Economique (ADIE)</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Particulier</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative
-Ingénierie technique
 Ingénierie financière
-Prêt</t>
-[...7 lines deleted...]
-      <c r="L57" s="1" t="inlineStr">
+Prêt
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   favoriser la création ou le développement d&amp;#039;entreprises sur votre territoire en communiquant sur les aides accessibles aux créateurs d&amp;#039;entreprise,
  &lt;/li&gt;
  &lt;li&gt;
   faciliter l&amp;#039;accès à l&amp;#039;emploi, grâce à la mobilité (achat, réparation de véhicule) des usagers de votre territoires.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;ADIE propose partout en France métropolitaine et Outre-mer (au moyen de ses 158 antennes et 292 permanences), pour les personnes n&amp;#039;ayant pas accès au crédit bancaire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un  financement  sous  la  forme  d&amp;#039;un  microcrédit  professionnel  remboursable  (en  moyenne  d&amp;#039;un montant de 4700€) pouvant aller jusqu&amp;#039;à 10 000 euros (15 000 euros en Outre-mer) pour financer la création  ou  le  développement  de  son  entreprise,  quel  que  soit  le  secteur  d&amp;#039;activité  (artisanat, commerces  de  proximité,  restauration,  service  à  la  personne,  agriculture,  culture,  BTP,  etc)  et  son statut juridique;
  &lt;/li&gt;
  &lt;li&gt;
   Un financement sous la forme d&amp;#039;un microcrédit personnel remboursable pouvant aller jusqu&amp;#039;à 5000 euros pour financer un besoin de mobilité (permis, achat ou réparation de véhicule);
  &lt;/li&gt;
  &lt;li&gt;
   Un  accompagnement  personnalisé  grâce  à  des  services  de formations  gratuites,  de  conseils  et  de coaching  personnalisé  avant,  pendant  et  après  la  création  d&amp;#039;entreprise  (notamment  sur  le  volet administratif, financier, commercial et juridique);
  &lt;/li&gt;
  &lt;li&gt;
   Un plaidoyer en faveur de l&amp;#039;évolution de la législation sur l&amp;#039;entrepreneuriat, la protection des micro-entrepreneurs et l&amp;#039;inclusion bancaire des plus fragiles.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M57" s="1" t="inlineStr">
+      <c r="M41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Découvrez quelques exemples de personnes accompagnées :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.adie.org/a-la-une/" rel="noopener" target="_blank"&gt;
   https://www.adie.org/a-la-une/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="W57" s="1" t="inlineStr">
+      <c r="W41" s="1" t="inlineStr">
         <is>
           <t>https://www.adie.org</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Adie couvre toutes les régions de France.
 &lt;/p&gt;
 &lt;p&gt;
  Pour en savoir plus contacter :
   partenariat&amp;#64;adie.org
 &lt;/p&gt;
 &lt;p&gt;
  Retrouverez ici la liste des antennes de l&amp;#039;Adie :
  &lt;a href="https://www.adie.org/nos-agences/"&gt;
   https://www.adie.org/nos-agences/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c827-liberer-linitiative-economique-dans-les-terri/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB41" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC41" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2021</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G58" s="1" t="inlineStr">
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
+        <v>89215</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>ADEFPAT</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
-Collectivité d’outre-mer à statut particulier
-[...14 lines deleted...]
-      <c r="L58" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Banque des Territoires aide les collectivités à la mise en place de foncières dédiées à la revitalisation des cœurs de ville.
-[...2 lines deleted...]
- Cette offre vous accompagne dans les opérations de restructuration immobilière des commerces et dans la création de locaux d&amp;#039;activités. Elle se caractérise par :
+ La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  un soutien en ingénierie
-[...12 lines deleted...]
-          <t>Commerces et services
+  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des avancées concrètes dans la réalisation du projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La favorisation de l&amp;#039;ancrage territorial et professionnel
+   du projet dans son environnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des projets :
+  Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tiers lieux
+&lt;/p&gt;
+&lt;p&gt;
+ Projet alimentaire de territoire
+&lt;/p&gt;
+&lt;p&gt;
+ stratégie de developpement touristique
+&lt;/p&gt;
+&lt;p&gt;
+ équipement de loisir, touristique,
+&lt;/p&gt;
+&lt;p&gt;
+ atelier de découpe transformation
+&lt;/p&gt;
+&lt;p&gt;
+ mobilisation des acteurs : bourg centre, services aux publics,...
+&lt;/p&gt;
+&lt;p&gt;
+ boutique école
+&lt;/p&gt;
+&lt;p&gt;
+ petits commerces
+&lt;/p&gt;
+&lt;p&gt;
+ installation d&amp;#039;artisans
+&lt;/p&gt;
+&lt;p&gt;
+ Politiques et actions d&amp;#039;accueil de nouvelle population
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
 Revitalisation
-Logement et habitat</t>
-[...2 lines deleted...]
-      <c r="O58" s="1" t="inlineStr">
+Innovation, créativité et recherche
+Bâtiments et construction
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="X58" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adefpat.fr</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...34 lines deleted...]
-      <c r="AA58" s="1" t="inlineStr">
+ contact&amp;#64;adefpat.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 63 36 20 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.dupre@adefpat.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB42" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AD42" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2021</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
         <v>56456</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Obtenir une minoration foncière dans le cadre de projets "Petites Villes de Demain" ou "Action Cœur de Ville"</t>
         </is>
       </c>
-      <c r="C59" s="1" t="inlineStr">
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
-[...2 lines deleted...]
-Subvention
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie Juridique / administrative
+Ingénierie financière
 Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="I59" s="1" t="inlineStr">
+Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="J59" s="1" t="inlineStr">
+      <c r="J43" s="1" t="inlineStr">
         <is>
           <t>Minoration de 25% du prix de cession HT, cumulable à une ou plusieurs minorations</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L59" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
  : Les projets de revitalisation de centres villes portent sur des fonciers complexes rendant difficile la réalisation des projets. Afin d&amp;#039;accompagner les projets &amp;#34;Petites Villes de Demain&amp;#34; et  &amp;#34;Actions Cœur de Ville&amp;#34; sur le volet foncier, une prise en charge spécifique du prix de revient peut intervenir, complémentairement à une ou plusieurs minorations foncières (logement aidé, recyclage foncier-travaux préparatoires, valorisation du patrimoine bâti, réhabilitation habitat).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  -    Les opérations éligibles sont celles situées dans un périmètre d&amp;#039;opération de revitalisation de territoire (ORT), liés aux conventions &amp;#34;Petites Villes de Demain&amp;#34; ou &amp;#34;Action Cœur de Ville&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  -    Minoration de 25% du prix de revient HT, complémentairement à une ou plusieurs minorations, dans la limite de 50% du prix de revient HT.
 &lt;/p&gt;
 &lt;p&gt;
  -    Attribution de la minoration pour des projets entrant dans le cadre du PPI (sauf opération bénéficiant d&amp;#039;un bail emphytéotique EPFLO).
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Friche
 Foncier
 Commerces et services
 Revitalisation
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P59" s="1" t="inlineStr">
+      <c r="P43" s="1" t="inlineStr">
         <is>
           <t>06/12/2023</t>
         </is>
       </c>
-      <c r="Q59" s="1" t="inlineStr">
+      <c r="Q43" s="1" t="inlineStr">
         <is>
           <t>31/12/2028</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.epflo.fr/</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
 &lt;/p&gt;
 &lt;p&gt;
  Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>benjamin.sautjeau@epflo.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/560e-recyclage-foncier-et-friches/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB43" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC43" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-[...21 lines deleted...]
-      <c r="G60" s="1" t="inlineStr">
+    <row r="44" spans="1:34" customHeight="0">
+      <c r="A44" s="1">
+        <v>144501</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir le dernier commerce ou service marchand en milieu rural</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
-Entreprise privée</t>
-[...12 lines deleted...]
-      <c r="L60" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 250 000 € HT</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département des Landes
+soutient, au titre de la solidarité territoriale, les projets d’investissement
+des collectivités, de leurs groupements et de leurs établissements publics,
+destinés à développer et à améliorer les services publics de proximité afin de
+favoriser un développement équilibré des territoires. &lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;Ce dispositif soutient le maintien du tissu économique de proximité dans
+les zones rurales afin de permettre, lorsque l’initiative privée est
+défaillante et en l’absence de concurrence de proximité, le maintien ou
+l’installation des entreprises de services marchands nécessaires aux besoins de
+la population. &lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Typologies
+d’opérations/ de projets éligibles :&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;Sont susceptibles d’être subventionnés les projets
+d’investissements locaux ou structurants visant à la réhabilitation,
+l’aménagement ou la construction de locaux à usages de commerces et services
+marchands (commerces, services essentiels...) portés par des collectivités en
+raison de la défaillance du secteur privé. &lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Dépenses
+éligibles du projet :&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;Sont éligibles les dépenses de construction ou de
+réhabilitation de locaux à usage de commerces ou services marchands et les dépenses de
+maîtrise d’œuvre associées. &lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif est lié à la carence de services privés, il
+est donc nécessaire de fournir :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une étude décrivant le besoin pour la
+population locale et la carence privée dans le secteur de proximité (10 minutes,
+10 km) pour le service considéré, du service marchand envisagé et une étude démontrant
+la viabilité économique du projet et l’absence de distorsion de concurrence,&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;
+un contrat de reprise de commerce ou
+un projet d’installation étudié avec le repreneur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/creation-ou-renovation-dun-batiment-accueillant-le-dernier-commerce-ou-service-marchand-en-milieu</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.landes.fr/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;attractivité de votre territoire passe par un développement coordonné et équilibré entre votre centre-ville et vos zones commerciales périurbaines.
-[...16 lines deleted...]
-&lt;/p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 40&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6040-maintenir-le-tissu-economique-de-proximite-da/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
+        <v>49782</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le développement économique du centre-ville en développant le commerce local</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités dans leur volonté d&amp;#039;évolution et de redynamisation de leur centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre projet concerne la création de commerces de proximité et / ou la création d&amp;#039;une société de portage d&amp;#039;immeuble intégrant des commerces, la Banque des Territoires vous propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un accompagnement en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  du conseil à la structuration de sociétés de portage d&amp;#039;immeubles
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les sociétés immobilières ad hoc qui donnent à bail les murs de magasin aux exploitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les Sociétés d&amp;#039;Economie Mixte opératrices d&amp;#039;un projet « commerces ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=dev_eco_centreville_psat</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Une étude du potentiel commercial :
+  Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Identification des lieux de consommation sur votre territoire et analyse de l&amp;#039;environnement concurrentiel ;
-[...20 lines deleted...]
- &lt;/em&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bca7-promouvoir-le-developpement-economique-du-cen/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB45" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC45" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2020</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:34" customHeight="0">
+      <c r="A46" s="1">
+        <v>45613</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le développement commercial et l’attractivité économique des cœurs de ville</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires aide les collectivités à la mise en place de foncières dédiées à la revitalisation des cœurs de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vous accompagne dans les opérations de restructuration immobilière des commerces et dans la création de locaux d&amp;#039;activités. Elle se caractérise par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Accompagnement à la sélection et au recrutement des candidats qui réaliseront le projet de développement du commerce, depuis la rédaction et la diffusion de l&amp;#039;offre jusqu&amp;#039;à l&amp;#039;analyse des candidatures
-[...16 lines deleted...]
-      <c r="N60" s="1" t="inlineStr">
+  un soutien en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  des prises de participations en fonds propres et quasi-fonds propres
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement en fonds propres et quasi-fonds propres de SEM et filiales de SEM intégrant une activité de foncière de redynamisation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
-Economie locale et circuits courts
-[...4 lines deleted...]
-      <c r="O60" s="1" t="inlineStr">
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U60" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
-[...106 lines deleted...]
-      <c r="R61" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Crea_foncieres_locale_ps</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Les entreprises éligibles
+  Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Les opérations éligibles
+  Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...57 lines deleted...]
-      <c r="AA61" s="1" t="inlineStr">
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b76-developper-des-foncieres-locales-repondant-a-/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC46" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG46" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2020</t>
+        </is>
+      </c>
+      <c r="AH46" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-[...26 lines deleted...]
-      <c r="H62" s="1" t="inlineStr">
+    <row r="47" spans="1:34" customHeight="0">
+      <c r="A47" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I62" s="1" t="inlineStr">
-[...374 lines deleted...]
-      <c r="I65" s="1" t="inlineStr">
+      <c r="I47" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J65" s="1" t="inlineStr">
+      <c r="J47" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L65" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -11837,945 +9542,719 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P65" s="1" t="inlineStr">
+      <c r="P47" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q65" s="1" t="inlineStr">
+      <c r="Q47" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  • Les projets relevant des typologies suivantes sont prioritaires :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations favorisant le développement des mobilités douces ou partagées,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique des logements communaux à vocation sociale,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  • Sont aussi éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
 &lt;/p&gt;
 &lt;p&gt;
  - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
 &lt;/p&gt;
 &lt;p&gt;
  - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation de structure des ouvrages d&amp;#039;art.
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T47" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail : subventions.dmit&amp;#64;gers.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB47" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC47" s="1" t="inlineStr">
+        <is>
+          <t>Département du Gers</t>
+        </is>
+      </c>
+      <c r="AE47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG47" s="1" t="inlineStr">
+        <is>
+          <t>19/11/2019</t>
+        </is>
+      </c>
+      <c r="AH47" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-[...325 lines deleted...]
-      <c r="A68" s="1">
+    <row r="48" spans="1:34" customHeight="0">
+      <c r="A48" s="1">
         <v>162482</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
         </is>
       </c>
-      <c r="C68" s="1" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="F68" s="1" t="inlineStr">
+      <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H68" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I68" s="1" t="inlineStr">
+      <c r="I48" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J68" s="1" t="inlineStr">
+      <c r="J48" s="1" t="inlineStr">
         <is>
           <t>1 € de cofinancement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L68" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
 (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
 département de la Manche. Les communautés de communes Coutances mer et bocage
 et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
 prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
 Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
 européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
 Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
 Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
 de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Les bénéficiaires
 peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
 sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Les actions
 doivent être innovantes et répondre à la stratégie du territoire : “ Agir
 ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;4 axes de
 développement ont été retenu pour l’élaboration des fiches actions, auxquelles
 les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M68" s="1" t="inlineStr">
+      <c r="M48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
 à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
 la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
 d’améliorer l’offre de services médicaux, par exemple en attirant des
 professionnels de santé médicale ou paramédicale en leur proposant des
 conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
 maintenant la vitalité des communes, en lien avec les commerces et services
 (marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
 cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;span&gt;Les actions facilitant l’accès aux services et
 activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Santé</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P68" s="1" t="inlineStr">
+      <c r="P48" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q68" s="1" t="inlineStr">
+      <c r="Q48" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
 sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
 actions permettant d’améliorer les offres de services et d’activités sur le
 territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
 notamment de mieux accompagner la population vieillissante, avec des offres au
 plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
 administratifs. De plus, cela améliorera l’attractivité du territoire, et
 contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
 nouvelles technologies de l’information et de la communication, le maintien et
 le développement des structures de santé, les services relatifs à l’accueil de
 la petite enfance et des nouveaux habitants, les services d’insertion,
 formation et emploi, les services pour développer des nouvelles formes de
 travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
 les services administratifs, les services améliorant la vie des personnes âgées
 et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Véhiculer une
 image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Accueillir des
 familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Contribuer au
 développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Conserver et
 développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Rendre accessible
 les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Développer
 l’accès et la formation au numérique&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
 animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
 là pour vous aider à finaliser votre projet, vous orienter sur les aides
 disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
 communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
 Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
 GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
 JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB48" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une crèche
+Création d’une maison de santé
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC48" s="1" t="inlineStr">
+        <is>
+          <t>Coutances mer et bocage</t>
+        </is>
+      </c>
+      <c r="AD48" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG48" s="1" t="inlineStr">
+        <is>
+          <t>11/04/2024</t>
+        </is>
+      </c>
+      <c r="AH48" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="49" spans="1:34" customHeight="0">
+      <c r="A49" s="1">
         <v>154985</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Développer une attractivité du territoire ciblée, soutenable et créatrice de liens</t>
         </is>
       </c>
-      <c r="C69" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H69" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I69" s="1" t="inlineStr">
+      <c r="I49" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L69" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La démographie du périmètre du GAL Alsace centrale démontre plusieurs phénomènes : une croissance démographique sur une majeure partie du territoire et une perte d&amp;#039;habitants sur le territoire de la Communauté de communes du Val d&amp;#039;Argent. Ces caractéristiques démographiques posent la question suivantes : « Comment soutenir et adapter les services et les équipements de proximité aux besoins des populations et à la capacité du territoire ?  »
 &lt;/p&gt;
 &lt;p&gt;
  Parallèlement, certaines parties du territoire sont engagées dans les dispositifs Petites Villes de Demain,  Action cœur de ville et d&amp;#039;ORT (CC Vallée de Villé, CC du Val d&amp;#039;Argent, CC du Ried de Marckolsheim, CC de Sélestat, Villé, Marckolsheim) et s&amp;#039;attachent à des sujets comme le logement et le commerce dans les centres-bourgs. Il a été identifié durant les ateliers participatifs menés dans le cadre de la candidature LEADER, un besoin autour de la poursuite et du renforcement de ces actions pour créer du lien social, du lien entres les acteurs du territoire, promouvoir les initiatives locales, solidaires et dynamiser les centralités et les cœurs de villages.
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs le tourisme représente une activité importante pour l&amp;#039;économie de l&amp;#039;Alsace Centrale dont les principaux atouts sont le patrimoine historique, architectural et naturel.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M69" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1.	Soutenir les actions visant la mise en réseau des commerces et des artisans pour améliorer leur visibilité et/ou trouver des repreneurs
 &lt;/p&gt;
 &lt;p&gt;
  2.	Soutenir l&amp;#039;émergence et le développement d&amp;#039;initiatives de l&amp;#039;économie circulaire et de l&amp;#039;économie de la fonctionnalité
 &lt;/p&gt;
 &lt;p&gt;
  3.	Soutenir la création et le développement de tiers lieux, d&amp;#039;espaces de travail partagés, de fablab, dans le cadre de l&amp;#039;économie sociale et solidaire
 &lt;/p&gt;
 &lt;p&gt;
  4.	Soutenir les projets de commerces et de services solidaires, (non lucratif doté d&amp;#039;intérêt général) et/ou relevant de l&amp;#039;économie sociale et solidaire
 &lt;/p&gt;
 &lt;p&gt;
  5.	Soutenir les évènements et les festivités vecteurs de lien social et/ou intergénérationnels au sein des communes
 &lt;/p&gt;
 &lt;p&gt;
  6.	Action d&amp;#039;animation en faveur de la sauvegarde et du développement de la vie associative du territoire
 &lt;/p&gt;
 &lt;p&gt;
  7.	Soutenir des actions de promotion et/ou de mise en réseau des acteurs du tourisme vert ;
 &lt;/p&gt;
 &lt;p&gt;
  8.	Accompagner la création d&amp;#039;hébergements touristiques écoresponsables ou l&amp;#039;amélioration des hébergements touristiques existants dans une démarche écoresponsable (équipements, aménagements, démarches de labélisation)
 &lt;/p&gt;
 &lt;p&gt;
  9.	Soutenir les projets de mise en valeur et/ou de restauration du patrimoine culturel public ou privé, bâti ou non bâti, inscrit ou non protégé, et pour lesquels  des actions de médiation envers le public doivent être organisées au moins une fois par an.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Lutte contre la précarité
 Artisanat
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R69" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://selestat-alsace-centrale.fr/leader/</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>camille.pairault@petr-selestat.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb08-developper-une-attractivite-du-territoire-cib/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB49" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité
+Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC49" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="AE49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG49" s="1" t="inlineStr">
+        <is>
+          <t>22/11/2023</t>
+        </is>
+      </c>
+      <c r="AH49" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-      <c r="A70" s="1">
+    <row r="50" spans="1:34" customHeight="0">
+      <c r="A50" s="1">
         <v>77080</v>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets Petites villes de demain</t>
         </is>
       </c>
-      <c r="C70" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Tourisme Ingénierie Développement</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Soutien aux programmes Petites Villes de Demain</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G70" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L70" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires propose un accompagnement financier pour les collectivités locales, les Sociétés d&amp;#039;Economie Mixte (SEM) et les Entreprises Publiques Locales (EPL) afin de soutenir les projets Petites Villes de demain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Cet accompagnement peut prendre la forme :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;un cofinancement d&amp;#039;études préalables pour évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;un cofinancement d&amp;#039;études de structuration du montage juridique et financier;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;une prise de participation en fonds propres et quasi-fonds propres dans les sociétés de projet et SEM aménageurs ou opératrices.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets éligibles peuvent concerner :
  &lt;/strong&gt;
@@ -12789,657 +10268,569 @@
  &lt;/li&gt;
  &lt;li&gt;
   La création de foncières locales spécialisées pour le commerce
  &lt;/li&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;infrastructures numériques et de services innovants
  &lt;/li&gt;
  &lt;li&gt;
   La mise en place de tiers lieux, d&amp;#039;immobilier d&amp;#039;activités ou le soutien du commerce de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Le développement de programmes alimentaires territoriaux et des circuits courts
  &lt;/li&gt;
  &lt;li&gt;
   Le traitement des friches
  &lt;/li&gt;
  &lt;li&gt;
   Le maintien d&amp;#039;une offre médicale de proximité et de structures d&amp;#039;accueil des personnes âgées
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Friche
 Personnes âgées
 Commerces et services
 Economie locale et circuits courts
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T70" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-petites-villes-de-demain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_pvd_osat</t>
         </is>
       </c>
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire" rel="noopener" target="_blank"&gt;
    &lt;strong&gt;
     Contactez-nous à travers notre formulaire de contact
    &lt;/strong&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z70" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8b33-soutenir-les-projets-petites-villes-de-demain/</t>
         </is>
       </c>
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB50" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC50" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG50" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2021</t>
+        </is>
+      </c>
+      <c r="AH50" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C71" s="1" t="inlineStr">
+    <row r="51" spans="1:34" customHeight="0">
+      <c r="A51" s="1">
+        <v>163834</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projet de coopération</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H71" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I71" s="1" t="inlineStr">
+      <c r="I51" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J71" s="1" t="inlineStr">
+      <c r="J51" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K71" s="1" t="inlineStr">
-[...150 lines deleted...]
-      <c r="L72" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTRIBUTIONS AUX OBJECTIFS DE LA STRATEGIE :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La coopération constitue l’un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d’innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d’autres territoires, nationaux ou européens, et à favoriser les recherches d’expériences, de pratiques, de savoir-faire.&lt;br /&gt;La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s’enrichir de l’expérience de partenaires, acquérir de nouvelles compétences, favoriser l’échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.&lt;br /&gt;Les effets attendus sont d’apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l’ouverture vers l’extérieur.&lt;br /&gt;La coopération peut prendre les formes suivantes :&lt;br /&gt;- La coopération « interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;br /&gt;- La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu’avec des territoires de pays tiers (hors UE)&lt;strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M72" s="1" t="inlineStr">
+      <c r="M51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en oeuvre d’actions de coopération doit constituer un levier pour répondre à l’ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d’action.&lt;/p&gt;&lt;p&gt;Seront soutenues :&lt;/p&gt;&lt;p&gt;- La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d’actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d’un partenariat, organisation de réunions…&lt;/p&gt;&lt;p&gt;- La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire&lt;/p&gt;&lt;p&gt;Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en oeuvre conjointement par les partenaires, assorties d’objectifs de résultats clairement définis pour les partenaires et les territoires concernés.&lt;/p&gt;&lt;p&gt;Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :&lt;/p&gt;&lt;p&gt;Services et équipements de proximité, sport, culture, loisirs, santé, patrimoine, tourisme, mobilité, circuits de proximité, transition énergétique et économie locale.&lt;/p&gt;&lt;p&gt;La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s’ouvrir à d’autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Transition énergétique
 Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Biodiversité
 International
 Attractivité économique
 Artisanat
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P72" s="1" t="inlineStr">
+      <c r="P51" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q72" s="1" t="inlineStr">
+      <c r="Q51" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;Un accord de partenariat (ou projet d’accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W72" s="1" t="inlineStr">
+      <c r="W51" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-locale/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB51" s="1" t="inlineStr">
+        <is>
+          <t>Création de jardins partagés
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC51" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="AD51" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG51" s="1" t="inlineStr">
+        <is>
+          <t>15/11/2024</t>
+        </is>
+      </c>
+      <c r="AH51" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H73" s="1" t="inlineStr">
+    <row r="52" spans="1:34" customHeight="0">
+      <c r="A52" s="1">
+        <v>163833</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie locale</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I73" s="1" t="inlineStr">
-[...65 lines deleted...]
-      <c r="N73" s="1" t="inlineStr">
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J52" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat est un territoire où l’agriculture et les entreprises artisanales participent encore majoritairement aux fondements de l’économie locale. Pour maintenir et développer l’activité, les acteurs veulent travailler sur la valorisation des savoir-faire et des produits auprès de la population et des visiteurs.&lt;br /&gt;Pour cela, les opérations liées à cette fiche permettront le développement des circuits de proximité et la commercialisation de produits de terroir et artisanaux ainsi que la construction d’une identité territoriale cohérente et complète.&lt;br /&gt;Par ailleurs, les résultats du diagnostic territorial montrent que les évolutions des habitudes d’achat nuisent aux commerces de proximité. On constate également une baisse de fréquentation des marchés et l’essoufflement des Unions Commerciales qui animaient les centre villes. Le tissu artisanal et commercial reste fragile (reprises et créations en perte de vitesse).&lt;br /&gt;Dans ce contexte, le Pays Vitryat désire redynamiser l’artisanat et le commerce&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Valoriser le patrimoine alimentaire/ développer une identité alimentaire&lt;br /&gt;- Mettre en valeur les productions locales et promouvoir les marchés locaux&lt;br /&gt;- Remobiliser les réseaux de commerçants&lt;br /&gt;- Structurer et renforcer l’offre commerciale existante&lt;br /&gt;- Faciliter l’accès à l’emploi et à la formation&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- Augmentation du nombre de producteurs locaux et/ ou artisans impliqués dans une démarche de valorisation au titre de la présente fiche action&lt;br /&gt;- Ouverture de nouveaux commerces&lt;br /&gt;- Augmentation du nombre de création d’entreprises&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER offre une précieuse plus-value en soutenant efficacement l&amp;#039;économie locale à travers diverses actions, notamment en favorisant la structuration de filières courtes par la mise en réseau des acteurs. Cette approche facilite la collaboration entre les différents acteurs impliqués dans les filières, tels que les producteurs, les transformateurs et les distributeurs, créant ainsi une chaîne d&amp;#039;approvisionnement plus efficace et responsable.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par la promotion des filières courtes, le programme LEADER contribue à réduire l&amp;#039;empreinte écologique en diminuant les distances parcourues par les produits, ce qui permet une gestion plus durable des ressources et une réduction des émissions de carbone. De plus, cette approche renforce la résilience des économies locales en limitant leur dépendance vis-à-vis des marchés internationaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En mettant en réseau les artisans et les commerçants, LEADER stimule la coopération et l&amp;#039;échange d&amp;#039;expertise entre ces professionnels locaux. Cette mise en relation favorise l&amp;#039;émergence de synergies, encourageant ainsi l&amp;#039;innovation et la création de nouvelles opportunités commerciales.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le soutien de LEADER aux initiatives locales renforce la visibilité des produits et services artisanaux, favorisant ainsi la préservation des savoir-faire traditionnels et la transmission des métiers ancestraux. Cela permet également de préserver le patrimoine culturel tout en dynamisant le tissu économique local.&lt;/p&gt;&lt;p&gt;En consolidant les réseaux d&amp;#039;acteurs locaux, le programme LEADER contribue à créer des emplois durables et à renforcer la cohésion sociale dans le Pays Vitryat. La mutualisation des ressources et des compétences offre des opportunités de croissance économique plus équitables et inclusives.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La valorisation des savoir-faire, du patrimoine alimentaire, des filières courtes et la redynamisation de l’artisanat et du commerce du Pays Vitryat : &lt;/p&gt;&lt;p&gt;- Actions d’information, d’animation, de communication, de sensibilisation et/ou de développement d’évènementiels&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisation&lt;br /&gt;- Toute étude sur l’offre et les besoins des consommateurs, des usagers et des entreprises&lt;br /&gt;- Création et développement de points de vente fixes ou itinérants (dont acquisition et aménagement de véhicules professionnels) destinés à maintenir ou compléter l&amp;#039;offre de commerces du territoire&lt;br /&gt;- Soutien au développement d’une offre d’approvisionnement de la restauration collective&lt;br /&gt;- Investissements permettant la production et la transformation de produits alimentaires hors agriculteur et groupement d’agriculteur&lt;br /&gt;- Soutien à la création, à la réhabilitation et à l’aménagement de potagers et vergers collectifs&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
-Technologies numériques et numérisation
-[...88 lines deleted...]
-      <c r="AA73" s="1" t="inlineStr">
+Economie locale et circuits courts
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-3/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB52" s="1" t="inlineStr">
+        <is>
+          <t>Création de jardins partagés
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC52" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="AD52" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG52" s="1" t="inlineStr">
+        <is>
+          <t>15/11/2024</t>
+        </is>
+      </c>
+      <c r="AH52" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="53" spans="1:34" customHeight="0">
+      <c r="A53" s="1">
         <v>139428</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Redynamiser mon centre-ville</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
-[...2 lines deleted...]
-Ingénierie financière
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
 Ingénierie Juridique / administrative
-Autre aide financière</t>
-[...7 lines deleted...]
-      <c r="L74" s="1" t="inlineStr">
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans les cœurs de villes ou de villages, l&amp;#039;Établissement Public Foncier Hauts de France contribue à apporter une nouvelle dynamique et à renforcer l&amp;#039;attractivité de ces centralités à travers le recyclage de fonciers souvent idéalement situés. Son intervention passe par des acquisitions, des déconstructions et de la recomposition foncière ce qui permet par la suite d&amp;#039;améliorer l&amp;#039;offre de logements, de commerces et de créer de nouveaux équipements. L&amp;#039;EPF est partenaire et signataire des conventions du programme national «
  &lt;strong&gt;
   Action Cœur de Ville
  &lt;/strong&gt;
  » sur les 14 villes du Nord et du Pas-de-Calais concernées et accompagne le dispositif «
  &lt;strong&gt;
   Petites Villes de Demain
  &lt;/strong&gt;
  ».
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les projets de requalification en faveur de la production de logements, de commerces et de l&amp;#039;amélioration du cadre de vie.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -13473,268 +10864,302 @@
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie prise en charge à 100%
  &lt;/li&gt;
  &lt;li&gt;
   Etudes jusqu&amp;#039;à 80%
  &lt;/li&gt;
  &lt;li&gt;
   Travaux jusqu&amp;#039;à 80%
  &lt;/li&gt;
  &lt;li&gt;
   Décote additionnelle pour les opérations à dominante « logements »
  &lt;/li&gt;
  &lt;li&gt;
   Forfait en faveur de la réhabilitation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Action Cœur de Ville Valenciennes (Nord) :
  &lt;/strong&gt;
  &lt;br /&gt;
  L&amp;#039;EPF accompagne la commune et la communauté d&amp;#039;agglomération dans la lutte contre la vacance locative dans le centre-ville de Valenciennes en procédant à l&amp;#039;acquisition d&amp;#039;immeubles d&amp;#039;habitation avec rez-de-chaussée commerciaux vacants et/ou dégradés. Son intervention s&amp;#039;articule avec celle de la chambre de commerce et d&amp;#039;industrie titulaire d&amp;#039;un contrat de revitalisation et d&amp;#039;aménagement commercial et des bailleurs pour le réhabilitation des logements dégradés.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Centre-ville d&amp;#039;Arques (Pas-de-Calais) :
  &lt;/strong&gt;
  &lt;br /&gt;
  La restructuration des activités d&amp;#039;Arc international a engendré la libération d&amp;#039;un foncier de 9 hectares en centre-ville d&amp;#039;Arques. La ville a alors amorcé une stratégie de reconquête que l&amp;#039;EPF a accompagnée : acquisitions, désamiantage, démolitions... Le projet qui s&amp;#039;échelonne en plusieurs phases comporte la construction de nouveaux logements dont un béguinage, l&amp;#039;aménagement d&amp;#039;espaces commerciaux, l&amp;#039;implantation d&amp;#039;un pôle verrier ainsi que la réappropriation des berges du canal.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille (Nord) :
  &lt;/strong&gt;
  &lt;br /&gt;
  Dans le cadre du Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille, l&amp;#039;EPF intervient pour acquérir et porter les biens dégradés puis réaliser les démolitions ou permettre leur réhabilitation par la Société Publique Locale d&amp;#039;Aménagement (SPLA La Fabrique des quartiers). Cette intervention permet de dé-densifier les quartiers identifiés, de renouveler l&amp;#039;offre de logements, y compris en diffus, et d&amp;#039;aménager des espaces verts. L&amp;#039;EPF est un financeur important de ce programme (10 M€ au titre des travaux de déconstruction, 30 M€ au titre de la minoration foncière).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Centre-bourg de Thun-L&amp;#039;Evêque (Nord) :
  &lt;/strong&gt;
  &lt;br /&gt;
  Dans le cadre de l&amp;#039;élaboration de son plan local d&amp;#039;urbanisme, la commune de Thun-L&amp;#039;Evêque a identifié un ensemble situé en plein cœur du village pour y réaliser une opération d&amp;#039;aménagement (ancien bâtiment d&amp;#039;activité sur un foncier de 1 000 m2 en bord à bras de canal et jouxtant des terrains communaux). Le projet, à l&amp;#039;étude par un bailleur social, consiste en la construction d&amp;#039;une maison médicale et de 21 logements locatifs sociaux. L&amp;#039;EPF intervient pour procéder à l&amp;#039;acquisition et à la démolition du bâtiment d&amp;#039;activité et à la cession, dans un délai maximal de 3 ans, du foncier déconstruit à la commune qui se chargera ensuite de céder l&amp;#039;ensemble des terrains à l&amp;#039;opérateur.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Friche
 Foncier
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Nord, Pas-de-Calais et Somme</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://epf-hdf.fr/</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
   https://epf-hdf.fr/lepf-pratique/contact
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>n.condomines@epf-hdf.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3329-redynamiser-mon-centre-ville/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB53" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux
+Création d’une crèche
+Création d’une maison de santé
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC53" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG53" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2023</t>
+        </is>
+      </c>
+      <c r="AH53" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="54" spans="1:34" customHeight="0">
+      <c r="A54" s="1">
         <v>121339</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Fonds national d'aménagement et de développement du territoire</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Préfecture de région — Hauts-de-France</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I75" s="1" t="inlineStr">
+      <c r="I54" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espaces verts
 Accès aux services
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Equipement public
 Bâtiments et construction
 Emploi
 Attractivité économique
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les champs d&amp;#039;intervention privilégiés du FNADT sont :
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
  &lt;br /&gt;
  développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions présentant un caractère innovant ou expérimental dans le domaine de
  &lt;br /&gt;
  l&amp;#039;aménagement et du développement durable.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T75" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
         </is>
       </c>
-      <c r="W75" s="1" t="inlineStr">
+      <c r="W54" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
  &lt;br /&gt;
  &lt;br /&gt;
  Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Mme Anne-Laure FERRY : 03 44 06 12 63 /
@@ -13822,580 +11247,721 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Boite fonctionnelle :
  &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
   sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>lucille.dechaize@oise.gouv.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB54" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Gestion d'une base nautique
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC54" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Oise / Bureau des concours financiers et du contrôle budgétaire</t>
+        </is>
+      </c>
+      <c r="AE54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG54" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2022</t>
+        </is>
+      </c>
+      <c r="AH54" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="55" spans="1:34" customHeight="0">
+      <c r="A55" s="1">
         <v>162824</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
         </is>
       </c>
-      <c r="C76" s="1" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H76" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="I76" s="1" t="inlineStr">
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J76" s="1" t="inlineStr">
+      <c r="J55" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L76" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M76" s="1" t="inlineStr">
+      <c r="M55" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T76" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB55" s="1" t="inlineStr">
+        <is>
+          <t>Création de jardins partagés
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC55" s="1" t="inlineStr">
+        <is>
+          <t>PETR Pays de Remiremont et de ses Vallées</t>
+        </is>
+      </c>
+      <c r="AD55" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG55" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2024</t>
+        </is>
+      </c>
+      <c r="AH55" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="56" spans="1:34" customHeight="0">
+      <c r="A56" s="1">
         <v>154984</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les solutions de mobilité existantes, coordonner et réduire les besoins en déplacement</t>
         </is>
       </c>
-      <c r="C77" s="1" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H77" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I77" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L77" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le territoire bénéficie d&amp;#039;une position de carrefour régional, interrégional et transfrontalier et profite d&amp;#039;un réseau d&amp;#039;infrastructures qui le traverse facilement du nord au sud et mais de manière plus contraignante d&amp;#039;est en ouest.
 &lt;/p&gt;
 &lt;p&gt;
  Corrélativement à la montée en charge du cadencement du TER 200, le territoire qui profite d&amp;#039;une offre de transport en commun de type inter-urbaine et scolaire, a conforté ses atouts avec des offres complémentaires (le Transport Intercommunal de Sélestat ;
 &lt;/p&gt;
 &lt;p&gt;
  la plateforme de covoiturage ;
 &lt;/p&gt;
 &lt;p&gt;
  le développement de l&amp;#039;autopartage avec le réseau Citiz ;&lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;incitation à la pratique du vélo ;&lt;/p&gt;
 &lt;p&gt;
  Malgré toutes ces initiatives, des faiblesses persistent et la mobilité demeure contraignante pour l&amp;#039;ensemble du territoire, ses habitants et ses usagers - les publics jeunes, les séniors, mais également les professionnels,
 &lt;/p&gt;
 &lt;p&gt;
  La mobilité est donc un besoin majeur du territoire. Les EPCI membres du PETR et la Communauté de communes du Canton d&amp;#039;Erstein se sont saisis du sujet en se constituant Autorité organisatrice de mobilité (AOM).
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre de la démarche LEADER, le besoin de mobilité fait émerger un enjeu sur l&amp;#039;amélioration du maillage et des services de mobilité partagées, actives et décarbonées et un enjeu sur la réduction de besoin de mobilité, soit la dé-mobilité, laquelle est liée aux besoins de services et d&amp;#039; équipements de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M77" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1.	Soutenir l&amp;#039;implantation et le développement des transports à la demande, du covoiturage, de l&amp;#039;autopartage des transports mutualisés et des mobilités sociales et solidaires ;
 &lt;/p&gt;
 &lt;p&gt;
  2.	Actions d&amp;#039;animation, de coordination, de mise en réseau, de promotion, de sensibilisation et de communication contribuant au développement des mobilités alternatives (mobilité partagée, mobilité actives, mobilité décarbonée)
 &lt;/p&gt;
 &lt;p&gt;
  3.	Soutien à la création et au développement des services et/ou équipements dédiés aux vélos ;
 &lt;/p&gt;
 &lt;p&gt;
  4.	Soutien au développement des plans de mobilité au sein des entreprises (études, actions de mise en réseau, outils de communication) ;
 &lt;/p&gt;
 &lt;p&gt;
  5. Soutenir l&amp;#039;implantation de commerces/services de proximité ou itinérants dans les communes ; Création et développement d&amp;#039;équipements mutualisés (santé, petite enfance, parentalité, intergénérationnel)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Equipement public
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://selestat-alsace-centrale.fr/leader/</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>camille.pairault@petr-selestat.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e71e-promouvoir-les-solutions-de-mobilite-existant/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB56" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Inciter financièrement le covoiturage
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC56" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="AE56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG56" s="1" t="inlineStr">
+        <is>
+          <t>22/11/2023</t>
+        </is>
+      </c>
+      <c r="AH56" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="57" spans="1:34" customHeight="0">
+      <c r="A57" s="1">
         <v>162524</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Développer un territoire inclusif et cohésif</t>
         </is>
       </c>
-      <c r="C78" s="1" t="inlineStr">
+      <c r="C57" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F78" s="1" t="inlineStr">
+      <c r="F57" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H78" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I78" s="1" t="inlineStr">
+      <c r="I57" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P78" s="1" t="inlineStr">
+      <c r="P57" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q78" s="1" t="inlineStr">
+      <c r="Q57" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T78" s="1" t="inlineStr">
+      <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB57" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Création de jardins partagés
+Création d’une crèche
+Déployer les équipements numériques
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC57" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="AE57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG57" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2024</t>
+        </is>
+      </c>
+      <c r="AH57" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="58" spans="1:34" customHeight="0">
+      <c r="A58" s="1">
         <v>116474</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Accompagner les petites communes rurales du Calvados</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Aides aux petites communes rurales (APCR et APCR+)</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I79" s="1" t="inlineStr">
+      <c r="I58" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 70</t>
         </is>
       </c>
-      <c r="J79" s="1" t="inlineStr">
+      <c r="J58" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction de la nature  du projet</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L79" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;APCR (Aide aux petites communes rurales) est depuis cinquante ans le principal mode d&amp;#039;accompagnement des communes rurales du Calvados pour le financement de leurs projets d&amp;#039;investissement. Le Département du Calvados a souhaité réformer ce dispositif en 2022, en créant l&amp;#039;APCR&amp;#43;, afin de répondre au mieux aux besoins des communes rurales et notamment aux pôles de proximité qui portent des charges de centralité.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aides aux petites communes rurales « classique » (APCR) : communes rurales du Calvados
  &lt;/li&gt;
  &lt;li&gt;
   Aides aux petites communes rurales « &amp;#43; » (APCR &amp;#43;) : communes pôles de proximité du Calvados
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="M58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Trois natures de travaux éligibles à l&amp;#039;APCR :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dossier général : bâtiments communaux, cadre de vie et aménagement urbain ; taux d&amp;#039;intervention de 50%*
  &lt;/li&gt;
  &lt;li&gt;
   Dossier rénovation énergétique : travaux permettant une amélioration de 40% minimum de la performance énergétique ou l&amp;#039;atteinte de la classe C – audit énergétique obligatoire ; taux d&amp;#039;intervention de 70%*
  &lt;/li&gt;
  &lt;li&gt;
   Dossier vélo : itinéraires cyclables, schémas cyclables et équipements cyclables; taux d&amp;#039;intervention de 50% à 60%*
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  * sous conditions à consulter dans le document «
  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-dispositif-classique.pdf" rel="noopener" target="_blank"&gt;
   modalités APCR
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
@@ -14422,73 +11988,73 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  * sous conditions à consulter dans le document «
  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-plus.pdf" rel="noopener" target="_blank"&gt;
   modalités APCR&amp;#43;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  »
 &lt;/p&gt;
 &lt;p&gt;
  NB : tous les projets supérieurs à 100.000€ HT sont soumis à l&amp;#039;éco-conditionnalité des aides (éligibilité du projet à l&amp;#039;APCR, APCR&amp;#43; ou contrat de territoire sous réserve d&amp;#039;intégration du développement durable au sein du projet –
  &lt;a href="https://www.calvados.fr/eco-conditionnalite-aides" rel="noopener" target="_blank"&gt;
   consulter l&amp;#039;éco-conditionnalité réformée en 2022
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les communes éligibles à l&amp;#039;APCR classique
   &lt;/strong&gt;
   sont éligibles aux autres dispositifs départementaux (amendes de police - en fonction du territoire-; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire) hormis les dispositifs APCR &amp;#43; et contrats de territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Pas de cumul possible entre deux dossiers APCR (ex : un dossier général de rénovation et un dossier rénovation énergétique sur un même projet) ;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les communes éligibles à l&amp;#039;APCR&amp;#43;
   &lt;/strong&gt;
   sont éligibles aux autres dispositifs thématiques départementaux (amendes de police – en fonction du territoire- ; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire...) hormis les dispositifs APCR et contrats de territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Dépense minimum : 3.000€ HT ; pour un projet d&amp;#039;adressage la dépense minimum est de 1.000€ HT ;
  &lt;/li&gt;
  &lt;li&gt;
   Pas de possibilité de découper un projet par tranches annuelles ni de solliciter des subventions complémentaires mais possibilité de solliciter un contrat sur plusieurs années ;
  &lt;/li&gt;
  &lt;li&gt;
   Dans le cas où une collectivité ne mobiliserait pas l&amp;#039;ensemble de l&amp;#039;enveloppe annuelle, celle-ci ne pourra en aucun cas être reportée sur l&amp;#039;année suivante ;
@@ -14498,276 +12064,195 @@
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé ;
  &lt;/li&gt;
  &lt;li&gt;
   Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique).
  &lt;/li&gt;
  &lt;li&gt;
   Les demandes doivent parvenir complètes au Département, via le téléservice APCR : teleservices.calvados.fr,
   &lt;strong&gt;
    avant le 30 septembre de chaque année
   &lt;/strong&gt;
   , pour être instruites au titre de cette même année. Toute demande parvenue ou complétée après le 30 septembre, ne sera pas instruite.
  &lt;/li&gt;
  &lt;li&gt;
   Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Aucune prorogation de ces délais ne pourra être accordée.
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T79" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-aux-petites-communes-rural.html</t>
         </is>
       </c>
-      <c r="W79" s="1" t="inlineStr">
+      <c r="W58" s="1" t="inlineStr">
         <is>
           <t>https://connexion.teleservices.calvados.fr/login/?nonce=_9984C605F1E558E4C7B4347FF909F6DA&amp;next=/idp/saml2/continue%3Fnonce%3D_9984C605F1E558E4C7B4347FF909F6DA</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service des territoires du Département du Calvados
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_blank"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 31 57 11 25
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>beatrice.poullain@calvados.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f28-accompagner-les-petites-communes-rurales/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB58" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Rénovation de l’éclairage public
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="AE58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG58" s="1" t="inlineStr">
+        <is>
+          <t>25/02/2022</t>
+        </is>
+      </c>
+      <c r="AH58" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-[...118 lines deleted...]
-      <c r="A81" s="1">
+    <row r="59" spans="1:34" customHeight="0">
+      <c r="A59" s="1">
         <v>159895</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
         </is>
       </c>
-      <c r="C81" s="1" t="inlineStr">
+      <c r="C59" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F81" s="1" t="inlineStr">
+      <c r="F59" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H81" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J81" s="1" t="inlineStr">
+      <c r="J59" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L81" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
  &lt;/strong&gt;
  &lt;br /&gt;
  Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
@@ -14819,582 +12304,556 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Espace public
 Friche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P81" s="1" t="inlineStr">
+      <c r="P59" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q81" s="1" t="inlineStr">
+      <c r="Q59" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T81" s="1" t="inlineStr">
+      <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB59" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’une voie douce / piste cyclable
+Entretien / restauration des haies
+Mise en place d’un commerce de proximité
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC59" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="AD59" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG59" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2024</t>
+        </is>
+      </c>
+      <c r="AH59" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="60" spans="1:34" customHeight="0">
+      <c r="A60" s="1">
+        <v>165341</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Agir contre la vacance commerciale en centre-bourgs (commerce, attractivité,proximité)</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Mission de conseil aux collectivités (AMO, phase pré-opérationnelle, programmation…)</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil en architecture et urbanisme&lt;br /&gt;L’objectif de l’agence est de mettre au service des collectivités, des propriétaires et des usagers mon expertise concernant l’animation des centre-bourgs et particulièrement la reconquête des locaux disponibles.&lt;br /&gt;Accompagnement de stratégie politique, programmation, aménagement, communication, événementiel, participation citoyenne, médiation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Mission d’assistance à maitrise d’ouvrage pour une étude de stratégie de revitalisation commerciale&lt;/strong&gt;
+ dont aménagement d’une halle couverte et reconquête de cellules 
+vacantes (ORI), à Thizy-les-Bourgs (69), en 2024-2025, DISPO 
+(Mandataire) &amp;amp; Villages Vivants (Sous-Traitant) &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Bâtiments et construction
+Réhabilitation
+Architecture
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://dispo-urbanisme.fr/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;dispo.c.vernay&amp;#64;gmail.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>dispo.c.vernay@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-contre-la-vacance-commerciale-en-centre-bourgs-locaux-commerciaux/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC60" s="1" t="inlineStr">
+        <is>
+          <t>DISPO (membre de OXALIS Scop)</t>
+        </is>
+      </c>
+      <c r="AE60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG60" s="1" t="inlineStr">
+        <is>
+          <t>17/07/2025</t>
+        </is>
+      </c>
+      <c r="AH60" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:34" customHeight="0">
+      <c r="A61" s="1">
         <v>163040</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’artisanat local et les commerces de proximité du Pays d'Auge tout en encourageant les circuits courts et les modes de consommation responsables</t>
         </is>
       </c>
-      <c r="C82" s="1" t="inlineStr">
+      <c r="C61" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F82" s="1" t="inlineStr">
+      <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H82" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I82" s="1" t="inlineStr">
+      <c r="I61" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L82" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bien qu’étant un territoire très attractif, le Pays d’Auge souffre de disparités en matière de dynamisme économique et d’accès pour tous à des services marchands de proximité. Certaines zones rurales sont en effet confrontées à des problématiques de vacances commerciales, de sous-développement du tissu artisanal et de disparition des commerces de proximité, faute de repreneurs. Participant à 6 des 59 objectifs du SRADDET, cette fiche-action rend indispensable le maintien et le renforcement des commerces de proximité et l’artisanat local afin d’assurer un développement équilibré du territoire, facteur de bien-être des habitants, d’emplois et d’attractivité touristique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Permettre à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural &lt;/li&gt;&lt;li&gt;Soutenir les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Encourager les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Soutenir les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, modernisation et développement de &lt;strong&gt;commerces de proximités et d’activités artisanales dans les centre-bourgs &lt;/strong&gt;(communes de moins de 10 000 habitants / pour les créations une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Opérations visant à réhabiliter des &lt;strong&gt;friches industrielles et économiques&lt;/strong&gt; (études)&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination/coopération entre les acteurs locaux&lt;/strong&gt; et à valoriser les démarches collectives &lt;/li&gt;&lt;li&gt;Soutien à l&amp;#039;élaboration de &lt;strong&gt;plans d&amp;#039;action locaux pour le développement économique&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Expérimentations de &lt;strong&gt;nouvelles formes de commerces innovantes&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien au développement de &lt;strong&gt;lieux participatifs&lt;/strong&gt; (commerces autogérés, cafés associatifs, tiers-lieux)&lt;/li&gt;&lt;li&gt;Aides à la création ou au développement des &lt;strong&gt;petites entreprises dans le champ de l’économie sociale et solidaire (ESS) et de l’économie circulaire&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Actions visant à soutenir les diversifications/reprises/transmissions du &lt;strong&gt;« dernier commerce de proximité du village » &lt;/strong&gt;(collectivités uniquement, une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Création, expérimentation, développement et valorisation de projets en faveur de la &lt;strong&gt;commercialisation des produits en circuits courts&lt;/strong&gt;, de la &lt;strong&gt;relocalisation de la production alimentaire&lt;/strong&gt; et de la consommation responsable, notamment dans le domaine de la restauration collective et aide à la structuration de filières locales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Friche
 Accès aux services
 Citoyenneté
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité
 Attractivité économique
 Animation et mise en réseau
 Artisanat</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet permet à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le projet soutient les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Le projet encourage les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Le projet soutient les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Achat de terrain bâti et non bâti, &lt;span&gt;Construction et extensions ;  &lt;/span&gt;&lt;span&gt;Travaux de rénovation énergétique sans audit énergétique préalable ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T82" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques-1/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="AD61" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG61" s="1" t="inlineStr">
+        <is>
+          <t>08/07/2024</t>
+        </is>
+      </c>
+      <c r="AH61" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-[...240 lines deleted...]
-      <c r="A84" s="1">
+    <row r="62" spans="1:34" customHeight="0">
+      <c r="A62" s="1">
         <v>391</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Contribuer au développement des projets des territoires lotois</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Lot</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L84" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif du FAST est triple :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soutenir les projets des collectivités,
  &lt;/li&gt;
  &lt;li&gt;
   favoriser l&amp;#039;aménagement du territoire,
  &lt;/li&gt;
  &lt;li&gt;
   améliorer le cadre de vie et la qualité des services rendus aux Lotois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -15422,388 +12881,471 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Lot</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
         </is>
       </c>
-      <c r="W84" s="1" t="inlineStr">
+      <c r="W62" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir en fonction de chaque aide (suivre le lien du descriptif complet).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB62" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG62" s="1" t="inlineStr">
+        <is>
+          <t>13/09/2018</t>
+        </is>
+      </c>
+      <c r="AH62" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="63" spans="1:34" customHeight="0">
+      <c r="A63" s="1">
         <v>119980</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I85" s="1" t="inlineStr">
+      <c r="I63" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L85" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M85" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="W85" s="1" t="inlineStr">
+      <c r="W63" s="1" t="inlineStr">
         <is>
           <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB63" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC63" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG63" s="1" t="inlineStr">
+        <is>
+          <t>04/08/2022</t>
+        </is>
+      </c>
+      <c r="AH63" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="64" spans="1:34" customHeight="0">
+      <c r="A64" s="1">
         <v>117496</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le développement des villes</t>
         </is>
       </c>
-      <c r="C86" s="1" t="inlineStr">
+      <c r="C64" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L86" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les transports propres et de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
@@ -15827,1572 +13369,816 @@
   Traiter les friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour de tels projets, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études visant à structurer le montage économique, financier et juridique ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser un accompagnement en ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Friche
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
+      <c r="T64" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB64" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de bornes électriques
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de la télémedecine
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC64" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG64" s="1" t="inlineStr">
+        <is>
+          <t>26/04/2022</t>
+        </is>
+      </c>
+      <c r="AH64" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-[...102 lines deleted...]
-      <c r="A88" s="1">
+    <row r="65" spans="1:34" customHeight="0">
+      <c r="A65" s="1">
         <v>128958</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Gironde Ressources (ATD)</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L88" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être accompagné pour les projets d&amp;#039;aménagement urbain,
 paysager ou de construction publique, tout au long de leur
 réalisation :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   aide à la définition de la procédure nécessaire
 à mettre en oeuvre
 • identification des étapes et des différents
 prestataires à mobiliser
  &lt;/li&gt;
  &lt;li&gt;
   interface entre les différents intervenants
  &lt;/li&gt;
  &lt;li&gt;
   aide au pilotage et à l&amp;#039;animation du projet.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités d&amp;#039;accompagnement
 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rencontre avec le conseiller en développement
 territorial et/ou un chef de projet
  &lt;/li&gt;
  &lt;li&gt;
   Mise au point de l&amp;#039;accompagnement nécessaire
 et proposition d&amp;#039;aide
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation de la mission d&amp;#039;AMO : suivi administratif
 et juridique, marchés publics, coordination des
 intervenants (dont le maître d&amp;#039;oeuvre) ...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M88" s="1" t="inlineStr">
+      <c r="M65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Livrables
 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Faisabilité opérationnelle (élément de compréhension
 et de la programmation du projet, déroulement
 de l&amp;#039;opération, estimation prévisionnelle,...)
  &lt;/li&gt;
  &lt;li&gt;
   Documents nécessaires à la bonne conduite du projet :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  --&amp;gt; actes administratifs tels que conventions,
 délibérations...
 &lt;/p&gt;
 &lt;p&gt;
  --&amp;gt; marchés publics et toutes pièces relevant
 de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
 de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
 cahier des charges, cahier des clauses
 administratives particulières, acte d&amp;#039;engagement...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Bâtiments et construction
 Réhabilitation
 Architecture
 Appui méthodologique
 Industrie</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Saisine officielle de l&amp;#039;exécutif
  &lt;/li&gt;
  &lt;li&gt;
   Fourniture de documents administratifs et études
 diverses relatives au projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Gironde Ressources
 &lt;/p&gt;
 &lt;p&gt;
  05 56 99 57 70
 &lt;/p&gt;
 &lt;p&gt;
  contact&amp;#64;gironderessources.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>contact@gironderessources.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB65" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC65" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG65" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH65" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-[...258 lines deleted...]
-      <c r="A91" s="1">
+    <row r="66" spans="1:34" customHeight="0">
+      <c r="A66" s="1">
         <v>10500</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Dotation Départementale Rurale (DDR)</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I91" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
         <is>
           <t> Max : 10</t>
         </is>
       </c>
-      <c r="J91" s="1" t="inlineStr">
+      <c r="J66" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L91" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des micro-projets, dont le montant est situé entre 5 000€ HT et 100 000€ HT, portés par les communes et leurs groupements, hors EPCI à fiscalité propre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;enveloppe annuelle fait l&amp;#039;objet de 2 programmations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   fin juin (dossiers reçus avant le 1er avril)
  &lt;/li&gt;
  &lt;li&gt;
   et fin d&amp;#039;année (dossiers reçus avant le 1er octobre)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Alimentation
 Economie sociale et solidaire
 Biodiversité
 Réhabilitation
 Logement et habitat
 Paysage
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P91" s="1" t="inlineStr">
+      <c r="P66" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q91" s="1" t="inlineStr">
+      <c r="Q66" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R91" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  • Les projets relevant des typologies suivantes sont prioritaires :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations favorisant le développement des mobilités douces ou partagées,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique des logements communaux à vocation sociale,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  • Sont aussi éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
 &lt;/p&gt;
 &lt;p&gt;
  - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
 &lt;/p&gt;
 &lt;p&gt;
  - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation de structure des ouvrages d&amp;#039;art.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S91" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail : subventions.dmit&amp;#64;gers.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y91" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z91" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/971b-dotation-departementale-rurale-ddr/</t>
         </is>
       </c>
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC66" s="1" t="inlineStr">
+        <is>
+          <t>Département du Gers</t>
+        </is>
+      </c>
+      <c r="AE66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG66" s="1" t="inlineStr">
+        <is>
+          <t>19/11/2019</t>
+        </is>
+      </c>
+      <c r="AH66" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-[...547 lines deleted...]
-      <c r="A93" s="1">
+    <row r="67" spans="1:34" customHeight="0">
+      <c r="A67" s="1">
         <v>97336</v>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Soutenir le développement de l'offre de logements locatifs très sociaux</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vendée</t>
         </is>
       </c>
-      <c r="G93" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L93" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le présent dispositif vise à offrir à un public en difficulté financière et sociale une solution de logement locatif social très abordable, dans le diffus - hors structure spécifique - situé en centre-ville, couplé avec un accompagnement social.
 &lt;/p&gt;
 &lt;p&gt;
  Opération située sur le territoire de délégation des aides à la pierre du Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Logement et habitat
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R93" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires éligibles : Opérateurs HLM, collectivités territoriales, EPCI, organismes agréés &amp;#34;Maitrise d&amp;#039;ouvrage d&amp;#039;insertion&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Une aide départementale est accordée aux bénéficiaires réalisant un logement locatif social agréé en tant que PLAI Classique hors structure spécifique, avec un accompagnement social et un loyer encadré. Un logement social identifié PLAI Classique est destiné à des personnes cumulant difficultés financières et sociales et qui se trouvent souvent exclues des filières classiques d&amp;#039;attribution de logement.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations éligibles devront être situées sur le territoire de délégation du Département de la Vendée et en centre-ville, dans des villes disposant des services publics, commerces, transports, commerces de proximité ainsi qu&amp;#039;être agréées par le Département de la Vendée.&lt;/p&gt;
 &lt;p&gt;
  Enfin, les projets devront concerner les logements ordinaires en diffus (hors structure spécifique).
 &lt;/p&gt;
 &lt;p&gt;Le nombre de logements éligibles à l&amp;#039;aide du Département est limité à trois par opération.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T93" s="1" t="inlineStr">
+      <c r="T67" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://vendee.fr</t>
         </is>
       </c>
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Vendée
 &lt;/p&gt;
 &lt;p&gt;
  Service Habitat
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  40 rue du Maréchal Foch, 85923, La Roche Sur Yon, Cedex
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 28 85 86 02
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:habitat&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
   habitat&amp;#64;vendee.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>karine.desaintmichel@vendee.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/688b-soutenir-le-developpement-de-loffre-de-logeme/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC67" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Vendée</t>
+        </is>
+      </c>
+      <c r="AE67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG67" s="1" t="inlineStr">
+        <is>
+          <t>09/07/2021</t>
+        </is>
+      </c>
+      <c r="AH67" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-      <c r="A94" s="1">
+    <row r="68" spans="1:34" customHeight="0">
+      <c r="A68" s="1">
         <v>120596</v>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D94" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G94" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I94" s="1" t="inlineStr">
+      <c r="I68" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J94" s="1" t="inlineStr">
+      <c r="J68" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L94" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -17420,66 +14206,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P94" s="1" t="inlineStr">
+      <c r="P68" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q94" s="1" t="inlineStr">
+      <c r="Q68" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -17491,778 +14277,1146 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T94" s="1" t="inlineStr">
+      <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB68" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC68" s="1" t="inlineStr">
+        <is>
+          <t>Département du Gers</t>
+        </is>
+      </c>
+      <c r="AE68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG68" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="AH68" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H95" s="1" t="inlineStr">
+    <row r="69" spans="1:34" customHeight="0">
+      <c r="A69" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I95" s="1" t="inlineStr">
-[...189 lines deleted...]
-      <c r="T95" s="1" t="inlineStr">
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des travaux en régie, seule la part afférente aux matériaux et aux fournitures sera prise en compte dans les dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de village..........................................................
+  &lt;strong&gt;
+   500 000 €
+  &lt;/strong&gt;
+  &lt;em&gt;
+   par tranche annuelle
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments communaux..........................................................
+  &lt;strong&gt;
+   1 000 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupes scolaires et/ou équipements petite enfance.. ..
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  maison de santé........................................................................
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Les taux de subventions sont calculés en fonction de la richesse des bénéficiaires.
+ &lt;br /&gt;
+ Le critère retenu est le Potentiel Financier de l&amp;#039;année N-1 dont le  calcul est fixé par l&amp;#039;article L. 2334-4 du code général des  collectivités territoriales.
+ &lt;br /&gt;
+ Le taux nominal est fixé par référence aux strates de richesse présentées ci dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ POTENTIEL FINANCIER de la commune
+TAUX
+0 € à 200 000 €
+70 %
+200 001 € à 450 000 €
+50 %
+450 001 € à 600 000 €
+40 %
+600 001 € à 1 000 000 €
+30 %
+1 000 001 € à 2 000 000 €
+25 %
+&amp;gt; 2 000 000 €
+20 %
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux nominal sera majoré de 10 % pour toute commune nouvelle résultant de la fusion de communes et ce, sur une période limitée à 3 ans après la date de fusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera minoré de 15 % du taux si l&amp;#039;Effort Fiscal de la commune est inférieur à 0,7.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux des Communautés de Communes et d&amp;#039;Agglomérations est fixé à       20 % sans minoration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositions particulières pour les bénéficiaire d&amp;#039;une subvention d&amp;#039;un montant égal ou supérieur à 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire s&amp;#039;engage à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ – dans l&amp;#039;hypothèse où le bien, objet de la subvention allouée venait, dans un délai de 10 ans à compter du versement du solde de ladite subvention, à ne plus être utilisé par le seul Bénéficiaire notamment en cas de cession, ou de mise à disposition de tiers qui remettrait en cause le caractère d&amp;#039;intérêt général ayant motivé le financement obtenu, celui-ci devra rembourser les sommes concernées selon les conditions dégressives suivantes qui ont été formalisées dans le règlement des aides adopté par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Bénéficiaire devra s&amp;#039;acquitter du montant correspondant à 1/10ème de la somme allouée par année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ – signer la convention qui sera jointe à la notification de la subvention, relative aux obligations du bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ – appliquer le logo du Département sur les panneaux de chantier, les documents de communication et le projet réalisé, en se référant à la charte graphique instaurée par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ – joindre à la demande de solde une photo du projet financé, faisant apparaître l&amp;#039;apposition d&amp;#039;une plaque comportant le texte suivant « le Département premier partenaire des communes »
+&lt;/p&gt;
+&lt;p&gt;
+ – informer le Département des autres financements publics obtenus pour le même objet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ –  délibération de la collectivité maître d&amp;#039;ouvrage
+ &lt;br /&gt;
+ –  dossier APS/APD
+ &lt;br /&gt;
+ –  budget détaillé (plan de financement)
+ &lt;br /&gt;
+ –  note détaillée du projet
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ – dépôt des dossiers en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ au 30 septembre N-1 pour financement éventuel en année N.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Aménagement du Territoire.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics_ Construction ou rénovation et bonus bois
+&lt;/p&gt;
+&lt;p&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – décision de la Commission permanente qui attribue la subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases règlementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Equipement public
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments Communaux
+ &lt;/strong&gt;
+ : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité
+ &lt;/strong&gt;
+ des équipements publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments scolaires du 1
+  er
+  degré et/ou équipements petite enfance :
+ &lt;/strong&gt;
+ construction, extensions et restructurations d&amp;#039;écoles, de groupes scolaires ou de restaurants scolaires, équipement petite enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Équipements sportifs :
+ &lt;/strong&gt;
+ créations ou restructurations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements de village :
+ &lt;/strong&gt;
+ requalification de centres bourgs, aménagements d&amp;#039;espaces publics en lien avec les opérations en traverse d&amp;#039;agglomération, places, aires de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements urbains
+ &lt;/strong&gt;
+ , esthétiques et paysagers dans le cadre d&amp;#039;un projet global
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de création et aménagement de
+ &lt;strong&gt;
+  sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouvrages d&amp;#039;art
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  projets concourant à la valorisation du patrimoine communal
+ &lt;/strong&gt;
+ en investissement et non éligible au titre d&amp;#039;autres règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition ait lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Études,
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les études concernées sont les suivantes
+ &lt;/strong&gt;
+ : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets structurants de requalification urbaine
+ &lt;/strong&gt;
+ (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements sportifs, culturels, touristiques, petite enfance (Centre de loisirs sans hébergement, crèche...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets structurants de requalification urbaine (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages d&amp;#039;art
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de création et aménagement de sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ Les mises en accessibilité des équipements publics (hors groupes scolaires)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Aménagement cyclable (voir modalités sur la fiche politique cyclable)
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+ &lt;/strong&gt;
+ : le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition est lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les maisons de santé
+ &lt;/strong&gt;
+ (voir nouvelles modalités ci-après)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études concernées sont les suivantes : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au déneigement,
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Préalable à l&amp;#039;intervention du Département
+ &lt;br /&gt;
+ – recensement à l&amp;#039;échelle et par l&amp;#039;EPCI des moyens existants,
+ &lt;br /&gt;
+ – évaluation avec l‘aide des services de la Direction des Déplacements du Département des besoins en équipements à acquérir et leur priorisation,
+ &lt;br /&gt;
+ – définition d&amp;#039;un planning d&amp;#039;acquisition des nouveaux équipements nécessaires sur le mandat
+ &lt;br /&gt;
+ – prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide au déneigement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide portera uniquement sur les dépenses d&amp;#039;investissement :
+ &lt;br /&gt;
+ – lames de déneigement,
+ &lt;br /&gt;
+ – saleuse et sableuse et leurs équipements de fixation,
+ &lt;br /&gt;
+ – équipements des pneumatiques (pneus normaux et chaînes ou pneus spéciaux),
+ &lt;br /&gt;
+ – éclairages spécifiques pour interventions de nuit,
+ &lt;br /&gt;
+ – engins spécifiques de déneigement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ –  Acquisition foncière pour réserve foncière ou pour habitat.
+ &lt;br /&gt;
+ –  Logements communaux.
+ &lt;br /&gt;
+ –  Les travaux d&amp;#039;entretien.
+ &lt;br /&gt;
+ – Reprise de concession.
+ &lt;br /&gt;
+ – Gîtes communaux, camping et bornes de camping car.
+ &lt;br /&gt;
+ – Matériel de déneigement.
+ &lt;br /&gt;
+ – Mobilier et acquisition sauf faisant partie d&amp;#039;un programme d&amp;#039;ensemble (mobilier scolaire et de bibliothèque).
+ &lt;br /&gt;
+ –  Prestation d&amp;#039;ingénierie du Département.
+ &lt;br /&gt;
+ –  Gendarmerie.
+ &lt;br /&gt;
+ –  Bornes incendie.
+ &lt;br /&gt;
+ –  Les dépenses traitées au titre d&amp;#039;une politique thématique départementale.
+ &lt;br /&gt;
+ –  Les travaux de vidéo-protection (sauf ceux aux abords des collèges qui seront traités dans un autre dispositif complémentaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -Logement.
+ &lt;br /&gt;
+ – Acquisition foncière (pour réserve).
+ &lt;br /&gt;
+ – Sièges administratifs communautaires et locaux techniques communautaires.
+ &lt;br /&gt;
+ – Groupes scolaires.
+ &lt;br /&gt;
+ – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
+ &lt;br /&gt;
+ –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Politiques Territoriales – Service des Relations avec les Collectivités
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quentin DUVILLIER, Coordonnateur zone nord –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 65
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christel MORIN, Coordonnatrice zone sud –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 31
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aurore MERMET, Coordonnatrice zone centre –
+ &lt;strong&gt;
+  Tél. : 04 75 79 82 29
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 67
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB69" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Entretien des ponts
+Gestion d'une base nautique
+Installation de bornes électriques
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Installation de miroir de circulation de sécurité routière
+Installation de ralentisseur
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF69" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG69" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH69" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G96" s="1" t="inlineStr">
+    <row r="70" spans="1:34" customHeight="0">
+      <c r="A70" s="1">
+        <v>56455</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Préparer un projet de maitrise foncière</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Collectivité d’outre-mer à statut particulier
+Région</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>aide maximale de 70 000 €</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement Public Foncier Local des territoires Oise et Aisne accompagne ses adhérents pour la mise en œuvre de projet d&amp;#039;acquisitions foncière entrant dans le cadre du Programme Pluriannuel d&amp;#039;Intervention 202024-2028 : habitat, revitalisation d&amp;#039;un centre, activités économiques, résorption de friches, commerce de proximité, biodiversité et renaturation, équipements publics locaux, dents creuses...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette phase d&amp;#039;ingénierie et de conseil en amont d&amp;#039;une potentielle intervention foncière se fait à titre gratuit. Pour mieux préparer l&amp;#039;action foncière, un cofinancement d&amp;#039;étude peut-être accordé (voir page dédiée à cette aide).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités non adhérentes, il peut être sollicité un RDV avec l&amp;#039;EPFLO pour échanger sur vos projets et la démarche d&amp;#039;adhésion.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q70" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0982-cofinancer-des-etudes-pour-preparer-laction-f/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB70" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC70" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG70" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH70" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:34" customHeight="0">
+      <c r="A71" s="1">
+        <v>162978</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement d'une production et d’une consommation responsables</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
-[...49 lines deleted...]
-Commerces et services
+Recherche
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt; &lt;span&gt;Dans le cadre de sa démarche d’attractivité, le territoire des Coëvrons affirme sa volonté de construire une image d&amp;#039;un territoire de gastronomie, notamment par la révélation de l&amp;#039;identité culinaire des Coëvrons. La mise en oeuvre d’un Projet alimentaire de territoire depuis 2021 accompagne la concrétisation de cette dynamique émergente. Parallèlement, le territoire des Coëvrons fait face à une diminution des commerces et services de proximité, notamment hors du pôle d’Evron.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’enjeu : développer un mode de production et de consommation respectueux de l’environnement, bénéfique pour l’économie et bon pour la santé, améliorer l’accès aux produits locaux, accompagner et valoriser les productions et les producteurs locaux, renforcer l’ancrage local et une économie axée sur les besoins.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir et développer des activités agricoles durables et variées, adaptées aux enjeux du changement climatique&lt;/li&gt;&lt;li&gt;Accompagner la mutation vers une agriculture sous signes officiels de qualité&lt;/li&gt;&lt;li&gt;Agir pour une alimentation saine pour tous&lt;/li&gt;&lt;li&gt;Développer les circuits-courts&lt;/li&gt;&lt;li&gt;Renforcer le commerce de proximité, les services et l&amp;#039;artisanat&lt;/li&gt;&lt;li&gt;Expérimenter de nouveaux modèles économiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Maintien et développement d’activités agricoles durables et variées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Activités de soutien à la diversification des productions et d’activités, mutualisation de matériel&lt;/li&gt;&lt;li&gt;Création d&amp;#039;espaces test agricoles&lt;/li&gt;&lt;li&gt;Création et animation de réseaux d’agriculteurs&lt;/li&gt;&lt;li&gt;Accompagnement de la mutation vers une agriculture sous signes officiels de qualité : échanges de savoirs et de pratiques, informations, sensibilisation, formations&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Soutien à une alimentation saine pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions autour du &amp;#34;bien manger&amp;#34;, du gaspillage alimentaire, de la consommation responsable, des enjeux liés à la précarité et à l&amp;#039;insécurité alimentaire&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation et de formation des professionnels de l’alimentation&lt;/li&gt;&lt;li&gt;Création et animation de liens entre les différents intervenants de l&amp;#039;alimentation (cuisiniers, producteurs, parents d&amp;#039;élève, enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Renforcement du commerce de proximité, des services et de l’artisanat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en lien avec le maintien, la création et la reprise d’entreprises et d’activités de proximité&lt;/li&gt;&lt;li&gt;Actions de mise en valeur et accessibilité des produits locaux (ex : épiceries mobiles)&lt;/li&gt;&lt;li&gt;Nouvelles formes de commerces pour répondre aux besoins de la population&lt;/li&gt;&lt;li&gt;Création et accompagnement de structures collectives de type pépinière d’entreprises, FabLab, village d’artisans&lt;/li&gt;&lt;li&gt;Actions d’information, de formation, de sensibilisation, de mutualisation&lt;/li&gt;&lt;li&gt;Développement de nouveaux modèles économiques : actions en lien avec l’économie circulaire et l’économie sociale et solidaire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique
 Artisanat
-Logistique urbaine</t>
-[...9 lines deleted...]
-          <t>Mise en œuvre / réalisation
+Industrie</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T96" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique-1/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC71" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes des Coëvrons</t>
+        </is>
+      </c>
+      <c r="AD71" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG71" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2024</t>
+        </is>
+      </c>
+      <c r="AH71" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-[...197 lines deleted...]
-      <c r="A98" s="1">
+    <row r="72" spans="1:34" customHeight="0">
+      <c r="A72" s="1">
         <v>158480</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L98" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -18294,142 +15448,206 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P98" s="1" t="inlineStr">
+      <c r="P72" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W98" s="1" t="inlineStr">
+      <c r="W72" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB72" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Mise en place d’un système de vidéo-protection
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC72" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG72" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="AH72" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="73" spans="1:34" customHeight="0">
+      <c r="A73" s="1">
         <v>101248</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
-Ingénierie Juridique / administrative
-[...8 lines deleted...]
-      <c r="L99" s="1" t="inlineStr">
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
 &lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;
   Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
 &lt;h4&gt;&lt;em&gt;
   Architecture, paysage, urbanisme, énergie
  &lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des schémas de principe,
  &lt;/li&gt;
  &lt;li&gt;
   des orientations d&amp;#039;aménagement,
  &lt;/li&gt;
  &lt;li&gt;
   des programmes et des chiffrages&lt;/li&gt;
 &lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
@@ -18440,278 +15658,339 @@
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse des budgets des collectivités,
  &lt;/li&gt;
  &lt;li&gt;
   la réalisation de prospective et rétrospective financières
  &lt;/li&gt;
  &lt;li&gt;
   simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Rédaction :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des pièces des marchés publics (restauration, monuments historiques, assainissement...)
  &lt;/li&gt;
  &lt;li&gt;
   de concession de service,
  &lt;/li&gt;
  &lt;li&gt;
   de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M99" s="1" t="inlineStr">
+      <c r="M73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;
   Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
  &lt;/strong&gt;
  : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Domaine du paysage et de l&amp;#039;urbanisme
  &lt;/strong&gt;
  : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent solliciter l&amp;#039;ADAC 37 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
  &lt;/li&gt;
  &lt;li&gt;
   les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
  &lt;/li&gt;
  &lt;li&gt;
   le conseil départemental d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
  &lt;li&gt;
   les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Indre-et-Loire</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.adac37.fr</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>administration@adac37.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB73" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC73" s="1" t="inlineStr">
+        <is>
+          <t>ADAC 37</t>
+        </is>
+      </c>
+      <c r="AE73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG73" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2021</t>
+        </is>
+      </c>
+      <c r="AH73" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="74" spans="1:34" customHeight="0">
+      <c r="A74" s="1">
         <v>149777</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Aider à l’acquisition de propriétés bâties ou non bâties</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>ACQUISITION DE PROPRIÉTÉS BÂTIES OU NON BÂTIES</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I100" s="1" t="inlineStr">
+      <c r="I74" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à l&amp;#039;acquisition de propriétés bâties ou non bâties liées à des projets d&amp;#039;aménagement ayant pour vocation immédiate à rester propriété de la commune ou du groupement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M100" s="1" t="inlineStr">
+      <c r="M74" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Achat d&amp;#039;un local pour la rénovation en Maison d&amp;#039;Assistantes Maternelles (MAM)
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;une grange en vue de sa transformation en logements sociaux
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de terrains pour la préservation de l&amp;#039;environnement et la création d&amp;#039;espaces publics
  &lt;/li&gt;
  &lt;li&gt;
   Achat d&amp;#039;un bâtiment pour la réalisation d&amp;#039;une salle communale
  &lt;/li&gt;
  &lt;li&gt;
   Achat d&amp;#039;une propriété pour l&amp;#039;extension des ateliers municipaux et de la maison des associations
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un local pour la création d&amp;#039;une médiathèque
  &lt;/li&gt;
  &lt;li&gt;
   Achat d&amp;#039;un immeuble pour l&amp;#039;ouverture d&amp;#039;un café-restaurant
  &lt;/li&gt;
  &lt;li&gt;
   Achat d&amp;#039;un bâtiment pour y installer une crèche de 20 places
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un garage pour le stockage du matériel communal
  &lt;/li&gt;
  &lt;li&gt;
   Achat d&amp;#039;un local pour y créer un commerce de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Achat d&amp;#039;une maison pour la création de services techniques municipaux
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Achat de la dernière boulangerie du village
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;une propriété pour la création d&amp;#039;un bistrot de pays
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -18761,776 +16040,666 @@
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       - Dépense subventionnable sur la base de l&amp;#039;estimation du service des Domaines et plafonnée à 300 000 € HT
       &lt;br /&gt;
       &lt;br /&gt;
      &lt;/p&gt;
      &lt;p&gt;
       - Frais notariaux et divers inhérents à l&amp;#039;acquisition (animation foncière, arpentage) pris en compte
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 *Constituent des logements sociaux : des logements construits et/ou gérés par une société HLM de statut public ou privé (offices publics de l&amp;#039;habitat, entreprises sociales de l&amp;#039;habitat) destinés à des personnes à ressources modestes et sous plafonds de ressources.
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
   &lt;br /&gt;
  &lt;/strong&gt;
  - réserve foncière pure.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W100" s="1" t="inlineStr">
+      <c r="W74" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38af-aider-a-lacquisition-de-proprietes-baties-ou-/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot</t>
+        </is>
+      </c>
+      <c r="AC74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="AE74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG74" s="1" t="inlineStr">
+        <is>
+          <t>12/09/2023</t>
+        </is>
+      </c>
+      <c r="AH74" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-[...163 lines deleted...]
-      <c r="G102" s="1" t="inlineStr">
+    <row r="75" spans="1:34" customHeight="0">
+      <c r="A75" s="1">
+        <v>49781</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Financer l’immobilier d’entreprise et d’aménagement au sein des territoires</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’entreprise</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L102" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet d’immobilier d’entreprise et d’aménagement en tant que
+collectivité locale, artisan, TPE, créateur d’entreprise, travailleur
+indépendant, start-up ou encore investisseur ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Vous êtes à la recherche
+d’un financement pour développer l’attractivité commerciale d’un territoire,
+l’offre immobilière tertiaire de bureaux, le commerce de proximité, l’économie
+de centre-ville ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La Banque des Territoires &lt;/span&gt;&lt;span&gt;peut&lt;span&gt;
+investir dans les projets d’aménagement et d’immobilier d’activité au meilleur
+prix, en facilitant l’acceptabilité des projets et en soutenant l’innovation.&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’offre
+d’investissement concerne les projets portant sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’aménagement, le foncier et le redéveloppement
+immobilier ;&lt;/li&gt;&lt;li&gt;l’immobilier industriel ;&lt;/li&gt;&lt;li&gt;l’immobilier tertiaire ; &lt;/li&gt;&lt;li&gt;l’immobilier et l’exploitation de
+tiers-lieux ; &lt;/li&gt;&lt;li&gt;l’immobilier de logistique urbaine ; &lt;/li&gt;&lt;li&gt;les autres aménagements et
+immobiliers.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La Banque
+des Territoires intervient au cas par cas ou via des foncières (privées ou
+SEM), dans des opérations immobilières de construction ou de réhabilitation des
+bâtiments avec des objectifs de forte valeur ajoutée et une qualité
+environnementale exemplaire.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Artisanat
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=amenagement_immo_etp_psat</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Conforter l&amp;#039;économie résidentielle, améliorer la vie des habitants du territoire, assurer un panier de services de base à tous.
+  Retrouvez votre contact régional sur :
  &lt;/strong&gt;
- &lt;br /&gt;
-[...16 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Ingénierie dédiée à l&amp;#039;action « parcours résidentiel » ou visant à apporter une amélioration énergétique du parc de logements ou ciblant de l&amp;#039;habitat très dégradé
-[...63 lines deleted...]
- &lt;/li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
-[...95 lines deleted...]
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/immobilier-d-entreprise-et-l-amenagement/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC75" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG75" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2020</t>
+        </is>
+      </c>
+      <c r="AH75" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G103" s="1" t="inlineStr">
+    <row r="76" spans="1:34" customHeight="0">
+      <c r="A76" s="1">
+        <v>49783</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la rénovation énergétique du patrimoine public</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux programmes Action Cœur de Ville</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-[...27 lines deleted...]
-      <c r="L103" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le paysage économique du Pays Comminges Pyrénées connaît depuis plusieurs décennies des évolutions profondes. Les chocs économiques successifs, la tertiairisation de l’économie, la métropolisation, le développement des grands axes de communication, etc. ont entraîné l’économie commingeoise vers de nouvelles tendances, notamment la fragilisation de son tissu industriel traditionnel, une agriculture en recul ainsi que la diversification de son économie dans les domaines du commerce, du tourisme et des services à la personne.&lt;/p&gt;&lt;p&gt;Pour autant, le territoire doit aussi compter sur de forts potentiels à développer. Le Pays doit conforter le rôle structurant de l’agriculture, du tourisme et des services dans l’attractivité économique tout en soutenant le développement de filières d’avenir innovantes. Plus globalement, il doit renforcer son attractivité, faciliter l’installation de nouvelles entreprises et artisans et veiller à la revitalisation des centres-bourgs.&lt;/p&gt;&lt;p&gt;Les enjeux : Revitaliser les coeurs de villes et de villages ; conforter l’emploi local ; soutenir l’innovation, l’économie circulaire et l’économie sociale et solidaire.&lt;/p&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  TYPE ET DESCRIPTION DES OPERATIONS
+  &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.1 Maintenir et développer le tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.1.1 Maintenir et développer les commerces de proximité, les activités artisanales et les savoirs faire locaux&lt;/li&gt;&lt;li&gt;2.1.2 Soutenir la (re)qualification des zones d’activités économiques du territoire&lt;/li&gt;&lt;li&gt;2.1.3 Résorber les friches commerciales, industrielles ou tertiaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.2 Soutenir les projets stratégiques, innovants et expérimentaux concourant à l’attractivité du territoire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.2.1 Accompagner la création et le développement d’activités économiques innovantes&lt;/li&gt;&lt;li&gt;2.2.2 Développer les filières d&amp;#039;avenir&lt;/li&gt;&lt;li&gt;2.2.3 Elaborer ou réviser une stratégie de planification de développement et d’aménagement territorial.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.3 Développer des dynamiques relevant de l’économie sociale et solidaire (ESS)&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.3.1 Accompagner les acteurs de l’ESS dans leur développement&lt;/li&gt;&lt;li&gt;2.3.2 Développer de nouvelles méthodes de travail, accompagner vers l’emploi et la création/reprise d’entreprises&lt;/li&gt;&lt;li&gt;2.3.3 Contribuer à la lutte contre les exclusions et les inégalités, à la préservation et au renforcement du lien social.&lt;/li&gt;&lt;/ul&gt;
-[...18 lines deleted...]
-Revitalisation
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions d&amp;#039;accompagnement er de financement des projets de rénovation énergétique du patrimoine public, et ce, dans le cadre du programme national Action Cœur de Ville. Vous pouvez y prétendre si vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou l&amp;#039;offre de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les solutions de transport propre et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et assurer la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements et équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers lieux, d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter des friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil dédiées aux personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études préalables visant à déterminer l&amp;#039;opportunité et le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études de structuration du montage juridique, économique et financier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser une prise de participation en fonds propres et quasi fonds propres dans les sociétés de projet et les Sociétés d&amp;#039;Économie Mixte agissant en qualité d&amp;#039;aménageurs ou d&amp;#039;opératrices ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un accompagnement en ingénierie sur les projets identifiés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Commerces et services
 Innovation, créativité et recherche
 Equipement public
-Bâtiments et construction
 Réhabilitation
-Attractivité économique
-[...4 lines deleted...]
-      <c r="O103" s="1" t="inlineStr">
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-action-coeur-de-ville?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_acv_osat</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c235-etre-soutenu-dans-vos-projets-cur-de-ville-pr/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB76" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC76" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG76" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2020</t>
+        </is>
+      </c>
+      <c r="AH76" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="77" spans="1:34" customHeight="0">
+      <c r="A77" s="1">
         <v>82915</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C104" s="1" t="inlineStr">
+      <c r="C77" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>CAUE de la Manche
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Somme
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Atlantiques
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+CAUE de Meurthe-et-Moselle
 CAUE de la Mayenne
-CAUE de Meurthe-et-Moselle
-[...37 lines deleted...]
-CAUE de l'Yonne
+CAUE de la Manche
+CAUE du Maine-et-Loire
+CAUE Lot-et-Garonne
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE de l'Ardèche
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
 CAUE de l'Hérault
-CAUE de la Dordogne
+CAUE de la Gironde
+CAUE de la Haute-Garonne
+CAUE du Gard
+CAUE de l'Oise
+CAUE de la Drôme
+CAUE de l'Aude
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE du Calvados
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
+CAUE des Landes
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
 CAUE du Tarn
-CAUE de la Meuse
-[...29 lines deleted...]
-      <c r="G104" s="1" t="inlineStr">
+CAUE de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L104" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -19572,88 +16741,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M104" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -19672,79 +16841,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -20216,162 +17385,679 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB77" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC77" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG77" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH77" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="78" spans="1:34" customHeight="0">
+      <c r="A78" s="1">
+        <v>159896</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Assurer un panier de services pour les besoins de base</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J78" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conforter l&amp;#039;économie résidentielle, améliorer la vie des habitants du territoire, assurer un panier de services de base à tous.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les services publics et aux publics apportent des réponses concrètes aux besoins de base de tout un chacun : se loger décemment, se mouvoir sur le territoire, avoir accès à des commerces de proximité... Mais il s&amp;#039;agit également pour les acteurs locaux d&amp;#039;apporter des réponses qui soient dans une perspective d&amp;#039;adapter les modes de vie contemporains aux enjeux climatiques et environnementaux.
+ &lt;br /&gt;
+ Cette fiche-action ambitionne ainsi de contribuer à améliorer l&amp;#039;offre de services publics et privés sur l&amp;#039;ensemble du territoire et pour tous les publics. L&amp;#039;accès à un panier de services continue d&amp;#039;être un élément clé de l&amp;#039;attractivité et du développement économique du territoire Adour Chalosse Tursan Marsan.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développement des parcours résidentiels et mise à niveau du parc de logements
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie dédiée à l&amp;#039;action « parcours résidentiel » ou visant à apporter une amélioration énergétique du parc de logements ou ciblant de l&amp;#039;habitat très dégradé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et amélioration de logements sociaux (moins de 20 logements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des changements de pratique de mobilité
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes sur la mobilité couvrant au minimum l&amp;#039;échelle d&amp;#039;un EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;ingénierie permettant la coordination et communication sur l&amp;#039;éventail des possibilités de déplacements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements et actions d&amp;#039;ingénierie favorisant les déplacements multimodaux (aires de covoiturages, d&amp;#039;auto-partage, parking vélo...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien au développement de la cyclo-logistique et de plateforme de mobilité solidaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux premiers ou derniers commerces de centre-bourg dans leur domaine d&amp;#039;activité
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation ou aménagement de local commercial
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux actions visant à développer des services à destination de la jeunesse
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant le développement de nouveaux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création, réhabilitation de bâtiments et/ou équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Amélioration de la gestion des biodéchets
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes portant sur des solutions collectives pour les producteurs de biodéchets intermédiaires et « assimilés » (hors gros producteurs et ménages)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Logement et habitat
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d747-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC78" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="AD78" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG78" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2024</t>
+        </is>
+      </c>
+      <c r="AH78" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:34" customHeight="0">
+      <c r="A79" s="1">
+        <v>77376</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le tissu économique en Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J79" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le paysage économique du Pays Comminges Pyrénées connaît depuis plusieurs décennies des évolutions profondes. Les chocs économiques successifs, la tertiairisation de l’économie, la métropolisation, le développement des grands axes de communication, etc. ont entraîné l’économie commingeoise vers de nouvelles tendances, notamment la fragilisation de son tissu industriel traditionnel, une agriculture en recul ainsi que la diversification de son économie dans les domaines du commerce, du tourisme et des services à la personne.&lt;/p&gt;&lt;p&gt;Pour autant, le territoire doit aussi compter sur de forts potentiels à développer. Le Pays doit conforter le rôle structurant de l’agriculture, du tourisme et des services dans l’attractivité économique tout en soutenant le développement de filières d’avenir innovantes. Plus globalement, il doit renforcer son attractivité, faciliter l’installation de nouvelles entreprises et artisans et veiller à la revitalisation des centres-bourgs.&lt;/p&gt;&lt;p&gt;Les enjeux : Revitaliser les coeurs de villes et de villages ; conforter l’emploi local ; soutenir l’innovation, l’économie circulaire et l’économie sociale et solidaire.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TYPE ET DESCRIPTION DES OPERATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.1 Maintenir et développer le tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.1.1 Maintenir et développer les commerces de proximité, les activités artisanales et les savoirs faire locaux&lt;/li&gt;&lt;li&gt;2.1.2 Soutenir la (re)qualification des zones d’activités économiques du territoire&lt;/li&gt;&lt;li&gt;2.1.3 Résorber les friches commerciales, industrielles ou tertiaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.2 Soutenir les projets stratégiques, innovants et expérimentaux concourant à l’attractivité du territoire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.2.1 Accompagner la création et le développement d’activités économiques innovantes&lt;/li&gt;&lt;li&gt;2.2.2 Développer les filières d&amp;#039;avenir&lt;/li&gt;&lt;li&gt;2.2.3 Elaborer ou réviser une stratégie de planification de développement et d’aménagement territorial.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.3 Développer des dynamiques relevant de l’économie sociale et solidaire (ESS)&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.3.1 Accompagner les acteurs de l’ESS dans leur développement&lt;/li&gt;&lt;li&gt;2.3.2 Développer de nouvelles méthodes de travail, accompagner vers l’emploi et la création/reprise d’entreprises&lt;/li&gt;&lt;li&gt;2.3.3 Contribuer à la lutte contre les exclusions et les inégalités, à la préservation et au renforcement du lien social.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’une épicerie associative, création d’une boulangerie, études sur les vacances commerciales, reconversion de friches industrielles, boutiques éphémères, etc. ;&lt;/p&gt;&lt;p&gt;- Création d’un FABLAB, installation d’unités de production d’hydrogène, etc. ;&lt;/p&gt;&lt;p&gt;- Création et mise en réseau de tiers lieux, développement du réemploi et des ressourceries, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;br /&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI et particuliers.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Pour les projets de (re)qualification de zones d’activités et nouvelles zones d’activités, le porteur de projet devra présenter une stratégie d’aménagement durable (pré-verdissement et/ou végétalisation, mobilité douce et/ou collective, aménagement des espaces communs…)&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Les nouvelles zones d’activités devront être compatibles avec le SCoT du PETR Pays Comminges Pyrénées. Le porteur de projet devra présenter l’avis positif de la commission Scot Du PETR Comminges Pyrénées.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/570e-renforcer-linnovation-et-dynamiser-lattractiv/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC79" s="1" t="inlineStr">
+        <is>
+          <t>PETR Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="AD79" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG79" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2021</t>
+        </is>
+      </c>
+      <c r="AH79" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:34" customHeight="0">
+      <c r="A80" s="1">
         <v>162563</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Mécénat pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I105" s="1" t="inlineStr">
+      <c r="I80" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J105" s="1" t="inlineStr">
+      <c r="J80" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L105" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M105" s="1" t="inlineStr">
+      <c r="M80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -20410,677 +18096,536 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T105" s="1" t="inlineStr">
+      <c r="T80" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB80" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Entretien / restauration des haies
+Gestion des inondations
+Gestion d'une base nautique
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC80" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="AE80" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG80" s="1" t="inlineStr">
+        <is>
+          <t>29/04/2024</t>
+        </is>
+      </c>
+      <c r="AH80" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-[...238 lines deleted...]
-      <c r="A107" s="1">
+    <row r="81" spans="1:34" customHeight="0">
+      <c r="A81" s="1">
         <v>162985</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’économie avec des animations ou équipements collectifs</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="C81" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Fiche 7 - FEDER</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H107" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I107" s="1" t="inlineStr">
+      <c r="I81" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J107" s="1" t="inlineStr">
+      <c r="J81" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L107" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les actifs du Cœur Entre-deux-Mers travaillent essentiellement hors du
 territoire sur les pôles urbains. La balance emplois / actifs du territoire est
 donc déficitaire et est &lt;/span&gt;&lt;span&gt;soutenue par l’emploi présent dans &lt;/span&gt;&lt;span&gt;les territoires voisins.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La forte présence de très petites entreprises et les nouvelles façons de
 travailler (à distance, …) poussent donc certains professionnels à travailler
 via des modalités collectives et partagées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser une relocalisation des emplois et le développement de
 l’économie centrée sur le territoire et non tournée vers l’extérieur&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer des outils et espaces économiques collectifs&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
+      <c r="M81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et promotion
 d’espaces et ateliers collectifs ou de tiers lieux (thématiques ou
 multithématiques) à vocation économique pour dynamiser les centres bourgs&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Revitalisation
 commerciale des entreprises et des villages :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de dynamisation, de promotion et de
 valorisation du tissu commercial et artisanal&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou modernisation de locaux commerciaux dans
 les centres-bourgs n’ayant pas de commerce de proximité ou afin de sauvegarder
 le seul commerce de proximité&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
 promotion des principes et outils de l’Economie Sociale et Solidaire dans les
 activités économiques locales&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de
 mutualisation de services au service des acteurs économiques locaux et de leurs
 clientèles&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P107" s="1" t="inlineStr">
+      <c r="P81" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q107" s="1" t="inlineStr">
+      <c r="Q81" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-le-territoire-pour-developper-lattractivite-touristique/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC81" s="1" t="inlineStr">
+        <is>
+          <t>Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="AD81" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG81" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2024</t>
+        </is>
+      </c>
+      <c r="AH81" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="82" spans="1:34" customHeight="0">
+      <c r="A82" s="1">
         <v>163004</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C82" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F108" s="1" t="inlineStr">
+      <c r="F82" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H108" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I108" s="1" t="inlineStr">
+      <c r="I82" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J108" s="1" t="inlineStr">
+      <c r="J82" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L108" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
 d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
 positionnement économique et l’accompagner dans ses mutations et ses synergies.
 Dans ce dessein, la stratégie de développement économique local est tournée
 vers l’innovation sociale au service des emplois et du bien-vivre des
 habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;En
      capitalisant sur la dynamique existante pour la conforter et l’accompagner
      dans ses mutations, et en développant de nouvelles filières en faveur du
      développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      permettant l’accès aux services, aux commerces et à l’artisanat pour tous
      les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      favorisant l’expérimentation de nouvelles approches, notamment sur la
      mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
      la proximité, la modernisation et les synergies entre acteurs en
      accompagnant les projets innovants des petites et moyennes entreprises
      industrielles, artisanales, commerciales et des associations, et les
      initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
      le partage, la mutualisation de ressources (à titre d’exemples : espaces,
      lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
      les mutations de l’économie et l’accès à l’emploi notamment par la
      formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
      et soutenir une agriculture performante et pérenne, soucieuse de
      l’environnement, en accompagnant ses mutations et en valorisant ses
      initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
      l’accès à une alimentation de qualité sur le territoire en veillant
      notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M108" s="1" t="inlineStr">
+      <c r="M82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
 consolider le projet du porteur de projet dans le domaine du développement
 économique, de l’innovation sociale et des services : diagnostics
 préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 d’animation, de communication, d’information collective et organisation
 d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
 et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
 construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;ul type="circle"&gt;
   &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
       productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets concourant au
       développement des circuits courts alimentaires et les initiatives en
       matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
       le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets en matière de
       mutualisation de services et d’équipements pour les entreprises, les
       associations et autres acteurs de l’innovation sociale (notamment
       tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
       l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
       au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
 formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P108" s="1" t="inlineStr">
+      <c r="P82" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q108" s="1" t="inlineStr">
+      <c r="Q82" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
 personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
 lors que le personnel affecte au moins 5% de son temps de travail total au
 projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
 personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
 apprentis) dès lors que le personnel affecte au moins 5% de son temps de
 travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
 disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
 construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
 acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
 limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
 services, prestations intellectuelles dont la formation et la communication
 (par exemple création et conception de support, édition, diffusion d’outils,
 frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
 notaire, expertise juridique technique et financière, honoraire de tenue et de
 certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
 Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
 dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
 d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
 pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
 éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
 Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
@@ -21097,134 +18642,164 @@
 frais de change ;&lt;/li&gt;&lt;li&gt;Les
 investissements immobiliers dont l’acquisition est réalisée par le biais d’une
 vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
 coût unitaires pour les dépenses de personnel : Les frais directs liés aux
 dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
 porteurs de projet publics : les dépenses éligibles sont présentées en
 Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
 totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
 cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
 &lt;p id="ftn1"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p id="ftn2"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
 comité de programmation du GAL, selon les critères et les modalités
 préalablement définis dans sa grille de sélection. La grille de sélection est
 envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
 sélection en comité de programmation. Les projets doivent être en cohérence
 avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
 ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
 alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC82" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="AD82" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG82" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2024</t>
+        </is>
+      </c>
+      <c r="AH82" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="83" spans="1:34" customHeight="0">
+      <c r="A83" s="1">
         <v>72011</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Identifier et développer des activités économiques à impact social avec la Fabrique à initiatives</t>
         </is>
       </c>
-      <c r="C109" s="1" t="inlineStr">
+      <c r="C83" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Avise</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H109" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L109" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   La
   &lt;a href="https://fabriqueainitiatives.org/"&gt;
    Fabrique à initiatives
   &lt;/a&gt;
   est un dispositif d&amp;#039;ingénierie territoriale
  &lt;/strong&gt;
  créé en 2010 par l&amp;#039;
  &lt;a href="https://www.avise.org/"&gt;
   Avise
  &lt;/a&gt;
  - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
  &lt;strong&gt;
   accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Porté localement par des structures de l&amp;#039;accompagnement et présent dans 22 territoires,
  &lt;strong&gt;
   le dispositif permet, en partant d&amp;#039;un besoin social / environnemental, d&amp;#039;une idée de projet ou d&amp;#039;un lieu, de faciliter la création d&amp;#039;activités d&amp;#039;utilité sociale
  &lt;/strong&gt;
  en apportant
@@ -21292,51 +18867,51 @@
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Concevoir des activités innovantes
   &lt;/strong&gt;
   &lt;strong&gt;
    durables
   &lt;/strong&gt;
   à travers l&amp;#039;étude d&amp;#039;opportunité et la mobilisation collective
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transmettre le projet
   &lt;/strong&gt;
   à un entrepreneur qualifié ou une entreprise de l&amp;#039;ESS existante
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Accompagner le porteur de projet jusqu&amp;#039;à la création
   &lt;/strong&gt;
   de l&amp;#039;activité, en partenariat avec les réseaux et acteurs spécialisés existants
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="M109" s="1" t="inlineStr">
+      <c r="M83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Exemples de projets réalisés :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Espace de couture mutualisé en QPV
   &lt;/strong&gt;
   , dans le cadre du contrat de ville avec Toulouse métropole, la Ville de Toulouse et la Région Occitanie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Plateforme de circuits-courts
   &lt;/strong&gt;
   avec la Métropole du Havre
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Commerce de proximité local et solidaire
   &lt;/strong&gt;
   avec la commue du Juch
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
@@ -21377,178 +18952,208 @@
  &lt;li&gt;
   &lt;strong&gt;
    Tiers-lieu numérique et intergénérationnel
   &lt;/strong&gt;
   , avec la commune de Moncontour
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Restaurant-traiteur d&amp;#039;insertion en QPV
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Tiers-lieu café associatif / repair café
   &lt;/strong&gt;
   etc. avec la commune d&amp;#039;Annonay
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Conserverie à partir d&amp;#039;invendus alimentaires
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R109" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ne pas avoir identifié de porteurs de projet
  &lt;/li&gt;
  &lt;li&gt;
   Autres conditions d&amp;#039;intervention selon les structures porteuses (cf.
   &lt;a href="https://fabriqueainitiatives.org/contact/" target="_self"&gt;
    carte du réseau
   &lt;/a&gt;
   ). Le dispositif est partenaire du programme Petites villes de demain de l&amp;#039;ANCT.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>https://fabriqueainitiatives.org/</t>
         </is>
       </c>
-      <c r="W109" s="1" t="inlineStr">
+      <c r="W83" s="1" t="inlineStr">
         <is>
           <t>https://fabriqueainitiatives.org/contact/</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://fabriqueainitiatives.org/contact/
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>contact@avise.org</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6dba-identifier-et-developper-des-activites-econom/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB83" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot</t>
+        </is>
+      </c>
+      <c r="AC83" s="1" t="inlineStr">
+        <is>
+          <t>Avise</t>
+        </is>
+      </c>
+      <c r="AE83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG83" s="1" t="inlineStr">
+        <is>
+          <t>23/11/2020</t>
+        </is>
+      </c>
+      <c r="AH83" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="84" spans="1:34" customHeight="0">
+      <c r="A84" s="1">
         <v>152446</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Aider à la création et la réhabilitation du patrimoine bâti des collectivités (hors scolaire et périscolaire)</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>CONSTRUCTIONS ET RÉNOVATIONS PUBLIQUES</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I110" s="1" t="inlineStr">
+      <c r="I84" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J110" s="1" t="inlineStr">
+      <c r="J84" s="1" t="inlineStr">
         <is>
           <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, la rénovation, la réhabilitation et à l&amp;#039;extension du patrimoine bâti des collectivités (hors scolaire et périscolaire).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M110" s="1" t="inlineStr">
+      <c r="M84" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;une crèche écologique &amp;#34;les petits écoliers&amp;#34; - isolation thermique et mobilier
  &lt;/li&gt;
  &lt;li&gt;
   Extension du centre de santé &amp;#34;santé pour tous&amp;#34; - construction d&amp;#039;un nouveau bâtiment
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du monument aux morts &amp;#34;à nos héros&amp;#34; - conservation du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de réfection du square &amp;#34;le jardin du bonheur&amp;#34; - espaces verts et aires de jeux
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement numérique de la bibliothèque &amp;#34;lire connecté&amp;#34; - équipement informatique
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation de l&amp;#039;ancienne école en salle de réunion &amp;#34;espace commun&amp;#34; - isolation et aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes d&amp;#039;accessibilité de la mairie &amp;#34;l&amp;#039;accès pour tous&amp;#34; - rampes et sanitaires adaptés
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un centre culturel &amp;#34;l&amp;#039;art en herbe&amp;#34; en partenariat avec la médiathèque départementale
@@ -21561,66 +19166,66 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation lourde du café-restaurant &amp;#34;au bon goût&amp;#34; - réhabilitation du dernier commerce local
  &lt;/li&gt;
  &lt;li&gt;
   Construction de maisons d&amp;#039;assistantes maternelles &amp;#34;les petits explorateurs&amp;#34; - mobilier inclus de création d&amp;#039;un établissement d&amp;#039;accueil pour jeunes enfants &amp;#34;petite enfance heureuse&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Alarmes anti-intrusions pour la salle des associations &amp;#34;sécurité communale&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisitions de matériel informatique &amp;#34;connectivité villageoise&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Démolition de bâtiments dangereux &amp;#34;sécurisation de l&amp;#039;environnement&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Extension du cimetière communal &amp;#34;espace sérénité&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du local des services techniques &amp;#34;outils modernes pour la commune&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Espace public
 Bâtiments et construction
 Réhabilitation
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -21940,830 +19545,887 @@
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Conventionnement, si le besoin est avéré, avec le Département pour l&amp;#039;attribution de plages horaires pour les médecins de la protection maternelle et infantile (PMI).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien ;
  &lt;/li&gt;
  &lt;li&gt;
   Tous travaux dans des bâtiments donnant lieu à la perception de loyers (hors maintien de l&amp;#039;activité économique et de service public en zone rurale, de logement social, de maison de santé, de maisons médicales, et de Maisons d&amp;#039;Assistantes Maternelles) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les acquisitions foncières et l&amp;#039;équipement des structures médicales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W110" s="1" t="inlineStr">
+      <c r="W84" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1e2-aider-a-la-realisation-de-travaux-damenagemen/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB84" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’un gymnase
+Création d’une bibliothèque municipale
+Création d’une crèche
+Isolation du bâtiment
+Mise en place d’un café / bistrot</t>
+        </is>
+      </c>
+      <c r="AC84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="AE84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG84" s="1" t="inlineStr">
+        <is>
+          <t>17/10/2023</t>
+        </is>
+      </c>
+      <c r="AH84" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="85" spans="1:34" customHeight="0">
+      <c r="A85" s="1">
         <v>165277</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Mettre en place des opérations collectives de télérelève des compteurs d’irrigation à l’échelle d’un OUGC</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Opérations collectives de mise en place de la télérelève des compteurs d’irrigation à l’échelle d’un OUGC</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I111" s="1" t="inlineStr">
+      <c r="I85" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L111" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence incite et finance les opérations collectives de mise en place 
 de la télérelève des compteurs d’irrigation à l’échelle d’un organisme 
 unique de gestion collective des prélèvements en eau pour l’irrigation 
 (OUGC). Cette télérelève permet d&amp;#039;améliorer la connaissance des usages, 
 de mettre en place une gestion adaptée au contexte climatique et de 
 mieux partager la ressource.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
+      <c r="P85" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q111" s="1" t="inlineStr">
+      <c r="Q85" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua3-operations-collectives-de-mise-en-place-de-la-telereleve-de.html</t>
         </is>
       </c>
-      <c r="W111" s="1" t="inlineStr">
+      <c r="W85" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-des-operations-collectives-de-telereleve-des-compteurs-dirrigation-a-lechelle-dun-ougc/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC85" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG85" s="1" t="inlineStr">
+        <is>
+          <t>26/06/2025</t>
+        </is>
+      </c>
+      <c r="AH85" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="86" spans="1:34" customHeight="0">
+      <c r="A86" s="1">
         <v>165263</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Mettre en place une structuration de la gestion de l’eau (missions d’appui)</t>
         </is>
       </c>
-      <c r="D112" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Missions d’appui à la mise en place d’une structuration de la gestion de l’eau</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I112" s="1" t="inlineStr">
+      <c r="I86" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="J112" s="1" t="inlineStr">
+      <c r="J86" s="1" t="inlineStr">
         <is>
           <t>Une majoration est possible dans le cadre de la solidarité urbain rural et d’un programme d’actions conclu dans le cadre d’un accord de territoire.</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L112" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
 intercommunale à structurer leurs compétences au-delà des obligations 
 réglementaires. La structuration doit permettre aux collectivités d’être
  opérationnelles, de porter des programmes d’actions ambitieux sur le 
 petit et le grand cycles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P112" s="1" t="inlineStr">
+      <c r="P86" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q112" s="1" t="inlineStr">
+      <c r="Q86" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-missions-dappui-a-la-mise-en-place-dune-structuration-de-la.html</t>
         </is>
       </c>
-      <c r="W112" s="1" t="inlineStr">
+      <c r="W86" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-une-structuration-de-la-gestion-de-leau-missions-dappui/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC86" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG86" s="1" t="inlineStr">
+        <is>
+          <t>26/06/2025</t>
+        </is>
+      </c>
+      <c r="AH86" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="87" spans="1:34" customHeight="0">
+      <c r="A87" s="1">
         <v>161778</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Mettre en place d’une chaufferie biomasse</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Assistance à Maîtrise d'Ouvrage pour la mise en place d’une chaufferie biomasse</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H113" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L113" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Réalisez votre projet de chaufferie biomasse grâce au Fonds Chaleur de l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’ADEME met à votre disposition :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une trame de cahier des charges pour l’assistance à maitrise d’ouvrage ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;une aide financière.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide concerne toutes les collectivités, entreprises et associations.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les missions d’assistance à maitrise d’ouvrage vous permettront :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’assurer la qualité du projet à travers une vision globale et en coordination avec les différents acteurs du projet ;&lt;/li&gt;&lt;li&gt;de mettre en œuvre les différentes étapes du projet et de rédiger les cahiers des charges si nécessaire (bureau d’études, maîtrise d’œuvre) ;&lt;/li&gt;&lt;li&gt;de s’assurer de la conformité réglementaire et technique de l’installation ;&lt;/li&gt;&lt;li&gt;de s’assurer du bon fonctionnement de l’installation et des modalités de maintenance ;&lt;/li&gt;&lt;li&gt;de constituer un opérateur énergétique territorial et de structurer l’animation, notamment dans le cas de projets citoyens.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME.&lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Une fois que votre étude de faisabilité vous a conforté dans l’investissement à faire, l’ADEME grâce au Fonds Chaleur, vous aide financièrement dans l’installation de production de chaleur biomasse/bois.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Biodiversité</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/assistance-a-maitrise-douvrage-mise-place-dune-chaufferie-biomasse</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/assistance-a-maitrise-douvrage-pour-la-mise-en-place-dune-chaufferie-biomasse/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB87" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF87" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG87" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH87" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D114" s="1" t="inlineStr">
+    <row r="88" spans="1:34" customHeight="0">
+      <c r="A88" s="1">
+        <v>165644</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre d’un schéma directeur des énergies</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="N114" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les collectivités territoriales sont des acteurs clés dans l’atteinte des &lt;strong&gt;objectifs de transition énergétique&lt;/strong&gt;. Elles sont&lt;strong&gt; au cœur du processus de transition&lt;/strong&gt; à travers leurs décisions en matière d’énergie, mais aussi d’aménagement, d’urbanisme, de mobilité, de gestion des déchets et de l’eau, des thématiques intimement liées. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Leurs actions doivent notamment reposer sur des &lt;strong&gt;choix énergétiques pertinents et éclairés&lt;/strong&gt;, pour élaborer un &lt;strong&gt;mix énergétique local sobre en carbone&lt;/strong&gt;. Ces choix doivent prendre en compte les potentiels de développement d’énergies renouvelables, mais aussi des scénarii d’évolution des différents usages présents sur les territoires. &lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Schéma directeur des énergies &lt;/strong&gt;est un outil indispensable pour coordonner ces actions, ciblant aussi bien la production, la consommation et la distribution d’énergie.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, vous pouvez consulter le guide méthodologique « &lt;a target="_blank" href="https://librairie.ademe.fr/changement-climatique-et-energie/749-schema-directeur-des-energies-le-9791029713859.html"&gt;Le Schéma directeur des énergies, conjuguer mix énergétique, planification territoriale et urbaine&lt;/a&gt; ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/mise-en-oeuvre-dun-schema-directeur-des-energies</t>
+        </is>
+      </c>
+      <c r="W88" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2026/mise-en-oeuvre-dun-schema-directeur-des-energies#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mise-en-oeuvre-d-un-schema-directeur-des-energies/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF88" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG88" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH88" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D115" s="1" t="inlineStr">
+    <row r="89" spans="1:34" customHeight="0">
+      <c r="A89" s="1">
+        <v>161712</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre d’un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre d’un schéma directeur des énergies</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N115" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les collectivités territoriales sont des acteurs clés dans l’atteinte des &lt;strong&gt;objectifs de transition énergétique&lt;/strong&gt;. Elles sont&lt;strong&gt; au cœur du processus de transition&lt;/strong&gt; à travers leurs décisions en matière d’énergie mais aussi d’aménagement, d’urbanisme, de mobilité, de gestion des déchets et de l’eau, des thématiques intimement liées. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Leurs actions doivent notamment reposer sur des &lt;strong&gt;choix énergétiques pertinents et éclairés&lt;/strong&gt;, pour élaborer un &lt;strong&gt;mix énergétique local sobre en carbone&lt;/strong&gt;. Ces choix doivent prendre en compte les potentiels de développement d’énergies renouvelables mais aussi des scenarii d’évolution des différents usages présents sur les territoires. &lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Schéma Directeur des Énergies &lt;/strong&gt;est un outil indispensable pour coordonner ces actions, ciblant aussi bien la production, la consommation et la distribution d’énergie.&lt;/p&gt;&lt;p&gt;Guide méthodologique : « &lt;a target="_blank" href="https://librairie.ademe.fr/changement-climatique-et-energie/749-schema-directeur-des-energies-le-9791029713859.html"&gt;Le Schéma directeur des énergies, conjuguer mix énergétique, planification territoriale et urbaine&lt;/a&gt; ».&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P115" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mise-en-oeuvre-dun-schema-directeur-des-energies/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF89" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG89" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH89" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G116" s="1" t="inlineStr">
+    <row r="90" spans="1:34" customHeight="0">
+      <c r="A90" s="1">
+        <v>155569</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la mise en place d’éco-pâturage sur les espaces publics</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>MISE EN PLACE D’ÉCO-PÂTURAGE SUR LES ESPACES PUBLICS</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
-[...91 lines deleted...]
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I117" s="1" t="inlineStr">
+      <c r="I90" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J117" s="1" t="inlineStr">
+      <c r="J90" s="1" t="inlineStr">
         <is>
           <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L117" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités qui souhaitent mettre en place l&amp;#039;éco-pâturage sur certains de leurs espaces verts (hors espaces naturels d&amp;#039;intérêt écologique).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Agriculture et agroalimentaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Structures intercommunales et autres groupements de collectivités (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Dépenses éligibles :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation des études préalables, plans et outils de communication associés,
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de la parcelle nécessaires à l&amp;#039;accueil des animaux et à la sécurité : abris, abreuvoirs, clôtures...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
@@ -22772,105 +20434,253 @@
 &lt;ul&gt;
  &lt;li&gt;
   Acquisition ou location d&amp;#039;animaux,
  &lt;/li&gt;
  &lt;li&gt;
   Prestation de service pour la surveillance ou la gestion des animaux,
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement des aménagements, entretien courant...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Plancher/plafond :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 1.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles : 30.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-place-decopaturage-sur-les-espaces-publics/</t>
         </is>
       </c>
-      <c r="W117" s="1" t="inlineStr">
+      <c r="W90" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0233-modele/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AB90" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC90" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG90" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2023</t>
+        </is>
+      </c>
+      <c r="AH90" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:34" customHeight="0">
+      <c r="A91" s="1">
+        <v>161792</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné à la mise en place d'un contrat de DSP (Délégation de Service Public) ou MPS (Marché Prestation de Services)</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mise en place d'un contrat de DSP (Délégation de Service Public) ou MPS (Marché Prestation de Services) .</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour la rédaction des marchés, la consultation des entreprises et passation de contrats dans les domaines de l&amp;#039;eau et de l&amp;#039;assainissement (délégation de service public et marché prestation de services).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-mise-en-place-dun-contrat-de-dsp-ou-mps-mission-prestation-de-services/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC91" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron ingénierie</t>
+        </is>
+      </c>
+      <c r="AE91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG91" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH91" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>