--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -24,116 +24,108 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rIdSheet1" state="visible"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Unknown</author>
   </authors>
   <commentList>    </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
-[...4 lines deleted...]
-    </font>
+  <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA44"/>
+  <dimension ref="A1:AH2"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,1932 +217,131 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>70766</v>
+        <v>139436</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Etre accompagné pour candidater aux appels à projets collaboratifs de recherche, développement et innovation internationaux - fonds européens</t>
+          <t>Préserver l'autonomie et améliorer la qualité de vie des seniors - Innov'up Expérimentation</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>INNOV'UP EXPÉRIMENTATION SILVER ECONOMIE &amp; BIEN VIEILLIR</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Bpifrance</t>
+          <t>Conseil régional d'Ile de France
+Bpifrance
+Cap Digital</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...1841 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vieillir en bonne santé est un enjeu de taille. En France, les 60 ans et plus représentent aujourd&amp;#039;hui 1/4 de la population française, un chiffre qui devrait grimper à 33% en 2050. Mais si l&amp;#039;espérance de vie après 50 ans des françaises et des français reste l&amp;#039;un des plus haut d&amp;#039;Europe, le nombre d&amp;#039;années vécues en bonne santé reste, lui, inférieur à celui de plusieurs pays.
 &lt;/p&gt;
 &lt;p&gt;
  Pour répondre à l&amp;#039;enjeu social et de santé public majeur que constitue le vieillissement massif de la population, la Région Île-de-France, Bpifrance, Cap Digital et Silver Valley s&amp;#039;associent pour proposer Innov&amp;#039;up Expérimentation Silver Economie &amp;amp; Bien vieillir.
 &lt;/p&gt;
 &lt;p&gt;
  Ce programme inédit vise à soutenir et financer l&amp;#039;expérimentation en conditions réelles de tout type de solutions et technologies innovantes à même de permettre le maintien de l&amp;#039;autonomie et, de manière générale, le bien vieillir des seniors.
 &lt;/p&gt;
 &lt;p&gt;
  Il est financé par la Région Île-de-France et Bpifrance avec le soutien opérationnel de Cap Digital et de Silver Valley.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;strong&gt;
   L&amp;#039;accompagnement
  &lt;/strong&gt;
 &lt;/h2&gt;
 &lt;h4&gt;
  Vous représentez une entreprise innovante et souhaitez expérimenter votre innovation sur un terrain francilien ?
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les aides :
@@ -2216,65 +407,65 @@
   Les bénéfices
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Être accompagné dans la mise en œuvre expérimentale de projet innovant
  &lt;/li&gt;
  &lt;li&gt;
   Tester in situ &amp;amp; in vivo les performances techniques et fonctionnelles de solutions innovantes
  &lt;/li&gt;
  &lt;li&gt;
   Initier des transformations en développant une culture de l&amp;#039;innovation en interne
  &lt;/li&gt;
  &lt;li&gt;
   Objectiver opérationnellement et financièrement l&amp;#039;adoption des solutions innovantes
  &lt;/li&gt;
  &lt;li&gt;
   Equilibrer la balance risques et bénéfices potentiels
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la participation des usagers et habitants et l&amp;#039;implication de vos services dans la co-construction des solutions innovantes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Personnes âgées
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   A qui s&amp;#039;adresse le programme ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les entreprises innovantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Start-up
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   PME
  &lt;/li&gt;
  &lt;li&gt;
   ETI
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -2282,5343 +473,147 @@
   Ces entreprises doivent avoir une activité en Île-de-France et proposent un projet d&amp;#039;innovation dans les champs de la Silver Economie. Les solutions proposées ne doivent pas encore avoir fait l&amp;#039;objet d&amp;#039;une commercialisation.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Les terrains d&amp;#039;expérimentation :
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acteurs publics du territoire : collectivités territoriales, EPCI, syndicats, établissements de santé, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Acteurs privés
  &lt;/li&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Toutes ces structures sont éligibles à partir du moment où elles sont à même de mettre à disposition un terrain d&amp;#039;expérimentation (par exemple une infrastructure spécifique, une communauté d&amp;#039;usagers ou un jeu de données).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://scale.capdigital.com/silver-economie?utm_medium=email&amp;_hsmi=252741290&amp;_hsenc=p2ANqtz-97GrX5_AAPNoC753DK4K3PLV4dsCcmNIkIgkrQ6_0pl0GKhUa6ZfPpmZBVZo8fvYRQe6iYsvmDGzzSUvQYAy1beyhoOeGFKrP4TYwf8CZa8JqkEjg&amp;utm_content=252741290&amp;utm_source=hs_email#entrep</t>
         </is>
       </c>
-      <c r="W13" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://eu.jotform.com/form/230503669983364</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  En tant qu&amp;#039;entreprise innovante :
 &lt;/h3&gt;
 &lt;p&gt;
  Accédez au dossier de candidature --&amp;gt;
  &lt;a href="https://eu.jotform.com/form/230503669983364" target="_self"&gt;
   Candidater
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;h3&gt;
  En tant que terrain d&amp;#039;expérimentation :
 &lt;/h3&gt;
 &lt;p&gt;
  Manifestez-vous au plus vite pour faire partie des premières expérimentations ! --&amp;gt;
  &lt;a href="https://form.jotform.com/aylin77/Innov-upExprimentation-Transitions" target="_self"&gt;
   Je suis intéressé
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h3&gt;
  L&amp;#039;équipe à contacter en cas de question :
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Jennyfer Lecompte : Directrice des programmes de recherche développement et innovation - Cap Digital
  &lt;/li&gt;
  &lt;li&gt;
   Titouan Levard : Directeur général adjoint - Silver Valley
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a target="_self"&gt;
    innovup-transition-ecologique&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>anne.bertaud@esante.gouv.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a962-preserver-lautonomie-et-ameliorer-la-qualite-/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Agence du Numérique en Santé</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
-[...92 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+      <c r="AF2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
-[...5084 lines deleted...]
-          <t>published</t>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>