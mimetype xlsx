--- v0 (2025-10-04)
+++ v1 (2025-12-25)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA117"/>
+  <dimension ref="A1:AA65"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,1273 +228,726 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>152206</v>
+        <v>102630</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Permettre d'ajuster les compétences d’un demandeur d’emploi avant l'embauche en contrat d’au moins 12 mois, grâce à une formation d'adaptation à l'emploi</t>
+          <t>Favoriser la formation et l'insertion socioprofessionnelle dans le cadre de projets de restauration du patrimoine</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>PRÉPARATION OPÉRATIONNELLE À L'EMPLOI INDIVIDUELLE (POEI)</t>
+          <t>Programme Patrimoine Emploi</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil régional des Pays de la Loire</t>
+          <t>Fondation du Patrimoine</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Entreprise privée</t>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Permettre d&amp;#039;ajuster les compétences d&amp;#039;un demandeur d&amp;#039;emploi avant l&amp;#039;embauche en contrat d&amp;#039;au moins 12 mois, grâce à une formation d&amp;#039;adaptation à l&amp;#039;emploi.
-[...8 lines deleted...]
- La POEI concerne :
+ Vous souhaitez soutenir l&amp;#039;insertion et la formation professionnelle dans les métiers du patrimoine et favoriser la transmission des savoir-faire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Via son programme Patrimoine Emploi, la Fondation du patrimoine soutient l&amp;#039;insertion socioprofessionnelle et la formation aux métiers du patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Deux axes sont privilégiés :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les demandeurs d&amp;#039;emploi inscrits à Pôle emploi ;
-[...13 lines deleted...]
-  &lt;/ul&gt;
+  le soutien aux chantiers incluant une action d&amp;#039;insertion sociale ou professionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets permettant une formation aux métiers du patrimoine (clause de marchés publics avec insertion ou apprentissage, atelier chantier d&amp;#039;insertion (ACI), chantier-école).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le contrat d&amp;#039;embauche à l&amp;#039;issue de la formation doit être :
-[...19 lines deleted...]
- La formation (temps plein ou temps partiel) doit être réalisée par un organisme de formation interne et/ou externe à l&amp;#039;entreprise qui recrute. La prise en charge des coûts de formation sera de 400 heures maximum.
+ Vos projets de restauration du patrimoine faisant l&amp;#039;objet d&amp;#039;une souscription avec la Fondation du patrimoine pourront bénéficier d&amp;#039;une aide financière supplémentaire.
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conservatoire du Patrimoine CFA Paul Riquet à Toulouse : subvention pour la mise en place de formations aux techniques de construction traditionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ancienne Abbaye de Maroilles dans le Nord : restauration de la grange dimière et de deux maisons de bourgs dans le cadre d&amp;#039;un chantier d&amp;#039;insertion
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Commerces et services
-[...1 lines deleted...]
-Appui méthodologique</t>
+          <t>Patrimoine et monuments historiques</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...17 lines deleted...]
- L&amp;#039;employeur construira avec le conseiller Pôle emploi, le parcours de formation (plan de formation partagé avec le demandeur d&amp;#039;emploi).
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Porteur de projet : collectivité publique, association ou structure d&amp;#039;intérêt général (dont l&amp;#039;activité est non lucrative et ne bénéficie pas à un cercle restreint de personnes et dont la gestion est désintéressée) justifiant de plus d&amp;#039;un an d&amp;#039;existence.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet implanté sur le territoire et dont les bénéficiaires résident en France métropolitaine ou ultramarine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à un projet ciblé : l&amp;#039;aide demandée ne pourra être tournée exclusivement vers du fonctionnement ou le financement de supports de communication.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/soumettre-un-projet/obtenir-une-aide-financiere</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Pierre Servais, Chargé de projet patrimoine naturel et emploi : pierre.servais&amp;#64;fondation-patrimoine.org
+&lt;/p&gt;
+&lt;p&gt;
+ Ou Michel Doffagne : michel.doffagne&amp;#64;fondation-patrimoine.org&amp;#34;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>olivier.guillon@paysdelaloire.fr</t>
+          <t>fanny.renaud@fondation-patrimoine.org</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/5c47-acces-emploi-preparation-operationnelle-a-lem/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a84-favoriser-la-formation-et-linsertion-sociopro/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>149091</v>
+        <v>162348</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Intégrer une formation ou un emploi pour les demandeurs d’emploi ou les personnes en situation de précarité confrontés à des problèmes de mobilité</t>
+          <t>Etre aidé pour trouver un emploi grâce à un parrain</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Un véhicule vers l’emploi</t>
+          <t>Un parrain, un emploi</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
-        <is>
-[...112 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...99 lines deleted...]
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Manque de réseaux, d’orientation... Vous avez des difficultés à vous insérer dans la vie professionnelle ? Pour vous aider à trouver un emploi, la Région Sud propose le dispositif « Un parrain, un emploi », en partenariat avec France Travail.&lt;/p&gt; &lt;p&gt;Vous avez moins de 26 ans, êtes titulaire d’un Bac &amp;#43;2 ou plus et êtes inscrit(e) à France Travail : soyez coaché par un chef d’entreprise !&lt;/p&gt;
 &lt;h3&gt;Vous êtes chef d’entreprise, cadre supérieur en activité ?&lt;/h3&gt;
 &lt;p&gt;La Région et France Travail vous invitent à parrainer bénévolement des jeunes diplômés en recherche d’emploi.&lt;br /&gt; Votre rôle consiste à les accompagner dans leur parcours d’accès à l’emploi, en partageant votre expérience et votre réseau.&lt;/p&gt; &lt;p&gt;Notre objectif : parrainer chaque année plus de 500 jeunes provençaux, alpins et azuréens.&lt;/p&gt;
 &lt;p&gt;Depuis le lancement du dispositif en 2018, plus de 2500 jeunes diplômés ont été coachés individuellement par un parrain ou une marraine. Près de 75% d’entre eux ont trouvé un emploi à l’issue de leur parcours de parrainage. En 2021, 543 jeunes du territoire ont pu être accompagnés vers l’emploi.&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Valoriser vos compétences, votre potentiel et vos aptitudes&lt;/li&gt; 	&lt;li&gt;Avoir une meilleure connaissance du monde de l’entreprise et du tissu économique local lié à votre secteur d’activité&lt;/li&gt; 	&lt;li&gt;Avoir un soutien pour dépasser toute forme de préjugé et/ou de freins&lt;/li&gt; 	&lt;li&gt;Développer votre réseau professionnel et personnel&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Emploi</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P5" s="1" t="inlineStr">
+      <c r="P3" s="1" t="inlineStr">
         <is>
           <t>17/01/2019</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région pilote le dispositif et coordonne les initiatives menées sur l’ensemble du territoire régional. &lt;/p&gt;
 &lt;p&gt;L’intervention de France Travail porte sur 3 champs distincts et complémentaires :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La mise en place d’un sourcing des jeunes diplômés afin de les orienter sur le dispositif ;&lt;/li&gt; 	&lt;li&gt;La mobilisation de ces 400 conseillers entreprise afin qu’ils encouragent les chefs d’entreprises qu’ils rencontrent à s’investir dans l’action de parrainage ;&lt;/li&gt; 	&lt;li&gt;Une offre de « coaching » via la mobilisation de 90 conseillers dédiés à l’accompagnement intensif des jeunes.&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;Devenir parrain&lt;/h3&gt;
 &lt;p&gt;La crise provoquée par le coronavirus est porteuse de très nombreuses incertitudes sur le plan économique, et plus particulièrement sur le marché de l&amp;#039;emploi, où les jeunes diplômés sont les premiers touchés. Avec le dispositif &amp;#34;1 Parrain, 1 Emploi&amp;#34;, la Région Sud et France Travail mettent tout en œuvre pour les aider à démarrer leur vie professionnelle. Vous voulez transmettre votre expérience pour aider un jeune à démarrer sa carrière ? Devenez parrain bénévole !&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Parrainer un jeune, pourquoi faire ? &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Accompagner un jeune sur vers un premier emploi&lt;/li&gt; 	&lt;li&gt;Transmettre votre savoir-faire et votre expérience&lt;/li&gt; 	&lt;li&gt;Tisser une relation humaine unique&lt;/li&gt; 	&lt;li&gt;Former une future recrue potentielle&lt;/li&gt; 	&lt;li&gt;Partager votre réseau professionnel&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Comment choisir son filleul ? &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Agé de moins de 26 ans&lt;/li&gt; 	&lt;li&gt;Bac &amp;#43;2 minimum&lt;/li&gt; 	&lt;li&gt;Inscrit à France Travail&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ensuite, France Travail vous accompagnera dans le sourcing des filleuls potentiels pour former le duo le plus optimal, en fonction des compétences, des formations et de la personnalité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/un-parrain-un-emploi</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact « Un parrain, un emploi »&lt;br /&gt; Tél : 04 91 17 43 50&lt;br /&gt; Mails : &lt;a href="mailto:unparrainunemploi.13992&amp;#64;pole-emploi.fr"&gt;unparrainunemploi.13992&amp;#64;pole-emploi.fr&lt;/a&gt; / &lt;a href="mailto:unparrainunemploi&amp;#64;maregionsud.fr"&gt;unparrainunemploi&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/un-parrain-un-emploi/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>163855</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Proposer des actions de formation en relation avec les besoins d’employeurs préalablement identifiés, pour assurer aux bénéficiaires un emploi à la sortie</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif 1 emploi = 1 formation</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K6" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
-[...586 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Une offre de formation souple et adaptable, pour répondre aux besoins des employeurs.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les formations sont construites directement avec les employeurs qui s’engagent à recruter à l’issue de la formation. Elles sont individualisées, pour répondre tant aux besoins des demandeurs d’emploi qu’à ceux exprimés par les employeurs. &lt;br /&gt;Les sessions peuvent se dérouler au sein d’organismes de formation, voire en entreprise. Elles peuvent viser une certification complète ou uniquement certains blocs de compétences, voire être professionnalisantes. &lt;br /&gt;La Région, à travers ce dispositif, vise un objectif : la formation professionnelle continue doit déboucher sur l’emploi. Les sessions de formation ne sont désormais commandées aux organismes de formation titulaires des marchés Région que sous condition d’intentions d’embauche préalables des employeurs.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;ul&gt;
 &lt;li&gt;Toute personne en recherche d’emploi.&lt;/li&gt;
 &lt;li&gt;En priorité les demandeurs d’emploi de longue durée ou non qualifiés, les bénéficiaires du Revenu de solidarité active, les personnes reconnues travailleurs handicapés, les personnes résidant dans les quartiers prioritaires de la politique de la ville, les séniors, les personnes suivies par le Réseau des acteurs de l’insertion et de l’emploi et leurs partenaires. &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Les formations devront conduire à un contrat d’au moins 24 heures hebdomadaires, sous forme de CDI, de CDD d’au moins six mois ou de contrats en alternance. &lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Revitalisation
 Emploi</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P4" s="1" t="inlineStr">
         <is>
           <t>01/02/2024</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’organisme de formation planifie une session correspondant aux attendus du ou des employeurs qui ont exprimé une intention d’embauche liée à des besoins identifiés.&lt;/p&gt;
 &lt;p&gt;La formation est financée en totalité par la Région.&lt;/p&gt;
 &lt;p&gt;L’employeur accueille les stagiaires en immersion durant la formation et participe, par exemple :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;à la sélection des candidats,&lt;/li&gt;
 &lt;li&gt;à la présentation du métier,&lt;/li&gt;
 &lt;li&gt;aux jurys de fin de formation,&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;et il recrute les stagiaires à la sortie.&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>Direction de l&amp;#039;emploi, formation professionnelle et apprentissage&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;sfpc&amp;#64;paysdelaloire.fr&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;ul&gt;&lt;/ul&gt; &lt;p&gt;Prenez contact avec un conseiller de la plateforme « &lt;a href="https://dora.inclusion.beta.gouv.fr/services/carif-oref-pays-de-l-choisir-mon-metier-a"&gt;Choisir mon métier à votre écoute&lt;/a&gt; »&lt;br /&gt;&amp;#43;33 800 20 03 03&lt;br /&gt;info&amp;#64;cariforef-pdl.org&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-1-emploi-1-formation/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>104641</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le développement export des entreprises régionales</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Emploi Export Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Accompagner la mise en place d&amp;#039;un salarié export permettant le lancement d&amp;#039;un nouveau produit ou le lancement d&amp;#039;un produit existant sur un nouveau marché d&amp;#039;exportation.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Emploi Export Pays de la Loire vise à renforcer le développement export des entreprises régionales. En effet, pour pérenniser leur développement à l&amp;#039;international, les entreprises qui se structurent à l&amp;#039;export ont besoin de s&amp;#039;appuyer sur les compétences de personnel qualifié, dédié à l&amp;#039;international.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprise de moins de 250 salariés et de moins de 50 millions d&amp;#039;euros de CA (à l&amp;#039;échelle du groupe), ayant leur siège social en Pays de la Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  PME dont l&amp;#039;activité de production industrielle ou de services qualifiés à la production industrielle relève d&amp;#039;une des filières d&amp;#039;excellence de la région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises qui relèvent du secteur primaire (filières agriculture, pêche et aquaculture) pourront également être soutenues, sous réserve de validation du comité export se réunissant mensuellement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q5" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, le projet présenté au titre du dispositif « Emploi Export  Pays de la Loire» doit être lié à la mise en place d&amp;#039;une démarche structurée à l&amp;#039;export. Le recrutement doit porter sur un emploi dédié au lancement d&amp;#039;un nouveau produit ou au lancement d&amp;#039;un produit existant sur un nouveau marché à l&amp;#039;international, en CDI, basé en Pays de la Loire. Le recrutement doit correspondre à la création d&amp;#039;une fonction nouvelle dont la fiche de poste et les missions sont destinées à la démarche internationale de l&amp;#039;entreprise (création de la fonction au sein de l&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est limitée à 12 mois et à un recrutement par entreprise. Le taux d&amp;#039;aide est de 50% de la rémunération annuelle brute (hors charges patronales), dans la limite d&amp;#039;un plafond de 20 000 €/an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de dépôt du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide de l&amp;#039;entreprise doit être déposé à la CCI Pays de la Loire - Direction Internationale (Team France Export) ET à la Région des Pays de la Loire durant la période d&amp;#039;essai du salarié. Seuls les dossiers réputés complets et répondant aux critères d&amp;#039;éligibilité seront examinés en Comité Export.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quels projets ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Emploi Export Pays de la Loire s&amp;#039;adresse aux TPE-PME, en phase de croissance, ayant une stratégie claire et ayant un potentiel de développement à l&amp;#039;export (innovation, produit adapté, équipe dirigeante volontaire, etc.). Cette dernière doit s&amp;#039;inscrire pleinement dans une logique de « parcours à l&amp;#039;export ».
+ &lt;br /&gt;
+ L&amp;#039;aide sera conditionnée à un accompagnement de l&amp;#039;entreprise par la CCIR - Team France Export via le dispositif « conseil export », à l&amp;#039;image de ce qui se fait pour le dispositif VIE.
+ &lt;br /&gt;
+ De même, l&amp;#039;aide pour les viticulteurs sera conditionnée par un accompagnement de la Chambre régionale d&amp;#039;agriculture (CRA).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/emploi-export-pays-de-la-loire</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des affaires internationales :
+ 02 28 20 61 62
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CCI Pays de la Loire
+ &lt;br /&gt;
+ Contactez votre conseiller International – Team France Export Pays de la Loire
+ &lt;br /&gt;
+ Loire-Atlantique - 02 40 44 63 69
+ &lt;br /&gt;
+ Maine et Loire - 02 41 20 49 56
+ &lt;br /&gt;
+ Mayenne - 02 43 49 50 26
+ &lt;br /&gt;
+ Sarthe - 02 43 21 00 12
+ &lt;br /&gt;
+ Vendée - 02 51 45 32 15
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dda4-emploi-export-pays-de-la-loire/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>163868</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux entreprises de se doter de nouvelles compétences sur les enjeux de l’industrie du futur ou de la transition écologique</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire Emploi Transitions</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les enjeux de compétitivité et de transition écologique sont les principaux défis auxquels les entreprises doivent actuellement faire face pour assurer la pérennité de leur modèle économique. &lt;br /&gt;Se doter en interne de moyens humains dédiés, en appui de l’équipe dirigeante, est souvent nécessaire pour concevoir et déployer une stratégie d’entreprise répondant à ces enjeux. &lt;br /&gt;C’est dans ce contexte que la Région souhaite apporter aux entreprises ligériennes une aide à la mise en place et au recrutement de chefs de projet sur les enjeux de l’industrie du futur et de la transition écologique.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;div&gt;SECTEURS D’ACTIVITES ELIGIBLES&lt;/div&gt;
+&lt;div&gt;Deux cas sont distingués selon la mission de la personne recrutée par l’entreprise : &lt;/div&gt;
+&lt;div&gt;Pour être éligibles à une aide au recrutement d’un chef de projet sur les enjeux d’industrie du futur et compétitivité, les entreprises doivent obligatoirement relever des secteurs suivants : &lt;/div&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;span&gt; Industrie,&lt;/span&gt;&lt;/li&gt;
+&lt;li&gt;&lt;span&gt; Industries agro-alimentaires de transformation,&lt;/span&gt;&lt;/li&gt;
+&lt;li&gt;&lt;span&gt; Artisanat de production (BTP exclu).&lt;/span&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;div&gt;Tous les secteurs d’activité sont éligibles à une aide au recrutement d’un chef de projet sur les enjeux de transition écologique, à l’exception du secteur agricole et des activités de services réglementées.&lt;/div&gt;
+&lt;div&gt;&lt;/div&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2024</t>
+        </is>
+      </c>
+      <c r="Q6" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;Les conditions à remplir&lt;/span&gt; :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;- le recrutement concerne un établissement situé en Pays de la Loire ;&lt;br /&gt;- votre société est une PME indépendante ;&lt;br /&gt;- votre société est en activité depuis au moins deux ans et emploie au moins cinq salariés en CDI ETP (hors dirigeant) ;&lt;br /&gt;- le profil du candidat et la forme du recrutement sont en adéquation avec les exigences du règlement d’intervention du dispositif Pays de la Loire Emploi Transitions ;&lt;br /&gt;- le poste créé est responsabilisant et en lien direct avec l’équipe dirigeante de l’entreprise.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_PDLEMPLOITR/depot/simple</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>Direction de l&amp;#039;entreprise et de l&amp;#039;innovation&lt;br /&gt; Service Transitions&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Gaëlle FROSTIN&lt;br /&gt; &amp;#43;33 2 28 20 63 12&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pays-de-la-loire-emploi-transitions/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>94943</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Accompagner les demandeurs d'emploi vers le retour à l'emploi</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide : Conseil et Accompagnement VAE en Grand Est
 &lt;/p&gt;
 &lt;p&gt;
  Objectif :
  La Région Grand Est finance le conseil et l&amp;#039;accompagnement VAE (Validation des Acquis de l&amp;#039;Expérience) sur son territoire, dans le cadre de prestations pour les publics demandeurs d&amp;#039;emploi.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les demandeurs d&amp;#039;emploi du Grand Est qui doivent présenter, lors du premier rendez-vous, un justificatif récent d&amp;#039;inscription à Pôle emploi. Le seul justificatif accepté est la copie de « l&amp;#039;attestation dite loi de finances » ou « attestation des périodes d&amp;#039;inscription » téléchargeable à partir de l&amp;#039;espace personnel du demandeur d&amp;#039;emploi sur le site de Pôle emploi.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type de prestations :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  AXE 1 - Un conseil individualisé sous forme d&amp;#039;entretien d&amp;#039;1h30 environ
 &lt;/h4&gt;
 &lt;p&gt;
@@ -1534,1169 +987,1952 @@
 &lt;p&gt;
  La Région Grand Est finance uniquement les coûts pédagogiques, c&amp;#039;est-à-dire la prestation d&amp;#039;accompagnement VAE réalisée par les prestataires retenus dans le cadre du marché.
 D&amp;#039;autres frais peuvent être engendrés par une démarche de VAE :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Frais d&amp;#039;inscription à l&amp;#039;université
  &lt;/li&gt;
  &lt;li&gt;
   Frais de constitution de jury
  &lt;/li&gt;
  &lt;li&gt;
   Frais de déplacement
  &lt;/li&gt;
  &lt;li&gt;
   Frais d&amp;#039;élaboration du dossier, photocopies
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ils sont appelés les frais annexes.
 Pôle emploi peut, sous réserve de présentation de preuves d&amp;#039;achat et facturation, régler une partie de ces frais annexes dans la limite de 640 €.
 C&amp;#039;est au demandeur d&amp;#039;emploi de prendre contact avec son conseiller Pôle emploi pour bénéficier de cette aide.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/conseil-accompagnement-vae/</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contacts
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  AXE 1
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2018/12/vae-liste-prestataires-conseil-15102020.pdf" rel="noopener" target="_blank"&gt;
   Prestataires VAE conseil
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:vae&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   vae&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  AXE 2
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2018/12/vae-liste-prestataires-accompagnement-15102020.pdf" rel="noopener" target="_blank"&gt;
   Prestataires VAE accompagnement
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2018/12/vae-liste-prestataires-accompagnement-specifique-detenus-15102020.pdf" rel="noopener" target="_blank"&gt;
   Prestataires accompagnement détenus
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:vae&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   vae&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/65ac-conseil-et-accompagnement-vae-en-grand-est/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>95076</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Encourager l'emploi</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...14 lines deleted...]
- C&amp;#039;est un  service, destiné aux 17-25 ans accompagnés par les missions locales du Limousin.
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide forfaitaire à l&amp;#039;emploi
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide sur trois années d&amp;#039;un montant forfaitaire de 20 000 € pour un temps plein et déclinée comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1ère année : 50 % de l&amp;#039;aide, soit au maximum 10 000 € d&amp;#039;aides,
+ &lt;/li&gt;
+ &lt;li&gt;
+  2ème année : 30 % de l&amp;#039;aide, soit au maximum 6 000 € d&amp;#039;aides,
+ &lt;/li&gt;
+ &lt;li&gt;
+  3ème année : 20 % de l&amp;#039;aide, soit au maximum 4 000 € d&amp;#039;aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide sera proratisée en fonction du temps de travail.
+La Région souhaite développer l&amp;#039;emploi des jeunes et valoriser leurs initiatives en proposant un forfait bonus de 4 000 € aux structures qui embauchent un jeune de moins de 30 ans, au moment du dépôt de la demande quel que soit le temps de travail du poste.
+Pour encourager la mutualisation de poste, un forfait bonus de 4 000 € sera attribué aux Groupements d&amp;#039;Employeurs Associatifs, dès lors que le poste mis à disposition sera à temps complet.
+Les forfaits bonus ne sont pas cumulables.
+Les forfaits bonus seront attribués sur la première année de financement du poste.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structures ayant un établissement immatriculé en Grand Est ou justifiant d&amp;#039;une implantation de leurs activités sur la région Grand Est. Associations, Groupements d&amp;#039;Employeurs Associatifs mettant à disposition des emplois auprès du tissu associatif et Sociétés Coopératives d&amp;#039;Intérêt Collectif (SCIC) ayant un effectif inférieur ou égal à 15 Equivalents Temps Plein en CDI. Concernant les groupements d&amp;#039;employeurs, les postes mis à disposition ne seront pas comptabilisés dans l&amp;#039;effectif permanent. Ce seuil en termes d&amp;#039;effectifs ne sera pas applicable pour des structures sollicitant une aide à l&amp;#039;emploi permettant de mener une activité dite innovante au regard des activités classiques et de droit commun qu&amp;#039;elles mènent habituellement, ou de l&amp;#039;impact territorial de la structure en particulier en zone rurale fragile.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles à l&amp;#039;aide :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les emplois de développement, de coordination ou d&amp;#039;encadrement de personnel résultant d&amp;#039;une création nette de poste en CDI, de la pérennisation en CDI à l&amp;#039;issue de contrats aidés ou de l&amp;#039;augmentation du temps de travail d&amp;#039;un poste CDI existant.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les structures de moins de 3 ETP salariés, les postes support, résultant d&amp;#039;une création nette de poste en CDI, de la pérennisation en CDI à l&amp;#039;issue de contrats aidés ou de l&amp;#039;augmentation du temps de travail d&amp;#039;un poste CDI existant. Un regard sera porté sur le profil de la personne recrutée et sa capacité à être un élément pivot de l&amp;#039;association et sur le contexte territorial de la structure.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est conditionnée à la mise en place d&amp;#039;un projet de formation adapté en lien avec le métier et/ou le projet professionnel du salarié. L&amp;#039;aide régionale peut être mobilisée à partir d&amp;#039;un mi-temps minimum, correspondant au moins à la moitié de la durée légale de travail effectif des salariés à temps complet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes seront étudiées au regard des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les activités des structures éligibles doivent s&amp;#039;inscrire dans les compétences régionales (ex : Tourisme, Culture, Sport, Jeunesse, Environnement, Education Populaire...),
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les structures doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   répondre aux valeurs de l&amp;#039;ESS,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire preuve d&amp;#039;une gouvernance clairement établie en répondant notamment aux critères suivants, priorité du projet sur l&amp;#039;activité, apport social de la structure, existence d&amp;#039;un fonctionnement démocratique, existence d&amp;#039;agrément spécifique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire preuve d&amp;#039;un ancrage territorial avéré,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un modèle économique viable : la structure devra démontrer qu&amp;#039;elle génèrera des sources de revenus suffisantes permettant la pérennité du poste au terme de l&amp;#039;aide régionale et que la création du poste en CDI favorisera son développement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les SCIC devront faire preuve d&amp;#039;une lucrativité limitée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;éligibilité du poste, objet de la demande, sera appréciée au regard des missions qui seront confiées à la personne recrutée, de son impact sur le développement de l&amp;#039;association et de l&amp;#039;intérêt de son action sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le poste créé, devra correspondre à une augmentation nette des Equivalents Temps Plein CDI. Les remplacements liés à un départ en retraite, un licenciement, une rupture conventionnelle de contrat ou une démission ne sont pas éligibles. Toutefois, en cas de perte d&amp;#039;ETP, si la création du poste répond à un besoin en termes de nouvelles missions ou fonctions, la demande pourra être prise en compte.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La Région pourra faire appel à l&amp;#039;expertise de l&amp;#039;écosystème de l&amp;#039;ESS pour accompagner l&amp;#039;instruction (DLA, CRESS, Mouvements Associatifs, financeurs solidaires...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/emploi-associatif/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Région Grand Est
  &lt;br /&gt;
- &lt;em&gt;
-[...11 lines deleted...]
- &lt;/strong&gt;
+ Direction de la Compétitivité et de la Connaissance
  &lt;br /&gt;
- Les jeunes bénéficient de plusieurs modules d&amp;#039;orientation autour de séquences de travail collectives et individuelles.
-[...13 lines deleted...]
- L&amp;#039;animateur accompagne le jeune à définir lui-même son orientation. En groupe, les jeunes partagent leurs expériences. Ils élaborent un projet collectif, qui doit être abouti en trois mois.
+ &lt;a href="mailto:ess&amp;#64;grandest.fr"&gt;
+  ess&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour vous aider à créer votre compte et faire votre demande en ligne, téléchargez le
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  Guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
-[...62 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7dee-emploi-associatif/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>131370</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'emploi sportif</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Aide à l'emploi sportif</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Participation financière visant à soutenir et consolider l&amp;#039;emploi sportif existant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Emploi</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les critères suivants seront obligatoirement remplis :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    emplois sportifs visant à l&amp;#039;encadrement de la discipline hors temps scolaire et hors activités périscolaires (conditions : diplôme d&amp;#039;État dans la discipline concernée),
   &lt;/li&gt;
   &lt;li&gt;
    emplois à temps plein ou à temps partiel, à compter du mi-temps, en CDI ou CDD, hors emplois aidés par ailleurs (contrats uniques d&amp;#039;insertion, emplois aidés dans le cadre d&amp;#039;aide à l&amp;#039;emploi sportif mis en place par l&amp;#039;État,...),
   &lt;/li&gt;
   &lt;li&gt;
    avis favorable du comité départemental concerné, lors d&amp;#039;une première demande, et du comité départemental olympique et sportif,
   &lt;/li&gt;
   &lt;li&gt;
    projet de la structure motivant le besoin d&amp;#039;emplois et justifiant d&amp;#039;une structuration financière visant à pérenniser l&amp;#039;emploi.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/sport_reglement_emploi_sportif_modifie%2014122018.pdf</t>
         </is>
       </c>
-      <c r="W11" s="1" t="inlineStr">
+      <c r="W9" s="1" t="inlineStr">
         <is>
           <t>https://messervicesenligne.haute-marne.fr</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, des sports et du monde associatif
 &lt;/p&gt;
 &lt;p&gt;
  Service action culturelle, sportive et territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 03 25 32 88 19
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Toute correspondance doit être adressée à :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Monsieur le Président du conseil départemental
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Direction de la culture, des sports et du monde associatif
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Service action culturelle, sportive et territoriale
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   1 rue du Commandant Hugueny – CS 62127
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   52905 Chaumont Cedex 9
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6593-soutenir-lemploi-sportif/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>141277</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions favorisant la présence, la visibilité et l'utilisation du français</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Emploi et diffusion de la langue française</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>425.000€ à répartir entre les projets</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions favorisant la présence, la visibilité et l&amp;#039;utilisation du français dans tous les domaines de la vie économique, scientifique, culturelle et sociale, peuvent faire l&amp;#039;objet d&amp;#039;un soutien et d&amp;#039;une subvention versée par le ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;appui à l&amp;#039;emploi et à la diffusion de la langue française ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Langue de la République&amp;#34; au titre de la Constitution, la langue française est un bien commun, gage d&amp;#039;unité qui réunit nos concitoyens, mais aussi l&amp;#039;ensemble de la communauté des francophones dans le monde. En France même, un &amp;#34;droit au français&amp;#34; est garanti par le cadre légal, défini par la loi Toubon du 4 août 1994. L&amp;#039;ensemble des domaines de notre société, au quotidien, est concerné : services publics, éducation, recherche, entreprises, monde du travail, consommation, médias ou publicité, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui à l&amp;#039;emploi et à la diffusion de la langue française vise à favoriser la présence du français dans la vie économique, sociale, culturelle et scientifique, spécialement lorsque cette présence est constitutive d&amp;#039;un enjeu de développement économique, de cohésion sociale, d&amp;#039;accessibilité ou d&amp;#039;attractivité de notre pays, ou lorsqu&amp;#039;elle permet un renforcement des solidarités francophones.
+&lt;/p&gt;
+&lt;p&gt;
+ À titre d&amp;#039;exemple, l&amp;#039;appui de la Direction générale de la langue française et des langues de France (DGLFLF) pourra être sollicité pour des démarches contribuant à la mise en place de stratégies linguistiques francophones ou plurilingues dans des institutions ou des entreprises, pour des projets favorisant la diffusion de savoirs scientifiques et techniques en français dans une logique de solidarité Nord/Sud et de meilleure transmission vers les étudiants et la société dans son ensemble.
+&lt;/p&gt;
+&lt;p&gt;
+ Face à la facilité ou à l&amp;#039;appauvrissement que représente l&amp;#039;utilisation systématique d&amp;#039;une seule langue de communication internationale et d&amp;#039;échange, la DGLFLF souhaite pouvoir apporter son soutien à des initiatives en faveur de la présence du français - avec d&amp;#039;autres langues -, en France, en Europe ou dans le monde. Ce soutien intervient dès lors que l&amp;#039;action envisagée poursuit un objectif exemplaire, visant un impact significatif, ou présente un &amp;#34;effet de levier&amp;#34; de nature à permettre ou favoriser l&amp;#039;emploi de notre langue en toutes circonstances, le cas échéant, dans une démarche plurilingue. Ce soutien peut également s&amp;#039;appliquer à des manifestations (colloques, séminaires, etc.) qui ont vocation à réfléchir à ces enjeux ou qui se proposent d&amp;#039;illustrer l&amp;#039;expression scientifique et technique en langue française comme la compréhension en &amp;#34;plus d&amp;#039;une langue&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ S&amp;#039;agissant de l&amp;#039;enseignement supérieur et de la recherche, la DGLFLF souhaite également accompagner des travaux ou l&amp;#039;élaboration d&amp;#039;outils favorisant la production, la diffusion et la &amp;#34;découvrabilité&amp;#34; en ligne des connaissances et des données en français et en toutes langues.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;enveloppe annuelle globale de la mission Emploi et diffusion de la langue française est d&amp;#039;environ 425 000 €. Le montant médian des subventions attribuées est de 5 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la nature et la qualité du projet, et selon le budget prévisionnel de réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets à dimension régionale doivent être adressés en priorité aux services déconcentrés du ministère : directions régionales des affaires culturelles (France métropolitaine), directions des affaires culturelles (Guadeloupe, Martinique, Mayotte, La Réunion), DCJS de Guyane, missions aux affaires culturelles (Saint-Pierre-et-Miquelon, Nouvelle-Calédonie, Polynésie française).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appréciation de l&amp;#039;éligibilité et de l&amp;#039;opportunité de soutenir un projet s&amp;#039;exerce en deux temps :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sur demande écrite, accompagnée d&amp;#039;une description précise du projet, du public visé, des modalités d&amp;#039;action et des résultats attendus
+ &lt;/li&gt;
+ &lt;li&gt;
+  après expertise du projet, au regard de sa faisabilité, de son impact et de sa compatibilité avec les objectifs généraux de la politique du ministère et de la DGLFLF pour ce qui concerne la présence du français
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le service sera également sensible aux éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets innovants ou structurants
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en réseau de partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  intervention dans les domaines critiques pour la présence de la langue française
+ &lt;/li&gt;
+ &lt;li&gt;
+  importance du public ou des usagers concernés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets ou les actions projetées prévoyant un rendu ou des livrables en libre accès seront examinés en priorité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées par la DGLFLF sont attribuées sur une base annuelle, c&amp;#039;est-à-dire que l&amp;#039;on peut en faire la demande toute l&amp;#039;année. Toutefois pour sécuriser les projets et faciliter la programmation annuelle, les demandes de subvention peuvent être déposées avant le début de l&amp;#039;année budgétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Un bilan ou un point d&amp;#039;étape du projet ou des actions menées devra être transmis au plus tard un an après le versement de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ À titre d&amp;#039;exemple, ont été soutenus précédemment pour leurs actions en faveur de l&amp;#039;emploi et la diffusion de la langue française :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;association The Conversation France, en soutien à son action en faveur de diffusion des savoirs en langue française
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Observatoire européen du plurilinguisme, en soutien à ses actions en faveur du plurilinguisme et de la diversité linguistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association La Caravane des dix mots, qui coordonne un réseau de projets artistiques sur le partage de la langue française dans le monde et l&amp;#039;organisation de la Première Biennale des Langues
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;UAR 5638 Mathdoc et son infrastructure d&amp;#039;édition Centre Mersenne Centre Mersenne (CNRS) en soutien à la création d&amp;#039;une plateforme de traduction automatique de textes scientifiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif de soutien s&amp;#039;adresse en priorité à des institutions, des associations, des organisations professionnelles dont la mission essentielle – d&amp;#039;étude ou de promotion – s&amp;#039;applique aux enjeux sociaux, économiques et linguistiques de la présence de la langue française et des autres langues dans tous les domaines de la société.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux et rencontres appelant une traduction-interprétation peuvent être éligibles à un soutien, dès lors que les coûts sont partagés et que les rencontres, par leur sujet, leur importance politique et leur impact prévu, présentent une dimension prioritaire pour la DGLFLF.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets et actions organisées en France ont vocation à être étudiés par la DGLFLF qui pourra le cas échéant inviter les porteurs de projets à solliciter le soutien des services déconcentrés du ministère de la Culture (DRAC, DAC) ou de ses établissements publics. Les projets et actions organisés à l&amp;#039;étranger auront vocation à être traités avec le réseau culturel et diplomatique français (ministère de l&amp;#039;Europe et des Affaires étrangères).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets qui ne portent pas sur la langue française prise en elle-même ou dans ses rapports avec les autres langues ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention peut couvrir en tout ou partie des dépenses d&amp;#039;investissement, de fonctionnement ou des charges de personnel directement afférentes au projet déposé.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un projet pluriannuel, la subvention a un caractère incitatif et le soutien initial de la DGLFLF est apporté pour favoriser un effet de levier permettant de recueillir d&amp;#039;autres participations ou pour permettre à l&amp;#039;organisme porteur du projet d&amp;#039;atteindre rapidement des résultats lui conférant les moyens de son autonomie financière.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/emploi-et-diffusion-de-la-langue-francaise</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_transmission-culturelle</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;appui à l&amp;#039;emploi et à la diffusion de la langue française, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ Délégation générale à la langue française et aux langues de France (DGLFLF)
+&lt;/p&gt;
+&lt;p&gt;
+ Mission emploi et diffusion de la langue française
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:emploi.dglflf&amp;#64;culture.gouv.fr" target="_self"&gt;
+  emploi.dglflf&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 40 15 36 73
+&lt;/p&gt;
+&lt;p&gt;
+ 3 rue de Valois 75033 PARIS cedex 01
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f869-emploi-et-diffusion-de-la-langue-francaise/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>98767</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement économique et l'emploi</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2010, le Pays vit une profonde transformation de son tissu économique. Il s&amp;#039;appuyait sur une production
+ agricole reconnue par les industriels, des unités de sous-traitance automobiles et agroalimentaires diversifiées et
+ un secteur tertiaire principalement tourné vers la santé et la vie publique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;expérience de revitalisation économique menée dans le cadre du dispositif Fonds National d&amp;#039;Aménagement et
+ de Développement du Territoire (FNADT) vient de s&amp;#039;achever sur un bilan très positif de 500 emplois créés. La
+ démarche de Veille prospective agricole et agroalimentaire va générer de nouvelles dynamiques des filières. Les
+ artisans et les commerçants de proximité souhaitent travailler en réseau, apporter des services nouveaux et
+ ouvrir des complémentarités face au développement des agglomérations.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prospection, accueil et transmission d&amp;#039;unités économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consolidation des richesses du territoire (hommes et savoir-faire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau des acteurs, circulation de l&amp;#039;information, constitution de filières ou cluster
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamisation des filières économiques, dont le commerce et l&amp;#039;artisanat de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de stratégies concertées, de sites et d&amp;#039;événements touristiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de forum de l&amp;#039;emploi, de réunion d&amp;#039;information sur les besoins en manœuvre locale...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de rencontre par filières économiques, de speed dating...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition de conseil en gestion de projets entreprenariaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentations d&amp;#039;actions collectives dans le domaine de l&amp;#039;artisanat et du commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de développement de la stratégie touristique du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Emploi
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts directs en lien avec l&amp;#039;opération, dont :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition ou location de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de déplacement, d&amp;#039;hébergement et de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;études, de conseils, de formation...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement européen intervient toujours en contrepartie de financements publics nationaux différents de l&amp;#039;Europe. Pour un porteur de projet privé, cela implique qu&amp;#039;il devra solliciter un autre co-financeur public.
+&lt;/p&gt;
+&lt;h4&gt;
+ Au niveau administratif :
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approuvant le projet et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicitant une subvention européenne dans le cadre de LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  autorisant l&amp;#039;exécutif à signer tout document y afférent
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE PLOERMEL</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjolaine PONDARD, Chargée de mission contractualisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
+  m.pondard&amp;#64;pays-ploermel.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 06 69 71 55 38 - 02 30 19 01 82
+&lt;/p&gt;
+&lt;p&gt;
+ PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
+  https://www.pays-ploermel.fr/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
-          <t>romain.paillard@haute-marne.fr</t>
+          <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/6593-soutenir-lemploi-sportif/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a57e-favoriser-le-developpement-economique-et-lemp/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:27" customHeight="0">
       <c r="A12" s="1">
-        <v>71861</v>
+        <v>90872</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier d’un accompagnement intensif de Pôle emploi pour dynamiser ma recherche d’emploi - Jeunes de 16 à 30 ans - AIJ</t>
-[...4 lines deleted...]
-          <t>France Relance</t>
+          <t>Accompagner les 17-25 ans vers leur premier emploi</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Sas jeunes : orientation active vers l&amp;apos;emploi</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les demandeurs d&amp;#039;emploi de 16 à 30 ans peuvent bénéficier d&amp;#039;un accompagnement intensif de Pôle emploi pour dynamiser leur recherche d&amp;#039;emploi.
-[...7 lines deleted...]
-&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Un accompagnement individualisé pour construire son parcours.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Qu&amp;#039;est-ce que le Sas ?
+     &lt;/strong&gt;
+    &lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est un  service, destiné aux 17-25 ans accompagnés par les missions locales du Limousin.
+ &lt;br /&gt;
+ &lt;em&gt;
+  &amp;#34;La période entre la sortie du système scolaire et l&amp;#039;emploi est charnière. Avec ce service, la Région, en partenariat avec le réseau des missions locales, les acteurs économiques du Limousin, offre une réponse adaptée aux jeunes pour les remobiliser et les accompagner vers leur premier emploi.&amp;#34;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;accompagnement Sas
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une aide concrète à l&amp;#039;orientation
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les jeunes bénéficient de plusieurs modules d&amp;#039;orientation autour de séquences de travail collectives et individuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;expérimentation et la mise en situation
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les jeunes explorent plusieurs univers professionnels : découverte des secteurs et des métiers, stages, visites, formations... Chacun construit son propre plan d&amp;#039;actions, et a la responsabilité de sa mise en oeuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une pédagogie active et le partage d&amp;#039;expériences
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;animateur accompagne le jeune à définir lui-même son orientation. En groupe, les jeunes partagent leurs expériences. Ils élaborent un projet collectif, qui doit être abouti en trois mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Emploi</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le Sas jeunes Orientation active vers le premier emploi s&amp;#039;adresse aux jeunes de 18 à 25 ans, sorti du système scolaire et universitaire mais pas encore pleinement inséré dans la vie active.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/sas-jeunes-orientation-active-vers-lemploi</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif est mis en place en partenariat avec le réseau des missions locales du Limousin.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/57b8-sas-jeunes-orientation-active-vers-lemploi/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>152206</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Permettre d'ajuster les compétences d’un demandeur d’emploi avant l'embauche en contrat d’au moins 12 mois, grâce à une formation d'adaptation à l'emploi</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>PRÉPARATION OPÉRATIONNELLE À L&amp;apos;EMPLOI INDIVIDUELLE (POEI)</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre d&amp;#039;ajuster les compétences d&amp;#039;un demandeur d&amp;#039;emploi avant l&amp;#039;embauche en contrat d&amp;#039;au moins 12 mois, grâce à une formation d&amp;#039;adaptation à l&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région des Pays de la Loire soutient les employeurs qui recrutent en les formant les demandeurs d&amp;#039;emploi. Aussi, elle finance le dispositif Préparation Opérationnelle à l&amp;#039;Emploi Individuelle (POEI) mis en œuvre par Pôle emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La POEI est une aide financière à destination des employeurs, proposant une formation préalable à l&amp;#039;embauche, pour un contrat de 12 mois minimum. La POEI a pour but de résorber les écarts entre les compétences du candidat et les compétences requises par le poste.
+&lt;/p&gt;
+&lt;p&gt;
+ La POEI concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les demandeurs d&amp;#039;emploi inscrits à Pôle emploi ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les employeurs du secteur privé ou public :
+  &lt;ul&gt;
+   &lt;li&gt;
+    à jour de leurs cotisations sociales
+   &lt;/li&gt;
+   &lt;li&gt;
+    qui n&amp;#039;ont pas licencié dans les 12 derniers mois pour motif économique,
+   &lt;/li&gt;
+   &lt;li&gt;
+    ayant déposé une offre d&amp;#039;emploi auprès de Pôle emploi, et s&amp;#039;engageant à embaucher le demandeur d&amp;#039;emploi à l&amp;#039;issue de sa formation.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le contrat d&amp;#039;embauche à l&amp;#039;issue de la formation doit être :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un Contrat à durée indéterminée (CDI),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou un Contrat à durée déterminée (CDD) d&amp;#039;au moins 12 mois
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou un Contrat de professionnalisation à durée déterminée supérieure à 12 mois ou à durée indéterminée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou un Contrat d&amp;#039;apprentissage de plus de 12 mois
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou un Contrat à durée déterminée d&amp;#039;insertion (CDDI)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La formation (temps plein ou temps partiel) doit être réalisée par un organisme de formation interne et/ou externe à l&amp;#039;entreprise qui recrute. La prise en charge des coûts de formation sera de 400 heures maximum.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Emploi
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2023</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La POEI peut être mobilisée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à partir d&amp;#039;une offre d&amp;#039;emploi déposée par l&amp;#039;employeur sur le site de Pôle emploi mentionnant « POEI » ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et/ou à la demande du demandeur d&amp;#039;emploi ayant ciblé une offre correspondant à son profil avec un besoin d&amp;#039;adaptation des compétences et qui doit se rapprocher de son conseiller Pôle emploi.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour mettre en place la POEI, l&amp;#039;employeur doit prendre rendez-vous avec un conseiller Pôle emploi dans son agence Pôle emploi de proximité ou contacter le 3995, pour obtenir les coordonnées de l&amp;#039;équipe entreprise en proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas où la mise en place d&amp;#039;une POEI est sollicitée par un demandeur d&amp;#039;emploi, ce dernier propose directement cette modalité à l&amp;#039;employeur.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;employeur construira avec le conseiller Pôle emploi, le parcours de formation (plan de formation partagé avec le demandeur d&amp;#039;emploi).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
+ &lt;br /&gt;
+ Plus d&amp;#039;informations sur le site
+ &lt;a href="https://pro.choisirmonmetier-paysdelaloire.fr/donnees/fiche-dispositif?rechGuidee&amp;#61;1&amp;amp;sigle&amp;#61;poei&amp;amp;formListePublics&amp;#61;&amp;amp;formListeParcours&amp;#61;&amp;amp;pageCourante&amp;#61;1&amp;amp;triCourant&amp;#61;dis_sort_libelle%2Fasc&amp;amp;nbElemPage&amp;#61;10&amp;amp;offset&amp;#61;0"&gt;
+  Choisirmonmétier-paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c47-acces-emploi-preparation-operationnelle-a-lem/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>90927</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'activités et d'emploi des entreprises de l'ESS</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     L&amp;#039;enjeu de la politique régionale est de permettre le développement des entreprises de l&amp;#039;ESS en prenant en compte leur cycle de vie et leur capacité d&amp;#039;innovation.
+La Région souhaite également privilégier les projets d&amp;#039;investissements valorisant les pratiques collectives et écoresponsables des politiques d&amp;#039;achats dans l&amp;#039;ESS.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;br /&gt;
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+     &lt;br /&gt;
+    &lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le développement d&amp;#039;activités et d&amp;#039;emploi des entreprises de l&amp;#039;ESS et Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) déjà existantes dès lors qu&amp;#039;un déploiement géographique ou une montée en charge de cette activité impacte positivement le chiffre d&amp;#039;affaires et le nombre d&amp;#039;emplois créés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider les entreprises de l&amp;#039;ESS et les SIAE à réaliser les investissements nécessaires pour mettre en place un outil de production compétitif, en règle vis-à-vis des normes en vigueur notamment au regard des conditions de travail des salariés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Les demandes sont instruites au fil de l&amp;#039;eau et seront présentées en commission permanente en fonction du calendrier fixé pour l&amp;#039;année.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises de l&amp;#039;ESS de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  SIAE, GEIQ, Régies de Quartier et de Territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  SCOP-SCIC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements à but d&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises adaptées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Cette aide peut être demandée à toutes les étapes de la vie d&amp;#039;une structure. Elle ne peut être sollicitée de manière consécutive pour deux années successives.
+&lt;/p&gt;
+&lt;p&gt;
+ La structure doit présenter un plan de développement permettant d&amp;#039;accroitre son nombre d&amp;#039;emplois et son envergure économique, viser un développement de son chiffre d&amp;#039;affaires, du territoire couvert ou une diversification d&amp;#039;activité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dépenses éligibles
+  &lt;/strong&gt;
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+  Dépenses d&amp;#039;investissement matériels et immatériels et dépenses de personnel liées au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses d&amp;#039;investissement sont constituées des équipements inscrits à l&amp;#039;actif immobilisé de l&amp;#039;entreprise (seuil d&amp;#039;immobilisation 500 €). Il peut s&amp;#039;agir :
+&lt;/p&gt;
+&lt;p&gt;
+ - de primo investissements,
+&lt;/p&gt;
+&lt;p&gt;
+ - d&amp;#039;investissements de modernisation liés à la transition environnementale de l&amp;#039;entreprise,
+&lt;/p&gt;
+&lt;p&gt;
+ - d&amp;#039;investissements permettant de développer la production,
+&lt;/p&gt;
+&lt;p&gt;
+ - de démarches qualité et d&amp;#039;innovation technique,
+&lt;/p&gt;
+&lt;p&gt;
+ - de démarches de promotion des produits issus de l&amp;#039;activité des structures.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses de personnel liées au projet ne concernent pas les services support ni les salariés bénéficiant de contrats aidés.
+ &lt;strong&gt;
+  Ces dépenses de personnel doivent uniquement concerner des postes créés et liés à l&amp;#039;essor économique du projet et doivent constituer une part minoritaire de l&amp;#039;assiette éligible.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dépenses inéligibles
+  &lt;/strong&gt;
+  : Les équipements financés en crédit-bail ainsi que les investissements de renouvellement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Comment faire ma demande ?
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Le porteur de projet doit, par courrier à l&amp;#039;attention du Président du Conseil régional, solliciter l&amp;#039;intervention de la Région et compléter le présent dossier téléchargé à partir du site internet de la Région  Nouvelle-Aquitaine. Avant toute transmission d&amp;#039;une demande d&amp;#039;aide il est fortement conseillé de
+ &lt;strong&gt;
+  prendre l&amp;#039;attache du chargé de mission
+ &lt;/strong&gt;
+ de la direction sur le département concerné afin de s&amp;#039;assurer de la bonne éligibilité de la demande, des dates de commissions permanentes à venir ainsi que du calendrier d&amp;#039;instruction. Le chargé de mission territorial, par son conseil, permet une orientation adaptée de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet transmet ensuite l&amp;#039;ensemble de son dossier de demande d&amp;#039;aide,
+ &lt;strong&gt;
+  par voie numérique
+ &lt;/strong&gt;
+ , au chargé de mission et à la gestionnaire administrative et financière du département concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en
+ &lt;strong&gt;
+  commission permanente
+ &lt;/strong&gt;
+ du Conseil régional qui se réunit 6 à 8 fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La décision finale appartient aux élus du Conseil régional
+ &lt;/strong&gt;
+ qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-developpement</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;économie sociale et solidaire et innovation sociale
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4689-aide-au-developpement/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>90970</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Aider au développement des Coopératives d'Activité et d'Emploi (CAE)</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite promouvoir la création d&amp;#039;activités dans l&amp;#039;ESS et renforcer les modèles coopératifs. Les Coopératives d&amp;#039;Activité et d&amp;#039;Emploi (CAE) participent à cette dynamique par le statut d&amp;#039;entrepreneur salarié associé qui permet ainsi de proposer une alternative à l&amp;#039;entreprenariat traditionnel et d&amp;#039;entreprendre individuellement dans une entreprise collective.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Consolider le sociétariat coopératif des CAE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider au développement des CAE par le nombre de contrats d&amp;#039;appui au projet d&amp;#039;entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elargir l&amp;#039;ancrage territorial des CAE
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent être reçus complets
+ &lt;strong&gt;
+  pour le 12 février 2021
+ &lt;/strong&gt;
+ afin d&amp;#039;être présentés en commission permanente du mois d&amp;#039;avril.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les Coopératives d&amp;#039;Activité et d&amp;#039;Emploi ayant leur siège social en Nouvelle-Aquitaine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit, par courrier à l&amp;#039;attention du Président du Conseil régional, solliciter l&amp;#039;intervention de la Région et compléter le présent dossier téléchargé à partir du site internet de la Région  Nouvelle-Aquitaine. Avant toute transmission d&amp;#039;une demande d&amp;#039;aide il est fortement conseillé de
+  prendre l&amp;#039;attache du chargé de mission
+ de la direction sur le département concerné afin de s&amp;#039;assurer de la bonne éligibilité de la demande, des dates de commissions permanentes à venir ainsi que du calendrier d&amp;#039;instruction. Le chargé de mission territorial, par son conseil, permet une orientation adaptée de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet transmet ensuite l&amp;#039;ensemble de son dossier de demande d&amp;#039;aide,
+  par voie numérique
+ , au chargé de mission et à la gestionnaire administrative et financière du département concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en
+  commission permanente
+ du Conseil régional qui se réunit 6 à 8 fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ La décision finale appartient aux élus du Conseil régional
+ qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-developpement-des-cooperatives-dactivite-et-demploi-cae</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   en collectif sous forme de club
+   Service Relation aux Usagers
+Direction de l&amp;#039;économie sociale et solidaire et innovation sociale
+05 49 38 49 38.
   &lt;/li&gt;
   &lt;li&gt;
-   en individuel.
+   Du lundi au vendredi de 9h à 18h sans interruption.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
-[...12 lines deleted...]
- Pour bénéficier de cet accompagnement, vous devez :
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/358f-aide-au-developpement-des-cooperatives-dactiv/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>149091</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer une formation ou un emploi pour les demandeurs d’emploi ou les personnes en situation de précarité confrontés à des problèmes de mobilité</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Un véhicule vers l’emploi</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes demandeur d&amp;#039;emploi ou en situation de précarité et souhaitez intégrer une formation ou un emploi, mais êtes confronté à des problèmes de mobilité ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de la mise à disposition d&amp;#039;un véhicule
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   être inscrit comme demandeur d&amp;#039;emploi,
+   Des véhicules accessibles avec ou sans le permis de conduire
   &lt;/li&gt;
   &lt;li&gt;
-   avoir moins de 30 ans,
-[...5 lines deleted...]
-   être motivé, volontaire et disponible pour être accompagné de façon intensive dans ces démarches.
+   Des points relais dans toute la région Grand Est
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
-[...12 lines deleted...]
- Contactez Pôle emploi au 09 72 72 39 49 ou votre conseiller Pôle emploi qui vous indiquera, en fonction de votre profil et de votre situation, si l&amp;#039;accompagnement intensif est adapté à votre situation.
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/vehicule-emploi/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1vehiculeverslemploi&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9cc4-un-vehicule-vers-lemploi/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...110 lines deleted...]
-      <c r="E14" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>152291</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Proposer des parcours vers l’emploi via des contrats d’alternance qui ont pour objet la qualification de demandeurs d’emploi en difficulté</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Aide au démarrage et à la diversification des Groupements d’employeurs (GE) et Groupements d’employeurs  pour l’insertion et la qualification (GEIQ)</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
-[...422 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au titre de la gestion prévisionnelle des emplois et des compétences, la Région appuie la création et la diversification des groupements d&amp;#039;employeurs (GE) et des groupements d&amp;#039;employeurs pour l&amp;#039;insertion et la qualification (GEIQ). Ces derniers proposent des parcours vers l&amp;#039;emploi via des contrats d&amp;#039;alternance qui ont pour objet la qualification de demandeurs d&amp;#039;emploi en difficulté.
 &lt;/p&gt;
 &lt;p&gt;
  Les aides de la Région constituent un apport en fonds propres pour le groupement afin de couvrir ses charges, pendant la période de démarrage ou de diversification durant laquelle l&amp;#039;activité est insuffisante pour la mise à disposition de salariés.
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien régional distingue ainsi deux aides, une aide au démarrage et une aide à la diversification :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    par « démarrage », est entendu la création ex-nihilo d&amp;#039;un GE ou d&amp;#039;un GEIQ répondant aux besoins exprimés par les entreprises du territoire ;
   &lt;/li&gt;
   &lt;li&gt;
    par « diversification », est entendu l&amp;#039;implantation d&amp;#039;une antenne d&amp;#039;un GE/GEIQ dans un nouveau territoire ligérien ou création d&amp;#039;un nouveau secteur d&amp;#039;activité dans un GE/GEIQ existant.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les coûts admissibles sont les frais de salaire et cotisations sociales des permanents de la structure (hors salariés mis à disposition), au prorata du temps consacré à la prospection d&amp;#039;entreprises adhérentes et à la structuration de l&amp;#039;activité du GE ou du GEIQ.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention est plafonné à 6 000 € pour l&amp;#039;aide à la diversification et 12 000 € pour l&amp;#039;aide au démarrage, non renouvelable.
  &lt;br /&gt;
  Si la Région est le seul financeur public, l&amp;#039;intensité d&amp;#039;aide maximale n&amp;#039;excède pas 50 % du montant HT des coûts admissibles. Si la Région n&amp;#039;est pas le seul financeur public, celle-ci intervient en subsidiarité aux autres acteurs et le cumul des aides publiques ne pourra excéder 80 % du montant HT des coûts admissibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Commerces et services</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P16" s="1" t="inlineStr">
+      <c r="P17" s="1" t="inlineStr">
         <is>
           <t>01/01/2022</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute demande doit mentionner le montant sollicité auprès de la Région et est à adresser par courrier à :
  &lt;br /&gt;
  Madame la Présidente du Conseil régional des Pays de la Loire
  &lt;br /&gt;
  Hôtel de Région
  &lt;br /&gt;
  1 rue de la Loire
  &lt;br /&gt;
  44966 Nantes cedex 9.
 &lt;/p&gt;
 &lt;p&gt;
  La demande sera accompagnée des pièces suivantes :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etude de faisabilité du GEIQ ou du GE (pour les cas de création),
   &lt;/li&gt;
   &lt;li&gt;
    Copie de la demande de subvention adressée à la DREETS des Pays de la Loire (le cas échéant),
   &lt;/li&gt;
   &lt;li&gt;
    Attestation de labellisation par la Fédération française des GEIQ,
   &lt;/li&gt;
@@ -2706,1042 +2942,2773 @@
   &lt;li&gt;
    N° SIRET,
   &lt;/li&gt;
   &lt;li&gt;
    Attestation justifiant le régime de TVA auquel est soumis le demandeur pour les dépenses, correspondant à la demande d&amp;#039;aide,
   &lt;/li&gt;
   &lt;li&gt;
    Statuts, extrait du JO ou extrait du registre du commerce et des sociétés, du registre des métiers ou du registre des associations,
   &lt;/li&gt;
   &lt;li&gt;
    Références bancaires – RIB ou IBAN,
   &lt;/li&gt;
   &lt;li&gt;
    Programme prévisionnel du plan d&amp;#039;actions/d&amp;#039;activités de l&amp;#039;année faisant ressortir les actions pour lesquelles la Région est sollicitée,
   &lt;/li&gt;
   &lt;li&gt;
    Budget prévisionnel global de l&amp;#039;année au titre de laquelle l&amp;#039;aide Régionale est sollicitée, précisant l&amp;#039;état des cofinancements,
   &lt;/li&gt;
   &lt;li&gt;
    Déclaration des aides placées sous le règlement de minimis n° 1407/2013 de la Commission du 18 décembre 2013.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Service Partenariats emploi - formation
  &lt;br /&gt;
  &amp;#43;33 2 28 20 59 89
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c521-aide-au-demarrage-et-a-la-diversification-des/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E17" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>71708</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Embaucher un jeune à un emploi FONJEP</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les emplois FONJEP sont recrutés par des associations pour des postes d&amp;#039;animation locale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces postes, au nombre de 2000, sont soutenus dans des associations intervenant dans les champs de l&amp;#039;éducation, de l&amp;#039;animation ou de la cohésion sociale.  Ils sont financés par l&amp;#039;État, via le fonds de coopération jeunesse et éducation populaire (FONJEP) pour un montant de 7 000 € par an pendant 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en bénéficier, l
+ es associations doivent embauchent des jeunes de 18 à 30 ans pour assurer ces missions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;informations, contacter la Direction départementale de la cohésion sociale (
+ &lt;a href="https://lannuaire.service-public.fr/navigation/ddcs"&gt;
+  DDCS
+ &lt;/a&gt;
+ ) de votre département ou la Direction régionale de la jeunesse, des sports et de la cohésion sociale (
+ &lt;a href="https://lannuaire.service-public.fr/navigation/drjscs"&gt;
+  DRJSCS
+ &lt;/a&gt;
+ ) de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations bénéficiaires prendront l&amp;#039;attache des structures d&amp;#039;emploi des jeunes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e75-embaucher-un-jeune-a-un-emploi-fonjep/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>163259</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Créer des emplois durables en Île-de-France</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Île de France Réindustrialisation</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Créé à l&amp;#039;initiative de la région Île-de-France avec le soutien du FEDER (1), le Fonds Île-de-France Réindustrialisation est un fonds d&amp;#039;investissement dédié aux Startups industrielles innovantes. &lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;(1) FEDER : Fonds européen de développement régional.&lt;/p&gt;&lt;p&gt;Le Fonds Île-de-France Réindustrialisation est abondé par :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La Région à hauteur de 28 M€,&lt;/li&gt;&lt;li&gt;Le fonds FEDER à hauteur de 32 M€.  &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>International
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>18/09/2024</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds Île-de-France Réindustrialisation cible les entreprises franciliennes suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Startups industrielles innovantes en amorçage ou en phase d’industrialisation,&lt;/li&gt;&lt;li&gt;Qui développent un produit ou un service stratégique pour le territoire ou en faveur de la décarbonation et de l’économie circulaire&lt;/li&gt;&lt;li&gt;Qui envisagent de créer et de maintenir leur première usine en Île-de-France&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Le fonds prend des participations minoritaires en fonds propres et quasi fonds propres, de 500.000 € à 3.000.000 € pour un premier investissement et jusqu’à 6.000.000 € avec les refinancements.&lt;/p&gt;&lt;p&gt;Actionnaire de long terme, il permet aux dirigeants d’entreprises de bénéficier de l’accompagnement et de l’expertise d’Innovacom. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les lauréats deviennent automatiquement membres du Réseau Île-de-France Entreprises.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;/strong&gt;&lt;br /&gt;Ce réseau unique compte plus de 3.000 membres et propose des opportunités d&amp;#039;affaires, des mises en relations exclusives, des occasions de partage d&amp;#039;expérience et de visibilité pour accompagner leur croissance de l&amp;#039;aide financière régionale.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt; &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Le Fonds Île-de-France Réindustrialisation vise à apporter un financement en fonds propres aux &lt;strong&gt;startups industrielles innovantes&lt;/strong&gt;&lt;strong&gt; en amorçage&lt;/strong&gt; ou&lt;strong&gt; en phase d’industrialisation&lt;/strong&gt; qui s’engagent à c&lt;strong&gt;réer des emplois durables en Île-de-France&lt;/strong&gt;. &lt;/p&gt;&lt;br /&gt; &lt;p&gt;Les informations sur les modalités d&amp;#039;investissement du Fonds Île-de-France Réindustrialisation sont disponibles sur https://reindustrialisation.iledefrance.fr/&lt;br /&gt;&lt;br /&gt;La Région Île-de-France a confié la gestion du Fonds Île de France Réindustrialisation à Innovacom, société de gestion agréée. Cette dernière sélectionne les investissements au regard de la qualité des équipes, des perspectives de croissance et la contribution au développement de l&amp;#039;Île-de-France, c&amp;#039;est à dire l&amp;#039;ancrage local, la participation au dynamisme économique et au rayonnement de l&amp;#039;Île-de-France.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-ile-de-france-reindustrialisation</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour soumettre votre projet et votre plan d&amp;#039;affaires, contactez directement le Fonds Île-de-France Réindustrialisation &lt;a href="https://reindustrialisation.iledefrance.fr/"&gt;en cliquant ici&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-ile-de-france-reindustrialisation/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>71861</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement intensif de Pôle emploi pour dynamiser ma recherche d’emploi - Jeunes de 16 à 30 ans - AIJ</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les demandeurs d&amp;#039;emploi de 16 à 30 ans peuvent bénéficier d&amp;#039;un accompagnement intensif de Pôle emploi pour dynamiser leur recherche d&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement intensif des jeunes (AIJ) est un dispositif mis en place par Pôle emploi pour aider les jeunes à retrouver plus rapidement un emploi. Un conseiller Pôle emploi spécialisé utilise des méthodes d&amp;#039;accompagnement pour vous apprendre à mettre en avant vos points forts et vos atouts, pour vous enseigner les différentes techniques de recherche d&amp;#039;emploi, pour vous aider à comprendre les attentes des recruteurs ou encore pour élargir vos cibles professionnelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Deux types d&amp;#039;accompagnements sont proposés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   en collectif sous forme de club
+  &lt;/li&gt;
+  &lt;li&gt;
+   en individuel.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour bénéficier de cet accompagnement, vous devez :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être inscrit comme demandeur d&amp;#039;emploi,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir moins de 30 ans,
+  &lt;/li&gt;
+  &lt;li&gt;
+   rencontrer des difficultés pour trouver/retrouver un emploi,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être motivé, volontaire et disponible pour être accompagné de façon intensive dans ces démarches.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pole-emploi.fr/candidat/vos-recherches/preparer-votre-candidature/etre-accompagne-dans-vos-demarch.html</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Pôle emploi au 09 72 72 39 49 ou votre conseiller Pôle emploi qui vous indiquera, en fonction de votre profil et de votre situation, si l&amp;#039;accompagnement intensif est adapté à votre situation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f3e-beneficier-dun-accompagnement-intensif-de-pol/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>71290</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l'accès vers l'emploi en finançant les frais de logements et/ou de transport (Fonds d'aide à la mobilité vers l'emploi)</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;aide à la mobilité vers l&amp;#039;emploi
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes sortis de formation depuis moins de 6 mois et avez trouvé un emploi éloigné de votre domicile ? Avec le Fonds d&amp;#039;aide à la mobilité vers l&amp;#039;emploi, la Région Nouvelle Aquitaine peut vous aider dans votre projet de mobilité en participant à vos frais de logement et/ou de transport.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sécuriser l&amp;#039;accès vers l&amp;#039;emploi aux apprenants sortant de formation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer aux dépenses de logement et transport engendrées par un nouveau contrat de travail
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Bénéficiaires : voir critères d&amp;#039;éligibilité ci-dessous
+&lt;/strong&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide pourra être portée à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1 000 € maximum pour les dépenses liées au logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 000 € maximum pour les dépenses liées au transport
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aides sont cumulables dans la limite de 2000 € par an et par demandeur.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est versée en 2 fois sur le compte bancaire du bénéficiaire : un premier versement de 60 % suite à l&amp;#039;accord de l&amp;#039;aide et un second versement de 40 %, sur présentation d&amp;#039;une attestation de votre employeur confirmant la bonne exécution du CDD ou la poursuite du CDI, dans les 3 à 6 mois suivant la date de démarrage du contrat de travail. Un modèle type (Attestation second versement) vous est proposé ci-dessous.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Porteur
+&lt;/strong&gt;
+: Région Nouvelle-Aquitaine
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Tags
+&lt;/strong&gt;
+: Autre
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Périmètre
+&lt;/strong&gt;
+: Nouvelle - Aquitaine
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Egalité des chances
+Logement et habitat
+Accessibilité
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2020</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ les salariés signataires d&amp;#039;un CDD de 3 mois minimum ou d&amp;#039;un CDI :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sortant de formation qualifiante Région depuis moins de 6 mois : stagiaires de la formation professionnelle, apprenants des formations sanitaires et sociales,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sortant de formation depuis moins de 6 mois : apprentis, lycéens professionnels, bénéficiaires de contrats de professionnalisation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les signataires de contrat d&amp;#039;apprentissage ou de professionnalisation en cours d&amp;#039;exécution ne sont pas éligibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses prises en compte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les dépenses de logement : frais de déménagement, frais de double résidence...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses de transport : frais de déplacement, frais kilométriques, abonnement aux transports en commun ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide n&amp;#039;est pas cumulable avec :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - la mise à disposition d&amp;#039;un véhicule de fonction ou de service
+&lt;/p&gt;
+&lt;p&gt;
+ - la prise en charge de l&amp;#039;intégralité des frais de transport et/ou de logement par d&amp;#039;autres dispositifs (Pôle emploi, Action Logement, Région, collectivités, entreprises...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le formulaire de demande est à compléter et soumettre en ligne, accompagné des pièces obligatoires suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Copie de la pièce d&amp;#039;identité : carte d&amp;#039;identité, passeport, titre de séjour...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;Identité Bancaire (RIB), de moins de 2 mois s&amp;#039;il est daté, au nom du demandeur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation de fin de formation remis par votre organisme de formation. Un modèle d&amp;#039;attestation de fin de formation est à votre disposition ci-dessous.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrat de travail ou attestation employeur précisant la durée de la période d&amp;#039;essai et le salaire brut mensuel. Un modèle d&amp;#039;attestation de fin de formation est à votre disposition ci-dessous.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatif de domicile principal en Nouvelle-Aquitaine de moins de 3 mois à votre nom (Facture de téléphone, d&amp;#039;électricité, de gaz, d&amp;#039;eau, quittance de loyer, avis d&amp;#039;imposition, taxe d&amp;#039;habitation...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatifs des dépenses liées à la demande : déménagement (devis), double résidence (contrats de location, quittances de loyer...), transport (factures pour le transport en commun, carte grise pour le calcul des frais kilométriques.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/fonds-daide-la-mobilite-vers-lemploi</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Relation aux Usagers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Formation Professionnelle et Apprentissage
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eced-fonds-daide-a-la-mobilite-vers-lemploi/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>152166</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Financer les demandeurs d’emploi ligériens pour acheter individuellement leur formation de niveaux supérieurs (6 et 7) et accéder à l’emploi</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Abondement de CPF Formations sup'</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
-[...4 lines deleted...]
-  formpro.oriane.info.
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financer les demandeurs d&amp;#039;emploi ligériens pour acheter individuellement leur formation de niveaux supérieurs (6 et 7) et accéder à l&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région soutient les demandeurs d&amp;#039;emploi dans leur achat individuel de formation certifiante de niveaux supérieurs (Licence-Master inscrites au RNCP) pour exercer des métiers en tension.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de la Région est d&amp;#039;accompagner les parcours de formation de demandeurs d&amp;#039;emploi en complétant financièrement leur compte personnel de formation (CPF) dans la limite d&amp;#039;un plafond d&amp;#039;aide déterminé selon les certifications ciblées.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide financière de la Région prend la forme d&amp;#039;un abondement proposé automatiquement sur la plateforme « MonCompteFormation » pour toute certification éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier d&amp;#039;un abondement automatisé de CPF par la Région, vous devez répondre à l&amp;#039;ensemble des critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  résider en Pays de la Loire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  relever du statut de demandeur d&amp;#039;emploi (toutes catégories confondues) inscrit à Pôle emploi ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer d&amp;#039;un montant minimum de droits inscrits de 250 € sur son CPF à mobiliser intégralement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  acheter sur la plateforme « MonCompteFormation » une formation menant à l&amp;#039;une des certifications complètes ou partielles (y compris à distance) ciblées par la Région et délivrées dans un lieu de formation se situant en Pays de la Loire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les formations doivent avoir une date d&amp;#039;entrée en formation avant le 31 décembre 2023 et une date de fin de formation intervenant au plus tard le 30 juin 2025.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pourrez alors bénéficier pour compléter vos droits CPF en euros inscrits sur votre compte, d&amp;#039;un abondement automatisé par la Région couvrant 100% des coûts de la formation, dans la limite d&amp;#039;un plafond d&amp;#039;abondement fixé par la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2025</t>
+        </is>
+      </c>
+      <c r="Q22" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les demandeurs d&amp;#039;emploi font la démarche d&amp;#039;acheter individuellement leur formation sur l&amp;#039;application
+ &lt;a href="https://www.moncompteformation.gouv.fr/espace-prive/html/#/"&gt;
+  « Moncompteformation »
+ &lt;/a&gt;
+ selon les étapes suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Se connecter avec vos identifiants sécurisés créés sur « FranceConnect »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sélectionner la formation recherchée dans l&amp;#039;onglet formation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;affichage du logo de la Région Pays de la Loire confirme l&amp;#039;éligibilité à l&amp;#039;abondement de la Région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adresser la demande de formation à l&amp;#039;organisme de formation qui confirme rapidement la commande de formation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sélectionner l&amp;#039;aide de la Région, en complément du montant déjà acquis sur le Compte pour financer la formation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Je peux commencer ma formation à la date établie sur la fiche de la formation commandée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.moncompteformation.gouv.fr/espace-prive/html/#/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
+ &lt;br /&gt;
+ Plateforme d&amp;#039;information Cariforef
+ &lt;br /&gt;
+ info&amp;#64;cariforef-pdl.org
+ &lt;br /&gt;
+ &amp;#43;33 800 20 03 03
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/131a-visa-metiers-formations-sup-region-formation/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>90785</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l'accès vers l'emploi aux apprenants sortant de formation</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;aide à la mobilité vers l&amp;apos;emploi</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes sortis de formation depuis moins de 6 mois et avez trouvé un emploi éloigné de votre domicile ? Avec le Fonds d&amp;#039;aide à la mobilité vers l&amp;#039;emploi, la Région Nouvelle Aquitaine peut vous aider dans votre projet de mobilité en participant à vos frais de logement et/ou de transport.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sécuriser l&amp;#039;accès vers l&amp;#039;emploi aux apprenants sortant de formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer aux dépenses de logement et transport engendrées par un nouveau contrat de travail
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les salariés signataires d&amp;#039;un CDD de 3 mois minimum ou d&amp;#039;un CDI :
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sortant de formation qualifiante Région depuis moins de 6 mois : stagiaires de la formation professionnelle, apprenants des formations sanitaires et sociales,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sortant de formation depuis moins de 6 mois : apprentis, lycéens professionnels, bénéficiaires de contrats de professionnalisation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les signataires de contrat d&amp;#039;apprentissage ou de professionnalisation en cours d&amp;#039;exécution ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Montant de l&amp;#039;aide :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide pourra être portée à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1 000 € maximum pour les dépenses liées au logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 000 € maximum pour les dépenses liées au transport
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aides sont cumulables dans la limite de 2000 € par an et par demandeur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses prises en compte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les dépenses de logement : frais de déménagement, frais de double résidence...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses de transport : frais de déplacement, frais kilométriques, abonnement aux transports en commun ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide n&amp;#039;est pas cumulable avec :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la mise à disposition d&amp;#039;un véhicule de fonction ou de service
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prise en charge de l&amp;#039;intégralité des frais de transport et/ou de logement par d&amp;#039;autres dispositifs (Pôle emploi, Action Logement, Région, collectivités, entreprises...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide est versée en 2 fois sur le compte bancaire du bénéficiaire : un premier versement de 60 % suite à l&amp;#039;accord de l&amp;#039;aide et un second versement de 40 %, sur présentation d&amp;#039;une attestation de votre employeur confirmant la bonne exécution du CDD ou la poursuite du CDI, dans les 3 à 6 mois suivant la date de démarrage du contrat de travail. Un modèle type (Attestation second versement) vous est proposé ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Formation professionnelle
+Logement et habitat
+Emploi
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1) Critères de sélection:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le service instructeur de la Région étudie l&amp;#039;ensemble du dossier de demande et les pièces justificatives fournies.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une mobilité résidentielle liée à un nouvel emploi éloigné du domicile principal,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une distance routière entre le domicile et le lieu de travail qui doit être supérieure ou égale à 100 kilomètres ou à 1h 30 de temps de trajet (A/R hors zones urbaines),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;utilisation de manière prioritaire des transports en commun; ou à défaut d&amp;#039;une offre de transport en commun adaptée et/ou en cas d&amp;#039;horaires décalés, l&amp;#039;utilisation d&amp;#039;un véhicule motorisé pour la majorité des déplacements domicile-travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un salaire inférieur ou égal à une fois et demi le SMIC avant impôt (hors 13ème mois et primes).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt de votre dossier s&amp;#039;effectue sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine . Cette plateforme est accessible via le bouton « Créer mon dossier », en bas de cette page.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer votre demande d&amp;#039;aide, il est nécessaire de créer un compte sur notre plateforme, si vous n&amp;#039;en possédez pas déjà un. Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme. Par la suite, vous pourrez suivre l&amp;#039;avancée du traitement de votre demande en vous connectant à votre compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Un tutoriel d&amp;#039;aide « Comment bien saisir ma demande » est à votre disposition, en pièce-jointe au bas de la page, pour vous accompagner dans cette démarche.
+&lt;/p&gt;
+&lt;p&gt;
+ Le formulaire de demande est à compléter et soumettre en ligne, accompagné des pièces obligatoires suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Copie de la pièce d&amp;#039;identité : carte d&amp;#039;identité, passeport, titre de séjour...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;Identité Bancaire (RIB), de moins de 2 mois s&amp;#039;il est daté, au nom du demandeur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation de fin de formation remis par votre organisme de formation. Un modèle d&amp;#039;attestation de fin de formation est à votre disposition ci-dessous.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrat de travail ou attestation employeur précisant la durée de la période d&amp;#039;essai et le salaire brut mensuel. Un modèle d&amp;#039;attestation de fin de formation est à votre disposition ci-dessous.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatif de domicile principal en Nouvelle-Aquitaine de moins de 3 mois à votre nom (Facture de téléphone, d&amp;#039;électricité, de gaz, d&amp;#039;eau, quittance de loyer, avis d&amp;#039;imposition, taxe d&amp;#039;habitation...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatifs des dépenses liées à la demande : déménagement (devis), double résidence (contrats de location, quittances de loyer...), transport (factures pour le transport en commun, carte grise pour le calcul des frais kilométriques.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous pouvez également fournir tout autre document que vous pensez utile pour l&amp;#039;étude de votre dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Et après ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après l&amp;#039;envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois le dossier finalisé par vos soins (bouton &amp;#34;envoyer&amp;#34;), le service instructeur de la Région vérifie si votre dossier est complet. Des informations complémentaires pourront vous être demandées.Votre dossier est ensuite étudié avant passage en commission d&amp;#039;attribution. A l&amp;#039;issue de cette commission, la décision vous sera transmise par mail.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/fonds-daide-la-mobilite-vers-lemploi</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+Direction Formation Professionnelle et Apprentissage
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/081a-fonds-daide-a-la-mobilite-vers-lemploi/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>15646</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'emploi et l'attractivité tout en permettant un aménagement équilibré du territoire</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 25% du montant des dépenses éligibles avec une subvention plafonnée à</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En application du Schéma Régional de Développement Touristique et des Loisirs, les dispositifs d&amp;#039;intervention Aménagements et Equipements touristiques de la Région Occitanie visent à favoriser l&amp;#039;emploi et l&amp;#039;attractivité tout en permettant un aménagement équilibré du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois priorités sont identifiées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faire émerger ou consolider des projets de destinations d&amp;#039;excellence de notoriété internationale avec la politique Grands Sites Occitanie qui prend en compte l&amp;#039;ensemble des composantes du tourisme, et associe les opérateurs publics et privés autour d&amp;#039;un programme d&amp;#039;actions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les équipements et aménagements touristiques ainsi que les projets de destination, structurants et d&amp;#039;intérêt régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un aménagement touristique équilibré du territoire en accompagnant les investissements touristiques d&amp;#039;intérêt local.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de ce schéma, la Région accompagne les aménagements liés à la grande itinérance d&amp;#039;intérêt régional dont l&amp;#039;objectif est d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la structuration d&amp;#039;un projet de grande itinérance (voies vertes, itinéraires majeurs) à forte composante touristique et économique démontrée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Revitalisation
+Equipement public
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit concourir à la structuration d&amp;#039;un projet de grande itinérance (voies vertes, itinéraires majeurs) à forte composante touristique et économique démontrée. Les projets seront mentionnés à titre indicatif dans les politiques contractuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements envisagés devront respecter les caractéristiques techniques et environnementales arrêtées par le cahier des charges national des véloroutes et voies vertes. Ces équipements structurants doivent s&amp;#039;inscrire dans le cadre d&amp;#039;une démarche volontariste de développement durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Amenagements-lies-a-la-grande-itinerance-d-interet-regional</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction du Tourisme et du thermalisme - Service Aménagement et Équipements touristiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : 05 61 33 54 22
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : 04 67 22 94 29
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/215a-amenagements-lies-a-la-grande-itinerance-dint/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>111640</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers l'emploi les bénéficiaires du revenu de solidarité active</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Solidarité et santé : Cohésion sociale (RSA)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>Aide basée sur l'estimation prévisionnelle des actions</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement des bénéficiaires du RSA orientés &amp;#34;social&amp;#34;, dans un parcours d&amp;#039;insertion vers l&amp;#039;emploi, en lien avec Pôle emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement délégué aux CCAS par convention.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois modes de soutien possibles : subvention, mise à disposition de personnel départemental, ou subvention et mise à disposition.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département en subvention privilégie la prise en charge des frais de fonctionnement mobilisés : coût des postes d&amp;#039;accompagnement, avec un montant de référence des coûts salariaux de 38.500€ par équivalent temps plein.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide basée sur l&amp;#039;estimation prévisionnelle du nombre de bénéficiaires du revenu de solidarité active à accompagner par le CCAS et du coût d&amp;#039;un équivalent temps plein.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-SOLI-004 (AD du 15/01/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Emploi</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du développement social
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 16 42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4287-accompagner-vers-lemploi-les-beneficiaires-du/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>119872</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la création, le développement d'entreprises et d'emplois - aide à l'immobilier d'entreprise</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'immobilier d'entreprise</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes Yvetot Normandie</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et objectif de l&amp;#039;aide
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Communauté de Communes Yvetot Normandie a mis en place un dispositif d&amp;#039;aide à l&amp;#039;immobilier d&amp;#039;entreprise dans les conditions définies dans son règlement d&amp;#039;application intercommunal.
+ &lt;br /&gt;
+ L&amp;#039;objectif est de favoriser la création, le développement d&amp;#039;entreprises et d&amp;#039;emplois sur le territoire d&amp;#039;Yvetot Normandie, à travers le soutien aux investissements immobiliers.
+ &lt;br /&gt;
+ En déléguant la compétence d&amp;#039;octroi de ces aides au Conseil Départemental de la Seine Maritime, celui-ci agit pour le compte de l&amp;#039;EPCI. Le Département engage également ses propres fonds, en abondant la subvention octroyée par Yvetot Normandie, permettant ainsi un effet levier du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant et modalités de l&amp;#039;aide
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;aide financière de la Communauté de Communes Yvetot Normandie est fixée à un taux de 2.5 % du montant total HT des investissements éligibles, plafonnée à 20 000€ de subvention, soumis à la règlementation en vigueur européenne (régime cadre d&amp;#039;exempté PME SA 40453, régime notifié grandes entreprises IAA SA 41735, règlement de minimis n°1407/2013) Le bénéficiaire doit réaliser un montant d&amp;#039;investissement immobilier éligible d&amp;#039;un minimum de 80 000 € HT.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide financière du Département viendra abonder l&amp;#039;enveloppe allouée par l&amp;#039;EPCI.
+ &lt;br /&gt;
+ Elle est fixée à 10% du montant total HT des investissements éligibles et plafonnée à 60 000€ pour les projets de plus de 600 000€.
+ &lt;br /&gt;
+ De même, afin d&amp;#039;augmenter l&amp;#039;effet levier des aides de l&amp;#039;EPCI et du Département, la Région Normandie pourra contribuer au co-financement croisé des aides à l&amp;#039;immobilier d&amp;#039;entreprise, pour les projets de plus de 600 000 €, notamment les entreprises relevant des secteurs de l&amp;#039;industrie, services à l&amp;#039;industrie (informatique, numérique, logistique hors transport), des activités manufacturières, de l&amp;#039;agroalimentaire et du commerce de gros.
+ &lt;br /&gt;
+ Ces aides sont apportées selon les modalités définies par la Communauté de Communes, c&amp;#039;est à dire sous forme d&amp;#039;une subvention directe.
+ &lt;br /&gt;
+ Les taux d&amp;#039;intervention maximum de financements publics devront respecter les règles de cumul relatives à la règlementation européenne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution du dossier
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;un courrier adressé au Président de la Communauté de Communes.
+ &lt;br /&gt;
+ Un rdv vous sera ensuite proposé avec les services du Département, en présence de l&amp;#039;EPCI et de la CCI le cas échéant, afin d&amp;#039;étudier votre demande. Un fond de dossier commun à la Région, comprenant entre autres la liste des pièces à fournir vous sera alors transmis.
+ &lt;br /&gt;
+ La demande sera instruite par les services du Département dès réception du dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est à noter que l&amp;#039;investissement :
+ &lt;br /&gt;
+ &amp;gt; ne doit pas être réalisé avant réception de la lettre d&amp;#039;accusé de réception de la demande y compris pour les
+ &lt;br /&gt;
+ créations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Modalités de versement
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;aide donnera lieu à l&amp;#039;établissement d&amp;#039;une convention avec l&amp;#039;entreprise aidée et les différents acteurs impliqués dans le financement de l&amp;#039;opération (sociétés de portage, sociétés de crédit-bail), qui déterminera les conditions de versement de la subvention.
+ &lt;br /&gt;
+ Le versement de la subvention (part Yvetot Normandie &amp;#43; part Département) sera effectué par le Département sur présentation des factures certifiées acquittées attestant de la réalisation de l&amp;#039;opération et conformes au projet retenu.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Peuvent bénéficier de l&amp;#039;aide, toutes les entreprises industrielles, artisanales, commerciales, touristiques et de services hors exclusions précisées ci-dessous sous réserve de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir l&amp;#039;établissement concerné par l&amp;#039;investissement sur le territoire de la Communauté de Communes (en raison du principe de spécialité territoriale);
+ &lt;/li&gt;
+ &lt;li&gt;
+  être immatriculé au registre du commerce et des sociétés ou au répertoire des métiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses cotisations fiscales et sociales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir une situation financière saine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire preuve de leur capacité à mener à bien le projet compte tenu des concours publics sollicités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un financement bancaire minimum de 50 %.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les cas de portage du projet immobilier par une SCI, une holding, une société immobilière dédiée ou de financement en crédit-bail immobilier seront examinés au cas par cas. Hors Crédit-bail immobilier, portage par une société foncière, une société d&amp;#039;économie mixte ou une société immobilière liée à cette dernière, il est exigé une adéquation de capital minimum de 50% entre la société porteuse de l&amp;#039;investissement immobilier et l&amp;#039;entreprise d&amp;#039;exploitation locataire des locaux objets du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sociétés de portage immobilier bénéficiaires concernées devront s&amp;#039;engager à rétrocéder à l&amp;#039;entreprise d&amp;#039;exploitation l&amp;#039;aide attribuée et être en capacité d&amp;#039;en apporter la preuve pour pouvoir obtenir le versement de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont inéligibles les entreprises suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises individuelles ayant opté ou relevant du régime fiscal français de micro-entreprise visé à l&amp;#039;article 50-0 du code des impôts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les agences immobilières, banques, assurances, professions juridiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les stations de lavage, stations essence, professions libérales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les exploitations agricoles ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les hébergements touristiques individuels non adossés à une société d&amp;#039;exploitation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les activités de stockage/entreposage sans création d&amp;#039;emplois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les entreprises relevant des secteurs exclus par la réglementation, notamment les entreprises en difficulté.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un délai 3 ans devra être observé entre 2 demandes d&amp;#039;aides par une même entreprise sauf si le montant de la première subvention n&amp;#039;atteint pas la limite du plafond de l&amp;#039;aide susceptible d&amp;#039;être accordée par le Département et la Communauté de communes. Dans cette hypothèse, le montant cumulé des deux subventions attribuées ne pourra excéder 80 000 € et le montant de la deuxième aide sera plafonné en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernées toutes les opérations d&amp;#039;investissements immobiliers réalisés par une entreprise, permettant le développement de son activité sur le territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les terrains* et les frais d&amp;#039;acquisition immobiliers* (notariés, géomètre),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de VRD intérieurs à la parcelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de construction immobilière ou l&amp;#039;achat d&amp;#039;immeubles existants et les travaux d&amp;#039;aménagement à caractère immobilier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements paysagers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;honoraires (maître d&amp;#039;oeuvre, cabinet d&amp;#039;ingénierie),
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les coûts d&amp;#039;acquisition fonciers (terrain et frais associés) pour les entreprises ayant acheté un terrain situé sur
+ &lt;/li&gt;
+ &lt;li&gt;
+  une zone d&amp;#039;activité aménagée par la Communauté de communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements matériels et immobiliers spécifiques à l&amp;#039;activité de l&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les achats de matériaux et les travaux réalisés par l&amp;#039;entreprise elle-même ou une entreprise qui lui est liée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les surfaces non dédiées à une activité économique ou commerciale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans l&amp;#039;hypothèse où les investissements immobiliers seraient portés conjointement par une Société immobilière et une société d&amp;#039;exploitation liée, le calcul du montant de la dépense subventionnable sera effectué sur l&amp;#039;une des deux structures concernées, sans possibilité de cumul.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>CC Yvetot Normandie</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communauté de Communes Yvetot Normandie
+ &lt;br /&gt;
+ 4 rue de la Brême
+ &lt;br /&gt;
+ 76190 YVETOT
+ &lt;br /&gt;
+ Sonia HACHARD
+ &lt;br /&gt;
+ Tél : 02 35 56 34 51
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email : sonia.hachard&amp;#64;yvetot-normandie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>sonia.hachard@yvetot-normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/224b-aide-a-limmobilier-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>120661</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les structures de l'Economie Sociale et Solidaire dans leur développement et la consolidation de leurs emplois</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>DLA (Dispositif Local d'Accompagnement)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Ligue de l'enseignement de l'Aube</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Dispositif Local d&amp;#039;Accompagnement de l&amp;#039;ESS (DLA) est une aide publique ayant pour objectif d&amp;#039;accompagner toute structure employeuse de l&amp;#039;Economie Sociale et Solidaire dans le développement de ses activités et la pérennisation de ses emplois.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour qui ? Associations employeuses, coopératives, structures d&amp;#039;insertion, entreprises  agréées ESUS - tout secteur d&amp;#039;activité (culture, insertion, médico-social, environnement, sport, éducation, etc)
+&lt;/p&gt;
+&lt;p&gt;
+ Quels besoins ? Faire évoluer son organisation interne ou son modèle économique, créer une nouvelle activité, redynamiser sa gouvernance, revoir son projet associatif, etc
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;Aube, le DLA est porté par la Ligue de l&amp;#039;Enseignement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Ex 1 : Accompagner une association en territoire rural proposant des ateliers sport-bien être pour des personnes ayant eu un cancer, dans l&amp;#039;élaboration de son projet associatif &amp;#61;&amp;#61;&amp;gt; résultat : intégration de nouveaux bénévoles dans la gouvernance, construction de nouveaux partenaires
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ex 2 : Accompagner une radio associative locale dans la restructuration de son modèle économique &amp;#61;&amp;#61;&amp;gt; résultat : maintien des 2 emplois salariés ,construction de nouveaux partenaires
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Biodiversité
+Lutte contre la précarité
+Emploi
+Valorisation d'actions
+Mobilité pour tous
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Être une structure de l&amp;#039;Economie Sociale et Solidaire (ESS) d&amp;#039;utilité sociale : association, coopérative (CAE, SCOP, SCIC), structure d&amp;#039;insertion, entreprise agréée ESUS
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir au moins 1 emploi ou souhaitant en créer un à court terme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir son siège social dans l&amp;#039;Aube
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être volontaire pour être accompagné
+  &lt;/li&gt;
+ &lt;/ol&gt;
+</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laligue10.org/dla/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter la Chargée de mission DLA
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  dla10&amp;#64;laligue10.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- Vous l&amp;#039;avez trouvée ? Préinscrivez-vous en ligne. Votre formation n&amp;#039;y figure pas et elle remplit les critères ? Bénéficiez de l&amp;#039;AIRE.
+ &lt;br /&gt;
+ 03.25.82.68.63
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Ligue de l&amp;#039;Enseignement de l&amp;#039;Aube
+ &lt;br /&gt;
+ 15 avenue d&amp;#039;Echenilly - 10120 Saint-André-les-Vergers
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="S17" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>dla10@laligue10.org</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e80-accompagner-les-structures-de-leconomie-socia/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>165217</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Permettre une orientation choisie et une insertion durable dans l’emploi</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel doit permettre une orientation choisie et une insertion durable dans l’emploi. &lt;br /&gt;L’objectif général visé par cet appel est de soutenir des projets pour lesquels l’orientation sera considérée comme un levier pour permettre une égalité d’accès à la formation, le soutien de l’orientation pour tous, la mixité des métiers et l’égalité professionnelle, en vue d’une insertion durable dans l’emploi des publics qui en sont éloignés.&lt;br /&gt;A cet effet, la lutte contre les inégalités et discriminations, la déconstruction des stéréotypes, l’élévation du niveau de qualification et l’évitement des sorties prématurées du système scolaire seront également soutenus.&lt;br /&gt;Une attention particulière sera portée aux projets favorisant les processus inclusifs (parcours et accompagnements adaptés aux publics cibles) et/ou visant à favoriser l’égalité de genre, la mixité des publics et la lutte contre toute forme de discrimination.&lt;/p&gt;&lt;p&gt;Les objectifs&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans l&amp;#039;objectif du FSE&amp;#43; d&amp;#039;une Europe plus sociale et inclusive mettant en oeuvre le socle européen des droits sociaux. Les actions soutenues sont donc les suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’accessibilité et la lisibilité de l’offre d’orientation et de formation :&lt;ul&gt;&lt;li&gt;Actions d’accompagnement des publics visant à leur faire prendre connaissance de la diversité des métiers existants, les informer sur les voies d’accès à ces métiers et éviter le phénomène d’auto-censure,&lt;/li&gt;&lt;li&gt;Actions de promotion de l’apprentissage, de promotion des métiers et actions de valorisation/découverte des métiers comme une voie d’insertion durable vers l’emploi,&lt;/li&gt;&lt;li&gt;Développer une offre de services orientée vers les nouvelles générations via le développement d’outils innovants et de modalités d’informations interactives et pédagogiques qui favorisent les supports digitaux, l’appropriation et l’autonomie des publics, et répondent aux nouveaux usages (réalité virtuelle, plateformes de mise en relation, outils de test des « soft skills » etc.)&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Levée de freins à l’insertion ou la réinsertion :&lt;ul&gt;&lt;li&gt;Actions de déconstruction des stéréotypes en faveur des personnes en situation de handicap ou celles souffrant de discriminations ou des femmes et minorités de genre, notamment par le biais de projets s’inscrivant dans une démarche d’innovation sociale,&lt;/li&gt;&lt;li&gt;Actions d’orientation de ces publics notamment vers des métiers où ces personnes sont sous représentées,&lt;/li&gt;&lt;li&gt;Actions de promotion de l’égalité des chances et des droits dans le cadre de l’orientation,&lt;/li&gt;&lt;li&gt;Actions d’accompagnement vers l’emploi des personnes en situation de handicap mental ou moteur,&lt;/li&gt;&lt;li&gt;Actions d’accompagnement, de sensibilisation et d’information dans le cadre de la lutte contre l’illettrisme et l’illectronisme et développement d’innovations pédagogiques en la matière.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2025</t>
+        </is>
+      </c>
+      <c r="Q28" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2026</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Acteurs publics ou privés œuvrant dans le champ de l’orientation et de l’information des métiers, notamment les acteurs de l’orientation et de la formation (Association régionale des missions locales, missions locales, Cité des Métiers, Universités, CARIF-OREF, Opérateurs de compétences, etc.) ainsi que les associations, branches professionnelles, chambres consulaires, partenaires sociaux, groupement d’entreprises et établissements publics ou collectivités territoriales, etc. œuvrant dans le champ de l’orientation et de l’information des métiers, de la formation et de l’accompagnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Se référer à la partie 7 de l&amp;#039;AAP &amp;#34;Procédure de candidature à l&amp;#039;appel à projets&amp;#34;. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>jpderai@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi-1/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K18" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>163662</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la professionnalisation du secteur associatif et encourager la mutualisation des emplois</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Recrutement associatif</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
-[...72 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;importance économique du secteur associatif et la diversité de ses champs d&amp;#039;intervention contribuent au développement économique et social en permettant notamment de maintenir des emplois qualifiés sur les territoires fragiles. Les associations doivent faire face à une complexité organisationnelle, économique et réglementaire nécessitant des compétences de plus en plus poussées. C&amp;#039;est pourquoi la Région Nouvelle-Aquitaine souhaite accompagner la professionnalisation du secteur associatif et encourager la mutualisation des emplois.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Les projets qui peuvent être financés sont : &lt;/p&gt;&lt;p&gt;Création d&amp;#039;un emploi :&lt;/p&gt;&lt;p&gt;En CDI temps plein mutualisé (la mutualisation sera accompagnée par le CRGE),&lt;/p&gt;&lt;p&gt;En CDI temps plein, &lt;/p&gt;&lt;p&gt;En CDI temps partiel (17h30 minimum, selon la convention collective dont relève l&amp;#039;association) sous conditions.&lt;/p&gt;&lt;p&gt;Consolidation d&amp;#039;un CDD en CDI. Le CDD doit avoir été créé moins de 6 mois avant le dépôt de la demande de subvention.&lt;/p&gt;&lt;p&gt;Les projets qui ne peuvent pas être financés sont : &lt;/p&gt;&lt;p&gt;Les transformations d&amp;#039;emplois déjà existants ;&lt;/p&gt;&lt;p&gt;Le cumul de l&amp;#039;aide régionale avec d&amp;#039;autres aides soutenant tout ou partie de l&amp;#039;emploi créé, faisant l&amp;#039;objet de la demande (exemple : parcours emploi compétences, emplois sportifs de l&amp;#039;ANS, FONJEP, FONPEPS, aides à l&amp;#039;emploi des collectivités territoriales).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Le dépôt des dossiers de demande de subvention doit se faire avant le démarrage du projet.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;du 22 juin 2024 au 19 novembre 2024 période de dépôt des dossiers pour un vote à la commission permanente du 7 avril 2025&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;du 20 novembre 2024 au 14 janvier 2025 période de dépôt des dossiers pour un vote à la commission permanente du 19 mai 2025&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;du 15 janvier 2025 au 14 mars 2025 période de dépôt des dossiers pour un vote à la commission permanente du 7 juillet 2025&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;du 15 mars 2025 au 20 mai 2025 période de dépôt des dossiers pour un vote à la commission permanente du 29 septembre 2025&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;du 21 mai 2025 au 24 juin 2025 période de dépôt des dossiers pour un vote à la commission permanente du 17 novembre 2025&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les dossiers reçus à partir du 25 juin 2025 seront instruits pour un vote en commission permanente en 2026. Le calendrier des échéances sera communiqué dans le dernier trimestre 2025. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Calcul de l&amp;#039;aide : limitée à 1 poste pour 3 ans dans les conditions suivantes :&lt;/p&gt;&lt;p&gt;Année 1 : 10 000 € pour un temps plein / 5 000 € pour un temps partiel,&lt;/p&gt;&lt;p&gt;Année 2 : 7 000 € pour un temps plein / 3 500 € pour un temps partiel,&lt;/p&gt;&lt;p&gt;Année 3 : 4 000 € pour un temps plein / 2 000 € pour un temps partiel.&lt;/p&gt;&lt;p&gt;Bonus pour les postes mutualisés : 3 000 € sur la somme totale versée.&lt;/p&gt;&lt;p&gt;Bonus pour les postes situés en zones rurales à habitat très dispersé : 1 000 € sur la somme totale versée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Associations loi 1901 ou leur établissement secondaire domiciliés en Nouvelle-Aquitaine dont l&amp;#039;activité s&amp;#039;exerce sur le territoire régional et est en lien avec les champs de compétence ou les priorités de la Région.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : associations dont les membres sont des professionnels du secteur marchand (professions libérales, commerçants…).&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Les projets seront priorisés en fonction :&lt;/p&gt;&lt;p&gt;De la capacité de l&amp;#039;association à pérenniser l&amp;#039;emploi,&lt;/p&gt;&lt;p&gt;De la dynamique bénévole avérée et créant un ancrage sur le territoire,&lt;/p&gt;&lt;p&gt;De la solidité du tissu partenarial,&lt;/p&gt;&lt;p&gt;De la genèse du projet émanant d&amp;#039;une dynamique locale collective et non pas d&amp;#039;un projet personnel pour créer un emploi.&lt;/p&gt;&lt;p&gt;La priorité sera donnée :&lt;/p&gt;&lt;p&gt;Aux associations ayant été accompagnées pour développer le projet de création d&amp;#039;emploi (DLA, réseau associatif, partenaire local…),&lt;/p&gt;&lt;p&gt;Aux emplois basés en zone rurale,&lt;/p&gt;&lt;p&gt;Aux associations ayant moins de 5 équivalents temps plein,&lt;/p&gt;&lt;p&gt;Aux emplois mutualisés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/recrutement-associatif</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Avant le dépôt de votre dossier, une prise de contact avec le service EVAS est fortement conseillée afin de vérifier votre éligibilité. Vous pouvez demander un rendez-vous via le formulaire « contactez-nous » en bas de page.&lt;/p&gt;&lt;p&gt;Un accusé de réception vous sera transmis par courriel dans les jours qui suivent la réception du dossier. Si vous ne le recevez pas, contactez le service EVAS à vie.associative&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention (que vous pouvez télécharger en bas de fiche) est à retourner complet par courriel à vie.associative&amp;#64;nouvelle-aquitaine.fr. Il n&amp;#039;est pas nécessaire de doubler votre envoi par mail d&amp;#039;un envoi postal.&lt;/p&gt;&lt;p&gt;Les pièces à joindre au dossier sont : &lt;/p&gt;&lt;p&gt;Les statuts régulièrement déclarés,&lt;/p&gt;&lt;p&gt;Le récépissé de déclaration en Préfecture,&lt;/p&gt;&lt;p&gt;La copie de parution au Journal Officiel,&lt;/p&gt;&lt;p&gt;La liste des membres du bureau et du conseil d&amp;#039;administration,&lt;/p&gt;&lt;p&gt;Un avis de situation Sirene téléchargeable sur le site : https://avis-situation-sirene.insee.fr/&lt;/p&gt;&lt;p&gt;Un relevé d’identité bancaire (RIB) récent (nom et adresse de la structure conformes à ceux de l&amp;#039;avis de situation Sirene),&lt;/p&gt;&lt;p&gt;Le pouvoir de signature donné par le représentant légal de la structure si autre signataire,&lt;/p&gt;&lt;p&gt;Les comptes approuvés du dernier exercice clos (compte de résultat et bilan comptable),&lt;/p&gt;&lt;p&gt;Le rapport du commissaire aux comptes pour les structures qui en ont désigné un,&lt;/p&gt;&lt;p&gt;Le rapport de la dernière assemblée générale (rapport d’activité, moral et financier),&lt;/p&gt;&lt;p&gt;Un organigramme détaillé des salariés de la structure,&lt;/p&gt;&lt;p&gt;La fiche de poste concernée par la demande,&lt;/p&gt;&lt;p&gt;Pour les postes partagés : les budgets prévisionnels et les rapports d’activité des associations concernées par la mise à disposition,&lt;/p&gt;&lt;p&gt;Si le projet de création d’emploi fait suite à un DLA : joindre les préconisations remises.&lt;/p&gt;&lt;p&gt;Tout dossier incomplet ou non signé ne pourra pas être instruit. Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Avant le dépôt de votre dossier, une prise de contact avec le service EVAS est fortement conseillée afin de vérifier votre éligibilité. Vous pouvez demander un rendez-vous via le formulaire « contactez-nous » en bas de page.&lt;/p&gt;&lt;p&gt;Un accusé de réception vous sera transmis par courriel dans les jours qui suivent la réception du dossier. Si vous ne le recevez pas, contactez le service EVAS à vie.associative&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention (que vous pouvez télécharger en bas de fiche) est à retourner complet par courriel à vie.associative&amp;#64;nouvelle-aquitaine.fr. Il n&amp;#039;est pas nécessaire de doubler votre envoi par mail d&amp;#039;un envoi postal.&lt;/p&gt;&lt;p&gt;Les pièces à joindre au dossier sont : &lt;/p&gt;&lt;p&gt;Les statuts régulièrement déclarés,&lt;/p&gt;&lt;p&gt;Le récépissé de déclaration en Préfecture,&lt;/p&gt;&lt;p&gt;La copie de parution au Journal Officiel,&lt;/p&gt;&lt;p&gt;La liste des membres du bureau et du conseil d&amp;#039;administration,&lt;/p&gt;&lt;p&gt;Un avis de situation Sirene téléchargeable sur le site : https://avis-situation-sirene.insee.fr/&lt;/p&gt;&lt;p&gt;Un relevé d’identité bancaire (RIB) récent (nom et adresse de la structure conformes à ceux de l&amp;#039;avis de situation Sirene),&lt;/p&gt;&lt;p&gt;Le pouvoir de signature donné par le représentant légal de la structure si autre signataire,&lt;/p&gt;&lt;p&gt;Les comptes approuvés du dernier exercice clos (compte de résultat et bilan comptable),&lt;/p&gt;&lt;p&gt;Le rapport du commissaire aux comptes pour les structures qui en ont désigné un,&lt;/p&gt;&lt;p&gt;Le rapport de la dernière assemblée générale (rapport d’activité, moral et financier),&lt;/p&gt;&lt;p&gt;Un organigramme détaillé des salariés de la structure,&lt;/p&gt;&lt;p&gt;La fiche de poste concernée par la demande,&lt;/p&gt;&lt;p&gt;Pour les postes partagés : les budgets prévisionnels et les rapports d’activité des associations concernées par la mise à disposition,&lt;/p&gt;&lt;p&gt;Si le projet de création d’emploi fait suite à un DLA : joindre les préconisations remises.&lt;/p&gt;&lt;p&gt;Tout dossier incomplet ou non signé ne pourra pas être instruit. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recrutement-associatif/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...209 lines deleted...]
-      <c r="G20" s="1" t="inlineStr">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>89215</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>ADEFPAT</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
+Intercommunalité / Pays
 Département
-Région
 Association
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H20" s="1" t="inlineStr">
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des avancées concrètes dans la réalisation du projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La favorisation de l&amp;#039;ancrage territorial et professionnel
+   du projet dans son environnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des projets :
+  Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tiers lieux
+&lt;/p&gt;
+&lt;p&gt;
+ Projet alimentaire de territoire
+&lt;/p&gt;
+&lt;p&gt;
+ stratégie de developpement touristique
+&lt;/p&gt;
+&lt;p&gt;
+ équipement de loisir, touristique,
+&lt;/p&gt;
+&lt;p&gt;
+ atelier de découpe transformation
+&lt;/p&gt;
+&lt;p&gt;
+ mobilisation des acteurs : bourg centre, services aux publics,...
+&lt;/p&gt;
+&lt;p&gt;
+ boutique école
+&lt;/p&gt;
+&lt;p&gt;
+ petits commerces
+&lt;/p&gt;
+&lt;p&gt;
+ installation d&amp;#039;artisans
+&lt;/p&gt;
+&lt;p&gt;
+ Politiques et actions d&amp;#039;accueil de nouvelle population
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Bâtiments et construction
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adefpat.fr</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adefpat.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 63 36 20 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.dupre@adefpat.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>90356</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'insertion des jeunes dans l'emploi dans les associations - Postes FONJEP Jeunes</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale de la Jeunesse, des Sports et de la Cohésion sociale (DRJSCS) — Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J20" s="1" t="inlineStr">
-[...62 lines deleted...]
- L&amp;#039;appréciation de l&amp;#039;éligibilité et de l&amp;#039;opportunité de soutenir un projet s&amp;#039;exerce en deux temps :
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>7 164 € annuel pendant 3 ans</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Inscrit dans le Plan de relance du gouvernement, cet appel à projet s&amp;#039;inscrit dans le dispositif #1jeune1solution.
+&lt;/p&gt;
+&lt;p&gt;
+ Il répond à un double objectif : soutenir l&amp;#039;insertion des jeunes dans l&amp;#039;emploi et préserver l&amp;#039;action associative.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif « Postes FONJEP Jeunes », doté de 2000 unités de subventions d&amp;#039;un montant de 7 164 € (1000 postes en 2021, 1000 postes en 2022). Cette enveloppe de postes fait l&amp;#039;objet d&amp;#039;une répartition par région.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités régionales pour l&amp;#039;appel à manifestation d&amp;#039;intérêt de la région Auvergne-Rhône Alpes :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  sur demande écrite, accompagnée d&amp;#039;une description précise du projet, du public visé, des modalités d&amp;#039;action et des résultats attendus
-[...2 lines deleted...]
-  après expertise du projet, au regard de sa faisabilité, de son impact et de sa compatibilité avec les objectifs généraux de la politique du ministère et de la DGLFLF pour ce qui concerne la présence du français
+  Le nombre de salariés de l&amp;#039;association : la région Auvergne Rhône Alpes compte entre 170 et 180 000 associations actives, dont 20 800 emploient des salariés, 52 % d&amp;#039;entre elles emploient moins de 3 salariés. Par conséquent,
+  &lt;strong&gt;
+   les associations de moins de 3 salariés seront prioritaires
+  &lt;/strong&gt;
+  (excepté pour les missions régionales ou interdépartementales).
+ &lt;/li&gt;
+ &lt;li&gt;
+  « Public cible » éligible :
+  Les postes FONJEP Jeunes sont destinés aux moins de 30 ans. Une
+  &lt;strong&gt;
+   attention particulière sera donnée au recrutement de jeunes éloignés de l&amp;#039;emploi, en situation de handicap, ou habitant dans une Zone Rurale à Revitaliser ou dans un Quartier Politique de la Ville.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des
+  &lt;strong&gt;
+   enjeux territoriaux spécifiques
+  &lt;/strong&gt;
+  peuvent pris en compte en matière d&amp;#039;éducation, d&amp;#039;animation ou de cohésion sociale (ex. le rôle et la place des jeunes et des habitants dans le débat public ; la protection de l&amp;#039;environnement..).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seront priorisées les
+  &lt;strong&gt;
+   associations actives dans le champ de l&amp;#039;animation, de l&amp;#039;information jeunesse, du périscolaire ou du mentorat
+  &lt;/strong&gt;
+  , mettant en place leurs activités dans une logique d&amp;#039;éducation populaire (qu&amp;#039;elles soient agréées JEP ou pas).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Appui aux associations accueillant des volontaires en service civique
+  &lt;/strong&gt;
+  : soutien aux ressources humaines salariées nécessaires à l&amp;#039;accueil et l&amp;#039;encadrement de volontaires en service civique, de même que le recrutement, au sein de la structure, de jeunes anciennement en service civique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le
+  &lt;strong&gt;
+   soutien à l&amp;#039;engagement associatif
+  &lt;/strong&gt;
+  : Les associations présentant des projets de soutien au développement des métiers de l&amp;#039;engagement (chargé de développement du bénévolat, responsable service civique, responsable de la mobilisation citoyenne...) au sein des associations.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le service sera également sensible aux éléments suivants :
+ &lt;strong&gt;
+  Quel est le montant de l&amp;#039;aide versée ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide versée est de 7 164 € annuel pendant 3 ans. Pour 2021, l&amp;#039;aide est proratisée en fonction de la durée de présence du salarié.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette unité de subvention versée par l&amp;#039;intermédiaire du Fonds de coopération de la jeunesse et de l&amp;#039;éducation populaire (FONJEP) est simple (7 164 €) : elle ne peut pas être doublée, ni diminuée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de l&amp;#039;aide commence à partir du 1er jour du contrat de travail du salarié.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le salarié quitte l&amp;#039;association, l&amp;#039;aide est suspendue. L&amp;#039;association doit obligatoirement recruter un nouveau jeune de moins de 30 ans pour continuer à percevoir l&amp;#039;aide pendant la période restante de la subvention (3 ans). L&amp;#039;évaluation se fera à la fin des 3 ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Cohésion sociale et inclusion
+Emploi</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2021</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Quelles sont les associations bénéficiaires ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est ouverte à toutes les associations d&amp;#039;utilité sociale, notamment dans les champs de l&amp;#039;éducation, de l&amp;#039;animation, de l&amp;#039;engagement ou de la cohésion sociale. Il a pour objet d&amp;#039;aider à la pérennisation des projets associatifs. L&amp;#039;ensemble des secteurs associatifs relevant de missions d&amp;#039;intérêt général est concerné, notamment l&amp;#039;éducation populaire, le social, le sport, la culture et l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations doivent être localisées dans la région Auvergne-Rhône Alpes.
+ Une association peut avoir un siège social extérieur à la région mais les activités assurées par le salarié doivent obligatoirement être réalisées dans la région
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quels sont les jeunes bénéficiaires ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les jeunes recrutés dans le cadre des postes « FONJEP Jeunes » doivent avoir entre 18 et 30 ans (révolus), quel que soit leur niveau de diplôme ou de qualification ou d&amp;#039;expérience.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations présenteront, dans leur dossier de candidature, les modalités d&amp;#039;accompagnement du salarié (tuteur, temps de formation internes dans l&amp;#039;association, formations externes ...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quels sont les emplois et les contrats de travail exigés ?
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  projets innovants ou structurants
-[...44 lines deleted...]
-  l&amp;#039;UAR 5638 Mathdoc et son infrastructure d&amp;#039;édition Centre Mersenne Centre Mersenne (CNRS) en soutien à la création d&amp;#039;une plateforme de traduction automatique de textes scientifiques
+  Les emplois concernés sont des emplois supplémentaires nouveaux dans les associations ou des emplois renouvelés qui ont fait l&amp;#039;objet, plus de trois mois avant l&amp;#039;embauche, d&amp;#039;un licenciement ou d&amp;#039;une rupture conventionnelle ou les emplois libérés suite au départ d&amp;#039;un salarié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les contrats doivent être des contrats à durée indéterminée ou des contrats à durée déterminée de plus de 12 mois. La durée de travail minimale doit être de 70 % du temps de travail fixé par la convention collective ou l&amp;#039;accord de branche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi ne doit pas faire l&amp;#039;objet d&amp;#039;une autre aide à l&amp;#039;emploi versée par l&amp;#039;Etat (emploi franc, contrat de formation en alternance, emploi aidé...) mais il peut faire l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;emploi versée par une collectivité territoriale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le contrat de travail devra avoir été signé après le 1er janvier 2021.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le salarié ne doit pas obligatoirement être déjà recruté au moment de la demande de poste « FONJEP jeunes ». Dès le recrutement effectué, la pièce d&amp;#039;identité du salarié concerné doit être transmise par l&amp;#039;association, en vue de son intégration en annexe de la convention finale d&amp;#039;attribution de la subvention. La convention FONJEP sera établie à partir de la date d&amp;#039;entrée en poste du salarié pour une durée de 3 ans non renouvelable.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
-[...58 lines deleted...]
-      <c r="T20" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
-[...35 lines deleted...]
- 3 rue de Valois 75033 PARIS cedex 01
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://auvergne-rhone-alpes.drdjscs.gouv.fr/spip.php?article1572</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Au niveau régional
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Damien LE ROUX, chef de pôle « Engagement, Vie associative » (DRAJES) : 04 73 34 91 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marie GIMENEZ, assistante administrative (DRAJES) : 04 73 34 91 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Référents départementaux
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  AIN : Nathalie HERVE-ANCELIN
+  &lt;a href="mailto:nathalie.herve-ancelin&amp;#64;ain.gouv.fr" rel="noopener" target="_blank"&gt;
+   nathalie.herve-ancelin&amp;#64;ain.gouv.fr
+  &lt;/a&gt;
+  / Céline BERNAUD
+  &lt;a href="mailto:celine.bernaud&amp;#64;ain.gouv.fr" rel="noopener" target="_blank"&gt;
+   celine.bernaud&amp;#64;ain.gouv.fr
+  &lt;/a&gt;
+  -
+  Tél. : 04 74 32 55 42
+ &lt;/li&gt;
+ &lt;li&gt;
+  ALLIER : Estelle NEDELEC
+  &lt;a href="mailto:estelle.nedelec&amp;#64;allier.gouv.fr" rel="noopener" target="_blank"&gt;
+   estelle.nedelec&amp;#64;allier.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04 70 48 35 68
+ &lt;/li&gt;
+ &lt;li&gt;
+  ARDECHE : Pierrick PONSONNET
+  &lt;a rel="noopener" target="_blank"&gt;
+   pierrick.ponsonnet&amp;#64;ardeche.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04.75.66.53 83
+ &lt;/li&gt;
+ &lt;li&gt;
+  CANTAL : Julien VALY / Simon RAMAT
+  &lt;a href="mailto:julien.valy&amp;#64;cantal.gouv.fr" rel="noopener" target="_blank"&gt;
+   julien.valy&amp;#64;cantal.gouv.fr
+  &lt;/a&gt;
+  /
+  &lt;a href="mailto:simon.ramat&amp;#64;cantal.gouv.fr" rel="noopener" target="_blank"&gt;
+   simon.ramat&amp;#64;cantal.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04.63.27.32.43
+ &lt;/li&gt;
+ &lt;li&gt;
+  DRÔME : Christian BELISSON
+  &lt;a href="mailto:christian.belisson&amp;#64;drome.gouv.fr" rel="noopener" target="_blank"&gt;
+   christian.belisson&amp;#64;drome.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04 26 52 22 48
+ &lt;/li&gt;
+ &lt;li&gt;
+  ISERE : Florence MICHELLAND
+  &lt;a href="mailto:florence.michelland&amp;#64;isere.gouv.fr" rel="noopener" target="_blank"&gt;
+   florence.michelland&amp;#64;isere.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04.57.38.65.17
+ &lt;/li&gt;
+ &lt;li&gt;
+  LOIRE : Cécile ERPELDING
+  &lt;a href="mailto:cecile.erpelding&amp;#64;loire.gouv.fr" rel="noopener" target="_blank"&gt;
+   cecile.erpelding&amp;#64;loire.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04.77.49.63.83
+ &lt;/li&gt;
+ &lt;li&gt;
+  HAUTE-LOIRE : Benjamin SCHMITZ
+  &lt;a href="mailto:benjamin.schmitz&amp;#64;haute-loire.gouv.fr" rel="noopener" target="_blank"&gt;
+   benjamin.schmitz&amp;#64;haute-loire.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04 71 09 80 97
+ &lt;/li&gt;
+ &lt;li&gt;
+  PUY-DE-DÔME : Anne-Laure MOREL
+  &lt;a href="mailto:anne-laure.morel&amp;#64;puy-de-dome.gouv.fr" rel="noopener" target="_blank"&gt;
+   anne-laure.morel&amp;#64;puy-de-dome.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04.73.14.76.38
+ &lt;/li&gt;
+ &lt;li&gt;
+  RHÔNE : Ludovic MAZET
+  &lt;a href="mailto:ludovic.mazet&amp;#64;rhone.gouv.fr" rel="noopener" target="_blank"&gt;
+   ludovic.mazet&amp;#64;rhone.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 06 16 63 90 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  SAVOIE : Christine BONENFANT
+  &lt;a href="mailto:christine.bonenfant&amp;#64;savoie.gouv.fr" rel="noopener" target="_blank"&gt;
+   christine.bonenfant&amp;#64;savoie.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04 56 11 06 56
+ &lt;/li&gt;
+ &lt;li&gt;
+  HAUTE-SAVOIE : Estelle FRICONNEAU
+  &lt;a href="mailto:estelle.friconneau&amp;#64;haute-savoie.gouv.fr" rel="noopener" target="_blank"&gt;
+   estelle.friconneau&amp;#64;haute-savoie.gouv.fr
+  &lt;/a&gt;
+  - Tél. : 04 50 88 48 47
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>raphaelle.padovani@auvergne-rhone-alpes.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0a20-postes-fonjep-jeunes-aide-a-lemploi-des-jeune/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>90783</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux demandeurs d'emplois sans qualification d'accéder à une formation</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Service Public Régional de la Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes demandeur d&amp;#039;emploi, sans qualification et vous souhaitez vous former pour accéder à une certification ? La Région vous aide avec le Service Public Régional de Formation Professionnelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ La Région a mis en place un Service Public Régional de la Formation pour que les demandeurs d&amp;#039;emploi puissent bénéficier d&amp;#039;une formation professionnelle qui facilite leur insertion sur le marché du travail.
+ &lt;br /&gt;
+ L&amp;#039;objectif de la Région est double:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  combattre les inégalités d&amp;#039;accès à la formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux personnes les plus en difficulté d&amp;#039;accéder à un premier niveau de  qualification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le SPRF est une offre de formation qualifiante qui complète le Programme Régional de Formation (PRF).
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les demandeurs d&amp;#039;emploi inscrits à Pôle Emploi :
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont la qualification professionnelle la plus élevée est de niveau V bis (CAP/BEP non validé) ou IV général (bac général),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou qui n&amp;#039;ont pas pu exercer une activité en rapport avec leur qualification depuis au moins 2 ans.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les salariés en contrat aidé (CDDI et CUI : CAE/CIE, emplois d&amp;#039;avenir) peuvent bénéficier du SPRF s&amp;#039;ils sont inscrits à Pôle Emploi et s&amp;#039;ils sont de niveau VI maximum.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En tant que personnes éligibles, vous êtes orientées, sans sélection préalable, vers les organismes de formation mandatés par la Région. Ces organismes ont alors en charge de construire les parcours individualisés de qualification professionnelle pour répondre à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque fois que cela est possible des actions de VAE doivent être mobilisées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces parcours peuvent comporter des périodes en entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ Les parcours qui mènent à la qualification sont limités à 2 ans. Le parcours peut être interrompu par des périodes en emploi sous contrat de travail. Le travail n&amp;#039;étant pas pris en compte dans la durée du parcours, l&amp;#039;organisme de formation s&amp;#039;engage à reprendre le parcours interrompu à l&amp;#039;issue du contrat de travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Montants :
+&lt;/p&gt;
+&lt;p&gt;
+ La Région prend en charge les coûts pédagogiques de votre formation et participe à vos frais d&amp;#039;hébergement et de restauration. Pour la durée de la formation, vous êtes stagiaire de la formation professionnelle et vous bénéficiez d&amp;#039;une rémunération correspondant à votre statut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rémunération en ARE (Allocation de Retour à l&amp;#039;Emploi) si vous avez des droits à l&amp;#039;assurance chômage,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rémunération publique des stagiaires de la formation professionnelle financée par la Région
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous bénéficiez de la protection sociale et de la couverture « Accidents du travail ». Pour la restauration et l&amp;#039;hébergement proposés par le centre de formation, les frais excédant 1,50 € par repas et 3 € par nuitée sont pris en charge par la Région.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/service-public-regional-de-la-formation-professionnelle</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Formation Professionnelle et Apprentissage
+&lt;/p&gt;
+&lt;p&gt;
+ 15 rue de l&amp;#039;Ancienne Comédie
+&lt;/p&gt;
+&lt;p&gt;
+ CS 70575
+&lt;/p&gt;
+&lt;p&gt;
+ 86021
+                                                    POITIERS Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 55 76 02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/88e4-service-public-regional-de-la-formation-profe/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H21" s="1" t="inlineStr">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>119721</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un parcours personnalisé pour définir son projet professionnel et trouver un emploi</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Pôle emploi</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...183 lines deleted...]
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le contrat d&amp;#039;engagement jeune (CEJ) est destiné aux jeunes de 16  à 25 ans révolus et aux jeunes en situation de handicap de moins de 30 ans sans emploi, qui ne sont pas en formation, qui ne font pas d&amp;#039;études supérieures, qui sont confrontés à une difficulté d&amp;#039;accès à l&amp;#039;emploi durable et qui souhaitent s&amp;#039;engager dans un parcours vers l&amp;#039;emploi.
 &lt;/p&gt;
 &lt;p&gt;
  Parmi les engagements du jeune bénéficiaire figurent l&amp;#039;assiduité au programme défini, la participation active à l&amp;#039;ensemble des actions prévues ainsi que la sincérité et l&amp;#039;exactitude des informations communiquées au conseiller référent.
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;un parcours entièrement personnalisé qui peut durer de 6 à 12 mois en fonction du profil, pour aider ces jeunes à définir leur projet professionnel et à trouver un emploi. La durée de l&amp;#039;accompagnement peut exceptionnellement aller jusqu&amp;#039;à 18 mois au regard des besoins du jeune. La nécessité de cette prolongation doit être motivée par le conseiller.
 &lt;/p&gt;
 &lt;p&gt;
  Lorsque le jeune signe son contrat, il bénéficie :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;un accompagnement personnalisé avec un conseiller dédié qui le suit tout au long de son parcours et jusqu&amp;#039;à ce qu&amp;#039;il trouve un emploi durable ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;un programme intensif de 15 à 20 heures par semaine composé de différents types d&amp;#039;activités (formation qualifiante ou pré-qualifiante, mission d&amp;#039;utilité sociale, stage, immersion en entreprise, appui à des phases de recherche active d&amp;#039;emploi, préparation à l&amp;#039;apprentissage, etc) ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;une allocation pouvant aller jusqu&amp;#039;à 500 € par mois en fonction de l&amp;#039;âge, des ressources, du statut fiscal (autonome ou rattaché fiscalement à un foyer aux revenus modestes) et à condition que le jeune respecte ses engagements.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -3775,9158 +5742,174 @@
  L&amp;#039;allocation mensuelle sera réduite ou supprimée lorsque le jeune dispose d&amp;#039;autres sources de revenu supérieures à 300 € par mois : stage rémunéré, allocation chômage, indemnité de chômage partiel, indemnités journalières versées par l&amp;#039;Assurance maladie...
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;allocation n&amp;#039;est pas cumulable avec le revenu de solidarité active (RSA) et de la prime d&amp;#039;activité, sauf lorsque le droit à la prime d&amp;#039;activité est ouvert au titre d&amp;#039;une activité antérieure au premier mois de bénéfice de l&amp;#039;allocation de contrat d&amp;#039;engagement jeune, la prime correspondant à cette période d&amp;#039;activité demeure cumulable avec l&amp;#039;allocation de CEJ.
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs, le versement de l&amp;#039;allocation peut être supprimé lorsque le jeune, sans motif légitime, est absent à une action prévue ou ne peut justifier l&amp;#039;accomplissement d&amp;#039;actions fixées dans le cadre de son contrat d&amp;#039;engagement jeune.
 &lt;/p&gt;
 &lt;p&gt;
  Pour calculer le montant de l&amp;#039;allocation du contrat d&amp;#039;engagement jeune (CEJ) et de toutes les aides auxquelles vous avez droit selon votre situation, vous pouvez utiliser
  &lt;a href="https://mes-aides.1jeune1solution.beta.gouv.fr/simulation/individu/demandeur/date_naissance" rel="noopener" target="_blank"&gt;
   ce simulateur.
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Avoir entre 16 et 25 ans révolus / moins de 30 ans pour les jeunes en situation de handicap
  &lt;/li&gt;
  &lt;li&gt;
   Être sans emploi
  &lt;/li&gt;
  &lt;li&gt;
   Ne pas être en formation, ni en études supérieures
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.service-public.fr/particuliers/actualites/A15503</t>
         </is>
       </c>
-      <c r="W22" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://www.1jeune1solution.gouv.fr/contrat-engagement-jeune</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous êtes déjà suivi par une Mission locale ou par Pôle emploi, vous pouvez demander à votre conseiller de bénéficier du contrat d&amp;#039;engagement jeune.
 &lt;/p&gt;
 &lt;p&gt;
  Sinon, vous pouvez vous inscrire sur la plateforme « 1 jeune, 1 solution ». Pour ce faire, vous pouvez effectuer un test d&amp;#039;éligibilité sur le site
  &lt;a href="https://www.1jeune1solution.gouv.fr/contrat-engagement-jeune" rel="noopener" target="_blank"&gt;
   &lt;strong&gt;
    1 jeune, 1 solution.
   &lt;/strong&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  Si votre profil correspond, vous pourrez laisser vos coordonnées sur le formulaire qui s&amp;#039;affiche. Vous serez contacté ultérieurement par un conseiller de Pôle emploi ou de la Mission locale proche de chez vous et pourrez signer votre contrat d&amp;#039;engagement jeune à partir du 1er mars 2022.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/66e5-beneficier-dun-parcours-personnalise-pour-def/</t>
-        </is>
-[...1917 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi-1/</t>
         </is>
       </c>
       <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:27" customHeight="0">
       <c r="A34" s="1">
-        <v>71854</v>
+        <v>120423</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Etre accompagné vers l’emploi et l’autonomie (PACEA) - Jeunes de moins de 25 ans</t>
-[...4 lines deleted...]
-          <t>France Relance</t>
+          <t>Favoriser l'installation et le développement d'entreprises concourant à la création d'emplois durables</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>AIDE A L'IMMOBILIER D'ENTREPRISE (A.I.E.)</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+          <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
-        <is>
-[...7063 lines deleted...]
-      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Objectif : Favoriser l&amp;#039;installation et le développement d&amp;#039;entreprises sur le Département de la Drôme concourant à la création d&amp;#039;emplois durables.
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Final
  &lt;/strong&gt;
  : entreprise sous forme sociétale, y compris les entreprises d&amp;#039;insertion, à jour de leurs cotisations fiscales et sociales.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Intermédiaire
  &lt;/strong&gt;
  : SCI ou Sociétés Immobilières dont le capital est détenu majoritairement par la société bénéficiaire finale et/ou par les actionnaires majoritaires de la société bénéficiaire final/Crédits-bailleurs.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide et montant
 &lt;/h3&gt;
 &lt;p&gt;
  Nature : Subvention en investissement
 &lt;/p&gt;
@@ -13042,51 +6025,51 @@
  &lt;li&gt;
   50% au démarrage des travaux
  &lt;/li&gt;
  &lt;li&gt;
   30% un mois après l&amp;#039;installation de l&amp;#039;entreprise dans les locaux
  &lt;/li&gt;
  &lt;li&gt;
   20%  au constat de la réalisation du programme de créations des emplois, sur justificatifs demandés par les instructeurs
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Remboursement de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;entreprise devra rembourser l&amp;#039;aide en cas de non respect de ses engagements relatifs à la création des emplois et au maintien de l&amp;#039;activité sur le site concerné.
  &lt;/li&gt;
  &lt;li&gt;
   La subvention étant attribuée en début d&amp;#039;opération alors que les créations d&amp;#039;emplois sont échelonnées sur 3 ans, la rétrocession de tout u partie des subventions est prévue dans la convention tripartite.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M71" s="1" t="inlineStr">
+      <c r="M34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Projets de développement et/ou installation d&amp;#039;entreprises nécessitant un investissement immobilier (acquisition de terrains nus ou aménagés ou de bâtiments neufs ou rénovés).
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Activités de production, transformation, services qualifiés aux entreprises selon la liste dédiée.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     L&amp;#039;entreprise doit s&amp;#039;engager à créer de l&amp;#039;emploi salarié en CDI-ETP sur une période de 3 ans.
    &lt;/span&gt;
    &lt;br /&gt;
@@ -13115,63 +6098,63 @@
  &lt;p&gt;
   &lt;strong&gt;
    Les dépenses peuvent être de la nature suivante sans que cela ne soit exhaustif :
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;span&gt;
      Acquisition de terrain, acquisition/ construction/ extension ou rénovation de bâtiment ;
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R71" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Montages immobiliers en location pure (pas de lien capitalistique entre le bailleur et le preneur) dont la création d&amp;#039;emplois est inférieure à 20 emplois.
  &lt;/li&gt;
  &lt;li&gt;
   Activités relevant des secteurs encadrés au sens communautaire (dont transport).
  &lt;/li&gt;
  &lt;li&gt;
   Grandes entreprises au sens communautaire et leurs filiales ou établissements ayant leur siège social dans la Drôme.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Final
@@ -13194,4408 +6177,3355 @@
  Dépenses Subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;investissement immobilier doit représenter une dépense éligible:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   D&amp;#039;au moins 200 000 € HT, lorsque le projet immobilier se situe
   &lt;strong&gt;
    hors d&amp;#039;une Zone Revitalisation Rurale
   &lt;/strong&gt;
   (ZRR).
  &lt;/li&gt;
  &lt;li&gt;
   D&amp;#039;au moins 50 000 € HT, lorsque le projet immobilier se situe
   &lt;strong&gt;
    en Zone Revitalisation Rurale
   &lt;/strong&gt;
   (ZRR).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V71" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e/</t>
         </is>
       </c>
-      <c r="W71" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X71" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction Economie Emploi Insertion – Service Développement économique/Insertion
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cheffe de service : Florane BAFFERT-DIAKITE
   04 75 79 70 51
  &lt;br /&gt;
  Chargée de Développement Territorial Economie :
  &lt;br /&gt;
  Johana PASTORE
   04 75 79 26 76 – 07 60 31 09 54
  &lt;br /&gt;
  Audrey FOROT
   04 75 79 27 57 – 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z71" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3c9d-aide-a-limmobilier-dentreprise-aie/</t>
         </is>
       </c>
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K72" s="1" t="inlineStr">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>104516</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises dans leur projet de croissance pour booster l’activité et l’emploi en Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire Prêts TPE/PME</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire
+Bpifrance</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
-[...144 lines deleted...]
-      <c r="O73" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le contexte économique est désormais plus favorable. Pour autant, l&amp;#039;impact sur l&amp;#039;emploi reste encore trop faible.
+ &lt;br /&gt;
+ Le prêt TPE/PME a pour objectif de conforter les plans de financement des entreprises ligériennes et faire effet de levier sur les financements bancaires. L&amp;#039;intervention de la Région permet ainsi de mobiliser des financements de Bpifrance, des financements bancaires et de faire bénéficier les entreprises d&amp;#039;un taux préférentiel.
+ &lt;br /&gt;
+ Il permet de financer les investissements immatériels et l&amp;#039;augmentation du besoin en fonds de roulement dans le cadre d&amp;#039;un programme global de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le montant du prêt est compris entre 10.000€ et 50.000€ pour une durée de 5 ans. Il doit obligatoirement être adossé à un autre financement privé de type bancaire et bénéficie d&amp;#039;un différé d&amp;#039;amortissement du capital de 12 mois et d&amp;#039;un taux préférentiel. Il est au maximum égal au montant des fonds propres et quasi fonds propres de l&amp;#039;entreprise.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;assiette du prêt est constituée prioritairement par : des investissements immatériels, des investissements corporels ayant une faible valeur de gage, l&amp;#039;augmentation du Besoin en Fonds de Roulement (BFR) générée par le projet de développement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les demandes sont instruites par Bpifrance.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi
+International
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P73" s="1" t="inlineStr">
-[...222 lines deleted...]
-      <c r="S74" s="1" t="inlineStr">
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q35" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   TPE et PME de 3 et 50 salariés, de plus de 3 ans, de tout secteur d&amp;#039;activité et exerçant l&amp;#039;essentiel de leurs activités sur le territoire de la région ou s&amp;#039;y installant, à l&amp;#039;exclusion des activités d&amp;#039;intermédiation financière, des activités de promotion et de locations immobilières, des secteurs agricoles (sauf code NAF 02.20Z et 02.40 Z), des SCI ainsi que les affaires individuelles. Financièrement saines.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont visés les projets de développement des entreprises et en particulier les investissements immatériels, les investissements corporels ayant une faible valeur de gage ou bien encore le besoin en fonds de roulement pour lesquels les banques peuvent être plus réticentes à intervenir. Sont exclues les opérations de création, de transmission et de restructuration financière.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
-[...22 lines deleted...]
- reseau.solidarauto&amp;#64;gmail.com
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-prets-tpe/pme</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 51 72 94 00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/12dd-pays-de-la-loire-prets-tpepme/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="K75" s="1" t="inlineStr">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>140793</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la démarche entrepreneuriale et responsable des agriculteurs, ainsi que la création d’entreprise et le développement de l’emploi</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
-[...21 lines deleted...]
-  Application du barème de la catégorie d&amp;#039;âge supérieure pour les primo-demandeurs d&amp;#039;emploi de moins de 18 ans.
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : co-construire des diagnostics, stratégies et projets de territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : accompagner les projets territorialisés, animer et structurer les filières locales ou les projets alimentaires de territoire, communiquer sur les produits et les métiers, accompagner les projets de gestion de l&amp;#039;eau et d&amp;#039;irrigation, favoriser l&amp;#039;économie circulaire, intégrer la préservation de l&amp;#039;environnement dans les pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie FONCIÈRE : faciliter l&amp;#039;installation et la transmission d&amp;#039;exploitations agricoles, maintenir une dynamique agricole sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  CONCERTATION : participer ou animer des réunions sur la place des agriculteurs dans la société
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O75" s="1" t="inlineStr">
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de journées thématiques à destination des élus des collectivités ou du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic agricole et foncier prospectif préalable à un document d&amp;#039;urbanisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion des déchets verts  (ex co-compostage avec CC Alpes Provence Verdon)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentation de captage d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la mise en place de Zone Agricole Protégée (ex ZAP du Val de Durance)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de projets structurants d&amp;#039;irrigation, dans un objectif de préservation de la ressource (Réseaux collectifs, Retenues collinaires)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de Marchés de Producteurs (marchés Paysans du Verdon, marché d&amp;#039;Aiglun...), accompagnement des modes de commercialisation collectifs en Circuits Courts
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
-[...405 lines deleted...]
-  pour le Bas-Rhin et le Haut-Rhin : 24 titulaires dont 4 lycéens ou apprentis (2 garçons et 2 filles), 4 étudiants (2 garçons et 2 filles), 4 jeunes en milieu professionnel ou sans emploi (2 garçons et 2 filles). Sur le même principe, 24 suppléants sont également tirés au sort.
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Partenariat, conventionnement, prestation de services selon le type de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation rémunérée d&amp;#039;expertises dans les domaines agricoles, de gestion de l&amp;#039;eau, de l&amp;#039;aménagement du territoire.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
-[...293 lines deleted...]
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T78" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>http://www.chambre-agriculture04.fr</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 66 Bd Gassendi, CS90117, 04995 Digne-les-Bains Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 57 57
+&lt;/p&gt;
+&lt;p&gt;
+ Email :  :
+ &lt;a href="mailto:accueil&amp;#64;ahp.chambagri.fr" target="_self"&gt;
+  accueil&amp;#64;ahp.chambagri.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ac8-accompagner-la-demarche-entrepreneuriale-et-r/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-[...727 lines deleted...]
-Collectivité d’outre-mer à statut particulier
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>58566</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets innovants, expérimentaux et/ou partenariaux dans les domaines de l'emploi, de la formation et de l'orientation</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="O82" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Région Occitanie s&amp;#039;engage pour la formation, l&amp;#039;orientation et l&amp;#039;emploi en soutenant des projets innovants.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie s&amp;#039;est engagée de manière réactive dans le soutien aux projets innovants, expérimentaux et/ou partenariaux dans les domaines de l&amp;#039;emploi, de la formation et de l&amp;#039;orientation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Contrat de Plan Régional de Développement de la Formation et l&amp;#039;Orientation Professionnelle (CPRDFOP),  signé avec l&amp;#039;État et les partenaires sociaux, et le Plan d&amp;#039;Investissement dans les Compétences (PACTE), constituent le cadre d&amp;#039;action qui permet l&amp;#039;engagement de la Région auprès des porteurs de projets.
+ &lt;br /&gt;
+ Le dispositif Innov&amp;#039;Emploi s&amp;#039;inscrit dans cette démarche.
+&lt;/p&gt;
+&lt;p&gt;
+ Les principaux enjeux du dispositif Innov&amp;#039;emploi
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investir dans une offre de formation en lien avec la demande économique et les métiers de demain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutter contre les ruptures en cours de formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimenter des pratiques pédagogiques innovantes adaptées à des publics ou des territoires isolés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des parcours qualifiants vers l&amp;#039;emploi, renouvelés dans leurs contenus, au regard des besoins de l&amp;#039;économie en temps réel et de façon prospective
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir l&amp;#039;accès à tout public aux parcours qualifiants par la consolidation des compétences clés
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;engager dans la modernisation des contenus et des modes de mise en œuvre de la formation et de l&amp;#039;accompagnement pendant les formations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs du volet recrutement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Répondre à un besoin de recrutement repéré par les acteurs économiques du territoire en finançant des actions de formation ciblées et préalables à l&amp;#039;embauche des demandeurs d&amp;#039;emploi concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tout organisme de formation ayant rempli ses obligations auprès des services de la DIRECCTE.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention pourra couvrir
+ &lt;strong&gt;
+  100% des frais pédagogiques
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+ Elle est plafonnée à
+ &lt;strong&gt;
+  15 000€
+ &lt;/strong&gt;
+ par parcours de formation / stagiaire.
+ &lt;br /&gt;
+ Au-delà, un apport en cofinancement sera nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de versement se présentent sous forme d&amp;#039;une avance de 50% et du solde.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stagiaires pourront bénéficier du
+ &lt;strong&gt;
+  versement de la rémunération des stagiaires de la formation professionnelle
+ &lt;/strong&gt;
+ , dans le cadre de la règlementation en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ NOTA BENE : Si un projet similaire (même formation, même territoire) a déjà été financé par la Région (avec le même organisme de formation), l&amp;#039;action devra être terminée et présenter des résultats d&amp;#039;insertion supérieurs à 70%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public visé par la formation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demandeur d&amp;#039;emploi
+ &lt;/strong&gt;
+ toutes catégories.
+&lt;/p&gt;
+&lt;p&gt;
+ Un minimum de 4 demandeurs d&amp;#039;emploi devra être identifié pour bénéficier du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Un courrier d&amp;#039;intention d&amp;#039;embauche sur un contrat d&amp;#039;une durée de 6 mois minimum sera exigé de la part des entreprises à l&amp;#039;initiative de ce projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les places de ce dispositif seront ouvertes à la prise en charge de la protection sociale et de la rémunération dans la mesure où le parcours dépasse 200 heures.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P82" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Entreprises éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Toute personne morale de droit public ou privé :
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui n&amp;#039;est pas une structure de l&amp;#039;insertion par l&amp;#039;activité économique (IAE)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   ayant son siège ou un établissement sur le territoire Occitanie
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   différent juridiquement de l&amp;#039;organisme dispensant la formation.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un même projet peut concerner plusieurs entreprises.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions de formation éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   se déroulant sur une période inférieure à 12 mois
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   permettant l&amp;#039;acquisition de compétences ou la préparation au poste de travail, en vue d&amp;#039;un recrutement
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   non mobilisables dans le Programme Régional de Formation
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;une durée hebdomadaire supérieure à 20 heures
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   correspondant à un engagement de l&amp;#039;entreprise sur une contrat d&amp;#039;une durée supérieure ou égale à 6 mois (lettre d&amp;#039;intention)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dont le coût horaire par stagiaire est reste en cohérence avec les autres formations existantes
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/INNOV-EMPLOI-Volet-recrutement</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Emploi et de la Formation
+&lt;/p&gt;
+&lt;p&gt;
+ innovemploi&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f2c4-innovemploi-volet-recrutement/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E83" s="1" t="inlineStr">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>104659</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’organisation de salons, forums et opérations d’information sur les métiers, les emplois et la formation</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux salons et forums d’information sur l’orientation, la formation et l’emploi</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
-[...1059 lines deleted...]
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
-[...9 lines deleted...]
- &lt;/strong&gt;
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide régionale aux salons et forums d&amp;#039;information sur les métiers et les formations s&amp;#039;inscrit dans le cadre plus général des missions d&amp;#039;information et d&amp;#039;orientation tout au long de la vie exercée par la Région renforcées par la loi « Pour la liberté de choisir son avenir professionnel » du 5 septembre 2018.
  &lt;br /&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- La performance économique de la Région Occitanie / Pyrénées-Méditerranée prend appui sur deux piliers de qualité :
+ Elle se base sur trois principes essentiels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  un appareil d
-[...3 lines deleted...]
-  de très haut niveau, qui place Occitanie / Pyrénées-Méditerranée parmi les premières régions françaises pour de nombreux indicateurs en ce domaine ;
+  L&amp;#039;information sur les métiers et les formations  procède d&amp;#039;une mission de service public d&amp;#039;éducation à l&amp;#039;orientation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à ces salons et forums est gratuit pour tous les publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les salons ou forums doivent être conçus de manière pédagogique.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accès à ces manifestations doit être gratuit pour tous les publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Revitalisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région donne priorité aux opérations :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  des
-[...3 lines deleted...]
-  structurées, émergentes, ou à enjeu local en région, porteuses de perspectives de développement, ayant par ailleurs d&amp;#039;ores et déjà intégré une culture d&amp;#039;innovation forte.
+  Conduites par des EPCI ou par des associations regroupant les principaux acteurs de l&amp;#039;information sur les métiers, les emplois, et les formations d&amp;#039;un bassin d&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;adressant aux jeunes et à leurs familles pour leur orientation, et s&amp;#039;ouvrant aux jeunes et aux adultes engagés dans la vie active, pour leur faciliter l&amp;#039;accès à la formation tout au long de la vie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettant à partir des métiers, emplois, et formations accessibles sur le territoire concerné, des choix d&amp;#039;orientation ouverts, vers les métiers du secteur privé et public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Privilégiant la découverte des métiers par la démonstration concrète du quotidien professionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettant une information sur les dispositifs mobilisables pour accompagner la construction d&amp;#039;un parcours de formation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Dans le cadre de la Stratégie Régionale pour l&amp;#039;Emploi et la Croissance et de la Stratégie Régionale de l&amp;#039;Innovation (SRI), la Région souhaite
-[...9 lines deleted...]
- Dans ce contexte, la Région lance l&amp;#039;appel à projets READYNOV qui présente pour cette nouvelle édition quelques nouveautés :
+ Les salons et forums doivent s&amp;#039;attacher à présenter une diversité de métiers et de formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services régionaux instruisent les demandes de subventionnement comprenant un descriptif du projet,  un budget prévisionnel et un planning de l&amp;#039;événement. Ils sont habilités à solliciter les pièces utiles à la bonne compréhension de la demande. Ils peuvent être missionnés pour opérer les contrôles prévus.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils élaborent le projet de décision attributive de subvention soumis au vote de la Commission Permanente.
+ &lt;br /&gt;
+ En cas d&amp;#039;octroi d&amp;#039;une subvention, le porteur de projet s&amp;#039;engage à inviter la Région des Pays de la Loire aux comités de pilotage et à l&amp;#039;inauguration de l&amp;#039;événement ainsi qu&amp;#039;à apposer le logo régional sur les différents documents de communication.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/soutien-aux-salons-et-forums-dinformation-sur-lorientation-la-formation-et-lemploi</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;orientation, animation territoriale et insertion professionnelle
+ &lt;br /&gt;
+ Service Animation territoriale
+ &lt;br /&gt;
+ Missions transversales et évènements
+&lt;/p&gt;
+&lt;p&gt;
+ Florane Devaux Boutinkhar : 02 28 20 59 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e83c-soutien-aux-salons-et-forums-dinformation-sur/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>103496</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises touchées par la crise, préserver l’emploi et permettre la relance de leurs activités</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Pack Relance Île-de-France</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour accompagner les entreprises touchées par la crise, préserver l&amp;#039;emploi et permettre la relance de leurs activités, la Région propose l&amp;#039;accompagnement « Pack Relance Île-de-France » aux PME et ETI industrielles franciliennes.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;aide consistera en un diagnostic complet de la situation de l&amp;#039;entreprise, d&amp;#039;une durée de 3 jours permettant de délivrer une feuille de route pour la relance. Un plan d&amp;#039;action sera coconstruit avec les dirigeants.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accompagnement à la relocalisation et/ou la diversification des activités de l&amp;#039;entreprise pourra ensuite être proposé si nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût est entièrement pris en charge par la Région .
+&lt;/p&gt;
+&lt;p&gt;
+ Le Pack Relance Île-de-France vise les PME et ETI industrielles et événementielles franciliennes qui ont subi ou subissent un arrêt ou une baisse d&amp;#039;activité du fait de la crise sanitaire et économique liée à la pandémie de Covid-19.
+&lt;/p&gt;
+&lt;p&gt;
+ Son objectif est de fournir aux dirigeants des entreprises accompagnées un diagnostic de leur situation et de mesurer l&amp;#039;impact de la crise.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce diagnostic débouchera sur la définition d&amp;#039;un plan d&amp;#039;action de relance de l&amp;#039;activité et de croissance. Les conclusions de ce diagnostic restent confidentielles et propriétés exclusives de l&amp;#039;entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ Si c&amp;#039;est pertinent, le diagnostic pourra être suivi d&amp;#039;autres soutiens mis en place avec la Région (accompagnement approfondi à la diversification de marchés, à la relocalisation des approvisionnements, soutiens notamment financiers de la Région, etc.).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>03/02/2021</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les entreprises répondant aux critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  un lancement de l&amp;#039;appel à projets sur une période de 2 ans : du 1er mars 2019 au 28 février 2021,
-[...5 lines deleted...]
-  ouverture à de nouvelles thématiques.
+  Activité industrielle ou de service à l&amp;#039;industrie (une attention particulière sera portée aux entreprises intervenant dans les secteurs de l&amp;#039;aéronautique, de l&amp;#039;automobile, de l&amp;#039;agroalimentaire et de la santé) ou activité événementielle,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises ayant subi un arrêt ou une baisse d&amp;#039;activité du fait de la pandémie de Covid-19,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises ayant leur siège ou un établissement en Île-de-France et pouvant justifier d&amp;#039;une activité productive sur le territoire régional,
+ &lt;/li&gt;
+ &lt;li&gt;
+  PME ou ETI (moins de 5.000 salariés, chiffre d&amp;#039;affaires inférieur à 1,5 Md €, bilan inférieur à 2 Mds €),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprise à même de porter des projets de développement ayant un impact positif sur l&amp;#039;économie francilienne.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...264 lines deleted...]
-&lt;/p&gt;
+ La Région se réserve la possibilité de déroger aux critères de taille et d&amp;#039;activité au cas par cas, si l&amp;#039;intérêt économique régional le justifie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier du Pack Relance Île-de-France, les entreprises doivent remplir
+  &lt;a href="https://pwc.qualtrics.com/jfe/form/SV_8ldkM3Vsd6CArVc" rel="noopener" target="_blank"&gt;
+   un formulaire en ligne (accessible en cliquant sur le
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;a href="https://pwc.qualtrics.com/jfe/form/SV_8ldkM3Vsd6CArVc" rel="noopener" target="_blank"&gt;
+   bouton « Candidater » de la page en lien).
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La sélection des entreprises se fait au fil de l&amp;#039;eau par la Région. Les entreprises sont informées dès validation de leur demande dans un délai de 1 mois.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est à noter que le dépôt d&amp;#039;une candidature ne vaut pas sélection ni même promesse de sélection de l&amp;#039;entreprise. La sélection ou non d&amp;#039;une entreprise reste un pouvoir discrétionnaire de la Région Île-de-France.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/pack-relance-ile-de-france</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>Pour toute question relative au suivi des demandes, écrivez à :
+&lt;a href="mailto:packrelance&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ packrelance&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M90" s="1" t="inlineStr">
-[...15 lines deleted...]
- - Compléter les états des lieux existants et cartographier les besoins et les freins (territoires, publics, offre mobilité) pour mieux connaître les besoins des publics en emploi et en insertion, des employeurs et des acteurs institutionnels ;
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46d9-pack-relance-ile-de-france/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>162283</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de financement pour un projet de développement structurant, contribuant à la création ou au maintien d’un nombre significatif d’emplois pérennes</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>INVESTour</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vous êtes une entreprise du tourisme et êtes à la recherche de financement pour un projet de développement structurant, contribuant à la création ou au maintien d’un nombre significatif d’emplois pérennes ?&lt;/strong&gt; Avec INVESTour, la Région Sud renforce les besoins en fonds propres et quasi-fonds propres des entreprises du territoire par l&amp;#039;attribution de prêts participatifs ou d&amp;#039;obligations convertibles.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises des secteurs touristiques en phase de création, de reprise/transmission et celles présentant un projet de développement par l’investissement nécessitant la mobilisation de financement en quasi-fonds propres ou prêts bancaires et permettant la création d&amp;#039;emplois pérennes ou le maintien d&amp;#039;emplois fragilisés.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Les entreprises exerçant une activité au croisement des secteurs du tourisme et de la culture, en cohérence avec le type de projets soutenus dans le cadre de l’Opération d’intérêt régional Tourisme et Industries créatives des &lt;a href="https://www.risingsud.fr/transformer-mon-entreprise/nos-filieres-dexcellence" target="_blank" title="filières de l’excellence économique régionale"&gt;filières de l’excellence économique régionale&lt;/a&gt; .&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Les entreprises de service numérique portant des projets dans le champ du tourisme (à l&amp;#039;exception des applications numériques de type plate-forme)&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Porteuses d&amp;#039;une innovation de service ou de produits dans le champ du tourisme,&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Présentant des projets de financements structurants (diversification de l’activité, rénovation, extension, modernisation, développement durable, projet d’innovation, etc.).&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;N’étant pas cotées en bourse.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en trésorerie non couvert par l’activité de l’entreprise (reconstitution de stocks, réapprovisionnement en matière premières/consommables, dettes fournisseurs et sous-traitants, etc.) si ces besoins sont intégrés dans un plan de développement plus global.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels (acquisition de logiciels, dépenses de publicité et de formation des salariés, etc.) et corporels (outil de production, matériels, etc.).&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en trésorerie non couvert par l’activité de l’entreprise (reconstitution de stocks, réapprovisionnement en matière premières/consommables, dettes fournisseurs et sous-traitants, etc.) si ces besoins sont intégrés dans un plan de développement plus global.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels (acquisition de logiciels, dépenses de publicité et de formation des salariés, etc.) et corporels (outil de production, matériels, etc.).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;DEMANDE EN LIGNE&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les dossiers de candidature doivent être transmis de manière dématérialisée auprès de Région Sud Investissement, société dont la Région est l&amp;#039;actionnaire unique, avant le démarrage des acquisitions liées au projet.&lt;br /&gt; &lt;br /&gt; Les entreprises ayant candidaté sur la base d’un dossier constitué avec l’appui d’un conseiller de Région Sud Investissement font l’objet d’un examen par un Comité technique de pré-sélection. A l’issue, les entreprises présélectionnées sont conviés à un comité de sélection qui délibéra des projets retenus.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/investour</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.regionsudinvestissement.com/nos-solutions-de-pret-partcipatif/pret-participatif/investour-fonds-dedie-aux-entreprises-du-tourisme/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;br /&gt; &lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investour/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>137973</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'emploi (éducateurs) dans les structures associatives sportives afin de favoriser la professionnalisation du sport</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la professionnalisation du sport</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
+          <t>Comité sportif : 3.20€/heure avec 40h mois/maxi / Club : 3.20€/heure avec  80h/mois maxi et jusqu'à 2 éducateurss par structures disposants d'un diplôme de la discipline/ Cofinancement local requis</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cofinancement de l&amp;#039;emploi d&amp;#039;éducateurs salariés afin de professionnaliser l&amp;#039;encadrement et soutenir les bénévoles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir : &lt;/strong&gt;Formulaire remis sur demande auprès de l&amp;#039;unité gestionnaire de l&amp;#039;aide &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Annuelle
  &lt;br /&gt;
- - Mesurer l&amp;#039;adéquation qualitative et quantitative entre l&amp;#039;offre actuelle et les besoins repérés ; identifier les besoins non satisfaits et mesurer les écarts. En fonction il s&amp;#039;agira de recenser les acteurs pertinents, l&amp;#039;offre existante et définir les services nouveaux à développer correspondants aux besoins repérés et non satisfaits ;
-[...85 lines deleted...]
- Ce programme a permis d&amp;#039;accompagner 27 territoires ayant permis le déploiement de 16 dispositifs de mobilité solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Clubs (associations sportives) de Haute Loire&lt;br /&gt;Comités sportifs départementaux (43) et bi départementaux (43 / XX)&lt;br /&gt;Groupements d’Employeurs (GE) (constitués par les clubs et/ou comités (bi)départementaux) &lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Concernant la structure éligible : &lt;/strong&gt;&lt;br /&gt;- Structure affiliée à une fédération sportive agréée,&lt;br /&gt;- Appartenance à une Fédération Olympique ou reconnue de haut niveau avec délégation dans la discipline,&lt;br /&gt;- Adhésion du comité (bi)départemental de la discipline concernée au Comité Départemental Olympique et Sportif 43 Exclusion des structures de loisirs,&lt;br /&gt;- Pratique de la formation sportive auprès de jeunes licenciés en Haute Loire :  au moins 50% de son temps de travail est dédié à la formation des « moins de 18 ans » (flexibilité possible / ce critère : parasports, territoires carencés, sports de nature).&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Concernant l’éducateur sportif salarié :&lt;/strong&gt;&lt;br /&gt;- Educateur sportif salarié titulaire d’un diplôme reconnu (sinon stagiaire en formation) : &lt;br /&gt;         BPJEPS, Brevet d’Etat (sinon diplôme équivalent ou supérieur) de la discipline enseignée, &lt;br /&gt;         CQP (Certificat de Qualification Professionnel) de la discipline enseignée.&lt;/p&gt;&lt;p&gt;- Educateur sportif salarié par un club ou par un comité sportif (bi) départemental, sinon par un Groupement d’Employeurs.&lt;/p&gt;&lt;p&gt;Contrat de travail en conformité avec la réglementation de la CCNS.&lt;br /&gt;Contrat de travail non financé par d’autres dispositifs nationaux ou régionaux d’aide à l’emploi.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Renforcement-des-pratiques.html</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS) &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Service Environnement et Sports&lt;/p&gt;&lt;p&gt;sport&amp;#64;hauteloire.fr &lt;/p&gt;&lt;p&gt;Thierry HEYRAUD :
+ &lt;a href="mailto:thierry.heyraud&amp;#64;hauteloire.fr" target="_self"&gt;
+  thierry.heyraud&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 71 07 43 45
+ &lt;br /&gt;
+&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6e66-soutenir-la-professionnalisation-du-sport/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>71854</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné vers l’emploi et l’autonomie (PACEA) - Jeunes de moins de 25 ans</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le parcours contractualisé d&amp;#039;accompagnement vers l&amp;#039;emploi et l&amp;#039;autonomie (PACEA) est un parcours d&amp;#039;insertion professionnelle sur mesure pour vous permettre d&amp;#039;accéder à l&amp;#039;autonomie et à l&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;un contrat d&amp;#039;engagement réciproque que vous signez avec la mission locale après un diagnostic réalisé avec un conseiller au regard de vos attentes et de votre projet. Cet accompagnement s&amp;#039;étale sur une durée maximale de 24 mois consécutifs et se décompose en différentes phases.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque phase d&amp;#039;accompagnement peut comporter des :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  périodes de formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  situations professionnelles, y compris des périodes de mise en situation en milieu professionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  actions spécifiques dans le cadre de l&amp;#039;accompagnement social et professionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  actions portées par d&amp;#039;autres organismes susceptibles de contribuer à l&amp;#039;accompagnement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En fonction de votre situation et de vos besoins une allocation peut vous être accordée. Elle est destinée à soutenir ponctuellement votre démarche d&amp;#039;insertion vers l&amp;#039;emploi et l&amp;#039;autonomie.
+ Son montant mensuel ne peut pas excéder celui du Revenu de Solidarité Active (RSA) déduction faite du forfait logement. Au 1er avril 2020 cela correspondait à un montant de 497,01 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
-Lutte contre la précarité
-[...4 lines deleted...]
-      <c r="O90" s="1" t="inlineStr">
+Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
-[...2 lines deleted...]
- Accompagnement possible sur toute la France métropolitaine.
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les jeunes de 16 à 25 ans révolus prêts à s&amp;#039;engager dans un parcours contractualisé d&amp;#039;accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://travail-emploi.gouv.fr/emploi-et-insertion/mesures-jeunes/pacea</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour bénéficier du PACEA, adressez-vous à
+ &lt;a href="https://travail-emploi.gouv.fr/demarches-ressources-documentaires/annuaire"&gt;
+  la mission locale
+ &lt;/a&gt;
+ la plus proche de chez vous.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7360-etre-accompagne-vers-lemploi-et-lautonomie-pa/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>90868</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en œuvre d’une démarche de Gestion Prévisionnelle des Emplois et des Compétences au sein d’une entreprise du secteur industriel</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Gestion Prévisionnelle des Emplois et des Compétences est une démarche qui vise à adapter les emplois, les effectifs et les compétences aux besoins stratégiques des entreprises en tenant compte des évolutions présentes et à venir, de leur environnement économique, technologique, social et juridique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, elle donne les moyens  à chaque entreprise d&amp;#039;anticiper les évolutions et d&amp;#039;adapter les compétences des salariés pour y faire face.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La GPEC contribue ainsi à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  identifier les métiers et permettre aux entreprises de travailler sur l&amp;#039;attractivité et sur la « marque employeur »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les difficultés de recrutement car elle permet de mieux identifier les compétences nécessaires à l&amp;#039;entreprise et de valoriser celles déjà présentes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobiliser et faire évoluer les compétences des salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaborer les axes du plan de formation et sécuriser les trajectoires professionnelles des salariés dans une vision à moyen et long terme.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Revitalisation
+Emploi
+Industrie</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide concerne les entreprises de process et/ou de transformation relevant de l&amp;#039;industrie et des services connexes à l&amp;#039;industrie de moins de 250 salariés, dont le siège social et ou les établissements sont en Nouvelle-Aquitaine.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux maximal d&amp;#039;intervention retenu ne saurait excéder 50 % des dépenses éligibles. L&amp;#039;intervention de la Région viendra en complémentarité des dispositifs d&amp;#039;aides de l&amp;#039;Etat lorsque ceux-ci sont mobilisables.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;employeur doit produire la preuve de la consultation du Comité Social et Economique (CSE)  ou, à défaut, des délégués du personnel, lorsqu&amp;#039;ils existent (Article L 2311-2 et suivants du code du travail). En cas d&amp;#039;avis défavorable, la Région se réserve le droit de ne pas accompagner le projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment envoyer ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prise de contact avec le Service Appui aux Compétences dans les Entreprises par mail ou téléphone (Tableau  des contacts par départements dans le document téléchargeable via ce lien : https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-gpec)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de rendez-vous pour une visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi d&amp;#039;une fiche de saisie qui doit être complétée, datée et signée qui marquera la date de début d&amp;#039;éligibilité des actions accompagnées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi du dossier de demande d&amp;#039;aide par le service à l&amp;#039;entreprise,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise devra retourner, dans les meilleurs délais, le dossier dûment complété, signé, cacheté, accompagné des pièces administratives suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un Relevé d&amp;#039;Identité Bancaire / Postal,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un extrait de KBis pour les entreprises ou le récepissé de dépôt d&amp;#039;immatriculation en Préfecture pour les associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le PV de consultation du CSE ou procès-verbal de carence,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Instruction de votre dossier et préparation pour le passage en Commission Permanente par le service.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...18 lines deleted...]
- professionnalisation&amp;#64;mobin-solutions.fr
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-gpec</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les contacts détaillés par départements sont dans le document téléchargeable via ce lien : https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-gpec
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7ae6-accompagnement-individuel-aux-entreprises-aie/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G91" s="1" t="inlineStr">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>103524</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le retour, l'accès ou le maintien en emploi sur des secteurs en tension de recrutement en Île-de-France</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Aide individuelle régionale vers l’emploi AIRE</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K91" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
-[...11 lines deleted...]
- La liste des certifications professionnelles éligibles à la Pro-A doit être définie au sein d&amp;#039;un accord collectif de branche étendu. L&amp;#039;extension des accords, obligatoire pour la mise en œuvre de la Pro-A, est subordonnée au respect des critères de forte mutation de l&amp;#039;activité et de risque d&amp;#039;obsolescence des compétences. Le respect de ces critères est vérifié par le ministère du Travail, de l&amp;#039;Emploi et de l&amp;#039;Insertion à l&amp;#039;occasion de l&amp;#039;analyse des accords de branche relatifs à la Pro-A.
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les formations financées par la Région sont sur
+ &lt;a href="https://formpro.oriane.info/" rel="noopener" target="_blank"&gt;
+  formpro.oriane.info.
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ Si une formation recherchée n&amp;#039;y est pas disponible et qu&amp;#039;elle répond aux critères de la Région, l&amp;#039;aide AIRE peut être demandée par l&amp;#039;organisme de formation au nom du bénéficiaire.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2024</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide AIRE s&amp;#039;adresse aux Franciliens demandeurs d&amp;#039;emploi inscrits à Pôle emploi, détenteurs d&amp;#039;une attestation délivrée par Pôle emploi et en cours de validité.
+&lt;/p&gt;
+&lt;p&gt;
+ À noter : l&amp;#039;entrée en formation avec AIRE ouvre
+ droit au statut de stagiaire de la formation professionnelle rémunérée
+pour les demandeurs d&amp;#039;emploi inscrits à Pôle emploi et non indemnisés au titre de l&amp;#039;allocation de retour à l&amp;#039;emploi (ARE).
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant cette rémunération, l&amp;#039;organisme de formation effectue l&amp;#039;inscription et les déclarations mensuelles des états de présence auprès de l&amp;#039;Agence de services et de paiement (ASP).
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une aide financière pour chaque stagiaire éligible, versée à l&amp;#039;organisme de formation à l&amp;#039;issue de la formation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention s&amp;#039;effectue par l&amp;#039;Agence de services et de paiement (ASP) au prorata des heures de formation effectuées. Des versements d&amp;#039;acomptes en cours de formation ne sont pas prévus sur ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Critères d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La formation
+ &lt;/span&gt;
+ &lt;span&gt;
+  doit :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Être certifiante (mener vers un diplôme),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Être
+  &lt;/span&gt;
+  &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/" rel="noopener" target="_blank"&gt;
+   inscrite au Répertoire national des certifications professionnelles (RNCP) ou au Répertoire spécifique (RS)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  &lt;span&gt;
+   (inscription en cours de validité),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Être référencée
+  &lt;/span&gt;
+  &lt;a href="https://reseau.intercariforef.org/formations/recherche-formations.html" rel="noopener" target="_blank"&gt;
+   sur le réseau des Carif Oref par un n° Certif Info.
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  doit :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le centre de formation
+ &lt;/span&gt;
+ &lt;span&gt;
+  doit :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Être référencé et situé en Île-de-France,
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Ne
+  &lt;/span&gt;
+  &lt;span&gt;
+   pas avoir dépassé le nombre de 40 stagiaires bénéficiaires de l&amp;#039;AIRE par an (depuis le 1er octobre 2022).
+  &lt;/span&gt;
+  &lt;span&gt;
+   À vérifier !
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Un délai de 6 semaines min
+ &lt;/span&gt;
+ &lt;span&gt;
+  est à respecter entre la date de dépôt du dossier et la date d&amp;#039;entrée en formation.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Formations non éligibles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Formations financées par la Région listées sur
+  &lt;a href="https://formpro.oriane.info/" rel="noopener" target="_blank"&gt;
+   formpro.oriane.info,
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/sites/default/files/medias/2022/10/AIRE_Formations_sanitaires_sociales_non_eligibles_Oct-2022.pdf" rel="noopener" target="_blank"&gt;
+   Formations inscrites au Schéma régional des formations sanitaires et sociales,
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations visant à déterminer un niveau de langue ou de bureautique (TOEIC, TOEFL, Pipplet Flex, BULATS, TOSA, LILATE...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Important : la demande d&amp;#039;AIRE se fait auprès de la Région par l&amp;#039;organisme de formation et non par le demandeur/bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;organisme de formation dépose la demande d&amp;#039;AIRE sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ pour le compte du demandeur/bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, l&amp;#039;organisme de formation crée un compte unique et réutilisable pour chaque demande sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ en recherchant par mot clé « AIRE » avec le filtre « formation et emploi ».
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;application
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ est conforme au Règlement général sur la protection des données (RGPD).
+&lt;/p&gt;
+&lt;p&gt;
+ Les informations saisies sur le téléservice AIRE, sont réputées sincères et véritables. Elles engagent juridiquement la responsabilité de l&amp;#039;Organisme de Formation, seul habilité à déposer la demande AIRE.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-individuelle-regionale-vers-lemploi-aire</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ mesdemarches.iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3c85-aide-individuelle-regionale-vers-lemploi-aire/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>90760</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé dans la prise en charge des frais pour réaliser un stage à l'étranger en tant que demandeur d'emploi</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     La Région souhaite donner aux jeunes les meilleures chances de réussite dans leur insertion professionnelle. Mis en œuvre conjointement avec Pôle Emploi Nouvelle-Aquitaine, le dispositif d&amp;#039;accompagnement à la mobilité à l&amp;#039;étranger des jeunes demandeurs d&amp;#039;emploi permet aux demandeurs d&amp;#039;emploi de 18 à 30 ans de partir en stage professionnel en Europe pendant 3 ou 6 mois. Les stages sont trouvés par un opérateur de la mobilité mandaté par la Région dans les pays d&amp;#039;accueil en Europe selon le profil de chaque candidat. Les jeunes demandeurs d&amp;#039;emploi ont ainsi l&amp;#039;opportunité d&amp;#039;acquérir une expérience internationale, ce qui constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi.
+    &lt;/p&gt;
+    &lt;p&gt;
+     L&amp;#039;objectif de ce dispositif est de contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étranger, d&amp;#039;une durée de 3 ou 6 mois pour les jeunes demandeurs d&amp;#039;emploi dont le projet professionnel a été validé par un conseiller Pôle Emploi Nouvelle-Aquitaine.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Montant :
+     &lt;/strong&gt;
+    &lt;/p&gt;
+    &lt;p&gt;
+     L&amp;#039;aide régionale sera accordée sous la forme de :
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       une prise en charge des frais de voyage aller-retour du lieu de résidence au lieu de stage
+      &lt;/li&gt;
+      &lt;li&gt;
+       une prise en charge des frais d&amp;#039;hébergement
+      &lt;/li&gt;
+      &lt;li&gt;
+       une aide forfaitaire au séjour de 80 € par semaine de stage.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+    &lt;p&gt;
+     Le versement de l&amp;#039;aide s&amp;#039;effectuera en deux fois sur le compte du bénéficiaire :
+    &lt;/p&gt;
+    &lt;p&gt;
+     Un 1er versement à hauteur de 80 % de l&amp;#039;aide en début de stage.
+     &lt;br /&gt;
+    &lt;/p&gt;
+    &lt;p&gt;
+     Le solde sur présentation :
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       d&amp;#039;une attestation de fin de stage datée et signée par l&amp;#039;entreprise d&amp;#039;accueil et précisant les dates réelles de début et de fin de stage.
+      &lt;/li&gt;
+      &lt;li&gt;
+       de la convention de stage signée par l&amp;#039;entreprise d&amp;#039;accueil , le prestataire et le stagiaire.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+    &lt;p&gt;
+     Ces documents devront être téléchargés sur l&amp;#039;outil de gestion en ligne « Mes démarches en Nouvelle-Aquitaine ».
+    &lt;/p&gt;
+    &lt;p&gt;
+     Note : Prise en charge des frais supplémentaires liés au déplacement dans le cadre du séjour pour les demandeurs d&amp;#039;emploi en situation de handicap dans la limite de 1 000€ par séjour (cf. règlement d&amp;#039;intervention).
+     &lt;br /&gt;
+    &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Jeunes de 18 à 30 ans inscrits en tant que demandeur d&amp;#039;emploi de la Région Nouvelle-Aquitaine, pour un projet de mobilité internationale de stage en entreprise en Europe s&amp;#039;inscrivant dans un projet professionnel validé par un conseiller Pôle Emploi Nouvelle-Aquitaine.
  &lt;br /&gt;
-&lt;/p&gt;
-[...26 lines deleted...]
- Le dispositif Pro-A est destiné :
+ Une priorité sera donnée aux jeunes de niveau Bac et infra Bac.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   aux salariés en contrat de travail à durée indéterminée (CDI),
+   Projet professionnel validé par un conseiller Pôle Emploi Nouvelle Aquitaine
   &lt;/li&gt;
   &lt;li&gt;
-   aux salariés bénéficiaires d&amp;#039;un contrat unique d&amp;#039;insertion (CUI) à durée indéterminée,
+   Participer à une réunion d&amp;#039;information et aux sélections.
   &lt;/li&gt;
   &lt;li&gt;
-   aux salariés, sportifs ou entraîneurs professionnels, en contrat de travail à durée déterminée (CDD),
-[...2 lines deleted...]
-   aux salariés placés en activité partielle.
+   Réaliser un stage professionnel d&amp;#039;une durée de 3 ou 6 mois dans une seule et même structure professionnelle à l&amp;#039;étranger (Union Européenne).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- Les salariés éligibles à ce dispositif sont ceux n&amp;#039;ayant pas atteint un niveau de qualification sanctionné par une certification professionnelle enregistrée
-[...3 lines deleted...]
- et correspondant au grade de la licence.
+ Les candidats sélectionnés seront invités à déposer une demande d&amp;#039;aide complémentaire sur internet avant la date de début du stage. Les demandes soumises à la Région au-delà de la date de début de séjour sont déclarées irrecevables.
+&lt;/p&gt;
+&lt;p&gt;
+ La candidature individuelle doit être validée par la Direction territoriale Pôle Emploi dont le candidat dépend.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de candidats de nationalité étrangère pour la réalisation d&amp;#039;un stage dans leur pays d&amp;#039;origine ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
-[...15 lines deleted...]
- L&amp;#039;employeur peut, si besoin, se rapprocher de son opérateur de compétences afin de connaitre les modalités de financement du dispositif, et la liste des certifications éligibles au sein de son secteur d&amp;#039;activité. Une fois les modalités fixées entre l&amp;#039;employeur et son salarié, l&amp;#039;avenant au contrat de travail du salarié doit être signé par l&amp;#039;employeur et le salarié, puis envoyé à l&amp;#039;opérateur de compétences pour demander une prise en charge.
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/stages-letranger-public-demandeur-demploi</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation à l&amp;#039;Usager
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la jeunesse et de la citoyenneté
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y91" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6257-stages-a-letranger-public-demandeur-demploi/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-[...39 lines deleted...]
-      <c r="K92" s="1" t="inlineStr">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>94884</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Devenir associé d’une Coopérative d’Activité et d’Emploi (CAE) - Chèque CREA "Entrepreneur salarié associé"</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>3. Chèque CREA "Entrepreneur salarié associé"</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L92" s="1" t="inlineStr">
-[...129 lines deleted...]
-  aidevte&amp;#64;bpifrance.fr
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le chèque CREA &amp;#34;Entrepreneur salarié associé&amp;#34; donne l&amp;#039;opportunité de vous investir pleinement dans les décisions d&amp;#039;une Coopérative d&amp;#039;Activité et d&amp;#039;Emploi (CAE) en devenant associé.
+&lt;/p&gt;
+&lt;p&gt;
+ En tant qu&amp;#039;entrepreneur salarié associé, vous participez au capital de la CAE et aux décisions, selon le principe un homme &amp;#61; une voix.
+Ce chèque peut être sollicité à l&amp;#039;issu de votre parcours d&amp;#039;entrepreneur salarié de 2 ans dans une CAE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valeur du chèque :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Valeur du chèque « Entrepreneur salarié associé » : 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant qui figure sur le chèque CREA « Entrepreneur salarié associé » correspond à la participation financière de la Région aux conseils et à l&amp;#039;expertise dispensés par l&amp;#039;opérateur au bénéfice du créateur. Le montant du chèque est versé à l&amp;#039;opérateur après la réalisation de l&amp;#039;accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le chèque « Entrepreneur salarié associé » donne accès à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un
+   Contrat d&amp;#039;Entrepreneur Salarié Associé
+  (CESA) équivalent à un contrat de travail à durée indéterminée
+ &lt;/li&gt;
+ &lt;li&gt;
+  un
+   accompagnement personnalisé
+  et de
+   formations collectives
+  proposées par la CAE
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux
+   principales décisions de gestion de la CAE
+  , votre voix compte parmi celles des autres sociétaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  une
+   période illimitée d&amp;#039;hébergement juridique
+  dans la CAE
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez la
+ &lt;a href="https://www.grandest.fr/faq-cheques-crea/"&gt;
+  FAQ
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y92" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Revitalisation
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Les entrepreneurs salariés d&amp;#039;une CAE souhaitant devenir associé dans la CAE.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/cheque-crea-entrepreneur-salarie-associe/</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0038/depot/simple</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les chèques CREA, merci d&amp;#039;écrire à l&amp;#039;adresse
+ &lt;a href="mailto:beestentreprendre&amp;#64;grandest.fr"&gt;
+  beestentreprendre&amp;#64;grandest.fr
+  &lt;br /&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd4f-4-cheque-crea-entrepreneur-salarie-associe/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E93" s="1" t="inlineStr">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>140692</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’accès des entreprises franciliennes aux procédures amiables de prévention, afin de préserver l'activité et les emplois</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Chèque prévention</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans un contexte d&amp;#039;augmentation des défaillances, la Région se mobilise pour favoriser l&amp;#039;accès des entreprises franciliennes aux procédures amiables de prévention, afin de préserver l&amp;#039;activité et les emplois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P47" s="1" t="inlineStr">
+        <is>
+          <t>03/04/2023</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Artisans, commerçants, sociétés commerciales et associations ayant une activité économique.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Critères à remplir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être immatriculé depuis au moins 2 ans au Registre du commerce et des sociétés et/ou au Répertoire des Métiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Employer entre 1 et moins de 50 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un chiffre d&amp;#039;affaires n&amp;#039;excédant pas 10 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ne pas appartenir à un groupe dépassant ces seuils d&amp;#039;effectif et de chiffre d&amp;#039;affaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir son siège et/ou l&amp;#039;établissement concerné par la procédure préventive en Île-de-France.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Subvention de 5.000€, avec un minimum de dépenses (HT) éligibles de 3.000€.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais de greffe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Honoraires de l&amp;#039;expert-comptable ou du commissaire aux comptes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Honoraires du mandataire ad hoc ou du conciliateur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Chèque prévention est destiné aux TPE et PME franciliennes qui ont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouvert une procédure de prévention (mandat ad hoc ou conciliation) à compter du 1er janvier 2023,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Abouti à un accord (avec les créanciers et/ou partenaires).
+ &lt;/li&gt;
+&lt;/ul&gt;
+La demande est à déposer sur la plateforme régionale
+&lt;a href="http://mesdemarches.iledefrance.fr"&gt;
+ mesdemarches.iledefrance.fr
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/cheque-prevention</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour une
+  &lt;strong&gt;
+   question relative à l&amp;#039;in
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   struction d&amp;#039;un dossier
+  &lt;/strong&gt;
+  en cours :
+  &lt;a href="mailto:cheque-prevention-idf&amp;#64;asp-public.fr" rel="noopener" target="_blank"&gt;
+   cheque-prevention-idf&amp;#64;asp-public.fr
+   &lt;br /&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour d&amp;#039;autres questions, consultez
+  &lt;a href="https://www.iledefrance.fr/cheque-prevention-tpe-pme-artisans-faqquestions-frequentes" rel="noopener" target="_blank"&gt;
+   la FAQ Chèque prévention en ligne
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  (même contenu que celui de la FAQ en PDF téléchargeable plus bas).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour des
+  &lt;strong&gt;
+   questions avan
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   t le dépôt d&amp;#039;un dossier
+  &lt;/strong&gt;
+  :
+  &lt;a href="mailto:cheque-prevention&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   cheque-prevention&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/572e-cheque-prevention/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>90816</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le recrutement d’un demandeur d’emploi par la mise en œuvre d’un parcours d’intégration au sein de l’entreprise durant sa période d’essai</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G93" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H93" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>1000 euros par parcours d'intégration</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
-[...12 lines deleted...]
- Favoriser l&amp;#039;égalité des chances d&amp;#039;accès à l&amp;#039;emploi en proposant une aide au financement du permis de conduire B pour les jeunes les plus précaires qui s&amp;#039;engagent vers une insertion professionnelle.
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il s&amp;#039;agit de faciliter le recrutement d&amp;#039;un demandeur d&amp;#039;emploi par la mise en œuvre d&amp;#039;un parcours d&amp;#039;intégration au sein de l&amp;#039;entreprise durant sa période d&amp;#039;essai
+&lt;/p&gt;
+&lt;p&gt;
+ Le parcours d&amp;#039;intégration doit permettre au nouveau salarié d&amp;#039;acquérir la culture et les codes de l&amp;#039;entreprise. Il doit également renforcer les savoir-être et capitaliser les compétences nouvellement acquises pendant sa formation.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, la Région interviendra en complémentarité de l&amp;#039;entreprise sur le parcours d&amp;#039;intégration qui a pour finalité de faire connaître :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;entreprise (historique, produits, clients), le vocabulaire, la démarche de sécurité et qualité, ses différents interlocuteurs et services,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les consignes d&amp;#039;usage et de conduite applicables sur le site de production,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la connaissance des produits,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;ergonomie du poste de travail,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement....
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de la Région est conduite en complémentarité des dispositifs mis en œuvre par l&amp;#039;entreprise dans la recherche d&amp;#039;un effet levier visant à augmenter l&amp;#039;insertion en emploi durable des sortants de formation financés par la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Formation professionnelle
 Emploi
-Transports collectifs et optimisation des trafics routiers</t>
-[...7 lines deleted...]
-      <c r="R93" s="1" t="inlineStr">
+International
+Industrie</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
- Calendrier
+ Critères de sélection
 &lt;/strong&gt;
 :
-&lt;p&gt;
-[...15 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Baccalauréat Professionnel (Bac pro et Bac Pro Agricole),
-[...14 lines deleted...]
-  Titres Professionnels (TP) ou Certificats de Qualification Professionnelle
+  Prise de contact avec le Service Appui aux Compétences dans les Entreprises par mail ou téléphone (Tableau  des contacts par départements dans le document téléchargeable ci-dessous)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de rendez-vous pour une visite sur site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi d&amp;#039;une fiche de saisine qui doit être complétée, datée et signée qui marquera la date de début d&amp;#039;éligibilité des actions accompagnées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi du dossier de demande d&amp;#039;aide par le service à l&amp;#039;entreprise,
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- (CQP) de niveau IV ou Infra, enregistrés dans le Registre National des Certifications Professionnelles (RNCP).
-[...45 lines deleted...]
-&lt;br /&gt;
+ L&amp;#039;entreprise devra retourner, dans les meilleurs délais, le dossier dûment complété, signé, cacheté, accompagné des pièces administratives suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un Relevé d&amp;#039;Identité Bancaire / Postal,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un extrait de KBis pour les entreprises ou le récepissé de dépôt d&amp;#039;immatriculation en Préfecture pour les associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le PV de consultation du CSE ou procès-verbal de carence,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Instruction de votre dossier et préparation pour le passage en Commission Permanente par le service.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-integration</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Limoges:
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ karine.bardit&amp;#64;nouvelle-aquitaine.fr
+&lt;/p&gt;
+&lt;p&gt;
+ samuel.garraud&amp;#64;nouvelle-aquitaine.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Bordeaux:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  jean-pierre.gendron&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  benoit.arrabit&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+Poitiers:
+&lt;ul&gt;
+ &lt;li&gt;
+  sandrine.texier&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bernadette.robert&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6295-accompagnement-individuel-aux-entreprises-aie/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>32857</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l'attractivité, la cohésion sociale, la croissance durable et l'emploi - Contrat Territorial Occitanie / Pays Portes de Gascogne</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie
+PETR du Pays Portes de Gascogne</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le 30 juin 2017, la Région Occitanie a validé la mise en œuvre d&amp;#039;une nouvelle génération de politiques contractuelles avec les territoires pour la période 2018-2021.
+ Il s&amp;#039;agit de mobiliser, dans le cadre d&amp;#039;un contrat entre la Région et chaque territoire, l&amp;#039;ensemble des dispositifs de la Région afin d&amp;#039;agir pour l&amp;#039;attractivité, la cohésion sociale, la croissance durable et l&amp;#039;emploi. C&amp;#039;est une rencontre entre les politiques régionales et les projets de territoires des territoires concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Contrat Territorial Occitanie entre le Pays Portes de Gascogne et la Région a été validé par la Région le 12 octobre 2018.
+ Le projet de territoire, autour duquel ce contrat est organisé se structure autour de 6 axes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le développement d&amp;#039;une économie durale et locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accélérer et amplifier la transition énergétique et écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité des espaces de vie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir, adapter, renforcer les services publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir le développement des Bourgs-Centres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;innovation, l&amp;#039;expérimentation, la coopération à partir d&amp;#039;une thématique, l&amp;#039;itinérance.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation énérgétique de logements ou pbâtiments publics, aménagement d&amp;#039;espaces publics, Médiathèques, Pôles de santé, équipement sportifs, etc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Espace public
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Commerces et services
+Tiers-lieux
+Logement et habitat
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays Portes de Gascogne</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysportesdegascogne.com/contrats-et-cooperations/avec-la-region-occitanie/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Julie Fleuriault - Animatrice CTO : 06 17 84 68 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysportesdegascogne.com</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd38-contrat-territorial-occitanie-pays-portes-de-/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>90963</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Créer les conditions d’un parcours de réussite pour amener chaque jeune, dès sa sortie du collège, vers un emploi stable et durable (MDL, ALESA ou FSE)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région a pour mission de créer les conditions d&amp;#039;un parcours de réussite pour amener chaque jeune, dès sa sortie du collège, vers un emploi stable et durable. Aussi, dans une perspective d&amp;#039;égalité des chances et d&amp;#039;épanouissement de chacun, la Région doit lever les freins qui s&amp;#039;opposent, notamment aux plus démunis, et compenser les inégalités qu&amp;#039;elles soient sociales ou territoriales.
+&lt;/p&gt;
 &lt;strong&gt;
- Bénéficiaires
+ Objectifs
 &lt;/strong&gt;
 :
-&lt;h3&gt;
-[...3 lines deleted...]
- Le montant de l&amp;#039;aide régionale est différent en fonction des ressources fiscales :
+&lt;p&gt;
+ La Région s&amp;#039;est engagée à accompagner financièrement les Initiatives de Jeunesse afin de favoriser l&amp;#039;autonomie de jeunes. En partenariat avec les Rectorats des 3 académies et la DRAAF, elle met en place une politique volontariste pour le soutien aux projets des jeunes constitués en association notamment pour ceux portés par les structures organisées au sein des établissements publics scolaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Deux axes sont identifiés comme prioritaires :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  la conversion d&amp;#039;ici 2020 de tous les Foyers Socio-Educatifs (FSE) en Maisons des lycéens (MDL),
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;appui financier et éducatif aux activités des MDL et ALESA existantes, avec pour objectif principal que ces associations de jeunes au sein des établissements aient les moyens de remplir leurs missions telles qu&amp;#039;elles ont été définies par la circulaire de 2010.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Citoyenneté
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif s&amp;#039;adresse aux structures suivantes organisées au sein des établissements publics scolaires de Nouvelle-Aquitaine :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  MDL (Maisons Des lycéens),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ALESA (Association des Lycéens, Etudiants, Stagiaires et Apprentis agricoles),
+ &lt;/li&gt;
+ &lt;li&gt;
+  FSE (Foyer Socio-Éducatif) engagés dans une démarche de transformation en MDL (jusqu&amp;#039;à la rentrée scolaire 2019-2020).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Candidature:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
   &lt;strong&gt;
-   Tranche 1
+   Inscription en ligne
   &lt;/strong&gt;
-  : aide de 1 200 € si le revenu par part fiscale est inférieur à 9 700 € (700 € pour les jeunes diplômés en apprentissage). L&amp;#039;obtention du code de la route n&amp;#039;est pas obligatoire au moment de la demande.
+  : Après avoir pris connaissances du règlement d&amp;#039;intervention du dispositif, téléchargeable au bas de cette page, vous devez tout d&amp;#039;abord déposer votre projet en ligne
+  via ce formulaire
+  . Note : afin de vous aider dans la préparation de votre dossier, vous en trouverez un exemplaire type au format PDF au bas de cette page.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Tranche 2
+   Transmission du dossier administratif
   &lt;/strong&gt;
-  : aide de 800 € si le revenu par part fiscale est compris entre 9 700 € et 12 000 € (300€ pour les jeunes diplômés en apprentissage). L&amp;#039;obtention du code de la route n&amp;#039;est pas obligatoire au moment de la demande.
-[...27 lines deleted...]
-      <c r="S93" s="1" t="inlineStr">
+  : Pour que votre dossier de demande de subvention soit instruit, votre inscription en ligne doit impérativement être complétée de l&amp;#039;envoi simultané (par mail à l&amp;#039;adresse
+  &lt;a rel="noopener" target="_blank"&gt;
+   mdl&amp;#64;nouvelle-aquitaine.fr
+  &lt;/a&gt;
+  ) des justificatifs listés dans la fiche récapitulative téléchargeable au bas de cette page.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Service Relation aux Usagers
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/accompagnement-des-maisons-des-lyceens-mdl-alesa-ou-fse</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Florence GRATIAS
 Direction de la jeunesse et de la citoyenneté
-05.49.38.49.38
-[...3 lines deleted...]
-      <c r="Y93" s="1" t="inlineStr">
+05 55 45 19 19.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0a44-accompagnement-des-maisons-des-lyceens-mdl-al/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-      <c r="A94" s="1">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>162390</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux demandeurs d'emploi, aux élèves et étudiants des formations sanitaires et sociales majeurs de bénéficier d’un hébergement à prix modique durant leur formation</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’hébergement pour les élèves, étudiants et demandeurs d'emploi inscrits dans une formation financée par la Région</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La Région Sud mobilise 1,5 millions d’euros pour permettre aux demandeurs d&amp;#039;emploi, aux élèves et étudiants des formations sanitaires et sociales majeurs de bénéficier d’un hébergement à prix modique durant leur formation.&lt;/strong&gt;&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les élèves de plus de 18 ans &lt;/li&gt; 	&lt;li&gt;Locataires de leur résidence principale avec des enfants à charge ou en situation de double résidence&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Être inscrit(e) dans un établissement autorisé ou agréé et financé par la Région dans les secteurs du sanitaire et du travail social &lt;/li&gt; 	&lt;li&gt;Dont la résidence se situe à plus de 40 kms aller du centre de formation, de l’établissement où est réalisé le stage ou du lieu de passage d’épreuve de certification &lt;/li&gt; 	&lt;li&gt;Dont le dernier avis d’imposition, sur lequel il est déclaré, justifie d’un impôt sur le revenu inférieur ou égal à 500 euros ou dont la mention « vous n’êtes pas imposable » figure sur ce même avis&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2024</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Être inscrit(e) dans un établissement autorisé ou agréé et financé par la Région dans les secteurs du sanitaire et du travail social &lt;/li&gt; 	&lt;li&gt;Dont la résidence se situe à plus de 40 kms aller du centre de formation, de l’établissement où est réalisé le stage ou du lieu de passage d’épreuve de certification &lt;/li&gt; 	&lt;li&gt;Dont le dernier avis d’imposition, sur lequel il est déclaré, justifie d’un impôt sur le revenu inférieur ou égal à 500 euros ou dont la mention « vous n’êtes pas imposable » figure sur ce même avis&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les demandes doivent être déposées jusqu’à 15 jours avant la fin de votre formation sur la plateforme des aides individuelles de la Région&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-lhebergement-pour-les-eleves-etudiants-et-demandeurs-demploi-dans-les-filieres-du-sanitaire-et-du-travail-social</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesformation.maregionsud.fr/SignIn?ReturnUrl=%2Fprofile%2F</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-lhebergement-pour-les-demandeurs-demploi-les-eleves-et-etudiants-des-formations-sanitaires-et-sociales-majeurs/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>152167</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Permettre à un public de niveau supérieur au bac (niveau 4), temporairement éloigné du marché du travail ou devant se reconvertir, de se préparer à accéder à un emploi</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>PRÉPA Avenir Sup</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les stagiaires seront amenés à construire et valider un projet professionnel à travers la découverte des métiers qui recrutent, la consolidation de compétences clés, des immersions en entreprise. Il est possible de passer des certifications inscrites à l&amp;#039;inventaire telles que TOEIC, TOEFL, TOSA, PIXA...
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;issue de la formation, le stagiaire aura renforcé ses compétences générales et les savoirs-êtres indispensables à la concrétisation de son projet professionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre à un public de niveau supérieur au bac (niveau 4), temporairement éloigné du marché du travail ou devant se reconvertir, de se préparer à accéder à un emploi, à une formation qualifiante ou à l&amp;#039;apprentissage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les formations VISA Avenir Sup s&amp;#039;adressent aux
+ &lt;strong&gt;
+  personnes en recherche d&amp;#039;emploi
+ &lt;/strong&gt;
+ de niveau supérieur à 4 (bac), qu&amp;#039;elles soient ou non inscrites à Pôle emploi. Sont particulièrement visés les jeunes décrocheurs de l&amp;#039;enseignement supérieur, les jeunes diplômés bac &amp;#43; en difficulté d&amp;#039;insertion professionnelle devant se réorienter et les personnes en reconversion professionnelle.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle
+Revitalisation
+Emploi
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des sessions ont lieu toute l&amp;#039;année dans les principales villes universitaires des 5 départements. Se reporter au lien ci-dessous pour consulter la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
+ &lt;br /&gt;
+ Fabienne RAGUENES
+ &lt;br /&gt;
+ sfpc&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &amp;#43;33 2 28 20 59 98
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05ea-region-formation-visa-avenir-sup/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>90951</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les personnes souhaitant obtenir une qualification</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Le conseil régional de Nouvelle-Aquitaine propose une aide individuelle de formation afin de soutenir  les personnes souhaitant obtenir une qualification.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+    &lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif s&amp;#039;appuie sur 2 axes essentiels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le soutien aux projets individuels de formation ne trouvant pas de réponse dans l&amp;#039;offre collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accompagnement des personnes dans leur parcours professionnel tout au long de la vie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif s&amp;#039;adresse aux résidents de la Nouvelle Aquitaine depuis au moins 6 mois
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  demandeurs d&amp;#039;emploi inscrits dans une agence Pôle Emploi, Mission Locale, Cap Emploi ou accompagnés par un Plan Local d&amp;#039;Insertion et l&amp;#039;Emploi (PLIE) de la Région.
+ &lt;/li&gt;
+ &lt;li&gt;
+  salarié licencié économique bénéficiant d&amp;#039;un CSP (contrat de sécurité professionnelle).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un dossier doit être constitué par un Conseiller en évolution professionnelle ou toute personne habilitée par la Région. Il comprendra une description du projet professionnel : l&amp;#039;accord de financement relevant de l&amp;#039;appréciation du besoin au regard des perspectives d&amp;#039;insertion ou de retour à l&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale n&amp;#039;intervient qu&amp;#039;en dernier recours des autres financements.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La durée de l&amp;#039;action de formation est de 12 mois maximum.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un délai de carence de 6 mois est instauré entre 2 formations financées par la Région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes de financement sont déposées par les prescripteurs, motivées et argumentées via la plateforme de dématérialisation de la Région, 5 semaines au moins avant le démarrage de l&amp;#039;action de formation.
+</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-individuelle-la-formation</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Service Relation aux Usagers
+Direction Formation Professionnelle et Apprentissage
+05 49 38 49 38
+Ouvert du lundi au vendredi de 9h00 à 18h00.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc37-aide-individuelle-a-la-formation/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
         <v>94882</v>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’un accompagnement afin de potentiellement obtenir une garantie pour couvrir un emprunt bancaire dans le cadre de la création ou de la reprise d'une entreprise</t>
         </is>
       </c>
-      <c r="D94" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>5. Chèque CREA "Garantie"</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G94" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Chèque CREA &amp;#34;Garantie de prêt bancaire&amp;#34;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce chèque permet de bénéficier d&amp;#039;un accompagnement afin de potentiellement obtenir une garantie pour couvrir un emprunt bancaire dans le cadre de la création ou de la reprise d&amp;#039;une entreprise.
 &lt;/p&gt;
 &lt;p&gt;
  Le chèque &amp;#34;Garantie de prêt bancaire&amp;#34; permet de bénéficier d&amp;#039;une expertise visant à valider la faisabilité économique de votre projet de création ou de reprise d&amp;#039;entreprise et de mobiliser potentiellement une garantie pour couvrir l&amp;#039;emprunt bancaire que vous sollicitez. Cette garantie sécurise votre banque et vous évite de prendre une caution personnelle.
 &lt;/p&gt;
 &lt;p&gt;
  Ce chèque peut être sollicité lorsque
  &lt;strong&gt;
   vous disposez d&amp;#039;un plan d&amp;#039;affaires préalablement établi
  &lt;/strong&gt;
  et que les besoins en financement confirment la nécessité de mobiliser un outil financier de type prêt d&amp;#039;honneur. Si vous n&amp;#039;avez pas de plan d&amp;#039;affaires, il convient de solliciter d&amp;#039;abord un chèque &amp;#34;
  &lt;a href="https://www.grandest.fr/vos-aides-regionales/cheque-crea-preparation-projet/"&gt;
   Préparation du projet de création d&amp;#039;entreprise
  &lt;/a&gt;
  &amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -17627,173 +9557,173 @@
  &lt;/li&gt;
  &lt;li&gt;
   Un appui personnalisé auprès des banques
   pour la sollicitation d&amp;#039;un prêt bancaire
  &lt;/li&gt;
  &lt;li&gt;
   Une mise en place de la garantie
   après présentation de votre projet en comité d&amp;#039;engagement si acceptation du dossier en comité
  &lt;/li&gt;
  &lt;li&gt;
   Un suivi post financement pendant la durée de remboursement du prêt bancaire
   dans le but d&amp;#039;anticiper les éventuelles difficultés..
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une question ?
  &lt;/strong&gt;
  Consultez la
  &lt;a href="https://www.grandest.fr/faq-cheques-crea/"&gt;
   FAQ
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Revitalisation
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P94" s="1" t="inlineStr">
+      <c r="P54" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les demandeurs d&amp;#039;emploi inscrits à Pôle emploi souhaitant créer ou reprendre une entreprise sur le territoire de la région Grand Est
   &lt;/li&gt;
   &lt;li&gt;
    Les jeunes de moins de 30 ans souhaitant créer ou reprendre une entreprise sur le territoire de la région Grand Est
   &lt;/li&gt;
   &lt;li&gt;
    Toute entreprise, nouvellement créée ou reprise (immatriculée depuis moins de 12 mois) dans le Grand Est par un demandeur d&amp;#039;emploi ou un jeune de moins de 30 ans au moment de la demande, avec un besoin en financement pour le démarrage de son activité
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/cheque-crea-garantie-pret-bancaire/</t>
         </is>
       </c>
-      <c r="W94" s="1" t="inlineStr">
+      <c r="W54" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0041/depot/simple</t>
         </is>
       </c>
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur les chèques CREA, merci d&amp;#039;écrire à l&amp;#039;adresse
  &lt;a href="mailto:beestentreprendre&amp;#64;grandest.fr"&gt;
   beestentreprendre&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9e3d-6-cheque-crea-garantie-de-pret-bancaire/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-      <c r="A95" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>94883</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’une expertise sur les aspects financiers de votre projet en optimisant le plan de financement de votre future entreprise - Chèque CREA "Prêt d'honneur"</t>
         </is>
       </c>
-      <c r="D95" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>4. Chèque CREA "Prêt d'honneur"</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le chèque CREA « Prêt d&amp;#039;honneur » permet de bénéficier d&amp;#039;une expertise sur les aspects financiers de votre projet en optimisant le plan de financement de votre future entreprise.
 &lt;/p&gt;
 &lt;p&gt;
  Il donne la possibilité d&amp;#039;accéder à
  &lt;strong&gt;
   un prêt d&amp;#039;honneur sans intérêt ni garantie personnelle
  &lt;/strong&gt;
  , d&amp;#039;un montant compris entre 1 000 € et 30 000 € pour le financement de votre projet de création ou de reprise d&amp;#039;entreprise.
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt d&amp;#039;honneur a pour objectif de
  &lt;strong&gt;
   renforcer vos fonds propres
  &lt;/strong&gt;
  car même il vous est directement octroyé (il s&amp;#039;agit d&amp;#039;un prêt à la personne), et non à l&amp;#039;entreprise.
 &lt;/p&gt;
 &lt;p&gt;
  Ce chèque peut être sollicité lorsque
  &lt;strong&gt;
   vous disposez d&amp;#039;un plan d&amp;#039;affaires préalablement établi
  &lt;/strong&gt;
  et que les besoins en financement confirment la nécessité de mobiliser un outil financier de type prêt d&amp;#039;honneur. Si vous n&amp;#039;avez pas de plan d&amp;#039;affaires, il convient de solliciter d&amp;#039;abord un chèque «
  &lt;a href="https://www.grandest.fr/vos-aides-regionales/cheque-crea-preparation-projet/"&gt;
@@ -17837,3868 +9767,1533 @@
   Une décision d&amp;#039;octroi ou non du
    prêt d&amp;#039;honneur
   dans un délai moyen de 30 jours entre la complétude du dossier et la décision du comité
  &lt;/li&gt;
  &lt;li&gt;
   Des conseils et un appui de chefs d&amp;#039;entreprises locaux
   et de professionnels de l&amp;#039;entreprise (comptables, banquiers, ...)
  &lt;/li&gt;
  &lt;li&gt;
   Un suivi du remboursement
   de la jeune entreprise sur une période de 5 ans après la création ou la reprise si un prêt d&amp;#039;honneur a été attribué.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une question ?
  &lt;/strong&gt;
  C
  onsultez la
  &lt;a href="https://www.grandest.fr/faq-cheques-crea/"&gt;
   FAQ
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Revitalisation
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P95" s="1" t="inlineStr">
+      <c r="P55" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les demandeurs d&amp;#039;emploi inscrits à Pôle emploi souhaitant créer ou reprendre une entreprise sur le territoire de la région Grand Est
  &lt;/li&gt;
  &lt;li&gt;
   Les jeunes de moins de 30 ans souhaitant créer ou reprendre une entreprise sur le territoire de la région Grand Est
  &lt;/li&gt;
  &lt;li&gt;
   Toute entreprise, nouvellement créée ou reprise (immatriculée depuis moins de 12 mois) dans le Grand Est par un demandeur d&amp;#039;emploi ou un jeune de moins de 30 ans au moment de la demande, avec un besoin en financement pour le démarrage de son activité
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/cheque-crea-pret-dhonneur/</t>
         </is>
       </c>
-      <c r="W95" s="1" t="inlineStr">
+      <c r="W55" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0040/depot/simple</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur les chèques CREA, merci d&amp;#039;écrire à l&amp;#039;adresse
  &lt;a href="mailto:beestentreprendre&amp;#64;grandest.fr"&gt;
   beestentreprendre&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c78e-5-cheque-crea-pret-dhonneur/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K96" s="1" t="inlineStr">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>71855</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un parcours personnalisé - Jeunes de 16 à 18 ans</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
-[...180 lines deleted...]
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de l&amp;#039;obligation de formation, le plan « 1 jeune, 1 solution » prévoit un programme de 4 mois porté par l&amp;#039;AFPA à destination des jeunes, qui ont quitté le cadre scolaire, avec pour objectif de leur redonner confiance en eux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce programme allie un travail sur les compétences, un accompagnement social, sportif et culturel, une découverte de différents métiers ainsi qu&amp;#039;une offre d&amp;#039;hébergement et de restauration.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pourrez grâce à ce parcours valider vos compétences et vos acquis, développer votre capacité à agir sur votre parcours et ainsi construire votre projet professionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Egalité des chances
+Cohésion sociale et inclusion
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de ce parcours si vous êtes âgés de 16 à 17 ans révolus et n&amp;#039;êtes pas en scolarité ou en formation, ni emploi ou apprentissage, ni en accompagnement par le service public de l&amp;#039;emploi.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afpa.fr/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour bénéficier du parcours personnalisé, adressez-vous à
+ &lt;a href="https://travail-emploi.gouv.fr/demarches-ressources-documentaires/annuaire"&gt;
+  la mission locale
+ &lt;/a&gt;
+ la plus proche de chez vous.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/169e-beneficier-dun-parcours-personnalise-jeunes-d/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-[...920 lines deleted...]
-      <c r="G103" s="1" t="inlineStr">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>90965</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Unifier le réseau des espaces régionaux d'information de proximité</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...26 lines deleted...]
-&lt;h4&gt;
+Association</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans un contexte économique et social en forte mutation, la Région souhaite promouvoir le développement des compétences des néo-aquitains tout au long de leur vie.
+Cette ambition implique un accès de proximité à une information de qualité sur les formations, les métiers et l&amp;#039;emploi, la coordination du système d&amp;#039;acteurs dans les territoires et la mise en place d&amp;#039;une égalité de services à partir d&amp;#039;un existant. 
+Cet appel à projets vise déployer un réseau unifié d&amp;#039;espaces régionaux d&amp;#039;information de proximité sur la formation, les métiers, l&amp;#039;emploi et la création-reprise d&amp;#039;activité en Nouvelle-Aquitaine.Il s&amp;#039;appuie sur le maillage actuel des espaces d&amp;#039;information sur les territoires et prévoit une mise en œuvre adaptée aux situations existantes dans les bassins d&amp;#039;emploi.
+&lt;/p&gt;
+&lt;strong&gt;
  Objectifs
-&lt;/h4&gt;
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Afin de contribuer au développement de l&amp;#039;accès à la formation et à l&amp;#039;emploi dans les territoires de Nouvelle-Aquitaine, les espaces régionaux d&amp;#039;information de proximité devront associer un large partenariat stratégique et opérationnel autour d&amp;#039;un projet pour le territoire et d&amp;#039;un plan d&amp;#039;actions partagés.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces espaces proposeront une offre de services partenariale qui aura pour objectifs :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Identifier précisément le contexte du territoire au regard de la problématique de l&amp;#039;attractivité des populations et en particuliers d&amp;#039;actifs (salariés, non-salariés, entrepreneurs, porteurs de projets, etc.)
-[...14 lines deleted...]
-  Maitriser les outils de prospection et d&amp;#039;accueil d&amp;#039;actifs et de populations
+  un accès à l&amp;#039;information et un conseil personnalisés sur les formations, les métiers, l&amp;#039;emploi, la création/reprise d&amp;#039;activité sur la base d&amp;#039;un accueil de proximité, la prise en compte de la réalité territoriale, en particulier celle des entreprises, ainsi qu&amp;#039;un accès facilité aux dispositifs régionaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  une programmation opérationnelle d&amp;#039;actions qui, dans les territoires et avec l&amp;#039;ensemble des acteurs de l&amp;#039;information sur l&amp;#039;orientation, la formation et l&amp;#039;emploi, prendra en compte l&amp;#039;existant et l&amp;#039;articulera avec de nouvelles initiatives.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appel à projets est en vigueur pour l&amp;#039;année 2020. Il pourra être renouvelé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acteurs de l&amp;#039;accompagnement des publics : missions locales, maisons de l&amp;#039;emploi, comités de bassin d&amp;#039;emploi, Pôle emploi, services d&amp;#039;orientation de l&amp;#039;Education Nationale...etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités locales et leurs groupements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes consulaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements d&amp;#039;intérêt public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations et entreprises de l&amp;#039;économie sociale et solidaire.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...82 lines deleted...]
- &lt;/em&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets pourront bénéficier d&amp;#039;un soutien financier annuel de la Région, en cofinancement, dans la limite de l&amp;#039;enveloppe régionale dédiée au présent appel à projets, soit 1 million d&amp;#039;euros en 2020, sur la base minimale de 43 espaces de proximité (au moins un espace par bassin d&amp;#039;emploi).
+&lt;/p&gt;
+&lt;p&gt;
+ Un budget prévisionnel est présenté par le porteur de projet en fonction des dépenses et des recettes liées aux actions constituant le projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
-[...12 lines deleted...]
- Laurence Lanne - llanne&amp;#64;cner-france.com - 06 63 60 67 36
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/unification-du-reseau-des-espaces-regionaux-dinformation-de-proximite</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Frédérique LECAT
+Direction Emploi et Evolution Professionnelle
+05 57 57 09 10.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f64f-unification-du-reseau-des-espaces-regionaux-d/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>164366</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Abonder le fonds de garantie en partenariat avec France Active</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de garantie en partenariat avec France Active</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif de garantie bancaire permettant de garantir jusqu&amp;#039;à 65% le prêt bancaire, mis en place par le partenaire France Active. La Région Nouvelle-Aquitaine abonde le fonds de garantie FRANCE ACTIVE.
+L&amp;#039;objectif est de faciliter l&amp;#039;accès au crédit en permettant un partage du risque entre votre banque et le fonds de garantie.</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>Garantie bancaire jusqu&amp;#039;à 65% dans la limite de 200 000€ garanti.</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Innovation, créativité et recherche
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>Les bénéficiaires sont :
+	les microentreprises dont le projet présente une utilité sociale avérée, un intérêt pour le territoire ou un impact significatif en termes de création ou sauvegarde d&amp;#039;emplois, notamment pour les publics en difficulté.
+	les microentreprises créées ou reprises par des publics éloignés de l&amp;#039;emploi ou en situation de précarité.
+	les entreprises de l&amp;#039;économie sociale et solidaire telles que définies par la loi n°2016-856 du 31 juillet 2014.
+ Dispositif dédié aux porteurs de projet pour des opérations :
+	de création,
+	de reprise/transmission,
+	de développement,
+	de renforcement de la structuration financière
+pour un public éloigné de l&amp;#039;emploi et les structures de l’Économie Sociale et Solidaire.</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/fonds-de-garantie-en-partenariat-avec-france-active</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>Les porteurs de projet font leur demande directement auprès de France Active Nouvelle-Aquitaine.</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-de-garantie-en-partenariat-avec-france-active-1/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>94885</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Tester votre projet en "grandeur nature" avant la création de l’entreprise - Chèque CREA "Test d'activité"</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>2. Chèque CREA "Test d'activité"</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le chèque CREA &amp;#34;Test d&amp;#039;activité&amp;#34; permet de tester votre projet en &amp;#34;grandeur nature&amp;#34; avant la création de l&amp;#039;entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce chèque vous aide à prendre la décision de créer ou pas votre entreprise. Ce test d&amp;#039;activité peut se dérouler pendant une période de 2 ans maximum.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valeur du chèque CREA &amp;#34;Test d&amp;#039;activité&amp;#34; :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le chèque CREA « Test d&amp;#039;activité » se décompose en 4 chèques selon les 4 périodes de test d&amp;#039;activité possibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Chèque CREA « Test d&amp;#039;activité - de 0 à 6 mois » :
+  &lt;strong&gt;
+   350 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chèque CREA « Test d&amp;#039;activité - de 7 à 12 mois » :
+  &lt;strong&gt;
+   350 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chèque CREA « Test d&amp;#039;activité - de 13 à 18 mois » :
+  &lt;strong&gt;
+   150 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chèque CREA « Test d&amp;#039;activité - de 19 à 24 mois » :
+  &lt;strong&gt;
+   150 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant qui figure sur le chèque CREA « Test d&amp;#039;activité » correspond à la participation financière de la Région aux conseils et à l&amp;#039;expertise dispensés par l&amp;#039;opérateur au bénéfice du créateur. Le montant du chèque est versé à l&amp;#039;opérateur après la réalisation de l&amp;#039;accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le chèque &amp;#34;Test d&amp;#039;activité&amp;#34; donne accès à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un environnement légal sécurisé
+  &lt;/strong&gt;
+  pour préparer le projet de création d&amp;#039;entreprise dans les conditions suivantes :
+  &lt;ul&gt;
+   &lt;li&gt;
+    un hébergement juridique (facturation de vos prestations avec le numéro de SIRET de l&amp;#039;organisme hébergeur)
+   &lt;/li&gt;
+   &lt;li&gt;
+    un maintien de votre statut antérieur et de vos revenus sociaux
+   &lt;/li&gt;
+   &lt;li&gt;
+    une couverture sociale et une protection en cas d&amp;#039;accident du travail ou de maladie professionnelle
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un accompagnement individualisé
+  &lt;/strong&gt;
+  pour valider la viabilité de votre projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une phase de
+  &lt;strong&gt;
+   test en situation réelle
+  &lt;/strong&gt;
+  pour améliorer la qualité et la pertinence de votre projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un encadrement pédagogique
+  &lt;/strong&gt;
+  adapté à la préparation et au démarrage de l&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un programme d&amp;#039;ateliers et de formations individuelles et collectives
+  &lt;/strong&gt;
+  pour approfondir vos compétences
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une question ?
+Consultez la
+ &lt;a href="https://www.grandest.fr/faq-cheques-crea/"&gt;
+  FAQ
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les demandeurs d&amp;#039;emploi inscrits à Pôle emploi souhaitant tester leur activité avant la création de leur entreprise sur le territoire de la région Grand Est
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les jeunes de moins de 30 ans souhaitant tester leur activité avant la création de leur entreprise sur le territoire de la région Grand Est
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/cheque-crea-test-activite/</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0039/depot/simple</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les chèques CREA, merci d&amp;#039;écrire à l&amp;#039;adresse
+ &lt;a href="mailto:beestentreprendre&amp;#64;grandest.fr"&gt;
+  beestentreprendre&amp;#64;grandest.fr
+  &lt;br /&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18a8-3-cheque-crea-test-dactivite/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G104" s="1" t="inlineStr">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>162352</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Recruter un salarié au CESU ou à Pajemploi</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Le Dispositif particulier employeur</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Recruter un(e) salarié(e) au CESU ou à Pajemploi est souvent LA solution si vous avez besoin d&amp;#039;aide pour vous, vos enfants ou chez vous (entretien du domicile, garde d&amp;#039;enfant, bricolage, jardinage, soutien scolaire ou encore aide aux gestes de la vie quotidienne).&lt;/p&gt;
+ &lt;p&gt;Particuliers&lt;/p&gt; &lt;h3&gt;Je cherche à recruter un(e) salarié(e) à mon domicile&lt;/h3&gt;
+&lt;p&gt;L&amp;#039;emploi à domicile trouve l&amp;#039;originalité de son modèle dans une relation directe entre deux partiuliers : &lt;strong&gt;le particulier-employeur et son salarié&lt;/strong&gt;. En embauchan en direct un(e) ou plusieurs salari(e)s pour vous aider ponctuellement ou au quotidien à domicile, vous devenez &lt;strong&gt;particulier employeur&lt;/strong&gt;.&lt;/p&gt;
+&lt;h3&gt;Alors pourquoi pas vous ?&lt;/h3&gt;
+&lt;p&gt;Le secteur de l&amp;#039;emploi à domicile en Région Provence-Alpes-Côte d&amp;#039;Azur concerne près de &lt;strong&gt;300 000 personnes&lt;/strong&gt;. &lt;/p&gt;
+&lt;p&gt;Ce secteur est structuré par deux branches professionnelles : &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Celle des Assistant(e)s maternel(le)s du particulier employeur&lt;/li&gt; 	&lt;li&gt;Et celle des Salarié(e)s du particulier employeur&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; La région Provence-Alpes-Côte d&amp;#039;Azur, en partenariat avec le Pôle emploi et la Fédération des particuliers employeurs de France (FEPEM), vous accompagne pas à pas pour gérer et sécuriser cette relation de travail (embaucher, gérer au quotidien, se séparer).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>08/12/2021</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour plus d&amp;#039;information, rendez-vous sur : le site &lt;a href="https://particulier-employeur.fr/"&gt;particulier-employeur.fr&lt;/a&gt; ou prendre rendez-vous auprés de votre espace Particulier Emploi ou Envoyez un email &lt;a href="mailto:paca-corse&amp;#64;particulieremploi.fr"&gt;ici&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Pour recruter un(e) salarié(e), parcourez les informations et services ci dessous : &lt;br /&gt; &lt;a href="https://entreprise.pole-emploi.fr/accueil/homepage"&gt;entreprise.pole-emploi.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/particulier-employeur</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/le-dispositif-particulier-employeur/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>94881</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un financement par un microcrédit pour la création ou le développement (moins de 12 mois d’activité) de votre entreprise - Chèque CREA "Microcrédit"</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>6. Chèque CREA "Microcrédit"</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
-[...14 lines deleted...]
- &lt;/strong&gt;
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le chèque CREA « Microcrédit » permet de bénéficier d&amp;#039;un accompagnement et de conseils dans le but d&amp;#039;obtenir un financement par un microcrédit compris entre 500 € et 10 000 € pour la création ou le développement (moins de 12 mois d&amp;#039;activité) de votre entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ Le chèque CREA « Microcrédit » est fait pour vous si :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Toute personne en situation de handicap âgée de 20 à 60 ans dont l&amp;#039;incapacité permanente est au moins égale ou supérieure à 80% ou qui, compte tenu de son handicap, est dans l&amp;#039;impossibilité de se procurer un emploi. Cette seconde condition sera attestée par un taux d&amp;#039;incapacité compris entre 50 et 79% et une reconnaissance de la restriction substantielle et durable pour l&amp;#34;accès à l&amp;#039;emploi (RSDAE) ou d&amp;#039;une pension d&amp;#039;invalidité de catégorie 22 ou3. &lt;/li&gt;&lt;li&gt;Toute personne d&amp;#039;au moins 60 ans bénéficiant d&amp;#039;une retraite pour inaptitude&lt;/li&gt;&lt;li&gt;Toute personne âgée d&amp;#039;au moins 65 ans&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+  Vous avez besoin d&amp;#039;argent
+  &lt;strong&gt;
+   pour votre projet d&amp;#039;entreprise
+  &lt;/strong&gt;
+  , maximum : 10 000 €,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il est peu probable que les banques financent votre projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes travailleur indépendant depuis moins de 12 mois et vous souhaitez développer votre entreprise.
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;&lt;br /&gt;
-[...1 lines deleted...]
-  &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Liste des documents obligatoires pour l&amp;#039;ensemble des demandeurs:&lt;br /&gt;&lt;/strong&gt;
+&lt;p&gt;
+ Si vous êtes dans cette situation, vous pouvez déposer votre demande de chèque CREA « Microcrédit » en ligne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valeur du chèque :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Valeur du chèque CREA &amp;#34;Microcrédit&amp;#34; : 900 €
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant qui figure sur le chèque CREA « Microcrédit » correspond à la participation financière de la Région aux conseils et à l&amp;#039;expertise dispensés par l&amp;#039;opérateur au bénéfice du créateur.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant du chèque est versé à l&amp;#039;opérateur après la réalisation de l&amp;#039;accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le chèque CREA &amp;#34;Microcrédit » donne accès à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Le dossier de demande dument complété et signé ( par le demandeur et le CCAS  ou la Mairie de résidence) &lt;/li&gt;&lt;li&gt;un justificatif identité&lt;/li&gt;&lt;li&gt;Les justificatifs de ressources nécessaires ( dernier avis d&amp;#039;imposition, attestations des caisses de retraites indiquant le dernier montant versé, les 3 derniers relevés de compte...); le cas échéant, le titre de pension de retraite principale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Liste des documents obligatoires pour les demandeurs en situation de handicap: personnes entre 20 et 60 ans:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Tout document indiquant de manière claire un taux d&amp;#039;incapacité supérieur ou égal à 80%&lt;/li&gt;&lt;li&gt;ou Tout document indiquant de manière claire un taux d&amp;#039;incapacité compris entre 50 et 79 % accompagné d ela mention de restriction substantielle et durable d&amp;#039;accès à l&amp;#039;emploi ( RSDAE) &lt;/li&gt;&lt;li&gt;ou Tout justificatif précisant la perception d&amp;#039;une pension d&amp;#039;invalidité de 2ème ou 3ème catégorie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Liste des documents obligatoires pour les demandeurs entre 60 et 65 ans:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Tout justificatif indiquant que la personne perçoit une retraite pour inaptitude.&lt;/li&gt;
-[...3 lines deleted...]
-  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+  Un contact privilégié avec un opérateur Be EST Entreprendre
+  pour la mobilisation potentielle d&amp;#039;un microcrédit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une analyse de la viabilité de votre projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une décision de financement
+  du microcrédit dans un délai de
+   10 jours
+  . Si l&amp;#039;octroi du microcrédit est validé, l&amp;#039;argent est débloqué dans les 48h
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des conseils et un appui
+  de chefs d&amp;#039;entreprises locaux et de professionnels de l&amp;#039;entreprise (comptables, banquiers, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un suivi des remboursements
+  du microcrédit accordé dans le but d&amp;#039;anticiper d&amp;#039;éventuelles difficultés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une question ? C
+ &lt;/strong&gt;
+ onsultez la
+ &lt;a href="https://www.grandest.fr/faq-cheques-crea/"&gt;
+  FAQ
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="S104" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les demandeurs d&amp;#039;emploi inscrits à Pôle emploi souhaitant créer une entreprise sur le territoire de la région Grand Est
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les jeunes de moins de 30 ans souhaitant créer une entreprise sur le territoire de la région Grand Est
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toute entreprise immatriculée depuis moins de 12 mois dans le Grand Est avec un besoin en financement de 10 000 € maximum pour le démarrage de son activité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
-[...27 lines deleted...]
-  Cliquer ici pour accéder aux coordonnées des élus du Département
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/cheque-crea-microcredit/</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0042/depot/simple</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les chèques CREA, merci d&amp;#039;écrire à l&amp;#039;adresse
+ &lt;a href="mailto:beestentreprendre&amp;#64;grandest.fr"&gt;
+  beestentreprendre&amp;#64;grandest.fr
  &lt;/a&gt;
- &lt;br /&gt;
-[...9 lines deleted...]
- Téléphone : 04.71.07.21.80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b8fe-7-cheque-crea-microcredit/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G105" s="1" t="inlineStr">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>101573</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le recrutement du chef de projet</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Pôle emploi
+Association pour l'emploi des cadres (APEC)</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
-[...37 lines deleted...]
-  Qui peut déposer un dossier ?
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez améliorer la visibilité de votre offre d&amp;#039;emploi auprès des candidats potentiels, bénéficier de conseils et d&amp;#039;un accompagnement dans le recrutement du chef de projet. L&amp;#039;offre de service qui vous est proposée comporte deux niveaux :
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 1. La publication et la mise en visibilité de l&amp;#039;offre.
+&lt;/p&gt;
+&lt;p&gt;
+ Une bonne offre d&amp;#039;emploi est une offre qui cible les bons candidats et donne envie de vous rejoindre.
+&lt;/p&gt;
+&lt;p&gt;
+ Rapprochez-vous de l&amp;#039;APEC qui vous accompagnera pour rédiger et publier votre offre: analyse du poste à pourvoir et critères de sélection; rédaction de votre offre d&amp;#039;emploi avec la garantie de diffuser une offre d&amp;#039;emploi attractive, sélective et non discriminante (conformité juridique); publication sur le site apec.fr.
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce au service d&amp;#039;agrégation des offres existant entre l&amp;#039;APEC et Pôle emploi, les offres publiées sur apec.fr sont automatiquement publiées sur le site pole-emploi.fr afin de garantir une mise en visibilité optimale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ensemble, l&amp;#039;APEC et Pôle emploi mèneront des campagnes de communication ciblées à destination des candidatsdont les compétences correspondent aux besoins du poste à pourvoir.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 2. L&amp;#039;appui au recrutement.
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous le souhaitez, l&amp;#039;APEC vous propose un appui dans la pré-sélection des candidats.En cas de difficultés de recrutement, Pôle Emploi mobilisera son offre deservices en complément de celle de l&amp;#039;APEC: identification et pré-sélection de candidats, aide au développement des compétences des candidats avant l&amp;#039;embauche, que vous pouvez découvrir ici.
+&lt;/p&gt;
+&lt;p&gt;
+ En concertation avec vous, l&amp;#039;APEC et Pôle emploi se coordonneront localement, par exemple pour vous faire rencontrer des candidats, en présentiel ou à distance, en s&amp;#039;appuyant notamment sur les évènements #TousMobilisésorganisés chaque semaine par les agences Pôle emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, si vous souhaitez diffuser directement votre offre sur apec.fr, sans utiliser les services d&amp;#039;aide à la rédaction d&amp;#039;offre et de présélection des candidats, pensez à inscrire la chaîne de caractère suivante dans le corps de votre offre:«Cette offre s&amp;#039;inscrit dans le cadre du programme petites villes de demain». Elle ressortira ainsi dans le cadre de recherches affinées par les candidats potentiels.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Consultez la convention de partenariat APEC/ANCT :
+ &lt;a href="https://agence-cohesion-territoires.gouv.fr/sites/default/files/2021-06/Convention%20Nationale%20de%20partenariat%20ANCT%20-%20APEC%20Avril21_VDEF.pdf" rel="noopener" target="_blank"&gt;
+  https://agence-cohesion-territoires.gouv.fr/sites/default/files/2021-06/Convention%20Nationale%20de%20partenariat%20ANCT%20-%20APEC%20Avril21_VDEF.pdf
  &lt;/a&gt;
-&lt;/h2&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.apec.fr/recruteur/recruter/diffuser-une-offre/fiches-services/faire-rediger-son-offre-demploi.html</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>Retrouvez les contacts dans l&amp;#039;offre détaillée.</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2617-etre-accompagne-dans-le-recrutement-du-chef-d/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>94923</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement de l'activité des petites et moyennes entreprises par l'intégration de nouvelles compétences</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Action régionale pour le développement d’activités nouvelles (ARDAN)/Demandeurs d’emploi</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif ARDAN vise à accompagner le développement de l&amp;#039;activité des petites et moyennes entreprises par l&amp;#039;intégration de nouvelles compétences :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Communes
-[...7 lines deleted...]
-  Critères d&amp;#039;éligibilité du demandeur
+  Les entreprises intègrent des demandeurs d&amp;#039;emploi, pour des stages de six mois, et leur confient le développement et la concrétisation de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les demandeurs d&amp;#039;emploi renforcent leurs compétences en préparant le
+  &lt;a href="https://www.ardan-grandest.fr/wp-content/uploads/2018/09/CPN45_Generique_2018-1.pdf"&gt;
+   titre Entrepreneur de petite entreprise
+  &lt;/a&gt;
+  du Conservatoire National des Arts et Métiers et en suivant des formations complémentaires à visée « métier »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le binôme entreprise / pilote de projet est accompagné par différents professionnels pendant toute la durée du stage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises bénéficiaires doivent avoir la volonté et les moyens, au terme du dispositif, d&amp;#039;embaucher les demandeurs d&amp;#039;emploi.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   de création d&amp;#039;activité nouvelle (ex : intégration d&amp;#039;un nouveau savoir-faire, développement d&amp;#039;un nouveau marché...)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de structuration de l&amp;#039;activité d&amp;#039;une entreprise
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Innovation, créativité et recherche
+Emploi</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>21/06/2019</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/dispositif-ardan/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+ &lt;a href="mailto:contact&amp;#64;ardan-grandest.fr"&gt;
+  contact&amp;#64;ardan-grandest.fr
  &lt;/a&gt;
-&lt;/h2&gt;
-[...495 lines deleted...]
- Pour toute question sur l&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux en Occitanie, vous êtes invités à vous adresser à :
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O105" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/650f-dispositif-ardan/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>112012</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour un projet d'immobilier d'entreprise dans une zone d'activité</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Zone d'activité et batiment relais</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes Vézère Monédières Millesources</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 16</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;aider les entreprise qui ont besoin d&amp;#039;un immobilier d&amp;#039;entreprise dans une zone d&amp;#039;activité (soit sur Treignac, soit sur Chamberet, soit sur Soudaine lavinadière). La communauté de communes prend en charge la construction d&amp;#039;un bâtiment selon les exigences de l&amp;#039;entreprise et lui revend par une location vente.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contruction d&amp;#039;un atelier pour une activité de plomberie, construction d&amp;#039;immobilier pour une entreprise d&amp;#039;ambulance...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="S105" s="1" t="inlineStr">
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avoir une structure économiquement saine et créer des emplois.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>CC Vézère-Monédières-Millesources</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>http://ccv2m.fr</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Téléphone : 0519670101
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>direction@ccv2m.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b83f-immobilier-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>162310</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de la rémunération des stagiaires de la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Rémunération des stagiaires de la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le principe et les conditions de rémunération de stagiaires de la formation professionnelle.&lt;/p&gt; &lt;p&gt;Stagiaires de la formation professionnelle&lt;/p&gt; &lt;p&gt;Pour bénéficier de la rémunération de stagiaire de la formation professionnelle, il convient de remplir deux critères :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Ne pas être en continuité de parcours scolaire et être inscrit à Pôle emploi (demandeur d’emploi indemnisé ou non-indemnisé par Pôle emploi) ou auprès d’une mission locale&lt;/li&gt; 	&lt;li&gt;Préparer une formation sanitaire de niveau V (aide-soignant, auxiliaire de puériculture, ambulancier) en cursus complet &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les bénéficiaires de la rémunération ont le statut de stagiaire de la formation professionnelle. &lt;br /&gt; Cette aide ouvre droit, par ailleurs, à une protection sociale prise en charge par l’autorité qui agrée le stage.&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;NB : la bourse d’études et la rémunération ne sont pas cumulables.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2019</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour bénéficier de la rémunération de stagiaire de la formation professionnelle, il convient de remplir deux critères :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Ne pas être en continuité de parcours scolaire et être inscrit à Pôle emploi (demandeur d’emploi indemnisé ou non-indemnisé par Pôle emploi) ou auprès d’une mission locale&lt;/li&gt; 	&lt;li&gt;Préparer une formation sanitaire de niveau V (aide-soignant, auxiliaire de puériculture, ambulancier) en cursus complet &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les bénéficiaires de la rémunération ont le statut de stagiaire de la formation professionnelle. &lt;br /&gt; Cette aide ouvre droit, par ailleurs, à une protection sociale prise en charge par l’autorité qui agrée le stage.&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;NB : la bourse d’études et la rémunération ne sont pas cumulables.&lt;/em&gt;&lt;/p&gt; &lt;p&gt;Dossier de demande de rémunération à déposer auprès de votre établissement de formation ; la rémunération est versée au bénéficiaire par un prestataire pour le compte de la Région Sud Provence-Alpes-Côte d’Azur.&lt;br /&gt; Pour déposer une demande d’aide individuelle : Bouton &amp;#34;Je fais ma demande&amp;#34;&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle en fonction de son besoin.&lt;br /&gt; Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; L’objectif de cette démarche est de permettre aux apprenants de créer une relation privilégiée avec la Région Sud et de les accompagner tout au long de leur parcours de formation. Elle permet également de s’engager dans une démarche éco responsable en déposant un dossier de demande d’aide individuelle, d’en suivre l’évolution quotidienne, de bénéficier d’un portefeuille numérique et d’échanger avec les services à tout moment, à partir de votre espace personnel sur le portail&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
-[...625 lines deleted...]
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/remuneration-des-stagiaires-de-la-formation-professionnelle</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
-[...996 lines deleted...]
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/remuneration-des-stagiaires-de-la-formation-professionnelle/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>