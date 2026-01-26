--- v0 (2025-11-03)
+++ v1 (2026-01-26)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA93"/>
+  <dimension ref="A1:AA7"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,15277 +228,946 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>120322</v>
+        <v>162633</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Entretenir et réparer la voirie et les ouvrages d’art sur réseau routier communal</t>
+          <t>Mesurer les vitesses et le trafic routier</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Entretien et réparation de voirie et d’ouvrages d’art sur réseau routier communal</t>
+          <t>Voirie</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Drôme</t>
+          <t>Agence technique départementale (ATD) des Vosges</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
-[...59 lines deleted...]
-&lt;/ul&gt;</t>
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets.
+&lt;/p&gt;
+&lt;p&gt;Dans le domaine de la voirie la réalisation de comptages routiers et des mesures de vitesses permets préalablement à l&amp;#039;engagement de travaux de définir si la voie nécessite des aménagements (constat d&amp;#039;une problématique d&amp;#039;après les mesures effectuées ou simple ressenti) et d&amp;#039;adapter ceux-ci en fonction du trafic (taux de PL et de VL) et des vitesses pratiquées...&lt;/p&gt;&lt;p&gt;Les mesures s&amp;#039;effectuent sur une période d&amp;#039;une semaine et font l&amp;#039;objet de la remise d&amp;#039;un rapport avec l&amp;#039;extraction et l&amp;#039;analyse des données issues de ces mesures.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mesurer la vitesse des usagers sur un axe routier&lt;/p&gt;&lt;p&gt;Comptabiliser le trafic routier avec possibilité d&amp;#039;extraire le trafic PL et VL&lt;/p&gt;&lt;p&gt;Définir des aménagements de sécurité si besoin en fonction du trafic et des vitesses pratiquées&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Logistique urbaine</t>
+          <t>Voirie et réseaux</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- OPÉRATIONS CONCERNÉES
-[...30 lines deleted...]
-</t>
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>Drôme</t>
+          <t>Vosges</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://collectivites.ladrome.fr/service/entretien-et-reparation-de-voirie-et-douvrages-dart-sur-reseau-routier-communal/</t>
+          <t>https://www.atd88.fr/</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...15 lines deleted...]
-</t>
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr  -&lt;/a&gt; 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>ingenieriepublique@ladrome.fr</t>
+          <t>pmilliot@atd88.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/9e35-entretien-et-reparation-de-voirie-et-douvrage/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/visiter-les-ouvrages-dart-et-accompagner-les-maitre-douvrage-dans-la-gestion-et-lentretien-de-leur-patrimoine/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>157566</v>
+        <v>117157</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
-[...4 lines deleted...]
-          <t>Travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+          <t>Accompagner les collectivités en matière de mobilité et de développement des transports collectifs (lignes régulières de transports collectifs et transport à la demande)</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Seine-Maritime</t>
+          <t>ID77</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aider les communes à réaliser en agglomération des aménagements de sécurité le long ou sur le réseau routier départemental non pris en charge par le Département dans le cadre de son schéma directeur des mobilités.
+ Accompagner la collectivité dans la définition, l&amp;#039;élaboration, la mise en œuvre et le suivi d&amp;#039;un projet de développement ou de restructuration des transports collectifs.
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Information sur l&amp;#039;organisation des transports collectifs en Île-de-France et le rôle des différents niveaux de collectivités locales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation d&amp;#039;un diagnostic transport et déplacement du territoire : élaboration d&amp;#039;un état des lieux de l&amp;#039;offre de transport collectifs routiers et ferrés ; cartographies et données associées, qualification de l&amp;#039;offre de transport ; appréhender les principaux flux de déplacements du territoire (sous réserve des données disponibles), identifier les pôles attractifs, identifier les projets de transports structurants et leurs impacts (TCSP, trains, métro)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition des besoins prioritaires de développement des transports collectifs (lignes régulières ou transport à la demande).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils pour l&amp;#039;élaboration d&amp;#039;un projet de développement des lignes régulières ou de transport à la demande : opportunité, consistance de l&amp;#039;offre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un cahier des charges d&amp;#039;étude transport ou d&amp;#039;exploitation d&amp;#039;un service de transport à la demande : transmission de modèles, relecture des pièces...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil méthodologique pour la mise en œuvre, accompagnement de la collectivité dans ses démarches auprès des transporteurs, d&amp;#039;Ile-de-France mobilités ou d&amp;#039;autres partenaires. Recherche de financement. Conseil sur la communication auprès des habitants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des projets ou des lignes existantes : bilan de la fréquentation sous réserves des données disponibles ; identification des atouts et dysfonctionnements éventuels (itinéraires, horaires, fréquences, aménagements de voiries/points d&amp;#039;arrêts..) ; conseils et préconisations pour la mise en œuvre d&amp;#039;actions correctives.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
-          <t>Espace public
-Voirie et réseaux
+          <t>Accessibilité
+Appui méthodologique
+Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Sécurité</t>
+Mobilité pour tous
+Connaissance de la mobilité</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...54 lines deleted...]
- NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de la dépense subventionnable.
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>subventions76-communesepci@seinemaritime.fr</t>
+          <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/887c-soutenir-les-travaux-daccompagnement-et-de-se/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3723-accompagner-les-collectivites-en-matiere-de-m/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>164236</v>
+        <v>120323</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Développer le covoiturage sur son territoire</t>
-[...5 lines deleted...]
-QPV - Quartiers Prioritaires de la politique de la Ville</t>
+          <t>Faire des aménagements routiers sur routes départementales en agglomération</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>[AXE 3] Développement du covoiturage</t>
+          <t>Aménagements routiers sur routes départementales en agglomération</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
-[...4 lines deleted...]
-          <t>Préfectures de département</t>
+          <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;p&gt;
+ Présentation des règles de la voirie départementale, des procédures de validation et de financement, prescriptions pour le programme de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Indication des caractéristiques de la voirie départementale, prescriptions techniques applicables aux travaux de voirie sur RD, rédaction de la convention de transfert de Maîtrise d&amp;#039;Ouvrage pour les travaux de chaussée réalisés par la Commune, rédaction de l&amp;#039;accord de voirie, validation du projet technique pour les travaux de voirie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Prestations définies selon la loi MOP :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude préliminaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la passation du contrat de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visa des plans d&amp;#039;exécution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Direction de l&amp;#039;exécution des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ordonnancement, pilotage et coordination des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance aux opérations de réception des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets d&amp;#039;aménagement de routes départementales en agglomération dans le cadre d&amp;#039;opérations d&amp;#039;urbanisme, de modification ou d&amp;#039;aménagements routiers divers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Critères d&amp;#039;éligibilité des communes :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) : pas de critère d&amp;#039;éligibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la maîtrise d&amp;#039;oeuvre : population inférieure à 2000 habitants, potentiel fiscal inférieur à 700 k€ HT, montant de travaux inférieur à 150 k€ HT et projet sans enjeu paysager ou architectural majeur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/amenagements-routiers-sur-routes-departementales-en-agglomeration/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Département de la Drôme – Service études et travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secrétariat 04 75 75 92 27 •
+  &lt;a href="mailto:gyounsi&amp;#64;ladrome.fr"&gt;
+   gyounsi&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.ladrome.fr/"&gt;
+   www.ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9552-amenagements-routiers-sur-routes-departementa/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>104723</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la mise en accessibilité des points d'arrêts routiers du transport interurbain identifiés comme prioritaires</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en accessibilité des points d&amp;apos;arrêts routiers du réseau régional</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...3 lines deleted...]
-      <c r="H4" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;h4&gt;Ambition écologique du projet financé &lt;/h4&gt;&lt;p&gt;
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;
-  &lt;/em&gt;
+  Objectif : Mettre en accessibilité les points d&amp;#039;arrêts routiers prioritaires desservis par le réseau régional de transport.
  &lt;/strong&gt;
-&lt;/p&gt;&lt;p&gt;Dans l’objectif d’améliorer le cadre de vie et afin de réduire l’impact environnemental des déplacements du quotidien, le fonds vert a vocation à développer la pratique du covoiturage avec la mise en place par les collectivités d’infrastructures facilitant l’usage (aires, lignes, voies réservées) et des actions d’animation et d’incitation financière. En particulier, le fonds vert devra permettre : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;La couverture nationale par des schémas départementaux de covoiturage, l’augmentation des aires de covoiturage ;&lt;/li&gt;&lt;li&gt;Le développement de lignes de covoiturage (&lt;em&gt;a minima&lt;/em&gt; une ligne structurante par département) ;&lt;/li&gt;&lt;li&gt;Le soutien et l’accélération des expérimentations de voies réservées (notamment celles prévues dans le cadre de la loi « Climat et résilience »).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le covoiturage fait l’objet d’une politique prioritaire du Gouvernement pour laquelle le préfet de département dispose de cibles annuelles pour son territoire. &lt;/p&gt;</t>
-[...141 lines deleted...]
-          <t>&lt;p&gt;&lt;strong&gt;Créer des aménagements et des nouveaux services dans une stratégie de développement de l’intermodalité autour des gares et des haltes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Aires de stationnement de vélos et de nouveaux usages (réparation, location)&lt;br /&gt;• Parkings relais&lt;br /&gt;• Aires de covoiturages&lt;br /&gt;• Création d’itinéraires et de voies cyclables&lt;br /&gt;• Zones de partage au service de la mobilité du quotidien&lt;br /&gt;• Acquisition de matériel roulant doux et investissements liés à la mise à disposition du public) ...&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Favoriser les connexions dans une stratégie de développement de l’intermodalité autour des gares et des haltes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• &amp;#34;Nœuds d’intermodalités&amp;#34; avec des services qui favorisent la rencontre&lt;br /&gt;• Liens entre haltes ferroviaires …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Relier l’offre ferroviaire du territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Création ou extension de services à proximité directe de la gare/halte …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois, la Région souhaite également cofinancer, les 15 premiers dossiers de demande de subvention par an, des PAR qui n&amp;#039;auraient pas été identifiés comme prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le montant maximum et le % concerne les PAR prioritaires.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les non prioritaires, le montant maximum passe à 3 500€ et le pourcentage à 35% du montant HT des travaux.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
         </is>
       </c>
       <c r="N5" s="1" t="inlineStr">
         <is>
-          <t>Information voyageur, billettique multimodale
-[...1 lines deleted...]
-Modes actifs : vélo, marche et aménagements associés</t>
+          <t>Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="P5" s="1" t="inlineStr">
         <is>
-          <t>01/01/2021</t>
-[...4 lines deleted...]
-          <t>31/12/2027</t>
+          <t>23/07/2018</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 25 000 €&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;br /&gt;• Les projets portés sur le territoire de la Communauté d’Agglomération Le Grand Périgueux&lt;br /&gt;• Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;• Les agriculteurs dans le cadre de leur seule activité agricole&lt;br /&gt;• Les dépenses d’auto-construction&lt;br /&gt;• Les contributions en nature&lt;br /&gt;&lt;/p&gt;</t>
-[...10 lines deleted...]
-Dépenses d’investissement</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires sont les collectivités territoriales (Communes et départements) ou leurs groupements gestionnaires de voiries ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dossier complet comprenant tous les éléments demandés ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   conformité des travaux à la réglementation en matière d&amp;#039;accessibilité et aux préconisations énoncés par le CEREMA dans la dernière version à jour de son « Guide technique de conception des points d&amp;#039;arrêts routiers » ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   PAR identifié comme prioritaire au sein du SD&amp;#039;AP régional ou, pour les arrêts non prioritaires, être dans les 15 premiers dossiers déposés et relever du réseau régional de transport.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus du présent règlement d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les points d&amp;#039;arrêts facultatifs du réseau de lignes régulières,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plateformes ou arrêts exclusivement dédiés au transport scolaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les arrêts de transport à la demande,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les PAR financés par ailleurs dans le cadre de projets de PEM ou d&amp;#039;appels à projets relatifs au développement de l&amp;#039;attractivité des gares.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
         </is>
       </c>
       <c r="U5" s="1" t="inlineStr">
         <is>
-          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+          <t>Pays de la Loire</t>
         </is>
       </c>
       <c r="V5" s="1" t="inlineStr">
         <is>
-          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA2-Intermodalite.pdf</t>
-[...4 lines deleted...]
-          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+          <t>https://www.paysdelaloire.fr/les-aides/mise-en-accessibilite-des-points-darrets-routiers-du-reseau-regional</t>
         </is>
       </c>
       <c r="X5" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord :&lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Direction des transports et des mobilités
+ &lt;br /&gt;
+ Service Gares et infrastructures
+ &lt;br /&gt;
+ Pôle Gares,aménagements intermodaux et accessibilité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carole Garry
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="mailto:Carole.Garry&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  Carole.Garry&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 0228205441
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire sollicitant une aide régionale devra à ce titre présenter un dossier de demande de subvention comprenant tout document utile, et composé à minima :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;une note descriptive du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan de situation,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan d&amp;#039;aménagement au 1/100ème présentant les situations actuelles et projetées,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan de financement détaillé présentant l&amp;#039;état des cofinancements,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un planning prévisionnel,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;une lettre de demande d&amp;#039;aide signée par la personne habilitée et de la délibération du ou des organes délibérant autorisant le représentant à solliciter une aide auprès de la Région.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les bénéficiaires doivent adresser leurs dossiers aux Services de Transports Routiers de Voyageurs (STRV) présents dans chaque département.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
-          <t>s.giedelmann@pays-isle-perigord.com</t>
+          <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/investir-pour-developper-lintermodalite-autour-des-gares-et-des-haltes-ferroviaires/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9af7-mise-en-accessibilite-des-points-darrets-rout/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>74577</v>
+        <v>162803</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Suivre les trajets de covoiturage sans risque de fraude et inciter la pratique du covoiturage sur votre territoire - Registre de preuve de covoiturage</t>
+          <t>Soutenir l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Registre de preuve de covoiturage</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Commune
-[...2 lines deleted...]
-Collectivité d’outre-mer à statut particulier</t>
+          <t>Association</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-Ingénierie Juridique / administrative</t>
+          <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
-        <is>
-[...1594 lines deleted...]
-      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La pratique sportive nécessite de disposer d’équipements spécifiques, souvent coûteux mais nécessaire à une pratique sécurisée, lointaine et dans les meilleures conditions de performance. A ce titre, la Région souhaite aider les associations sportives de son territoire dans l&amp;#039;acquisition de véhicules nécessaires au transport de leurs équipes et de leurs sportifs.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt; Associations sportives ;&lt;/li&gt; 	&lt;li&gt;Ligues et comités sportifs régionaux&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Date de dépôt des dossiers :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://subventionsenligne.maregionsud.fr/</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...278 lines deleted...]
-      <c r="E18" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>44620</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Aménager une voirie impliquant le réseau routier départemental</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Tarn</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
-[...5 lines deleted...]
- Cette action correspond à la fiche N° 41 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Confrontés à des difficultés de circulation, la commune ou la communauté de communes peut être amenée à s&amp;#039;interroger sur la réalisation d&amp;#039;aménagements se développant en domaine public départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Cela concerne notamment, les projets d&amp;#039;aménagement de la voirie départementale dans le cadre d&amp;#039;opérations d&amp;#039;urbanisme en agglomération ou de valorisation des espaces urbains en traverse d&amp;#039;agglomération, ou bien, le traitement des problèmes ponctuels de sécurité, au niveau d&amp;#039;un carrefour situé hors agglomération, entre une voie communale et une route départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 40 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn à l&amp;#039;adresse suivante : https://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
-[...893 lines deleted...]
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aménagement d&amp;#039;un cheminement piéton le long de la RD622
 &lt;/p&gt;
 &lt;p&gt;
  Décaler un arrêt bus au carrefour de la RD 622 et d&amp;#039;une voie communale
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement d&amp;#039;un cheminement piéton entre le cimetière et le complexe sportif, le long de la RD4
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement de sécurité aux abords d&amp;#039;un arrêt bus au carrefour des VC 4 et RD 35
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement de sécurité dans la traversée du village, études et simulation avec des écluses - RD6
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement de sécurité dans la traversée de l&amp;#039;agglomération
 &lt;/p&gt;
 &lt;p&gt;
  Recherche de solution pour l&amp;#039;accessibilité PMR des arrêts bus au Giratoire de Gabor - RD630
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Création d&amp;#039;une agglomération avec signalisation (RD 631)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation au Plan de déplacement urbain - RD 10 et RD 14
 &lt;/p&gt;
 &lt;p&gt;
  Mise à jour de la signalisation de police dans l&amp;#039;agglomération
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pose de radars pédagogiques
 &lt;/p&gt;
 &lt;p&gt;
  Réalisation de comptages avec analyse de vitesse en traverse du village
 &lt;/p&gt;
 &lt;p&gt;
  Interdiction des poids lourds dans la traverse du village
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Tarn</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nom / Prénom : Pierre Albinet
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : ingenierietarn&amp;#64;tarn.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 63 45 64 75
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>pierre.albinet@tarn.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3936-amenager-une-voirie-impliquant-le-reseau-rout/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
-[...11546 lines deleted...]
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>