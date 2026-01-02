--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA59"/>
+  <dimension ref="A1:AA142"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1192 +228,1760 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>164236</v>
+        <v>117157</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Développer le covoiturage sur son territoire</t>
-[...10 lines deleted...]
-          <t>[AXE 3] Développement du covoiturage</t>
+          <t>Accompagner les collectivités en matière de mobilité et de développement des transports collectifs (lignes régulières de transports collectifs et transport à la demande)</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
-[...4 lines deleted...]
-          <t>Préfectures de département</t>
+          <t>ID77</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la collectivité dans la définition, l&amp;#039;élaboration, la mise en œuvre et le suivi d&amp;#039;un projet de développement ou de restructuration des transports collectifs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Information sur l&amp;#039;organisation des transports collectifs en Île-de-France et le rôle des différents niveaux de collectivités locales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation d&amp;#039;un diagnostic transport et déplacement du territoire : élaboration d&amp;#039;un état des lieux de l&amp;#039;offre de transport collectifs routiers et ferrés ; cartographies et données associées, qualification de l&amp;#039;offre de transport ; appréhender les principaux flux de déplacements du territoire (sous réserve des données disponibles), identifier les pôles attractifs, identifier les projets de transports structurants et leurs impacts (TCSP, trains, métro)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition des besoins prioritaires de développement des transports collectifs (lignes régulières ou transport à la demande).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils pour l&amp;#039;élaboration d&amp;#039;un projet de développement des lignes régulières ou de transport à la demande : opportunité, consistance de l&amp;#039;offre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un cahier des charges d&amp;#039;étude transport ou d&amp;#039;exploitation d&amp;#039;un service de transport à la demande : transmission de modèles, relecture des pièces...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil méthodologique pour la mise en œuvre, accompagnement de la collectivité dans ses démarches auprès des transporteurs, d&amp;#039;Ile-de-France mobilités ou d&amp;#039;autres partenaires. Recherche de financement. Conseil sur la communication auprès des habitants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des projets ou des lignes existantes : bilan de la fréquentation sous réserves des données disponibles ; identification des atouts et dysfonctionnements éventuels (itinéraires, horaires, fréquences, aménagements de voiries/points d&amp;#039;arrêts..) ; conseils et préconisations pour la mise en œuvre d&amp;#039;actions correctives.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3723-accompagner-les-collectivites-en-matiere-de-m/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>66410</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des plans de mobilité et des schémas locaux de déplacements</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise à :
+&lt;/p&gt;
+&lt;p&gt;
+ - élaborer des schémas de déplacement sur le territoire, notamment sous forme d&amp;#039;un Plan de Mobilité pour les agglomérations de plus de 100 000 habitants ou sous forme de Schémas Locaux de Déplacements, etc...
+&lt;/p&gt;
+&lt;p&gt;
+ - développer l&amp;#039;usage des transports publics en favorisant l&amp;#039;adaptation et le dimensionnement des réseaux existants aux besoins des habitants et en organisant leur complémentarité,
+&lt;/p&gt;
+&lt;p&gt;
+ - rendre les transports publics plus compétitifs et attractifs que la voiture particulière, favoriser l&amp;#039;intermodalité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide régionale maximale de 30% du coût TTC de l&amp;#039;opération, portée à 40% dans le cadre de la démarche territoire durable 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ - Les PLU et PLUI.sont éligibles au présent dispositif. Néanmoins seules les dépenses liées au volet mobilité seront prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Réalisation d&amp;#039;un diagnostic recensant la structuration du territoire au travers des déplacements réalisés entre les bassins d&amp;#039;emplois et de vie, les réseaux et équipements de transports publics existants.
+&lt;/p&gt;
+&lt;p&gt;
+ - Définition des actions permettant une évolution des modes et des habitudes de déplacements des habitants du territoire, par la réalisation d&amp;#039;équipements publics, l&amp;#039;organisation et/ou la création de services de transports adaptés aux besoins, promouvant la complémentarité entre les différents réseaux de transports publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.normandie.fr/plans-de-mobilite-et-schemas-locaux-de-deplacements</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICE OFFRE DE MOBILITÉ ET INTERMODALITÉ
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.06 (secrétariat)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8c4b-elaborer-des-plans-de-mobilite-et-des-schemas/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>142709</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner votre projet de mobilité servicielle, pour faciliter les déplacements sur votre territoire avec MaaS</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité servicielle (ou MaaS, Mobility as a service) apporte des services numériques pour simplifier l&amp;#039;usage des différentes offres de mobilité en donnant une information complète et en facilitant l&amp;#039;accès à chaque mode de transport.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous voulez construire un projet de MaaS dans votre ville ou région pour favoriser les modes alternatifs à la voiture individuelle ? Le cerema vous accompagne pour la préparation de votre projet et l&amp;#039;analyse de ses effets sur la mobilité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez connaître les possibilités techniques et les bonnes pratiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez être accompagné pour préparer un projet MaaS sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez évaluer l&amp;#039;impact de vos services numériques sur les mobilités ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour la préparation de votre projet et l&amp;#039;analyse des impacts de votre futur système.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires et expertes (données, information, billettique, gouvernance, intermodalité, tarification, politiques publiques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une participation active aux groupes de travail nationaux sur le MaaS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises et compétences au plus près de vos besoins, grâce à un réseau territorialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une longue expérience au service de l&amp;#039;État et des collectivités locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des participations actives à la construction des normes (formats de données, billettique...) et textes réglementaires (Loi d&amp;#039;Orientation des Mobilités...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Comprendre les enjeux du MaaS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Formations sur mesure sur le MaaS (définition, enjeux, aspects techniques, données, gouvernance).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Benchmarks pour identifier les bonnes pratiques et les exemples adaptés à votre projet de territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Construire avec vous un projet MaaS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des besoins et des offres de mobilité de votre territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formalisation des objectifs et identification des lignes directrices de votre projet MaaS.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Evaluer les effets de votre projet sur la mobilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des données issues de vos outils numériques (billettique, applis...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;enquêtes quantitatives et qualitatives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation des impacts avec une méthodologie éprouvée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ils nous font confiance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole européenne de Lille
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement de la Métropole européenne de Lille pour élaborer la stratégie de développement du MaaS (2020 - 2021)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sytral
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Appui au Sytral sur la stratégie de développement du MaaS (2021 - 2022)
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   CNFPT
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Réalisation de formation sur les mobilités connectées et le MaaS pour le CNFPT (2020-2021)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Fluidtime
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Animation de l&amp;#039;écosystème des acteurs du MaaS de Grenoble lors du Symposium de Fluidtime à Vienne (Septembre 2021)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ATEC ITS
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Présentation de l&amp;#039;observatoire du MaaS lors du congrès ATEC ITS (Janvier 2020)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ERTICO
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Présentation sur le rôle du MaaS dans les politiques publiques de mobilité lors du congrès ITS Europe de Lisbonne (Novembre 2020)
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/maas-accompagner-votre-projet-mobilite-servicielle-faciliter</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e9ad-accompagner-votre-projet-de-mobilite-servicie/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>149149</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réalisation d’études de mobilités</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la réalisation d’études de mobilités</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;étude de mobilités ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 50 000€ et 80% de prise en charge.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>17/09/2021</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Autorité organisatrice de la mobilité (AOM) non soumise à l&amp;#039;obligation de réalisation d&amp;#039;un Plan de mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats mixtes, Groupements européens de coopération territoriale (GECT), Pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) et pays, dûment mandatés par vos AOM-membres pour porter l&amp;#039;étude
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de communes délégataire de la Région, Autorité organisatrice de la mobilité sur votre ressort territorial, au titre des articles 1231-1 et 1231-1-1 du Code des Transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont exclues de ce dispositif les communes, les entreprises privées et les personnes physiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Et si votre projet concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toute étude relevant du domaine de compétence de l&amp;#039;Autorité organisatrice des mobilités, sauf celles qui répondent à un dispositif régional spécifique (aménagement des points d&amp;#039;arrêt ferroviaires et routiers, revitalisation de centre bourg/ville, mise en place de flottes faibles émissions), sauf dépenses de fonctionnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/dispositif-de-soutien-a-la-realisation-detudes-de-mobilites-par-les-autorites-organisatrices-de-la-mobilite-aom/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d&amp;#039;un entretien personnalisé afin de vous aider dans l&amp;#039;élaboration de votre projet et de vous guider dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ Ou adressez dès à présent une lettre d&amp;#039;intention à la Région. Cette lettre sollicite officiellement l&amp;#039;aide régionale et doit décrire de façon synthétique votre projet (délibération de lancement du projet, plan de financement, description technique, date prévisionnelle de dernière livraison). Cette sollicitation vous permet de lancer l&amp;#039;étude de votre côté et nous permet d&amp;#039;instruire votre demande en parallèle, sans ralentir votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Privilégiez un envoi par mail :
+ &lt;a target="_self"&gt;
+  dispositifetudesmobilites&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e6cc-soutien-a-la-realisation-detudes-de-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>143362</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K2" s="0" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
-[...153 lines deleted...]
-          <t>Information voyageur, billettique multimodale
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de neutralité carbone à horizon 2050 implique d&amp;#039;importants changements sur l&amp;#039;organisation des systèmes de transports, les usages et comportements, ainsi que les choix technologiques associés. Tous les leviers (report modal, taux de remplissage, efficacité énergétique, sobriété des déplacements) doivent être mobilisés, à la fois pour les voyageurs et les marchandises.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Expert public des mobilités, le Cerema accompagne le passage à l&amp;#039;action des collectivités dans le déploiement de solutions structurantes pour la mobilité décarbonée de tous, dans une dynamique vertueuse de réduction des émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA REPONSE DU CEREMA
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Du diagnostic des besoins de déplacements à la mise en place des services de mobilité les plus adaptés, le Cerema s&amp;#039;engage à vos côtés !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Développer les modes actifs : vélo, marche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema sécurise et adapte la conception des espaces publics et voiries urbaines au développement de la marche et du vélo.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage, expertise et conseil pour élaborer votre politique modes actifs et réaliser des aménagements cyclables et piétons
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations aux politiques de développement des modes actifs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Programmes et références
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recommandations d&amp;#039;aménagement pour déployer les « coronapistes »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil technique de proximité pour développer les politiques cyclables (programme CEE AVELO2 avec Ademe) ; faire évoluer la doctrine et la diffuser (programme CEE ADMA).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Favoriser le report modal vers les transports collectifs et services de mobilités partagés (covoiturage, autopartage)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organiser l&amp;#039;intermodalité : pôles d&amp;#039;échanges, coordination des services de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Redynamiser les petites lignes ferroviaires, via des outils d&amp;#039;analyse du potentiel ferroviaire et de la redynamisation des capillaires fret
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser les mobilités et leur intermodalité en villes moyennes et territoires peu denses (programmes France Mobilités et Action Coeur de ville)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des solutions de covoiturage (services et voies réservées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer l&amp;#039;offre de services numériques (systèmes tout en un « MaaS »).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Organiser des actions de logistique urbaine durable pour la décarbonation du dernier kilomètre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Programme InTerLUD (d&amp;#039;Innovations Territoriales et Logistique Urbaine Durable) avec LLC, Rozo et Ademe, dans le cadre du dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  250 métropoles, communautés urbaines et d&amp;#039;agglomérations sensibilisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 chartes locales de logistique urbaine élaborées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des actions spécifiques déployées (espaces logistiques, optimisation des tournées, gestion des livraisons, logistique fluviale...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Accompagner la transition énergétique des systèmes de transport
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en oeuvre des SDIRVE (bornes de recharge électriques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation de systèmes pour les autoroutes électriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil aux collectivités pour la transition des flottes de bus (potentiel d&amp;#039;usage des différentes motorisations, pertinence avec le réseau de transport).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Adapter les conditions d&amp;#039;usages des mobilités
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation des revêtements et voiries urbaines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Management de la mobilité ; adaptation des horaires et politiques temporelles des activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification de la vulnérabilité des réseaux de transports.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagné pour préparer un projet MaaS sur votre territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des aménagements cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser une logistique urbaine vertueuse
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;efficacité d&amp;#039;un service de mobilité autonome
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
-[...135 lines deleted...]
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
-[...149 lines deleted...]
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
-[...20 lines deleted...]
- .
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-mobilite-decarbonee</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38c4-agir-pour-une-mobilite-decarbonee/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H5" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>139943</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Financer les plans de mobilités et les nouveaux services de mobilités en milieu rural</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif mobilités rurales - Région Centre-Val de loire (pour les Territoires non AOM)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 50</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Il est porté à 80% pour les plans de mobilité ruraux des intercommunalités. Dans tous les cas, le montant de la subvention ne peut pas être inférieur à 2000€ ou supérieur à 50.000€.</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...7 lines deleted...]
-&lt;p&gt;
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de l&amp;#039;exercice direct de sa compétence transports et dans le cadre de son rôle d&amp;#039;autorité organisatrice des mobilités locales sur les territoires qui n&amp;#039;ont pas pris la compétence, la Région apporte son appui aux initiatives nouvelles sur les territoires ruraux qui permettent de mieux connaître les besoins de mobilité, de faire connaître les réponses existantes, d&amp;#039;expérimenter ou de déployer de nouvelles solutions adaptées aux enjeux locaux de mobilité, afin d&amp;#039;améliorer les conditions d&amp;#039;accès aux pôles de services et aux zones d&amp;#039;emplois des territoires relevant de sa compétence.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
-[...51 lines deleted...]
-          <t>Espace public
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;initiative doit s&amp;#039;inscrire dans au moins un des enjeux thématiques mentionnés ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développer le management de la mobilité sur le territoire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Mettre à disposition de l&amp;#039;information sur des outils à distance ne suffit pas. Il s&amp;#039;agit à la fois de mieux connaître les besoins du territoire, les comportements, et de mieux associer besoins et offre de mobilité.
+ &lt;br /&gt;
+ Le management de la mobilité dispose d&amp;#039;un potentiel fort pour aider chacun à trouver de nouvelles solutions, mettre en relation des covoitureurs potentiels dans une entreprise, etc. et in fine modifier les comportements.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région a décidé de renforcer son action dans ce domaine, auprès des acteurs qui la sollicitent : collectivités ou groupement de collectivités pour travailler à la bonne échelle des bassins de mobilité, acteurs économiques ou groupement d&amp;#039;acteurs économiques pour trouver des solutions à la mobilité des employés, ou directement public visé....
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil en mobilité, à destination des entreprises, des particuliers, des personnes en insertion, aide chacun à trouver une solution adaptée, à tester de nouveaux usages. La Région l&amp;#039;encourage et propose des financements pour le mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité des employés est une problématique spécifique, qui présente un enjeu fort de maintien de l&amp;#039;activité sur plusieurs territoires. Afin de soutenir l&amp;#039;emploi et ses entreprises, la Région proposera sa contribution, notamment en réponse aux demandes qui émaneront des territoires désignés « Territoires d&amp;#039;industrie. »
+&lt;/p&gt;
+&lt;p&gt;
+ La Région pourra donc notamment apporter une aide financière aux collectivités et aux entreprises qui souhaitent s&amp;#039;engager à plusieurs dans l&amp;#039;élaboration de leur plan de mobilité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Région encourage et accompagne par ailleurs la réalisation d&amp;#039;études de mobilité (plan de mobilité simplifié ou équivalent) et de schémas cyclables sur les territoires, à l&amp;#039;échelle des EPCI ou des bassins de mobilité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil en mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poste de conseiller en mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en mobilité solidaire&amp;#61;&amp;gt; Poste de conseiller en mobilité inclusive, mise à disposition ponctuelle de solution de mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de mobilité (ex-PDE) &amp;#61;&amp;gt; Prestation externalisée pour l&amp;#039;élaboration d&amp;#039;un plan
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de mobilité en milieu rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schémas cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aider à l&amp;#039;émergence de nouveaux services adaptés aux territoires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Au-delà d&amp;#039;une meilleure connaissance des besoins, et d&amp;#039;actions sur les comportements de chacun, il apparaît nécessaire d&amp;#039;encourager plus avant les initiatives locales des acteurs locaux, privés ou publics, pour aider à l&amp;#039;émergence de nouvelles solutions répondant mieux aux besoins de mobilité identifiés.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif permet d&amp;#039;accompagner la mise en oeuvre des projets locaux.
+ &lt;br /&gt;
+ Concernant le covoiturage, parce que l&amp;#039;animation locale est indispensable à la réussite des projets de partage de la voiture en particulier en milieu rural, la Région aide les projets locaux de covoiturage spontané, d&amp;#039;aménagements signalétiques de points stop ou d&amp;#039;aires de covoiturage, l&amp;#039;animation et la communication locale. Elle aide également le développement du covoiturage sous l&amp;#039;angle solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Parce que nombre de voitures stationnent sur tout le territoire et que leur partage revêt à la fois une utilité sociale et un complément de revenus pour leur propriétaire, les projets qui visent à faire connaître et animer l&amp;#039;autopartage entre particuliers pourront également bénéficier de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément des transports à la demande Rémi &amp;#43; qui irriguent aujourd&amp;#039;hui le territoire, les acteurs locaux qui souhaitent développer des offres de services de mobilité à la demande complémentaires dans le cadre d&amp;#039;expérimentations pourront bénéficier de l&amp;#039;aide financière régionale, particulièrement lorsqu&amp;#039;ils proposent des solutions innovantes. A ce titre, les accords de communes avec des artisans taxis, les services de mobilité à la demande avec réservation dynamique ou par véhicules autonomes feront l&amp;#039;objet d&amp;#039;une attention particulière.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Covoiturage &amp;#61;&amp;gt; Covoiturage spontané, aménagements signalétiques de points stop ou d&amp;#039;aires de covoiturage, animation et communication locale / Aménagement d&amp;#039;aires de covoiturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autopartage &amp;#61;&amp;gt;Communication et animation autour de l&amp;#039;autopartage entre particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service de mobilité à la demande &amp;#61;&amp;gt; Développement de services de mobilité à la demande complémentaires, en particulier comprenant une dimension innovante, non concurrents des transports à la demande organisés par la Région/ Véhicules autonomes/ Appui aux taxis locaux pour des mobilités collectives vers les services implantés sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélo utilitaire &amp;#61;&amp;gt; Vélostations et maisons du vélo / Acquisition ou location de vélos pour mise à disposition d&amp;#039;une flotte à destination des habitants
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Uniquement à destination des 57 EPCI de la Région non compétentes en matière de mobilité (non AOM).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de ce nouveau dispositif régional, l&amp;#039;initiative doit s&amp;#039;inscrire dans au moins un des enjeux thématiques listé précédemment (tableau management de la mobilité, tableau aide à l&amp;#039;émergence de nouveaux services) sur un sujet éligible au dispositif mobilité rural, et ne doit pas faire concurrence à un service privé ou public équivalent sur le secteur d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité est également appréciée au regard de critères complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité de l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Impact environnemental positif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution à la baisse de l&amp;#039;usage de la voiture individuelle solo
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Public cible privilégié : jeunes, personnes sans solution de mobilité ou sans solution alternative à la voiture individuelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre de personnes concernées par l&amp;#039;action
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration de la dimension communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérennité du projet et de son impact sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats devront adresser un plan de financement prévisionnel. Lorsqu&amp;#039;une aide en fonctionnement est sollicitée, ils devront indiquer comment ils envisagent de poursuivre le service au-delà de la période de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée dans la limite de l&amp;#039;enveloppe annuelle disponible par section budgétaire (investissement, fonctionnement).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région se réserve le droit d&amp;#039;opérer une sélection des projets les plus conformes aux critères d&amp;#039;éligibilité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.centre-valdeloire.fr/vivre/simplifier-les-mobilites/mobilites-rurales-et-solidaires/accompagner-les-initiatives-locales</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacts :
+ &lt;br /&gt;
+ &lt;br /&gt;BASTIEN MOREL / Chargé de mission mobilité 41  / bastien.morel&amp;#64;centrevaldeloire.fr  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;THOMAS HILSMANN / Chargé de mission mobilité 37 / thomas.hilsmann&amp;#64;centrevaldeloire.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;VALENTIN BRIDEAU / Chargé
+  de mission mobilité 28 &amp;amp; 45 / valentin.brideau&amp;#64;centrevaldeloire.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;EMMANUEL GERBER / Chargé de mission mobilité 18 &amp;amp; 36 / emmanuel.gerber&amp;#64;centrevaldeloire.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>erik.leconte@centrevaldeloire.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4db6-financer-les-plans-de-mobilites-et-les-nouvea/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>163043</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie sociale et solidaire
+Accessibilité
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
-Modes actifs : vélo, marche et aménagements associés</t>
-[...2 lines deleted...]
-      <c r="O5" s="1" t="inlineStr">
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E6" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>162347</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Assurer la protection des individus lors de leurs déplacements sur le réseau de transport régional</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Pass Sûreté</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="H6" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="N6" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Réservé aux métiers des forces de l’ordre et de secours, le Pass Sûreté accorde la gratuité des transports ZOU ! sur un trajet domicile-travail.&lt;/p&gt;
+&lt;p&gt;En souscrivant à ce Pass, les bénéficiaires s’engagent à porter assistance aux usagers en cas de besoin et à intervenir pour assurer la protection des individus lors de leurs déplacements sur le réseau de transport régional.&lt;/p&gt; &lt;p&gt;Policiers, gendarmes, douaniers, pompiers, marins-pompiers, militaires, personnels actifs de l’administration pénitentiaire et les Equipes Mobiles Académiques de Sécurité (EMAS), résidant et travaillant exclusivement en Provence-Alpes-Côte d’Azur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="S6" s="1" t="inlineStr">
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2022</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Souscription à l’abonnement sur le site &lt;a href="https://m.ter.sncf.com/sud-provence-alpes-cote-d-azur/tarifs-cartes/tarifs-speciaux/pass-surete-nouvelle-formule/demande"&gt;TER SNCF SUD&lt;/a&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/pass-surete</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://m.ter.sncf.com/sud-provence-alpes-cote-d-azur/tarifs-cartes/tarifs-speciaux/pass-surete-nouvelle-formule/demande</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pass-surete/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>154984</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les solutions de mobilité existantes, coordonner et réduire les besoins en déplacement</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...69 lines deleted...]
- L&amp;#039;achat de l&amp;#039;équipement pour prétendre à l&amp;#039;aide régionale ne doit pas être antérieure au 1er juillet 2023. Dans l&amp;#039;hypothèse d&amp;#039;un achat réalisé le 1er juillet, la demande d&amp;#039;aide devra être effectuée avant le 2 novembre 2023 pour respecter le délai imposé de 4 mois.
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire bénéficie d&amp;#039;une position de carrefour régional, interrégional et transfrontalier et profite d&amp;#039;un réseau d&amp;#039;infrastructures qui le traverse facilement du nord au sud et mais de manière plus contraignante d&amp;#039;est en ouest.
+&lt;/p&gt;
+&lt;p&gt;
+ Corrélativement à la montée en charge du cadencement du TER 200, le territoire qui profite d&amp;#039;une offre de transport en commun de type inter-urbaine et scolaire, a conforté ses atouts avec des offres complémentaires (le Transport Intercommunal de Sélestat ;
+&lt;/p&gt;
+&lt;p&gt;
+ la plateforme de covoiturage ;
+&lt;/p&gt;
+&lt;p&gt;
+ le développement de l&amp;#039;autopartage avec le réseau Citiz ;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;incitation à la pratique du vélo ;&lt;/p&gt;
+&lt;p&gt;
+ Malgré toutes ces initiatives, des faiblesses persistent et la mobilité demeure contraignante pour l&amp;#039;ensemble du territoire, ses habitants et ses usagers - les publics jeunes, les séniors, mais également les professionnels,
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité est donc un besoin majeur du territoire. Les EPCI membres du PETR et la Communauté de communes du Canton d&amp;#039;Erstein se sont saisis du sujet en se constituant Autorité organisatrice de mobilité (AOM).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la démarche LEADER, le besoin de mobilité fait émerger un enjeu sur l&amp;#039;amélioration du maillage et des services de mobilité partagées, actives et décarbonées et un enjeu sur la réduction de besoin de mobilité, soit la dé-mobilité, laquelle est liée aux besoins de services et d&amp;#039; équipements de proximité.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
-[...62 lines deleted...]
-      <c r="O8" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir l&amp;#039;implantation et le développement des transports à la demande, du covoiturage, de l&amp;#039;autopartage des transports mutualisés et des mobilités sociales et solidaires ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Actions d&amp;#039;animation, de coordination, de mise en réseau, de promotion, de sensibilisation et de communication contribuant au développement des mobilités alternatives (mobilité partagée, mobilité actives, mobilité décarbonée)
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutien à la création et au développement des services et/ou équipements dédiés aux vélos ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutien au développement des plans de mobilité au sein des entreprises (études, actions de mise en réseau, outils de communication) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Soutenir l&amp;#039;implantation de commerces/services de proximité ou itinérants dans les communes ; Création et développement d&amp;#039;équipements mutualisés (santé, petite enfance, parentalité, intergénérationnel)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Equipement public
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="S8" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e71e-promouvoir-les-solutions-de-mobilite-existant/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>152162</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Aider à la réalisation de travaux d’aménagement d’infrastructures de circulation douce et modes de déplacements actifs</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>CIRCULATIONS DOUCES / MODES DE DEPLACEMENT ACTIFS</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
+      <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la réalisation de travaux d&amp;#039;aménagement d&amp;#039;infrastructures de circulations douces destinés aux publics pratiquant un mode de déplacement actif, y compris les études préliminaires, les acquisitions foncières et les équipements de service annexes et en lien direct avec l&amp;#039;utilisation des infrastructures.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ces voies de circulations douces sont réservées à un usage non motorisé (exception faite, le cas échéant, des véhicules de déplacement personnels de type trottinette électrique ou véhicules d&amp;#039;entretien) et regroupent différents types d&amp;#039;aménagements : voie verte, bande cyclable, piste cyclable, etc.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M9" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une voie douce pour les promeneurs à Clairoix
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une liaison piétonne et cyclable vers la gare de Verberie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une piste cyclable le long de la RD 820
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Installation de stationnements sécurisés pour les vélos à Compiègne
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un itinéraire cyclable entre Thourotte et Longueil-Annel
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une voie verte entre Noyon et Ribécourt-Dreslincourt
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une piste cyclable le long de l&amp;#039;Oise à Creil
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place des zones 30 et pistes cyclables à Lacroix-Saint-Ouen
  &lt;/li&gt;
  &lt;li&gt;
   Étude et création de circulations douces entre les communes de Bury et Tricot
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -1597,3609 +2165,4210 @@
 &lt;ul&gt;
  &lt;li&gt;
   infrastructures exclusivement dédiées à une pratique sportive (ex.: parcours BMX) ;
  &lt;/li&gt;
  &lt;li&gt;
   trottoirs et sentes piétonnes en agglomération ;
  &lt;/li&gt;
  &lt;li&gt;
   itinéraires de randonnée pédestre ;
  &lt;/li&gt;
  &lt;li&gt;
   zones 30 et zones de rencontre (éligibles au titres des crédits d&amp;#039;Etat, amendes de police) ;
  &lt;/li&gt;
  &lt;li&gt;
   aménagement de type chaussée à voie centrale banalisée (CVCB ou Chaussidou) sur Route Départementale hors agglomération ;
  &lt;/li&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ;
  &lt;/li&gt;
  &lt;li&gt;
   aménagements hors champ de l&amp;#039;objet de l&amp;#039;aide.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W9" s="1" t="inlineStr">
+      <c r="W11" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2b58-aider-a-la-mise-en-place-ou-a-la-rehabilitati/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>72304</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mobilité des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>40% des investissements éligibles HT avec un minimum de 3 000 € et un maximum de 100 000 € (soit une</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif financier vise à accompagner les TPE de l&amp;#039;artisanat-commerce, s&amp;#039;engageant dans une démarche de service de proximité à la population et souhaitant investir dans un camion tournées pour apporter un service dans la commune et/ou au domicile du particulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant - marchés/stationnement sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou le renouvellement d&amp;#039;un véhicule constituant le point de vente ambulant (achat d&amp;#039;un véhicule neuf) justifiant à minima de 3 000 € d&amp;#039;aménagements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et/ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant - Tournées sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou le renouvellement d&amp;#039;un véhicule de tournée (achat d&amp;#039;un véhicule neuf) et ses aménagements éventuels (sans minimum requis),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant – Marchés &amp;#43; tournées sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou au renouvellement d&amp;#039;un véhicule de tournée (achat d&amp;#039;un véhicule neuf) et ses aménagements éventuels (sans minimum requis),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans les 3 cas, la liste des dépenses éligibles est :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  achat d&amp;#039;un véhicule neuf, aménagé ou non,
+ &lt;/li&gt;
+ &lt;li&gt;
+  carrosserie en panneaux sandwich,
+ &lt;/li&gt;
+ &lt;li&gt;
+  meuble de travail,
+ &lt;/li&gt;
+ &lt;li&gt;
+  étalage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  comptoirs réfrigérés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupe frigo,
+ &lt;/li&gt;
+ &lt;li&gt;
+  appareils de cuisson ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements spécifiques à l&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aménagements doivent être réalisés par une entreprise tierce et être justifiés par la présentation de factures acquittées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant - marchés/stationnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une carte de commerçant ambulant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET ayant participé à minima à 8 marchés au cours du dernier mois. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à participer à minima à 8 marchés par mois, au plus tard dans les 6 mois suivant sa demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  OU pour les foodtrucks et camions de restauration rapide, justifier à minima de 6 stationnements au cours du dernier mois dans une ou plusieurs communes rurales de moins de 5 000 habitants. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à minima de 6 stationnements par mois, dans une ou plusieurs communes rurales de moins de 5 000 habitants au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant -Tournées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  justifiant à minima d&amp;#039;une tournée correspondant à 4 jours par semaine dans une ou plusieurs communes rurales (&amp;lt; 5 000 habitants),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à réaliser à minima une tournée correspondant à 4 jours par semaine au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant – Marchés &amp;#43; tournées souhaitant investir dans un véhicule pour effectuer des marchés et des tournées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une carte de commerçant ambulant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET ayant participé à minima à 4 marchés au cours du dernier mois. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à participer à minima à 4 marchés par mois, au plus tard dans les six mois suivant sa demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET justifiant à minima d&amp;#039;une tournée correspondant à 2 jours par semaine dans une ou plusieurs communes rurales (&amp;lt; 5 000 habitants). En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à réaliser à minima une tournée correspondant à 2 jours par semaine au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les entreprises doivent être à jour de leurs obligations fiscales et sociales et ne doivent pas répondre à la définition d&amp;#039;entreprise en difficulté.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne peuvent pas bénéficier du dispositif :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions libérales réglementées ou assimilées (avocats, notaires, sages-femmes, infirmiers, pharmacies...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les commerce de gros,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les professionnels effectuant des opérations de démarchage réglementées par des textes particuliers (agents commerciaux, VRP,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités de transports de personnes (taxi, ambulances, VTC...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les entreprises du secteur BTP.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/extranet/dispositif-consulter.sub?sigle=MOBI</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/139a-soutenir-la-mobilite-des-artisanscommercants/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>112009</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Développer les mobilités alternatives</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Implanter des équipements de mobilité alternative et accompagner les acteurs du territoire pour la mutation de leurs flottes vers des véhicules propres.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ MODALITES D&amp;#039;ACCOMPAGNEMENT
+&lt;/p&gt;
+&lt;p&gt;
+ En lien avec les services de développement économiques et/ou les services logistiques de la collectivité, le SDEEG identifie le potentiel du territoire et développe le projet d&amp;#039;infrastructure de recharge pour véhicules électriques ou de stations au biogaz:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  investissement et réalisation de borne de recharge pour véhicules électriques à usage public ou privé (parking ateliers municipaux...) et/ou de station au biogaz
+ &lt;/li&gt;
+ &lt;li&gt;
+  exploitation des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  communication et information sur les avantages à convertir une flotte et les aides financières : baisse des émissions de particules fines, de Nox, de CO2, des nuisances sonores.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  infrastructure de recharge électrique ou station au biogaz accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  étude de faisabilité technico-économique de conversion de flotte
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Qualité de l'air
+Animation et mise en réseau
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  intervention en référence au parc existant d&amp;#039;IRVE et au schéma départemental et régional des station GNV (Gaz Naturel pour Véhicules)
+ &lt;/li&gt;
+ &lt;li&gt;
+  présence de potentiels utilisateurs à proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  trafic routier à proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  présence du réseau d&amp;#039;électricité et de gaz
+ &lt;/li&gt;
+ &lt;li&gt;
+  foncier disponible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/316-mobilite-durable.html</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental Energies et Environnement de Gironde
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie Lalanne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de projets mobilité alternative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f797-developper-les-mobilites-alternatives/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>94977</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mobilité internationale des lycéens</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité internationale des lycéens</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Outre qu&amp;#039;elle représente un facteur déterminant dans leur insertion professionnelle, cette expérience leur permettra de pratiquer une langue étrangère au quotidien et en milieu professionnel, d&amp;#039;appréhender des méthodes de travail différentes, de s&amp;#039;adapter à un nouvel environnement social et culturel, d&amp;#039;améliorer leurs compétences, de gagner en confiance en soi et de valoriser leur formation.
+Cette aide concerne les lycéens préparant un CAP, un Bac Pro, un Bac technologique en hôtellerie, un Brevet des métiers d&amp;#039;art (BMA), un Diplôme de technicien des métiers du spectacle (DTMS) ou une Mention complémentaire dans un établissement du Grand Est. En tant qu&amp;#039;organisateurs des séjours, ce sont les établissements qui perçoivent l&amp;#039;aide régionale. Toutes les destinations en Europe sont éligibles ainsi que les régions partenaires du Grand Est, dont la liste complète figure dans le règlement ci-dessous. L&amp;#039;aide régionale s&amp;#039;applique aux périodes de formation en milieu professionnel (PFMP) qui font partie intégrante de la formation des lycéens et dont la durée est de 3 semaines minimum à de 8 semaines maximum.
+L&amp;#039;aide peut être cumulée avec celle du Rectorat, du programme Erasmus&amp;#43;, de l&amp;#039;OFAJ ou de tout autre organisme. En fonction de l&amp;#039;état des dépenses réelles fourni par le lycée à l&amp;#039;issue du stage, son montant peut atteindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  75 € par semaine et par élève pour les mobilités sans hébergement : seules les dépenses de transport sont éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  150 € par semaine et par élève pour les mobilités avec hébergement payant : les dépenses de transport, d&amp;#039;hébergement et de restauration sont éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+   Guide utilisateurs du portail des aides dématérialisées
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.jeunest.fr/wp-content/uploads/2019/12/3129-D%C3%A9pliant-mobilit%C3%A9-v16-par-pages.pdf" rel="noopener" target="_blank"&gt;
+   Découvrez la plaquette d&amp;#039;information
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retrouvez les témoignages de jeunes soutenus dans leur mobilité par la Région Grand Est et partagez votre expérience dans
+  &lt;a href="https://www.jeunest.fr/carnet-de-voyage/" rel="noopener" target="_blank"&gt;
+   le Carnet de Voyage
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>28/08/2017</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-regional-mobilites-lyceens/</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0013/depot/simple</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute demande de renseignement :
+ &lt;strong&gt;
+  Sylvie Truffet
+ &lt;/strong&gt;
+ , chargée de mission à la direction de la Jeunesse, des Sports et de l&amp;#039;Engagement : 03 26 70 74 69 - sylvie.truffet&amp;#64;grandest.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a60-mobilite-internationale-des-lyceens/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>162434</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Développer la mobilité électrique</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Mayenne est l&amp;#039;interlocuteur privilégié des collectivités locales et des particuliers, pour tout ce qui concerne les réseaux gaz et électriques. Pour le compte des communes du département propriétaires des réseaux gaz et électrique, Territoire d&amp;#039;énergie Mayenne intervient sur le réseau public pour tous les travaux garantissant la qualité de l&amp;#039;énergie distribuée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Outre ses missions sur le réseau d&amp;#039;électricité et de gaz, Territoire d&amp;#039;énergie Mayenne accompagne les communes qui le souhaitent pour toutes les actions en faveur du développement des énergies renouvelables et des mobilités décarbonées.&lt;/p&gt;&lt;p&gt;En tant qu&amp;#039;autorité compétente pour la définition du SDIRVE (schéma directeur pour les infrastructures de recharge pour véhicules électriques), Territoire d&amp;#039;énergie Mayenne accompagne l&amp;#039;ingénierie des collectivités pour l&amp;#039;installation de bornes, dans le respect des orientations du SDIRVE.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.territoire-energie53.fr/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Delphine MONTAGU - Chargé de mission mobilité - &lt;a target="_self"&gt;delphine.montagu&amp;#64;te53.fr&lt;/a&gt;- 07 56 06 10 57&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te53.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-electriques/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>154977</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement des circulations cyclables</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CIRCULATIONS CYCLABLES</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 20% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir l&amp;#039;investissement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;études visant à l&amp;#039;élaboration d&amp;#039;un schéma territorial d&amp;#039;aménagements cyclables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;équipements spécifiques hors agglomération destinés à favoriser le développement des circulations cyclables : voies vertes, pistes cyclables, bandes cyclables, signalisation de police, jalonnement...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études visant à l&amp;#039;élaboration d&amp;#039;un schéma territorial d&amp;#039;aménagements cyclables ou la partie « cyclable » d&amp;#039;un schéma territorial de déplacement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;infrastructures hors agglomération liés aux voies vertes, pistes cyclables, bandes cyclables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;ouvrages d&amp;#039;art hors agglomération de type passerelles cyclables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de jalonnement et de signalisation de police hors agglomération.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses devront répondre aux recommandations en vigueur (CERTU, Vélo et Territoires, CEREMA...), en particulier en ce qui concerne la largeur de l&amp;#039;infrastructure qui doit être d&amp;#039;au moins 3 mètres (diminution ponctuelle envisageable à 2,5 m minimum).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le revêtement des aménagements est imposé avec un niveau de finition permettant un usage « par tous et en toute saison » de type enrobé ou béton.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucun investissement ne participant pas directement par sa nature à la fonction première de l&amp;#039;aménagement ne pourra être pris en compte (exemple : éclairage public, requalification urbaine, traversée d&amp;#039;agglomération).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Plafonds de dépenses :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les travaux d&amp;#039;infrastructures : 200.000€ HT par kilomètre linéaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les ouvrages d&amp;#039;art : 150.000€ HT par ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les études visant à l&amp;#039;élaboration d&amp;#039;un schéma cyclable : 100.000€ HT par étude
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/circulations-cyclables/</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3df-aider-au-maintien-et-au-developpement-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>147249</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'ouverture des données mobilités</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Le Point d’Accès National aux données de transport</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le règlement (UE) n° 2017/1926 du 31 mai 2017 sur la mise à disposition, dans l&amp;#039;ensemble de l&amp;#039;Union, de services d&amp;#039;information sur les déplacements multimodaux définit les règles en matière d&amp;#039;ouverture des données. Ce règlement demande à chaque État membre la création d&amp;#039;un Point d&amp;#039;Accès National (PAN) qui référence l&amp;#039;ensemble des données de mobilité nécessaires à l&amp;#039;information des voyageurs sur le territoire. Le décret 2020-183 du 28 février 2020, paru au Journal Officiel du 1er mars, désigne la plateforme transport.data.gouv.fr comme Point d&amp;#039;accès national (PAN) aux données de l&amp;#039;information multimodale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Point d&amp;#039;Accès National a pour objectif de rendre l&amp;#039;information voyageur sur l&amp;#039;ensemble des modes de transport disponibles sur le maximum de supports numériques, grâce à l&amp;#039;ouverture des données, et ainsi faciliter les déplacements des usagers, favoriser l&amp;#039;intermodalité et lutter contre l&amp;#039;omniprésence de la voiture individuelle.
+ &lt;br /&gt;
+ Celui-ci est destiné aux producteurs de données (collectivités territoriales, entreprises de transport...) et aux réutilisateurs de données (développeurs, applications de calcul d&amp;#039;itinéraires comme Mappy, services d&amp;#039;information,...).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe du Point d&amp;#039;accès national accompagne
+ &lt;span&gt;
+  les producteurs de données pour mener à bien ces ouvertures de données, tant sur un plan technique que juridique, en étroite collaboration avec les réutilisateurs, pour conjuguer au mieux les contraintes et les attentes de cet écosystème.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sur un plan juridique, le PAN joue en particulier un rôle de pédagogie autour des exigences législatives et règlementaires relatives à l&amp;#039;ouverture des données de transport, notamment pour sensibiliser les acteurs, et leur apporter tout éclairage nécessaire. Nous accordons par ailleurs une attention particulière aux conditions d&amp;#039;accès et de mise à disposition des données, afin qu&amp;#039;elles soient les plus uniformes possibles entre les différents jeux de données et qu&amp;#039;elles favorisent la réutilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur un plan technique, nous accompagnons les collectivités dans la compréhension des formats attendus et nous développons des outils pour leur permettre d&amp;#039;améliorer la publication, les mises à jour et la qualité de leurs données.
+ &lt;br /&gt;
+ N
+ &lt;span&gt;
+  ous veillons à proposer une plateforme parfaitement opérationnelle pour répondre à la demande de l&amp;#039;écosystème. En constante évolution, la plateforme évolue selon les besoins exprimés par les producteurs, réutilisateurs ou l&amp;#039;équipe avec de nouvelles fonctionnalités, ou de nouveaux outils, pour faciliter l&amp;#039;ouverture de données, améliorer leur qualité, et inciter à leur réutilisation.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PAN a accompagné plus de 268 autorités organisatrices de la mobilité et une dizaine d&amp;#039;entreprises dans l&amp;#039;ouverture de leurs données mobilité.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces données sont intégrées dans des applications d&amp;#039;information voyageur comme ViaTransit, MyBus, Google Maps, Transit etc.,  ce qui a permis d&amp;#039;accroitre la couverture géographique de ces applications. Cela a notamment été impulsée par l&amp;#039;article 122 de la loi dite « Climat et résilience » qui prévoit un ensemble d&amp;#039;obligations de réutilisation des données du Point d&amp;#039;accès national auprès des services numériques multimodaux, relatives aux informations sur les modes et services de mobilité alternatifs à l&amp;#039;usage individuel du véhicule. Dans ce cadre, les collectivités n&amp;#039;ont plus à faire de demandes d&amp;#039;intégration de leurs données dans les services numériques multimodaux. Elles doivent être intégrées dès lors qu&amp;#039;elles sont publiées dans un format standardisé, sous licence ouverte et avec une qualité suffisante à leur utilisation.
+ &lt;a href="https://transport.data.gouv.fr/loi-climat-resilience" target="_self"&gt;
+  Plus d&amp;#039;informations
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les producteurs et réutilisateurs ont accès à différents outils leur permettant d&amp;#039;améliorer la qualité et la découvrabilité des données :
+ &lt;a href="https://transport.data.gouv.fr/validation" target="_self"&gt;
+  validateurs à la demande
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://transport.data.gouv.fr/tools/siri-querier" target="_self"&gt;
+  générateur de requêtes SIRI
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://transport.data.gouv.fr/tools/gtfs_diff" target="_self"&gt;
+  comparateur de GTFS (GTFS diff)
+ &lt;/a&gt;
+ , conversion en GeoJSON des ressources etc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;transport.data.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>contact@transport.beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e693-accompagner-louverture-des-donnees-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>144522</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la mobilité étudiante</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Programme MobE</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>CESI</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ MobE est un programme de Certificats d&amp;#039;Économie d&amp;#039;Énergie destiné à comprendre et optimiser la mobilité économe en énergie des étudiants dans les établissements d&amp;#039;enseignement supérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs de MobE sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De comprendre les besoins spécifique des étudiants afin d&amp;#039;y répondre de manière la plus adaptée possible.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimenter des organisations auprès de 6 campus pilote.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engager les établissements d&amp;#039;enseignement supérieur dans une démarche de mobilité économe en énergie via des événements, information et guides méthodologiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  MobE peut etre un support pour les établissements d&amp;#039;enseignement supérieur pour :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  réaliser un plan de déplacement campus
+ &lt;/li&gt;
+ &lt;li&gt;
+  bénéficier des kits de communication et d&amp;#039;animation auprès des étudiants
+ &lt;/li&gt;
+ &lt;li&gt;
+  rejoindre la communauté des correspondants dans les établissements d&amp;#039;enseignement supérieur pour bénéficier des bonnes pratiques et guides méthodologiques
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Réaliser un plan de mobilité campus à destination des Etablissements d&amp;#039;Enseignement Supérieur, Organiser des événements de sensibilisation de type challenge de la mobilité inter ou intra établissement, mettre à disposition des kit d&amp;#039;animation pour créer des événements d&amp;#039;information et de sensibilisation à la mobilité économe en énergie auprès des étudiant, former les correspondants (personnels/ étudiants) des établissements d&amp;#039;enseignement supérieur au sujet de la mobilité décarbonnée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2023</t>
+        </is>
+      </c>
+      <c r="Q18" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre un établissement d&amp;#039;enseignement supérieur.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cesi.fr/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Viazzi Céline : cviazzi&amp;#64;cesi.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>cviazzi@cesi.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8cd2-optimiser-la-mobilite-etudiante/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>121446</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H10" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le caractère étendu du péri-urbain sur le territoire soulève des enjeux de mobilité auxquels les stratégies urbaines intégrées doivent répondre en poursuivant les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la multimodalité en milieu urbain afin de réduire l&amp;#039;empreinte carbone et encourager le recours à des moyens de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les voiries douces en milieu urbain afin d&amp;#039;encourager le recours à des formes de mobilité durables, de sécuriser la pratique des modes doux, d&amp;#039;assurer une continuité sur l&amp;#039;ensemble du territoire urbain et une connexion avec les zones péri-urbaines et rurales, conformément aux stratégies régionales en la matière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des stations de stockage et recharge de carburants alternatifs aux carburants fossiles, dans l&amp;#039;objectif de réduire l&amp;#039;impact environnemental des déplacements, selon un maillage rationnel et dans une logique d&amp;#039;interopérabilité entre les différents systèmes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements multimodaux (tels que des places de stationnement pour les moyens de transport durables, des pôles d&amp;#039;échanges...), en particulier sur les points d&amp;#039;interconnexion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à favoriser une meilleure interopérabilité des services de transport (tels que les services de mobilité partagée), à l&amp;#039;installation de billettiques des réseaux urbains sur une aire de déplacement commune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à l&amp;#039;amélioration de la logistique urbaine durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;aires de covoiturage (en cohérence avec les orientations régionales) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement ou construction de passerelles favorisant les modes doux permettant de traiter des points noirs ou de résoudre des problématiques de franchissement (route, lignes ferroviaires, cours d&amp;#039;eau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation de la pratique des modes doux, voies de liaisons cyclables, aménagement de voiries douces (tels que les cheminements piétons, les aménagements cyclables, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de réseaux d&amp;#039;aménagements cyclables afin de constituer des continuités. L&amp;#039;objectif est de relier les infrastructures existantes ou de finaliser les continuités cyclables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de stations de stockage et de recharge de carburants alternatifs aux carburants fossiles (bornes de recharge pour véhicules électriques, à hydrogène, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes portant sur la mobilité urbaine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie intégrée de développement urbain du territoire et avoir reçu un avis favorable en comité de sélection de l&amp;#039;organisme intermédiaire territorialement compétent.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront être compatibles avec les stratégies en termes de mobilité mise en place par la Région à savoir le schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET) dénommé « Ici 2050 ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements des aires de covoiturage devront être réalisés en conformité avec le SRADDET et sa déclinaison : le schéma régional des aires de covoiturage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;implantation de structures de recharge devront respecter le SRADDET et ses objectifs en termes de déploiement de bornes de charge. Ils devront respecter les contraintes de gestion et de pilotage des réseaux de distribution d&amp;#039;électricité. L&amp;#039;interopérabilité et l&amp;#039;adaptabilité des infrastructures de recharge devront permettre la recharge de tous types et gammes de véhicules, quel que soit l&amp;#039;usage des véhicules et leur constructeur (normalisation et standardisation des solutions technologiques retenues). Les bornes devront prévoir un système de supervision accessible à tout usager.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de prestations intellectuelles extérieures (réalisation d&amp;#039;études, de diagnostics...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels (maîtrise d&amp;#039;œuvre, infrastructures, signalétique, accès PMR, verdissement, éclairage public, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisitions foncières (dans la limite de 10 % maximum des dépenses éligibles) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts indirects hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000 € pour les projets de travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 000 € pour les projets d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/developpement-urbain-et-rural-mobilites-durables/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: urbain.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>143356</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la résilience des infrastructures et réseaux de transport</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la résilience des infrastructures et réseaux de transport : Vers une gestion intégrée des patrimoines d’infrastructures de transports</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...151 lines deleted...]
-      <c r="O11" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes gestionnaire d&amp;#039;un patrimoine d&amp;#039;infrastructures de transport et vous souhaitez optimiser vos investissements, notamment sur les activités d&amp;#039;exploitation, d&amp;#039;entretien et de maintenance.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez présenter une stratégie d&amp;#039;investissement dans la préservation de votre patrimoine, qui sera comprise par les usagers et par les financeurs afin d&amp;#039;entrer dans le cercle vertueux de l&amp;#039;entretien préventif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez coupler des stratégies d&amp;#039;action pour un réseau plus résilient avec une gestion innovante et adaptée de votre patrimoine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes à la recherche d&amp;#039;une méthode et d&amp;#039;une stratégie, permettant de répondre à la fois aux besoins d&amp;#039;investissements de court et de long termes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema a développé une démarche innovante de gestion de patrimoine intégrée utilisant une approche systémique de votre réseau de transport.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette approche permet de mettre en place une stratégie d&amp;#039;investissement tenant compte de l&amp;#039;ensemble des contraintes d&amp;#039;exploitation, d&amp;#039;entretien et de vieillissement de votre réseau au cours de sa vie, afin qu&amp;#039;il remplisse son usage au regard des contraintes actuelles et des évolutions possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous proposons des solutions pour que votre réseau puisse s&amp;#039;adapter à une détérioration imprévue, aux dégradations chroniques et aux évolutions de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette approche, mise en œuvre par nos experts, adaptée à chaque réseau et à chaque territoire, permet de hiérarchiser les investissements et les actions sur les infrastructures pour une gestion moins coûteuse.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle intègre les problématiques environnementales, de sobriété en ressources naturelles et énergétiques, les considérations techniques liées à la durabilité des matériaux ou de l&amp;#039;infrastructure dans son ensemble et les aspects socio-économiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   → Analyse des vulnérabilités
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les aléas climatiques (crues, inondations, sécheresse, chute de blocs, glissements de terrain, etc...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aléas industriels (zones Seveso, pollutions majeures, etc...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les éventuels autres aléas.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   → Définition des indicateurs pertinents
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  État d&amp;#039;endommagement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Besoin financier (dépréciation de patrimoine) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vulnérabilité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  →
+  &lt;strong&gt;
+   AMO – Gestion de Patrimoine Intégrée
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des vulnérabilités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des indicateurs de gestion pertinents, selon la réalité du terrain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;adoption d&amp;#039;une stratégie, visant l&amp;#039;efficacité des investissements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la passation de marchés de gestion de patrimoine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation à la gestion de patrimoine intégrée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NOS RÉFÉRENCES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Expert incontournable et reconnu, le Cerema accompagne depuis de nombreuses années les collectivités territoriales dans la gestion de leurs réseaux de transport, que ce soit en apportant des méthodologies reconnues ou une expertise adaptée à chacun.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
-[...22 lines deleted...]
-  https://www.manche.fr/contacter-le-departement/
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/gestion-integree-patrimoines-infrastructures-transport</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c13f-ameliorer-la-resilience-de-vos-infrastructure/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>41744</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d’infrastructure de transport durable</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’infrastructures de transport durable</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, ou une société ou un acteur financier privé, et
+vous souhaitez trouver des financements pour un projet d’infrastructure de
+transport durable ? La Banque des Territoires peut vous accompagner dans votre
+projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Cette offre de financements vous permet de
+construire, régénérer, moderniser ou réaliser la maintenance d’infrastructures
+de transport durable, autour de trois grands types de projet : les marchés de
+partenariat pour les voiries, les routes et les ponts, les ports de commerce
+maritimes et fluviaux, et le stationnement en gestion déléguée. En fonction de
+critères identifiés, la Banque des Territoires peut proposer plusieurs modes de
+financement à même de vous aider à développer une mobilité durable, via des
+prises de participation, co-investissements, etc. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transport_durable_psat</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;infra_transport_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructure-transport-durable/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>95063</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la mobilité internationale des étudiants</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de soutenir la mobilité internationale des étudiants de la région Grand Est, afin de renforcer leur employabilité au terme de leurs études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser l&amp;#039;attractivité des établissements et des formations d&amp;#039;enseignement supérieur du territoire Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ S&amp;#039;adressant à tous les étudiants, sans conditions de ressources, les aides attribuées au titre de ce dispositif seront bonifiées si les étudiants sont titulaires d&amp;#039;une bourse du CROUS ou s&amp;#039;ils effectuent leur mobilité dans un pays frontalier de la région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de la mobilité et destinations
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La période d&amp;#039;études ou de stage doit être effectuée au sein d&amp;#039;un seul organisme à l&amp;#039;étranger (université, laboratoire ou entreprise).
+Elle doit faire l&amp;#039;objet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;une attestation de l&amp;#039;établissement d&amp;#039;origine autorisant l&amp;#039;étudiant à effectuer des études ou un stage au titre de sa formation pour une durée déterminée au sein d&amp;#039;un organisme identifié (université, laboratoire, entreprise...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une attestation de démarrage par l&amp;#039;établissement d&amp;#039;accueil confirmant l&amp;#039;arrivée de l&amp;#039;étudiant et la durée du séjour,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une convention de stage dans le cas de stage en laboratoire ou en entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutes les destinations sont éligibles, à l&amp;#039;exception de la France (DOM TOM inclus), et des principautés d&amp;#039;Andorre et de Monaco.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les étudiants en Bac&amp;#43;3 à Bac&amp;#43;5, l&amp;#039;aide régionale est une aide forfaitaire unique dont le montant est variable selon la nature de la mobilité (études ou stage) et sa durée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Forfait études : 500 € pour une durée minimum de 16 semaines,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Forfait stage court : 400 € pour une durée de 12 à 15 semaines,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Forfait stage long : 800 € pour une durée minimum de 16 semaines.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les étudiants en BTS et DUT, l&amp;#039;aide régionale est une aide forfaitaire unique pour un seul stage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Forfait stage BTS DUT : 200 € pour une durée minimum de 4 semaines.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les étudiants boursiers peuvent bénéficier d&amp;#039;une aide supplémentaire de 200 €.
+Les étudiants effectuant leur mobilité dans un pays frontalier de la Région Grand Est (Allemagne, Belgique, Luxembourg, Suisse) peuvent bénéficier d&amp;#039;un supplément de 100 €.
+Chaque étudiant ne peut bénéficier qu&amp;#039;une seule fois d&amp;#039;un de ces forfaits pendant son cursus.
+Un étudiant peut bénéficier de deux bourses régionales au maximum pendant son cursus.
+Par ailleurs, les séjours exclusivement linguistiques ne sont pas éligibles à l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces à fournir dans le cadre de votre demande
+&lt;/h3&gt;
+&lt;p&gt;
+ Au plus tard dans les 30 premiers jours à l&amp;#039;étranger
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/01/attestation-de-mobilite-engagement-etudiant.pdf"&gt;
+   Attestation de mobilité et de début de stage / d&amp;#039;étude
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  RIB
+ &lt;/li&gt;
+ &lt;li&gt;
+  Photocopie de carte d&amp;#039;identité (si vous êtes mineur au moment du départ)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation de bourse du CROUS (le cas échéant pour les étudiants boursiers)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dossier de demande sera instruit après réception de l&amp;#039;ensemble des pièces.
+Dans les 30 jours après la fin de votre mobilité à l&amp;#039;étranger
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/01/attestation-3-2019-2020.pdf"&gt;
+   Attestation de fin de séjour
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;absence de cette attestation entraînera le remboursement de la bourse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FBMI%2Fdepot%2Fsimple&amp;amp;jwtKey&amp;#61;jwt-crge-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fmentions-legales,Mentions%20l%C3%A9gales,_self;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Ffaq,Aide%20sur%20le%20site,;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fcontact-page,Nous%20contacter,_self"&gt;
+  Demande de bourse à déposer au plus tard 30 jours après le début de votre mobilité
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 02 33 05 96 17 - 06 60 10 32 05
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est ouvert aux étudiants jusqu&amp;#039;à 29 ans
+ inscrits en BTS, DUT, Bac&amp;#43;3 à Bac&amp;#43;5 au titre d&amp;#039;une formation diplômante dans un établissement d&amp;#039;enseignement supérieur de la région Grand Est, ainsi que dans le cadre d&amp;#039;une année de DUETE/DUETI
+&lt;/p&gt;
+&lt;p&gt;
+ et effectuant des études ou un stage à l&amp;#039;étranger, validé dans le cadre de leur diplôme, à l&amp;#039;exception des étudiants de nationalité étrangère réalisant des études ou un stage dans le pays dont ils sont ressortissants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-a-mobilite-internationale-etudiants/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour vous aider à créer votre compte et faire votre demande en ligne, téléchargez le
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/guide-arpege-usagers-aides-dematerialisees.pdf" rel="noopener" target="_blank"&gt;
+  Guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;utilisation des navigateurs Firefox ou Chrome est recommandée pour le dépôt des dossiers sur le portail de la Région. Assurez-vous que votre navigateur est bien à jour avant de déposer votre dossier.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1449-aide-a-la-mobilite-internationale-des-etudian/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>101591</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'outils de gestion de projet de mobilité</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ADEME
+Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Cellules France Mobilités</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
-[...90 lines deleted...]
-      <c r="O12" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez disposer d&amp;#039;outils vous permettant de mener, en autonomie, vos projets de mobilité.
+&lt;br /&gt;
+&lt;br /&gt;
+France Mobilités vous permet d&amp;#039;avoir un accès aux différents appels à projets (AAP) et appels à manifestation d&amp;#039;intérêt (AMI), tel que Tenmod (« France Mobilités - Territoires de nouvelles mobilités durables »), et ainsi de bénéficier d&amp;#039;un appui au montage de projet présentés dans le cadre des AAP et AMI. France Mobilités vous permet également de bénéficier d&amp;#039;outils (commande publique, réalisation de DCE, base de données opendata des marchés, et cartographie des dispositifs de financements), voire des webinaires accompagnant leur prise en main. Les outils pourront être étoffés au fur et à mesure. Un appui à l&amp;#039;ingénierie territoriale permet d&amp;#039;accompagner l&amp;#039;usage des outils (pour cela, voir le produit &amp;#34;concevoir son projet de mobilité et développer des expérimentations&amp;#34;).</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
-[...16 lines deleted...]
- Les étudiants ayant bénéficié d&amp;#039;une bourse du Département de la Manche pendant leurs études ne sont pas éligibles à ce dispositif.
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
-[...33 lines deleted...]
- Téléphone : 02 33 05 96 17 - 06 60 10 32 05
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre cellule régionale : https://www.francemobilites.fr/regions
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3598-beneficier-doutils-de-gestion-de-projet-de-mo/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...145 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>162980</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Développer des mobilités alternatives et durables</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 3 - FEDER</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...729 lines deleted...]
-Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H18" s="1" t="inlineStr">
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I18" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K18" s="1" t="inlineStr">
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Mobilité partagée
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers&lt;/span&gt;&lt;span&gt;,
+territoire périurbain mais aussi rural, la mobilité est essentiellement vécue
+comme une pratique individuelle, ancrée dans le quotidien et consommatrice
+d’énergies fossiles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les déplacements se font majoritairement vers les
+pôles urbains extérieurs au territoire et subissent les phénomènes de
+congestion (notamment pour les actifs en trajet domicile /travail) et
+l’augmentation des coûts de l’énergie même si le développement du télétravail
+est aussi un élément influant sur les pratiques de mobilité pendulaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives à la voiture pour désenclaver les secteurs et
+les pratiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Rendre plus durables les pratiques de mobilité&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Développement des
+pistes cyclables et de leurs aménagements favorisant notamment la mobilité du
+quotidien&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures, équipements,
+services et solutions de mobilités multimodales, collectives ou solidaires&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures de
+recharges décarbonés pour la mobilité des voyageurs et des marchandises&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner le
+territoire dans la mise en place d’un Contrat Opérationnel de Mobilité (COM)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
-[...4 lines deleted...]
-      <c r="O18" s="1" t="inlineStr">
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P18" s="1" t="inlineStr">
-[...55 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q24" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-preservation-des-ressources-naturelles-locales/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...830 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>162936</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Rendre attrayante une mobilité sobre</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Mobilité et services</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Particulier
+Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
-[...17 lines deleted...]
-          <t>Transports collectifs et optimisation des trafics routiers
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;font face="Segoe UI"&gt;&lt;span&gt;Objectifs : &lt;/span&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Penser l’accès aux services par une mobilité sobre, douce et/ou réduite&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Imaginer la mutualisation, la mutation, la réversibilité et/ou la recyclabilité de lieux, d’équipements, de véhicules et d’usages&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Accompagner à l’acceptabilité du changement des pratiques (comportements, aménagements) vers plus de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Expérimenter de nouvelles mobilités dans une optique de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Faire prendre conscience de l’urgente nécessité de changer les pratiques de mobilité par la sensibilisation, la formation, l’expérimentation, …&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Recréer l’effet « place du village » ou « vie de quartier », par une mobilité adaptée au changement climatique&lt;/font&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place l’autopartage / un réseau d’autostop organisé et/ou amélioré&lt;/li&gt;&lt;li&gt;Réutiliser les anciennes voies de fret pour un nouvel usage de mobilité&lt;/li&gt;&lt;li&gt;Créer des itinéraires « bis » pour piétons ou cyclistes en dehors de routes (réouvertures d’anciennes voies, ...)&lt;/li&gt;&lt;li&gt;Former, créer des réseaux pour les décideurs (chefs d’entreprises, élus, …) sur les questions de mobilité sobre&lt;/li&gt;&lt;li&gt;Etudier et investir autour de nouvelles formes de mobilité douce&lt;/li&gt;&lt;li&gt;Solutions à destination des publics non véhiculés (sans permis, jeune, personne âgée)&lt;/li&gt;&lt;li&gt;Rendre plus simple l’accès aux services en télétravail&lt;/li&gt;&lt;li&gt;Mutualiser des services entre entreprises ou associations&lt;/li&gt;&lt;li&gt;Sensibilisation, organisation d’évènements autour de la mobilité pour une meilleure prise de conscience&lt;/li&gt;&lt;li&gt;Recréer une proximité entre services au sein d’une commune ou d’un quartier&lt;/li&gt;&lt;li&gt;Etude et investissement autour de solutions spécifiques de mobilité pour des publics de premières nécessités&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Appui méthodologique
+Animation et mise en réseau
 Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q25" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rassembler-les-acteurs-autour-de-leconomie-circulaire-et-la-valorisation-de-nos-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>162730</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Formation professionnelle
+Biodiversité
+Equipement public
+Bâtiments et construction
+Emploi
+Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S23" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E24" s="1" t="inlineStr">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>162435</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Développer la mobilité GNV &amp; hydrogène</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Mayenne est l&amp;#039;interlocuteur privilégié des collectivités locales et des particuliers, pour tout ce qui concerne les réseaux gaz et électriques. Pour le compte des communes du département propriétaires des réseaux gaz et électrique, Territoire d&amp;#039;énergie Mayenne intervient sur le réseau public pour tous les travaux garantissant la qualité de l&amp;#039;énergie distribuée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Outre ses missions sur le réseau d&amp;#039;électricité et de gaz, Territoire d&amp;#039;énergie Mayenne accompagne les communes qui le souhaitent pour toutes les actions en faveur du développement des énergies renouvelables et des mobilités décarbonées.&lt;/p&gt;&lt;p&gt;Territoire d&amp;#039;énergie Mayenne accompagne les collectivités dans leurs projets de station Bio GNV, ou encore dans les études de potentiel pour l&amp;#039;hydrogène afin de favoriser les mobilités décarbonées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.territoire-energie53.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Delphine MONTAGU - Chargé de mission mobilité -&lt;a target="_self"&gt;delphine.montagu&amp;#64;te53.fr&lt;/a&gt; - 07 56 06 10 57&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te53.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-gnv-hydrogene/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>160375</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Habiter, se déplacer et travailler sur le territoire</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire, les trajets effectués par les habitants en particulier les trajets domicile-travail sont majoritairement réalisés en voiture. A l&amp;#039;heure de la raréfaction des énergies fossiles, et de la nécessaire baisse des émissions de gaz à effet de serre, il est nécessaire de trouver des moyens alternatifs de se déplacer, mais également des solutions innovantes permettant de rapprocher travail et lieu de vie des habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur ce dernier point, il est également nécessaire de revoir les modes d&amp;#039;habiter car certaines catégories de population ne trouvent pas de logements adaptés à leur besoin (manque de petites typologies attractives, de logements associés à des services, de logements partagés et inclusifs).
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Habiter, se déplacer et travailler sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un mode d&amp;#039;habitat sobre et inclusif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une offre de transport alternatif qui irrigue le territoire et réponde aux besoins des habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le travail intégré au tissu rural
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction, rénovation, solutions de logements visant la sobriété, et l&amp;#039;inclusion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de mobilité alternatives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions permettant l&amp;#039;exercice d&amp;#039;activité professionnelle au coeur du milieu rural
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c049-renforcer-le-cur-des-villages-par-une-offre-d/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>149145</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité internationale des chercheurs du Grand Est</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité internationale des chercheurs du Grand Est</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Objectifs
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Permettre au candidat l&amp;#039;acquisition de compétences nouvelles et/ou complémentaires dans le cadre d&amp;#039;un projet de recherche stratégique pour l&amp;#039;établissement de tutelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer pour les établissements, des collaborations internationales dans le cadre de projets porteurs répondant aux grands enjeux du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accroître à moyen/long terme, les réseaux scientifiques d&amp;#039;excellence des établissements du Grand Est ainsi que le rayonnement national et international
+ &lt;/li&gt;
+&lt;/ul&gt;
+Elle se décline en
+&lt;strong&gt;
+ 2 volets
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Le
+  &lt;strong&gt;
+   1er volet
+  &lt;/strong&gt;
+  cible les doctorants dans le cadre d&amp;#039;une thèse en co-tutelle à l&amp;#039;international : ce volet fait l&amp;#039;objet d&amp;#039;un d&amp;#039;
+  &lt;strong&gt;
+   appel à projets annuel
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le
+  &lt;strong&gt;
+   2nd volet
+  &lt;/strong&gt;
+  cible les chercheurs et enseignants-chercheurs salariés d&amp;#039;un établissement du Grand Est, fonctionnaires ou contractuels en CDI. La durée du séjour devra être de 6 mois minimum à 12 mois maximum. Les demande de ce volet sont au fil de l&amp;#039;eau.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les modalités d&amp;#039;organisation sont communiquées aux établissements de recherche publique –
+&lt;strong&gt;
+ veuillez contacter l&amp;#039;établissement d&amp;#039;accueil pour toute demande
+&lt;/strong&gt;
+.
+Le règlement ci-dessous précise l&amp;#039;ensemble des modalités d&amp;#039;accès à ce soutien.</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mobilite-internationale-des-chercheurs-du-grand-est/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:Ghislaine.GRENIERDEMARCH&amp;#64;grandest.fr"&gt;
+  Ghislaine.GRENIERDEMARCH&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/61a2-mobilite-internationale-des-chercheurs-du-gra/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>143359</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Anticiper l'évolution des comportements de mobilité</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Modélisation Multimodale des déplacements</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Région</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
-[...11 lines deleted...]
- Le Cerema vous accompagne pour développer cet outil-clé des politiques d&amp;#039;intermodalité et d&amp;#039;urbanisme.
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Anticiper l&amp;#039;évolution des comportements de mobilité et prévoir l&amp;#039;impact d&amp;#039;un projet ou d&amp;#039;une politique de transport sont une nécessité pour les acteurs des territoires en charge des politiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema assiste les acteurs publics dans le développement et l&amp;#039;usage d&amp;#039;outils d&amp;#039;évaluation et d&amp;#039;aide à la décision.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema propose des interventions variées dans le domaine de la modélisation multimodale des déplacements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Assistance à maîtrise d&amp;#039;ouvrage
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Vous souhaitez définir une politique de développement ou de remise à niveau de PEM ?
-[...8 lines deleted...]
-  Vous ambitionnez une montée en compétences de vos équipes sur les PEM et l&amp;#039;intermodalité ?
+  Réalisation d&amp;#039;audits de modèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conduite d&amp;#039;études d&amp;#039;opportunité pour l&amp;#039;élaboration de modèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage de recueils de données et d&amp;#039;enquêtes de circulation en vue d&amp;#039;alimenter les modèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à l&amp;#039;élaboration de modèles multimodaux sur des territoires urbains, métropolitains et régionaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et gestion de modèles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Nos atouts
-[...1 lines deleted...]
- &lt;/strong&gt;
+  → Développement de modèles
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Un réseau territorialisé d&amp;#039;experts dans les principaux domaines d&amp;#039;applications des PEM
-[...11 lines deleted...]
-  Une implication dans l&amp;#039;évaluation d&amp;#039;expérimentations (stations sur autoroutes, aménagements « tactiques » vélos/piétons, dispositifs PMR ou d&amp;#039;éclairage...)
+  Exploitation d&amp;#039;enquêtes transports : enquêtes origine- destination, de préférences déclarées, comptages, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction de modèles multimodaux, de modèles de trafic longue distance et de modèles de trafic simplifiés sur des territoires urbains peu denses
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;outils d&amp;#039;analyse spécifiques aux besoins d&amp;#039;un territoire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  La réponse du Cerema
-[...1 lines deleted...]
- &lt;/strong&gt;
+  → Réalisation d&amp;#039;études de trafics
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Définir votre stratégie de développement des PEM
+  Évaluation de la demande de transports pour des projets et des politiques de transports (Transport collectif en site propre, plan de déplacements urbains...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation socio-économique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Diagnostic en lien avec vos enjeux mobilité, urbanisme, Maas, logistique urbaine
-[...5 lines deleted...]
- Identification des acteurs clés
+ &lt;strong&gt;
+  → Diffusion de connaissances
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Élaborer vos projets de PEM
-[...51 lines deleted...]
-  SNCF – Direction des Gares Île-de-France : Formalisation d&amp;#039;un diagnostic exploratoire et identification d&amp;#039;actions innovantes pour améliorer l&amp;#039;insertion urbaine et l&amp;#039;ancrage territorial de la gare de Fontainebleau Avon.
+  Élaboration de guides et fiches méthodologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de journées techniques d&amp;#039;échanges
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réseaux techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et animation de formations
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
-[...5 lines deleted...]
-Valorisation d'actions
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
-Modes actifs : vélo, marche et aménagements associés
-[...3 lines deleted...]
-      <c r="O24" s="1" t="inlineStr">
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X24" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/modelisation-multimodale-deplacements</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/08b5-modelisation-multimodale-des-deplacements/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>142826</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la sécurité des déplacements des usagers</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Améliorer la sécurité des déplacements des usagers
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accident de la circulation résulte, le plus souvent, de la conjonction de multiples éléments liés au comportement du conducteur, à l&amp;#039;état du véhicule et à la qualité de l&amp;#039;infrastructure. Si le comportement des impliqués est à l&amp;#039;origine de la plupart des accidents de la circulation, il est souvent induit par une configuration inappropriée de l&amp;#039;infrastructure.
+ &lt;strong&gt;
+  L&amp;#039;action sur l&amp;#039;infrastructure routière et sur l&amp;#039;espace public reste donc l&amp;#039;un des leviers majeurs d&amp;#039;une démarche d&amp;#039;amélioration de la sécurité des déplacements.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs de sécurité sont à articuler avec d&amp;#039;autres objectifs de l&amp;#039;action sur la ville ou sur le réseau routier : accessibilité, attractivité, qualité de l&amp;#039;espace public, équité sociale, valeurs patrimoniales, développement des modes doux, ... Les aménagements doivent intégrer la mixité croissante des usages de l&amp;#039;espace public (véhicules individuels, transports en commun, cycles, piétons, deux-roues motorisés, etc.) dont les besoins et contraintes sont parfois divergents, et dont la cohabitation peut être source de conflits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema réalise des études pour améliorer la sécurité des déplacements des usagers. Ces études comprennent quatre phases ayant des objectifs bien distincts afin de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir et hiérarchiser les enjeux de sécurité sur un territoire, un réseau, un itinéraire, un quartier, à partir du fichier des accidents, pour connaître
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudier les mécanismes d&amp;#039;accidents à partir de l&amp;#039;exploitation des procédures d&amp;#039;accidents, de l&amp;#039;analyse des comportements et de l&amp;#039;environnement, pour comprendre et identifier les pistes d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en œuvre des actions de sécurité par l&amp;#039;aménagement ou par l&amp;#039;information et la sensibilisation, pour agir ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluer les actions mises en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/ameliorer-securite-deplacements-usagers</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7a67-ameliorer-la-securite-des-deplacements-des-us/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...31 lines deleted...]
-      <c r="K25" s="1" t="inlineStr">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>142824</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Évaluer vos projets d'infrastructures de transports</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
-[...14 lines deleted...]
- - Accentuer l&amp;#039;accompagnement régional pour les villes moyennes et les communes à dominante rurale.
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;évaluation des projets d&amp;#039;infrastructures de transport
+ &lt;/strong&gt;
+ est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise notamment pour&lt;strong&gt; analyser les bénéfices et les impacts de ces projets tant sur le plan des transports
+ &lt;/strong&gt;
+ (effets sur les déplacements, effets socioéconomiques, effets environnementaux, effets sur la santé)
+ &lt;strong&gt;
+  que sur le plan environnemental
+ &lt;/strong&gt;
+ (études d&amp;#039;impacts).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne sur l&amp;#039;évaluation des projets d&amp;#039;infrastructures de transport en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études nécessaires à la production des évaluations et études d&amp;#039;impact requises ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique du service assurant la maîtrise d&amp;#039;ouvrage des infrastructures de transport (élaboration du cahier des charges, analyse technique des offres, suivi de l&amp;#039;exécution technique de la prestation) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle ou expertise technique des dossiers d&amp;#039;évaluations et des études d&amp;#039;impact ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation sur les méthodes d&amp;#039;évaluation des projets de transport.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Mobilité partagée
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluation-projets-infrastructures-transport</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O25" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7877-evaluer-vos-projets-dinfrastructures-de-trans/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>142822</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser l’usage des réseaux de transports</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le développement de nouveaux modes de gestion du trafic, dynamiques et innovants, et des équipements associés (notamment des systèmes d&amp;#039;information et de transports intelligents), doit contribuer à l&amp;#039;amélioration de l&amp;#039;efficacité des réseaux de transports, du point de vue de la fiabilité des temps de parcours, de la sécurité, des émissions de polluants et de la consommation d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez optimiser l&amp;#039;usage des réseaux de transports pour réduire les impacts environnementaux, sociétaux et économiques liés à la mobilité des personnes et des marchandises et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans vos études de régulation et simulation dynamique du trafic en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous vous proposons un accompagnement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaissance et analyse des flux et des congestions, et leurs impacts socioéconomiques, environnementaux et de sécurité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration des stratégies de régulation destinées à optimiser l&amp;#039;usage des réseaux existants et à limiter les nuisances ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation a priori de l&amp;#039;efficacité des mesures découlant de ces stratégies (y compris sur les aspects environnementaux), et valorisation .     .     socioéconomique ; elle s&amp;#039;appuie en particulier sur l&amp;#039;utilisation d&amp;#039;outils de simulation dynamique de trafic ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation et qualification des systèmes et équipements permettant la mise en œuvre des stratégies de régulation de trafic ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude et analyse de l&amp;#039;apport des technologies STI (Systèmes de Transport Intelligents) dans les systèmes de régulation de trafic : outils d&amp;#039;information aux usagers, communications entre les véhicules et l&amp;#039;infrastructure, systèmes embarqués, etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études exploratoires de benchmark et de conception de systèmes innovants et automatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la définition de stratégies d&amp;#039;exploitation répondant à un objectif d&amp;#039;exploitation du réseau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissement de cahier de charges fonctionnel de systèmes automatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la mise en œuvre opérationnelle de systèmes automatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à l&amp;#039;intégration des mesures de gestion de trafic dans les systèmes centralisés de gestion de trafic (PC régulation) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recette des équipements dynamiques et des stratégies de régulation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation (technique, organisationnelle, impact, acceptabilité).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Mobilité partagée
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
-[...14 lines deleted...]
- - les projets doivent disposer d&amp;#039;un autofinancement de 20% minimum.
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/optimiser-usage-reseaux-transports</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adae-optimiser-lusage-des-reseaux-de-transports/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>138035</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de la Carte Mobilité Inclusion</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Carte Mobilité Inclusion (CMI)</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La carte mobilité inclusion (CMI) a pour but de faciliter vos déplacements si vous êtes en perte d&amp;#039;autonomie. Il existe 3 CMI différentes. La CMI stationnement permet de se garer gratuitement. La CMI priorité permet d&amp;#039;éviter les files d&amp;#039;attente ou d&amp;#039;avoir une place assise. La CMI invalidité vous concerne si vous avez une perte d&amp;#039;autonomie importante, elle offre les mêmes avantages que la CMI priorité avec en plus des réductions dans les transports et des avantages fiscaux notamment.Il est possible d&amp;#039;avoir jusqu&amp;#039;à 2 CMI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes atteint d&amp;#039;un handicap qui réduit de manière importante et durable votre capacité de déplacement ou devez être accompagné par par une personne dans tous vos déplacements: dans ce cas là, votre demande doit être adressée à la Maison Départementale des Personnes en situation de Handicap (MDPH).&lt;/li&gt;&lt;li&gt;Vous êtes demandeur ou bénéficiaire de l&amp;#039;Allocation Personnalisée d&amp;#039;Autonomie à domicile: dans ce cas là , votre demande doit être adressée à la Maison départementale de l&amp;#039;Autonomie (MDA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;A noter que les bénéficiaires de l&amp;#039;APAD classés en GIR 1 ou en GIR 2  peuvent bénéficier automatiquement de la CMI invalidité et de la CMI stationnement à titre définitif. Cependant, il est nécessaire d&amp;#039;en faire la demande.&lt;/p&gt;&lt;p&gt;Par ailleurs, vous devez résider dans le département dans lequel vous faites la demande.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous devez être de nationalité française ou ressortissant de l&amp;#039;Espace économique européen (EEE) ou avoir un titre de séjour valide si vous êtes de nationalité étrangère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si la demande est adressée à la MDPH:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Justificatif d&amp;#039;identité&lt;/li&gt;&lt;li&gt;Certificat médical de moins de 1 an&lt;/li&gt;&lt;li&gt;Justificatif de domicile de moins de 6 mois&lt;/li&gt;&lt;li&gt;Dossier de demande dument complété et signé&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si la demande est adressée à la Maison départementale de l&amp;#039;Autonomie (MDA) dans le cadre de la demande d&amp;#039;aides à l&amp;#039;autonomie à domicile:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Justificatif d&amp;#039;identité&lt;/li&gt;&lt;li&gt;
+  Photocopie de votre dernier avis d&amp;#039;imposition ou de non imposition sur le revenu&lt;/li&gt;&lt;li&gt;Photocopie de votre dernier avis de taxe foncière ( hors habitation principale)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;identité bancaire (RIB)
+ &lt;/li&gt;&lt;li&gt;Certificat médical&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
-[...20 lines deleted...]
- 02.35.52.56.06 (secrétariat)
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.action-sociale.org/documents/demande_mdph.pdf</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction des Solidarités Humaines (DSH)/Maison De l&amp;#039;Autonomie (MDA)
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.21.80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a2bd-beneficier-de-la-carte-mobilite-inclusion/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G26" s="1" t="inlineStr">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>131823</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Se déplacer au congrès annuel de l'AMF</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Association des maires et présidents de communautés des Vosges (AMV 88)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
-[...47 lines deleted...]
-  – réalisation de schémas directeurs cyclables
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;AMV 88 organise un
+ &lt;strong&gt;
+  déplacement &amp;#34;clés en main&amp;#34;
+ &lt;/strong&gt;
+ afin de permettre à ses adhérents de se rendre au
+ &lt;strong&gt;
+  congrès annuel de l&amp;#039;AMF
+ &lt;/strong&gt;
+ (Association des Maires de France et des présidents d&amp;#039;intercommunalité).
+&lt;/p&gt;
+&lt;p&gt;
+ Ce grand événement se déroule habituellement en novembre à Paris.
+&lt;/p&gt;
+&lt;p&gt;
+ Le prix de ce déplacement inclut les frais de transport, d&amp;#039;hébergement, de restauration, ainsi que les spectacles et visites organisés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les participants au Congrès assistent à l&amp;#039;assemblée générale de l&amp;#039;AMF mais peuvent également assister à de nombreuses conférences, débats en plénière, forums thématiques ou points infos sur les
+ &lt;strong&gt;
+  grands sujets d&amp;#039;actualité ou d&amp;#039;action des communes
  &lt;/strong&gt;
  .
 &lt;/p&gt;
-&lt;h3&gt;
-[...118 lines deleted...]
- Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019 et du 31 mai 2021.
+&lt;p&gt;
+ C&amp;#039;est l&amp;#039;occasion de
+ &lt;strong&gt;
+  débattre, d&amp;#039;échanger et d&amp;#039;interpeller les pouvoirs publics
+ &lt;/strong&gt;
+ sur des enjeux majeurs comme l&amp;#039;avenir de la décentralisation, la transition écologique, l&amp;#039;accès aux services essentiels de proximité ou encore l&amp;#039;évolution des finances locales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O26" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
-[...32 lines deleted...]
- .
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhérer à l&amp;#039;Association.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
-[...189 lines deleted...]
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maires88.asso.fr/deplacement-au-congres-de-lamf</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez retrouver
+ &lt;strong&gt;
+  le
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  programme du Congrès et le bulletin d&amp;#039;inscription
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  au déplacement &amp;#34;clés en main&amp;#34;
+ &lt;/strong&gt;
+ sur le site de l&amp;#039;AMV 88
+ &lt;em&gt;
+  (éléments qui sont publiés sur une période)
+ &lt;/em&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, vous pouvez contacter Marie-Paule MASSON par téléphone au 03 29 29 88 23 ou par mail à
+ &lt;a target="_self"&gt;
+  mpmasson&amp;#64;vosges.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ AMV 88
+ &lt;br /&gt;
+ Courriel :
+ &lt;a target="_self"&gt;
+  amv88&amp;#64;vosges.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Tél. : 03 29 29 88 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>amv88@vosges.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6e6e-deplacement-au-congres-annuel-de-lamf/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>117414</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités sur la création, le déplacement ou l'aménagement de points d'arrêt de lignes régulières de transport en commun (arrêt de bus)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création / déplacement / aménagement de points d&amp;#039;arrêt de lignes régulières de transport en commun (arrêt de bus).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil sur la localisation du point d&amp;#039;arrêt en tenant compte de l&amp;#039;attractivité du point d&amp;#039;arrêt pour les habitants, des problématiques de sécurité (vitesses, proximité des intersections, profil en long et largeur de voirie, cheminements et traversées des piétons, ...), de l&amp;#039;itinéraire des lignes de transports collectifs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil sur les modalités techniques d&amp;#039;aménagements ou de mise en accessibilité PMR de points d&amp;#039;arrêt (arrêts en ligne ou en évitement, normes techniques sur les hauteurs de quai, dimensions de l&amp;#039;espace d&amp;#039;attente, signalisation verticale et horizontale,poteaux d&amp;#039;arrêts/ abris-voyageurs,...) et de leur environnement (traversées et cheminements piétons...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information et conseil sur les possibilités de subventions de ces aménagements; aide et accompagnement pour le montage des dossiers de demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e4c-conseiller-les-collectivites-sur-la-creation-/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>68132</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les mobilités actives pour les déplacements domicile-école - Action "J’y vais à vélo, c’est classe !"</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale de l’environnement, de l’aménagement et du logement (DREAL) — Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale de l’environnement, de l’aménagement et du logement (DREAL) — Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
-[...33 lines deleted...]
-(ARD) concernée, garantissant la faisabilité technique du projet. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan Régional Santé Environnement sur la période 2017-2021,Cliquer pour voir la vidéo  (nouvelle fenetre) une des actions a pour but de promouvoir les mobilités actives (vélo, marche) pour les déplacements domicile-école, afin de limiter l&amp;#039;accompagnement scolaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;opération dénommées &amp;#34;J&amp;#039;y vais à vélo, c&amp;#039;est classe !&amp;#34;, la DREAL subventionne les écoles (ou les mairies) pour des opérations de remise en selle des élèves du cours élémentaire, sur un trajet allant d&amp;#039;un quartier d&amp;#039;habitation à un groupe scolaire, avec l&amp;#039;aide d&amp;#039;associations de vélos-écoles locales, et d&amp;#039;association de parents d&amp;#039;élèves.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ « En France aujourd&amp;#039;hui, 70% des élèves du premier degré – maternelle et élémentaire – vont à l&amp;#039;école en voiture, pour des trajets en moyenne inférieurs à 1.500 mètres »
+&lt;/p&gt;
+&lt;p&gt;
+ Des études scientifiques ont montré que les 6-11 ans qui pratiquaient une activité physique pour se rendre sur leur lieu d&amp;#039;enseignement étaient plus disponibles pour l&amp;#039;apprentissage que ceux qui utilisaient les modes non actifs (voiture, car)
+&lt;/p&gt;
+&lt;p&gt;
+ Le but de l&amp;#039;action est de permettre aux enfants de transformer le temps de transport individuel en temps d&amp;#039;activité sportive sans s&amp;#039;en apercevoir, et pour les parents de réaliser des économies de carburant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est également de réduire les émissions de Gaz à Effet de Serre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le vélo est un excellent outil d&amp;#039;apprentissage (équilibre, autonomie, égards pour les autres, conscience des dangers, les bons réflexes et automatismes bien intégrés, apprendre à connaître son quartier et sa ville..). Le vélo est aussi un formidable outil d&amp;#039;indépendance et d&amp;#039;autonomie et de plaisir pour l&amp;#039;enfant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T28" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P37" s="1" t="inlineStr">
+        <is>
+          <t>09/10/2020</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>http://www.bourgogne-franche-comte.developpement-durable.gouv.fr/action-j-y-vais-a-velo-c-est-classe-pour-la-remise-a8713.html</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact :
+&lt;/p&gt;
+&lt;p&gt;
+ F. Bostvironnois STM/DID - 03 45 83 20 58 / 03 45 83 20 94 (secrétariat) -
+ &lt;a&gt;
+  did.dreal-bourgogne-franche-comte&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c0c-promouvoir-les-mobilites-actives-velo-marche-/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...126 lines deleted...]
-      <c r="A30" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>120366</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités dans leurs investissements sur le domaine public garantissant la sécurité des usagers en matière de circulation routière et de transports en commun</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>AMENDES DE POLICE</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif est de soutenir les collectivités dans leurs d&amp;#039;investissements sur le domaine public garantissant la sécurité des usagers en matière de circulation routière et de transports en commun, dans le cadre d&amp;#039;opérations d&amp;#039;amélioration des transports en commun et de la circulation routière telles que définies par décret du Ministère de l&amp;#039;équipement, du Logement, de l&amp;#039;Aménagement du Territoire et des Transports, à savoir : Article 1
  er
  du Décret n°88.351 du 12 avril 1988.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Les opérations éligibles sont les opérations d&amp;#039;investissement de valorisation du patrimoine communal immobilier :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1°) Pour les transports en commun
  &lt;/strong&gt;
  &lt;br /&gt;
  a) Aménagements et équipements améliorant la sécurité des usagers, l&amp;#039;accueil du public, l&amp;#039;accès aux réseaux, les liaisons entre réseaux et avec les autres modes de transport;
  &lt;br /&gt;
  b) Aménagements de voirie, équipements destinés à une meilleure exploitation des réseaux.
  &lt;br /&gt;
  c) équipements assurant l&amp;#039;information des usagers, l&amp;#039;évaluation du trafic et le contrôle des titres de transport;
  &lt;br /&gt;
  &lt;strong&gt;
   2°) Pour la circulation routière
  &lt;/strong&gt;
@@ -5253,96 +6422,96 @@
   Plans de l&amp;#039;aménagement.
  &lt;/li&gt;
  &lt;li&gt;
   Estimation détaillée.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Ces subventions seront versées immédiatement après leurs affectations. Les justificatifs sont à envoyer au Conseil départemental après la réalisation des travaux.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Courrier de la Préfecture en date du 5 juin 2009 concernant les dispositions pour le versement de la dotation amendes de police.
  &lt;/li&gt;
  &lt;li&gt;
   Délibération de l&amp;#039;Assemblée départementale du 21 novembre 2022 « Aides aux territoires ».
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Accessibilité
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  Communes ou Groupements de communes de moins de 10 000 habitants.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/amendes-de-police/</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;enveloppe Départementale
  &lt;/strong&gt;
  : La Direction des Déplacements
  &lt;strong&gt;
   Tél. :  04 75 75 92 92
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;enveloppe Cantonale : La Direction des Politiques Territoriales – Service des Relations avec les Collectivités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Quentin DUVILLIER
    &lt;/strong&gt;
    , Coordonnateur zone nord  – Tél :
    &lt;strong&gt;
     04 75 79 26 65
     &lt;br /&gt;
@@ -5359,3874 +6528,17613 @@
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Aurore MERMET
    &lt;/strong&gt;
    , Coordonnatrice de zone – Tél :
    &lt;strong&gt;
     04 75 79 82 29
     &lt;br /&gt;
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Laurence ROCHER
    &lt;/strong&gt;
    , Chef de Service, Coordonnatrice  zone ouest  – Tél :
    &lt;strong&gt;
     04 75 79 26 67
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5450-amendes-de-police/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...242 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>40405</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d’une offre de mobilité en territoire peu dense</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...399 lines deleted...]
-Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H36" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;blockquote&gt;
+ Soutien au développement d&amp;#039;une offre de mobilité en territoire peu dense
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région encourage le développement de l&amp;#039;autopartage en faveur des territoires et leurs groupements.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Déclinaison opérationnelle du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET), ce dispositif à destination des collectivités et leurs groupements (1) vise la mise en place ou l&amp;#039;amélioration d&amp;#039;un service d&amp;#039;autopartage :
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Étape 1 : contribution financière régionale (2) à la réalisation d&amp;#039;une étude d&amp;#039;opportunité
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à réaliser sur la base d&amp;#039;un cahier des charges disponible en annexe
+ &lt;/li&gt;
+ &lt;li&gt;
+  visant identification d&amp;#039;emplacements et d&amp;#039;une perspective économique (au regard du réseau de charge, du maillage intermodal, du public-client et des services de mobilités notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide forfaitaire allouée de 100% du montant de l&amp;#039;étude dans la limite de 10 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide majorée à 20 000 € pour les structures dont tout ou partie du territoire est identifié comme fragile dans le cadre du pacte pour la ruralité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Étape 2 : contribution financière régionale (2) à l&amp;#039;achat de véhicules
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  au regard des conclusions de l&amp;#039;étude et de la viabilité socio-économique du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribution évolutive et bonifiée par la motorisation du véhicule : 25% (bioéthanol), 40% (hybride ou gaz naturel) ou 55% (électrique ou hydrogène)
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribution plafonnée à 20 000 € par véhicule (citadine, monospace, minibus, utilitaire).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ (1) de moins de 100 000 habitants, sauf PETR ou inscription dans un PETR
+&lt;/p&gt;
+&lt;p&gt;
+ (2) effectuée sur le coût hors taxes restant à charge, une fois les aides directes, subventions et défiscalisations déduites
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/autopartage/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour aller plus loin dans votre projet, vous pouvez vous identifier auprès de la Direction des Mobilités par courriel autopartage&amp;#64;grandest.fr ou par téléphone 03 88 15 69 70.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/696d-soutenir-le-developpement-dune-offre-de-mobil/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>41742</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Financer des services de mobilité durable en ville et en périphérie</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Financement des services de mobilité durable</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, une société ou un acteur financier privé et vous
+souhaitez participer au développement de services de mobilité durable ? La
+Banque des Territoires met à disposition des solutions de financement pour vous
+accompagner dans votre projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Solutions d’autopartage, service de vélos
+partagés, covoiturage courte distance, ou encore corporate venture au profit de
+jeunes entreprises innovantes : l’accompagnement de la Banque des Territoires
+peut se faire sur différents types de projets, en fonction de leur éligibilité.
+L’objectif est ainsi de développer des alternatives à la possession d’un véhicule
+et à l’autosolisme, libérer de l’espace urbain utilisé pour le stationnement de
+véhicules et réduire l’empreinte carbone.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement de ces solutions de mobilité
+durable est toutefois conditionné à des prérequis et des objectifs spécifiques,
+comme la justification territoriale du projet ou encore la réduction du volume
+de véhicules en circulation en agglomération. La Banque des Territoires met à
+disposition de nombreuses compétences et expertises pour étudier votre projet
+et vous apporter les meilleures solutions possibles.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_mobilite_durable_psat</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;service_mobilite_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-mobilite-durable/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>95303</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Apporter une aide aux transports pour les enfants et étudiants handicapés</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif de ce dispositif est de faciliter le transport, notamment scolaire, visant les enfants et les étudiants handicapés.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de l&amp;#039;Aude met en place ce projet pour s&amp;#039;assurer que tous les usagers puissent avoir le même accès aux transports, que le principe d&amp;#039;égalité soit respecté.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Handicap</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de la mise en place d&amp;#039;un transport scolaire, l&amp;#039;élève ou l&amp;#039;étudiant en situation de handicap doit être scolarisé, et ne pas pouvoir utiliser les  transports en commun en raison de la gravité de son handicap, médicalement établie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;élève doit être domicilié sur le département de l&amp;#039;Aude. Seule l&amp;#039;adresse du représentant légal où l&amp;#039;élève a sa résidence habituelle, ou de l&amp;#039;étudiant dès sa majorité peut être prise en compte pour le financement du transport.  Dans le cas d&amp;#039;une double domiciliation (garde partagée), une alternance sera mise en place sous réserve qu&amp;#039;elle concerne l&amp;#039;intégralité de l&amp;#039;année scolaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls sont pris en charge les frais de déplacement d&amp;#039;élèves et étudiants en situation de handicap qui fréquentent un établissement d&amp;#039;enseignement général, agricole ou professionnel, public ou privé placé sous contrat,
+ ou reconnu aux termes du livre VIII du code rural et de la pêche maritime. Il peut s&amp;#039;agir de structures particulières d&amp;#039;intégration telles que les classes Ulis, relevant de l&amp;#039;éducation nationale.
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en charge du transport dans le cas d&amp;#039;une scolarisation dans un établissement spécialisé, est assurée par les organismes de sécurité sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas pris en charge par le Département
+ &lt;/strong&gt;
+ les transports vers des établissements qui ne relèvent pas de sa compétence : vers les IME ou ITEP, vers des centres de soins ou des cabinets de praticiens pour des consultations médicales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/handicap-transports-scolaires</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/formulaire-de-demande-de-transport-pour-un-eleve-en-situation-de-handicap</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Maison Départementale des Personnes Handicapées (MDPH) de l&amp;#039;Aude :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : 18 rue Moulin de la Seigne -
+ 11855 Carcassonne Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Tél : 08.00.77.77.32
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mail :
+   &lt;a href="mailto:mdph&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+    mdph&amp;#64;aude.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant la prise en charge :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Direction de l&amp;#039;Autonomie -
+ Service de l&amp;#039;Aide Sociale générale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Transport des élèves handicapés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Tel : 04.68.11.81.12
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mail :
+   &lt;a href="mailto:transportseh&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+    transportseh&amp;#64;aude.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5188-apporter-une-aide-aux-enfants-et-etudiants-ha/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>90917</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'accès à la mobilité des plus fragiles</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="O36" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région agit pour l&amp;#039;accès à la mobilité des plus fragiles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Près de 80% des prêts accordés dans le cadre du Microcrédit personnel concernent l&amp;#039;achat de véhicules - plus de 600 par an. Parfois, les véhicules achetés sont en mauvais état et imposent des réparations supplémentaires difficilement supportables par les personnes en situation de précarité. Le soutien de la Région à la PRAM (Plate-forme régionale d&amp;#039;accès à la mobilité), permet d&amp;#039;apporter des solutions aux problématiques de mobilité des plus démunis. Les difficultés de mobilité représentent un facteur croissant d&amp;#039;exclusion et d&amp;#039;isolement social. C&amp;#039;est aussi un frein majeur au retour à l&amp;#039;emploi, particulièrement en zone rurale.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S36" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particulier
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;h3&gt;
+ Qu&amp;#039;est-ce que la PRAM ?
+&lt;/h3&gt;
+&lt;p&gt;
+ La PRAM est une association initiée et soutenue fortement par la Région, spécialisée dans la collecte, la remise en état professionnelle et la revente solidaire de voitures d&amp;#039;occasions. Quatre garages associatifs  (liste ci-dessous) répartis sur le territoire régional et le pôle mobilité ADSEA 86 à Châtellerault se sont mobilisés pour créer en décembre 2013 l&amp;#039;association « Plate-forme Régionale d&amp;#039;Accès la Mobilité » (PRAM)  pour répondre aux besoins de mobilité des plus démunis.
+&lt;/p&gt;
+&lt;p&gt;
+ Garages associatifs mobilisés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Association pour l&amp;#039;Insertion et la Valorisation de l&amp;#039;Environnement à Niort (AIVE), anime un chantier d&amp;#039;insertion pour son garage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Association pour les Gens du Voyage de la Région à Cognac (AGVRC),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Association Loisirs Formations Mobilité à Angoulême (LMF),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Association Régie de quartiers Diagonales à la Rochelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ La PRAM, un fonctionnement solidaire et respectueux de l&amp;#039;environnement
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de la PRAM est d&amp;#039;organiser la récupération de dons de véhicules  (2 ou 4 roues ) sur le territoire régional auprès du public, des collectivités locales et des entreprises, et les vendre à petits prix aux personnes en situation de précarité sur prescription sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le donateur pourra obtenir un reçu fiscal établi sur la valeur vénale du véhicule. Les véhicules devront être roulants et répondre à certains critères notamment en terme d&amp;#039;impact environnemental (âge du véhicule, kilométrage, puissance et consommation, organes de sécurité, moteur,...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les véhicules seront révisés, réparés et garantis dans une démarche de développement durable notamment lors du recyclage des liquides, des pneus, par le respect des normes anti- pollution...
+&lt;/p&gt;
+&lt;p&gt;
+ Les garages auront également un rôle d&amp;#039;accompagnement et de conseil en mobilité auprès des bénéficiaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Comment participer ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Vous pouvez devenir donateur et céder votre véhicule à l&amp;#039;association PRAM.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un particulier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez changer de véhicule alors qu&amp;#039;il est en bon état. Et s&amp;#039;il permettait à quelqu&amp;#039;un de redémarrer ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Donnez votre véhicule et bénéficiez d&amp;#039;une déduction fiscale à hauteur de 66% de votre don dans la limite de 20% des revenus imposables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous êtes une entreprise ou une collectivité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous avez une flotte de véhicules que vous devez renouveler régulièrement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes engagé dans une démarche de responsabilité sociétale des entreprises.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes engagé dans une démarche d&amp;#039;Agenda 21.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous pouvez nous céder vos véhicules en état de fonctionnement et bénéficier de déduction fiscale pour votre structure à hauteur de 60% de la valeur vénale du bien, dans la limite de 0,5% du chiffre d&amp;#039;affaires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous êtes un professionnel de l&amp;#039;automobile :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les véhicules repris à vos clients vous encombrent, donnez-les à l&amp;#039;association PRAM.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Contacter l&amp;#039;association PRAM
+&lt;/h3&gt;
+&lt;p&gt;
+ 200 rue Jean Jaurès - 79000 Niort
+ &lt;br /&gt;
+ Tél : 06 76 78 25 71
+ &lt;br /&gt;
+ contact&amp;#64;association-pram.fr
+ &lt;br /&gt;
+ www.association-pram.fr
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/plateforme-regionale-dacces-la-mobilite</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délégation numérique
+&lt;/p&gt;
+&lt;p&gt;
+ 15 rue de l&amp;#039;Ancienne Comédie
+ &lt;br /&gt;
+ 86021
+                                                    POITIERS Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 49 55 68 70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf2e-plateforme-regionale-dacces-a-la-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>103257</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions pilotes en matière de mobilité</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Plan Route : Innovation et actions pilotes en matière de mobilité</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
-[...2 lines deleted...]
- Création / déplacement / aménagement de points d&amp;#039;arrêt de lignes régulières de transport en commun (arrêt de bus).
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus doivent s&amp;#039;intégrer à la liste des thématiques liées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à l&amp;#039;infrastructure routière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à l&amp;#039;exploitation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux véhicules ou aux usages,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux services et au management de la mobilité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces thématiques sont détaillées dans l&amp;#039;annexe 4 à la délibération n° CR 2017-54 &amp;#34;Plan régional &amp;#34;anti-bouchon&amp;#34; et pour changer la route&amp;#34;;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région participera au maximum à 50% de la dépense supportée par le maître d&amp;#039;ouvrage (hors subventions provenant de tiers).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de bénéficier des subventions, vous devrez tout d&amp;#039;abord déposer un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération. Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
-[...9 lines deleted...]
-  Information et conseil sur les possibilités de subventions de ces aménagements; aide et accompagnement pour le montage des dossiers de demandes de subvention.
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gestionnaires de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maitres d&amp;#039;ouvrage publics
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
-[...289 lines deleted...]
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
-[...17 lines deleted...]
- Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/ry6ls9-cN</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Transports / Service pôles et voiries
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  directiondestransports&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
-[...718 lines deleted...]
-      </c>
       <c r="Y43" s="1" t="inlineStr">
         <is>
-          <t>erik.leconte@centrevaldeloire.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z43" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/4db6-financer-les-plans-de-mobilites-et-les-nouvea/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5d58-plan-route-innovation-et-actions-pilotes-en-m/</t>
         </is>
       </c>
       <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:27" customHeight="0">
       <c r="A44" s="1">
-        <v>76806</v>
+        <v>101961</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Générer votre attestation sur l'honneur du covoiturage pour bénéficier du forfait mobilités durables</t>
+          <t>Sensibiliser les citoyens aux émissions CO2 des déplacements</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>Registre de preuve de covoiturage</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
-        <is>
-[...553 lines deleted...]
-      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
-[...21 lines deleted...]
-Appui méthodologique
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Premier secteur émetteur de gaz à effet de serre avec 30% des émissions, le secteur des transports est un secteur clé de la transition écologique. Mais comment
+ &lt;strong&gt;
+  transmettre les bons ordres de grandeur et sensibiliser les citoyens
+ &lt;/strong&gt;
+ ?
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
+ &lt;strong&gt;
+  librement diffusable
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  intégrable sur tout type de site
+ &lt;/strong&gt;
+ pour permettre à chacun de comparer facilement l&amp;#039;impact de ses déplacements, mais aussi de montrer l&amp;#039;impact concret du
+ &lt;strong&gt;
+  covoiturage
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;a href="https://impactco2.fr/transport" target="_self"&gt;
+   impactco2.fr/transport
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt src="https://raw.githubusercontent.com/datagir/datagir-site/master/content/applications/mon-impact-transport/mon-impact-transport.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déjà utilisé dans différents défis et challenges de la mobilité aux 4 coins de la France (
+ &lt;a href="https://www.defimobilite-paysdelaloire.fr/page/73/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Pays de la Loire
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="http://challenge-mobilite-hdf.fr/blog/votre-%C3%A9co-calculateur-mobilit%C3%A9" rel="noopener" target="_blank"&gt;
+  Haut-de-France
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.challengemobilite-bfc.fr/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Bourgogne-Franche-Comté
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.challengedelamobilite.com/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Nouvelle-Aquitaine
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...), ce simulateur est aussi intégré sur les sites de
+ &lt;a href="https://www.grenoble.fr/2295-mon-impact-transport.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.larochelle-zerocarbone.fr/s-engager/la-boite-a-outils-du-zero-carbone/mon-impact-transport" rel="noopener" target="_blank"&gt;
+  La Rochelle
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/mobilites/action-5-je-privilegie-des-modes-de-transport-doux" rel="noopener" target="_blank"&gt;
+  Issy
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.normandie-tourisme.fr/preparer-son-sejour/informations-pratiques/venir-en-normandie/" rel="noopener" target="_blank"&gt;
+  Normandie Tourisme
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://sudrhone.fr/2020/06/29/vacances-partir-sans-oublier-la-planete/#" rel="noopener" target="_blank"&gt;
+  Sud Rhône Environnement
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Animation et mise en réseau
+Valorisation d'actions
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
-Industrie
-[...18 lines deleted...]
-      <c r="S49" s="1" t="inlineStr">
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/transport/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/21a8-sensibiliser-les-citoyens-aux-emissions-co2-d/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>165099</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Développer la mobilité européenne Erasmus+ ISSUE</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité européenne Erasmus+ ISSUE</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de stage en Europe ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 1 735 € &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Etudiant en formation initiale, en formation continue ou en apprentissage, inscrit dans un institut de formation sanitaire, membre du consortium Erasmus&amp;#43; ISSUE,&lt;/li&gt;
+&lt;li&gt;Personnel ou formateur d’un institut de formation sanitaire membre du consortium régional.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Membres du consortium à lister &lt;/strong&gt;&lt;em&gt;: IFSI de Charleville-Mézières, IFSI du CHU de Reims, IFSI de Nancy-Lionnois, IFSI Nancy-Laxou, IFSI de Forbach, IFSI de Neufchâteau, IFSI du CHR de Metz-Thionville, sites de Metz, Thionville et Briey, IFSI de Verdun St Mihiel, IFSI de Bar-le-Duc, IFSI de Sarrebourg, IFSI de Sarreguemines, IFSI de Brumath, IFSI de Haguenau, IFSI de Saverne, IFSI d’Epinal, IFSI de Saint-Dizier, IFSI des Hôpitaux Universitaires de Strasbourg, IFSI St Vincent de Strasbourg et l’Institut de formation en ergothérapie Lorraine Champagne-Ardenne de l’Institut de Formation en Masso-Kinésithérapie et Ergothérapie.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une mobilité de stage étudiant de 2 mois minimum (60 jours) dans un pays membre du programme Erasmus&amp;#43; ou dans un pays tiers associé ou non au programme ;&lt;/li&gt;
+&lt;li&gt;Une mobilité de personnel à des fins de formation ou d’enseignement.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les &lt;strong&gt;bourses de stages pour les étudiants&lt;/strong&gt; le montant de l’aide est calculé sur les bases suivantes :
+&lt;ul&gt;
+&lt;li&gt;Frais de séjour du nombre de jours de stage et du groupe dont fait partie le pays d’accueil,&lt;/li&gt;
+&lt;li&gt;Frais de voyage suivant la distance parcourue et le moyen de transport utilisé,&lt;/li&gt;
+&lt;li&gt;Complément financier de stage de 150 € par mois,&lt;/li&gt;
+&lt;li&gt;Complément financier de 250 € par mois pour les étudiants ayant moins d’opportunité &lt;strong&gt;&lt;em&gt;(en situation de handicap ou d’affectation de longue durée (ALD), habitant dans une commune classée zone de revitalisation rurale (ZRR), habitant à une adresse classée Quartiers Prioritaires de la Ville(QPV), boursier sur critères sociaux échelons 6 et 7, appartenant à un foyer dont le quotient familial CAF est inférieur ou égal à 566 €)&lt;/em&gt;.&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les &lt;strong&gt;bourses pour les personnels&lt;/strong&gt;, le montant de l’aide est calculé sur les bases suivantes :&lt;/li&gt;
+&lt;li&gt;Frais de séjour sur la base d’un montant journalier suivant le pays d’accueil&lt;/li&gt;
+&lt;li&gt;Frais de voyage suivant la distance parcourue et le moyen de transport utilisé.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;Aides complémentaires&lt;/h3&gt;
+&lt;p&gt;Pour les étudiants peut s’appliquer en complément une aide à la mobilité internationale à condition de répondre aux critères d’éligibilité (voir la page &lt;a href="https://www.grandest.fr/vos-aides-regionales/mobilite-internationale-formations-saso/"&gt;Aide à la mobilité internationale des formations sanitaires et sociales&lt;/a&gt;).&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;La demande passe par l’institut de formation. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Prendre contact auprès de la personne en charge de la mobilité des étudiants au sein de l’institut de formation sanitaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P45" s="1" t="inlineStr">
+        <is>
+          <t>29/11/2024</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mobilite-europeenne-erasmus-issue/</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0283/depot/simple</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;issue&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-europeenne-erasmus-issue/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>165107</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les services publics de transport à la demande</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux services publics de transport à la demande</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mettre en place un service public de transport à la demande (TAD) au sein de votre communauté de communes ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez d’une aide régionale pouvant aller jusqu’à 40 000 € par an  &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une communauté de communes du Grand Est organisatrice de la mobilité et ne prélevant pas de versement mobilité&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Sont exclus de ce dispositif les EPCI à compétence mobilité obligatoire ou leurs groupements, ainsi que toutes les AOM prélevant le versement mobilité.&lt;/p&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La mise en place d’un service public de transport à la demande (TAD) d’intérêt local et présentant également un intérêt régional : meilleure accessibilité aux centralités rurales et bourgs-centre, amélioration de l’intermodalité avec les différents réseaux de transport collectif, etc. (détail dans le règlement d’intervention).&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si votre projet s’inscrit dans cette logique, l’attribution de l’aide n’est pas pour autant automatique. Votre projet sera étudié au regard des priorités régionales, et sous réserve qu’une étude d’opportunité ait jugé de la pertinence du projet. L’offre TAD mise en place s’inscrira nécessairement dans un bouquet d’offres de mobilités complémentaires et ne saurait s’assimiler à un transport individuel de type taxi.&lt;/p&gt;
+&lt;p&gt;Pour être éligible à une aide régionale, l’offre publique de TAD devra notamment être ouverte à tous et être organisée sur le principe d’une desserte de point d’arrêt à point d’arrêt. Un maillage de points doit être prédéfini et ceux-ci doivent comprendre la desserte des pôles de services et les centralités, ainsi que les gares présentes sur le territoire ou à proximité.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 40 000 € annuel par EPCI&lt;/strong&gt; (correspondant à un taux de prise en charge pouvant aller de 40 à 80% des coûts liés à l’exploitation du TAD).&lt;/p&gt;
+&lt;p&gt;Les dépenses retenues seront étudiées avec chaque collectivité bénéficiaire sur la base d’un tableau-type des dépenses éligibles et des recettes. Les recettes et les dépenses devront être certifiées par le comptable public de la collectivité.&lt;/p&gt;
+&lt;p&gt;Sont par exemple exclues des dépenses éligibles les coûts liés, à la communication ou encore à l’utilisation d’outils de gestion du TAD.&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;En phase d’expérimentation ou d’amorçage d’un nouveau service de TAD, un soutien est envisageable auprès de l’Etat dans le cadre du Plan France Ruralités, via le Fonds vert 2024-2026, au titre de l’axe 3 : Développement des mobilités durables en zones rurales.&lt;br /&gt;
+&lt;a href="https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Axe3_Mobilit%C3%A9s_durables_v2.1.pdf"&gt;Plus d’infos&lt;/a&gt;&lt;br /&gt;
+Vous pouvez vous rapprocher de la Direction Départementale des Territoires, de votre département.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches préalables à l’obtention de l’aide régionale.&lt;/p&gt;
+&lt;p&gt;Privilégiez un envoi par mail : &lt;a href="mailto:dispositif.tad&amp;#64;grandest.fr"&gt;dispositif.tad&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>18/10/2024</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/services-publics-tad/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;dispositif.tad&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-services-publics-de-transport-a-la-demande/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>164419</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
+la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Espaces verts
+Espace public
+Friche
+Recyclage et valorisation des déchets
+Accès aux services
+Citoyenneté
+Revitalisation
+Innovation, créativité et recherche
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P47" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q47" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire AAP Revitalisation de centre-bourg</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>162644</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Innover en encourageant de nouvelles pratiques pour les mobilités</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche-Action 1 - Innover en encourageant de nouvelles pratiques pour les mobilités</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 50 000 €</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;img src="https://fr.wikipedia.org/wiki/Pays_de_l%27Isle_en_P%C3%A9rigord#/media/Fichier:Logo_Pays_de_l&amp;#039;Isle_en_P%C3%A9rigord.png" alt /&gt;&lt;img src="https://fr.wikipedia.org/wiki/Pays_de_l%27Isle_en_P%C3%A9rigord#/media/Fichier:Logo_Pays_de_l&amp;#039;Isle_en_P%C3%A9rigord.png" alt /&gt;L’objectif de cette fiche-action est de réfléchir collectivement pour initier et consolider des solutions alternatives pour les mobilités du quotidien, soit à la (seconde) voiture personnelle, soit pour celles et ceux qui n’ont pas (ou plus) de moyens de locomotion (jeunes et moins jeunes). Il s’agit d’encourager de nouvelles pratiques dans des zones éloignées d’une gare/halte.&lt;/p&gt;&lt;p&gt;En privilégiant des solutions qui encouragent l’entraide, la solidarité et le collectif, afin de rendre possible les déplacements et l’accès aux services publics, commerces, équipements, grands axes de communication… tout en réduisant la facture énergétique pour le territoire et les personnes.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Développer des solutions de mobilités innovantes durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Études et diagnostics directement liés à une action soutenue&lt;br /&gt;• Billettique intégrée pour emprunter une pluralité des modes de transports ...&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Renforcer les modes de déplacement doux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Études stratégiques à l’échelle du territoire du Pays&lt;br /&gt;• Installation de loueurs de vélos électriques&lt;br /&gt;• Aménagements piétonniers&lt;br /&gt;• Voies vélo&lt;br /&gt;• Voies cyclables&lt;br /&gt;• Zones de partage, au service de la mobilité du quotidien&lt;br /&gt;• Acquisition de matériel roulant doux et investissements liés à la mise à disposition du public …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mettre en œuvre des actions de sensibilisation aux nouvelles pratiques de mobilités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées&lt;br /&gt;• Ateliers&lt;br /&gt;• Manifestations de sensibilisation ...&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer de nouveaux services en faveur de la mobilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Test d’usage&lt;br /&gt;• Urbanisme tactique&lt;br /&gt;• Centre d’appel&lt;br /&gt;• Solution d’achats groupés&lt;br /&gt;• Services solidaires …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mettre en place des mobilités inversées (« aller vers » de certains services)&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Transport à la demande&lt;br /&gt;• Co-voiturage solidaire&lt;br /&gt;• Permanences&lt;br /&gt;• Services itinérants&lt;br /&gt;• Opérations visant l’expérimentation d’actions de mobilité inversée …&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P48" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q48" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les projets proches d’une gare ou d’une halte (les projets intégrés dans une stratégie de développement de l’intermodalité autour des gares/haltes.&lt;/p&gt;&lt;p&gt; - Les investissements matériels et les projets d’ingénierie (immatériel et / ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants.&lt;/p&gt;&lt;p&gt;- Les projets portés sur le territoire de la Communauté d’Agglomération Le Grand Périgueux&lt;/p&gt;&lt;p&gt;- Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses d’auto-construction&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les contributions en nature &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA1-Mobilites.pdf</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-encourageant-de-nouvelles-pratiques-pour-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>149070</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Partir en mobilité internationale dans le cadre de vos études</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la mobilité internationale des étudiants</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez partir en mobilité internationale dans le cadre de vos études ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 1 100 € : Une bourse de 200 € à 1 100 € en fonction des critères d&amp;#039;éligibilité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P49" s="1" t="inlineStr">
+        <is>
+          <t>19/07/2023</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   êtes inscrit dans un établissement d&amp;#039;enseignement supérieur de la région Grand Est ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   êtes inscrit en BUT, BTS, DNMADE ou en 3ème, 4ème ou 5ème année postbac au titre d&amp;#039;une formation diplômante ou inscrite au Répertoire National des Certifications Professionnelles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   effectuez une mobilité à l&amp;#039;étranger (étude ou stage), validée dans le cadre de votre diplôme ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   remplissez les conditions de durée éligibles à la mobilité internationale des étudiants en Grand Est ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   payez un loyer à l&amp;#039;étranger durant toute la mobilité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   percevez moins de 700 €/mois de rémunérations et/ou gratifications de stage.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et si votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une mobilité internationale pour un stage ou un séjour d&amp;#039;étude validé dans le cadre d&amp;#039;un diplôme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U49" s="1" t="inlineStr">
         <is>
-          <t>Europe</t>
+          <t>Grand Est</t>
         </is>
       </c>
       <c r="V49" s="1" t="inlineStr">
         <is>
-          <t>https://www.welcomeurope.com/horizon-europe-reseaux-doctoraux-msca-2025/</t>
+          <t>https://www.grandest.fr/vos-aides-regionales/mobilite-internationale-etudiants/</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_BMI3/depot/simple</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  A noter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide concerne exclusivement les
+ &lt;strong&gt;
+  étudiants qui débuteront leur stage/études
+ &lt;/strong&gt;
+ à l&amp;#039;étranger
+ &lt;strong&gt;
+  à partir du 1
+  er
+  septembre 2023.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pourrez effectuer votre
+ &lt;strong&gt;
+  demande en ligne début août.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y49" s="1" t="inlineStr">
         <is>
-          <t>msilva@welcomeurope.com</t>
+          <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z49" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-reseaux-doctoraux-msca-2025/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2331-aide-a-la-mobilite-internationale-des-etudian/</t>
         </is>
       </c>
       <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:27" customHeight="0">
       <c r="A50" s="1">
-        <v>164815</v>
+        <v>142829</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
-[...4 lines deleted...]
-          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+          <t>Organiser les mobilités en territoires peu denses</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>ADEME</t>
+          <t>Cerema</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>Entreprise privée</t>
+          <t>Intercommunalité / Pays
+Région</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-Ingénierie technique</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Les projets éligibles au fonds vert sont :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 &lt;/strong&gt;: à titre principal, des projets d’investissements industriels structurants et ambitieux sur le plan environnemental (par exemple, projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, recours à des matériaux biosourcés, etc.), qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (voir la liste d’exemples ci-après).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 :&lt;/strong&gt; à titre auxiliaire, des projets d’investissements contribuant au développement des compétences (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets éligibles doivent être : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;situés dans le périmètre      géographique d’un Territoire d’industrie 2023-2027 ;&lt;/li&gt;&lt;li&gt;soutenus par le ou les      Territoires d’industrie concernés, du fait de leur cohérence avec la      stratégie industrielle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets présenteront une assiette minimale de dépenses de 400 000 €. Le Préfet pourra retenir un montant d’assiette moins élevé pour les projets situés sur les territoires de la collectivité de Corse ou des départements et régions d’outre-mer.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour candidater et retrouver l’ensemble des pièces à déposer, veuillez vous rendre impérativement sur &lt;/strong&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie" target="_blank"&gt;&lt;strong&gt;le site démarches simplifiées&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre territoire est en milieu rural ou péri-urbain ? Vous représentez une commune petite ou moyenne et avez besoin d&amp;#039;appui pour imaginer des solutions innovantes adaptées ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour diagnostiquer vos besoins, organiser, planifier et évaluer vos politiques publiques sur ces questions de mobilité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous devez connaître plus finement la mobilité sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez anticiper les évolutions des mobilités ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez élaborer une stratégie de mobilité et identifier les solutions les plus pertinentes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez un retour objectif sur les projets mis en oeuvre ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires et expertes (ingénieurs, techniciens, architectes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises et compétences au plus près de vos besoins, grâce à un réseau territorialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des compétences multiples pour vos mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plusieurs dizaines d&amp;#039;années d&amp;#039;expérience au service des services publics de l&amp;#039;État et des collectivités locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des participations actives à l&amp;#039;édition de normes et règlement, aux côtés des pouvoirs publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Éclairer la décision
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic : collecte et analyse des données de mobilité/méthodologie adaptée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage : assistance pour la conduite de projet et aide à la mise en place de partenariats locaux à travers la concertation et la coconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prospective : mobilisation d&amp;#039;outils techniques pour prévoir et quantifier les besoins de mobilité à venir
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Mettre en œuvre vos projets et services de mobilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Stratégie : accompagnement dans toutes les phases d&amp;#039;élaboration de votre stratégie pour définir objectifs et priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions : appui à la définition des services de mobilité en adéquation avec vos enjeux et à partir de retours d&amp;#039;expériences locales (covoiturage, autopartage, transport à la demande, vélo...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation : réalisation du bilan des politiques et services retenus et anticipation des conséquences des choix de mobilités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Parc naturel régional des Volcans d&amp;#039;Auvergne
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ TEAMM Volcans, co-construction de solutions de mobilité avec le Parc naturel régional (PNR) des Volcans d&amp;#039;Auvergne pour les trajets domicile-travail des habitants d&amp;#039;une trentaine de collectivités du parc.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ardèche, le département
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude sur les besoins de mobilité du territoire de l&amp;#039;Ardèche
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Gaillac Graulhet Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Appui à l&amp;#039;élaboration du plan de mobilité rurale de Gaillac Graulhet Agglomération
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Kintoa Mugi
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide à la définition d&amp;#039;une solution de mobilité pour la Vallée des Aldudes
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N50" s="1" t="inlineStr">
         <is>
-          <t>Forêts
-[...4 lines deleted...]
-Bâtiments et construction
+          <t>Voirie et réseaux
+Cohésion sociale et inclusion
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
-Réduction de l'empreinte carbone</t>
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...9 lines deleted...]
-          <t>31/12/2025</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U50" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V50" s="1" t="inlineStr">
         <is>
-          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/fonds-vert-territoires-dindustrie-en-transition-ecologique</t>
+          <t>https://www.cerema.fr/fr/activites/services/organiser-mobilites-territoires-peu-denses</t>
         </is>
       </c>
       <c r="X50" s="1" t="inlineStr">
         <is>
-          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y50" s="1" t="inlineStr">
         <is>
-          <t>assistance.agirpourlatransition@ademe.fr</t>
+          <t>partenariats@cerema.fr</t>
         </is>
       </c>
       <c r="Z50" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01ae-organiser-les-mobilites-en-territoires-peu-de/</t>
         </is>
       </c>
       <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:27" customHeight="0">
       <c r="A51" s="1">
-        <v>164900</v>
+        <v>119944</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
-[...4 lines deleted...]
-          <t>EUROPE - LIFE - Programme européen pour l'environnement et le climat</t>
+          <t>Comprendre et analyser pour agir sur les mobilités - Capamob</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+          <t>Comprendre et analyser pour agir sur les mobilités - Capamob</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>Commission européenne</t>
+          <t>Cerema</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Cerema a mis en place un outil pour accompagner les collectivités en charge de l&amp;#039;organisation des mobilités dans la réalisation du diagnostic des mobilités sur leur territoire. Appelé CapaMOB, il permet de guider les acteurs dans la démarche, qu&amp;#039;ils soient seuls ou en équipe.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour aider les collectivités ayant pris la compétence mobilités à établir le diagnostic des mobilités sur leur territoire, l&amp;#039;outil CapMOB est disponible en ligne et accessible à tous les acteurs. Conçu pour répondre à un besoin des collectivités, il se veut fonctionnel et simple à utiliser.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://capamob.cerema.fr/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://capamob.cerema.fr/" rel="noopener" target="_blank"&gt;
+   https://capamob.cerema.fr/
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>mathias.gent@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef7b-comprendre-et-analyser-pour-agir-sur-les-mobi/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>71290</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l'accès vers l'emploi en finançant les frais de logements et/ou de transport (Fonds d'aide à la mobilité vers l'emploi)</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;aide à la mobilité vers l&amp;#039;emploi
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes sortis de formation depuis moins de 6 mois et avez trouvé un emploi éloigné de votre domicile ? Avec le Fonds d&amp;#039;aide à la mobilité vers l&amp;#039;emploi, la Région Nouvelle Aquitaine peut vous aider dans votre projet de mobilité en participant à vos frais de logement et/ou de transport.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sécuriser l&amp;#039;accès vers l&amp;#039;emploi aux apprenants sortant de formation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer aux dépenses de logement et transport engendrées par un nouveau contrat de travail
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Bénéficiaires : voir critères d&amp;#039;éligibilité ci-dessous
+&lt;/strong&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide pourra être portée à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1 000 € maximum pour les dépenses liées au logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 000 € maximum pour les dépenses liées au transport
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aides sont cumulables dans la limite de 2000 € par an et par demandeur.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est versée en 2 fois sur le compte bancaire du bénéficiaire : un premier versement de 60 % suite à l&amp;#039;accord de l&amp;#039;aide et un second versement de 40 %, sur présentation d&amp;#039;une attestation de votre employeur confirmant la bonne exécution du CDD ou la poursuite du CDI, dans les 3 à 6 mois suivant la date de démarrage du contrat de travail. Un modèle type (Attestation second versement) vous est proposé ci-dessous.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Porteur
+&lt;/strong&gt;
+: Région Nouvelle-Aquitaine
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Tags
+&lt;/strong&gt;
+: Autre
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Périmètre
+&lt;/strong&gt;
+: Nouvelle - Aquitaine
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Egalité des chances
+Logement et habitat
+Accessibilité
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2020</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ les salariés signataires d&amp;#039;un CDD de 3 mois minimum ou d&amp;#039;un CDI :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sortant de formation qualifiante Région depuis moins de 6 mois : stagiaires de la formation professionnelle, apprenants des formations sanitaires et sociales,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sortant de formation depuis moins de 6 mois : apprentis, lycéens professionnels, bénéficiaires de contrats de professionnalisation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les signataires de contrat d&amp;#039;apprentissage ou de professionnalisation en cours d&amp;#039;exécution ne sont pas éligibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses prises en compte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les dépenses de logement : frais de déménagement, frais de double résidence...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses de transport : frais de déplacement, frais kilométriques, abonnement aux transports en commun ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide n&amp;#039;est pas cumulable avec :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - la mise à disposition d&amp;#039;un véhicule de fonction ou de service
+&lt;/p&gt;
+&lt;p&gt;
+ - la prise en charge de l&amp;#039;intégralité des frais de transport et/ou de logement par d&amp;#039;autres dispositifs (Pôle emploi, Action Logement, Région, collectivités, entreprises...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le formulaire de demande est à compléter et soumettre en ligne, accompagné des pièces obligatoires suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Copie de la pièce d&amp;#039;identité : carte d&amp;#039;identité, passeport, titre de séjour...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;Identité Bancaire (RIB), de moins de 2 mois s&amp;#039;il est daté, au nom du demandeur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation de fin de formation remis par votre organisme de formation. Un modèle d&amp;#039;attestation de fin de formation est à votre disposition ci-dessous.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrat de travail ou attestation employeur précisant la durée de la période d&amp;#039;essai et le salaire brut mensuel. Un modèle d&amp;#039;attestation de fin de formation est à votre disposition ci-dessous.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatif de domicile principal en Nouvelle-Aquitaine de moins de 3 mois à votre nom (Facture de téléphone, d&amp;#039;électricité, de gaz, d&amp;#039;eau, quittance de loyer, avis d&amp;#039;imposition, taxe d&amp;#039;habitation...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justificatifs des dépenses liées à la demande : déménagement (devis), double résidence (contrats de location, quittances de loyer...), transport (factures pour le transport en commun, carte grise pour le calcul des frais kilométriques.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/fonds-daide-la-mobilite-vers-lemploi</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Relation aux Usagers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Formation Professionnelle et Apprentissage
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eced-fonds-daide-a-la-mobilite-vers-lemploi/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>74861</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Financer la mobilité européenne des élèves des filières sanitaires et sociales</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient et accompagne les écoles relevant des filières sanitaires et sociales désirant intégrer dans leur offre de formation des stages en entreprise en Europe au profit de leurs élèves en formation relevant des niveaux 3 et 4.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Dans un contexte économique et social en mutation, la mobilité européenne génère un effet accélérateur de retour à l&amp;#039;emploi ou d&amp;#039;entrée en formation.  Consciente de ces enjeux, la Région Occitanie Pyrénées-Méditerranée, avec le soutien financier de l&amp;#039;Agence Erasmus &amp;#43;, contribue à l&amp;#039;insertion socio-professionnelle des apprentis, en favorisant l&amp;#039;ouverture internationale comme levier de développement de la citoyenneté et des compétences professionnelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Des dispositifs d&amp;#039;accompagnement financier et techniques sont mis à la disposition des structures proposant des formations de niveau 3 et 4 de la filière sanitaire et sociale pour les soutenir dans le développement des actions de mobilité à l&amp;#039;international.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Huit catégories de dépenses sont éligibles à un barème forfaitaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais de visites préparatoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de préparation au départ et de formation linguistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de mobilité (voyage et séjour),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais culturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;assurance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien aux besoins spécifiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de personnel et charges indirectes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalité de dépôt d&amp;#039;une demande de subvention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;organisme bénéficiaire dépose une demande pour un groupe et pour une destination, même si les séjours sont échelonnés et/ou les départs individuels.   Par principe, la demande de financement devra être antérieure au commencement d&amp;#039;exécution de l&amp;#039;opération (phase préparatoire de la mobilité). Toutefois, les dossiers sollicitant un financement pour des opérations qui auraient débuté 6 mois avant la date de réception de la demande de financement pourront être considérés recevables par la Région dans le respect des dispositions des articles 4 et 5 du règlement d&amp;#039;intervention régissant ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Egalité des chances
+Education et renforcement des compétences
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls sont éligibles les organismes membres du consortium ERASMUS&amp;#43; &amp;#34;Mobilité des apprenants d&amp;#039;Occitanie 2020/2022&amp;#34; coordonnés par la Région Occitanie :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les organismes gestionnaires des établissements de formations sanitaires et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des établissements de formations sanitaires et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout organisme associé et habilité par un établissement membre pour la mise en œuvre du projet de mobilité,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets éligibles doivent répondre aux caractéristiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action n&amp;#039;est pas cofinancée par des financements européens captés directement par l&amp;#039;établissement ou le bénéficiaire direct
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre minimal d&amp;#039;apprenants bénéficiaires fixé à 5 , et dans la mesure du possible d&amp;#039;un groupe &amp;#34;classe&amp;#34; ou &amp;#34;promotion&amp;#34;, pour lequel l&amp;#039;organisme bénéficiaire est libre de déterminer les critères de formation du groupe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir des modalités de préparation au départ et d&amp;#039;accompagnement adaptées au public éligible (avant, pendant et après la période de mobilité) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une période de formation en entreprise dans le cadre d&amp;#039;un partenariat européen en lien avec les objectifs pédagogique de la formation suivie par les apprenants bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inclure une démarche d&amp;#039;évaluation des compétences acquises en cours de mobilité et des impacts du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Destinations éligibles : Seules les mobilités organisées dans les pays éligibles au programme ERASMUS&amp;#43; sont éligibles au programme régional. Pour accéder à la liste des pays éligibles, veuillez-vous référer au site Internet de l&amp;#039;Agence Erasmus &amp;#43; . La zone géographique prioritaire en Europe est définie par les accords de coopération de la Région Occitanie Pyrénées / Méditerranée, à savoir les relations bilatérales privilégiées avec l&amp;#039;Allemagne et les zones transfrontalières espagnoles (Catalogne, Navarre, Aragon, Pays Basque) et les Iles Baléares dans le cadre de l&amp;#039;Eurorégion Pyrénées / Méditerranée ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le contenu de la mobilité prendra en compte un stage en entreprise d&amp;#039;une durée minimale de 10 jours consécutifs. Le séjour peut être ventilée sur un temps en entreprise et/ou un temps en centre de formation, si la mobilité est à visée certificative ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-a-la-mobilite-europeenne-des-eleves-des-filieres-sanitaires-et-sociales</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mathilde DUPAS
+&lt;/p&gt;
+&lt;p&gt;
+ chargée de mission
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : mathilde.dupas&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5287-aides-a-la-mobilite-europeenne-des-eleves-des/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>66413</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de transport et les terminaux portuaires et logistiques</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à subventionner les études et travaux de création ou de rénovation / régénération d&amp;#039;infrastructures de transport et développer les terminaux portuaires et logistiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études et travaux concernés visent à maintenir et/ou développer des infrastructures permettant une mobilité performante des personnes et des marchandises conduisant à promouvoir l&amp;#039;attractivité et le développement économique du territoire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.normandie.fr/infrastructures-et-reseaux-de-transports</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICES INFRASTRUCTURES ET ETUDES
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.41 (secrétariat)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba9a-developper-des-infrastructures-permettant-une/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>71378</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Former des conseillers mobilité - Programme du Réseau Mob'In</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Mob'In France</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le conseil en mobilité pour l&amp;#039;insertion s&amp;#039;affirme comme la fonction pivot des parcours et actions de mobilité inclusive sur les territoires. Mob&amp;#039;In France souhaite accompagner les acteurs territoriaux de la mobilité inclusive dans la
+ &lt;strong&gt;
+  réflexion, la mise en place et le développement du conseil en mobilité sur leur territoire.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Public visé
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseiller(e)s mobilité ou futur(e)s conseiller(e)s mobilité
+ &lt;/strong&gt;
+ dans le cadre du développement de leurs compétences.
+ &lt;br /&gt;
+ Tout acteur d&amp;#039;une structure intervenant ou souhaitant intervenir dans le champ de la mobilité inclusive souhaitant s&amp;#039;acculturer au conseil en mobilité pour l&amp;#039;insertion.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Objectif général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Acquérir un socle de connaissances et de compétences nécessaires à la pratique du conseil en mobilité pour l&amp;#039;insertion.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Déroulé
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Formation en présentiel organisée en 3 journées de 7 heures. Les deux premières journées sont réunies, la 3ème journée se réalise entre 1 à 3 mois après.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Méthodes et moyens pédagogiques
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toute méthode permettant la facilitation de l&amp;#039;apprentissage ; la méthode active est privilégiée.
+ &lt;br /&gt;
+ Animation de la formation par deux professionnels expérimentés : un responsable de structure/plateforme de mobilité et un conseiller mobilité insertion.
+ &lt;br /&gt;
+ Mise à disposition de ressources pédagogiques variées.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Contenu de la formation :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Module 1 : le conseil en mobilité insertion dans son environnement
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - la mobilité inclusive : une question sociétale, définition de la mobilité inclusive, le savoir/vouloir/pouvoir bouger, les publics, les concepts de base,
+ &lt;br /&gt;
+ - le cadre législatif et institutionnel : les grands textes, les autorités compétentes, les acteurs nationaux de la mobilité inclusive, l&amp;#039;écosystème local,
+ &lt;br /&gt;
+ - les acteurs et plateforme de mobilité : des constructions territoriales, les principes communs d&amp;#039;une plateforme, l&amp;#039;accompagnement à la mobilité pour l&amp;#039;insertion : cœur de métier,
+ &lt;br /&gt;
+ - le positionnement de la fonction du CeMi : sur le champ économique, social, écologique, territorial,
+ &lt;br /&gt;
+ - les missions, activités et compétences : informer, évaluer, conseiller, suivre, accompagner, former, coordonner, observer, proposer.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Module 2 : le conseil en mobilité au contact du public
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - les représentations de la mobilité,
+ &lt;br /&gt;
+ - le parcours mobilité vers l&amp;#039;insertion,
+ &lt;br /&gt;
+ - de l&amp;#039;orientation au plan d&amp;#039;actions individualisé : la demande, l&amp;#039;accueil, les critères, indicateurs et outils de l&amp;#039;évaluation mobilité, le bilan et le plan d&amp;#039;action individualisés, la co-construction du parcours,
+ &lt;br /&gt;
+ - les fondamentaux de l&amp;#039;accompagnement : posture, pré-requis, limites,
+ &lt;br /&gt;
+ - l&amp;#039;accompagnement à la mobilité : l&amp;#039;accueil, le contrat, les situations d&amp;#039;accompagnement à la mobilité, les outils et ressources du conseiller,
+ &lt;br /&gt;
+ - le bilan du parcours mobilité : résultats et effets sur la situation de la personne accompagnée.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Suivi et évaluation
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le suivi de la formation est assurée par la signature de feuilles de présence.
+ &lt;br /&gt;
+ A l&amp;#039;issue de la formation :
+ &lt;br /&gt;
+ •    chaque participant complète une fiche d&amp;#039;auto évaluation des connaissances et compétences acquises
+ &lt;br /&gt;
+ •    une attestation de formation est remise au participant
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Formation éligible au financement par OPCO.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nombre de formations (année 2019/2020): 5
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre de stagiaires (2019/2020): 75
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre de formateurs : 10
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Formation professionnelle
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Programme disponible sur toute la France métropolitaine et outre-mer.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Une formation peut être mise en place à partir de 8 participants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pascal GRAND,
+&lt;/p&gt;
+&lt;p&gt;
+ professionnalisation&amp;#64;mobin-solutions.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>contact@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8745-former-des-conseillers-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>103259</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Financer des équipements, des études et des plans relatifs au management de la mobilité</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Plan Route : Management de la mobilité</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Equipements collectifs : financement des équipements collectifs suivants, à condition qu&amp;#039;ils soient situés sur ou à proximité immédiate du réseau routier d&amp;#039;intérêt régional :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aires de covoiturage et leurs annexes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les infrastructures de recharge rapide de véhicules électriques et les équipements de distribution d&amp;#039;autres énergies alternatives pour les véhicules propres
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agences locales de mobilité (ALM) : financement des dépenses d&amp;#039;investissement relatives aux études de faisabilité, à l&amp;#039;investissement initial et au budget de fonctionnement, sur une période de 3 ans
+&lt;/p&gt;
+&lt;p&gt;
+ Plan de mobilité : financement des dépenses d&amp;#039;investissement et de fonctionnement relatives aux études et plans d&amp;#039;actions des :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Plans de mobilité lycées et campus universitaires
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plans de mobilité visés par l&amp;#039;article L. 1214-8-2 du code des transports, à condition qu&amp;#039;il s&amp;#039;agisse de plans inter-entreprises.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelle est la nature de l&amp;#039;aide ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La Région participera à hauteur de 50 % de la dépense supportée par le maître d&amp;#039;ouvrage (hors subventions provenant de tiers).
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelles démarches ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Afin de bénéficier des subventions, vous devrez tout d&amp;#039;abord déposer un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération. Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Qui peut en bénéficier ?
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gestionnaires de voirie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maitres d&amp;#039;ouvrage
+  &lt;/li&gt;
+  &lt;li&gt;
+   associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   entreprises
+  &lt;/li&gt;
+  &lt;li&gt;
+   collectivités territoriales et leurs groupements
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/SJybs9-5V</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Transports / Service Pôles et voiries
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  directiondestransports&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2e8-plan-route-management-de-la-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>104649</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mobilité internationale des étudiants en formation initiale - Envoléo</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Envoléo</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Faciliter le départ et l&amp;#039;installation à l&amp;#039;étranger pour une période de formation académique ou de stage pratique de 3 mois (13 semaines consécutives) minimum réalisée dans le cadre du cursus dans un établissement de formation ligérien partenaire de la Région sur le dispositif Envoléo.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>05/01/2008</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les périodes d&amp;#039;études ou de stage professionnalisant à l&amp;#039;international d&amp;#039;une durée minimale de 3 mois (13 semaines) consécutifs dans l&amp;#039;organisme d&amp;#039;accueil étranger.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ L&amp;#039;étudiant, âgé de moins de 28 ans, doit être :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  en formation dans l&amp;#039;académie de Nantes l&amp;#039;année universitaire précédent celle de la mobilité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en formation initiale sous statut scolaire en présentiel dans un établissement ligérien partenaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  présélectionné par son établissement de formation pour candidater à ce programme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de nationalité française ou ressortissant de l&amp;#039;Union Européenne ou, pour les étudiants extra-communautaires, ressortissant d&amp;#039;un pays membre de l&amp;#039;Organisation Internationale de la Francophonie et remplir les conditions d&amp;#039;éligibilité du CROUS (A noter que la mobilité ne peut être aidée si elle est réalisée dans le pays d&amp;#039;origine ou de résidence).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La candidature de l&amp;#039;étudiant doit être préalablement validée par l&amp;#039;établissement de formation ligérien partenaire de la Région sur ce dispositif. Elle doit parvenir à la Région jusqu&amp;#039;à un mois pour les séjours d&amp;#039;études et jusqu&amp;#039;à 15 jours pour les séjours de stage avant le début de la mobilité (pour les départs d&amp;#039;août à septembre, les dossiers doivent parvenir avant la fermeture estivale de l&amp;#039;établissement).
+Se renseigner auprès de la Direction des relations internationales sur le calendrier de dépôt des candidatures fixé par l&amp;#039;établissement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La procédure est partiellement dématérialisée puisque l&amp;#039;étudiant saisit en ligne sa demande et peut suivre l&amp;#039;état d&amp;#039;avancement de son dossier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier accompagné des pièces constitutives est à remettre à l&amp;#039;établissement de formation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seule la réception du dossier présélectionné par l&amp;#039;établissement après vérifications des pièces déclenche l&amp;#039;instruction de la demande par la Région.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A/Je suis étudiant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;a href="https://tsenvoleo.paysdelaloire.fr/MobiliteCRPL/workflow_url?ECITIZ_ACTIVITY_PATH&amp;#61;ActeurDemandeurIdentifie&amp;amp;USERID&amp;#61;CreationCompte&amp;amp;ECITIZ_DECONNECTION_URL&amp;#61;close.htm" rel="noopener" target="_blank"&gt;
+   Créer mon compte
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://tsenvoleo.paysdelaloire.fr/MobiliteCRPL/workflow_url?ECITIZ_ACTIVITY_PATH&amp;#61;ActeurDemandeurIdentifie&amp;amp;USERID&amp;#61;Identification&amp;amp;ECITIZ_DECONNECTION_URL&amp;#61;close.htm" rel="noopener" target="_blank"&gt;
+   Accéder à mon compte
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://tsenvoleo.paysdelaloire.fr/MobiliteCRPL/workflow_url?ECITIZ_ACTIVITY_PATH&amp;#61;ActeurDemandeurNonIdentifie&amp;amp;ECITIZ_HOME_URL&amp;#61;acteurdemandeurnonidentifie.jsp&amp;amp;ECITIZ_PROCESS_ID&amp;#61;J%27ai%20oublie%20mes%20informations%20de%20connexion&amp;amp;ECITIZ_DECONNECTION_URL&amp;#61;services_list.jsp" rel="noopener" target="_blank"&gt;
+   Mot de passe oublié ?
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  B/Je suis un établissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;a href="https://tsenvoleo.paysdelaloire.fr/MobiliteCRPL/workflow_url?ECITIZ_ACTIVITY_PATH&amp;#61;ActeurEtablissementDeFormation" rel="noopener" target="_blank"&gt;
+   Examinez les demandes de vos étudiants
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/envoleo</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_ENVOLEO/depot/simple</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;enseignement supérieur et de la recherche -
+ Service Enseignement supérieur, mobilité internationale et vie étudiante
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Mobilité internationale : 0800444500 N° VERT Service et appel gratuits depuis un poste fixe en France
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accès à ce dispositif s&amp;#039;effectue
+ EXCLUSIVEMENT
+ par l&amp;#039;établissement de formation ligérien : prenez contact avec le
+  service des relations internationales de votre établissement de formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5bb8-envoleo/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>163770</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'étranger - Projet de mobilité de courte durée</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Projet de mobilité de courte durée - Action Clé 1</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...6 lines deleted...]
-      <c r="H51" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K51" s="1" t="inlineStr">
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés.</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
-[...248 lines deleted...]
-      <c r="S53" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de mobilité dans les domaines de l’éducation et de la formation. Il est possible de partir en mobilité en Europe et au-delà pour se former, découvrir des systèmes éducatifs différents, de nouvelles approches et méthodes de travail, approfondir ses compétences linguistiques et professionnelles, ou tout simplement s’ouvrir à une autre culture. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le projet de mobilité de courte durée est un moyen simple et direct de permettre à des organismes de bénéficier d’une subvention Erasmus&amp;#43; pour faire partir personnels et apprenants (usagers) vers un pays membre du programme Erasmus&amp;#43;. L’objectif principal est d&amp;#039;organiser facilement des activités de mobilité et d&amp;#039;acquérir ainsi de l&amp;#039;expérience dans le programme Erasmus&amp;#43;. Ces projets concernent aussi bien les secteurs de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et celui de l&amp;#039;éducation tout au long de la vie des adultes.&lt;/p&gt;&lt;p&gt;Ces projets de mobilité de courte durée limitent le nombre de participants (30 mobilités maximum) et la durée du projet (de 6 à 18 mois). Un seul organisme peut organiser des mobilités pour ses personnels ou ses apprenants/usagers.&lt;/p&gt;&lt;p&gt;Le financement Erasmus&amp;#43; couvre les frais de déplacement, les frais d’hébergement, de restauration et de transport sur place. Ils peuvent également prendre en charge les frais d’inscription à des cours ou à des séminaires de formation. Un montant forfaitaire soutient par ailleurs les dépenses de la collectivité territoriale pour la gestion administrative et financière du projet européen.&lt;/p&gt;&lt;p&gt;Les cofinancements ne sont pas obligatoires mais sont à privilégier. Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides, nationales ou locales.&lt;/p&gt;&lt;p&gt;Pour chaque appel à propositions, un seul projet de mobilité de courte durée peut être porté par un organisme candidat pour un même secteur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Avec son projet &amp;#34;Repenser l&amp;#039;attractivité dans les périphéries des métropoles&amp;#34;, &lt;strong&gt;la ville d&amp;#039;Evry-Courcouronnes&lt;/strong&gt; &lt;span&gt;souhaite prendre appui sur une meilleure connaissance
+d’autres villes européennes afin d’y puiser de l’inspiration,
+créer des contacts et des échanges et ainsi jeter les bases d’un réseau européen
+de villes partageant des problématiques d’attractivité plus ou moins similaires. Les participants
+concernés par les mobilités sont de deux catégories : des agents de la
+commune, travaillant dans divers services en lien avec la notion d’attractivité, voire certains habitants, membres de conseils citoyens, de tous âges,
+genres, quartiers de résidence et d’origines diverses. Pour en savoir plus : &lt;/span&gt;&lt;span&gt;&lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2022-1-FR01-KA122-ADU-000070697" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;commune de Toulouges&lt;/strong&gt; (7255 habitants) porte un projet
+Erasmus&amp;#43; au bénéfice de 11 Agents Territoriaux Spécialisés des Ecoles. L&amp;#039;équipe
+d&amp;#039;ATSEM souhaite faire évoluer ses pratiques, ses connaissances, ses
+compétences dans le but d&amp;#039;améliorer leur école. Pour la réussite des élèves,
+elle entend observer de nouvelles pratiques éducatives italiennes et espagnoles
+afin d&amp;#039;en transposer les plus pertinentes au sein de leur établissement, tout
+en visant l&amp;#039;inclusion des élèves dans un parcours éducatif de qualité. Pour en savoir plus : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2023-1-FR01-KA122-SCH-000120068" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour consultez d&amp;#039;autres exemples de projets, consultez &lt;a href="https://agence.erasmusplus.fr/publications/recueil-de-projets-erasmus-collectivites-territoriales/" target="_self"&gt;le recueil de projets Erasmus&amp;#43; portés par des collectivités territoriales&lt;/a&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T53" s="1" t="inlineStr">
-[...670 lines deleted...]
-&lt;/p&gt;</t>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U58" s="1" t="inlineStr">
         <is>
-          <t>Occitanie</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V58" s="1" t="inlineStr">
         <is>
-          <t>https://www.laregion.fr/Dispositif-Eco-cheque-mobilite-Parcs-Naturels-Regionaux</t>
+          <t>https://monprojet.erasmusplus.fr/mobilite</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
       <c r="X58" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...12 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
       <c r="Y58" s="1" t="inlineStr">
         <is>
-          <t>admin@test.com</t>
+          <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
       <c r="Z58" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/02b4-dispositif-eco-cheque-mobilite-parcs-naturels/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger-1/</t>
         </is>
       </c>
       <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:27" customHeight="0">
       <c r="A59" s="1">
+        <v>163017</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné pour planifier le développement des mobilités douces sur votre territoire</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à l'élaboration d'un schéma directeur des mobilités douces</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement à l’élaboration d’un schéma directeur de développement des mobilités douces sur votre territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance à la définition du besoin et rédaction du cahier des charges,&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et l’attribution des marchés de prestations intellectuelles nécessaires (Bureau d’études chargé d’établir le schéma directeur).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-letablissement-de-votre-politique-routiere/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>163008</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Développer des mobilités durables adaptées aux besoins des habitants</t>
         </is>
       </c>
-      <c r="C59" s="1" t="inlineStr">
+      <c r="C60" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F59" s="1" t="inlineStr">
+      <c r="F60" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I59" s="1" t="inlineStr">
+      <c r="I60" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J59" s="1" t="inlineStr">
+      <c r="J60" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Développer des mobilités durables adaptées aux besoins des habitants &lt;/em&gt;&lt;/strong&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis, par sa position
 géographique et ses caractéristiques socio-économiques, est un territoire qui
 génère de nombreux déplacements domicile/travail internes et externes. Par
 ailleurs, nombre d’habitants, du fait du caractère rural ou péri-urbain du
 territoire, sont dépendants de la voiture pour accéder aux services essentiels.
 Ces flux sont en grande majorité faits en voiture individuelle, occasionnant
 des problèmes de trafic routier, de nuisances environnementales, d&amp;#039;accès à
 l’emploi ou d’isolement en cas d’absence de véhicule… Le Pays d’Ancenis doit
 relever le défi d’une mobilité alternative et innovante, en mettant l’accessibilité
 et la proximité au cœur de son développement&lt;/span&gt;. &lt;font face="Arial Narrow, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire
      l’autosolisme en développant des modes de déplacement plus vertueux pour
      l’environnement en complémentarité avec les autorités organisatrices de
      mobilité&lt;/li&gt;&lt;li&gt;Expérimenter
      et développer des mobilités alternatives adaptées au territoire et
      différenciées selon les espaces (hameaux, bourgs, centres-villes) en
      promouvant les solutions innovantes (covoiturage, libre-service, mobilité
      solidaire, par exemple)&lt;/li&gt;&lt;li&gt;Faciliter
      et accompagner le changement de pratiques de déplacement&lt;/li&gt;&lt;li&gt;Sécuriser
      la pratique des mobilités actives en développant ses infrastructures pour
      favoriser le report modal sur les trajets courts et améliorer
      l’intermodalité&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M59" s="1" t="inlineStr">
+      <c r="M60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans le
 domaine des mobilités : études stratégiques, diagnostics préalables,
 études de faisabilité, études de marchés, schémas des mobilités, plans de
 déplacements, par exemple&lt;/li&gt;&lt;li&gt;Expérimentations de solutions de mobilités alternatives, actions
      de sensibilisation, d’animation et de communication et organisation
      d’évènements pour la promotion des transports alternatifs afin de limiter
      le recours aux véhicules individuels, notamment ceux utilisant les
      énergies fossiles (par exemple véhicules mutualisés entre communes type
      bus ou minibus, véhicules électriques en libre-service, ateliers de
      réparation, services de sécurisation des usagers du vélo)&lt;/li&gt;&lt;li&gt;Actions pour le développement d’une mobilité solidaire
      (covoiturage, réseau mobilité, transports solidaires, garages solidaires,
      par exemple)&lt;/li&gt;&lt;li&gt;Travaux de construction, de rénovation et d’équipements pour le
 développement des mobilités vertueuses (dont voies cyclables, équipements en
 bornes électriques, par exemple) et des projets multimodaux dans une logique
 d’intérêt communautaire&lt;/li&gt;&lt;li&gt;Travaux de construction, rénovation et d’équipements pour le
 développement de transports solidaires (point stop, covoiturage dynamique, par
 exemple)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P59" s="1" t="inlineStr">
+      <c r="P60" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q59" s="1" t="inlineStr">
+      <c r="Q60" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-dynamique-culturelle-et-sportive-au-service-des-besoins-des-habitants/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>162795</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mobilité des éditeurs de Provence-Alpes-Cote d'Azur</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la mobilité des éditeurs de Provence-Alpes-Cote d'Azur</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de sa politique culturelle, la Région Provence-Alpes-Côte d&amp;#039;Azur propose un soutien spécifique aux maisons d&amp;#039;édition professionnelles souhaitant participer à des événements situés hors région et cohérents avec leur positionnement éditorial, pour favoriser leur notoriété et leur développement en France ou à l&amp;#039;étranger.&lt;/p&gt; &lt;p&gt;Editeurs indépendants, disposant d&amp;#039;un établissement ou d&amp;#039;une succursale dans la région.&lt;/p&gt; &lt;p&gt;Les éditeurs indépendants, disposant d’un établissement ou d’une succursale dans la région. Ce dispositif exclut le financement des éditeurs souhaitant bénéficier d’une aide pour une participation à un salon ou un évènement déjà pris en charge par une association professionnelle d’éditeurs soutenue par la Région. De plus, l’aide de la Région à un éditeur pour participer à un salon ne sera cumulable en aucune façon à un soutien par un réseau d’éditeurs pour le même événement.&lt;br /&gt; &lt;br /&gt; Les éditeurs peuvent bénéficier d’aides pour participer à des événements hors Provence-Alpes-Côte d&amp;#039;Azur, en France ou à l’étranger.&lt;br /&gt; Ils présentent un programme prévisionnel de participations sur une année, et ne peuvent solliciter cette aide qu’une fois par an.&lt;br /&gt; Les manifestations littéraires proposées doivent être en cohérence avec le positionnement éditorial de l’éditeur, qui présentera de manière précise les motivations de ses choix d’événements, en démontrant leur pertinence. Ces manifestations devront permettre à l’éditeur d’accroître sa notoriété et de réaliser pendant l’événement des ventes d’ouvrages qu’il a publiés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les éditeurs indépendants, disposant d’un établissement ou d’une succursale dans la région. Ce dispositif exclut le financement des éditeurs souhaitant bénéficier d’une aide pour une participation à un salon ou un évènement déjà pris en charge par une association professionnelle d’éditeurs soutenue par la Région. De plus, l’aide de la Région à un éditeur pour participer à un salon ne sera cumulable en aucune façon à un soutien par un réseau d’éditeurs pour le même événement.&lt;br /&gt; &lt;br /&gt; Les éditeurs peuvent bénéficier d’aides pour participer à des événements hors Provence-Alpes-Côte d&amp;#039;Azur, en France ou à l’étranger.&lt;br /&gt; Ils présentent un programme prévisionnel de participations sur une année, et ne peuvent solliciter cette aide qu’une fois par an.&lt;br /&gt; Les manifestations littéraires proposées doivent être en cohérence avec le positionnement éditorial de l’éditeur, qui présentera de manière précise les motivations de ses choix d’événements, en démontrant leur pertinence. Ces manifestations devront permettre à l’éditeur d’accroître sa notoriété et de réaliser pendant l’événement des ventes d’ouvrages qu’il a publiés.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-la-mobilite-des-editeurs-de-provence-alpes-cote-dazur</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Valérie Miletto: &lt;a href="mailto:vmiletto&amp;#64;maregionsud.fr"&gt;vmiletto&amp;#64;maregionsud.fr &lt;/a&gt; &lt;br /&gt; Tél:  04 88 73 67 06 / 06 86 53 56 77 &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Gestionnaire pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Estelle Monier : &lt;a href="mailto:emonier&amp;#64;maregionsud.fr"&gt;emonier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Tél: 04 91 57 59 69&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-mobilite-des-editeurs-de-provence-alpes-cote-dazur/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>162803</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La pratique sportive nécessite de disposer d’équipements spécifiques, souvent coûteux mais nécessaire à une pratique sécurisée, lointaine et dans les meilleures conditions de performance. A ce titre, la Région souhaite aider les associations sportives de son territoire dans l&amp;#039;acquisition de véhicules nécessaires au transport de leurs équipes et de leurs sportifs.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt; Associations sportives ;&lt;/li&gt; 	&lt;li&gt;Ligues et comités sportifs régionaux&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Date de dépôt des dossiers :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>162312</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Programme Régional d’Aide à la Mobilité Etudiante</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la Mobilité Etudiante (PRAME) - Enseignement Supérieur</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante (PRAME) volet Enseignement Supérieur s&amp;#039; adresse aux étudiants inscrits dans les établissements régionaux d’enseignement supérieur qui effectuent un stage à l’étranger dans le cadre de leur cursus de formation.&lt;/p&gt;
+&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante, volet Enseignement Supérieur, a pour objectif de favoriser la mobilité des étudiants.&lt;/p&gt;
+&lt;div&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;br /&gt;  &lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance; &lt;/li&gt; 	&lt;li&gt;Être&lt;strong&gt; &lt;/strong&gt;inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un stage d&amp;#039;une durée minimum de 8 semaines dans l&amp;#039;un des territoires éligibles.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt; &lt;h3&gt;&lt;strong&gt;Sont inéligibles : &lt;/strong&gt;&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt;
+&lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant : &lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €.&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;Sur dossier de candidature soumis à un comité de validation des candidatures, dans la limite du budget disponible dédié à cette action.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;L’attribution de la bourse n’est donc pas automatique.&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’étudiant peut bénéficier d’une bourse PRAME par année universitaire. Il ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME.&lt;/li&gt; &lt;/ul&gt;
+&lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2019</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Sont inéligibles : &lt;/strong&gt;&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt;
+&lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant : &lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €.&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;Sur dossier de candidature soumis à un comité de validation des candidatures, dans la limite du budget disponible dédié à cette action.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;L’attribution de la bourse n’est donc pas automatique.&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’étudiant peut bénéficier d’une bourse PRAME par année universitaire. Il ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME.&lt;/li&gt; &lt;/ul&gt;
+&lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt; &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région  &lt;a href="https://aidesformation.maregionsud.fr/" target="_blank" title="https://aidesformation.maregionsud.fr/"&gt;https://aidesformation.maregionsud.fr/&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attribution de la bourse dans la limite du budget disponible&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-etudiante-prame-enseignement-superieur</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-daide-a-la-mobilite-etudiante-prame-enseignement-superieur-2023-2024/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>162333</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la mobilité des étudiants du secteur sanitaire et social</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la Mobilité Etudiante (PRAME) - Volet Sanitaire et social</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Etudiante volet Sanitaire et Social permet aux étudiants inscrits dans une formation du sanitaire et social agréée / autorisée par la Région d’obtenir une bourse régionale dans le cadre de l’accomplissement d’un stage à l’étranger durant leur cursus.&lt;/p&gt;
+&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante volet Sanitaire et Social a pour objectif de favoriser la mobilité des étudiants du secteur sanitaire et social.&lt;/p&gt;
+&lt;div&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Les étudiants inscrits en formation initiale dans un établissement régional de la formation sanitaire et/ou sociale public ou privé conventionné avec la Région;&lt;/li&gt; 	&lt;li&gt;Les étudiants doivent préparer une formation agréée / autorisée par la Région;&lt;/li&gt; 	&lt;li&gt;Les étudiants doivent avoir validé un diplôme de niveau IV&lt;/li&gt; &lt;/ul&gt; &lt;h3&gt;&lt;strong&gt;Ressources de l&amp;#039;étudiant&lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l&amp;#039;étudiant (&amp;#61;revenu global divisé par le nombre de part) ne doit pas excéder 26000 €.&lt;br /&gt; Le quotient familial de l&amp;#039;étudiant est calculé à partir de l&amp;#039;avis d&amp;#039;imposition de l&amp;#039;année 2023 sur les revenus de l&amp;#039;année 2022 sur lequel il figure.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;étudiant doit réaliser un stage dans un territoire éligible de 3 à 20 semaines (maximum).&lt;/p&gt;
+&lt;h3&gt;Pays éligibles&lt;/h3&gt;
+&lt;p&gt;Pays du monde, hormis la France (territoires métropolitains et d&amp;#039;Outre-Mer) et les principautés de Monaco et d&amp;#039;Andore.&lt;/p&gt;
+&lt;h3&gt;Sont inéligibles&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d’une allocation Erasmus &amp;#43; ;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d’une indemnité de stage supérieure à 200 € par semaine.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2019</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Ressources de l&amp;#039;étudiant&lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l&amp;#039;étudiant (&amp;#61;revenu global divisé par le nombre de part) ne doit pas excéder 26000 €.&lt;br /&gt; Le quotient familial de l&amp;#039;étudiant est calculé à partir de l&amp;#039;avis d&amp;#039;imposition de l&amp;#039;année 2023 sur les revenus de l&amp;#039;année 2022 sur lequel il figure.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;étudiant doit réaliser un stage dans un territoire éligible de 3 à 20 semaines (maximum).&lt;/p&gt;
+&lt;h3&gt;Pays éligibles&lt;/h3&gt;
+&lt;p&gt;Pays du monde, hormis la France (territoires métropolitains et d&amp;#039;Outre-Mer) et les principautés de Monaco et d&amp;#039;Andore.&lt;/p&gt;
+&lt;h3&gt;Sont inéligibles&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d’une allocation Erasmus &amp;#43; ;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d’une indemnité de stage supérieure à 200 € par semaine.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région : &lt;strong&gt;&lt;a href="https://aidesformation.maregionsud.fr/SignIn?ReturnUrl&amp;#61;%2Fprofile%2F"&gt;&lt;strong&gt;aidesformation.maregionsud.fr/&lt;/strong&gt;&lt;/a&gt; &lt;/strong&gt;&lt;br /&gt; Attribution de la bourse dans la limite du budget disponible.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-etudiante-prame-volet-sanitaire-et-social</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question relative à ce dispositif, vous pouvez contacter le Service Attractivité et Rayonnement International au 04 91 57 54 44 ou 04 91 57 54 99.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-daide-a-la-mobilite-etudiante-prame-sanitaire-et-social-2023-2024/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>149123</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'aides individuelles aux déplacements pour réussir sa formation</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Aides individuelles aux déplacements pour réussir sa formation</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous pouvez bénéficier d&amp;#039;une aide forfaitaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ Pour le transport :
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  90€ pour une distance supérieure à 15 km et inférieure à 250 km
+ &lt;/li&gt;
+ &lt;li&gt;
+  110€ pour une distance supérieure à 250 km
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Pour l&amp;#039;hébergement :
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  100 € jusqu&amp;#039;à 50 km
+ &lt;/li&gt;
+ &lt;li&gt;
+  300 € pour une distance supérieure 50 km
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le paiement se fait sur présentation d&amp;#039;un justificatif (quittance, facture...) attestant d&amp;#039;un hébergement différent du domicile habituel du stagiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bon à savoir : ces 2 aides sont cumulables
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2022</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-individuelles-aux-deplacements-pour-reussir-sa-formation/</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous adresser auprès de votre centre de formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3fac-aides-individuelles-aux-deplacements-pour-reu/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>142830</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un service de transport à l’aide de véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez innover pour répondre à un besoin de mobilité non couvert sur votre territoire ? Vous envisagez d&amp;#039;initier une démarche pilote autour de solutions de transport offertes par les navettes ou voitures autonomes partagées ? Le Cerema vous accompagne, de la définition de votre projet à sa mise en œuvre opérationnelle.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pourquoi mettre en place un service de transport basé sur des véhicules autonomes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour quels itinéraires ? Comment assurer la sécurité routière pour tous les usagers sur les parcours concernés ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels contraintes et avantages associés ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Besoin d&amp;#039;aide pour obtenir une autorisation d&amp;#039;expérimentation ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la mise en place un service de transport à l&amp;#039;aide de véhicules autonomes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Définir les zones de pertinence du territoire pour déployer un service de transport basé sur des véhicules autonomes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des besoins de mobilité peu pris en compte par l&amp;#039;offre existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude d&amp;#039;opportunité sur le déploiement de véhicules autonomes pour y répondre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des sites de déploiement potentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formalisation des éléments de coût.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Établir l&amp;#039;itinéraire du service de transport en fonction des contraintes propres aux véhicules autonomes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des interactions potentielles avec les autres usagers (piétons, vélos, véhicules conventionnels)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propositions d&amp;#039;aménagement de la voirie existante.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner le territoire dans la demande d&amp;#039;autorisation d&amp;#039;expérimentation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mémento sur la réglementation, la procédure et les principales étapes d&amp;#039;instruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support à la constitution du dossier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi de la procédure d&amp;#039;instruction jusqu&amp;#039;à l&amp;#039;obtention d&amp;#039;une réponse.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sécurité, Acceptabilité, Mobilité autonome
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Projet SAM « Sécurité et acceptabilité de la mobilité autonome » (2019-2023).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Aix-Marseille-Provence | Thecamp
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Analyse de l&amp;#039;itinéraire envisagé pour une liaison entre le campus et la gare TGV d&amp;#039;Aix-en-Provence (depuis 2019)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ville de Longwy
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Analyse de l&amp;#039;itinéraire envisagé par la ville pour un service de transport entre ville basse et ville haute (2019-2020)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/mettre-place-service-transport-aide-vehicules-autonomes</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d33-mettre-en-place-un-service-de-transport-a-lai/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>142710</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Évaluer votre service de transport basé sur des véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez déployer un service de transport innovant pour répondre aux besoins de mobilité sur votre territoire ? Vous vous interrogez sur la pertinence d&amp;#039;un système basé sur des véhicules autonomes ? Le Cerema vous accompagne pour déterminer le niveau d&amp;#039;efficacité, de sécurité et d&amp;#039;acceptation de cette solution.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez évaluer l&amp;#039;efficacité du service mis en œuvre ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous vous interrogez sur son impact en matière de sécurité routière ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez mesurer l&amp;#039;adhésion des usagers ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans l&amp;#039;évaluation de votre service de transport basé sur des véhicules autonomes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer l&amp;#039;efficacité du service expérimenté sur la base d&amp;#039;indicateurs clés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mesure de la capacité et de l&amp;#039;usage réel (fréquentation, typologie d&amp;#039;usagers, utilité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de la souplesse de mise en œuvre, en comparaison avec une offre de transport classique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; S&amp;#039;assurer de la sécurité des déplacements et des autres usagers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic sur les conflits d&amp;#039;usage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formalisation de recommandations (modification d&amp;#039;aménagements, réservation de voies, mise en place d&amp;#039;équipements).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Apprécier le ressenti de la population et l&amp;#039;impact du service sur les comportements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enquête usagers : détermination des ressentis en fonction des profils
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation des critères d&amp;#039;adhésion et des réticences à l&amp;#039;utilisation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ils nous font confiance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sécurité, Acceptabilité, Mobilité autonome
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Projet SAM « Sécurité et acceptabilité de la mobilité autonome » (2019-2023).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sytral
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Évaluation de la desserte du grand stade « Parc Olympique Lyonnais » (2019-2020)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Nantes Métropole
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Évaluation de la mise en place d&amp;#039;une navette autonome dans une zone d&amp;#039;activité pour la desserte d&amp;#039;un restaurant d&amp;#039;entreprise (2019)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Autun
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Évaluation du service offert par la navette entre le Champ de Mars et la Cathédrale (2019)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Valorisation d'actions
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluer-votre-service-transport-base-vehicules-autonomes</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c9c8-evaluer-votre-service-de-transport-base-sur-d/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>142706</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles vos bâtiments, espaces publics et transports</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assurer l&amp;#039;accessibilité de la chaîne des déplacements renforce l&amp;#039;attractivité du territoire et répond à une exigence sociale croissante.
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte de la diversité des publics et leurs besoins évolutifs (pour construire des réponses adaptées) constitue un vecteur majeur d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema, fort de son expertise technique et de sa capacité à développer des approches innovantes et intégrées, vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité, qu&amp;#039;ils concernent la voirie et les espaces publics, les bâtiments ou les transports.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment prendre en compte l&amp;#039;ensemble des besoins spécifiques de chaque population (vieillissement, handicaps) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer la continuité de la chaîne du déplacement et traiter les interfaces ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer un cheminement accessible, confortable et sécurisé pour tous ? et permettre à chacun de se repérer et s&amp;#039;orienter ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment garantir l&amp;#039;accès pour tous aux établissements et leur confort d&amp;#039;usage ? Comment assurer l&amp;#039;accessibilité des logements et favoriser le maintien à domicile ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer le niveau d&amp;#039;accessibilité des transports ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maître d&amp;#039;ouvrage public ou privé (dans les domaines voirie, bâtiment ou transport), et plus particulièrement : une collectivité (métropole, ville, commune) en France métropolitaine ou d&amp;#039;Outre-mer, un gestionnaire de patrimoine public ou privé, une région, un département, le Cerema vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour l&amp;#039;élaboration et la mise en œuvre de stratégies d&amp;#039;accessibilité (en amont, programmation de l&amp;#039;accessibilité, à une échelle territoriale ou patrimoniale...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise intégrée sur des projets liés à l&amp;#039;accessibilité (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - bonne connaissance de la réglementation et des besoins des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser d&amp;#039;autres partenaires (acteurs de la &amp;#34;mise en œuvre&amp;#34;, développeurs de solutions)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réseaux, d&amp;#039;ateliers techniques (démarches participatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation / sensibilisation : montage ou support au montage de formations sur-mesure (en présentiel, à distance, ou mixtes)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Expérimentations sur le guidage en traversée piétonne avec la ville de Paris
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Solidéo, société de livraison des ouvrages olympiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement de la solidéo pour la livraison de logements accessibles et adaptés au vieillissement sur l&amp;#039;opération &amp;#34;Cluster Média&amp;#34; des JOP Paris 2024
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lorient Agglomération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mission d&amp;#039;évaluation du niveau d&amp;#039;accessibilité des transports pour le compte de Lorient Agglomération
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rendre-accessibles-vos-batiments-espaces-publics-transports</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3fb-rendre-accessibles-vos-batiments-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>138012</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'aide financière pour le transport des élèves internes des collèges</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Aide financière pour le transport des élèves internes des collèges</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>Entre 110€ et 330€ selon le kilométrage. Aide versée en fin d'année scolaire.</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au transport  des jeunes élèves internes des collèges publics et privés du département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Elèves internes des collèges publics et privés scolarisés du département
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ dossier de demande remis aux familles et validée par le collège
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Sur demande
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Collèges
+&lt;/p&gt;
+&lt;p&gt;
+ Françoise Chabalier
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:françoise.chabalier&amp;#64;hauteloire.fr" target="_self"&gt;
+  françoise.chabalier&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.43.65
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d0c-aider-au-transport-des-eleves-internes-des-co/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>119983</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Participer aux frais de déplacements pour les finales de compétitions officielles</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux déplacements de sportifs ayant participé à des finales nationales</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Ville de Brest</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Subventions pour les association dont les sportifs ont participé à des finales nationales officielles de championnats ou de coupes, ayant supporté des frais de déplacement. La participation à la finale nationale de championnat ou de coupe doit résulter de sélections préalables au niveau départemental, régional ...
+&lt;/p&gt;
+&lt;p&gt;
+ Le calcul est basé sur le kilométrage parcouru, le nombre de sportifs, le nombre de jours de la finale. La restauration et l&amp;#039;hébergement font l&amp;#039;objet d&amp;#039;un montant forfaitaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules les compétitions nationales sont prises en compte.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Brest</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.brest.fr/mes-demarches/associations/associations-sportives-brestoises-demander-une-subvention-6476.html</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ sports-subventions&amp;#64;mairie-brest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>sports-subventions@mairie-brest.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a420-aider-aux-frais-de-deplacements-pour-les-fina/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>66409</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’intermodalité entre les différents modes de transports en commun</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Faciliter les déplacements en transports en commun en incitant au transfert modal des automobilistes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Créer des pôles d&amp;#039;échanges le long ou au terminus des axes structurants de transports publics régionaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Favoriser l&amp;#039;intermodalité entre les différents modes de transports en commun
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/poles-dechanges-multimodaux</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICES INFRASTRUCTURES ET ETUDES
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.41 (secrétariat)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b2f6-favoriser-lintermodalite-entre-les-differents/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>71377</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une offre de mobilité pour les migrants - Programme du réseau Mob'In</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Mob'In France</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;accès à une mobilité autonome et durable est un facteur essentiel d&amp;#039;insertion sociale et professionnelle dans le sens où il facilite l&amp;#039;accès à une autonomie sociale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Être mobile est une condition souvent nécessaire à l&amp;#039;accès à l&amp;#039;emploi et cette compétence est également un cadre efficace à la socialisation et à l&amp;#039;apprentissage de la règle et de la citoyenneté. La découverte et l&amp;#039;application de ces codes favorisent une bonne compréhension du fonctionnement des réglementations du champ professionnel, social, juridique et civique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Toutefois, la préparation du code de la route, la connaissance des réseaux de transports en commun, ou l&amp;#039;acquisition de compétences pour se déplacer pour les personnes non francophones nécessitent des réponses spécifiques, complémentaires au droit commun.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Depuis de nombreuses années, les acteurs du réseau Mob&amp;#039;In travaillent en partenariat avec les acteurs locaux de l&amp;#039;intégration et de l&amp;#039;insertion pour permettre aux publics étrangers de répondre à ce double enjeu dans le cadre d&amp;#039;actions qui permet à la fois :
+&lt;/p&gt;
+&lt;p&gt;
+ •    un accès à la mobilité autonome, des compétences indispensables à l&amp;#039;insertion sociale et professionnelle
+ &lt;br /&gt;
+ •    une meilleure maîtrise de la langue française au travers des formations centrées sur l&amp;#039;objectif spécifique de la mobilité
+ &lt;br /&gt;
+ •    une appropriation des codes de la citoyenneté au travers un apprentissage basé sur le référentiel d&amp;#039;éducation à la mobilité citoyenne (REMC).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Deux programmes complémentaires ont été créés par les acteurs du réseau Mob&amp;#039;In
+ &lt;/strong&gt;
+ et sont proposés sur l&amp;#039;ensemble du territoire :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   IntegraCode
+  &lt;/strong&gt;
+  : l&amp;#039;apprentissage du français par la préparation au code de la route
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   IntegraMob
+  &lt;/strong&gt;
+  : formation et accompagnement des étrangers-primo arrivants vers des solutions de mobilité alternatives à la conduite automobile.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces deux programmes ont été co-financés par la DAAEN. IntegraCode en 2018 et 2019 et IntegraMob en 2020.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Un référentiel national IntegraCode a été coproduit par les acteurs du projet. Cette ressource pédagogique permet aux structures adhérentes de Mob&amp;#039;In de mettre en place, sur leur territoire, une action inscrite dans le cadre de la politique d&amp;#039;intégration des étrangers primo-arrivants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   PRESENTATION INTEGRACODE
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet Integracode est né du constat que la préparation du code de la route, pour les publics non francophones, reste très difficile, faute de réponses adaptée.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;entrée en formation Intégracode
+ &lt;strong&gt;
+  s&amp;#039;inscrit dans le parcours global d&amp;#039;intégration
+ &lt;/strong&gt;
+ de la personne. C&amp;#039;est pourquoi, cette action doit se mettre en place en collaboration étroite avec les acteurs locaux de l&amp;#039;intégration : OFII, DDCSPP, préfecture, opérateurs de l&amp;#039;accompagnement des étrangers, organismes de formation en français, ...
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Une formation en français sur objectif spécifique « code de la route »
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le programme et le contenu de la formation s&amp;#039;appuie donc à la fois sur des sources pédagogiques liées à l&amp;#039;apprentissage du français et des sources liées au code de la route :
+ &lt;br /&gt;
+ - Le mémoire de master 2ème année, mention Sciences du Langage Spécialité Français Langue Étrangère, d&amp;#039;Agnès de Capitani « Conduite langagière. Le français du code de la route ».
+ &lt;br /&gt;
+ - Le Cadre Européen Commun de Référence pour les Langues (CECRL) et notamment l&amp;#039;inventaire linguistique des contenus clés
+ &lt;br /&gt;
+ - Les ressources du Centre International d&amp;#039;Etudes Pédagogiques (CIEP), notamment celles liées au Diplôme Elémentaire en Langue Française (DELF)
+ &lt;br /&gt;
+ - Le Référentiel d&amp;#039;Education à la Mobilité Citoyenne (REMC)
+ &lt;br /&gt;
+ - Le code de la route des éditions ENPC
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Une formation qui poursuit un double objectif, contribuant à l&amp;#039;accès à la citoyenneté
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La formation Intégracode permet à la personne à la fois de d&amp;#039;augmenter son niveau de maîtrise du français vers le niveau B1 et de valider les pré requis langagiers nécessaires à la préparation du code de la route.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   PRESENTATION INTEGRAMOB
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme IntegraMob a pour objectifs de former et accompagner les étrangers primo-arrivants vers les
+ &lt;strong&gt;
+  solutions de mobilité alternatives à la conduite automobile
+ &lt;/strong&gt;
+ . Il s&amp;#039;agit d&amp;#039;engager une collaboration avec les acteurs locaux de l&amp;#039;intégration, que ce soit en milieu rural ou urbain, pour accompagner ces publics vers des solutions de mobilité pérennes, durables et adaptées à leurs capacités.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il comprend :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Une formation mobilité socle :
+ &lt;/em&gt;
+ &lt;br /&gt;
+ Ces ateliers, animés par un formateur ou conseiller mobilité, pourront porter, selon les réalités de chaque territoire sur :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La connaissance de son territoire, les notions de rayon de mobilité : découverte du territoire, des adresses utiles, des modes de déplacements possibles, ...
+ &lt;br /&gt;
+ - L&amp;#039;utilisation des solutions locales de mobilité, connaitre et savoir utiliser les modes collectifs de déplacement : lire des horaires, un plan, itinéraire, acheter un billet, ...
+ &lt;br /&gt;
+ - La maîtrise des bases du numérique pour se déplacer : utiliser son ordinateur, ou son smartphone, l&amp;#039;utilisation du covoiturage, les différentes solutions mobilité, l&amp;#039;inscription sur un site, l&amp;#039;utilisation d&amp;#039;applications, ...
+ &lt;br /&gt;
+ - Une mise en situation pratique sur l&amp;#039;utilisation du vélo ou du vélo à assistance électrique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ A l&amp;#039;issue de cette formation socle, un bilan individualisé sera réalisé avec la personne, sa structure accompagnatrice et l&amp;#039;acteur local Mob&amp;#039;In. Ce bilan permettra de valider ou non la prolongation du parcours dans le cadre de la formation complémentaire ASR.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Une formation complémentaire : la préparation à l&amp;#039;ASR
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;Attestation de Sécurité Routière (ASR) permet à la fois de se former aux bases du code de la route et ouvre la possibilité de la conduite d&amp;#039;un deux-roues motorisé ou d&amp;#039;une voiturette (obligatoire pour passer le permis AM ou permis cyclomoteur pour les publics nés avant le 1er Janvier 1988).
+ &lt;br /&gt;
+ Selon les territoires entre 40 à 60% des EPA ayant suivi la formation mobilité socle pourront être orientés vers la préparation à l&amp;#039;ASR.
+ &lt;br /&gt;
+ Pour le public migrant, dont le niveau de maîtrise du français est faible, la préparation à l&amp;#039;ASR est l&amp;#039;occasion d&amp;#039;acquérir un vocabulaire et une syntaxe de base, qui peut ensuite permettre d&amp;#039;aller vers le code de la route.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ A l&amp;#039;issue de cette formation, les personnes pourront être présentées à l&amp;#039;examen de l&amp;#039;ASR (passé gratuitement au Greta), si elles atteignent le niveau requis à l&amp;#039;examen.
+ &lt;br /&gt;
+ Cette formation ASR sera animée par un formateur spécialisé (bepecaser) sur une durée de 30 heures.  Elle pourra se mettre en place en présentiel (groupes de 6/8), et/ou à distance.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt;
+ &lt;em&gt;
+  Un accompagnement individualisé au « pouvoir bouger »
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;issue du parcours,
+ &lt;strong&gt;
+  toute personne doit disposer d&amp;#039;une ou plusieurs solutions de mobilité lui permettant de réaliser ses démarches personnelles et professionnelles en autonomie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Chacun des participants bénéficiera d&amp;#039;un accompagnement individualisé pour « pouvoir bouger »
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction des besoins de chacun, cet accompagnement, assuré par un formateur ou conseiller mobilité, pourra se traduire par :
+ &lt;br /&gt;
+ - un accompagnement physique dans ses démarches liées à la mobilité,
+ &lt;br /&gt;
+ - un conseil et un soutien individualisé dans les démarches d&amp;#039;accès à la mobilité,
+ &lt;br /&gt;
+ - une aide dans la recherche d&amp;#039;achat ou de location d&amp;#039;un véhicule (hors voiture),
+ &lt;br /&gt;
+ - une intermédiation avec le ou les acteurs  participant au parcours d&amp;#039;intégration.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cet accompagnement se réalisera en lien étroit avec les structures locales d&amp;#039;hébergement et/ou d&amp;#039;accompagnement des migrants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   IntegraCode
+  &lt;/strong&gt;
+  :
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Bilan 2018 :
+ &lt;br /&gt;
+ 163 EPA ont participé aux 18 groupes.
+ &lt;br /&gt;
+ Les 14 structures prévues ont assuré la formation et coconstruit le référentiel national.
+ &lt;br /&gt;
+ 25 formateurs FLE et sécurité routière se sont investis dans le projet et développé un socle pédagogique commun.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En 2019, 30 nouveaux groupes se sont mis en place avec un soutien à environ 300 EPA.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   IntegraMob
+  &lt;/strong&gt;
+  :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 18 structures positionnées sur 8 régions (territoires ruraux ou péri-urbains) pour mettre en œuvre le programme en 2020/2021.
+ &lt;br /&gt;
+ Environ 250 étrangers primo-arrivants accompagnés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Citoyenneté
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programmes disponibles sur les régions suivantes :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ - Grand Est
+ &lt;br /&gt;
+ - BFC
+ &lt;br /&gt;
+ - AURA
+ &lt;br /&gt;
+ - Corse
+ &lt;br /&gt;
+ - Occitanie
+ &lt;br /&gt;
+ - Nouvelle Aquitaine
+ &lt;br /&gt;
+ - Centre Val de Loire
+ &lt;br /&gt;
+ - Pays de la loire
+ &lt;br /&gt;
+ - Bretagne
+ &lt;br /&gt;
+ - Normandie
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>http://professionnalisation@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pascal GRAND
+&lt;/p&gt;
+&lt;p&gt;
+ professionnalisation&amp;#64;mobin-solutions.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>contact@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e6f9-mettre-en-place-une-offre-de-mobilite-pour-le/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>95000</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Recevoir une formation Sanitaire et Sociale : aide à la mobilité internationale</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de soutenir et de favoriser la mobilité internationale des élèves (infra bac) et des étudiants (post bac) en formation dans les instituts de formations sanitaire et sociale de la région Grand Est. Ce dispositif peut s&amp;#039;appliquer en complément d&amp;#039;une aide à la mobilité ERASMUS &amp;#43;.
+S&amp;#039;adressant à tous les étudiants et élèves, sans conditions de ressources, les aides attribuées au titre de ce dispositif seront bonifiées sous conditions pour les boursiers ou les personnes effectuant leur mobilité dans un pays frontalier de la région Grand Est.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dispositif est ouvert sur la région Grand Est aux élèves et aux étudiants inscrits dans un institut de formations sanitaires ou sociales agréé par la Région Grand Est (hors IBODE, IADE et Cadre de santé). Sont éligibles les étudiants non salariés (hors promotion professionnelle CIF, apprentis).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;h3&gt;
+  Montant de l&amp;#039;aide
+ &lt;/h3&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Montant forfaitaire de
+   &lt;strong&gt;
+    400 €
+   &lt;/strong&gt;
+   quelle que soit la durée du stage ou des études
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bonification de
+   &lt;strong&gt;
+    200 €
+   &lt;/strong&gt;
+   pour les étudiants boursiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bonification de
+   &lt;strong&gt;
+    100 €
+   &lt;/strong&gt;
+   pour les élèves ou étudiants effectuant leur stage ou leurs études dans un pays frontalier (Allemagne, Belgique, Luxembourg ou Suisse)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Ce dispositif peut s&amp;#039;appliquer en complément d&amp;#039;une aide à la mobilité ERASMUS&amp;#43;
+ &lt;/p&gt;
+ &lt;h3&gt;
+  Modalités
+ &lt;/h3&gt;
+ &lt;p&gt;
+  Transmission du
+  &lt;strong&gt;
+   dossier de demande
+  &lt;/strong&gt;
+  à la Région à
+  &lt;a href="mailto:veronique.desuert&amp;#64;grandest.fr"&gt;
+   veronique.desuert&amp;#64;grandest.fr
+  &lt;/a&gt;
+  accompagné des pièces suivantes
+ &lt;/p&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Attestation de l&amp;#039;Institut de formation d&amp;#039;origine autorisant l&amp;#039;élève, l&amp;#039;étudiant à effectuer une période de formation déterminée dans un organisme identifié à l&amp;#039;étranger
+  &lt;/li&gt;
+  &lt;li&gt;
+   1 RIB
+  &lt;/li&gt;
+  &lt;li&gt;
+   Copie de la notification de la bourse (pour les étudiants boursiers)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Convention de stage tripartite signée par toutes les parties
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;li&gt;
+ Effectuer une période d&amp;#039;études ou de stage
+ &lt;strong&gt;
+  d&amp;#039;une durée minimale de 5 semaines
+ &lt;/strong&gt;
+ dans un même organisme à l&amp;#039;étranger.
+&lt;/li&gt;
+&lt;p&gt;
+ Elle doit faire l&amp;#039;objet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;une attestation de l&amp;#039;institut de formation d&amp;#039;origine autorisant l&amp;#039;élève ou l&amp;#039;étudiant à effectuer des études ou un stage au titre de sa formation pour une durée déterminée au sein d&amp;#039;un organisme identifié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une attestation de présence par l&amp;#039;organisme d&amp;#039;accueil,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une convention de stage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Destinations éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Toutes les destinations sont éligibles, à l&amp;#039;exception de la France (DOM TOM inclus).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/formation-sanitaire-et-sociale-aide-a-la-mobilite-internationale/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Région Grand Est :
+ Véronique DESUERT – Tél. 03 87 33 64 94
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0ff-formation-sanitaire-et-sociale-aide-a-la-mobi/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>165105</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Développer la mobilité européenne des apprentis et des professionnels de l’insertion - ESCALE</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité européenne des apprentis et des professionnels de l’insertion - ESCALE</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de mobilité pour vos apprentis de niveau 3 et 4 ou pour vos personnels, et vous êtes membres du consortium régional ESCALE ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale et européenne :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Une &lt;/strong&gt;&lt;strong&gt;avance de trésorerie de 50% &lt;/strong&gt;&lt;strong&gt;dès l’accord de financement&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses remboursées jusqu’à 100% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une structure membre du consortium régional ERASMUS &amp;#43; ESCALE&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Un projet de mobilité européenne ou internationale pour des apprentis de niveau 3 et 4, ou pour votre personnel&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 100 % du montant des dépenses retenues en € TTC&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les frais de transport, de restauration et d’hébergement liés à la réalisation d’une visite préparatoire si celle-ci est nécessaire ;&lt;/li&gt;
+&lt;li&gt;Les frais de transport, de restauration et d’hébergement au cours du séjour ;&lt;/li&gt;
+&lt;li&gt;Les activités culturelles et pédagogiques sous réserve que celles-ci soient en lien avec la formation des apprentis et/ ou avec des thématiques liées à la citoyenneté européenne.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;Privilégiez un envoi par mail : &lt;a href="mailto:nomdudispositif&amp;#64;grandest.fr"&gt;escale&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;ET/OU&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;(à partir du 4 novembre) &lt;strong&gt;ou par mail selon l’indication du service instructeur,&lt;/strong&gt;&lt;strong&gt; le plus tôt possible et impérativement avant&lt;/strong&gt; le démarrage de votre projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>International</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>21/10/2024</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une structure membre du consortium régional ERASMUS &amp;#43; ESCALE&lt;/p&gt;&lt;p&gt;Et si votre projet concerne :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un projet de mobilité européenne ou internationale pour des apprentis de niveau 3 et 4, ou pour votre personnel&lt;/p&gt;&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mobilite-europeenne-apprentis-professionnels-insertion/</t>
+        </is>
+      </c>
+      <c r="W74" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0283/depot/simple</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Privilégiez un envoi par mail : escale&amp;#64;grandest.fr&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;ET/OU&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Déposez votre demande en ligne (à partir du 4 novembre) ou par mail selon l’indication du service instructeur, le plus tôt possible et impérativement avant le démarrage de votre projet.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-europeenne-des-apprentis-et-des-professionnels-de-linsertion-escale/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>164008</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Gérer ses projets de mobilité en groupe d'établissements d'enseignement supérieur</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Accréditation Erasmus des consortia de mobilité dans l'enseignement supérieur (Action-Clé 130 / AC130)</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un groupe d&amp;#039;établissements d&amp;#039;enseignement supérieur, du même pays et titulaires de la  &lt;a href="https://monprojet.erasmusplus.fr/eche"&gt;Charte Erasmus pour l’enseignement supérieur (ECHE)&lt;/a&gt; peut gérer de manière collective ses projets de mobilité Erasmus&amp;#43; de l&amp;#039;enseignement supérieur. Ce groupe d&amp;#039;établissements est appelé &amp;#34;consortium de mobilité&amp;#34;. Il faut au préalable obtenir une &amp;#34;accréditation Erasmus pour consortium de mobilité de l&amp;#039;enseignement supérieur&amp;#34;. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Être
+ membre d’un consortium est un moyen pour des établissements de confier 
+l’organisation des mobilités et la gestion administrative et financière à
+ un établissement ou organisme disposant des ressources pour le faire. 
+Mais c’est aussi la possibilité de s’organiser par territoire, cursus 
+spécifique ou thématique, et avoir ainsi une meilleure visibilité 
+internationale.&lt;/p&gt;&lt;p&gt;De
+ nombreuses organisations peuvent assurer le rôle de coordinateur : 
+établissement d&amp;#039;enseignement supérieur, regroupement d’établissements 
+d’enseignement supérieur (COMUE ou EPE), 
+association, chambre de commerce et d’industrie, fédération professionnelle, etc., et bien évidemment collectivité territoriale.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La
+ structure coordinatrice candidate à l’accréditation de 
+consortium auprès de l’Agence Erasmus&amp;#43; France / Education Formation, au nom de ses différents membre et en 
+regroupant leurs objectifs partagés. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une fois obtenue, l&amp;#039;accréditation de consortium permet d&amp;#039;organiser toutes les formes de mobilités prévues par le Guide du programme Erasmus&amp;#43; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilités
+d&amp;#039;études et de stage pour les étudiants&lt;/li&gt;&lt;li&gt;Mobilités d&amp;#039;enseignement et de formation pour les personnels de l&amp;#039;enseignement
+supérieur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour ce faire, il faudra déposer une demande de financement de projets de mobilité de l&amp;#039;enseignement supérieur (Action-Clé 131 / AC131). Autrement dit, l&amp;#039;obtention de l&amp;#039;accréditation de consortium n&amp;#039;emporte pas la perception automatique d&amp;#039;un financement pour organiser ses projets de mobilité ; il s&amp;#039;agit d&amp;#039;une candidature distincte.&lt;/p&gt;&lt;p&gt;Enfin, une fois obtenue, l&amp;#039;accréditation de consortium est valable jusqu&amp;#039;à la fin de la programmation Erasmus&amp;#43; en cours (2027).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;région Bretagne&lt;/strong&gt; coordonne un consortium d&amp;#039;établissements proposant des formations sanitaires et sociales de l&amp;#039;enseignement supérieur (IFPS, IRFSS, IFSI, etc.), répartis sur l&amp;#039;ensemble du territoire breton. A travers ce consortium, les établissements ont pour stratégie d&amp;#039;améliorer leur visibilité et attractivité internationale, ainsi que l&amp;#039;employabilité des étudiants formés.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;région Nouvelle Aquitaine&lt;/strong&gt; coordonne un consortium d&amp;#039;établissements d&amp;#039;enseignement supérieur opérant sur divers domaines et filières de formation (Universités, écoles de commerce, écoles d&amp;#039;ingénieurs, etc.). L&amp;#039;objectif de ce consortium est d&amp;#039;optimiser l&amp;#039;organisation et la gestion des mobilités de stage étudiants, et ce en rendant cette expérience financièrement et socialement ouverte à tous.&lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;CNEAP Hauts-de-France&lt;/strong&gt; coordonne un consortium de lycées agricoles proposant des formations de BTSA. Il s&amp;#039;agit ici de mutualiser les procédures de gestion des mobilités d&amp;#039;études et de stage des étudiants inscrits dans ces formations, afin de s&amp;#039;adapter à leurs enjeux communs.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le
+ consortium se compose au minimum de 3 organisations éligibles établies 
+en France, dont au moins 2 établissements d’enseignement supérieur titulaires de la Charte Erasmus pour l&amp;#039;enseignement supérieur (ECHE). &lt;/p&gt;&lt;p&gt;Comme indiqué précédemment, le coordinateur peut être une collectivité territoriale, un établissement d&amp;#039;enseignement supérieur ou un regroupement d’établissements 
+d’enseignement supérieur (COMUE ou EPE), une association, une chambre de commerce et d’industrie, une fédération professionnelle, etc. Si le coordinateur est un organisme autre qu&amp;#039;un établissement d&amp;#039;enseignement supérieur, il ne lui est pas demandé d&amp;#039;être titulaire de la Charte ECHE.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous les membres du consortium national de mobilité doivent être identifiés dès la candidature à l’accréditation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/fiche-action/appel=2026&amp;codeAction=KA130-HED</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe du Département Promotion - Pôle Enseignement supérieur de l&amp;#039;Agence Erasmus&amp;#43; France / Education Formation : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-ses-projets-de-mobilite-en-groupe-detablissements-denseignement-superieur/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>162824</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J77" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>162493</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Développer des solutions de mobilité durable (fiche-action 2)</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J78" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-          Créer et renforcer les structures et infrastructures favorisant les mobilités alternatives :  équipements pour les pôles d’échange multimodaux, transports collectifs, transport d’utilité sociale, transport à la demande, vélo-école, maison du vélo, ateliers ou bornes de réparation du vélo, stationnements de vélo, abris vélo avec ou sans point de recharge électrique, abribus, label vélo, …&lt;/p&gt;&lt;p&gt;-          Sensibiliser au sujet des mobilités alternatives : communication, formations, plateforme, …&lt;/p&gt;&lt;p&gt;-          Développer et soutenir les projets de mobilité partagée : auto-partage, vélo partage, location de moyenne, courte et longue durée, covoiturage, transport (scolaire ou autre) de proximité à traction animale, …&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette mesure vise à encourager la mise en oeuvre de nouvelles solutions de mobilité en tant qu&amp;#039;alternative à la voiture personnelle, pour suciter de nouvelles habitudes et de rendre la mobilité accessible à tous, dans le respect de l&amp;#039;environnement. Il s&amp;#039;agit notamment de développer les déplacements plus durables et de diminuer la dependance aux énergies fossiles dans nos déplacements.&lt;/p&gt;&lt;p&gt;Sont considérées comme mobilités alternatives : les transports en commun, le vélo à assistance électrique ou non, la marche à pied, le covoiturage, l’auto-stop, le transport à la demande, le prêt ou location de véhicules, l’auto-partage, le pédibus, la traction animale, l’inter-mobilité, et autres modes de transports ayant un impact zéro ou très faible sur l’environnement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-et-les-activites-en-milieu-rural-fonds-europeens-leader-du-pays-de-coutances-fiche-action-1/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>162324</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Profiter des bus et trains illimités en Région Sud pour vos déplacements</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>ZOU ! Études</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez moins de 25 ans, et vous étudiez en Région Sud ? Avec le PASS ZOU! Études, profitez des bus et trains illimités en Région Sud pour vos déplacements !&lt;br /&gt;  &lt;/p&gt; &lt;p&gt;Pour les jeunes de 3 à 25 ans : maternelle, primaire, collégien, lycéen, étudiant, apprenti, stagiaire de la formation professionnelle, élève des formations sanitaires et sociales, volontaire du service civique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2019</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les inscriptions au PASS ZOU ! Études débuteront le 27 juin&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://zou.maregionsud.fr/acheter-un-pass-zou-etudes-2023-2024/"&gt;Acheter un Pass Zou! Etude&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/zou-etudes</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://zou.maregionsud.fr/acheter-un-pass-zou-etudes-2024-2025/</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/zou-etudes/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>155113</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les mobilités du quotidien : schémas, infrastructures, équipements et services</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Les mobilités du quotidien : schémas, infrastructures, équipements et services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;un schéma directeur vélo ou d&amp;#039;un schéma directeur des mobilités actives
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un schéma directeur vélo permet de programmer les liaisons cyclables d&amp;#039;intérêt communautaire ou communal à réaliser afin de créer un réseau cyclable structurant à l&amp;#039;échelle de la collectivité concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Un schéma directeur des mobilités actives est un document stratégique de référence et de programmation permettant d&amp;#039;organiser le développement des mobilités actives qui sont définies comme toutes les formes de déplacements qui impliquent une dépense énergétique par le biais d&amp;#039;un effort musculaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création et aménagement d&amp;#039;infrastructures à destination des vélos ou multi pratiques (voies exclusivement réservées à la circulation d&amp;#039;usagers non motorisés)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces infrastructures peuvent donc être des pistes cyclables réservées aux vélos mais également des voies vertes multi pratiques pouvant également accueillir piétons, cavaliers, trottinettes, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Il est précisé que de déploiement du Réseau Cyclable d&amp;#039;Intérêt Départemental (RCID) fait l&amp;#039;objet de modalités de financement spécifiques déclinées dans le cadre d&amp;#039;une autre politique départementale (hors politique territoriale).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;aires en faveur de l&amp;#039;intermodalité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce sont des lieux d&amp;#039;échanges entre services de transport et de mobilité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en place de toute offre de services visant à favoriser et promouvoir les mobilités du quotidien :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   installation d&amp;#039;abris-vélos couverts, de consignes sécurisées, de bornes de recharge pour les VAE, de stations de gonflage, de bornes d&amp;#039;entretien vélo... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   création d&amp;#039;une plateforme de mobilité (guichet unique d&amp;#039;animation, d&amp;#039;information et d&amp;#039;accompagnement des usagers sur les solutions de déplacement existantes) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en place de services d&amp;#039;autopartage et/ou vélopartage (hors libre-service sans attache) : mise à disposition de véhicules électriques ou hydrogènes, scooters, mobylettes, vélos, vélos-cargos, vélos adaptés aux personnes à mobilité réduite, au profit d&amp;#039;usagers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   acquisition de véhicules électriques pour transport à la demande à vocation sociale ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en place d&amp;#039;une plateforme numérique de mobilité (type application de réservation avec possibilité de paiement en ligne).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Schéma de mobilités actives et plan de déplacement : participation du conseil départemental sur la base des dépenses éligibles HT ou TTC selon que le maître d&amp;#039;ouvrage puisse ou non récupérer la TVA sur l&amp;#039;opération avec application d&amp;#039;un taux fixe de 50% avec une aide plafonnée à 15 000 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Infrastructures et animations : participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Poste d&amp;#039;animateur de plate-forme mobilité : participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d&amp;#039;une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l&amp;#039;opération (coût du poste chargé)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Poste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Fiche de poste
+  &lt;/li&gt;
+  &lt;li&gt;
+   CV du candidat retenu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etude :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cahier des charges de l&amp;#039;étude
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités actives et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra être intégré dans la réflexion globale du territoire et en cohérence avec les schémas directeurs intercommunaux ainsi que le plan vélo départemental
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS SPECIFIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;un schéma directeur vélo ou schéma directeur des mobilités actives.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ceux-ci devront obligatoirement comporter une rubrique « analyse des pratiques sur le territoire ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création et aménagement d&amp;#039;infrastructures à destination des vélos ou multipratiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet devra prendre en compte a minima les déplacements à vélo
+&lt;/p&gt;
+&lt;p&gt;
+ 2- La (les) liaison(s) accompagnée(s) devra(ont) faciliter les mobilités du quotidien : desservir les zones d&amp;#039;habitat, des équipements publics, des commerces, des sites de visite touristiques publics, la plage...
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Les critères techniques (largeur de voirie, utilisation du double sens ou d&amp;#039;une voie de chaque côté de la voirie...) seront étudiés par le service départemental référent.
+&lt;/p&gt;
+&lt;p&gt;
+ 4- Pour les communes CPU, CPS et l&amp;#039;ensemble des communes littorales, schéma directeur vélo ou d&amp;#039;un schéma directeur des mobilités actives devra justifier la ou les liaisons inscrite(s) au projet. Pour les autres communes, il sera demandé la production d&amp;#039;une analyse des circulations douces au sein de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;aires en faveur de l&amp;#039;intermodalité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aire devra être aménagée et équipée pour l&amp;#039;accueil d&amp;#039;au moins deux modes de déplacement dont un de mobilité active (piéton, vélo). Cette plateforme pourra donc accueillir des services de type autopartage, vélopartage, casiers sécurisés pour l&amp;#039;accueil de vélos personnels, des bornes de recharges pour les véhicules électriques, des stations de gonflage pour les véhicules présents, des bornes d&amp;#039;entretien pour les vélos, ... Elle pourra si le besoin est identifié accueillir l&amp;#039;espace d&amp;#039;attente pour les transports en commun de type bus, ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en place de toute offre de services visant à favoriser et promouvoir les mobilités du quotidien
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra répondre à un besoin exprimé du territoire et devra préciser le mode de gestion et d&amp;#039;animation du service ainsi que les partenariats développés avec les acteurs du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la définition et/ou la réalisation du projet, réalisation d&amp;#039;aménagements paysagers qualitatifs sur l&amp;#039;itinéraire, gestion durable des eaux pluviales provenant des aménagements réalisés, utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;itinéraire ou sur l&amp;#039;aire créée, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales......), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics, mise en place d&amp;#039;une offre de services complémentaire à la réalisation de l&amp;#039;infrastructure (location de vélos, stations de gonflage, casiers de rangements, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements, de signalétiques adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), aménagement et équipements permettant l&amp;#039;accueil de véhicules adaptés, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants, formation « savoir rouler à vélo », programmation d&amp;#039;animations régulières sur le site, dans les établissements scolaires, mise en place d&amp;#039;une offre de services complémentaire à l&amp;#039;équipement : achat de vélos adaptés, intégration de places de stationnement suffisamment larges pour tous types de vélos...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A) Pour les travaux d&amp;#039;aménagement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement, les revêtements, les bordures...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;éclairage public économe et adapté (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors signalisation routière automobile
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) l&amp;#039;équipement urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les bandes cyclables sur la voirie existante si elles composent la majeure partie de la liaison ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les trottoirs partagés s&amp;#039;ils composent la majeure partie de la liaison ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  B) Pour la mise en place de services :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement d&amp;#039;un guichet unique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition d&amp;#039;outils informatiques et numériques nécessaires à l&amp;#039;offre de services ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition de flottes de véhicules (hors EPDM engins personnels de déplacement motorisé trottinette électrique, gyropodes ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition de mobiliers et équipements spécifiques : abris couverts, consignes sécurisées, bornes de recharge, stations de gonflage et d&amp;#039;entretien... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Signalétique (hors panneaux routiers) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toute dépense inhérente à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les diagnostics et études préalables en lien direct avec le projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le financement du poste d&amp;#039;un conseiller en mobilité (éligible uniquement sur les CT, CPU et CPS sur une durée de 3 ans maximum) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;organisation de formations/ateliers de mobilité (éligible uniquement dans les CTM, CPU et CPS).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les acquisitions de flottes de véhicules dédiés aux agents de la collectivité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/les-mobilites-du-quotidien-schemas-infrastructures-equipements-et-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.61
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a05d-les-mobilites-du-quotidien-schemas-infrastruc/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>153939</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Indemniser les frais de déplacement pour les stages actifs des étudiants en odontologie</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Indemnité des frais de déplacement pour les stages actifs des étudiants en odontologie</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les étudiants en odontologie, le Département souhaite encourager ces futurs professionnels à découvrir le département de la Manche, sa qualité de vie et sa qualité d&amp;#039;exercice professionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Effectuer son stage actif de 6ème année auprès d&amp;#039;un chirurgien-dentiste maître de stage agréé dans la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ En contrepartie, les étudiants s&amp;#039;engagent à effectuer 3 semaines de remplacement dans le département dans les 2 ans qui suivent le stage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide au déplacement calculée sur la base d&amp;#039;un tarif kilométrique de 0,30€ pour un maximum de 20 allers-retours, plafonnée à 1.800€ pour la durée du stage, réduite à 600€ en cas de mise à disposition d&amp;#039;un logement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Un certificat du statut d&amp;#039;étudiant en odontologie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un justificatif de domicile au nom de l&amp;#039;étudiant ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un justificatif du terrain de stage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un RIB
+  &lt;/li&gt;
+  &lt;li&gt;
+   La déclaration sur l&amp;#039;honneur rempli
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les étudiants bénéficiant d&amp;#039;autres aides financières ne pourront la cumuler avec celle du conseil départemental de la Manche à savoir :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des aides au déplacement apportées par d&amp;#039;autres collectivités territoriales et par tout autre organisme public ou privé, dont notamment l&amp;#039;indemnité forfaitaire de transport de l&amp;#039;Etat de 130€/mois.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/indemnite-des-frais-de-deplacement-pour-les-stages-actifs-des-etudiants-en-odontologie/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Patrix Karlen - Direction générale adjointe Action sociale
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 17 - 06 60 10 32 05
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/484b-indemnite-des-frais-de-deplacement-pour-les-s/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>149096</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet d’aménagement cyclable et/ou de service vélo pour la mobilité du quotidien</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux aménagements cyclables et services vélos pour la mobilité du quotidien</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;aménagement cyclable et/ou de service vélo pour la mobilité du quotidien ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;une aide régionale pouvant aller jusqu&amp;#039;à 60% du coût HT de votre projet :
+&lt;/p&gt;
+&lt;p&gt;
+ Un acompte de 50% du montant de la subvention régionale dès le démarrage des opérations pour les maîtres d&amp;#039;ouvrage comptant moins de 10 000 habitants et pour toute subvention dépassant 20 000€.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P82" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/amenagements-cyclables-services-velo/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ dispositifveloduquotidien&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ed-soutien-aux-amenagements-cyclables-et-service/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>143372</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser une gestion intégrée de l’eau en ville et dans les infrastructures de transport</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Alors que les villes rassemblent 80 % de la population française, la gestion de l&amp;#039;eau en milieu urbain est un enjeu majeur pour les collectivités préoccupées par les questions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alimenter en eau et assainir les villes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer le risque d&amp;#039;inondation (ruissellement et débordement);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion patrimoniale des réseaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver et valoriser la ressource (cadre de vie qualitatif, intégration de l&amp;#039;eau au milieu urbain, favoriser la réutilisation de l&amp;#039;eau)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les impacts socio-économiques associés peuvent être importants du fait de demandes sociétales et obligations réglementaires croissantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Axé sur l&amp;#039;innovation, le Cerema développe des solutions en matière de gestion intégrée de l&amp;#039;eau - un enjeu majeur pour les collectivités qui ont en charge l&amp;#039;aménagement de leurs territoires : gestion des eaux pluviales et assainissement, gestion des réseaux, qualité des milieux aquatiques et prévention des inondations...
+ &lt;br /&gt;
+ La réponse du Cerema
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En cohérence avec les actions menées par le Cerema sur les notions de services écosystémiques – intégration de la Nature en ville, l&amp;#039;établissement accompagne les collectivités locales dans leurs démarches en faveur d&amp;#039;une gestion intégrée de l&amp;#039;eau pour l&amp;#039;aménagement du territoire. Il peut apporter plusieurs réponses :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le développement de schémas d&amp;#039;organisation des compétences locales de l&amp;#039;eau et à la structuration de la gouvernance : analyses multi-échelles des problématiques, appui à la définition d&amp;#039;orientations politiques territorialisées...
+ &lt;/li&gt;
+ &lt;li&gt;
+  la définition, la mise en œuvre et l&amp;#039;évaluation de stratégie d&amp;#039;économies d&amp;#039;eaux et de mobilisation de ressources alternatives (eaux usées traitées, eaux pluviales,...) : diagnostics de besoins, assistance et expertise d&amp;#039;opportunité – conception – dimensionnement, qualification des systèmes de traitement...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La définition et l&amp;#039;accompagnement de stratégies territoriales de gestion des eaux pluviales et de désimperméabilisation des sols à différentes échelles : expertise liée à la mise en œuvre des techniques alternatives, élaboration de guides locaux et nationaux, approches techniques et socio-économiques, traduction réglementaire (zonage, PLU,...)...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et l&amp;#039;évaluation de dispositifs innovants de maîtrise des eaux pluviales (hydrologie, polluants, biodiversité,..) : conduite d&amp;#039;activités de recherche opérationnelle, sites pilotes, démonstrateurs physiques et numériques, planches expérimentales, outils d&amp;#039;aide à la conception, au dimensionnement et à la gestion des eaux pluviales urbaines et provenant d&amp;#039;infrastructures de transport...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;actions de surveillance, essais, mesures, développements analytiques pour le suivi des émissions et pressions pouvant impacter les milieux aquatiques : réalisation de campagnes de mesures quantitatives et qualitatives (physico-chimie, hydrobiologie) sur milieu récepteur et réseaux (et STEP), évaluation des impacts des rejets urbains sur les eaux de surface et souterraines, instrumentation d&amp;#039;ouvrages de gestion des eaux pluviales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;une assistance à maîtrise d&amp;#039;ouvrage sur ces thématiques (rédaction de CCTP, analyse des offres...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;outils d&amp;#039;accompagnement (sensibilisation, formations)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Mobilité pour tous
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/favoriser-gestion-integree-eau-ville-infrastructures</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7616-favoriser-une-gestion-integree-de-leau-en-vil/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>143345</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des certification et audits pour les ouvrages d’arts et infrastructures de transport</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Certification et audits pour les ouvrages d’arts et infrastructures de transport</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation d&amp;#039;audits et essais pour le marquage et la certification NF ou CE de produits et procédés de construction est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pour attester la conformité des produits aux différentes normes et certifications en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans les activités de certification et d&amp;#039;audits pour les ouvrages d&amp;#039;arts et infrastructures de transport en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités de certification de matériaux / produits et d&amp;#039;entreprises pour la marque NF et les autres marques comprennent à la fois :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des audits (audits initiaux et de surveillance) des sites/usines de production et lors de la mise en œuvre des procédés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des prestations d&amp;#039;essais (essais mécaniques et analyses chimiques) en laboratoire sur ces matériaux/produits.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Activité d&amp;#039;audits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marquage CE Enrobés bitumineux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marquage CE Granulats ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marquage CE « Kits de protection contre les chutes de blocs » ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF BPE : Centrale de béton prêt à l&amp;#039;emploi ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF Acier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF AFCAB : Aciéries, Armaturiers et fabricants de DRAAB (audits des fabricants et de la pose des armatures) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF030 et marquage CE : Produits spéciaux destinés aux constructions en béton hydraulique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marque NF058 ASCQUER et marquage CE : Équipements de la Route ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certification ASQPE : Armatures et procédés de précontrainte (mise en œuvre des procédés) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certification ACQPA : Systèmes de peintures anticorrosion et peintures Marine Nationale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Activité d&amp;#039;essais et analyses chimiques (AC) en laboratoire :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur béton pour la marque NF BPE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur aciers, coupleurs et armatures pour la marque NF AFCAB ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les produits spéciaux destinés aux constructions en béton hydraulique pour la marque NF030 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les équipements de la Route pour la marque NF058 ASCQUER ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les adjuvants pour bétons - produits de cure pour la marque NF085 CERIB ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les dispositifs avertisseurs pour la marque NF113 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur peintures anticorrosion pour la marque ACQPA ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais sur les granulats pour le marquage CE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema est certifié ISO 9001 et est accrédité COFRAC pour les essais sur béton, mortiers et adjuvants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/certification-audits-ouvrages-arts-infrastructures-transport</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d982-certification-et-audits-pour-les-ouvrages-dar/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>142827</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Requalifier et moderniser les infrastructures de transports en préservant les continuités écologiques</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au-delà des projets neufs, les maîtres d&amp;#039;ouvrage publics et privés (État, sociétés concessionnaires d&amp;#039;autoroutes, VNF, RFF...) s&amp;#039;investissent dans la
+ &lt;strong&gt;
+  requalification environnementale et la modernisation de leurs infrastructures existantes.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils réservent un volet de leurs investissements pour améliorer la qualité environnementale de leurs infrastructures les plus anciennes, et pour accroître la qualité des services proposés à leurs clients. Dans ce cadre, ces maîtres d&amp;#039;ouvrages expriment des attentes fortes en termes d&amp;#039;expertise depuis
+ &lt;strong&gt;
+  le diagnostic de l&amp;#039;existant jusqu&amp;#039;à l&amp;#039;élaboration de recommandations de solutions rectificatives.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne dans la requalification environnementale et la modernisation de vos infrastructures existantes en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un diagnostic d&amp;#039;efficacité fonctionnelle des ouvrages existants au regard de différents paramètres (nature des ouvrages, dimension, aménagement, points de conflits, etc.) avec possibilité de mise en place de suivi par piégeage photographique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propositions d&amp;#039;adaptations nécessaires à l&amp;#039;amélioration de la fonctionnalité des ouvrages existants (nature du revêtement, dispositif d&amp;#039;accompagnement dans l&amp;#039;ouvrage en entrée et en sortie, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations relatives à la création de nouveaux ouvrages (passages inférieurs ou supérieurs à grande faune, ouvrages spécialisés à petite faune, ouvrages mixtes), en explorant différentes techniques, dans le cadre d&amp;#039;un projet neuf ou dans l&amp;#039;optique de défragmentation des infrastructures existantes (proposition optimale de localisation),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement du maître d&amp;#039;ouvrage lors de la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/requalifier-moderniser-infrastructures-transports-preservant</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0f6-requalifier-et-moderniser-les-infrastructures/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>142701</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une Enquête Mobilité Certifiée Cerema (EMC²) sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité, enjeu incontournable du territoire, se construit et s&amp;#039;organise à partir de données fiables.
+&lt;/p&gt;
+&lt;p&gt;
+ Les Enquêtes Mobilité Certifiées Cerema (EMC2) permettent de comprendre les déplacements des résidents pour élaborer des stratégies territoriales adaptées. Ce dispositif d&amp;#039;enquête s&amp;#039;adresse aux territoires de plus de 40 000 habitants et peut-être subventionné par l&amp;#039;État.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez mieux connaître les pratiques et besoins de déplacements sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous recherchez un outil d&amp;#039;aide à la décision pour élaborer vos politiques de mobilité ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez mesurer les évolutions des comportements de mobilité pour évaluer les politiques menées ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Cerema est l&amp;#039;acteur public de référence pour la connaissance de la mobilité des personnes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un réseau d&amp;#039;experts, dont une équipe de recherche, au plus près des territoires, pour innover ensemble
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche intégrée de l&amp;#039;ensemble des données, y compris issues des technologies numériques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un standard méthodologique reconnu internationalement, en évolution grâce au dialogue avec les acteurs de l&amp;#039;écosystème
+ &lt;/li&gt;
+ &lt;li&gt;
+  40 ans d&amp;#039;expérience au service des pouvoirs publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une base de données nationale regroupant l&amp;#039;intégralité des enquêtes réalisées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coconstruire votre projet d&amp;#039;enquête :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adapter le dispositif EMC2 à vos besoins et moyens, en intégrant les données existantes
+&lt;/p&gt;
+&lt;p&gt;
+ Préciser le périmètre : partenariat, calendrier, caractéristiques des collectes principales et complémentaires
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous accompagner dans la réalisation de ces enquêtes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Rédiger le cahier des charges de la collecte en vue du choix d&amp;#039;un prestataire
+&lt;/p&gt;
+&lt;p&gt;
+ Piloter la phase de recueil de données auprès des ménages
+&lt;/p&gt;
+&lt;p&gt;
+ Garantir qualité et cohérence des données
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;appropriation de l&amp;#039;enquête :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Préparer l&amp;#039;exploitation des données
+&lt;/p&gt;
+&lt;p&gt;
+ Enrichir les fichiers (dont diagnostic énergie-émissions des mobilités - DEEM)
+&lt;/p&gt;
+&lt;p&gt;
+ Effectuer les premiers traitements
+&lt;/p&gt;
+&lt;p&gt;
+ Réaliser des analyses complémentaires pour nourrir l&amp;#039;élaboration des politiques publiques (modélisation, planification, évaluation).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saint-Etienne Métropole : Réalisation d&amp;#039;une EMC2 sur le périmètre de Saint-Étienne/Loire Sud/Pilat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rennes Métropole : Réalisation d&amp;#039;une EMC2 sur le périmètre de Rennes Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole européenne de Lille : Réalisation d&amp;#039;une enquête &amp;#34;Fréquence &amp;#43;&amp;#34; sur le périmètre de la Métropole européenne de Lille.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/realiser-enquete-mobilite-certifiee-cerema-emc2-votre</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3daf-realiser-une-enquete-mobilite-certifiee-cerem/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>119982</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Participer aux frais de déplacements des équipes sportives pour des championnats nationaux</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux déplacements des équipes sportives évoluant en championnat national</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Ville de Brest</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide spécifique aux déplacements pour les clubs sportifs dont les équipes évoluent en championnat national.
+ Les règles de calcul sont notamment caractérisées par un forfait kilométrique, un forfait lié aux frais de restauration et d&amp;#039;hébergement, et à un nombre forfaitaire de participants selon les disciplines.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participation à un championnat de niveau national
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Brest</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.brest.fr/mes-demarches/associations/associations-sportives-brestoises-demander-une-subvention-6476.html</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ sports-subventions&amp;#64;mairie-brest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>sports-subventions@mairie-brest.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dcd9-participer-aux-frais-de-deplacements-des-equi/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>165500</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;5 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;La subvention maximale par projet est de 200 000 euros pour un candidat individuel et de 300 000 euros pour un consortium.&lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;La subvention sera versée sous forme de montant forfaitaire.&lt;/em&gt;  &lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 60 % du total des coûts éligibles.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les projets qui traduisent, publient, distribuent et promeuvent les œuvres de fiction européennes&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : accroître la circulation transnationale et la diversité des œuvres littéraires européennes, par la traduction, la publication, la distribution et la promotion d&amp;#039;œuvres de fiction, en mettant particulièrement l&amp;#039;accent sur celles rédigées dans des langues moins traduites&lt;/li&gt;    &lt;li&gt;Priorité 2 : promouvoir la lecture et la diversité linguistique et culturelle de la littérature européenne auprès d&amp;#039;un large public&lt;/li&gt;    &lt;li&gt;Priorité 3 : soutenir la profession de traducteur littéraire, conformément aux principes de bonnes conditions de travail et de rémunération équitable&lt;/li&gt;    &lt;li&gt;Priorité 4 : accroître la compétitivité du secteur du livre en encourageant la coopération entre les différents acteurs de la chaîne de valeur du livre&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Ensembles de travaux de fiction éligibles à être traduits, publiés, distribués et promus, sur la base d&amp;#039;une stratégie éditoriale, de distribution et de promotion solide&lt;/li&gt;    &lt;li&gt;Activités visant à faciliter la collaboration entre les différents acteurs de la chaîne de valeur du livre et de l&amp;#039;édition&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;Pays participant à Europe créative :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;Pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Autres conditions d&amp;#039;éligibilité :  &lt;ul&gt;    &lt;li&gt;Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;/li&gt;    &lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;/li&gt;  &lt;/ul&gt;      &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cult-2026-lit_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CULT-2026-LIT?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Formation professionnelle
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2026</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant à Europe créative :&lt;/p&gt;&lt;p&gt;     - États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;     - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;        - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Autres conditions d&amp;#039;éligibilité :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/p&gt;&lt;p&gt;  - Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CREATIVE-EUROPE-TRANSLATIONS&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>165360</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Aider au déplacement de collégiens pour des manifestations liées à l'information sur l'orientation</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Aide au déplacement de collégiens pour des manifestations liées à l&amp;apos;information sur l&amp;apos;orientation</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine met en place une aide aux transports destinée aux collégiens dans le cadre des engagements de la Charte régionale de l&amp;#039;information métiers dans les collèges. L&amp;#039;aide aux transports vise à faciliter l&amp;#039;accès aux salons d&amp;#039;orientation, aux actions des Tiers de Confiance, aux visites d&amp;#039;entreprise, etc.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser la découverte des métiers, des filières et univers professionnels ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appréhender l’environnement économique, la connaissance des métiers, des filières et des voies de formation ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Découvrir les secteurs d’activité et/ou de visites des plateaux techniques inter-établissements ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribuer à la construction du parcours d’orientation en développant la connaissance de la diversité des métiers et l’offre de formation (s’inscrire dans le Parcours Avenir(s)). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide est de 70% du montant TTC des frais de transport liés au déplacement faisant l&amp;#039;objet de la demande de subvention.&lt;/p&gt;&lt;p&gt;L&amp;#039;établissement devra faire l&amp;#039;avance des frais de transport.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;La demande d&amp;#039;aide doit être déposée en amont de la date du déplacement.&lt;/p&gt;&lt;p&gt;Chaque dossier est instruit par les services de la Région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;La prise de décision est faite par le Comité technique régional. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Toutes structures qui portent un projet en faveur des collégiens dans le cadre de la mise en oeuvre de la charte régionale dédiée au déploiement de l&amp;#039;information métiers dans les collèges.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Une attention particulière sera portée aux projets intégrant une démarche de connaissance des métiers en interaction avec les dispositifs de la Région Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;Par ailleurs afin de répondre à l&amp;#039;objectif d&amp;#039;inclusion et de favoriser les projets pour les jeunes les plus fragiles, une priorité sera observée pour les publics relavant de Zone Agricole Protégée rurales (ZAP), de Zone de Revitalisation Rurale (ZRR), de Quartier de la Politique de la Ville (QPV). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/aide-au-deplacement-de-collegiens-pour-des-manifestations-liees-linformation-sur-lorientation</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour toute demande, transmettre à l&amp;#039;adresse suivante charte.colleges&amp;#64;nouvelle-aquitaine.fr :&lt;/p&gt;&lt;p&gt;Un courrier adressé à Monsieur le Président du Conseil régional de Nouvelle-Aquitaine. Ce courrier devra être daté et signé par le représentant légal de l&amp;#039;établissement (merci d&amp;#039;indiquer lisiblement les nom et prénom du signataire). Si une personne autre que le représentant légal signe le courrier, merci de nous fournir également la délégation de signature donnant autorisation pour signer en lieu et place du responsable légal.&lt;/p&gt;&lt;p&gt;Un formulaire vous sera communiqué dès reception du courrier si le projet est éligible. Vous devrez le retourner renseigner à l&amp;#039;adresse ci-dessus mentionnée, annexé du devis et d&amp;#039;un relevé d&amp;#039;identité bancaire.&lt;/p&gt;&lt;p&gt;Afin d’identifier et de traiter efficacement les demandes, merci d’indiquer dans l’objet du mail : Nom du collège / Nom de la commune / L’événement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-deplacement-de-collegiens-pour-des-manifestations-liees-a-linformation-sur-lorientation/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>76806</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Générer votre attestation sur l'honneur du covoiturage pour bénéficier du forfait mobilités durables</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Registre de preuve de covoiturage</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Générateur d&amp;#039;attestation sur l&amp;#039;honneur de covoiturage
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le
+ &lt;strong&gt;
+  forfait mobilités durables
+ &lt;/strong&gt;
+ (Article 82, loi d&amp;#039;orientation des mobilités) permet aux employeurs la prise en charge des frais engagés par ses salariés pour se rendre sur leur lieu de travail, notamment en
+ &lt;strong&gt;
+  covoiturage
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;employeur doit pouvoir se procurer, auprès de ses salariés et selon une périodicité au moins annuelle, une attestation sur l&amp;#039;honneur du salarié ou un justificatif de l&amp;#039;utilisation des modes de transport ouvrant droit à la prise en charge dans le cadre du « forfait mobilités durables ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Je suis salarié du
+ &lt;strong&gt;
+  secteur public
+ &lt;/strong&gt;
+ , je souhaite générer mon attestation sur l&amp;#039;honneur.
+ &lt;a href="https://attestation.covoiturage.beta.gouv.fr/salarie-secteur-public"&gt;
+  &lt;strong&gt;
+   Je clique ici
+  &lt;/strong&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Je suis salarié du
+ &lt;strong&gt;
+  secteur privé
+ &lt;/strong&gt;
+ , je souhaite générer mon attestation sur l&amp;#039;honneur.
+ &lt;a href="https://attestation.covoiturage.beta.gouv.fr/salarie-secteur-prive"&gt;
+  &lt;strong&gt;
+   Je clique ici
+  &lt;/strong&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://attestation.covoiturage.beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Remplissez les formulaires ci-dessus pour bénéficier de votre attestation sur l&amp;#039;honneur du covoiturage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une question, un problème ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contactez-nous :
+ &lt;/strong&gt;
+ &lt;a&gt;
+  attestation&amp;#64;covoiturage.beta.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/629b-beneficier-dattestation-sur-lhonneur-du-covoi/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>64189</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le travail en mobilité (travail sur le terrain / multi-sites / télétravail...)</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale 24 - ATD (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATD24 développe des applicatifs de gestion. Disponibles sur smartphone ou tablette, ils permettent de travailler en mobilité  (travail sur le terrain / multi-sites / télétravail...), en permettant l&amp;#039;accès aux informations et saisie en ligne.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous déployons aussi les outils collaboratifs de la suite office 365, qui permettent aux équipes de communiquer en continu.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Bureau virtuel, en partenariat avec le Conseil départemental, permet de disposer de l&amp;#039;ensemble de ses outils en tout lieu relié à Internet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous convention
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>http://atd24.fr</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD24
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Gestion des territoires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 05 53 06 65 65
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ atd24&amp;#64;atd24.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>d.papon@atd24.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b47-accompagner-les-collectivites-a-la-transforma/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>66407</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'intermodalité aux points d'arrêts des transports en commun en site propre</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Faciliter l&amp;#039;accès aux TCSP au moyen d&amp;#039;équipements favorables à l&amp;#039;intermodalité
+&lt;/p&gt;
+&lt;p&gt;
+ - Rendre les transports publics plus compétitifs et attractifs que la voiture particulière en améliorant la chaîne de déplacement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conditions d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ - Inscription dans un contrat de territoire,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Caractère pérenne des aménagements,
+&lt;/p&gt;
+&lt;p&gt;
+ - Les investissements subventionnés par le présent dispositif ne peuvent bénéficier d&amp;#039;aucun autre financement régional
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les engagements financiers conclus pour les TCSP identifiés dans les contrats de territoire 2014-2020 pourront être pris en compte. Les projets bénéficieront des modalités du dispositif en vigueur en 2017.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.normandie.fr/transport-en-commun-en-site-propre-favoriser-lintermodalite-aux-points-darrets</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICE OFFRE DE MOBILITÉ ET INTERMODALITÉ
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.06 (secrétariat)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0675-favoriser-lintermodalite-aux-points-darrets-d/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>66415</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Recueillir les pratiques de mobilité des habitants sur les grandes aires urbaines normandes</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Recueillir les pratiques de mobilité des habitants sur les grandes aires urbaines normandes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Fournir aux autorités organisatrices des transports les éléments pour décider des modifications à apporter aux transports collectifs et aux infrastructures de transport,
+&lt;/p&gt;
+&lt;p&gt;
+ - Constituer une base régionale pour être en mesure de coordonner les politiques de mobilité durable à l&amp;#039;échelle régionale,
+&lt;/p&gt;
+&lt;p&gt;
+ - Disposer de données pour étudier l&amp;#039;accessibilité aux infrastructures nationales de transport.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature des opérations éligibles en fonctionnement :
+&lt;/p&gt;
+&lt;p&gt;
+ - Respect de la méthode standardisée nationale permettant de garantir la bonne représentativité statistique de l&amp;#039;enquête
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Prise en considération du mode ferroviaire et du transport routier interurbain dans les questionnaires
+&lt;/p&gt;
+&lt;p&gt;
+ - Périodicité de l&amp;#039;enquête supérieure ou égale à 8 ans
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise à disposition de la Région des données d&amp;#039;enquêtes et de leur analyse
+&lt;/p&gt;
+&lt;p&gt;
+ - Cohérence de l&amp;#039;enquête avec celles menées sur les territoires adjacents pour disposer, après redressement et récolement, d&amp;#039;une base de données agglomérée permettant d&amp;#039;établir un large diagnostic territorial​
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.normandie.fr/enquete-menages-deplacements-enquete-deplacements-ville-moyenne</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICE OFFRE DE MOBILITÉ ET INTERMODALITÉ
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.06 (secrétariat)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1581-recueillir-les-pratiques-de-mobilite-des-habi/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>71376</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les territoires à la création d'une offre mobilité solidaire - Programme du réseau Mob'In</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Mob'In France</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs du réseau Mob&amp;#039;In France ont les compétences et la capacité
+ &lt;strong&gt;
+  d&amp;#039;accompagner les collectivités territoriales dans la
+  réflexion, la création et le développement
+ d&amp;#039;une offre de service de mobilité inclusive.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Cet accompagnement peut être global et structurer toute la réflexion, de la phase de diagnostic à la mise en œuvre des préconisations. Ou n&amp;#039;être présent que sur l&amp;#039;une ou l&amp;#039;autre des phases de la construction d&amp;#039;une politique territoriale de mobilité inclusive.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PRESTATIONS
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  REALISEES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Voici les prestations que peut proposer le réseau Mob&amp;#039;In France dans le cadre d&amp;#039;une étude de faisabilité en vue de la création d&amp;#039;une offre de mobilité solidaire :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ - Rédaction d&amp;#039;un diagnostic pour établir un état des lieux global mettant en avant les forces et faiblesses du territoire au regard du projet souhaité ;
+ &lt;br /&gt;
+ - La définition des priorités stratégiques au regard des enjeux identifiés ;
+ &lt;br /&gt;
+ - La rédaction d&amp;#039;un projet incluant plusieurs scenarii ;
+ &lt;br /&gt;
+ - L&amp;#039;accompagnement dans la mise en œuvre du scenario choisi
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La mission d&amp;#039;ingénierie de Mob&amp;#039;In France répondra spécifiquement aux demandes des territoires et se construira sur mesure avec le client.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Mob&amp;#039;In privilégie et conseille une démarche formative et participative.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mob&amp;#039;In s&amp;#039;assure de la représentativité des publics et des territoires dans sa mission d&amp;#039;accompagnement. L&amp;#039;intervention repose sur un principe de co-construction qui paraît, de part l&amp;#039;expérience d&amp;#039;essaimage, le plus pertinent et cohérent au regard de l&amp;#039;existant.
+ &lt;br /&gt;
+ Mob&amp;#039;In mène ses études en tenant compte des
+ &lt;strong&gt;
+  spécificités des territoires
+ &lt;/strong&gt;
+ , de la
+ &lt;strong&gt;
+  présence et de la participation des acteurs locaux
+ &lt;/strong&gt;
+ ainsi que des
+ &lt;strong&gt;
+  besoins des habitants.
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Mob&amp;#039;In peut se charger de l&amp;#039;organisation et l&amp;#039;animation des groupes de travail, du compte-rendu des réunions, de l&amp;#039;analyse et de la rédaction des livrables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagnement du Département de la Meuse dans son approche globale et partenariale des problématiques de mobilité inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Rappel des objectifs
+ &lt;/em&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ - Compléter les états des lieux existants et cartographier les besoins et les freins (territoires, publics, offre mobilité) pour mieux connaître les besoins des publics en emploi et en insertion, des employeurs et des acteurs institutionnels ;
+ &lt;br /&gt;
+ - Mesurer l&amp;#039;adéquation qualitative et quantitative entre l&amp;#039;offre actuelle et les besoins repérés ; identifier les besoins non satisfaits et mesurer les écarts. En fonction il s&amp;#039;agira de recenser les acteurs pertinents, l&amp;#039;offre existante et définir les services nouveaux à développer correspondants aux besoins repérés et non satisfaits ;
+ &lt;br /&gt;
+ - Définir les actions à développer en conséquence et construire une approche départementale de la mobilité en formulant des schémas de développement et coopération visant à l&amp;#039;optimisation des moyens existants et à la construction de réponses nouvelles répondant aux besoins identifiés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Livrables
+ &lt;/em&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Rapport de l&amp;#039;existant :
+ &lt;br /&gt;
+ - cartographie des partenariats existants
+ &lt;br /&gt;
+ - cartographie des financeurs
+ &lt;br /&gt;
+ - précises des forces, faiblesses, opportunités, menaces du territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt; Rapport relatif à :
+ &lt;br /&gt;
+ - la mise en corrélation de l&amp;#039;offre existante avec les besoins non couverts
+ &lt;br /&gt;
+ - la définition des besoins et proposition d&amp;#039;offres complémentaires
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt; Formalisation des deux scenarii retenus (organisation et structuration de l&amp;#039;offre globale).
+ &lt;br /&gt;
+ &amp;gt; Consolidation des livrables dans un rapport de mission
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagnement du département de l&amp;#039;Allier dans le cadre d&amp;#039;une mission confinée par l&amp;#039;Unité Départementale de l&amp;#039;Allier de la DIRECCTE Auvergne-Rhône-Alpes
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mob&amp;#039;In France réalise une mission d&amp;#039;ingénierie en vue de la réalisation d&amp;#039;une étude de faisabilité en vue de la création d&amp;#039;une plateforme mobilité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &amp;gt; Résultats attendus de l&amp;#039;étude de faisabilité :
+ &lt;br /&gt;
+ - la rédaction d&amp;#039;un diagnostic visant à établir un état des lieux global mettant en avant les forces et les faiblesses du territoire de l&amp;#039;Allier au regard du projet ;
+ &lt;br /&gt;
+ - la définition de priorités stratégiques au regard des enjeux identifiés ;
+ &lt;br /&gt;
+ - la rédaction du projet de plateforme incluant plusieurs scenarii (objectifs, publics cibles, offre de services, partenariats, conditions organisationnelles de mise en œuvre, portage juridique, phasage, indicateurs de résultats, budget...)
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;étude de faisabilité devra être guidée par les résultats attendus à terme de la future plateforme de mobilité à savoir :
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;amélioration de la mobilité des personnes en insertion professionnelle en vue de leur employabilité ;
+ &lt;br /&gt;
+ - le développement de la coopération entre les acteurs de l&amp;#039;Allier et les intervenants sur les questions de mobilité ;
+ &lt;br /&gt;
+ - l&amp;#039;amélioration et la visibilité des outils existants ;
+ &lt;br /&gt;
+ - l&amp;#039;aide à l&amp;#039;orientation des publics quant à l&amp;#039;accès à l&amp;#039;offre de mobilité disponible en fonction des besoins qui seront identifiés en amont du parcours y compris sur les aides à mobiliser ;
+ &lt;br /&gt;
+ - la structuration d&amp;#039;une offre de mobilité adaptée aux besoins des différents publics (maillage, besoins sociaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le dispositif MOUV&amp;#039;UP
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Fédération des Associations de la Route pour l&amp;#039;Education (FARE), fédération préexistante au Réseau Mob&amp;#039;In France, avait lancé, en 2008, le programme Mouv&amp;#039;Up.
+ &lt;br /&gt;
+ Ce programme accompagnait et soutenait les territoires dans les initiatives visant la constitution d&amp;#039;une plateforme solidaire d&amp;#039;aide à la mobilité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En 2013 et après plusieurs expérimentations nationales réussies, un partenariat national est conclu entre la FARE et la Fondation PSA Peugeot Citroën, avec l&amp;#039;appui de l&amp;#039;ACSé et des partenaires tels que CNML, COORACE, CHANTIER-école, Pôle Emploi, Alliance Ville Emploi, la Confédération des MJC..etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Ce programme a permis d&amp;#039;accompagner 27 territoires ayant permis le déploiement de 16 dispositifs de mobilité solidaire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Lutte contre la précarité
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement possible sur toute la France métropolitaine.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pascal GRAND,
+&lt;/p&gt;
+&lt;p&gt;
+ professionnalisation&amp;#64;mobin-solutions.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>contact@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e52f-accompagner-les-territoires-a-la-creation-dun/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>101592</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le déploiement de solutions de mobilité, le passage à l'échelle et l'innovation dans les territoires</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ADEME
+Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>Cellules France Mobilités</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement et animation de l'ecosystème des mobilités, en complément d'appels pontuels (taux définis par les AAP/AMI)</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appui à l&amp;#039;ingénierie en matière de mobilité dans les territoires peu denses : l&amp;#039;objectif est d&amp;#039;apporter un conseil de proximité aux collectivités et AOM, ainsi qu&amp;#039;aux porteurs de projets, dans le déploiement de leurs services de mobilité du quotidien, au travers 15 cellules régionales d&amp;#039;appui en métropole et outre-mer, réunissant les principaux acteurs de l&amp;#039;ingenierie publique territoriale (ANCT, Ademe, Cerema et Banque des Territoires) aux côtés des services de l&amp;#039;Etat. Il s&amp;#039;agit d&amp;#039;un guichet unique apportant une ingénierie mutualisée dans les territoires ruraux pour accompagner les collectivités à l&amp;#039;exercice de la compétence d&amp;#039;organisation des mobilités (notamment sollicitations juridiques), ainsi qu&amp;#039;une ingénierie d&amp;#039;animation territoriale dans l&amp;#039;appui à la mise en oeuvre de projet (ex : organisation de webinaires et d&amp;#039;évènements à destination des acteurs territoriaux porteurs de projets).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement des cellules régionales vient en complément de l&amp;#039;instruction des AAP/AMI France Mobilités (Tenmod, Avenir Montagne Mobilités, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Plateforme France Mobilités comprenant des ressources techniques (base relative aux marchés publics, foire aux questions juridique et fiches thématiques) et référençant des projets de mobilité, renseignés par leurs porteurs, mis en place dans les territoires (visualisation cartographique) ainsi que des solutions inspirantes classées par thématique / type de territoire / catégorie de porteurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.francemobilites.fr/projets
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mobilité fluviale
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les 15 cellules régionales d&amp;#039;appui  France Mobilités accompagnent l&amp;#039;innovation dans les territoires « peu denses » et faiblement dotés en ingenierie locale : territoires ruraux, villes petites et moyennes, espaces périurbains des agglomérations
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr/ingenierie</t>
+        </is>
+      </c>
+      <c r="W95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre cellule régionale : https://www.francemobilites.fr/regions
+&lt;/p&gt;
+&lt;p&gt;
+ Une boite fonctionnelle partagée unique pour chaque cellule régionale :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  auvergnerhonealpes&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bourgognefranchecomte&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bretagne&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  centrevaldeloire&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  corse&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  grandest&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  hautsdefrance&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  iledefrance&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  normandie&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  nouvelleaquitaine&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  occitanie&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  paysdelaloire&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  provencealpescotedazur&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  antillesguyane&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  oceanindien&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3bc2-concevoir-son-projet-de-mobilite-et-developpe/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>163014</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>162344</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du remboursement des frais de déplacements pour les étudiants masseurs-kinésithérapeutes et ergothérapeutes</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Indemnités de stage et remboursement de frais de déplacement pour les étudiants masseurs-kinésithérapeutes</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région prend en charge les indemnités de stage ainsi que le remboursement des frais de déplacement pour les étudiants, masseurs-kinésithérapeutes, ergothérapeutes, infirmiers et manipulateurs en électroradiologie médicale qui en font la demande. Ce droit n’est soumis à aucune condition de statut ou de ressources.&lt;/p&gt; &lt;p&gt;Étudiants masseurs-kinésithérapeutes et ergothérapeutes, &lt;/p&gt;
+&lt;p&gt;Étudiants infirmiers et manipulateurs d’électroradiologie médicale &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>07/05/2024</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toute demande d&amp;#039;aide individuelle régionale doit être réalisée sur la plateforme dédiée en cliquant sur le bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle en fonction de son besoin. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/indemnites-de-stage-et-remboursement-de-frais-de-deplacement-pour-les-etudiants-masseurs-kinesitherapeutes</t>
+        </is>
+      </c>
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesformation.maregionsud.fr/SignIn?ReturnUrl=%2Fprofile%2F</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/indemnites-de-stage-et-remboursement-des-frais-de-deplacements-pour-les-etudiants-masseurs-kinesitherapeutes-et-ergotherapeutes/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>153940</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Indemniser le déplacement des étudiants en médecine et en odontologie effectuant des remplacements dans la Manche</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Indemnités de déplacement pour les étudiants en médecine et en odontologie effectuant des remplacements dans la Manche</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les étudiants en médecine ou en odontologie, ayant terminé leurs stages mais pas encore passé leur thèse, le Département souhaite encourager ces futurs professionnels à découvrir le département de la Manche, sa qualité de vie et sa qualité d&amp;#039;exercice professionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il est proposé une indemnité de déplacement en contrepartie d&amp;#039;un engagement d&amp;#039;un mi-temps de remplacements dans les zones sous-dotées de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Étudiants en médecine ou en odontologie, ayant terminé leurs stages mais pas encore passé leur thèse.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 200 € par semestre, pour un équivalent mi-temps de remplacements dans les zones sous-dotées de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ Contrat de 18 mois maximum, non reconductible.
+&lt;/p&gt;
+&lt;p&gt;
+ Le passage de la thèse met un terme au contrat.
+&lt;/p&gt;
+&lt;p&gt;
+ Possibilité de prolonger avec le contrat de &amp;#34;prime forfaitaire d&amp;#039;exercice&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le paiement de la prime :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Copies des contrats de remplacement validés par le conseil de l&amp;#039;Ordre
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Remplir le formulaire de demande à télécharger ci-joint
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier sera présenté à une commission composée d&amp;#039;un élu du Département et un représentant du conseil de l&amp;#039;Ordre de la profession
+&lt;/p&gt;
+&lt;p&gt;
+ En cas d&amp;#039;accord, l&amp;#039;indemnité sera versée à terme échu, sur présentation des copies des contrats de remplacement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A la demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Formulaire de demande
+  &lt;/li&gt;
+  &lt;li&gt;
+   Copie du certificat de scolarité de la faculté
+  &lt;/li&gt;
+  &lt;li&gt;
+   Copie de la licence de remplacement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Être inscrit en tant qu&amp;#039;étudiant en médecine ou en odontologie dans une faculté en France
+&lt;/p&gt;
+&lt;p&gt;
+ Être titulaire d&amp;#039;une licence de remplacement
+&lt;/p&gt;
+&lt;p&gt;
+ Réaliser un minimum d&amp;#039;un équivalent mi-temps sur le semestre dans les zones sous-dotées de la Manche, et être en mesure de le justifier par des contrats de remplacement. L&amp;#039;équivalent mi-temps est calculé de façon semestrielle (soit 65 jours par semestre).
+&lt;/p&gt;
+&lt;p&gt;
+ Les étudiants ayant bénéficié d&amp;#039;une bourse du Département de la Manche pendant leurs études ne sont pas éligibles à ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/indemnites-de-deplacement-pour-les-etudiants-en-medecine-et-en-odontologie-effectuant-des-remplacements-dans-la-manche/</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Patrix Karlen - Direction générale adjointe Action sociale
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 17 - 06 60 10 32 05
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f82f-indemnites-de-deplacement-pour-les-etudiants-/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>143389</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Développer un projet MaaS : pour un accès unique aux services de mobilité du territoire (Formation)</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le MaaS (pour Mobility-as-a-Service) vise un accès unique à l&amp;#039;ensemble de l&amp;#039;offre de mobilité. Il se développe fortement en France, grâce aux avancées technologiques et réglementaires. Face aux attentes des usagers, les collectivités se doivent de faire évoluer leurs systèmes pour tendre vers le MaaS. Mais le sujet est complexe, à la fois au niveau technique que de gouvernance. Les collectivités doivent maîtriser cette complexité pour mener à bien leur projet de MaaS, et en faire un outil au service de leurs politiques publiques. Quant aux acteurs privés, ils sont généralement positionnés sur un sous-domaine du MaaS (calcul d&amp;#039;itinéraires, ticket mobile, paiement, application) et doivent étendre leurs compétences pour répondre au mieux aux attentes des collectivités ou des employeurs. La gestion de la donnée et des échanges entre partenaires est essentielle à la réussite de ces projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ A l&amp;#039;issue du module, le stagiaire doit être en capacité de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identifier les modalités possibles du développement de la mobilité servicielle sur un territoire et leur contribution aux politiques de mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les différents modèles économiques du MaaS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les enjeux du développement du MaaS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir trouver les ressources documentaires essentielles sur le MaaS et les projets emblématiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Programme
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;em&gt;
+   1er jour :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  9h – 9h30 : accueil des participants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tour de table et recueil des attentes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  9h30 – 10h30 : L&amp;#039;apport du numérique sur les services de mobilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le big-bang numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opportunités et freins
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  10h45 – 12h : Les données de mobilités pour piloter les politiques publiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Panorama des données de mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enjeux de la gestion de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  14h – 15h30 : L&amp;#039;émergence du concept de Mobility-as-a-service
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définitions, état de l&amp;#039;art, LOM, données du MaaS
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  15h45 – 17h : MaaS et politiques publiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilité inclusive, économie territoriale, promotion du report modal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Incitatifs, évaluation des effets du MaaS
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2ème jour :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  9h – 10h30 : Benchmark de dispositifs MaaS urbains opérationnels
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fonctionnalités, Gouvernance, Tarifications, Architecture
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  10h45 – 12h : Les différentes échelles de MaaS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Longue distance, MaaS régional, MaaS urbain, MaaS rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;écosystème des acteurs du MaaS
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  14h – 15h30 : Cas pratique sur le partage de données du MaaS (jeu de rôles)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Chaque stagiaire reçoit un rôle précis avec le contexte de l&amp;#039;acteur qu&amp;#039;il représente,    ainsi qu&amp;#039;un objectif à atteindre. Les acteurs sont réunis pour concevoir un MaaS...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  15h45 – 16h30 : Les modèles économiques du MaaS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les différents modèles d&amp;#039;affaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  16h30 – 17h00 : bilan de la formation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Public
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Consultants des bureaux d&amp;#039;études en Mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniciens et ingénieurs des collectivités (moyennes et grandes agglos &amp;#43; Régions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniciens et ingénieurs des opérateurs de transport,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargés d&amp;#039;études des entreprises du numérique et de l&amp;#039;industrie du transport
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Niveau pré-requis
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Cette formation ne nécessite aucun prérequis.
+&lt;/p&gt;
+&lt;h4&gt;
+ Outils pédagogiques
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  exposés théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  apports techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en situation
+ &lt;/li&gt;
+ &lt;li&gt;
+  retours d&amp;#039;expérience
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h4&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+&lt;/h4&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;h4&gt;
+ Délais d&amp;#039;accès
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-developper-projet-maas-acces-unique-aux-services</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb7b-developper-un-projet-maas-formation-pour-un-a/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>120345</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les circulations routières et piétonnes - Amendes de police - Enveloppe départementale</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>AMENDES DE POLICE</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Améliorer les circulations routières et piétonnes conformément au décret n°88.351 du 12 avril 1988 du Ministère de l&amp;#039;équipement, du Logement, de l&amp;#039;Aménagement du Territoire et des Transports., de l&amp;#039;Aménagement du Territoire et des Transports, à savoir : Article 1
+ er
+ du Décret n°88.351 du 12 avril 1988.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Communes ou Groupements de communes de moins de 10 000 habitants.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;Investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce fonds est géré financièrement par l&amp;#039;État, sa répartition est à l&amp;#039;initiative du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ On distingue :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une enveloppe CANTONALE, gérée par le Service Relations avec les Collectivités, répartie par canton.
+ &lt;/li&gt;
+ &lt;li&gt;
+  une enveloppe DEPARTEMENTALE, gérée par la Direction des Déplacements, réservée à des interventions plus lourdes ciblées sur des opérations communales importantes réalisées dans le cadre de la mise en œuvre de la politique routière du Département en matière de circulation en particulier celles liées aux Routes Départementales en traverse de zones agglomérées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Montant Hors Taxe des travaux prévus pour les aménagements de sécurité, déduction faite des autres aides.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Aide forfaitaire.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Notice explicative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de l&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Estimation détaillée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération de la commune
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépôt sur la plateforme
+  Drôm Démat
+  via
+  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+   https://mesdemarches.ladrome.fr/
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Aménagement du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  :   Politique routière – Amendes de Police
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation technique de l&amp;#039;avant-projet (AVP) par le Comité d&amp;#039;Examens Techniques des  Opérations Routières (CETOR).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du projet (PRO) par la Commission  Aménagement Voirie du Conseil départemental.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décision de la Commission permanente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;ordre de service de démarrage des travaux est à transmettre à la Direction des Déplacements avant le 30 octobre de l&amp;#039;année attributive, sous peine de caducité de la dotation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les versements sont effectués par la Préfecture, avant la fin de l&amp;#039;exercice budgétaire, au vu de la délibération du Conseil départemental.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération des 13 et 14 Juin 2005.
+&lt;/p&gt;
+&lt;p&gt;
+ Courrier de la Préfecture du 28 mars 2012 concernant les dispositions pour la répartition  et le versement de la dotation amendes de police.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ – Pour les transports en commun
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements et équipements améliorant la sécurité des usagers, l&amp;#039;accueil du public, l&amp;#039;accès aux réseaux, les liaisons entre réseaux et avec les autres modes de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de voirie, équipements destinés à une meilleure exploitation des réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Equipements assurant l&amp;#039;information des usagers, l&amp;#039;évaluation du trafic et le contrôle des titres de transport
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ – Pour la circulation routière
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude et mise en oeuvre de plans de circulation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parcs de stationnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et développement de signaux lumineux et de la signalisation horizontale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  Différenciation du trafic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux commandés par les exigences de la sécurité routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes et mise en oeuvre de zones à circulation restreinte prévues à l&amp;#039;article L.2213-4-1 du Code général des collectivités territoriales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation, aménagement, rénovation et sécurisation d&amp;#039;itinéraires cyclables ou piétons
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Travaux commandés par les exigences de la sécurité routière, avec une mention toute particulière pour les opérations confortant l&amp;#039;action du Département en matière de transports en commun, à savoir les actions visant à améliorer la sécurité au niveau des Lignes Régulières et plus spécialement les transports scolaires..
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute autre opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/amendes-de-police/</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction des Déplacements – Service Administratif et Financier – Pôle Conventions &amp;amp; Subventions Voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mireille MALLEVAL
+  &lt;/strong&gt;
+  – Tél :
+  &lt;strong&gt;
+   04 75 75 92 21
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e664-amendes-de-police-enveloppe-departementale/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>69777</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place un dispositif d’accompagnement au déploiement de véhicules hydrogènes pour un usage professionnel (transport de personnes ou de marchandises)</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie met en place un dispositif d&amp;#039;accompagnement au déploiement de véhicules hydrogènes pour un usage professionnel (transport de personnes ou de marchandises).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;acquisition de véhicules professionnels utilisant l&amp;#039;hydrogène s&amp;#039;inscrit dans le cadre du Plan Hydrogène Vert de la Région Occitanie / Pyrénées-Méditerranée, adopté le 27 juin 2019. Il répond à la volonté d&amp;#039;accompagner le déploiement d&amp;#039;une gamme de véhicules lourds ou utilitaires hydrogène
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif s&amp;#039;adresse à toute personne morale privée ou publique à l&amp;#039;exception des services de l&amp;#039;État, se positionnant comme maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide proposée sera de type subvention et d&amp;#039;un taux maximum de 50% du surcoût. Elle sera cumulable avec d&amp;#039;autres aides. Dans les cas d&amp;#039;utilisation des véhicules pour des activités économiques affectant la concurrence, le niveau global d&amp;#039;aides publiques devra respecter la réglementation relative aux aides d&amp;#039;État et notamment sur la base du régime cadre exempté de notification N° SA.40405 relatif aux aides à la protection de l&amp;#039;environnement. L&amp;#039;application de la réglementation relative aux aides d&amp;#039;État sera déterminée au cas par cas après analyse économique par le service instructeur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif concerne l&amp;#039;ensemble du territoire de la Région Occitanie / Pyrénées-Méditerranée. Cependant, les porteurs de projets devront avoir identifié à proximité soit une station existante de distribution d&amp;#039;hydrogène majoritairement vert, soit une station en projet : lauréate de l&amp;#039;Appel à projet Territoires d&amp;#039; Hydrogène ou de l&amp;#039;appel à projets ADEME Mobilité Hydrogène, soit une station financée via des fonds européens (POCTEFA, FEDER, FCH-JU ...) et implantée en Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont concernées les acquisitions de véhicules dans le cadre d&amp;#039;une flotte à usage professionnel, qu&amp;#039;il soit privé ou public, pour le transport de personnes ou de marchandises.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif propose un accompagnement à deux catégories de véhicules :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Catégorie : Mobilité Hydrogène : Est considéré comme véhicule à mobilité hydrogène tout véhicule, indiqué plus haut présentant une chaîne de traction ou de propulsion électrique, alimentée de manière hybride par une batterie et une pile à hydrogène, quel que soit le degré d&amp;#039;hybridation. L&amp;#039;adaptation de véhicules est possible dès lors qu&amp;#039;elle est garantie par le constructeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Catégorie : Unité de puissance auxiliaire Hydrogène Un véhicule professionnel indiqué dans la liste plus haut utilisant une unité auxiliaire alimentée par une pile à hydrogène pour des besoins embarqués d&amp;#039;électricité ou de froid est considéré dans cette catégorie. L&amp;#039;adaptation de véhicules est possible dès lors qu&amp;#039;elle est garantie par le constructeur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-de-soutien-a-l-acquisition-de-vehicules-professionnels-utilisant-l</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact Région Occitanie / Pyrénées-Méditerranée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried HACHET
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de Projets Énergies Renouvelables – DiTEE - Service de la Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 67 22 94 63
+&lt;/p&gt;
+&lt;p&gt;
+ e-mail : wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contact AD&amp;#039;OCC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Benjamin FEVRE
+&lt;/p&gt;
+&lt;p&gt;
+ Animateur de la Filière Hydrogène en Occitanie – HyDeO – AD&amp;#039;OCC
+&lt;/p&gt;
+&lt;p&gt;
+ Tel. : 05.61.12.57.12
+&lt;/p&gt;
+&lt;p&gt;
+ e-mail : benjaminfevre.hydrogene&amp;#64;outlook.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2307-mise-en-place-un-dispositif-daccompagnement-a/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>92585</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'achat d’un véhicule dédié à la circulation des documents au sein d’un réseau de bibliothèques</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J102" s="1" t="inlineStr">
+        <is>
+          <t>20 % du coût total plafonné à 5 000 €</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financer l&amp;#039;achat d&amp;#039;un véhicule dédié à la circulation des documents au sein d&amp;#039;un réseau intercommunal de bibliothèques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>Véhicule utilitaire de 2,5 à 3 m3</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Usage exclusif par le réseau des bibliothèques
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 véhicule par réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e4ee-financer-lachat-dun-vehicule-dedie-a-la-circu/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>104669</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Distribuer gratuitement des gilets haute visibilité aux usagers du transport scolaire ligérien</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Distribution gratuite de gilets haute visibilité aux usagers du transport scolaire ligérien</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sécuriser les trajets piétons entre les points d&amp;#039;arrêt de car et le domicile ou l&amp;#039;établissement scolaire pour les élèves empruntant les transports scolaires ligériens. Permettre à ces élèves, grâce au port obligatoires du gilet vert fluo, d&amp;#039;être perçus à 160 mètres de distance par les autres usagers de la route, contre à peine 30 mètres s&amp;#039;ils n&amp;#039;en portent pas.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les élèves inscrits au transport scolaire avant la rentrée de septembre : gilet vert fluo distribué gratuitement dans les établissements scolaires (à la rentrée). Pour les élèves s&amp;#039;inscrivant en cours d&amp;#039;année : envoi du gilet par voie postale, au domicile de l&amp;#039;élève.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être inscrit au transport scolaire Aléop.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/distribution-gratuite-de-gilets-haute-visibilite-aux-usagers-du-transport-scolaire-ligerien</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://aleop.paysdelaloire.fr/demande-dun-gilet-de-securite</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports et des mobilités
+ &lt;br /&gt;
+ Services transports routiers voyageurs Loire-Atlantique, Maine-et-Loire, Mayenne, Sarthe et Vendée
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://aleop.paysdelaloire.fr/" rel="noopener" target="_blank"&gt;
+  aleop.paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5fbc-distribution-gratuite-de-gilets-haute-visibil/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>104723</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la mise en accessibilité des points d'arrêts routiers du transport interurbain identifiés comme prioritaires</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Mise en accessibilité des points d&amp;apos;arrêts routiers du réseau régional</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Mettre en accessibilité les points d&amp;#039;arrêts routiers prioritaires desservis par le réseau régional de transport.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois, la Région souhaite également cofinancer, les 15 premiers dossiers de demande de subvention par an, des PAR qui n&amp;#039;auraient pas été identifiés comme prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le montant maximum et le % concerne les PAR prioritaires.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les non prioritaires, le montant maximum passe à 3 500€ et le pourcentage à 35% du montant HT des travaux.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P104" s="1" t="inlineStr">
+        <is>
+          <t>23/07/2018</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires sont les collectivités territoriales (Communes et départements) ou leurs groupements gestionnaires de voiries ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dossier complet comprenant tous les éléments demandés ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   conformité des travaux à la réglementation en matière d&amp;#039;accessibilité et aux préconisations énoncés par le CEREMA dans la dernière version à jour de son « Guide technique de conception des points d&amp;#039;arrêts routiers » ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   PAR identifié comme prioritaire au sein du SD&amp;#039;AP régional ou, pour les arrêts non prioritaires, être dans les 15 premiers dossiers déposés et relever du réseau régional de transport.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus du présent règlement d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les points d&amp;#039;arrêts facultatifs du réseau de lignes régulières,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plateformes ou arrêts exclusivement dédiés au transport scolaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les arrêts de transport à la demande,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les PAR financés par ailleurs dans le cadre de projets de PEM ou d&amp;#039;appels à projets relatifs au développement de l&amp;#039;attractivité des gares.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/mise-en-accessibilite-des-points-darrets-routiers-du-reseau-regional</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports et des mobilités
+ &lt;br /&gt;
+ Service Gares et infrastructures
+ &lt;br /&gt;
+ Pôle Gares,aménagements intermodaux et accessibilité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carole Garry
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="mailto:Carole.Garry&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  Carole.Garry&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 0228205441
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire sollicitant une aide régionale devra à ce titre présenter un dossier de demande de subvention comprenant tout document utile, et composé à minima :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;une note descriptive du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan de situation,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan d&amp;#039;aménagement au 1/100ème présentant les situations actuelles et projetées,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un plan de financement détaillé présentant l&amp;#039;état des cofinancements,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;un planning prévisionnel,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;une lettre de demande d&amp;#039;aide signée par la personne habilitée et de la délibération du ou des organes délibérant autorisant le représentant à solliciter une aide auprès de la Région.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les bénéficiaires doivent adresser leurs dossiers aux Services de Transports Routiers de Voyageurs (STRV) présents dans chaque département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9af7-mise-en-accessibilite-des-points-darrets-rout/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>162840</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain: Amélioration de la desserte des lycées et des îles de loisirs</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;La Région renforce la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;L’aide est intégrée à l’article 3 du dispositif « maîtrise de la mobilité » dont les bénéficiaires sont : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Collectivités locales,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;É&lt;/span&gt;&lt;span&gt;tat,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La participation maximale sera égale à 70% de la dépense HT supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La participation financière de la Région s’applique aux opérations d’infrastructure visant à favoriser la desserte par les transports en commun des grands établissements régionaux suivants :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les lycées d&amp;#039;enseignement général, technologique et professionnel et les établissements d&amp;#039;éducation spéciale,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les îles de loisirs.&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Peuvent être soutenus : les aménagements de voirie en faveur des transports en commun, dans un périmètre de 300m autour des accès principaux de ces établissements.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-amelioration-de-la-desserte-des-lycees-et-des-iles-de-loisirs</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-amelioration-de-la-desserte-des-lycees-et-des-iles-de-loisirs-1/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>153936</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Verser des indemnités de frais de déplacement pour les stages ambulatoires des internes en médecine générale</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Indemnité des frais de déplacement pour les stages ambulatoires des internes en médecine générale ou en odontologie</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les étudiants en médecine générale, le Département souhaite encourager ces futurs professionnels à découvrir le département de la Manche, sa qualité de vie et sa qualité d&amp;#039;exercice professionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Effectuer son stage ambulatoire de médecine générale auprès d&amp;#039;un maître de stage agréé dans la Manche.
+En contrepartie, les étudiants s&amp;#039;engagent à effectuer 3 semaines de remplacement dans le département dans les 3 ans qui suivent le stage.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;interne certifie qu&amp;#039;il est inscrit en faculté de médecine à l&amp;#039;université de Caen Basse-Normandie au titre du diplôme de médecin généraliste pour l&amp;#039;année universitaire en cours.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;engage à suivre son stage ambulatoire dans la Manche d&amp;#039;une durée de six mois et à effectuer ensuite trois semaines de remplacements dans le département de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;indemnité est calculée sur la base d&amp;#039;un tarif kilométrique de 0,30 € pour un maximum de trois allers-retours par semaine entre son domicile et le terrain de stage. Celle-ci est plafonnée à 1 800 €, réduite à 600 € en cas de mise à disposition d&amp;#039;un logement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/indemnite-des-frais-de-deplacement-pour-les-stages-ambulatoires-des-internes-en-medecine-generale-ou-en-odontologie/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Patrix Karlen - Direction générale adjointe Action sociale
+&lt;/p&gt;
+&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 96 17 - 06 60 10 32 05
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3516-indemnite-des-frais-de-deplacement-pour-les-s/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>143387</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les déplacements piétons et maintenir l'accessibilité : chantiers urbains et piétons (Formation)</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette formation vous permettra de sécuriser les déplacements piétons aux abords de vos chantiers et de maintenir la continuité des itinéraires accessibles. Après des apports théoriques sur les enjeux de la mise en accessibilité des chantiers, le cadre réglementaire et les bonnes pratiques, des études de cas concrets et une sensibilisation sur le terrain seront proposées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les cheminements piétons au sein des quartiers en chantier peuvent être difficilement praticables par tous. La mise en place des chantiers urbains est caractérisée à la fois par un espace public où cohabitent de nombreux usagers et de multiples usages, mais aussi par l&amp;#039;intervention d&amp;#039;une multitude d&amp;#039;acteurs. L&amp;#039;articulation entre ces différents intervenants (maîtrise d&amp;#039;œuvre voirie, maîtrise d&amp;#039;œuvre bâti, entreprises et concessionnaires de réseaux) nécessite une surveillance en continu et une formation à cette problématique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte des piétons, lors de chantiers en milieu urbain, doit répondre à deux objectifs essentiels : garantir leur sécurité et leur confort, vis-à-vis des dangers liés aux travaux et à la circulation ; assurer la continuité de la chaîne du déplacement et maintenir son accessibilité.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir la sécurité et le confort des déplacements des piétons pendant les chantiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les besoins et les difficultés des personnes à mobilité réduite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la réglementation accessibilité et identifier les bonnes pratiques en fonction du chantier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir sécuriser et signaler les chantiers, maintenir la continuité des itinéraires, informer les usagers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Programme
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Matinée : apports théoriques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Déplacements piétons et sécurité aux abords des chantiers : introduction et enjeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cas pratique d&amp;#039;une personne en situation de handicap : quels impacts de la gestion du chantier sur ses déplacements ?
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cadre réglementaire et bonnes pratiques :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la continuité des itinéraires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signaler, matérialiser, éclairer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir les accès riverains, commerces et transports collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pause déjeuner
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Après-midi : mise en pratique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Boîte à outils pour maintenir l&amp;#039;accessibilité en phase chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas concrets et échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation sur le terrain : « vivre » l&amp;#039;expérience de handicap aux abords des chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des acquis et bilan de la formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;œuvre, conducteurs de travaux des entreprises de BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bureaux d&amp;#039;étude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucun pré-requis obligatoire.
+ &lt;br /&gt;
+ Une expérience en matière de pilotage de projets d&amp;#039;aménagement ou d&amp;#039;organisation de chantiers est un plus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports de connaissances théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges sur des cas concrets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mises en situation sur le terrain
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;évaluation
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h3&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;h3&gt;
+ Délais d&amp;#039;accès
+&lt;/h3&gt;
+&lt;p&gt;
+ Délais d&amp;#039;accès à la formation : en moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-chantiers-urbains-pietons-securiser-deplacements-0</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8936-securiser-les-deplacements-pietons-et-mainten/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>143360</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Apprendre à réaliser une Enquête Mobilité Certifiée Cerema (EMC²) - Formation</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une Enquête Mobilité Certifiée Cerema (EMC²) - Formation</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les enquêtes ménages-déplacements alimentent les politiques publiques depuis la fin des années 1970.
+ &lt;br /&gt;
+ Initialement conçues pour les zones denses des grandes agglomérations (EMD), les enquêtes ont été déclinées dans les villes moyennes (Enquête Déplacements Villes Moyennes – EDVM) et les couronnes périurbaines (Enquête Déplacements Grands Territoires – EDGT).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Aujourd&amp;#039;hui, ces méthodes ont été harmonisées pour n&amp;#039;en former qu&amp;#039;une seule : l&amp;#039;enquête mobilité certifiée Cerema (EMC2).
+Avec sa méthodologie modulable, elle s&amp;#039;adapte aux besoins des territoires et étend ses champs de construction de la connaissance.
+Elle continue d&amp;#039;être largement réalisée par les collectivités qui ont besoin de mettre à jour leurs indicateurs de planification et/ou leur modèle multimodaux de prévision de trafic.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS PÉDAGOGIQUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;issue du module, les stagiaires doivent être en capacité de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Déterminer les cas pour lesquels il est judicieux de réaliser une EMC2 et à quoi elles servent
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décrire les étapes d&amp;#039;une enquête pour en planifier une.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Citer les grands principes méthodologiques des EMC et leurs justifications 2 : champs temporel, géographique, stratification territoriale, population concernée, taux de sondage, processus de recueil téléphone et/ou face à face, contenu du questionnaire du cœur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utiliser les exploitations standards.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PROGRAMME :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Première journée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  10h00 – 10h30 : Accueil des participant·e·s : Présentation de la formation, Tour de table des participant·e·s et de leurs attentes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  10h30 – 11h15 :   Introduction à la Mobilité : Pourquoi recueille-t-on de la donnée de mobilité et définitions utiles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  11h15 – 12h30 : Les EMC2 dans le paysage des enquêtes de déplacements : Panorama des enquêtes de mobilité ; Données numériques pour la mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  12H30 – 14H00 : Pause déjeuner
+ &lt;/li&gt;
+ &lt;li&gt;
+  14H00 – 17H30 : La méthodologie des EMC2 : Processus d&amp;#039;une EMC2 ; Principes méthodologiques : calendrier, plan de sondage, questionnaire, temporalité ; Le déplacement : unité et variables recueillies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Deuxième journée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  8h30 – 9H00 :Accueil des participant·e·s : retours sur la journée de la veille, questions éventuelles, présentation de la journée
+ &lt;/li&gt;
+ &lt;li&gt;
+  9h00 – 10H45 : La donnée c&amp;#039;est pas donné ! Les erreurs et biais de l&amp;#039;enquête et comment le Cerema intervient pour les minimiser.
+ &lt;/li&gt;
+ &lt;li&gt;
+  10H45 – 11H00 : Pause
+ &lt;/li&gt;
+ &lt;li&gt;
+  11H00 – 11h45 : Une EMC2 à quoi ça ressemble : Fichier brut, dictionnaire des variables, outils d&amp;#039;exploitation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  11h45 – 12h45 : Une EMC2 à quoi ça ressemble : l&amp;#039;exploitation standard ; Présentation de l&amp;#039;exploitation standard et comment l&amp;#039;utiliser.
+ &lt;/li&gt;
+ &lt;li&gt;
+  12H45 – 14H00 : Pause déjeuner
+ &lt;/li&gt;
+ &lt;li&gt;
+  14H00 – 15H30  : Les EMC2 : leurs limites et au-delà. Avantages et faiblesses des EMC2 Comment les options y répondent
+ &lt;/li&gt;
+ &lt;li&gt;
+  15H30-16H30 : Evaluation ; Conclusion de la formation, premiers retours.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PUBLIC :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cette formation vise, à la fois, toute personne en charge de la conception, du suivi d&amp;#039;une EMC2, mais également les personnes en charge de traitements et analyses des données issues des EMC2.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniciens, chargés d&amp;#039;études des services mobilités des services de l&amp;#039;Etat et des collectivités locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargés d&amp;#039;études en agence d&amp;#039;urbanisme ou bureaux d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chercheurs en mobilité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NIVEAU PRÉ-REQUIS : Aucun
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OUTILS PÉDAGOGIQUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exposés méthodologiques et apports techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exercices / études de cas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retours d&amp;#039;expérience
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quiz
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS D&amp;#039;ÉVALUATION :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACCESSIBILITÉ DE NOS FORMATIONS AUX PERSONNES EN SITUATION DE HANDICAP
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉLAIS D&amp;#039;ACCÈS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-realiser-enquete-mobilite-certifiee-cerema-emc2</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa26-formation-realiser-une-enquete-mobilite-certi/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>70211</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le covoiturage entre particuliers (ATPS)</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Aide au Transport aux Particuliers - COVOITUREURS ATPS</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider les salariés pratiquant le covoiturage et qui utilisent leur véhicule pour aller travailler par la prise en charge d&amp;#039;une partie des frais liés au trajet domicile-travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les personnes qui travaillent ou qui reprennent un travail et qui n&amp;#039;ont pas accès aux transports en commun.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les salariés en CDI ou CDD d&amp;#039;au moins un mois (y compris les contrats de professionnalisation), les apprentis, les intérimaires cumulant plusieurs contrats sans interruption sur un mois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Forme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le montant de l&amp;#039;aide est fixé à 20 euros / mois
+ &lt;/strong&gt;
+ pour un salarié (y compris les contrats de professionnalisation) utilisant un véhicule particulier ou un deux-roues motorisé pour se rendre sur son lieu de travail.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;octroi de l&amp;#039;Aide au transport aux particuliers n&amp;#039;est effectif qu&amp;#039;après instruction du dossier complet et notification de la décision au salarié.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ouverture des droits intervient au début du mois de la validation de la demande. Pour les salariés en CDD, l&amp;#039;aide cessera au terme du dernier mois du contrat de travail en cours. L&amp;#039;aide sera donc versée dans son intégralité pour le dernier mois.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle sera versée au bénéficiaire sur le compte bancaire dont il aura saisi les coordonnées au moment de sa demande dans l&amp;#039;application dédiée. Le versement sera trimestriel, à terme échu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le salarié s&amp;#039;inscrira au préalable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   sur la plateforme Pass Pass Covoiturage
+  &lt;/strong&gt;
+  , la plateforme gratuite de covoiturage de Hauts-de-France Mobilités
+  &lt;a href="https://www.passpasscovoiturage.fr"&gt;
+   https://www.passpasscovoiturage.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ou sur celle mise en place par Oise Mobilité
+  &lt;/strong&gt;
+  &lt;a href="http://www.covoiturage-oise.fr/"&gt;
+   http://www.covoiturage-oise.fr/
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un justificatif de domicile aux nom et prénom du demandeur, de moins de trois mois,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un relevé d&amp;#039;identité bancaire aux nom et prénom du demandeur,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les salariés (dont apprentis et intérimaires), l&amp;#039;attestation-type à télécharger, validée par l&amp;#039;employeur, précisant le nom, le prénom, la qualité au sein de l&amp;#039;entreprise et la signature de la personne représentant ledit employeur. Le cachet de l&amp;#039;entreprise est obligatoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les covoitureurs, le mail de confirmation à son inscription aux plateformes de covoiturage précitées ainsi que le mail récapitulatif de confirmation de son covoiturage.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En cas de contrôle, le covoitureur devra transmettre à la Région l&amp;#039;ensemble des mails de confirmation de ses covoiturages sur la boîte mail dédiée :
+ &lt;a&gt;
+  atp-infos&amp;#64;hautsdefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vérification de l&amp;#039;éligibilité de l&amp;#039;aide aux transports
+ &lt;/strong&gt;
+ :
+ &lt;a href="http://www.hautsdefrance.fr/aide-transport/"&gt;
+  http://www.hautsdefrance.fr/aide-transport/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide n&amp;#039;est pas cumulable avec :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le remboursement par l&amp;#039;employeur de dépenses de transports collectifs prévues par le Code du travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise à disposition par l&amp;#039;employeur d&amp;#039;un véhicule de fonction ou de service.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour être éligible à cette aide, le salarié doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être domicilié en région Hauts-de-France,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  utiliser un véhicule particulier ou un deux-roues motorisé pour la majorité de ses déplacements quotidiens domicile - travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre salarié en contrat à durée indéterminée ou en contrat à durée déterminée d&amp;#039;au moins un mois,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir une distance routière entre le domicile et le lieu de travail supérieure ou égale à 10 kilomètres (1 trajet). Une tolérance de 10% sera accordée pour tenir compte des itinéraires contraints et des risques d&amp;#039;erreur liés au logiciel de calcul de distance,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Percevoir un salaire net inférieur ou égal à 2 fois le SMIC (montant au 1er janvier de l&amp;#039;année en cours), hors treizième mois et primes ; le salaire retenu sera celui mentionné avant prélèvement de l&amp;#039;impôt à la source,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attester, dans le cas où il serait domicilié et travaillerait dans des « ressorts territoriaux des autorités organisatrices de la mobilité » (ex-périmètres de transports urbains/PTU), d&amp;#039;horaires décalés concernant la majorité de son temps de travail (travail de nuit, travail posté avec un début de journée de travail avant 7 heures et/ou une fin de journée de travail après 22 heures).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette obligation ne s&amp;#039;applique pas aux salariés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pouvant justifier d&amp;#039;une attestation de reconnaissance de travailleur handicapé,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  domiciliés et travaillant dans des ressorts territoriaux des autorités organisatrices de la mobilité dont la population est inférieure à 50 000 habitants,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le temps de déplacement en transports collectifs est supérieur ou égal à deux heures (aller/retour); ainsi le critère du ressort territorial des autorités organisatrices de la mobilité est levé ; le salarié doit néanmoins faire valider cette situation par son employeur.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://guide-aides.hautsdefrance.fr/spip.php?page=dispositif&amp;id_dispositif=787</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt de la demande se fait sur le portail régional Hauts-de-France (portail &amp;#34;usagers&amp;#34;) et la demande doit être renouvelée chaque année.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>bettina.leblanc@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ac1-soutenir-le-covoiturage-entre-particuliers-at/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>74854</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Assurer une meilleure circulation des produits locaux à l'échelle régionale (solutions de livraison)</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets, à caractère innovant, devront avoir un impact structurel en matière de distribution de produits alimentaires locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de ce dispositif est d&amp;#039;initier et de renforcer des initiatives et des dynamiques générées par la crise afin d&amp;#039;assurer une meilleure circulation des produits locaux sur les territoires à l&amp;#039;échelle régionale sans être une source d&amp;#039;une augmentation des prix des produits ni une croissance de charge de travail pour les producteurs et entreprises alimentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;une subvention calculée sur la base des dépenses prévisionnelles dans la limite de 3 000€.
+ &lt;br /&gt;
+ Taux de l&amp;#039;intervention plafonné à 75% maximum des dépenses éligibles de l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires
+&lt;/p&gt;
+&lt;p&gt;
+ Personnes morales de droit public ou privé : agriculteurs ou groupements d&amp;#039;agriculteurs, entreprises, associations dont syndicats ou fédérations professionnelles, entreprises de l&amp;#039;économie sociale et solidaires (dont SCOP, SCIC), ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-a-l-emergence-de-solutions-collectives-pour-la-logistique-de-livraison</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/aides/#/croccitanie/</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez la Région pour bénéficier de cette aide
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b42b-aide-a-lemergence-de-solutions-collectives-po/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>103475</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Aider les étudiants DUT, Licence, Master à effectuer leur séjour de mobilité à l'étranger</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Bourses Mobilité Île-de-France - Informations aux étudiants en diplôme national de Master</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La Région apporte aux étudiants franciliens inscrits en DUT, licence ou master dans un établissement francilien partenaire une aide financière pour effectuer leur séjour de mobilité à l&amp;#039;étranger.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les étudiants éligibles inscrits :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dans un établissement d&amp;#039;enseignement supérieur francilien partenaire du dispositif (c&amp;#039;est-à-dire établissement retenu dans l&amp;#039;appel à projets lancé annuellement par la Région),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et dans une formation initiale de cursus DUT, licence ou master (hors apprentissage, alternance et année de césure).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La liste des établissements partenaires en 2022/2023 est consultable en bas de page.
+&lt;/p&gt;
+&lt;p&gt;
+ Les étudiants inscrits dans les formations sanitaires et sociales financées par la Région au titre de sa compétence sont éligibles aux Bourses Mobilité Île-de-France d&amp;#039;ils sont aussi inscrits dans une université.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les doctorants et les étudiants inscrits en section de techniciens supérieurs (BTS), il existe les « Bourses Mobilité Île-de-France Doctorants » et « Bourses Mobilité Île-de-France BTS », disponibles sur
+ &lt;a href="https://mesdemarches.iledefrance.fr"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  L&amp;#039;aide régionale est
+ &lt;/span&gt;
+ comprise entre 250€ et 450€ maximum par mois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Elle est conditionnée au respect d&amp;#039;un critère social relatif au niveau de ressources de l&amp;#039;étudiant (quotient familial du foyer fiscal inférieur ou égal à 19.190€).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide peut être attribuée sur une durée comprise entre 1 et 10 mois maximum (correspondant à tout ou partie du séjour de mobilité de l&amp;#039;étudiant).
+&lt;/p&gt;
+&lt;p&gt;
+ Au titre de l&amp;#039;année 2022-2023, la date de départ à l&amp;#039;étranger doit intervenir entre le 01/07/2022 et le 30/06/2023.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les destinations à l&amp;#039;étranger sont éligibles (NB : les collectivités locales d&amp;#039;outre-mer sont exclues du dispositif).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide ne constitue pas un droit. Elle est attribuée dans la limite des crédits alloués par la Région à l&amp;#039;établissement partenaire pour chaque année universitaire et reste donc facultative.
+&lt;/p&gt;
+&lt;p&gt;
+ Un séjour à l&amp;#039;international durant l&amp;#039;année universitaire,
+  d&amp;#039;une durée comprise entre 1 et 10 mois maximum,
+ dans le but de réaliser un stage ou une période d&amp;#039;études à l&amp;#039;étranger (toutes destinations excepté les collectivités et départements d&amp;#039;outre-mer) et dans le cadre d&amp;#039;un accord inter-établissements (partenariat entre établissements d&amp;#039;enseignement, convention avec un organisme public ou privé).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;étudiant doit s&amp;#039;adresser directement au service des relations internationales (SRI) ou des bourses de son établissement partenaire pour être informé des modalités internes et spécifiques de candidature et d&amp;#039;attribution de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement partenaire :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Instruit les dossiers de candidature en appliquant les critères d&amp;#039;éligibilité fixés par la Région et ceux de l&amp;#039;établissement,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Procède à l&amp;#039;attribution des aides selon sa procédure interne,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fixe le montant de l&amp;#039;aide attribuée à l&amp;#039;étudiant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Verse l&amp;#039;aide à l&amp;#039;étudiant pour le compte de la Région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Aucune demande individuelle ne sera instruite par les services de la Région.
+ &lt;/span&gt;
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/bourses-mobilite-ile-de-france-informations-aux-etudiants-en-diplome-national-de-master</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:boursesmobilite.etudiants&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  boursesmobilite.etudiants&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Direction de l&amp;#039;enseignement supérieur et de l&amp;#039;orientation / Service Vie étudiante
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c8af-dispositif-bourses-mobilite-ile-de-france-_-i/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>104472</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Alléger le coût de la scolarité auprès des familles en difficulté, sur leurs dépenses d'hébergement, de restauration et de transport</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Fonds social lycéen régional</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir le pouvoir d&amp;#039;achat des familles en difficulté
+ &lt;/li&gt;
+ &lt;li&gt;
+  garantir l&amp;#039;égalité des chances
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de procédure :
+ &lt;/strong&gt;
+ Papier → Les familles doivent prendre contact et constituer un dossier auprès des établissements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lycées et centres de formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  lycées publics et privés, scolaires dans les MFR
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/fonds-social-lyceen-regional</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des lycées
+&lt;/p&gt;
+&lt;p&gt;
+ Service Action éducative et civisme
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Fabienne Rigoli
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:fabienne.rigoli&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  fabienne.rigoli&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 28 20 58 76
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/349f-fonds-social-lyceen-regional/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>163169</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Développer les mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Des mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité.</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I113" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J113" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La mobilité dans le Pays du Bessin au Virois est très dépendante de l&amp;#039;automobile.
+Cette situation renforce la vulnérabilité des publics fragiles ou isolés et n&amp;#039;est pas soutenable à
+terme compte tenu des enjeux climatiques et énergétiques.
+Par ailleurs, le développement des alternatives doit s&amp;#039;articuler avec la préservation des
+espaces naturels et agricoles (consommation de foncier).
+Cette fiche vise à soutenir l&amp;#039;émergence de solutions de mobilité décarbonées, accessibles à
+tou.te.s, mais également de dispositifs permettant de réduire les déplacements subis ou
+contraints dans une logique de sobriété. Les objectifs poursuivis font échos à 10 axes du
+SRADDET, en particulier l’objectif 44 qui traite des nouvelles pratiques de mobilité.
+Naturellement, cette fiche action prend en compte les constats du GIEC normand et se veut
+répondre aux problématiques de la pollution de l’air et les inégalités d’accès aux services de
+soins.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives aux modes de déplacements individuels et carbonés
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organiser les déplacements contraints
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Garantir l&amp;#039;accès à la mobilité pour tou.te.s.
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planifier l&amp;#039;offre de mobilité à une plus grande échelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation et animation de schémas globaux de déplacements dans les EPCI et entre les EPCI ;
+&lt;/li&gt;&lt;li&gt;Création/renforcement de &amp;#34;pôles de mobilité&amp;#34; de proximité, regroupant les offres alternatives ;
+&lt;/li&gt;&lt;li&gt;Création ou développement de plateformes de réservation en ligne et de partage de solutions de mobilité ;
+&lt;/li&gt;&lt;li&gt;Développement de lignes de transports collectifs intra et inter communautaires (EPCI) permettant de renforcer
+l&amp;#039;accès aux services et commerces ;
+&lt;/li&gt;&lt;li&gt;Création de dispositifs d&amp;#039;autopartage basés sur des véhicules à faible impact (électrique ou GNV), portés par les
+entreprises et/ou les collectivités à destination des habitants et/ou des salariés ;
+&lt;/li&gt;&lt;li&gt;Promotion de dispositifs favorisant le covoiturage (études, communication) ;
+&lt;/li&gt;&lt;li&gt;Création de services de mobilités actives (études, communication, signalétique, achat de matériels) ;
+&lt;/li&gt;&lt;li&gt;Création ou renforcement d&amp;#039;offres de transport innovantes, individualisées et personnalisées à visée sociale (transport
+à la demande). &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Voirie et réseaux
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet propose des alternatives aux modes de déplacements individuels et carbonés&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet d&amp;#039;organiser les déplacements contraints&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet a pour objectif de garantir l&amp;#039;accès à la mobilité pour tous &lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de planifier et diversifier l&amp;#039;offre de mobilité sur le territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-mobilites-responsables-accessibles-a-tou-te-s-et-structurees-autour-de-poles-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>143318</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Maîtriser le volet « nuisances sonores » dans les projets d’infrastructures de transport routières - Approfondissement (Formation)</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le bruit routier est la première source de nuisance citée par les Français à leur domicile. Le Conseil National du Bruit (CNB) et l&amp;#039;Agence de la Transition écologique (ADEME) ont publié en juillet 2021 une nouvelle évaluation du coût social du bruit en France qui indique que le bruit des infrastructures de transport routières représente un coût de plus de 80 milliards d&amp;#039;euros par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bruit émis par les infrastructures de transport routières s&amp;#039;inscrit dans un corpus réglementaire ancien, cependant l&amp;#039;Autorité environnementale (Ae) pointe régulièrement les lacunes dans les études acoustiques, qui peuvent impacter directement la qualité de vie des riverains de ces projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette formation proposée en deux modules vous aidera à mieux appréhender les obligations des gestionnaires routiers, à conduire une étude d&amp;#039;impact acoustique et plus globalement à comprendre l&amp;#039;articulation des différents axes de la politique de lutte contre le bruit : Cartes de Bruit Stratégiques, Classement Sonore des Voies, résorption des Points Noirs du Bruit et protection des riverains
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ À l&amp;#039;issue de ce module, les stagiaires seront capables de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Suivre la réalisation d&amp;#039;une étude d&amp;#039;impact acoustique à chaque étape de conception d&amp;#039;un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyser la qualité des résultats d&amp;#039;une campagne de mesure ou d&amp;#039;une modélisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prendre en compte des aspects innovants dans la lutte contre le bruit
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Matinée
+&lt;/p&gt;
+&lt;p&gt;
+ 9h30 – 10h00  : Présentation de l&amp;#039;équipe d&amp;#039;animation et attentes des stagiaires
+&lt;/p&gt;
+&lt;p&gt;
+ 10h00 – 10h30 : Bref rappel des notions de base de l&amp;#039;acoustique et de la réglementation applicable aux projets de transport routier
+&lt;/p&gt;
+&lt;p&gt;
+ 10h30 – 11h30 : Les différents niveaux d&amp;#039;études acoustiques (illustrations par l&amp;#039;exemple)
+&lt;/p&gt;
+&lt;p&gt;
+ 11h30 – 12h30 : Présentation et analyse d&amp;#039;une étude de cas
+&lt;/p&gt;
+&lt;p&gt;
+ Après-midi
+&lt;/p&gt;
+&lt;p&gt;
+ 14h00 – 15h00 : Atelier, mesure acoustique (organisation, exploitation, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ 15h00 – 16h15 : Atelier, étude d&amp;#039;impact (contenu et points de vigilance, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ 16h15 – 17h15 : Pour une meilleure intégration de la réglementation
+&lt;/p&gt;
+&lt;p&gt;
+ 17h15 – 17h30 : Temps d&amp;#039;échange et évaluation de la journée
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exposés théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en situation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retours d&amp;#039;expérience
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de validation individuelle des acquis en fin de formation  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quiz en fin de journée
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Frais d&amp;#039;inscription :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 600€ HT par stagiaire (TVA à 0 %)
+&lt;/p&gt;
+&lt;p&gt;
+ Déjeuner compris
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Santé
+Appui méthodologique
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Public :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La formation s&amp;#039;adresse aux personnels en charge de la thématique acoustique au sein des collectivités gestionnaires d&amp;#039;infrastructures routières, ou dans les bureaux d&amp;#039;études techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Une offre de formation &amp;#34;initiation&amp;#34; est également proposée. A noter : En cas d&amp;#039;inscription d&amp;#039;une même personne aux 2 offres, les modalités d&amp;#039;inscription sont distinctes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Niveau pré-requis :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avoir suivi le module Initiation ou connaître les sujets qui y sont abordés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-maitriser-volet-nuisances-sonores-projets</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/06ae-maitriser-le-volet-nuisances-sonores-dans-les/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>27950</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans des véhicules non-polluants - "Eco-chèque mobilité Parcs Naturels de la Région Occitanie"</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I115" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J115" s="1" t="inlineStr">
+        <is>
+          <t>L'aide est plafonnée à 40 000 €, pour l'achat d'au maximum 3 véhicules et 5 vélos à assistance élect</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif &amp;#34;Éco-chèque mobilité&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du Plan Mobilités III voté en Assemblée Plénière du 19 décembre 2019, il a été décidé d&amp;#039;étendre la mesure &amp;#34;éco-chèque mobilité&amp;#34; aux Parcs Naturels Régionaux par une aide régionale pour les encourager à convertir leurs parcs de véhicules en achetant des véhicules non polluants et en mettant au rebus un véhicule polluant pour un véhicule subventionné.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Principales caractéristiques de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le véhicule électrique/hybride rechargeable/hydrogène doit avoir été acheté à compter du 1er janvier 2020, auprès d&amp;#039;un professionnel exerçant son activité professionnelle sur le territoire de la région Occitanie et doit remplacer un véhicule thermique (essence ou diésel)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cycle à pédalage assisté doit être neuf et doit avoir été acheté, auprès d&amp;#039;un professionnel exerçant son activité professionnelle sur le territoire de la région Occitanie, à compter du 1er  janvier 2020
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;aide de la Région Occitanie versée au demandeur peut être cumulable avec la prime à la conversion de l&amp;#039;Etat, au titre de ce même véhicule (sous réserve du respect des conditions fixées à l&amp;#039;article D251-3 du code de l&amp;#039;Energie).
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;aide de la Région Occitanie peut être sollicitée pour l&amp;#039;achat d&amp;#039;au maximum 3 véhicules et 5 vélos neufs à assistance électrique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Modalités de dépôt de la demande d&amp;#039;aide :
+&lt;/strong&gt;
+&lt;p&gt;
+ Les dossiers sollicitant un financement seront considérés recevables par la Région lorsque :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat du-des véhicule(s) électrique(s) /hybride(s)  rechargeable(s) /hydrogène(s)  et du-des cycle(s) a été effectué à compter du 1er janvier 2020
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier a été déposé dans les 6 mois suivant la date d&amp;#039;achat
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le demandeur doit être un Parc Naturel Régional de la région Occitanie.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le véhicule doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être immatriculé en France au nom du bénéficiaire dans une série définitive
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour le genre de véhicule VP et Dériv-VP, avoir un taux d&amp;#039;émission de CO2 (taux figurant au champ V.7 de la carte grise) de 20 g/km au plus pour une voiture électrique (type d&amp;#039;énergie EL mentionné sur la carte grise au champ P3), de 50 g/km au plus pour une voiture hybride rechargeable (type d&amp;#039;énergie EE mentionné sur la carte grise au champ P3)
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas avoir déjà fait l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;acquisition au titre du présent dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le vélo à assistance électrique doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être un cycle à assistance électrique , au sens de la réglementation en vigueur (définition de la directive européenne 2002/24/CE du 18 mars 2002 correspondant à la norme française NF EN 15194 et reprise par l&amp;#039;article R. 311-1 du code de la route : « cycle à pédalage assisté, équipé d&amp;#039;un moteur auxiliaire électrique d&amp;#039;une puissance nominale continue maximale de 0,25 kilowatt dont l&amp;#039;alimentation est réduite progressivement et finalement interrompue lorsque le véhicule atteint une vitesse de 25 kilomètres/heure, ou plus tôt, si le cycliste arrête de pédaler »), doté d&amp;#039;une batterie sans plomb
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas avoir déjà fait l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;acquisition au titre du présent dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour que le demandeur puisse bénéficier de l&amp;#039;aide, le vendeur doit être un professionnel exerçant son activité sur le territoire de la région Occitanie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-Eco-cheque-mobilite-Parcs-Naturels-Regionaux</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de pouvoir bénéficier de l&amp;#039;aide de la Région Occitanie, le demandeur adresse une demande accompagnée de toutes les pièces justificatives requises à la Région Occitanie – Direction Générale Déléguée Infrastructures et Mobilités – 22 boulevard du Maréchal Juin – 31406 TOULOUSE CEDEX 9 (tél : 05 61 39 65 67).Relevé d&amp;#039;identité bancaire ou postal du bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction Infrastructures et mobilités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Martine BOTAN : martine.botan&amp;#64;laregion.fr / 05 61 39 65 04
+&lt;/p&gt;
+&lt;p&gt;
+ David BOUILLON : david.bouillon&amp;#64;laregion.fr / 05 61 39 65 17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/02b4-dispositif-eco-cheque-mobilite-parcs-naturels/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>60102</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Investir en faveur de l’efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants - ELENA</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F116" s="1" t="inlineStr">
+        <is>
+          <t>Banque Européenne d'Investissement (BEI)</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le mécanisme ELENA fournit une assistance technique pour les investissements en faveur de l&amp;#039;efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités qui peuvent faire l&amp;#039;objet de subventions ELENA sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études techniques, audits énergétiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  business plans et conseils financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseils juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation de procédures d&amp;#039;appels d&amp;#039;offres
+ &lt;/li&gt;
+ &lt;li&gt;
+  regroupement de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion de projets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ELENA soutient généralement des programmes d&amp;#039;investissement
+ &lt;strong&gt;
+  supérieurs à 30 millions d&amp;#039;euros
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  , avec une période d&amp;#039;exécution de trois ans pour l&amp;#039;efficacité énergétique
+ &lt;/strong&gt;
+ (y compris s&amp;#039;agissant des projets résidentiels) et une période de
+ &lt;strong&gt;
+  quatre ans pour les transports urbains et la mobilité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA apporte son assistance à trois secteurs différents, d&amp;#039;où l&amp;#039;existence de trois enveloppes distinctes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Efficacité énergétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA soutient l&amp;#039;élaboration de projets qui améliorent l&amp;#039;efficacité énergétique et favorisent le recours aux énergies renouvelables dans les bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles couvrent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;efficacité énergétique dans les bâtiments résidentiels et non résidentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les énergies renouvelables intégrées dans le bâti (panneaux solaires, par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  le chauffage urbain (centrales de cogénération et chaufferies à biomasse, notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les réseaux intelligents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Résidentiel durable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA aide les particuliers et les associations de propriétaires à préparer et à réaliser des rénovations d&amp;#039;efficacité énergétique et des projets axés sur les énergies renouvelables dans les bâtiments résidentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les logements individuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements sociaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Transport et mobilité en ville
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA appuie également les projets innovants liés aux transports et à la mobilité dans les zones urbaines qui permettent de réaliser des économies d&amp;#039;énergie et de réduire les émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets admissibles couvrent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements visant à encourager l&amp;#039;utilisation et l&amp;#039;intégration de solutions innovantes axées sur les combustibles de substitution dans le domaine de la mobilité urbaine, par exemple ceux ayant trait aux véhicules et aux installations de recharge
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements promouvant l&amp;#039;introduction à grande échelle de nouveaux modes de transport plus économes en énergie, qui, dans les zones urbaines, peuvent revêtir de nombreuses formes, comme par exemple : mobilité partagée, logistique urbaine, systèmes de transport intelligents, infrastructures urbaines (y compris les investissements dans les modes de déplacement doux ou dans la mobilité qui ne repose pas sur les transports motorisés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/map.htm" rel="noopener" target="_blank"&gt;
+  Exemples de projets en cours
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/completed-projects/index.htm"&gt;
+  Exemples de projets achevés
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Réhabilitation
+Logement et habitat
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets d&amp;#039;assistance technique relevant d&amp;#039;ELENA ne doivent pas poursuivre de but lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est la Commission européenne qui donnera son approbation définitive, sur la base de l&amp;#039;évaluation de la BEI.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eib.org/fr/products/advising/elena/index.htm</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour présenter une demande initiale de financement, contactez directement la Banque Européenne d&amp;#039;Investissement par courriel à l&amp;#039;adresse elena&amp;#64;eib.org et utilisez
+ &lt;a href="https://www.eib.org/attachments/documents/elena-pre-application-formfr.docx"&gt;
+  le formulaire de préadmission
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour soumettre sa candidature :
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/index.htm" rel="noopener" target="_blank"&gt;
+  https://www.eib.org/fr/products/advising/elena/index.htm
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b772-investir-en-faveur-de-lefficacite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>165251</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la continuité écologique qui vise à permettre la libre circulation des espèces (études et travaux)</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux d'aménagement (équipement, contournement…) pour les cours d'eau classés liste 2 ou sur les zones d'actions prioritaires (ZAP) du plan de gestion Anguille</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
+d’ouvrage à réaliser des études et des travaux pour restaurer la 
+continuité écologique qui vise à permettre la libre circulation des 
+espèces, à assurer le transport naturel des sédiments et le bon 
+fonctionnement de l’écosystème.&lt;/p&gt;
+&lt;p&gt;Les travaux aidés s’inscrivent dans la mise en œuvre du plan d&amp;#039;action
+ pour une politique apaisée de restauration de la continuité écologique 
+(PAPARCE) dans le respect du code de l’environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P117" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q117" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études et travaux doivent concerner les ouvrages dont la hauteur de chute est supérieure à 50 cm.&lt;/p&gt;
+&lt;p&gt;Les travaux d’aménagement devront faire partie d’une stratégie 
+d’ensemble pour restaurer la continuité écologique à l’échelle des axes.&lt;/p&gt;
+&lt;p&gt;Les travaux devront avoir obtenu les autorisations nécessaires auprès
+ des services de l’État et l’accord du propriétaire de l’ouvrage s’il 
+n’est pas le maitre d’ouvrage des travaux.&lt;/p&gt;
+&lt;p&gt;Les études et travaux d’aménagement (d’équipement, contournement…) 
+sont financés sur les cours d’eau classés « liste 2 » au titre de 
+l’article L 214-17 du code de l’environnement ou sur les zones d’actions
+ prioritaires (ZAP) du plan de gestion des anguilles.&lt;/p&gt;
+&lt;p&gt;Les études et travaux sous maitrise d’ouvrage État sont éligibles sur
+ les ouvrages prioritaires du plan d&amp;#039;action pour une politique apaisée 
+de restauration de la continuité écologique (liste annexée au Sdage).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq2-etudes-et-travaux-damenagement-equipement-contournement-pou.html</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-la-continuite-ecologique-qui-vise-a-permettre-la-libre-circulation-des-especes-etudes-et-travaux/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>104697</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'accès au réseau de transport régional en contribuant à l'aménagement des points d’arrêts du réseau régional</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Investissements en faveur de l&amp;apos;accès au réseau de transport régional</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ a
+ méliorer l&amp;#039;accès au réseau de transport régional en contribuant à l&amp;#039;aménagement des points d&amp;#039;arrêts du réseau régional.
+&lt;/p&gt;
+&lt;p&gt;
+ La modernisation du parc de matériel roulant, l&amp;#039;amélioration de l&amp;#039;offre et la création de tarifications adaptées ont contribué au développement de I&amp;#039;usage des transports régionaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de poursuivre et d&amp;#039;amplifier les reports modaux a leur profit, la Région souhaite favoriser les opérations visant
+ &lt;strong&gt;
+  a améliorer l&amp;#039;accès au réseau de transport régional en contribuant à l&amp;#039;aménagement des points d&amp;#039;arrêts du réseau régional
+ &lt;/strong&gt;
+ (gares régionales, points d&amp;#039;arrêts non gérés, points d&amp;#039;arrêts d&amp;#039;une ligne d&amp;#039;autocar régionale) qui sont autant de portes d&amp;#039;entrée des villes que de points d&amp;#039;accès au réseau régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P118" s="1" t="inlineStr">
+        <is>
+          <t>07/09/2025</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité (Commune ou EPCI, hors périmètre de transport urbain des Communautés urbaines, hors gare engagée dans un Pôle d&amp;#039;Echanges Multimodal) sollicitant une aide régionale a ce titre devra présenter un dossier de demande de subvention comprenant tout do
+ cument utile, et composé a minima d&amp;#039;une note descriptive du projet, d&amp;#039;un plan précis d&amp;#039;aménagement présentant les situations actuelles et projetées, d&amp;#039;un plan de financement, d&amp;#039;un planning prévisionnel et dune délibération du ou des organes délibérant.
+&lt;/p&gt;
+&lt;p&gt;
+ Après analyse des dossiers déposés, sélection par la Région des projets, signature d&amp;#039;une convention de cofinancement.
+&lt;/p&gt;
+&lt;p&gt;
+ Critères de sélection :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Augmentation de la fréquentation attendue du point d&amp;#039;arrêt ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Qualité des aménagements prévus ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Amélioration de I&amp;#039;interface gare / ville et de I&amp;#039;intermodalité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nombre de places de stationnement créées ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Coût du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Premier dossier déposé au titre de cette politique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réalisation d&amp;#039;un Schéma Local de Transport (SLT) sur le territoire comprenant la gare: bien que non exigée, la réalisation d&amp;#039;un SLT sur le territoire atteste de la volonté d&amp;#039;apporter une réponse cohérente aux problématiques de déplacements ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Inscription du projet dans un Contrat Territorial Unique (CTU) ou un Nouveau Contrat Regional (NCR) : bien que non exigée, l&amp;#039;inscription du projet a un CTU atteste de l&amp;#039;intérêt manifesté par le territoire pour sa réalisation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/investissements-en-faveur-de-lacces-au-reseau-de-transport-regional</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports et des mobilités
+ &lt;br /&gt;
+ Service Gares et infrastructures
+ &lt;br /&gt;
+ Pôle Gares,aménagements intermodaux et accessibilité
+&lt;/p&gt;
+&lt;p&gt;
+ Xavier DUVAL-ZACK
+ &lt;br /&gt;
+ &lt;a href="mailto:xavier.duval-zack&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  xavier.duval-zack&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ &amp;#43;33 2 28 20 58 29
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa3f-investissements-en-faveur-de-lacces-au-reseau/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>143300</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Maîtriser le volet « nuisances sonores » dans les projets d’infrastructures de transport routières (Formation / niveau Initiation)</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le bruit routier est la première source de nuisance citée par les Français à leur domicile. Le Conseil National du Bruit (CNB) et l&amp;#039;Agence de la Transition écologique (ADEME) ont publié en juillet 2021 une nouvelle évaluation du coût social du bruit en France qui indique que le bruit des infrastructures de transport routières représente un coût de plus de 80 milliards d&amp;#039;euros par an. Le bruit émis par les infrastructures de transport routières s&amp;#039;inscrit dans un corpus réglementaire ancien, cependant l&amp;#039;Autorité environnementale (Ae) pointe régulièrement les lacunes dans les études acoustiques, qui peuvent impacter directement la qualité de vie des riverains de ces projets. Cette formation proposée en deux modules vous aidera à mieux appréhender les obligations des gestionnaires routiers, à conduire une étude d&amp;#039;impact acoustique et plus globalement à comprendre l&amp;#039;articulation des différents axes de la politique de lutte contre le bruit : Cartes de Bruit Stratégiques, Classement Sonore des Voies, résorption des Points Noirs du Bruit et protection des riverains.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ À l&amp;#039;issue de ce module, les stagiaires seront capables de:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaître les effets du bruit sur la santé et les notions de base de l&amp;#039;acoustique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comprendre les paramètres d&amp;#039;émission et de propagation du bruit routier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décliner la réglementation applicable à un projet routier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyser et proposer les solutions de limitation des nuisances sonores les mieux adaptées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Matinée
+&lt;/p&gt;
+&lt;p&gt;
+ 9h30–10h00 : Présentation de l&amp;#039;équipe d&amp;#039;animation et attentes des stagiaires
+&lt;/p&gt;
+&lt;p&gt;
+ 10h00–11h00 : Effets du bruit sur la santé et notions de base de l&amp;#039;acoustique
+&lt;/p&gt;
+&lt;p&gt;
+ 11h00 –12h00 : Paramètres d&amp;#039;émission et de propagation du bruit routier
+&lt;/p&gt;
+&lt;p&gt;
+ Après-midi
+&lt;/p&gt;
+&lt;p&gt;
+ 13h30 –15h00 : Réglementation applicable aux projets de transports routiers
+&lt;/p&gt;
+&lt;p&gt;
+ 15h00 –15h45 : Solutions de limitation des nuisances sonores
+&lt;/p&gt;
+&lt;p&gt;
+ 15h45 –16h45 : Atelier mesure acoustique (principes de mesures et manipulation d&amp;#039;un sonomètre)
+&lt;/p&gt;
+&lt;p&gt;
+ 16h45 –17h00 : Temps d&amp;#039;échange et évaluation de la journée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exposés théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en situation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retours d&amp;#039;expérience.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de validation individuelle des acquis en fin de formation : Quiz en fin de journée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Frais d&amp;#039;inscription
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 500€ HT par stagiaire (TVA à 0%).
+&lt;/p&gt;
+&lt;p&gt;
+ Déjeuner inclus.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La formation s&amp;#039;adresse aux personnels en charge de la thématique acoustique au sein des collectivités gestionnaires d&amp;#039;infrastructures routières, ou dans les bureaux d&amp;#039;études techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Une offre de formation &amp;#34;approfondissement&amp;#34; est également proposée. A noter : En cas d&amp;#039;inscription d&amp;#039;une même personne aux 2 offres, les modalités d&amp;#039;inscription sont distinctes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aucun prérequis.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-maitriser-volet-nuisances-sonores-projets-0</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Information et inscription :
+ &lt;a href="mailto:formation.catalogue&amp;#64;cerema.fr" target="_self"&gt;
+  formation.catalogue&amp;#64;cerema.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f366-maitriser-le-volet-nuisances-sonores-dans-les/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>149091</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer une formation ou un emploi pour les demandeurs d’emploi ou les personnes en situation de précarité confrontés à des problèmes de mobilité</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Un véhicule vers l’emploi</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes demandeur d&amp;#039;emploi ou en situation de précarité et souhaitez intégrer une formation ou un emploi, mais êtes confronté à des problèmes de mobilité ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de la mise à disposition d&amp;#039;un véhicule
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Des véhicules accessibles avec ou sans le permis de conduire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Des points relais dans toute la région Grand Est
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P121" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/vehicule-emploi/</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1vehiculeverslemploi&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9cc4-un-vehicule-vers-lemploi/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>119647</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Construire des aménagements de nature à limiter la vitesse et à sécuriser les déplacements piétons sur voies communales</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I122" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement de nature à limiter la vitesse et à sécuriser les déplacements piétons sur voies communales (uniquement aux abords des équipements publics et des commerces) et routes départementales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  chicanes, rétrécissement de chaussée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  zones 30 km/h,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ralentisseurs, plateaux surélevés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  feux tricolores (hors feux à récompense),
+ &lt;/li&gt;
+ &lt;li&gt;
+  radars pédagogiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  construction et aménagement d&amp;#039;arrêt de bus et d&amp;#039;abribus.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement sur voies communales (uniquement aux abords des équipements publics et des commerces) et routes départementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide concerne uniquement les communes auboises ou groupement de communes aubois de moins de 10.000 habitants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Communes de l'Aube de moins de 10.000 habitants</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus, contactez :
+ &lt;a href="mailto:drat&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  drat&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>drat@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/66a2-construire-des-amenagements-de-nature-a-limit/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>165395</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Financer des bornes de recharge électrique à proximité d'installations sportives</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA) - Chapitre Transport</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J123" s="1" t="inlineStr">
+        <is>
+          <t>Aide financière à hauteur de 50 % du prix du projet dans la limite de 8 000 € et dans la limite de l’enveloppe financière identifiée par la FFF</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Par l’intermédiaire de ce dispositif, et dans le cadre
+de son programme RSO #MARQUERDEMAIN, la FFF
+souhaite accompagner la mise en place de bornes
+de recharge pour véhicules électriques à proximité
+des installations sportives utilisées par les clubs de
+football. &lt;/p&gt;&lt;p&gt;Le porteur de projet (collectivité ou club) est libre de choisir son maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Le projet devra à minima comprendre deux bornes de 7kW comme présenté sur le document de présentation du projet ci-après : https://media.fff.fr/uploads/documents/20220215_fff_izivia.pdf&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans ce cadre, et sous réserve du strict respect du présent cahier des charges,
+le porteur du projet pourra bénéficier d’une aide financière à hauteur de 50 %
+du prix du projet dans la limite de 8 000 € et dans la limite de l’enveloppe
+financière identifiée par la Fédération Française de Football.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Transition énergétique
+Equipement public
+Accessibilité
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P123" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q123" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Le porteur doit être une collectivité locale en collaboration avec un club support affilié à la FFF
+ou directement un club affilié à la FFF ; &lt;/li&gt;&lt;li&gt;Le dossier doit être saisi par votre District d’appartenance au plus tard 3 mois après la date
+de commencement des travaux ; &lt;/li&gt;&lt;li&gt;L’équipement projeté doit être situé obligatoirement dans un parking public situé à moins de
+ 100 mètres de l’installation sportive utilisée par le club support affilié à la FFF ou dans l’installation
+sportive. Le projet concerne l’équipement de stade et non la reprise d’installation existante ; &lt;/li&gt;&lt;li&gt;Le porteur de projet doit impérativement présenter un plan d’utilisation des installations
+envisagées dans le respect des attentes de la FFF énoncées ci-dessus ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour information, IZIVIA, filiale de EDF et partenaire de
+la Fédération Française de Football,
+est spécialisée dans la mise en place
+et la gestion de bornes de recharge
+pour les véhicules électriques. Si
+vous souhaitez des informations sur
+le coût de votre projet, vous pouvez
+contacter vous rendre sur le site
+https://izivia.com/ ou contacter IZIVIA
+par mail projetclubfff&amp;#64;izivia.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W123" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_borne-recharge-electrique_25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Madame Cynthia TRUONG, Responsable des Financements et aides aux clubs à la FFF : ctruong&amp;#64;fff.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>ctruong@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-bornes-de-recharge-electrique-a-proximite-dinstallations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>92605</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Participer à la sécurité des usagers des transports en commun et des voiries communales au travers de la répartition du produit des amendes de police</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I124" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J124" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum de la dépense subventionnable : 35 000 € HT</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participer au travers de la répartition du produit des amendes de police (article R2334-12 du code général des collectivités territoriales) à l&amp;#039;aménagement des équipements améliorant la sécurité des usagers des transports en commun et des voiries communales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux maximum de la subvention départementale  applicable à un montant plafond de dépenses fixé à 35 000 € HT :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  70 % pour les communes de moins de 2 000 habitants (pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour les communes de 2 001 à 5 000 habitants (pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  40 % pour les communes de 5 001 à 10 000 habitants (pop. DGF)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bonification des modalités d&amp;#039;intervention en soutien aux travaux d&amp;#039;aménagement de la voirie permettant l&amp;#039;accessibilité des personnes handicapées, selon les taux de subvention départementale suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  80 % pour les communes de moins de 2 000 habitants (pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  60 % pour les communes de 2 001 à 5 000 habitants (pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour les communes de 5 001 à 10 000 habitants (pop. DGF)
+Dans le cadre de cette bonification, les bénéficiaires doivent présenter un dossier technique et financier individualisé.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les transports en commun :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements et équipements améliorant la sécurité des usagers, l&amp;#039;accueil du public, l&amp;#039;accès aux réseaux, les liaisons entre réseaux et avec les autres modes de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de voiries, équipements destinés à une meilleure exploitation des réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements assurant l&amp;#039;information des usagers, l&amp;#039;évaluation du trafic et le contrôle des titres de transport
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la circulation routière :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude et mise en œuvre de plans de circulation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parcs de stationnement et d&amp;#039;aires de co-voiturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et développement de signaux lumineux et de la signalisation horizontale et verticale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  Différenciation du trafic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux commandés par les exigences de la sécurité routière
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Equipement public
+Réhabilitation
+Logistique urbaine
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10 000 habitants (Pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés de communes de moins de 10 000 habitants (Pop. DGF)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Communes du Vaucluse inférieures à 10000 habitants</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires/les-autres-aides-aux-collectivites-locales-et-organismes-publics-2689.html</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ebb-participer-au-travers-de-la-repartition-du-pr/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>94221</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les jeunes à la mobilité internationale en accompagnant les projets individuels ou collectifs à caractère citoyen et solidaire</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Nièvre</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Pass à l&amp;#039;international », mis en place par le Conseil départemental de la Nièvre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le Conseil départemental de la Nièvre lance un fonds de soutien pour encourager les jeunes à la mobilité internationale en accompagnant les projets individuels ou collectifs à caractère citoyen et solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ être âgé(e) de 16 à 30 ans et domicilié(e) dans la Nièvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avoir un projet individuel ou collectif,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir un projet à vocation professionnelle, stage, étude, citoyenneté et solidarité etc..
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement :
+Montant maximum de 800 €.
+ &lt;br /&gt;
+&lt;p&gt;
+ Un service peut vous accompagner :
+&lt;/p&gt;
+&lt;p&gt;
+ Les Réseaux Informations Jeunesses (BIJ) Les Missions Locales du département
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avoir un projet individuel ou collectif,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir un projet à vocation professionnelle, stage, étude, citoyenneté et solidarité etc..
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Economie sociale et solidaire
+International</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Être inscrit dans un établissement scolaire ou associatif du département de la Nièvre ou dans l&amp;#039;enseignement supérieur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir bien identifié la structure ou l&amp;#039;établissement d&amp;#039;accueil du pays de destination,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rendre compte du projet auprès du Département.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://nievre.fr/wp-content/uploads/2021/05/pass_a_l_interantional_-_dossier_explicatif.pdf</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://nievre.fr/wp-content/uploads/2021/05/dossier_de_candidature_pass_a_l_international.pdf</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter le Département via
+ &lt;a href="https://nievre.fr/au-quotidien/jeunesse-et-education/les-aides-aux-jeunes/etudes-projets/" rel="noopener" target="_blank"&gt;
+  son site internet
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 9:00 – 12:00 | 14:00 – 17:00
+&lt;/p&gt;
+&lt;p&gt;
+ 03 86 60 67 00
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:webmaster&amp;#64;nievre.fr" rel="noopener" target="_blank"&gt;
+  webmaster&amp;#64;nievre.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f30-encourager-pass-a-linternational/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>165280</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Déplacer les forages impactant les débits des cours d’eau en période de basses eaux, dans les territoires en ZRE ou de PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Déplacement de forages impactant les débits des cours d’eau en période de basses eaux, dans les territoires en ZRE ou de PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I126" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans les territoires de ZRE ou de PTGE approuvé, le déplacement de 
+forages impactant les débits des cours d’eau en période de basses eaux, 
+pour atténuer leurs incidences, peut être accompagné dans le cadre d’une
+ démarche collective.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q126" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une étude préalable démontre l’intérêt global du projet global au 
+regard de l’impact de l’exploitation du ou des forages sur la ressource 
+en eau ou les milieux aquatiques.&lt;/p&gt;
+&lt;p&gt;L’ensemble des conditions d’éligibilité à respecter sont précisées dans la fiche action.&lt;/p&gt;
+&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
+d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
+portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
+ 2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
+complémentaires en fonction du type de projet et de l’état de la masse 
+d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-deplacement-de-forages-impactant-les-debits-des-cours-deau.html</t>
+        </is>
+      </c>
+      <c r="W126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deplacer-les-forages-impactant-les-debits-des-cours-deau-en-periode-de-basses-eaux-dans-les-territoires-en-zre-ou-de-ptge-approuve/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>104603</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir et viabiliser les formations dans les CFA pour des raisons géographiques ou économiques, constituer un fonds social, aider à la mobilité nationale ou internationales</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au fonctionnement des CFA : majoration de la prise en charge des contrats d’apprentissage</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région intervient dans le fonctionnement des Centres de formation d&amp;#039;apprentis (CFA), en majorant la prise en charge des contrats d&amp;#039;apprentissage. Le soutien de la Région concerne en premier lieu la viabilisation des formations par apprentissage. Il peut par ailleurs servir à constituer un fond social pour les jeunes ayant des difficultés financières, à financer des actions de mobilité nationale ou internationale, ou encore à prendre en charge la formation des contrats signés dans la fonction publique territoriale avant le 1er janvier 2020.
+ &lt;br /&gt;
+ Ce soutien s&amp;#039;effectue dans la limite de l&amp;#039;enveloppe allouée par l&amp;#039;Etat à la Région via France Compétences.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ce fonds s&amp;#039;adresse aux centres répondant aux obligations nationales de déclaration et de qualité, et exerçant une activité d&amp;#039;apprentissage depuis au moins un an au moment de la demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;au terme de l&amp;#039;exercice 2022, les CFA dispensant des formations qui étaient conventionnées par la Région à la date du 31 août 2019 seront aidés en priorité, compte tenu de leur mode de financement dérogatoire instauré par le décret n°2019-1326 du 10 décembre 2019 relatif à France Compétences et aux opérateurs de compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Commerces et services</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P127" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q127" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors de l&amp;#039;instruction des demandes de majoration de la prise en charge de formations, les critères
+&lt;/p&gt;
+&lt;p&gt;
+ suivants seront utilisés pour déterminer leur priorité :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   localisation : les formations doivent être dispensées dans la région ; les formations situées dans les territoires « Emploi Formation Orientation Professionnelles » (EFOP) les moins denses seront considérées comme prioritaires, ainsi que celles qui recourent à des dispositifs favorisant le maillage territorial et celles dispensées dans les Quartiers Prioritaires de la Ville ; dans le cas de l&amp;#039;implantation d&amp;#039;une nouvelle formation, son intégration au sein de l&amp;#039;offre existante sera prise en compte ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   secteur économique : les formations au service des métiers en tension des filières économiques stratégiques des Pays de la Loire, telles que l&amp;#039;agriculture et l&amp;#039;agro-alimentaire, la métallurgie (notamment la construction navale, l&amp;#039;aéronautique et l&amp;#039;automobile), l&amp;#039;électronique, le numérique, la santé, le BTP, le transport-logistique, l&amp;#039;hôtellerie-restauration-tourisme..., seront valorisées en premier lieu ; les formations dans les secteurs fragilisés par les effets de la crise liée à la pandémie COVID-19 feront l&amp;#039;objet d&amp;#039;une attention renforcée ; les formations présentes dans notre région qui concernent des métiers rares seront également traitées prioritairement : imprimerie, bijouterie, facture instrumentale... ; au titre de la valorisation de l&amp;#039;excellence professionnelle, les formations réalisées dans les CFA supports de l&amp;#039;organisation des Olympiades des Métiers seront soutenues ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   niveau et type : les différentes formations, de tout niveau, sont susceptibles d&amp;#039;être soutenues ; les formations diplômantes de niveau 3 (CAP...) et 4 (BAC PRO, BP...) seront cependant prioritaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   public accueilli : une attention particulière sera prêtée aux formations qui accueillent des jeunes suivis par les missions locales, par les missions de lutte contre le décrochage scolaire, ou ayant  bénéficié des dispositifs Prépa Avenir ou Prépa Apprentissage, ainsi qu&amp;#039;à celles qui forment des jeunes des Quartiers Prioritaires de la Ville ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   lien avec l&amp;#039;innovation : une priorité sera accordée aux formations qui jouent un rôle important de vecteur d&amp;#039;innovation dans les entreprises, ou à celles qui utilisent des dispositifs innovants d&amp;#039;apprentissage, ou encore qui relèvent de CFA engagés dans une démarche d&amp;#039;innovation sociale et environnementale, de responsabilité sociétale ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   nombre d&amp;#039;apprentis : les formations à faible effectif seront traitées prioritairement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   situation financière : la situation financière de la formation pourra être examinée analytiquement, en fonction de coûts de référence, en tenant compte de l&amp;#039;ensemble des financements reçus, y compris ceux liés aux autres publics formés en cas de mixage ; elle pourra être appréciée au regard de la situation financière globale du CFA, voire de l&amp;#039;établissement porteur du centre ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   résultats : les données de réussite aux examens, d&amp;#039;insertion professionnelle, de ruptures de contrats du CFA entreront en compte dans l&amp;#039;appréciation de la demande de majoration.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Le financement régional des formations éligibles à la majoration sera présenté lors d&amp;#039;une session du
+  Conseil régional ou d&amp;#039;une commission permanente, en amont de la rentrée scolaire N.
+  Ce financement sera versé au bénéficiaire par la Région comme suit, par dérogation au règlement
+  budgétaire et financier, après signature d&amp;#039;une convention financière :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    une avance de 80% du montant de l&amp;#039;aide en N,
+   &lt;/li&gt;
+   &lt;li&gt;
+    le solde en N&amp;#43;1, au moins quatre mois après le premier versement, sur présentation d&amp;#039;un récapitulatif des effectifs réels de la (des) formation(s) éligible(s) à la majoration régionale, et des justificatifs complémentaires définis dans la convention.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Si le financement des majorations calculé à l&amp;#039;aide des effectifs réels s&amp;#039;avère inférieur à l&amp;#039;avance versée, la Région effectuera une régularisation par la procédure d&amp;#039;émission d&amp;#039;un titre de recettes.
+   &lt;/li&gt;
+   &lt;li&gt;
+    En cas de non-respect des obligations contractuelles par le centre de formation d&amp;#039;apprentis, de déclaration erronée ou fausse, la Région pourra exiger le reversement de tout ou partie des sommes déjà versées.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/soutien-au-fonctionnement-des-cfa-majoration-de-la-prise-en-charge-des-contrats-dapprentissage</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
+ &lt;br /&gt;
+ Service Animation territoriale
+ &lt;br /&gt;
+ Pôle Financement et contrôle du fonctionnement des CFA
+&lt;/p&gt;
+&lt;p&gt;
+ 0228205920
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/67b1-soutien-au-fonctionnement-des-cfa-majoration-/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>69778</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les collectivités à convertir leurs parcs de véhicules en achetant des véhicules non polluants - Dispositif "Éco-chèque mobilité"</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le même modèle que les Eco-chèques mobilité mis en place par la Région Occitanie, ce dispositif est à destination des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du Plan Mobilités III voté en Assemblée Plénière du 19 décembre 2019, il a été décidé d&amp;#039;étendre la mesure &amp;#34;éco-chèque mobilité&amp;#34; aux collectivités par une aide régionale aux Communautés de Communes et aux Communes (hors métropoles et leurs communes et communes appartenant à une communauté urbaine ou à une communauté d&amp;#039;agglomération) pour les encourager à convertir leurs parcs de véhicules en achetant des véhicules non polluants et en mettant au rebus un véhicule polluant pour un véhicule subventionné.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communautés de Communes et Communes (hors métropoles et leurs communes et communes appartenant à une communauté urbaine ou à une communauté d&amp;#039;agglomération)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30 % du coût d&amp;#039;acquisition, bonus écologique et remises déduits, plafonnés à un montant total de 20 000 € par collectivité
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le demandeur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - doit être une Communauté de Communes / une Commune hors métropoles et leurs communes et communes appartenant à une communauté urbaine ou à une communauté d&amp;#039;agglomération de la région Occitanie
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le véhicule doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - être identifié de genre CAM, CTTE, Dériv-VP, VASP, VP ou VTSU, en zone J1 de la carte grise
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - pour le genre de véhicule VP et Dériv-VP, avoir un taux d&amp;#039;émission de CO2 (taux figurant au champ V.7 de la carte grise) de 20 g/km au plus pour une voiture électrique (type d&amp;#039;énergie EL mentionné sur la carte grise au champ P3), de 50 g/km au plus pour une voiture hybride rechargeable (type d&amp;#039;énergie EE mentionné sur la carte grise au champ P3)
+&lt;/p&gt;
+&lt;p&gt;
+ - être immatriculé en France au nom du bénéficiaire dans une série définitive
+&lt;/p&gt;
+&lt;p&gt;
+ - ne pas avoir déjà fait l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;acquisition au titre du présent dispositif
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour que le demandeur puisse bénéficier de l&amp;#039;aide, le vendeur doit :
+&lt;/p&gt;
+&lt;p&gt;
+ - être un professionnel exerçant son activité sur le territoire de la région Occitanie
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-Eco-cheque-mobilite-Collectivites</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Martine BOTAN
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : martine.botan&amp;#64;laregion.fr,
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 61 39 65 04
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  David BOUILLON
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : david.bouillon&amp;#64;laregion.fr,
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 61 39 65 17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/90e8-encourager-les-collectivites-a-convertir-leur/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>162349</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le rayonnement international des établissements d’enseignement supérieur de la région Provence-Alpes-Côte d’Azur par l’octroi d’une aide à la mobilité internationale</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la mobilité internationale Étudiante (PRAME) - Etudes</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Provence-Alpes-Côte d&amp;#039;Azur propose de soutenir le rayonnement international des établissements d’enseignement supérieur de la région Provence-Alpes-Côte d’Azur par l’octroi d’une aide à la mobilité internationale de leurs étudiants partant effectuer un ou deux semestres d’études à l’étranger dans le cadre de leur cursus de formation.&lt;/p&gt;
+&lt;p&gt;Aide à la mobilité internationale étudiante.&lt;/p&gt;
+&lt;div&gt;&lt;p&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;br /&gt;  &lt;/p&gt;&lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ; &lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ; &lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’État, un diplôme visé par l’État, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ; &lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre 2023 ; &lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitains et d’outre-mer) et principautés de Monaco et d’Andorre. &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Ces critères sont cumulatifs. &lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ;&lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitain et d’outre-mer) et principautés de Monaco et d’Andorre. La durée minimum de la mobilité pour valider un semestre est de 12 semaines.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant &lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;La prise en compte des critère sociaux est obligatoire : le quotient familial de l’étudiant (&amp;#61; revenu brut global divisé par le nombre de parts) ne doit pas excéder 26 000 €. Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;Sont inéligibles &lt;/strong&gt;&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;les campus d’établissements régionaux situés à l’étranger ; &lt;/li&gt; 	&lt;li&gt;les étudiants bénéficiaires d’une aide à la mobilité internationale pour la réalisation de cette période d’études à l’étranger ( exemple : ERASMUS, AMI …). &lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P130" s="1" t="inlineStr">
+        <is>
+          <t>03/09/2024</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ;&lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitain et d’outre-mer) et principautés de Monaco et d’Andorre. La durée minimum de la mobilité pour valider un semestre est de 12 semaines.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant &lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;La prise en compte des critère sociaux est obligatoire : le quotient familial de l’étudiant (&amp;#61; revenu brut global divisé par le nombre de parts) ne doit pas excéder 26 000 €. Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;Sont inéligibles &lt;/strong&gt;&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;les campus d’établissements régionaux situés à l’étranger ; &lt;/li&gt; 	&lt;li&gt;les étudiants bénéficiaires d’une aide à la mobilité internationale pour la réalisation de cette période d’études à l’étranger ( exemple : ERASMUS, AMI …). &lt;/li&gt; &lt;/ul&gt; &lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
+&lt;ul&gt; 	&lt;li&gt;L’étudiant déposera sa demande de bourse sur l’application consacrée aux aides individuelles accessible à partir du site de la Région.&lt;/li&gt; 	&lt;li&gt;L’établissement d’enseignement supérieur, après avoir examiné la candidature transmise par l’étudiant via l’application régionale, présentera aux services régionaux les candidatures lors d’un comité de présentation des candidatures en les plaçant soit en liste principale soit en liste d’attente.&lt;/li&gt; 	&lt;li&gt;Un étudiant ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME-stage.&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;Un appel à manifestation d’intérêt au titre de l’année universitaire de l’année 2023/2024 sera lancé auprès des universités et des établissements d’enseignement supérieur régionaux ;&lt;/li&gt; 	&lt;li&gt;Une convention de partenariat sera conclue avec chaque établissement partenaire du programme ;&lt;/li&gt; 	&lt;li&gt;Chaque établissement partenaire se verra attribuer un nombre de bourses proportionnel au nombre d’étudiants inscrits, dans un plafond de 20 %. Au-delà, il sera procédé à une redistribution aux autres établissements dans la même proportion (dans la limite des dossiers présentés). Par ailleurs, une « dotation minimale » de 5 000 € sera réservée pour chaque établissement.&lt;/li&gt; &lt;/ul&gt;
+&lt;h3&gt;Établissements partenaires de la Région&lt;/h3&gt;
+&lt;p&gt;Voir documents à télécharger&lt;/p&gt;
+&lt;p&gt;Déposez votre candidature en ligne sur le site de la Région : &lt;strong&gt;&lt;a href="https://aidesformation.maregionsud.fr/SignIn?ReturnUrl&amp;#61;%2Fprofile%2F"&gt;&lt;strong&gt;aidesformation.maregionsud.fr/&lt;/strong&gt;&lt;/a&gt; &lt;/strong&gt;&lt;br /&gt; Attribution de la bourse dans la limite du budget disponible.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-internationale-etudiante-prame-etudes</t>
+        </is>
+      </c>
+      <c r="W130" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question relative à ce dispositif, vous pouvez contacter le Service Attractivité et Rayonnement International au 04 91 57 54 44 ou 04 91 57 54 99.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-regionale-a-la-mobilite-internationale-etudes-2023-2024/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>158948</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Définir un plan d'implantation de Pôles d'Echanges Multimodaux et leur faisabilité technique à destination des déplacements domicile-travail et touristiques</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité technique à l'installation de différents types de Pôles d'Echanges Multimodaux</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Force d&amp;#039;une expertise et de retours d&amp;#039;expériences sur plusieurs de ses réseaux, PIM Mobility vous propose, en amont de tout déploiement, un accompagnement complet, reprenant vos études et réflexions en cours, en vue de créer des espaces de rétention de voyageur et instaurer une pratique multimodale durable :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification géographique et définition des typologies des sites étudiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des profils voyageurs présents, leur consentement à changer de comportement et leurs besoins de services associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  cartographie des offres de transport présentes, en cours de déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faisabilité technique  chiffré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hubs de mobilité sur des lignes de covoiturage et lignes BHNS/cars express ; aires de services vélo sur des grands itinéraires touristiques, espaces relais vélos en libre service et stationnement vélos en parc d&amp;#039;activités, aires de covoiturage et relais transport en commun, revitalisation et valorisation multimodale de parvis de gare TER.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une collectivités, une entreprise, un syndicat ou un office du tourisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://pim-mobility.com/contact/</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;pim-mobility.com&lt;br /&gt;06 22 45 03 36&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>p.renault@pim-mobility.com</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5313-definir-un-plan-dimplantation-de-poles-dechan/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>165376</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser les communes via des démarches participatives : logements collectifs innovants, concertation nouvelles formes urbaines, éco mobilité</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>FA1_(Re)dynamiser les centralités via des démarches participatives et innovantes</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>GAL LEADER Ardèche</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I132" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J132" s="1" t="inlineStr">
+        <is>
+          <t>de Taux d'Aides Publiques max</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1.1/ Création et développement de nouvelles
+formes d&amp;#039;habitat pour des logements collectifs innovants :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude, expertise, projet de recherche,
+action d&amp;#039;animation, de communication pour accroitre le nombre de logements
+collectifs innovants&lt;/li&gt;&lt;li&gt;Mission de maîtrise d’œuvre, travaux et
+aménagements, acquisition d’équipements et de matériels pour la création de
+nouveaux logements collectifs innovants&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2/ Démarches participatives visant à développer de nouvelles formes
+urbaines concertées et/ ou visant à favoriser l&amp;#039;intégration et l&amp;#039;implication
+des jeunes et des habitants :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;    Etude, expertise, projet de recherche&lt;/li&gt;&lt;li&gt;     Action d&amp;#039;animation et de communication pour et
+par les habitants autour des projets de réaménagement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3/ Mise en place de mobilités durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action d&amp;#039;animation et de communication en
+matière d&amp;#039;éco mobilité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4/ Montée en compétence des acteurs du territoire :
+développer des actions démonstratives et pédagogiques en direction des élus,
+habitants et acteurs privés pour faciliter le changement de comportements en
+matière d’urbanisme et de préservation des paysages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+Action d&amp;#039;animation, de communication, de promotion, de
+valorisation, de formation visant à favoriser le changement de comportement de
+tout public en matière de construire, de rénover, d’habiter et d’aménager
+l’espace et de préserver les paysages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P132" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q132" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-ardeche.fr/</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;leader&amp;#64;archeagglo.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>m.chapron@archeagglo.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/redynamiser-les-communes-via-des-demarches-participatives-logements-collectifs-innovants-concertation-nouvelles-formes-urbaines-eco-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>162313</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Profiter d’un accès illimité à tous les réseaux de transport en commun du territoire métropolitain Aix-Marseille-Provence, TER inclus</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Pass intégral</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>En février 2018, la Région et la Métropole Aix-Marseille-Provence lancent le Pass Intégral Aix-Marseille-Provence.&lt;p&gt;Pour 73 € par mois (ou 68 € par mois en formule annuelle), vous pouvez profiter d’un accès illimité à tous les réseaux de transport en commun du territoire métropolitain Aix-Marseille-Provence, TER inclus.&lt;/p&gt;
+&lt;p&gt;Avec votre pass (valable du 1&lt;sup&gt;er &lt;/sup&gt;au dernier jour du mois), accédez sans limite à :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;4 réseaux inter urbains : &lt;/strong&gt;TER, Cartreize, Pays d’Aix Mobilité et Navettes Aéroport.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;13 réseaux urbains : &lt;/strong&gt;Aix en bus, Ciotabus, Gardanne en bus, Les bus de la Côte Bleue, Les bus de la Marcouline, Les bus de L’Etang, Les bus des Cigales, Les bus des Collines, Les lignes de l’Agglo, Libébus, Pertuis en bus, RTM, Ulysse.&lt;/li&gt; 	&lt;li&gt;et aussi aux Navettes maritimes, au service Le vélo, aux parcs à vélos… &lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P133" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2019</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/pass-integral</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pass-integral/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>138023</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collèges bénéficiant d'une section sportive</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux collèges bénéficiant d'une section sportive pour financer les frais d'éducateurs sportifs extérieurs, le matériel et le transport</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I134" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J134" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu'à 50% d'une dépense subventionnable plafonné à 1000€</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aides aux collèges bénéficiant d&amp;#039;une section sportive pour financer les frais d&amp;#039;éducateurs sportifs extérieurs, le matériel et le transport.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Collèges public et privé
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Dossier de demande de subvention (budget réalisé de l&amp;#039;année précédente &amp;#43; budget prévisionnel de l&amp;#039;année en cours &amp;#43; attestation du partenariat existant entre la section et le club du jeune)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Annuelle
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aides aux collèges bénéficiant d&amp;#039;une section sportive pour financer les frais d&amp;#039;éducateurs sportifs extérieurs, le matériel et le transport.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>Agrément Rectorat</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Collèges
+&lt;/p&gt;
+&lt;p&gt;
+ Séverine Rancon
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:severine.rancon&amp;#64;hauteloire.fr" target="_self"&gt;
+  severine.rancon&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.43.69
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/28fb-soutenir-les-sections-sportives-au-college/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>162841</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l'environnement</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain : Agences locales de mobilité et Plans de mobilité</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Collectivités locales,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;État,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Universités et organismes de recherche,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises au sens du droit européen,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Agences locales de mobilité (ALM) :&lt;/strong&gt; financement des dépenses d&amp;#039;investissement relatives aux études de faisabilité, à l&amp;#039;investissement initial et au budget de fonctionnement, sur une période de 3 ans.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Plans de mobilité :&lt;/strong&gt; financement des dépenses d’investissement et de fonctionnement relatives aux études et plans d’actions des :&lt;br /&gt;&lt;/span&gt;&lt;span&gt;- Plans de mobilité lycées et campus universitaires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Plans de mobilité visés par l’article L. 1214-8-2 du Code des transports, à condition qu’il s’agisse de plans inter-entreprises.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Retrouvez plus d’informations sur l’espace en ligne &lt;a href="http://www.iledefrance.fr/promobilite"&gt;Pro’Mobilité&lt;/a&gt;&lt;/span&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/span&gt;&lt;strong&gt;Agences locales de mobilité (ALM) :&lt;/strong&gt;&lt;span&gt; vous devez déposer sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; &lt;span&gt;un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Plans de mobilité :&lt;/strong&gt; vous devez transmettre votre dossier à &lt;a target="_blank"&gt;pro.mobilite&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-agences-locales-de-mobilite-et-plans-de-mobilite</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;span&gt;&lt;a target="_blank"&gt;pro.mobilite&amp;#64;iledefrance.fr &lt;/a&gt;&lt;/span&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-agences-locales-de-mobilite-et-plans-de-mobilite-1/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>164847</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Erasmus+ Stage - Apprentis</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>La Région souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi. 
+La Région pilote et anime un Consortium d’établissements d’enseignement et de formation professionnelle. Les mobilités organisées en Europe dans le cadre des cursus sont financées par la Commission Européenne, représentée par l’Agence Erasmus&amp;#43; France, et la Région. Contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étrangerd&amp;#039;une durée de 2 semaines à 6 mois pour les bénéficiaires inscrits dans un établissement d’enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.</t>
+        </is>
+      </c>
+      <c r="M136" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de la bourse est fixé en Commission Permanente du Conseil Régional annuellement lors de l&amp;#039;affectation des financements obtenus.
+Il se décompose en frais de voyage et frais de séjour. Il est défini en fonction de la durée de la mobilité et selon les destinations qui sont réparties en trois groupes pays conformément aux dispositions du programme Erasmus&amp;#43;.
+Règle de calcul : montant forfaitaire de séjour &amp;#43; forfait de voyage.
+Des bonifications pour l’inclusion et l’utilisation de transports écoresponsables (transports à moindre empreinte carbone) peuvent s’y ajouter dans les conditions prévues par le programme Erasmus&amp;#43;.</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Apprenti de niveau 3 et 4 inscrit dans un établissement d’enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprenti jeune diplômé (maximum 12 mois après l’obtention du diplôme) ayant été inscrit dans un établissement d&amp;#039;enseignement et de formation professionnelle supérieur de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année précédant la mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnel membre de l’équipe de l’établissement d&amp;#039;enseignement et de formation professionnels  de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les apprenants :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour les mobilités courtes, les stages sont d’une durée de 2 à 4 semaines,&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les mobilités longues, les stages sont d’une durée de 3 à 6 mois.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les personnels :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour des mobilités de type « accompagnateur » :&lt;/p&gt;&lt;p&gt;Pour accompagner les apprentis en mobilité courte, les aides attribuées correspondent à une durée maximum de 10 jours.&lt;/p&gt;&lt;p&gt;Pour accompagner les apprentis en mobilité longue, les aides attribuées correspondent à une durée maximum de 5 jours.&lt;/p&gt;&lt;p&gt;Pour réaliser des visites préalables préparatoires, les aides attribuées sont forfaitaires : avec un maximum de 3 participants par visite.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour des périodes de stage d’observation ou de formation, la durée est de minimum 2 jours et maximum 60 jours.&lt;/p&gt;&lt;p&gt;Les mobilités se dérouleront dans l’un des pays éligibles au programme Erasmus&amp;#43; (ces pays sont répartis en trois groupes - se référer aux dispositions du programme). Conformément au guide du programme Erasmus&amp;#43;, quelques mobilités peuvent être réalisées en dehors de l’Union Européenne en fonction du budget accordé annuellement par l’Agence Erasmus&amp;#43;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/erasmus-stage-apprentis</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Dépôt de la demande sur internet avant la date de début de stage. Les demandes soumises à la Région au-delà de la date de début de stage sont déclarées irrecevables.&lt;/p&gt;&lt;p&gt;La candidature individuelle doit être validée par l&amp;#039;établissement d&amp;#039;enseignement ou de formation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les apprenants et les personnels en mobilité stage d’observation et/ou formation :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le «Contrat pédagogique avant la mobilité» dûment complété et signé par toutes les parties,&lt;/p&gt;&lt;p&gt;Le «Contrat financier» de la période concernée, dûment complété et signé,&lt;/p&gt;&lt;p&gt;La Carte Européenne d&amp;#039;Assurance Maladie (CEAM),&lt;/p&gt;&lt;p&gt;Une Assurance Responsabilité Civile et Accident du Travail conformément aux articles concernés du Contrat de Mobilité.&lt;/p&gt;&lt;p&gt;Pour le critère &amp;#34;inclusion&amp;#34; &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;1. En situation de handicap ou d’affection de longue durée (ALD) : Attestation de décision MDPH ou attestation de maladie longue durée ou carte invalidité, etc.&lt;/p&gt;&lt;p&gt;2. Habitant dans une commune classée Zones de revitalisation rurale (ZRR) : Attestation de domicile de moins de 3 mois (facture d&amp;#039;énergie, d&amp;#039;eau, assurance habitation, etc.). Si le nom du participant ne figure pas sur l’attestation de domicile, celle-ci est à compléter par une attestation sur l’honneur au nom de l’hébergeant ou un certificat administratif de l’établissement d’envoi, etc.&lt;/p&gt;&lt;p&gt;3. Habitant à une adresse classée Quartiers Prioritaires de la Ville : Attestation de domicile de moins de 3 mois (facture d&amp;#039;énergie, d&amp;#039;eau, assurance habitation, etc.). Si le nom du participant ne figure pas sur l’attestation de domicile, celle-ci est à compléter par une attestation sur l’honneur au nom de l’hébergeant ou un certificat administratif de l’établissement d’envoi, etc.&lt;/p&gt;&lt;p&gt;4. Bénéficiaire d’une bourse de lycée (échelons 4 à 6) : notification d’attribution de bourse nationale.&lt;/p&gt;&lt;p&gt;5. Appartenant à un foyer dont le Quotient familial CAF est inférieur ou égal à 551€ : Attestation CAF de quotient familial pour l’année scolaire concernée par la demande de mobilité.&lt;/p&gt;&lt;p&gt;Pour les personnels accompagnateurs&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ordre de mission.&lt;/p&gt;&lt;p&gt;Ces pièces justificatives devront être déposées sur le site sous la forme de fichiers joints. Le dossier ne sera validé définitivement qu&amp;#039;à réception de l&amp;#039;ensemble des pièces demandées et après co-instruction favorable de l&amp;#039;établissement d’enseignement ou de formation professionnelle.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-stage-apprentis/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>152160</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création d'aménagements de sécurité routière</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENTS DE SÉCURITÉ ROUTIÈRE</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I137" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="J137" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participer au travers de la répartition du produit des amendes de police (article R2334-12 du code général des collectivités territoriales) à l&amp;#039;aménagement des équipements améliorant la sécurité des usagers des transports en commun et des voiries.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ communes de moins de 10.000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement de passage piéton sécurisé rue des Lilas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de feux tricolores à l&amp;#039;intersection de la rue de la Mairie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une zone de stationnement pour les usagers du parc municipal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de circulation pour la sécurisation de la RD 75
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de plateaux ralentisseurs sur la rue de l&amp;#039;École
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un carrefour sécurisé rue des Cerisiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un chemin piétonnier le long de la RD 200
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de l&amp;#039;aire d&amp;#039;accueil des camions sur la RD 42
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de sécurisation des passages piétons dans le centre-ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de signaux lumineux à l&amp;#039;entrée de la commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une zone de stationnement pour les résidents rue du Parc
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de sécurité routière pour la RD 150
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de zones 30 dans les quartiers résidentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un passage surélevé à l&amp;#039;intersection de la rue Principale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de dos d&amp;#039;âne pour réduire la vitesse rue des Érables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de sécurité pour la RD 55 et la RD 220
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de carrefours sécurisés rue de la Gare
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de feux tricolores aux intersections de la RD 30
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Transports en commun
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;span&gt;
+      XX
+     &lt;/span&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;span&gt;
+      XX
+     &lt;/span&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Aménagements et équipements améliorant la sécurité des usagers, l&amp;#039;accueil du public, l&amp;#039;accès aux réseaux, les liaisons entre réseaux et avec les autres modes de transport
+      &lt;br /&gt;
+      &lt;br /&gt;
+      Aménagements de voirie, équipements destinés à une meilleure exploitation des réseaux
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Équipements assurant l&amp;#039;information des usagers, l&amp;#039;évaluation du trafic et le contrôle des titres de transport.
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal pour les travaux sur ou le long de voie communale
+      &lt;br /&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié (&amp;#43;10%) pour les travaux sur ou le long de routes départementales
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 300 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Circulation routière
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;span&gt;
+      XX
+     &lt;/span&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;span&gt;
+      XX
+     &lt;/span&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Étude et mise en œuvre de plans de circulation
+      &lt;br /&gt;
+      &lt;br /&gt;
+      Création de parcs de stationnement
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Installation et développement de signaux lumineux et de la signalisation horizontale
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Aménagement de carrefours
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Différenciation du trafic
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Étude et la mise en œuvre de plans de circulation
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux commandés par les exigences de la sécurité routière (aménagements de carrefours, de zones 30, de passages surélevés, d&amp;#039;îlots directionnels, voies piétonnes le long de routes dangereuses, coussins de type berlinois, bandes rugueuses de ralentissement,...)
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal pour les travaux sur ou le long de voie communale
+      &lt;br /&gt;
+      &lt;br /&gt;
+      &lt;br /&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié (&amp;#43;10%) pour les travaux sur ou le long de routes départementales
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à 300 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ Pour les travaux dont l&amp;#039;emprise est susceptible de concerner le domaine public départemental (routes, espaces publics,...), le maître d&amp;#039;ouvrage devra obligatoirement prendre contact avec les services du pôle aménagement et mobilité du Conseil départemental, afin de l&amp;#039;associer le plus en amont possible aux réflexions portant sur la conception du projet, et de solliciter une convention de maîtrise d&amp;#039;ouvrage ou une permission de voirie suivant les cas.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4293-aider-a-lamelioration-de-la-qualite-de-la-dis/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>131371</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir toutes les initiatives et actions structurantes mises en place et développées par les comités sportifs départementaux de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Conventions d'objectifs</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir toutes les initiatives et actions structurantes mises en place et développées par les comités sportifs départementaux de la Haute-Marne par des plans d&amp;#039;action annuels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les clubs sportifs par l&amp;#039;intermédiaire de leur comité départemental dans le but de participer sur des actions de :
+&lt;/p&gt;
+&lt;p&gt;
+ Formation des cadres :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dispenser, d&amp;#039;une part, au plan départemental, une formation de base (initiateur, animateur, aide-moniteur, etc...) à un maximum de cadres fédéraux bénévoles afin de pourvoir les clubs de l&amp;#039;encadrement de base nécessaire à la meilleure initiation possible des adhérents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Encourager, d&amp;#039;autre part, les cadres formés à se perfectionner en suivant les stages organisés à leur attention par la Ligue ou la Fédération ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Encourager la formation des dirigeants bénévoles des comités et clubs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Formation et perfectionnement des athlètes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Faire participer à des stages départementaux, régionaux voire nationaux, les sportifs haut-marnais ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aider les athlètes en pôle Olympique afin de prendre en charge une partie des frais engendrés par leurs déplacements entre le centre et le club. Cette aide exclue toute autre forme de prise en charge de ces individus dans le cadre des actions de formation ou bourses individualisées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Participation aux compétitions nationales officielles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Favoriser la participation de ses meilleurs athlètes aux différentes compétitions officielles de niveau national se déroulant sur le territoire : championnats de France et finales exclusivement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Action particulière et ponctuelle propre à la discipline :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dans l&amp;#039;éventualité où le comité a un projet ne pouvant être inclus dans une des autres rubriques et à l&amp;#039;exclusion de tout achat de matériel ou de construction d&amp;#039;équipements sportifs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour mémoire, les bourses aux athlètes et l&amp;#039;aide à l&amp;#039;accueil de manifestations sportives officielles sont des volets des conventions d&amp;#039;objectifs traités individuellement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Formation des cadres
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Initiale
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces stages de formation de premier niveau sont organisés par les comités à l&amp;#039;intention des cadres d&amp;#039;animation des associations sportives.
+&lt;/p&gt;
+&lt;p&gt;
+ ► Participation aux frais de déplacements sur la base forfaitaire de 50 % du coût du transport SNCF. - Chaumont/Reims - aller/retour en deuxième classe le moins élevé.
+&lt;/p&gt;
+&lt;p&gt;
+ Si formation en Haute-Marne, pas de frais de déplacements.
+&lt;/p&gt;
+&lt;p&gt;
+ ► Participation aux frais de stage sur la base forfaitaire de :
+&lt;/p&gt;
+&lt;p&gt;
+ * 50 % du coût de journée au CREPS. de Reims si internat
+&lt;/p&gt;
+&lt;p&gt;
+ * 30 % du coût de journée au CREPS. de Reims si stage d&amp;#039;1 journée
+&lt;/p&gt;
+&lt;p&gt;
+ * 20 % du coût de journée au CREPS. de Reims si stage d&amp;#039;1⁄2 journée ou soirée
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Perfectionnement
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces stages de perfectionnement sont destinés aux cadres techniques et organisés par la Ligue ou la Fédération à l&amp;#039;extérieur ou dans le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ ► Participation aux frais de déplacements à 100 % du coût du transport SNCF - Chaumont/Reims - aller/retour en deuxième classe le moins élevé.
+&lt;/p&gt;
+&lt;p&gt;
+ Si formation en Haute-Marne, pas de frais de déplacements.
+&lt;/p&gt;
+&lt;p&gt;
+ ► Participation aux frais de stage sur la base forfaitaire de :
+&lt;/p&gt;
+&lt;p&gt;
+ * 50 % du coût de journée au C.R.E.P.S. de Reims si internat
+&lt;/p&gt;
+&lt;p&gt;
+ * 30 % du coût de journée au C.R.E.P.S. de Reims si stage d&amp;#039;1 journée
+&lt;/p&gt;
+&lt;p&gt;
+ * 20 % du coût de journée au C.R.E.P.S. de Reims si stage d&amp;#039;1⁄2 journée ou soirée
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Formation des athlètes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Sport de Masse et détection
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les comités départementaux organisent des stages dans le Département regroupant des athlètes volontaires ou sélectionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les stages organisés dans le Département, le conseil départemental prend en charge 30 % des frais calculés sur la base du prix de journée au CREPS de Reims.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Elite départementale
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Stages organisés dans le Département :
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil départemental prend en charge 30 % des frais calculés sur la base du prix de journée au CREPS de Reims.
+&lt;/p&gt;
+&lt;p&gt;
+ Stages organisés dans la région :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prise en charge des journées de stage à raison de 20, 30 ou 50 % calculés sur la base des tarifs appliqués au CREPS de Reims selon que le stage dure respectivement 1⁄2 journée, 1 journée ou au moins 2 jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en charge forfaitairement des déplacements à hauteur de 50 % du coût du transport SNCF - Chaumont/Reims - aller/retour en deuxième classe le moins élevé.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Athlètes de niveau régional
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide du conseil départemental porte sur les stages organisés en Haute-Marne, au CREPS ou en dehors de la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ ► Participation aux frais de déplacements à 100 % du coût du transport SNCF - Chaumont/Reims - aller/retour en deuxième classe le moins élevé.
+&lt;/p&gt;
+&lt;p&gt;
+ Si formation en Haute-Marne, pas de frais de déplacements.
+&lt;/p&gt;
+&lt;p&gt;
+ ► Participation aux frais de stage sur la base forfaitaire de :
+&lt;/p&gt;
+&lt;p&gt;
+ * 50 % du coût de journée au CREPS de Reims si internat
+&lt;/p&gt;
+&lt;p&gt;
+ * 30 % du coût de journée au CREPS de Reims si stage d&amp;#039;1 journée
+&lt;/p&gt;
+&lt;p&gt;
+ * 20 % du coût de journée au CREPS de Reims si stage d&amp;#039;1⁄2 journée ou soirée
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Athlètes en pôle Olympique
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les athlètes inscrits en pôle olympique permettent au comité départemental de toucher une somme forfaitaire (barème interne) servant à prendre en charge les frais engendrés par leurs déplacements entre le pôle et le club. Cette aide excluant toute autre forme de prise en charge de ces individus dans le cadre des actions de formation ou dans le cadre des bourses.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Participation aux compétitions nationales officielles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une aide aux déplacements est attribuée au comité départemental dont les athlètes sont sélectionnés pour participer aux compétitions fédérales de niveau national : championnats de France et finales exclusivement.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est fixée forfaitairement (barème interne) par déplacement pour participation à une compétition.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/sport_reglement_conventions_d'objectifs_modifi%C3%A9%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W138" s="1" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, des sports et du monde associatif
+&lt;/p&gt;
+&lt;p&gt;
+ Service action culturelle, sportive et territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 25 32 88 19
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toute correspondance doit être adressée à :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Monsieur le Président du conseil départemental
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Direction de la culture, des sports et du monde associatif
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service action culturelle, sportive et territoriale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1 rue du Commandant Hugueny – CS 62127
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  52905 Chaumont Cedex 9
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3da0-soutenir-toutes-les-initiatives-et-actions-st/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>162739</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Développer des infrastructures cyclables de façon massive pour qu’une plus grande part des trajets du quotidien s’effectuent à vélo</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Le Sud à vélo : Aménagements pour desserte d’équipements</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif est de développer des infrastructures cyclables de façon massive pour qu’une plus grande part des trajets du quotidien s’effectuent à vélo. Le dispositif présenté consiste pour la Région à apporter un soutien financier aux porteurs de projets qui développent des aménagements cyclables autour d’établissements et de pôles qu’elle considère prioritaires et pour lesquels l’accessibilité à vélo doit être encouragée et facilitée. Il s’agit :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;des gares (ferroviaires et routières du réseau Zou !) ;&lt;/li&gt; 	&lt;li&gt;des établissements d’enseignement et de formation régionaux ;&lt;/li&gt; 	&lt;li&gt;des équipements et pôles dits structurants pour un territoire (définis dans les Contrats opérationnels de Mobilité.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les départements ;&lt;/li&gt; 	&lt;li&gt;les communes et leurs groupements ;&lt;/li&gt; 	&lt;li&gt;les syndicats d’aménagement ou intercommunaux et autres organismes publics (société publique locale d’aménagement, établissement public).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Critère 1 :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;appartenir à un itinéraire de schéma vélo ou Plan de Mobilité ou Plan de mobilité simplifié ou document équivalent figurant des itinéraires cyclables . Un rabattement entre un itinéraire vélo et l’équipement à desservir constitue également un projet éligible.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Critère 2 :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;des équipements à desservir, identifiés dans le cadre des Contrats opérationnels de mobilité – COM - (les gares et les établissements scolaires sous compétence régionale sont éligibles sans obligatoirement figurer au COM).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Eligibilité aux critères 1 et 2 et respect des recommandations techniques (CEREMA, Code de la Route, ISSR ...).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P139" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2024</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critère 1 :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;appartenir à un itinéraire de schéma vélo ou Plan de Mobilité ou Plan de mobilité simplifié ou document équivalent figurant des itinéraires cyclables . Un rabattement entre un itinéraire vélo et l’équipement à desservir constitue également un projet éligible.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Critère 2 :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;des équipements à desservir, identifiés dans le cadre des Contrats opérationnels de mobilité – COM - (les gares et les établissements scolaires sous compétence régionale sont éligibles sans obligatoirement figurer au COM).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Eligibilité aux critères 1 et 2 et respect des recommandations techniques (CEREMA, Code de la Route, ISSR ...).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/amenagements-cyclables-le-sud-a-velo</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Allo Région Sud&lt;/strong&gt;&lt;br /&gt; Tel : &lt;a href="tel:0491575757"&gt;04 91 57 57 57&lt;/a&gt;&lt;br /&gt; Mail : &lt;a href="mailto:contact&amp;#64;alloregionsud.fr"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenagements-cyclables-le-sud-a-velo/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>163104</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Erasmus sanitaire et social</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région a été sélectionnée pour piloter jusqu’en 2027 un projet Erasmus&amp;#43; de mobilité européenne et internationale dans le but de favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux.&lt;/p&gt;
+&lt;p&gt;Ce projet de consortium, actuellement composé de 9 établissements régionaux de formation sanitaire et sociale, piloté par la Région pourra s’ouvrir à d’autres établissements jusqu’en 2027.&lt;/p&gt;
+&lt;p&gt;L’objectif principal est d&amp;#039;améliorer la qualité des formations sanitaires et sociales agréées par la Région en proposant une plus-value européenne et internationale au contenu de formation et en favorisant l&amp;#039;acquisition de compétences transversales (ouverture interculturelle, esprit d&amp;#039;initiative, capacité d&amp;#039;adaptation, amélioration de la maîtrise d&amp;#039;une langue étrangère, curiosité, indépendance, autonomie…).&lt;/p&gt;
+&lt;p&gt;Les financements européens jouent un rôle majeur dans le financement de nombreux projets pour les opérateurs du territoire régional. Ce projet s’inscrit dans la politique régionale ambitieuse de captation des fonds européens, adoptée en décembre 2021 « Stratégie Europe 2030 : objectif 10 milliards ».&lt;/p&gt; &lt;p&gt;Les étudiants et le personnel administratif et académique des établissements régionaux de formation sanitaire et sociale membres du projet Erasmus &amp;#43; coordonné par la Région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Education et renforcement des compétences
+Formation professionnelle
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>15/07/2024</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>31/07/2026</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La demande de bourse de mobilité Erasmus Sanitaire et Social s&amp;#039;effectue par le biais de la plateforme de demande d&amp;#039;aide individuelle en ligne sur le site de la Région Sud.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/erasmus-sanitaire-et-social</t>
+        </is>
+      </c>
+      <c r="W140" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_ERASMUS/depot/simple</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:maguiral&amp;#64;maregionsud.fr"&gt;maguiral&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-sanitaire-et-social/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>149097</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien une expérimentation écologique dans le domaine du livre</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux expérimentations écologiques dans le domaine du livre</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien une expérimentation écologique dans le domaine du livre ?
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Biodiversité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P141" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="Q141" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ Une personne de droit privé ou public installée en région Grand Est et œuvrant majoritairement dans le domaine du livre et de la lecture, et que vous avez une idée de projet qui :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   participe directement ou indirectement à la réduction des émissions de gaz à effet de serre ;
+   &lt;br /&gt;
+   et/ou
+  &lt;/li&gt;
+  &lt;li&gt;
+   participe directement ou indirectement à la réduction des déchets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et si votre projet concerne les domaines suivants (liste non exhaustive) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mise en place de solutions de mobilités douces pour le transport de livres en centre-ville, notamment sur le &amp;#34;dernier kilomètre&amp;#34; (par exemple, cyclo-logistique) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise en place d&amp;#039;actions inédites de diffusion ou de distribution du livre dans le but de diminuer les transports polluants et/ou de réduire les déchets ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développement d&amp;#039;actions inédites autour de la circularité et de la seconde vie du livre ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise en place de modes de diffusion à but non lucratif de livres (par exemple : boites à livres, espaces de trocs et/ou de prêt, bookcrossing ou mise à disposition de livres dans l&amp;#039;espace public) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Expérimentations visant à limiter le pilon ou à remettre en circulation des livres, notamment des livres abîmés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/appel-a-projet/experimentations-ecologiques-livre/</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Anne POIDEVIN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  livre&amp;#64;grandest.fr
+ &lt;/a&gt;
+ –
+ &lt;a target="_self"&gt;
+  anne.poidevin&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 88 15 67 74
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad47-aide-aux-experimentations-ecologiques-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>95065</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études de faisabilité méthanisation</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études de faisabilité méthanisation</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I142" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J142" s="1" t="inlineStr">
+        <is>
+          <t>Les coûts admissibles sont plafonnés à 30 000 € HT</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention avance remboursable à taux zéro
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coûts admissibles sont plafonnés à 30 000 € HT.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque :
+  &lt;/strong&gt;
+  intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation"&gt;
+  Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P142" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Agriculteurs, groupements d&amp;#039;agriculteurs
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises publiques locales
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Collectivités territoriales et leurs groupements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs. Chaque bénéficiaire ne pourra être aidé qu&amp;#039;une fois par type d&amp;#039;étude, hormis dans le cas d&amp;#039;extension d&amp;#039;une unité existante ou en cas de déplacement d&amp;#039;un projet lié à des facteurs extérieurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études de faisabilité technico-économiques, études de premier niveau pour les projets d&amp;#039;injection dans les réseaux gaz (transport et distribution), analyses de pouvoirs méthanogènes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études de préfaisabilité d&amp;#039;injection de biogaz (premier niveau)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études de faisabilité d&amp;#039;injection de biogaz (deuxième niveau) dans les réseaux gaz de transport ou de distribution.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études détaillée du raccordement (troisième niveau) au réseau de distribution de gaz.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-etudes-de-faisabilite-methanisation-2/</t>
+        </is>
+      </c>
+      <c r="W142" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatez sur :
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bccb-soutien-aux-etudes-de-faisabilite-methanisati/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>