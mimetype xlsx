--- v0 (2025-10-12)
+++ v1 (2026-01-01)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA47"/>
+  <dimension ref="A1:AA188"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,792 +228,2230 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>139366</v>
+        <v>1081</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Aider les équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
-[...4 lines deleted...]
-          <t>Aides aux équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+          <t>Soutenir les festivals et manifestations de spectacle vivant d'envergure</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  participer au rééquilibrage du territoire en termes d&amp;#039;offre culturelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel régional et la promotion des équipes artistiques/artistes du territoire prenant part à ces manifestations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner les festivals dans leur effort de rayonnement régional, national ou international et promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les manifestations soucieuses du développement durable et des partenariats locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certains festivals structurants et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être une manifestation relevant du champ des arts de la scène – théâtre, danse, cirque, marionnette, arts de la parole), de la musique (actuelle, classique et contemporaine -, des arts de la rue ou pluridisciplinaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être un projet artistique et culturel de qualité affirmant une ligne artistique identifiée et mettant en oeuvre des actions spécifiques pour développer et sensibiliser les publics,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être une manifestation dont une 1ère édition a déjà eu lieu, se déroulant sur une durée minimale de 3 jours ou justifiant d&amp;#039;un minimum de 9 représentations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel exclusivement à des artistes professionnels et intégrer des artistes en activité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une envergure a minima régionale par la fréquentation des publics, l&amp;#039;inscription dans les réseaux, le rayonnement et la visibilité médiatique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les projets à but strictement commercial.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-manifestations-denvergure-2/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef8f-soutien-aux-festivals-et-manifestations-denve/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>97735</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir et promouvoir le spectacle vivant - Dispositif "Un été / 100 spectacles"</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'intervention dépend du nombre d'habitants dans les communes</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de soutenir le monde du spectacle fortement impacté par la crise sanitaire du COVID19, le Département a décidé de renouveler  le dispositif « Un été / 100 spectacles » initié en 2020 visant à soutenir et promouvoir le spectacle vivant au sein du territoire audois.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une subvention de fonctionnement pour la prise en charge des spectacles organisés par les communes et les sites touristiques audois du réseau Pays Cathare gérés par une collectivité territoriale, un acteur associatif ou privé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département porte sur la prise en charge des coûts financiers du spectacle (contrat de cession et/ou GUSO).
+&lt;/p&gt;
+&lt;p&gt;
+ Un maximum de deux spectacles par commune pourra être pris en charge dans le cadre du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de transport, hébergement ou de repas ne seront pas éligibles au dispositif, ainsi que les indemnités forfaitaires en fonction des besoins matériels, la gestion et le paiement des droits d&amp;#039;auteurs, et la communication locale du dispositif, qui restent intégralement à la charge des communes bénéficiaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/un-ete-100-spectacles-subvention-aux-communes</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Aménagement Durable - Direction Education Collèges Culture Jeunesse Sports - Culture
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey De Bentzmann, Secrétaire
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:audrey.debentzmann&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  audrey.debentzmann&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel :
+ 04.68.11.64.95
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed30-intervenir-dans-le-cadre-du-dispositif-un-ete/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>144485</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la diffusion du spectacle vivant : Aide aux festivals - Aide aux saisons culturelles</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la diffusion du spectacle vivant : Aide aux festivals - Aide aux saisons culturelles</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>La subvention ne peut excéder 40% du budget global du projet</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le domaine de la diffusion du spectacle vivant, quelle que soit la discipline proposée, l&amp;#039;intervention de la collectivité départementale vise à soutenir les organisateurs de manifestations culturelles ou de saisons culturelles, qui proposent sur le territoire landais une programmation fondée sur des créations menées par des artistes professionnels, qui aménagent des lieux pour accueillir au mieux les œuvres, les publics et les artistes, et qui mettent en place un mode d&amp;#039;actions susceptible de fidéliser les spectateurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Parmi ses priorités d&amp;#039;intervention, le Département s&amp;#039;attache à accompagner les projets qui s&amp;#039;engagent à favoriser un accès qualitatif à la culture pour les publics qui en sont les plus éloignés, ainsi que ceux qui développent des programmes d&amp;#039;actions qui contribuent à l&amp;#039;éducation artistique et culturelle des plus jeunes. Il porte également une attention particulière aux projets qui visent à assurer la diversité de l&amp;#039;offre de spectacle vivant sur le territoire landais, en favorisant les esthétiques et les disciplines les moins présentes, et à ceux qui soutiennent l&amp;#039;exigence artistique professionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale a pour objectif de renforcer celle apportée localement par les communes, groupements de communes ou autres partenaires publics. Elle vient accompagner l&amp;#039;effort financier engagé en termes de programmation et de régie technique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;intervention du Département tient donc compte de la pluralité du financement, du montant d&amp;#039;engagement des différents échelons institutionnels, et de la capacité du porteur de projet à mobiliser des recettes propres (billetterie, fonds propres, buvette, etc.). Il tient également compte du soutien en nature éventuellement apporté par le Département dans le cadre de son règlement départemental de mise à disposition de matériels scéniques et muséographiques, et/ou de celui des collectivités de proximité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  AIDE AUX FESTIVALS :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout dossier déposé au titre du soutien aux festivals doit obligatoirement remplir les conditions d&amp;#039;éligibilité suivantes :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Être détenteur de la « licence d&amp;#039;entrepreneur du spectacle » à partir de 6 spectacles proposés.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être soutenu par son échelon institutionnel de proximité le plus compétent : commune, EPCI, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une programmation sur une durée minimale de deux jours consécutifs pour être qualifié de « festival ».
+  &lt;/li&gt;
+  &lt;li&gt;
+   Faire obligatoirement appel à l&amp;#039;intervention rémunérée d&amp;#039;artistes et de techniciens professionnels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer un renouvellement artistique de la programmation d&amp;#039;année en année.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prédominance de la part consacrée à la programmation artistique (coûts de cession des spectacles, accueil logistique des artistes et mise en œuvre technique) au regard du budget global.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Valoriser la manifestation et le soutien du Département par une communication adaptée avec des supports dédiés (imprimés ou numériques).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une politique tarifaire adaptée aux différents publics (minimum : tarif plein/ tarif réduit).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  AIDE AUX SAISONS CULTURELLES :
+ &lt;/strong&gt;
+&lt;p&gt;
+ Tout dossier déposé au titre du soutien aux saisons culturelles doit obligatoirement remplir les conditions d&amp;#039;éligibilité suivantes :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Programmer un minimum de 4 spectacles professionnels par an, avec une régularité minimale d&amp;#039;un spectacle par trimestre, dans des lieux publics aménagés techniquement pour recevoir publics et artistes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être détenteur de la « licence d&amp;#039;entrepreneur du spectacle » selon la réglementation en vigueur.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être soutenu par son échelon institutionnel de proximité le plus compétent : commune, EPCI, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Disposer d&amp;#039;une équipe dédiée, bénévole ou professionnelle, pour la programmation, l&amp;#039;organisation et le développement de la saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assurer la rémunération de tous les artistes et techniciens professionnels engagés dans la saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une programmation renouvelée chaque année, reposant sur un projet clairement défini dans ses objectifs artistiques et de développement de saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Programmer chaque année un ou plusieurs artistes professionnels landais ou régionaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développer des actions de sensibilisation en lien direct avec la programmation de la saison : représentations scolaires, ateliers de pratique, rencontres avec l&amp;#039;artiste, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Valoriser la saison culturelle et le soutien du Département par une communication adaptée avec des supports dédiés (imprimés ou numériques).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une politique tarifaire adaptée aux différents publics
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=53</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09de-aider-a-la-diffusion-du-spectacle-vivant-aide/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>137951</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les structures culturelles (salle de spectacle ...) sur le territoire - Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant (accompagnement des structures culturelles)</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Aide de 15% du cachet artistique qui ne pourra excéder 5.000€ par an et par structure.</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser les créations et les actions culturelles sur le territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département (collégiens, jeunes fréquentant les centres de loisirs, scolaires, extra-scolaires, plus de 60 ans, publics empêchés..) en relation avec leur territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et publics cibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA / Spécifique)&lt;/li&gt;&lt;li&gt;Présentation du projet&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour
+les demandes de subvention en fonctionnement : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271" target="_self"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt; &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;&lt;p&gt;
+  Partenariats : programme de projets d&amp;#039;actions culturelles
+ &lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au financement de spectacles/concerts dans le cadre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;accueil de créations d&amp;#039;artistes soutenus via l&amp;#039;accompagnement des artistes du Département (même après période de création/résidence) et/ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la mise en place d&amp;#039;actions culturelles avec les écoles de musique, et/ou en direction des publics cibles comme les collégiens, plus de 60 ans, centres de loisirs, publics empêchés et/ou mise en valeur des sites patrimoniaux majeurs du Département (Château de Chavaniac, Domaine du Sauvage, La Chaise-Dieu, le lac du Bouchet, la Pinatelle du Zouave, les Narces de la Sauvetat...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Bonification financière de l&amp;#039;accompagnement si esthétique proposée peu présente (musique classique, danse/musique contemporaine, musiques actuelles).
+&lt;/span&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Formulaire-de-demande-de.html</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine :
+ &lt;a href="mailto:emilie.langlois&amp;#64;hauteloire.fr" target="_self"&gt;
+  culture.patrimoine&amp;#64;hauteloire.f&lt;/a&gt;r - 04 71 07 43 76 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Gestionnaire : Jérôme TOURNAYRE - jerome.tournayre&amp;#64;hauteloire.fr - 04 71 07 43 53&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aaaf-favoriser-les-creations-et-les-actions-cultur/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>162757</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible, diversifiée et de qualité,&lt;/li&gt; 	&lt;li&gt; Favoriser la programmation d’artistes professionnels régionaux, nationaux, internationaux&lt;/li&gt; 	&lt;li&gt;Soutenir l’emploi et participer à l’émergence d’artistes et au développement des carrières,&lt;/li&gt; 	&lt;li&gt; Développer des événements artistiques, festivals et expositions dans le domaine des arts visuels,&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et au développement économique et touristique des territoires,&lt;/li&gt; 	&lt;li&gt; Favoriser la rencontre avec un public large et diversifié, en période estivale et aussi toute l’année,&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt;Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (collectivités, Etat, Europe...)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Et présentant un dossier complet :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt; Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations portés par les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les grands orchestres, opéras, ballets et centres chorégraphiques nationaux&lt;/li&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>20428</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Financer des festivals d'arts de la scène</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Occitanie est une région particulièrement riche en festivals. Les festivals sont d&amp;#039;importants diffuseurs de la culture. Ils participent à la circulation des artistes et permettent à un large public de découvrir des œuvres de qualité. Ils renforcent la cohésion territoriale et sociale par la mobilisation d&amp;#039;un important bénévolat, par la conduite d&amp;#039;actions hors période festivalière (programmation à l&amp;#039;année, actions  de médiation : stages, rencontres, échanges). Ils contribuent ainsi à la démocratisation culturelle et à l&amp;#039;aménagement du territoire, en palliant parfois le manque d&amp;#039;infrastructure, notamment en milieu rural.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, les festivals œuvrent pour la valorisation du patrimoine régional et pour le développement du tourisme. Leur rôle est conséquent en matière économique directe et indirecte (hôtels, restaurants, campings...). Ils jouent un rôle croissant dans le champ du développement durable. La Région soutient de nombreux festivals et promeut leur action via son site Web.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un soutien à l&amp;#039;économie des festivals et au tourisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une aide pour développer des actions en faveur du développement durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant est déterminé en fonction des critères énoncés ci-dessus et de l&amp;#039;économie globale du projet. Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides s&amp;#039;adressent aux festivals ayant au minimum un an d&amp;#039;existence.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets, pour bénéficier de l&amp;#039;aide de la Région, doivent répondre aux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Implantation et activité en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Durée minimale : 2 jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Situation régulière au regard des obligations réglementaires en matière de spectacle vivant (obligations fiscales et sociales, licence d&amp;#039;entrepreneur de spectacles...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Budget réalisé de la dernière édition du festival : 25 000 € minimum.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses artistiques, techniques et administratives, à l&amp;#039;exception de la valorisation du bénévolat, des mises à disposition en nature, des dotations aux amortissements, des provisions, des intérêts des emprunts et des agios. Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-Festivals</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2eb1-arts-de-la-scene-aide-aux-festivals/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>92587</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et manifestations culturelles</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une attention particulière sera portée aux manifestations organisées sur des secteurs géographiques isolés et/ou hors période estivale, ainsi qu&amp;#039;à celles œuvrant à la promotion des talents émergents, aux créations inédites ou à l&amp;#039;innovation artistique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;envergure du festival et de la manifestation constituera un critère d&amp;#039;appréciation du projet. Cette dimension sera évaluée de la façon suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Dimension nationale ou internationale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fréquentation supérieure à 10 000 spectateurs par édition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Manifestation reconnue par les professionnels dans l&amp;#039;esthétique qu&amp;#039;elle représente et identifiée comme l&amp;#039;une des plus importantes au niveau national
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnels permanents affectés au festival
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de communication multiple par le biais de supports et médias nationaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retombées médiatiques nationales ou internationales, presse grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répercussions directes et chiffrables sur l&amp;#039;économie locale en termes d&amp;#039;emplois et/ou de chiffre d&amp;#039;affaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Impact sur l&amp;#039;attractivité touristique du territoire et articulation avec les acteurs du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Dimension structurante pour le département
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée du festival d&amp;#039;un minimum de 2 jours, consécutifs ou non
+ &lt;/li&gt;
+ &lt;li&gt;
+  Part du budget artistique (contrats de cession, cachet des artistes, déplacements, hébergement, restauration, mission de direction artistique) dans le budget global du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fréquentation significative dépassant le seul public local
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères spécifiques d&amp;#039;appréciation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   - Arts plastiques, numériques, graphiques :
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion d&amp;#039;artistes professionnels (inscrits à la Maison des artistes par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interventions et rencontres avec des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions et outils de médiation associés à la manifestation (cartels, livrets pédagogiques, visites accompagnées...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Cinéma :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nombre et caractéristiques des films programmés (cinéma d&amp;#039;auteurs, premiers films, thématiques,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interventions et rencontres avec des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de médiation
+o Jurys et prix
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Festivals et manifestations culturelles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Se déroulant sur le territoire départemental
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faisant appel à des artistes professionnels rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles les festivals et manifestations culturelles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Se déroulant sur le territoire départemental
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faisant appel à des artistes professionnels rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les festivals et manifestations dont la programmation est déléguée à des organisateurs de tournées à but lucratif et dont l&amp;#039;organisation ne s&amp;#039;inscrit pas dans une politique publique d&amp;#039;action culturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les restitutions d&amp;#039;ateliers de travail, colloques, conférences, salons, expositions-ventes à but commercial ou dans lesquels les artistes doivent s&amp;#039;acquitter d&amp;#039;un droit de participation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets initiés par un lieu permanent ou une structure de diffusion recevant une subvention pour son activité annuelle (volet 1 du présent dispositif)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide variable en fonction de la nature et de l&amp;#039;intérêt du projet de la structure, de son implantation, des actions et partenariats menés pendant l&amp;#039;année, des co-financements mobilisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Assiette éligible : intégralité du budget prévisionnel sur lequel porte la demande de subvention, à l&amp;#039;exception des contributions en nature.
+Sera également prise en compte dans l&amp;#039;analyse des demandes la pluralité des financements alloués au projet. Une participation financière significative de la collectivité organisatrice (commune ou EPCI) sera attendue.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc2a-soutenir-les-festivals-et-manifestations-cult/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>105324</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'opération "collège au spectacle"</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Culture - opération "collège au spectacle"</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tous les collèges publics ou privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous les transporteurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ « Collège au spectacle » est une opération menée grâce à des partenariats tels que la Direction des services départementaux de l&amp;#039;Education Nationale de Charente (DSDEN 16), les collèges, les salles de spectacle, les structures de diffusion culturelle (Les Carmes, le Théâtre d&amp;#039;Angoulême – Scène Nationale, La Palène, l&amp;#039;Avant-Scène, le Théâtre de Barbezieux, la Canopée).
+&lt;/p&gt;
+&lt;p&gt;
+ Près de 3.500 élèves de 6e participent à « Collège au spectacle » et assistent à un spectacle pour lequel les collégiens bénéficient en amont d&amp;#039;une médiation en classe assurée par la compagnie choisie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collèges règlent les factures des bus. Ils retournent ensuite les factures acquittées auprès du Département qui compense à l&amp;#039;euro près les dépenses engagées par les collèges.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	100% du coût des transports, le cas échéant
+&lt;/p&gt;
+&lt;p&gt;
+ •	Se déplacer vers le théâtre le plus proche de l&amp;#039;établissement inscrit dans le dispositif
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  les factures acquittées des transports scolaires
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Action_culturelle/6122_COLLEGE_SPECTACLE_01.pdf</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : dès le début de l&amp;#039;année scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 72 95
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c44-soutenir-loperation-college-au-spectacle/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>150663</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les salons, festivals et manifestations</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la vie littéraire (salons, festivals et manifestations)</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="F10" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche s&amp;#039;adresse aux porteurs de projets de manifestations littéraires sous diverses formes qui s&amp;#039;inscrivent dans les objectifs de la politique publique du livre et de la lecture du ministère de la Culture et notamment du soutien à l&amp;#039;économie du livre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Que sont les salons, festivals et manifestations ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les manifestations littéraires et notamment les salons et festivals qui contribuent au soutien aux acteurs de l&amp;#039;économie de livre par la mise en œuvre de diverses actions reliant les œuvres et leurs auteurs avec les lecteurs peuvent bénéficier d&amp;#039;un soutien du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères appréciés pour évaluer la demande sont notamment l&amp;#039;implication des différents acteurs de la chaîne du livre, l&amp;#039;implantation dans un territoire et les partenariats avec d&amp;#039;autres structures locales, la qualité des propositions de médiation proposées, les publics visés et l&amp;#039;intervention de professionnels du livre ; selon les objectifs du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La présente démarche a pour objectif de soutenir les salons, festivals et autres manifestations littéraires qui mobilisent plusieurs acteurs de la chaîne du livre (auteurs, maisons d&amp;#039;éditions, bibliothèques, librairies...), et ce, afin d&amp;#039;encourager la présence du livre dans les territoires, de renforcer l&amp;#039;économie du livre, de favoriser la rencontre avec les œuvres passées ou contemporaines et les auteurs et autrices vivantes, et enfin d&amp;#039;encourager la pratique de la lecture et de l&amp;#039;écriture.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;examen et la décision d&amp;#039;acceptation de la demande relèvent des services déconcentrés du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;une subvention dans le cadre d&amp;#039;une demande ou d&amp;#039;une réponse à un appel à projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien prend la forme d&amp;#039;une subvention de fonctionnement et/ou d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la subvention est de 500 à 1M €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les subventions d&amp;#039;investissement : versement dans le respect du décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+ &lt;br /&gt;
+ Pour les subventions de fonctionnement : versement de la subvention au plus tard à la notification d&amp;#039;acceptation de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont étudiés par les services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Être une personne de droit moral privé ou public.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Personnes physiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-a-la-vie-litteraire-salons-festivals-et-manifestations</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur le soutien aux salons, festivals et manifestations, vous êtes invités à vous adresser au Service du Livre et de la Lecture :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des médias et des industries culturelles (DGMIC)
+ &lt;br /&gt;
+ Service du Livre et de la Lecture
+ &lt;br /&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ &lt;a href="mailto:livre-lecture&amp;#64;culture.gouv.fr"&gt;
+  livre-lecture&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacqueline BROLL,
+  &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr"&gt;
+   jacqueline.broll&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nicolas DOUEZ (pour les départements : 03, 07, 15, 42, 43, 63),
+  &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr"&gt;
+   nicolas.douez&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 73 41 27 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anne-Marie BOYER (pour les départements : 26, 38, 73, 74),
+  &lt;a href="mailto:anne-marie.boyer&amp;#64;culture.gouv.fr"&gt;
+   anne-marie.boyer&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+  &lt;br /&gt;
+  04 72 00 44 82
+ &lt;/li&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT LANDRE, (pour les départements 01, 69 et Métropole de Lyon),
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 72 00 44 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pierre-Olivier ROUSSET,
+  &lt;a href="mailto:pierre-olivier.rousset&amp;#64;culture.gouv.fr"&gt;
+   pierre-olivier.rousset&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 11 79 05 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL,
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 80 68 50 11
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN,
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 81 65 72 78
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN,
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 99 29 67 88
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michèle PREVOST,
+  &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr"&gt;
+   michele.prevost&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 38 78 85 70
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie-Lou COMITI,
+  &lt;a href="mailto:mary-lou.comiti&amp;#64;culture.gouv.fr"&gt;
+   mary-lou.comiti&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 95 51 52 06
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Claire RANNOU,
+  &lt;a href="mailto:claire.rannou&amp;#64;culture.gouv.fr"&gt;
+   claire.rannou&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER,
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER,
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX,
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 96
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Peggy LE ROY,
+  &lt;a href="mailto:peggy.le-roy&amp;#64;cluture.gouv.fr"&gt;
+   peggy.le-roy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel DUCHEMANN,
+  &lt;a href="mailto:christel.duchemann&amp;#64;culture.gouv.fr"&gt;
+   christel.duchemann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 22 97 33 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques SAUTERON,
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 28 36 61 92
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Françoise DEKOWSKI (pour les départements : 78, 91, 92, 94),
+  &lt;a href="mailto:francoise.dekowski&amp;#64;culture.gouv.fr"&gt;
+   francoise.dekowski&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 51 54
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile HAUSER de BISSCHOP (pour les départements : 77, 93, 95),
+  &lt;a href="mailto:cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr"&gt;
+   cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 50 91
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylvie BONNEL,
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agnès LEROY,
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 31 38 39 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS,
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 32 10 71 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud TRAVADE,
+  &lt;a href="mailto:arnaud.travade&amp;#64;culture.gouv.fr"&gt;
+   arnaud.travade&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 75/76/78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justine DUJARDIN,
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 66
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO,
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ​​​​​​, 05 55 45 66 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE,
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 25/26
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frédéric BOURDIN,
+  &lt;a href="mailto:frederic.bourdin&amp;#64;culture.gouv.fr"&gt;
+   frederic.bourdin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CASTILLON,
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Henri GAY,
+  &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr"&gt;
+   henri.gay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fleur BOUILLANNE,
+  &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr"&gt;
+   fleur.bouillanne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 67 02 32 15
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT,
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  François-Xavier ANDRE (pour les départements : 44, 53, 85),
+  &lt;a href="mailto:francois-xavier.andre&amp;#64;culture.gouv.fr"&gt;
+   francois-xavier.andre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sèverine BOULLAY (pour les départements : 72, 49 et Métropole de Nantes),
+  &lt;a href="mailto:severine.boullay&amp;#64;culture.gouv.fr"&gt;
+   severine.boullay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 28 21
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE,
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 42 16 14 22
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria MONES,
+  &lt;a href="mailto:maria.mones&amp;#64;culture.gouv.fr"&gt;
+   maria.mones&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 18 03 66 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie BIRAUD,
+  &lt;a href="http://sophie,biraud&amp;#64;culture.gouv.fr"&gt;
+   sophie,biraud&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie ERNY,
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 90 41 14 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA,
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+  , 05 94 25 54 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE,
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 62 21 94 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON,
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 96 60 87 61
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED,
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 69 63 00 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Calédonie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franck LEANDRI, 06 87 24 21 84
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizarraga&amp;#64;culture.gouv.fr"&gt;
+   rosiane.de-lizarraga&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4731-soutien-aux-salons-festivals-et-manifestation/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>129698</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
-[...704 lines deleted...]
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
 &lt;/p&gt;
 &lt;p&gt;
  Cette page présente les spécificités des aides au projet en théâtre, arts de la rue et arts du cirque.
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;p&gt;
  Pour en savoir plus sur les aides déconcentrées au spectacle vivant (ADSV), et notamment sur les critères d&amp;#039;éligibilité, les modalités d&amp;#039;évaluation des dossiers et les modalités d&amp;#039;attribution de la subvention communs à toutes les esthétiques, rendez-vous ici :
 &lt;/p&gt;
 &lt;a href="https://www.culture.gouv.fr/fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-ADSV" rel="noopener noreferrer" target="_blank"&gt;
  Présentation générale des ADSV
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;h3&gt;
  L&amp;#039;aide déconcentrée au spectacle vivant en théâtre, arts de la rue et arts du cirque
 &lt;/h3&gt;
 &lt;p&gt;
  L&amp;#039;aide au projet en théâtre, arts de la rue et arts du cirque est une aide ponctuelle, qui contribue à la production d&amp;#039;une création, d&amp;#039;une recréation ou d&amp;#039;une reprise et concoure prioritairement :
 &lt;/p&gt;
@@ -1603,309 +3041,8952 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Une question ?
 &lt;/h4&gt;
 &lt;p&gt;
  Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Normandie, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Julien DELOT, Conseiller Théâtre et arts associés / site de Rouen,
   &lt;a href="mailto:julien.delot&amp;#64;culture.gouv.fr"&gt;
    julien.delot&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Joël COLLEVILLE, Assistant-Gestionnaire, Théâtre et arts associés / site de Rouen,
   &lt;a href="mailto:joel.colleville&amp;#64;culture.gouv.fr"&gt;
    joel.colleville&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Véronique FRICOTEAUX, Conseillère Théâtre et&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>10.000 € minimum
 &lt;br /&gt;
 périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
 &lt;br /&gt;
 date de clôture de l&amp;#039;aide : Suivant région</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv#:~:text=Le%20dispositif%20des%20aides%20déconcentrées,375%20ensembles%20musicaux</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>Délégation générale de la création artistique (DGCA)
 demarches-sv-dgca&amp;#64;culture.gouv.fr
 01 40 15 80 00</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b8b-aides-deconcentrees-au-spectacle-vivant-adsv-/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E4" s="1" t="inlineStr">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>95245</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Intervenir en faveur du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet de règlement se présente sous la forme de 3 dispositifs visant une réponse globale aux attentes des acteurs et aux spécificités du domaine :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aides à l&amp;#039;organisation de festivals, manifestations et programmations artistiques comprenant des représentations de spectacles et des activités culturelles accessibles au grand public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides à la production de spectacles destinés à une diffusion au sein des réseaux professionnels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides en faveur des structures artistiques permanentes assurant la gestion d&amp;#039;un équipement ou d&amp;#039;un projet itinérant sur le territoire dans le cadre d&amp;#039;une saison culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le dispositif n°1, le Département apporte son concours à l&amp;#039;organisation de festivals, manifestations et programmations artistiques comprenant des représentations de spectacles, des concerts et des activités culturelles (stages, ateliers de sensibilisation, résidences d&amp;#039;artistes) accessibles du grand public.
+ Les projets doivent comporter des recettes propres (billetterie, vente de marchandises) à l&amp;#039;exception des propositions dans l&amp;#039;espace public reposant sur une démarche artistique singulière (espace scénique, mise en valeur du patrimoine).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le dispositif n°2, l&amp;#039;action du Département dans le domaine du spectacle vivant a pour objectifs de favoriser l&amp;#039;accès du public à des propositions culturelles et artistiques de qualité, de soutenir la création artistique et d&amp;#039;accompagner les professionnels du secteur dans la recherche d&amp;#039;une économie viable de leurs activités. E
+ n la matière, le Département apporte son concours aux structures artistiques (collectif d&amp;#039;artistes, compagnie dramatique ou chorégraphique, entreprise artistique et culturelle etc.) pour la production de spectacles destinés à une diffusion au sein des réseaux professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le dispositif n°3, l&amp;#039;action du Département dans le domaine du spectacle vivant a pour objectifs de favoriser l&amp;#039;accès du public à des propositions culturelles et artistiques de qualité et de soutenir les professionnels du secteur. Elle vise notamment à consolider l&amp;#039;offre d&amp;#039;accueil et de diffusion sur le territoire départemental et son insertion dans les réseaux régionaux et nationaux du spectacle.
+ En la matière, le Département apporte son concours aux structures associatives et  publiques pour la réalisation d&amp;#039;un projet de développement artistique et culturel global.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°1 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Première édition d&amp;#039;un festival ou manifestation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet contenant une seule représentation d&amp;#039;un spectacle ou concert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet réservé à une catégorie particulière de public (spectacles en entreprises, spectacles destinés à des élèves en milieu scolaire, kermesses, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation artistique pour le compte d&amp;#039;un commanditaire dans le cadre d&amp;#039;une relation marchande (agence d&amp;#039;évènementiel, tourneur)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Association, collectivité territoriale, établissement public Société (SA, SNC etc.) pour la réalisation d&amp;#039;un projet culturel d&amp;#039;intérêt général
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat à une aide est titulaire de la licence d&amp;#039;entrepreneur du spectacle dans les cas prévus par la réglementation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La structure exerce à titre principal une activité dans le spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elle exerce à titre occasionnel une activité dans le domaine mais organise plus de 6 représentations professionnelles par an
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les associations justifient au moment de la demande d&amp;#039;au moins une année d&amp;#039;existence à partir de la date de publication au JO. Elles doivent avoir leur siège social dans l&amp;#039;Aude ou, pour les structures domiciliées dans un autre Département, faire la démonstration d&amp;#039;une activité régulière sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts artistiques et techniques (achat, rémunération, location etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Droits d&amp;#039;auteur et voisins, impôts et taxes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;administration, communication et de fourniture imputables au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fonctionnement général de la structure, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation comptable du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°2 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale concerne les activités suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création artistique (écriture, répétitions et filage)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montage et administration de la production
+ &lt;/li&gt;
+ &lt;li&gt;
+  Action culturelle associée à la création de l&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;outils de communication et d&amp;#039;opérations promotionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préparation de tournées et représentation en public pour une première exploitation (jusqu&amp;#039;à 6 mois suivant la première représentation au public)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation dans la mise en scène et l&amp;#039;interprétation d&amp;#039;une œuvre en vue d&amp;#039;une reprise de l&amp;#039;exploitation après une période d&amp;#039;interruption d&amp;#039;un an
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets portant exclusivement sur l&amp;#039;enseignement et l&amp;#039;intervention pédagogique (se référer en cela au Schéma départemental des enseignements artistiques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;administration ou de diffusion dans le cadre d&amp;#039;une relation marchande (agent d&amp;#039;artiste, producteur phonographique, bureau de production)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Association et société (SA, SARL, SCOP etc.) assurant une mission de production ou de production déléguée de spectacles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates à une aide dispose d&amp;#039;une organisation administrative et de la licence nécessaire à l&amp;#039;exercice de l&amp;#039;activité. Elles justifient au moment de la demande d&amp;#039;au moins une année d&amp;#039;existence à partir de la date de publication au JO ou de l&amp;#039;immatriculation.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles doivent avoir leur siège social dans l&amp;#039;Aude. Une exception s&amp;#039;adresse aux structures domiciliées dans un autre Département qui assurent la production déléguée pour le compte d&amp;#039;une équipe artistique implantée dans l&amp;#039;Aude ou bénéficiant d&amp;#039;un accompagnement par un établissement culturel audois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts artistiques et techniques (rémunération, défraiement, achat, location)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Droits d&amp;#039;auteur et voisins, taxes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matières et fournitures consommables, services liés au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;administration et de communication imputables au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais à caractère généraux, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation comptable du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°3 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Association, collectivité territoriale, établissement public
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations disposent d&amp;#039;une organisation stable, d&amp;#039;un personnel administratif permanent et de la (les) licence(s) nécessaire(s) à l&amp;#039;exercice de l&amp;#039;activité. Elles doivent avoir leur siège social dans l&amp;#039;Aude.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêts débiteurs, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Les dépenses d&amp;#039;investissement des structures publiques (construction de bâtiment, réhabilitation etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/des-aides-pour-soutenir-le-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Culture
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Secrétaire - Audrey De Bentzmann
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:audrey.debentzmann&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+   audrey.debentzmann&amp;#64;aude.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone :
+ 04.68.11.64.95
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il faut adresser votre dossier de demande avant le 31 décembre de l&amp;#039;année précédant votre action assorti d&amp;#039;un courrier d&amp;#039;accompagnement adressé à M. le Président du Conseil Départemental, à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   CONSEIL DÉPARTEMENTAL DE L&amp;#039;AUDE
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Culture
+  &lt;/li&gt;
+  &lt;li&gt;
+   allée Raymond-Courrière
+  &lt;/li&gt;
+  &lt;li&gt;
+   11855 CARCASSONNE cedex 9
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b2d9-intervention-en-faveur-du-spectacle-vivant/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>98771</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer et favoriser la concertation (LEADER)</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite de 70 000 €</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Pays de Ploërmel-Coeur de Bretagne développe des programmes de coopération depuis plus de 10 ans. Grâce
+ à LEADER, il a pu initier une forte ouverture vers d&amp;#039;autres territoires en France mais également en Europe,
+ conduisant certains acteurs à ouvrir des perspectives de plus longs terme à travers des partenariats et d&amp;#039;autres
+ programmes européens de coopération.
+&lt;/p&gt;
+&lt;p&gt;
+ La Coopération a une forte valeur ajoutée. Elle favorise la concertation en interne au territoire, elle est source de
+ dialogues et d&amp;#039;échanges d&amp;#039;idées et de savoir-faire, elle offre un espace de créativité nouveau et le plus souvent
+ elle est un effet levier pour les acteurs locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Échanges de savoir-faire et d&amp;#039;expériences
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation de la population, promotion du territoire et éducation à l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création artistique et valorisation du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentations croisées dans le domaine de la mobilité et de l&amp;#039;habitat des jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouveaux usages NTIC
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+International
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dépenses éligibles sont les dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Dépenses de personnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
+ d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts directs en lien avec l&amp;#039;opération, dont :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition ou location de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de déplacement, d&amp;#039;hébergement et de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;études, de conseils, de formation...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement européens intervient toujours en contrepartie de financements publics nationaux différent de l&amp;#039;Europe. Pour un porteur de projet privé cela implique qu&amp;#039;il devra solliciter un autre cofinanceur public.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Au niveau administratif :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approuvant le projet et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicitant une subvention européenne dans le cadre de LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  autorisant l&amp;#039;exécutif à signer tout document y afférent
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE PLOERMEL</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjolaine PONDARD, Chargée de mission contractualisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
+  m.pondard&amp;#64;pays-ploermel.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 06 69 71 55 38 - 02 30 19 01 82
+&lt;/p&gt;
+&lt;p&gt;
+ PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
+  https://www.pays-ploermel.fr/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>m.pondard@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f2cd-copie-14h00-valoriser-et-promouvoir-le-territ/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>94834</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la concertation et l’accompagnement des projets d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la concertation et à l’accompagnement favorisant l'acceptabilité de projets d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Objectifs
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs du SRADDET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Montant de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables →
+   &lt;/strong&gt;
+   T
+   aux : Toutes les cibles : 70 %
+Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens →
+   &lt;/strong&gt;
+   Taux : 70 %
+Plafond : 10 000 € d&amp;#039;aide, 12 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>31/05/2021</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables → Communes, groupements de communes, associations, les entreprises ayant une finalité participative et citoyenne
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens → Communes, groupements de communes, associations, uniquement les entreprises ayant une finalité participative et citoyenne. Les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs sont exclus des dispositifs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables : assistance à maîtrise d&amp;#039;ouvrage proposant une démarche de concertation auprès des citoyens afin de favoriser l&amp;#039;acceptabilité de projets EnR (méthanisation, éolien, géothermie profonde, micro-hydraulique, photovoltaïque). Cette mission peut comprendre entre autre l&amp;#039;organisation de réunions de concertation et d&amp;#039;information, de visites de sites, d&amp;#039;un referendum local (ou autre démarche innovante...) avec le cas échéant la création d&amp;#039;outils de communication/de sensibilisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens : assistance à maîtrise d&amp;#039;ouvrage portant sur la définition du projet, la structuration juridique (mode de gouvernance, ....), le modèle économique, les choix techniques et la stratégie de « recrutement » de citoyens...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/concertation-accompagnement-projets-energies-renouvelables/</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0185/depot/simple</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 66 33
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 61 40
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/23bc-soutien-a-la-concertation-et-a-laccompagnemen/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>111703</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la concertation et l’association des habitants au projet</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la concertation et l’association des habitants au projet</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Vos enjeux :
+&lt;/h4&gt;
+&lt;p&gt;
+ Vous souhaitez favoriser une large et active participation des habitants et usagers
+&lt;/p&gt;
+&lt;p&gt;
+ (entreprises et autres acteurs) du territoire à votre projet.
+&lt;/p&gt;
+&lt;h4&gt;
+ L&amp;#039;offre :
+&lt;/h4&gt;
+&lt;p&gt;
+ Nos experts vous accompagnent, en fonction de l&amp;#039;avancement de vos réflexions en phase de préparation / de gestion et d&amp;#039;accompagnement du projet, pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  définir les modalités d&amp;#039;association des publics au projet : identification des publics cibles à associer et de leurs niveaux de participation (degrés et moments)
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaborer des supports d&amp;#039;animation et outils d&amp;#039;association des habitants et acteurs du territoire au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  apporter un appui à la mise en œuvre et au pilotage du dispositif de concertation : mise en place des instances, mobilisation des parties prenantes, animation des réunions et ateliers, restitution des résultats des démarches participatives
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ et selon la problématique et des enjeux locaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  association des habitants et/ou des entreprises et des acteurs économiques à la
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation et au suivi ultérieur du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnement méthodologique à la gestion urbaine de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutien aux actions d&amp;#039;animation et de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  association des entreprises et des acteurs économiques à la préparation et au suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Montagne
+Citoyenneté</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette offre d&amp;#039;ingénierie peut se faire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  par l&amp;#039;intervention de consultants experts (sur marché de l&amp;#039;ANCT) prise en charge à 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou par le cofinancement d&amp;#039;études (sur marché géré par le territoire lauréat) dans la limite de 50% du montant TTC de l&amp;#039;étude,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans une limite globale de 50 K€ TTC d&amp;#039;accompagnement sur les thématiques ANCT par territoire sur la durée du programme Avenir Montagnes Ingénierie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Ensemble des massifs français</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2021-12/OffreDeService_AM_v5.pdf</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Consultez votre commissariat de massif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>juliette.conrad@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f80-favoriser-la-concertation-et-lassociation-des/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>95023</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Aider le développement des équipes artistiques du Spectacle Vivant</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide financière apportée dans ce cadre recouvre l&amp;#039;activité de la compagnie dans sa totalité, y compris le fonctionnement de l&amp;#039;équipe artistique et les actions de médiation et de travail sur le territoire. Cette aide permet une permanence du travail de création et de diffusion.
+Ce dispositif vise ainsi à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;innovation culturelle en favorisant la création artistique professionnelle d&amp;#039;aujourd&amp;#039;hui en matière de théâtre, de marionnettes, d&amp;#039;arts de la rue, de cirque, de danse, de musique, d&amp;#039;arts de la parole ou de toute forme hybride relevant du spectacle vivant ou mettant l&amp;#039;accent sur la pluridisciplinarité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir le rayonnement de la création et de la production artistique en région et au-delà, en partenariat avec les lieux de diffusion qui ont une responsabilité essentielle dans ces domaines,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers du soutien aux projets de création.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subvention plafonnée à 30 000€
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  toute équipe artistique professionnelle de spectacle vivant ou tout bureau de production accompagnant les équipes artistiques dans leurs projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  toute personne morale publique ou privée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant son siège implanté en région depuis au moins trois ans et y exerçant une activité régulière ou étant accueillie en résidence les 3 dernières années au sein d&amp;#039;une structure culturelle régionale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant bénéficié au moins de 3 des aides suivantes de la Région : « Aide aux projets de création et de reprise – spectacle vivant », « Aide à la diffusion régionale, nationale et internationale – spectacle vivant », « Soutien aux émergences spectacle vivant » ou « Soutien aux résidences artistiques et culturelles – spectacle vivant ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et réglementaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être titulaire d&amp;#039;une licence d&amp;#039;entrepreneur de spectacle de catégorie 2 en cours de validité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  produire le bilan de l&amp;#039;équipe artistique au dépôt du dossier prouvant une diffusion d&amp;#039;au moins 20 représentations sur les 3 dernières années pour le théâtre, le cirque, les arts de la rue et d&amp;#039;au moins 15 représentations pour la musique, la marionnette, le conte et la danse. L&amp;#039;équipe artistique s&amp;#039;engage à maintenir cette visibilité sur la durée du conventionnement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un projet pluriannuel, en termes de création, de diffusion, de projet de territoire, d&amp;#039;action culturelle, mettant en avant notamment : une stratégie de développement et une progression de la reconnaissance régionale voire nationale, – une évolution de la structuration administrative, – des partenariats avec des structures culturelles professionnelles, sous forme de coproductions, coréalisations, achats et préachats, accueil en résidence, mise à disposition ou valorisation en nature.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter un budget global de fonctionnement de la structure sur 3 ans, sur la base de budgets prévisionnels annuels détaillés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-triennale-developpement-equipes-artistiques-spectacle-vivant/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Date limite pour le dépôt des dossiers
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   30 septembre 2020
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+   culture-subvention&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+   versements-creation&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1515-aide-triennale-au-developpement-des-equipes-a/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>105316</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les manifestations dites "Festivals départementaux"</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Culture - politique des festivals - manifestations dites "Festivals départementaux"</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 15</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont considérés comme « FESTIVALS DEPARTEMENTAUX » les manifestations qui répondent aux critères déclinés ci-après et dont l&amp;#039;autofinancement s&amp;#039;élève a minima à 30% du budget prévisionnel d&amp;#039;une part, et du budget réalisé, d&amp;#039;autre part
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etablissements publics de coopération intercommunale (EPCI)&lt;/li&gt;&lt;li&gt;Communes &lt;/li&gt;&lt;li&gt;Centres sociaux&lt;/li&gt;&lt;li&gt;Manifestations ayant moins de deux ans d’existence&lt;/li&gt;&lt;li&gt;Manifestations dont le budget prévisionnel puis réalisé serait inférieur à 10 000 €&lt;/li&gt;&lt;li&gt;Evènements se déroulant sur une seule journée&lt;/li&gt;&lt;li&gt;Manifestations qui ne seraient pas accompagnées par l’EPCI/collectivité sur lequel se déroule l’action&lt;/li&gt;&lt;li&gt;Manifestations dont le budget prévisionnel serait construit exclusivement sur des subventions publiques&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les festivals déjà inscrits sur ce dispositif, le montant de la subvention pourra être réajusté au regard de l&amp;#039;autofinancement réalisé en N-1 ou N-2 selon les documents transmis. Par ailleurs, un œil attentif pourra être porté aux projets œuvrant sur le thème du handicap ou en lien avec le milieu pénitentiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les nouvelles manifestations entrant dans ce dispositif, la subvention départementale sera calculée sur le principe suivant :
+&lt;/p&gt;
+&lt;p&gt;
+ Budget global compris entre 10 000 € et 145.000 € :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  10 à 15% de la programmation artistique, plafonnés à 6.500 €*
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Attention : * au vu de l&amp;#039;enveloppe impartie, des ajustements seront ensuite proposés au cas par cas, et ce, en cohérence avec les subventions votées à des manifestations de même ampleur
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : Les festivals proposant une biennale, c&amp;#039;est-à-dire une manifestation se déroulant une fois tous les deux ans, c&amp;#039;est-à-dire une
+manifestation se déroulant une fois tous les deux ans, et ayant un projet
+artistique départemental autour d’une thématique affirmée, pourront bénéficier
+d’une subvention pouvant aller jusqu’à 10 000 € (plafond). Les
+demandes seront examinées au cas par cas.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critère n°1 : La part d&amp;#039;autofinancement* :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seront prises en compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;une tarification et la part d&amp;#039;autofinancement
+ &lt;/li&gt;
+ &lt;li&gt;
+  la recherche et la part de partenariats privés dans la construction du budget
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Rappel : Ces éléments cumulés devront s&amp;#039;élever a minima à 30 % du budget prévisionnel d&amp;#039;une part, puis du budget réalisé de l&amp;#039;édition N-1 (ou N-2 selon les documents transmis), d&amp;#039;autre part.
+&lt;/p&gt;
+&lt;p&gt;
+ * Pour précision, est entendu comme autofinancement les éléments suivants : billetterie ; mécénat ; partenariats privés (hors sociétés civiles telles que ADAMI, SACEM, SPEDIDAM...) et recettes annexes (buvettes, tournées, prestations, locations, dons, adhésions, cotisations...)
+&lt;/p&gt;
+&lt;p&gt;
+ Ne seront pas comprises dans la notion d&amp;#039;autofinancement les reprises sur provisions, amortissement, transferts de charges
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : Les festivals proposant une programmation « arts de la rue » ou dans des répertoires plus confidentiels seront examinés au cas par cas
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critère n°2 : La notion stricte de « festival » à savoir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un festival est un projet vivant, visant à mettre en présence des artistes et des publics autour d&amp;#039;un projet artistique. Seront ainsi observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ne pourront être éligibles sur ce dispositif que les manifestations ayant au moins deux ans d&amp;#039;existence et un
+budget réalisé N-1 supérieur à 10 000 €&lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inscription du projet dans une annualité ou une biennalité
+ &lt;/li&gt;
+ &lt;li&gt;
+  la programmation proposée structurée autour d&amp;#039;un thème fort/identité
+ &lt;/li&gt;
+ &lt;li&gt;
+  la durée de la manifestation 2 jours consécutifs minimum
+ &lt;/li&gt;
+ &lt;li&gt;le rayonnement et la forte notoriété (a minima régionale) de certains artistes de la programmation / têtes d’affiches&lt;/li&gt;
+ &lt;li&gt;
+  la fréquentation du public (gratuit/payant)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;-&amp;gt; Critère n°3 : Les éléments d&amp;#039;appréciation de la subvention départementale :
+ &lt;/strong&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  élément n° 1 : le budget&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;-	charges artistiques : les cachets et contrats des artistes professionnels, la technique, les droits d’auteurs…&lt;/p&gt;&lt;p&gt;- produits – partenaires : EPCI, commune, billetterie, partenariats privés, valorisation…&lt;/p&gt;&lt;ul&gt;&lt;li&gt;élément n° 2 : la dimension départementale du festival&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;-	l’ancrage local avéré (présence de la population locale, participation des collectivités locales, itinérance de la manifestation sur un territoire donné…)&lt;/p&gt;&lt;p&gt;-	la communication (plan de communication, insertion presse, affiche, site, logo CD16)&lt;/p&gt;&lt;p&gt;-	la présence d’un ou de plusieurs artistes dont la notoriété est a minima régionale (Région Nouvelle Aquitaine)&lt;/p&gt;&lt;ul&gt;&lt;li&gt;élément n° 3 : l’engagement sociétal&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;-	le développement d’actions de médiations, masters-classes, résidences, artistes en découverte, décentralisation, concerts, d’éducation artistique et culturelle…&lt;/p&gt;&lt;p&gt;-	engagement à la mise en place d’actions en termes de responsabilisation sociale, sociétale et environnementale&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  la présentation du projet (objectifs, programmation, communication, bilan qualitatif et quantitatif N-1)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  la copie des contrats signés&lt;/li&gt;&lt;li&gt;la copie des devis techniques signés&lt;/li&gt;&lt;li&gt;le budget réalisé de la manifestation N-1&lt;/li&gt;&lt;li&gt;le bilan de fréquentation (spectateurs payants, gratuits…) du festival N-1&lt;/li&gt;&lt;li&gt;le contrat d’engagement républicain signé (pour les associations)&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : Un premier acompte de 50 % à la notification de décision ou des signature de la convention. Le
+solde (50 %) sera effectué au prorata
+des dépenses artistiques et techniques réellement engagées et après réalisation
+de la manifestation, sous réserve de transmission des factures acquittées, du
+budget réalisé définitif (ou
+provisoire, le cas échéant) et du bilan de fréquentation (spectateurs payants, gratuits…). Le versement interviendra
+environ deux mois avant la fin de l’année civile, sous réserve de la complétude du dossier.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/politique_grands_festival_et_festivals_departementaux.pdf</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 3 mois avant la manifestation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f215-soutenir-les-manifestations-dites-festivals-d/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>105318</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les manifestations dites "Grands festivals"</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Culture - politique des festivals - manifestations dites "grands festivals"</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les « GRANDS FESTIVALS » éligibles au financement départemental doivent répondre aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un autofinancement a minima de 30% du budget (critère n° 1)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la notion de « festival » (critère n° 2)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;envergure du festival et son projet culturel (critère n° 3)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un budget réalisé supérieur à 145.000 € (critère n° 4)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Budget global supérieur à 750.000 € :
+ 20% de la programmation artistique, plafonnés à 55.000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Budget global compris entre 145.000 € et 750.000 € :
+ 20% de la programmation artistique, plafonnés à 30.000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : Pour les festivals déjà inscrits sur ce dispositif, le montant de la subvention et le classement dans ce dispositif pourront être réajustés au regard de l&amp;#039;autofinancement réalisé en N et N-1 selon les documents transmis, ainsi que le budget réalisé N-1.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critère n° 1 : la part d&amp;#039;autofinancement*
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seront prises en compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;une tarification et la part d&amp;#039;autofinancement
+ &lt;/li&gt;
+ &lt;li&gt;
+  la recherche et la part de partenariats privés dans la construction du budget
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces éléments cumulés devront s&amp;#039;élever a minima à 30% du budget prévisionnel d&amp;#039;une part et du budget réalisé de l&amp;#039;édition N-1, d&amp;#039;autre part. La subvention pourra, à son solde, être revue au regard du bilan provisoire de la manifestation, établi par un comptable certifié.
+&lt;/p&gt;
+&lt;p&gt;
+ * Pour précision, est entendu comme autofinancement les éléments suivants : la billetterie ; le mécénat ; les partenariats privés (hors sociétés civiles telles que ADAMI, SACEM, SPEDIDAM...) et les recettes annexes (buvettes, tournées, prestations, locations, dons, adhésions, cotisations...)
+&lt;/p&gt;
+&lt;p&gt;
+ Ne seront pas comprises dans la notion d&amp;#039;autofinancement les reprises sur provisions, amortissement, transferts de charges
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : Les festivals proposant une programmation « arts de la rue » ou dans des répertoires plus confidentiels seront examinés au cas par cas
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critère n° 2 : la notion stricte de « festival »
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un festival est un projet vivant, visant à mettre en présence des artistes et des publics autour d&amp;#039;un projet artistique. Seront ainsi observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le festival devra avoir au moins deux ans d&amp;#039;existence
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inscription du projet dans une annualité ou une biennalité
+ &lt;/li&gt;
+ &lt;li&gt;
+  la programmation proposée structurée autour d&amp;#039;un thème fort / identité
+ &lt;/li&gt;
+ &lt;li&gt;
+  la durée de la manifestation 3 jours consécutifs minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  le rayonnement national et la notoriété a minima nationale de certains artistes de la programmation / têtes d&amp;#039;affiches
+ &lt;/li&gt;
+ &lt;li&gt;
+  la fréquentation du public (proportion gratuit / payant)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les retombées économiques sur le territoire notamment
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critère n° 3 : l&amp;#039;envergure du festival et son projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la présence d&amp;#039;une équipe permanente (au moins 1 ETP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la politique tarifaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de communication (insertion presse, affiche, site, logo CD16)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;ancrage local et régional avéré (participation des collectivités locales et de la population locale)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la présence d&amp;#039;un ou de plusieurs artistes régionaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement d&amp;#039;actions (médiations, masters-classes, résidences, artistes en découverte, décentralisation ...) en dehors du temps de la manifestation
+ &lt;/li&gt;&lt;li&gt;la part des partenaires privés &lt;/li&gt;&lt;li&gt;engagement à la mise en place d’actions en termes de responsabilisation sociale, sociétale et environnementale&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critère n° 4 : un budget supérieur à 145.000 €
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier de présentation du festival (programmation...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;&lt;li&gt;le budget réalisé de la manifestation N-1&lt;/li&gt;&lt;li&gt;le bilan qualitatif et quantitatif du festival N-1&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : un premier acompte dès la signature de la convention et le solde de la subvention versé au regard du taux d&amp;#039;autofinancement atteint par la manifestation (contrôle par un bilan intermédiaire paraphé par un expert-comptable de l&amp;#039;édition N ou au regard des comptes N-1)
+&lt;/p&gt;
+&lt;p&gt;
+ Si les 30 % d&amp;#039;autofinancement sont atteints, le solde de la subvention sera versé en totalité. En deçà des 30%, le solde restant sera versé au prorata du taux réalisé de cet objectif
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/politique_grands_festival_et_festivals_departementaux.pdf</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : en janvier de l&amp;#039;année civile
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 72 96
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60e1-soutenir-les-manifestations-dites-grands-fest/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>131363</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de création et de diffusion du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le règlement « Aide au spectacle vivant » vise à soutenir les associations, les communes et EPCI dans les projets de création des compagnies professionnelles, de diffusion du spectacle vivant et de production d&amp;#039;évènements d&amp;#039;envergure régionale, nationale et internationale, sur le territoire haut-marnais.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers seront examinés au regard des éléments suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la qualité artistique et culturelle du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le rayonnement territorial du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;inscription dans un projet culturel de territoire et la capacité du projet à fédérer (autres acteurs culturels, inscription dans des réseaux locaux...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diversité des publics cibles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les compagnies professionnelles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la réalisation de spectacles professionnels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion des créations/productions en Haute-Marne (au moins trois représentations dans le département).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les structures de diffusion et d&amp;#039;évènementiel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une programmation professionnelle, ou encadrée par des professionnels, comportant au moins un spectacle issu de formations départementales,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les critères suivants seront obligatoirement remplis :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;aide au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication d&amp;#039;un EPCI ou de deux autres partenaires au moins dans l&amp;#039;élaboration et le plan de financement du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un seul financement du conseil départemental par structure, hors actions subventionnées dans le cadre du parcours d&amp;#039;éducation artistique et culturelle en milieu scolaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la conformité de la structure avec la réglementation en vigueur,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le dossier complet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/reglement_spectacle%20vivant%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, des sports et du monde associatif
+&lt;/p&gt;
+&lt;p&gt;
+ Service action culturelle, sportive et territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 25 32 88 19
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toute correspondance doit être adressée à :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Monsieur le Président du conseil départemental
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Direction de la culture, des sports et du monde associatif
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service action culturelle, sportive et territoriale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1 rue du Commandant Hugueny – CS 62127
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  52905 Chaumont Cedex 9
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/507f-accompagner-les-projets-de-creation-et-de-dif/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>137949</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les organisateurs d événements culturels - Festivals</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant - Festival (accompagnement des organisateurs d événements culturels)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Aides selon le lieu de la manifestation, l’originalité du thème, la période, la fréquentation.</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;:&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir la diffusion et la programmation des différentes disciplines artistiques par des évènements porteurs d&amp;#039;une identité départementale, et par des évènements de moindre ampleur mais qui permettent l&amp;#039;animation de territoires ruraux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département  en relation avec leur territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre demande&lt;/li&gt;&lt;li&gt;Dossier artistique&lt;/li&gt;&lt;li&gt;Présentation du projet&lt;/li&gt;&lt;li&gt;Budget&lt;/li&gt;&lt;li&gt;Bilan
+de l&amp;#039;année N-1 (si une aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Dossier de demande de subvention complété
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour
+les demandes de subvention en fonctionnement
+: &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf) &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au financement de manifestations organisées (plus d&amp;#039;une dizaine de festivals : Festival Musiques en Vivarais Lignon...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Gestionnaire : Jérôme TOURNAYRE - jerome.tournayre&amp;#64;hauteloire.fr - 04 71 07 43 53&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cca9-soutenir-la-diffusion-et-la-programmation-des/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>135557</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création artistique sur les territoires - Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Aide au Spectacle vivant (accompagnement des artistes)</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J4" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Aide à 2 ans : jusqu à 35% du budget du projet, plafond d’aide de 10.000€ // Aide annuelle : 15% maximum du budget du projet, plafond d aide à 3 000€</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Découverte des techniques théâtrale aux jeunes collégiens par des professionnels
-&lt;/p&gt;
+ Objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser les créations sur les territoires, leur diffusion et les liens artistes / publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;émergence et le développement d&amp;#039;artistes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département  en relation avec leur territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
- Collèges publics et privés
-[...14 lines deleted...]
-&lt;p&gt;
+ tout public et public cible politique culturelle&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA)&lt;/li&gt;&lt;li&gt;Dossier artistique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ aide annuelle ou sur deux ans&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention en fonctionnement : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; : &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aide pour les projets autour du théâtre dans les collèges.
+ Favoriser les créations sur les territoires, leur diffusion et les liens artistes / publics, l&amp;#039;émergence et le développement d&amp;#039;artistes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O4" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="T4" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Artistes professionnels confirmés dont le siège social est basé dans le département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de territoire (rencontre du public, sensibilisation artistique, étapes de travail publique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de résidence en Haute-Loire avec première du spectacle sur le lieu de résidence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sollicitation d&amp;#039;autres partenariats (DRAC, autres collectivités, organismes culturels)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X4" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Formulaire-de-demande-de.html</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaires : Jérôme TOURNAYRE - &lt;a href="mailto:jerome.tournayre&amp;#64;hauteloire.fr" target="_self"&gt; jerome.tournayre&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 43 53 et Emilie LANGLOIS - emilie.langlois&amp;#64;hauteloire.fr - 04 71 07 40 28&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/daa2-favoriser-les-creations-sur-les-territoires-e/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>138022</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets autour du théâtre dans les collèges</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Aide pour les projets autour du théâtre dans les collèges</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>4000 € de subvention à la compagnie de l'Alauda qui organise cette manifestation</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découverte des techniques théâtrale aux jeunes collégiens par des professionnels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Collèges publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ dossier de demande de subvention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Annuelle
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide pour les projets autour du théâtre dans les collèges.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Jeunesse
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collège avec atelier théâtre agréé par le Rectorat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
  Direction Déléguée Collèges
 &lt;/p&gt;
 &lt;p&gt;
  Email : &lt;a href="mailto:severine.rancon&amp;#64;hauteloire.fr" target="_self"&gt;colleges&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.43.69
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d23b-soutenir-le-projet-theatre-au-college/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>1067</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets de spectacle vivant structurants</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>http://culture-subvention@grandest.fr</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ culture-subvention&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/47f8-aide-aux-lieux-et-projets-annuels-structurant/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>24873</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals promouvant la création en langues occitane et catalane</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite accompagner les festivals qui jouent un rôle important pour la promotion de la création en langues occitane et catalanes. Les festivals permettent ainsi la diffusion des œuvres et la démocratisation culturelle auprès d&amp;#039;un large public, notamment au travers de l&amp;#039;action culturelle qu&amp;#039;ils peuvent développer. Ils jouent aussi un rôle important en matière économique, en matière touristique et en matière d&amp;#039;aménagement et d&amp;#039;attractivité des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides s&amp;#039;adressent prioritairement aux festivals ayant au minimum un an d&amp;#039;existence. La sélection du dossier et le montant de l&amp;#039;aide Régionale sont conditionnés à l&amp;#039;analyse de tous les critères suivants par le comité conseil.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programmation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Programmation de qualité (spectacles professionnels, choix permettant l&amp;#039;émergence d&amp;#039;une ligne artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diversité artistique, singularité et innovation de la programmation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation notamment d&amp;#039;équipes artistiques régionales professionnelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Diffusion (politique des publics...)
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accessibilité et actions auprès des publics visant à l&amp;#039;élargissement des publics,  notamment des publics empêchés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en dehors de la période du festival, tout au long de l&amp;#039;année privilégiant le développement de saisons culturelles aux côtés du temps fort du Festival
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Attractivité économique et tourisme
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Echanges avec le secteur touristique et ses principaux opérateurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retombées économiques de la manifestation pour son territoire d&amp;#039;implantation et pour la Région.
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant, valorisation de lieux patrimoniaux de la Région par la création artistique et du patrimoine culturel immatériel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Développement territorial
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Complémentarités et synergie avec l&amp;#039;environnement local et départemental (partenariats avec d&amp;#039;autres opérateurs culturels du territoire de proximité).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique de réseau et lien de coopération avec d&amp;#039;autres partenaires régionaux, avec d&amp;#039;autres territoires (Régions, Euro-région Pyrénées-Méditerranée...), avec d&amp;#039;autres festivals, notamment dans la perspective d&amp;#039;optimiser la circulation des œuvres et des équipes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement et dynamisation du territoire avec une attention portée aux territoires ruraux et péri-urbains, à la dynamique sociale (mobilisation de la population locale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Développement durable
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Promotion du développement durable au travers des axes : sensibilisation, citoyenneté et solidarité, égalité Femme/Homme, responsabilité sociétale des entreprises, transports doux et économiques, gestion des déchets et de la ressource...
+  Après avis du comité conseil, et sous réserve de complétude du dossier, les projets retenus sont présentés à la commission culture du Conseil Régional puis soumis au vote de l&amp;#039;Assemblée Régionale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;examen des dossiers se fera au fur et à mesure de leur dépôt sur la plateforme.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas d&amp;#039;éligibilité, les demandes d&amp;#039;aides déposées entre septembre et décembre de l&amp;#039;année N, pour un festival se déroulant sur l&amp;#039;exercice N&amp;#43;1, seront soumises pour vote à l&amp;#039;instance délibérante régionale (Commission Permanente) au cours de l&amp;#039;année suivante, soit année N&amp;#43;1.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  implantation et activité en région
+ &lt;/li&gt;
+ &lt;li&gt;
+  viabilité économique du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée minimale de 2 jours
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au moins 50% de la programmation doit être en langue occitane et/ou catalane
+ &lt;/li&gt;
+ &lt;li&gt;
+  La langue occitane et/ou catalane doit être présente sur le lieu et dans les outils de communication.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Toutes les dépenses de fonctionnement sauf :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création et la maintenance de sites Internet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diffusion de CD
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Langues-et-cultures-catalane-et-occitane-Aide-a-la-diffusion-des</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/aides/#/croccitanie/connecte/F_DCP_FESTIVALS/depot/simple</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour la gestion administrative du dossier :
+ &lt;/strong&gt;
+ caroline.cavailhes&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la nature du projet :
+ &lt;/strong&gt;
+ philippe.vialard&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6b7-langues-et-cultures-catalane-et-occitane-aide/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>95034</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et manifestations d’envergure - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certaines manifestations structurantes et à fort rayonnement régional un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements est recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures culturelles de droit public ou privé à but non lucratif ayant leur siège en région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être manifestation relevant du champ des arts visuels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un projet artistique et culturel de qualité affirmant une ligne artistique identifiée et mettant en oeuvre des actions spécifiques pour développer et sensibiliser les publics,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être manifestation dont une 1ère édition a déjà eu lieu au cours des deux dernières années,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel à une majorité d&amp;#039;artistes professionnels – ayant un N° Siret, une inscription à la Maison des artistes, à l&amp;#039;Agessa, ou ayant le statut d&amp;#039;indépendant et intégrer des artistes en activité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir une rémunération des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une envergure a minima régionale par la fréquentation des publics, l&amp;#039;inscription dans les réseaux, le rayonnement et la visibilité médiatique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;appui d&amp;#039;au moins une collectivité territoriale ou de l&amp;#039;Etat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-manifestations-denvergure/</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0017/depot/simple</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ffac-soutien-aux-festivals-et-manifestations-denve/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>105312</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les créations des professionnels du spectacle vivant - annuel</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Culture - aide à la création en faveur des professionnels du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;Associations ayant un siège social depuis plus de 3 ans avéré sur le territoire confirmé par la diffusion, co-productions, ou résidences sur la Charente&lt;/li&gt;&lt;li&gt;Autres organismes de droit privé ayant une activité depuis plus de 3 ans sur le territoire charentais&lt;/li&gt;&lt;li&gt;Artistes professionnels ayant une activité depuis plus de 3 ans sur le territoire charentais (étude du dossier au cas par cas)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création de spectacles par des compagnies professionnelles ou artistes professionnels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;30 % du projet artistique&lt;/li&gt;&lt;li&gt;Plafond de subvention : 4 000 €&lt;/li&gt;&lt;li&gt;Plancher de subvention : 1 500 € &lt;/li&gt;&lt;li&gt;aide à la diffusion applicable et majorée sur le spectacle &lt;/li&gt;&lt;li&gt;une aide complémentaire possible pour l’achat d’une représentation en fonction du coût de la cession&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nota : le Département, au regard de la nature de la création et des spectacles présentés, se réserve la possibilité de flécher au-delà de ce financement accordé pour la création, un montant lié à de l’achat de spectacle(s). Ce spectacle pourra ensuite être programmé dans un ou plusieurs lieux choisis par le Département.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Artistes et compagnies ayant un siège social depuis moins de trois ans en Charente&lt;/li&gt;&lt;li&gt;Etablissements publics de coopération intercommunale (EPCI)&lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Etablissements d’hébergement pour personnes âgées dépendantes (EHPAD)&lt;/li&gt;&lt;li&gt;Etablissements scolaires&lt;/li&gt;&lt;li&gt;Centres sociaux&lt;/li&gt;&lt;li&gt;Reprise de spectacle (déjà créé mais ayant une nouvelle distribution, mise en scène, décors…)&lt;/li&gt;&lt;li&gt;Spectacles déjà créés et ayant déjà eu une présentation publique avant le dépôt de la demande&lt;/li&gt;&lt;li&gt;Résidences&lt;/li&gt;&lt;li&gt;Compagnies préalablement accompagnées mais dont le projet n’aurait pas assez tourné sur le territoire (5 dates a minima hors auto-production)&lt;/li&gt;&lt;li&gt;Compagnies sises sur le territoire mais dont l’activité, la création et/ou la diffusion ne s’effectuent pas en Charente&lt;/li&gt;&lt;li&gt;Concerts dits « musiques actuelles » *&lt;/li&gt;&lt;li&gt;Projets musicaux d’enregistrement (CD, disques, clip…)&lt;/li&gt;&lt;li&gt;Projets sur des contenus n’impliquant pas d’écriture multimédia et numérique spécifique (ciné-concert, projection vidéo sur plateau faisant office de décor, court-métrage…)&lt;/li&gt;&lt;li&gt;Projets dont le budget prévisionnel puis réalisé est inférieur à 10 000 € et n’auraient pas d’autre partenaire que le Département de la Charente&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* à l’exception d’un projet par an sélectionné par La Nef d’Angoulême&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Détentrice des licences n° 2 et 3 ou/et veille au respect du travail et de la législation en vigueur&lt;/li&gt;&lt;li&gt;Projet de création de spectacle « jeune public » ou « tout public » intégrant au moins 4/5 diffusions dans son budget prévisionnel sur le territoire&lt;/li&gt;&lt;li&gt;le projet détaillé doit comporter :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;o	le descriptif de la création artistique :&lt;/p&gt;&lt;p&gt;-	définition du projet de spectacle (style, répertoire, scénographie…)&lt;/p&gt;&lt;p&gt;-	présentation de l’équipe artistique, technique&lt;/p&gt;&lt;p&gt;-	publics et lieux visés&lt;/p&gt;&lt;p&gt;-	types de scènes choisies&lt;/p&gt;&lt;p&gt;o	les charges de la compagnie :&lt;/p&gt;&lt;p&gt;-	salariat artistique et technique (DADS/ DSN)&lt;/p&gt;&lt;p&gt;-	charges artistiques (prestations, honoraires)&lt;/p&gt;&lt;p&gt;-	charges administratives (secrétariat, comptabilité)&lt;/p&gt;&lt;p&gt;-	partenariats publics et privés menés&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projet faisant intervenir que des professionnels rémunérés dans sa conception et sa diffusion&lt;/li&gt;&lt;li&gt;Demande de subvention doit être faite en amont de la présentation au public (au minimum 4 mois avant la première représentation)&lt;/li&gt;&lt;li&gt;Budget prévisionnel devra illustrer le caractère départemental de la création par la présence de plusieurs partenaires financiers (publics et privés)&lt;/li&gt;&lt;li&gt;Budget prévisionnel puis réalisé supérieur ou égal à 10 000 €&lt;/li&gt;&lt;li&gt;Limité à une demande par an et par bénéficiaire (les associations dites « productrices » de spectacles, porteuses de plusieurs projets issus de compagnies différentes seront examinées au cas par cas)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande&lt;/li&gt;&lt;li&gt;copie des contrat et/ou devis signés avec les artistes professionnels rémunérés associés à la création&lt;/li&gt;&lt;li&gt;copie des devis techniques signés&lt;/li&gt;&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : un premier acompte de 80 % à la notification de décision. Le solde (20 %) après transmission du budget réalisé de la création. Le versement interviendra environ deux mois avant la fin de l’année civile, sous réserve de la complétude du dossier.&lt;/p&gt;&lt;p&gt;En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l’action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/Aide_a_la_creation_professionnelle.pdf</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : &lt;span&gt;mars (1ère session) et septembre (2e session) de l’année civile&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La demande doit être déposée au minimum 4 mois avant le début du projet de création&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyen &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c68e-soutenir-les-creations-des-professionnels-du-/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>105323</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les associations du spectacle vivant ayant un parc de matériels</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Culture - parcs de matériels</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux associations ayant un parc de matériel scénique (son, lumière...) mis à disposition de structures, sous forme de location, pour l&amp;#039;accueil de manifestations culturelles et de spectacles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un autofinancement associatif égal ou supérieur à 20% du plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  la subvention s&amp;#039;applique à des achats de matériel dont le montant est supérieur à 500 € (les acquisitions inférieures à ce montant sont alors prises en charge par l&amp;#039;association, dans l&amp;#039;autofinancement et ce seuil permet au Département de financer des achats plus conséquents avec possibilité d&amp;#039;amortissement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un taux maximum de 50% est appliqué sur le plan de financement, avec devis à l&amp;#039;appui
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plafond annuel subventionnable fixé à 40.000 € HT pour un plafond de subvention fixé à 10.000 € pour la catégorie 1 et 4.500 € pour la catégorie 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 – les parcs de matériels départementaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Base de calcul : acquisition de matériels (plan de financement) ; achat supérieur à 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ Critère 1 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond subventionnable &amp;#61; 40.000 € HT / 25% par achat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafonné à 10.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 2 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Structure administrative (création, emplois permanents)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 à 2.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 3 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Activité de l&amp;#039;association (rayonnement, structures, bénéficiaires, interventions, grandes manifestations, tarification)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 à 1.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 4 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Impact développement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 ou 500 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 – les parcs de matériels secondaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Base de calcul : acquisition de matériels (plan de financement) ; achat supérieur à 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ Critère 1 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond subventionnable &amp;#61; 40.000 € HT / 25% par achat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafonné à 4.500 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 2 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Structure administrative (création, emplois permanents)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 à 2.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 3 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Activité de l&amp;#039;association (rayonnement, structures, bénéficiaires, interventions, grandes manifestations, tarification)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 à 1.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critère 4 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Impact développement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 0 ou 500 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eléments d&amp;#039;appréciation :
+&lt;/p&gt;
+&lt;p&gt;
+ La structure associative :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ancienneté de l&amp;#039;association
+ &lt;/li&gt;
+ &lt;li&gt;
+  prise en compte de la structure de gestion (bénévolat ou salarié permanent)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son activité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rayonnement des actions sur le territoire charentais
+ &lt;/li&gt;
+ &lt;li&gt;
+  actions hors département
+ &lt;/li&gt;
+ &lt;li&gt;
+  nombre d&amp;#039;interventions techniques et de locations de matériels par année civile
+ &lt;/li&gt;
+ &lt;li&gt;
+  budget de fonctionnement réalisé sur l&amp;#039;année N-1 (compte de résultat)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la tarification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les acquisitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  plan de financement des achats de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  devis à l&amp;#039;appui
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Développement durable :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  maîtrise de l&amp;#039;énergie, recyclage, prévention pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  revente du matériel amorti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, une classification à 2 niveaux est appliquée :
+&lt;/p&gt;
+&lt;p&gt;
+ 1.	les parcs de matériels départementaux (catégorie 1) :
+ il s&amp;#039;agit là d&amp;#039;associations ayant un lien avec le territoire départemental, disposant d&amp;#039;un budget de fonctionnement supérieur à 100 000 € et d&amp;#039;au moins un emploi permanent
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	les parcs de matériels secondaires (catégorie 2) :
+ dans ce second cas, sont identifiées les associations récentes disposant d&amp;#039;un parc en cours de constitution et nécessitant une empreinte sur le département ; leur gestion est assurée par des bénévoles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  les copies des devis des acquisitions envisagées
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inventaire du matériel
+ &lt;/li&gt;
+ &lt;li&gt;
+  les interventions de location de l&amp;#039;année N-1 avec les coordonnées des structures (nom de la commune uniquement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la liste du matériel vendu année N-1
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : 50% à la signature de la convention et solde au prorata des factures acquittées
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Action_culturelle/6121_Parcs_de_materiels.pdf</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : au moins 3 mois avant les acquisitions
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 74 51
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a670-soutenir-les-associations-ayant-un-parc-de-ma/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>165337</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les créations des professionnels du spectacle vivant - triennal</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Culture - aide à la création en faveur des professionnels du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;Associations ayant un siège social depuis plus de 3 ans avéré sur le territoire confirmé par la diffusion, co-productions, ou résidences sur la Charente&lt;/li&gt;&lt;li&gt;Autres organismes de droit privé ayant une activité depuis plus de 3 ans sur le territoire charentais&lt;/li&gt;&lt;li&gt;Artistes professionnels ayant une activité depuis plus de 3 ans sur le territoire charentais (étude du dossier au cas par cas)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création de spectacles par des compagnies professionnelles ou artistes professionnels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;N &amp;#61; 7 000 € ; N&amp;#43;1 &amp;#61; 6 000 € ; N&amp;#43;2 &amp;#61; 5 000 €&lt;/li&gt;&lt;li&gt;Facultatif : en fonction des projets de spectacles, un montant pourra être fléché au sein de cette convention pour de l’achat de spectacle(s)*&lt;/li&gt;&lt;li&gt;Subvention dégressive appuyée d’une convention triennale soumise à un avenant annuel&lt;/li&gt;&lt;li&gt;Dossier annuel devra être remis au Département, présentant le bilan qualitatif et financier et les perspectives (budget prévisionnel et actions à venir) du projet accompagné dans le cadre de cette convention&lt;/li&gt;&lt;li&gt;Cumul possible avec l’aide à la diffusion&lt;/li&gt;&lt;li&gt;Cumul non possible avec « La Charente s’exporte » pendant la durée du conventionnement* &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Au cas par cas, le Département, au regard de la nature de la création et des spectacles présentés, se réserve la possibilité de flécher au sein de cette convention un financement dédié à de l’achat et à de la diffusion du projet dans un ou plusieurs lieux choisis par le Département.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Artistes et compagnies ayant un siège social depuis moins de trois ans en Charente&lt;/li&gt;&lt;li&gt;Etablissements publics de coopération intercommunale (EPCI)&lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Etablissements d’hébergement pour personnes âgées dépendantes (EHPAD)&lt;/li&gt;&lt;li&gt;Etablissements scolaires&lt;/li&gt;&lt;li&gt;Centres sociaux&lt;/li&gt;&lt;li&gt;Reprise de spectacle (déjà créé mais ayant une nouvelle distribution, mise en scène, décors…)&lt;/li&gt;&lt;li&gt;Spectacles déjà créés et ayant déjà eu une présentation publique avant le dépôt de la demande&lt;/li&gt;&lt;li&gt;Résidences&lt;/li&gt;&lt;li&gt;Compagnies préalablement accompagnées mais dont le projet n’aurait pas assez tourné sur le territoire (5 dates a minima hors auto-production)&lt;/li&gt;&lt;li&gt;Compagnies sises sur le territoire mais dont l’activité, la création et/ou la diffusion ne s’effectuent pas en Charente&lt;/li&gt;&lt;li&gt;Concerts dits « musiques actuelles » *&lt;/li&gt;&lt;li&gt;Projets musicaux d’enregistrement (CD, disques, clip…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* à l’exception d’un projet par an sélectionné par La Nef d’Angoulême&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Compagnie ayant développé des projets et des spectacles justifiant une activité de compagnie&lt;/li&gt;&lt;li&gt;Détentrice des licences n° 2 et 3 et/ou de veiller au respect de la législation du travail&lt;/li&gt;&lt;li&gt;Projet de création de spectacle « jeune public » ou « tout public » intégrant au moins 4/5 diffusions dans son budget prévisionnel sur le territoire&lt;/li&gt;&lt;li&gt;le projet détaillé doit comporter :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;o	la création artistique :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	définition du projet de spectacle (style, répertoire, scénographie…)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	présentation de l’équipe artistique, technique&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	publics et lieux visés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	types de scènes choisies&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o	l’action culturelle :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	formation des publics, ateliers, médiations avec lieux, dates et participants&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	activités de la compagnie sur son lieu d’implantation (création, diffusion, accueil de compagnies extérieures, programmation, manifestations, gestion d’un lieu)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	partenariats publics et privés menés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o	les charges de la compagnie :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	salariat artistique et technique (DADS/ DSN)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	charges artistiques (prestations, honoraires)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	charges administratives (secrétariat, comptabilité)&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projet faisant intervenir que des professionnels rémunérés dans sa conception et sa diffusion&lt;/li&gt;&lt;li&gt;Demande de subvention doit être faite en amont de la présentation au public&lt;/li&gt;&lt;li&gt;Budget annuel supérieur à 40 000 €&lt;/li&gt;&lt;li&gt;Un emploi permanent ou chargé de diffusion/production mutualisé&lt;/li&gt;&lt;li&gt;Projet de spectacles identifié ou autour d’un thème clairement choisi pour 3 ans&lt;/li&gt;&lt;li&gt;Spectacle précédent diffusé au moins 5 fois sur le territoire et au-delà&lt;/li&gt;&lt;li&gt;Programmation du spectacle selon un nombre de représentations significatif, y compris en Charente. Les spectacles « à la recette » peuvent être pris en compte au titre de la promotion ou de l’expérimentation artistique&lt;/li&gt;&lt;li&gt;Partenariat ou soutien avec un lieu de diffusion en Charente ou de la Région Nouvelle-Aquitaine (accueil, résidence, achat de spectacles…)&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;Au terme de la convention triennale, un délai de carence de 3 ans sera observé avant de pouvoir à nouveau s’inscrire sur ce dispositif de conventionnement triennal.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande&lt;/li&gt;&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : un premier acompte de 80 % à la notification de décision. Le solde (20 %) après transmission du budget réalisé de la création. Le versement interviendra environ deux mois avant la fin de l’année civile, sous réserve de la complétude du dossier.&lt;/p&gt;&lt;p&gt;En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l’action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/Aide_a_la_creation_professionnelle.pdf</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : &lt;span&gt;mars (1ère session) et septembre (2e session) de l’année civile&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La demande doit être déposée 3 mois avant le début du projet de création&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyen &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-creations-des-professionnels-du-spectacle-vivant-annuel/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>163063</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals, les manifestations et la diffusion dans le secteur du cinéma</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals, aux manifestations et à la diffusion</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le soutien à la diffusion a pour but de contribuer à :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;favoriser un accès à la diversité de la création cinématographique et audiovisuelle pour tous et sur l’ensemble du territoire régional ;&lt;/li&gt; 	&lt;li&gt;développer l&amp;#039;animation de proximité, faciliter la diffusion des œuvres cinématographiques et audiovisuelles de qualité et souvent peu médiatisées ;&lt;/li&gt; 	&lt;li&gt;contribuer à l’attractivité économique des territoires, à la professionnalisation des acteurs du cinéma et de l’audiovisuel en région ;&lt;/li&gt; 	&lt;li&gt;accompagner la création cinématographique et audiovisuelle ;&lt;/li&gt; 	&lt;li&gt;soutenir l’émergence de nouveaux talents sur le territoire ;&lt;/li&gt; 	&lt;li&gt;renouveler et rajeunir le public en salles ;&lt;/li&gt; 	&lt;li&gt;mettre en place des mesures réduisant l’empreinte écologique des festivals et des lieux de diffusion ;&lt;/li&gt; 	&lt;li&gt;aider à la structuration du secteur en développant des marchés professionnels et rencontres de l’écosystème.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Des associations :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;dont l’objet statutaire est en lien avec le cinéma ou l’audiovisuel ;&lt;/li&gt; 	&lt;li&gt;pouvant justifier d’au moins une année de fonctionnement ;&lt;/li&gt; 	&lt;li&gt;présentant un compte de résultat équilibré à l’année N-1.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Pour les festivals et manifestation&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Une durée supérieure à 3 jours ;&lt;/li&gt; 	&lt;li&gt;une direction artistique affirmée attestant d’un travail de fond sur les œuvres cinématographiques ou audiovisuelles concernées, avec une place donnée à la découverte, à l’émergence et à l&amp;#039;innovation dans la programmation. Une part très significative du budget doit être consacrée aux postes artistiques ;&lt;/li&gt; 	&lt;li&gt;une recherche de la diversification des publics par la mise en place : 	&lt;ul&gt; 		&lt;li&gt;d&amp;#039;une politique tarifaire et de relations avec les populations, en particulier le public jeune (lycéens, apprentis) ainsi que les publics issus de milieux défavorisés ou éloignés de la culture ;&lt;/li&gt; 		&lt;li&gt;d&amp;#039;actions culturelles (rencontres avec les scolaires, ateliers d’éducation aux images...), avec implication du tissu professionnel, économique, social et associatif local dans la mise en œuvre de l&amp;#039;événement ;&lt;/li&gt; 		&lt;li&gt;approches inclusives, favorisant la diversité et la mixité dans la programmation mais aussi dans les équipes artistiques et techniques, les intervenants et le public.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;développer une démarche écoresponsable lors de la préparation et pendant le déroulement du festival ou de la manifestation afin de réduire l’empreinte carbone et sensibiliser les intervenants et le public à cette démarche ;&lt;/li&gt; 	&lt;li&gt;une démarche de structuration du secteur ;&lt;/li&gt; 	&lt;li&gt;accueil de réalisateurs, de techniciens, d&amp;#039;interprètes ;&lt;/li&gt; 	&lt;li&gt;rencontres professionnelles ;&lt;/li&gt; 	&lt;li&gt;participation à des réseaux régionaux ou nationaux ;&lt;/li&gt; 	&lt;li&gt;développement de partenariats avec d&amp;#039;autres manifestations ou structures culturelles ;&lt;/li&gt; 	&lt;li&gt;organisation d’événements (rencontres, ateliers, résidences) visant l’appui à la jeune création, l&amp;#039;émergence ou l’accompagnement de nouveaux scénaristes ;&lt;/li&gt; 	&lt;li&gt;des implications financières multiples : publiques et privées, et en particulier une aide significative des collectivités locales (communes et/ou communauté de communes, département) manifestant ainsi leur intérêt et leur soutien pour les projets présentés. La Région n’intervient pas isolément des autres partenaires institutionnels qui partagent avec elle la responsabilité du territoire de Provence-Alpes-Côte d’Azur ; elle ne peut donc pas être appelée en substitution aux carences des autres collectivités publiques ;&lt;/li&gt; 	&lt;li&gt;un partenariat (information, communication, suivi, bilan) avec l&amp;#039;institution régionale pour : 	&lt;ul&gt; 		&lt;li&gt;une complémentarité avec la politique régionale menée sur le cinéma et l&amp;#039;audiovisuel (éducation aux images, diffusion de films produits ou réalisés en région, etc.) ;&lt;/li&gt; 		&lt;li&gt;favoriser la dimension territoriale régionale et la dynamique culturelle en termes de diffusion, création (soutien aux artistes régionaux), partenariat et communication avec les autres manifestations.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Pour le soutien à la diffusion&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Sont éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;l’activité de réseau de salles labellisées art et essai et indépendantes ;&lt;/li&gt; 	&lt;li&gt;les réseaux itinérants dans la mesure où ils sont labellisés art et essai et donnent accès à la diversité de la création cinématographique dans les territoires éloignés de la culture (à l’exclusion des salles fixes) ;&lt;/li&gt; 	&lt;li&gt;la diffusion du patrimoine cinématographique, y compris dans le cadre d’actions de collecte, de conservation et de valorisation de ce patrimoine et dans la mesure où les normes requises en la matière sont respectée.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour les festivals et manifestation&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Une durée supérieure à 3 jours ;&lt;/li&gt; 	&lt;li&gt;une direction artistique affirmée attestant d’un travail de fond sur les œuvres cinématographiques ou audiovisuelles concernées, avec une place donnée à la découverte, à l’émergence et à l&amp;#039;innovation dans la programmation. Une part très significative du budget doit être consacrée aux postes artistiques ;&lt;/li&gt; 	&lt;li&gt;une recherche de la diversification des publics par la mise en place : 	&lt;ul&gt; 		&lt;li&gt;d&amp;#039;une politique tarifaire et de relations avec les populations, en particulier le public jeune (lycéens, apprentis) ainsi que les publics issus de milieux défavorisés ou éloignés de la culture ;&lt;/li&gt; 		&lt;li&gt;d&amp;#039;actions culturelles (rencontres avec les scolaires, ateliers d’éducation aux images...), avec implication du tissu professionnel, économique, social et associatif local dans la mise en œuvre de l&amp;#039;événement ;&lt;/li&gt; 		&lt;li&gt;approches inclusives, favorisant la diversité et la mixité dans la programmation mais aussi dans les équipes artistiques et techniques, les intervenants et le public.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;développer une démarche écoresponsable lors de la préparation et pendant le déroulement du festival ou de la manifestation afin de réduire l’empreinte carbone et sensibiliser les intervenants et le public à cette démarche ;&lt;/li&gt; 	&lt;li&gt;une démarche de structuration du secteur ;&lt;/li&gt; 	&lt;li&gt;accueil de réalisateurs, de techniciens, d&amp;#039;interprètes ;&lt;/li&gt; 	&lt;li&gt;rencontres professionnelles ;&lt;/li&gt; 	&lt;li&gt;participation à des réseaux régionaux ou nationaux ;&lt;/li&gt; 	&lt;li&gt;développement de partenariats avec d&amp;#039;autres manifestations ou structures culturelles ;&lt;/li&gt; 	&lt;li&gt;organisation d’événements (rencontres, ateliers, résidences) visant l’appui à la jeune création, l&amp;#039;émergence ou l’accompagnement de nouveaux scénaristes ;&lt;/li&gt; 	&lt;li&gt;des implications financières multiples : publiques et privées, et en particulier une aide significative des collectivités locales (communes et/ou communauté de communes, département) manifestant ainsi leur intérêt et leur soutien pour les projets présentés. La Région n’intervient pas isolément des autres partenaires institutionnels qui partagent avec elle la responsabilité du territoire de Provence-Alpes-Côte d’Azur ; elle ne peut donc pas être appelée en substitution aux carences des autres collectivités publiques ;&lt;/li&gt; 	&lt;li&gt;un partenariat (information, communication, suivi, bilan) avec l&amp;#039;institution régionale pour : 	&lt;ul&gt; 		&lt;li&gt;une complémentarité avec la politique régionale menée sur le cinéma et l&amp;#039;audiovisuel (éducation aux images, diffusion de films produits ou réalisés en région, etc.) ;&lt;/li&gt; 		&lt;li&gt;favoriser la dimension territoriale régionale et la dynamique culturelle en termes de diffusion, création (soutien aux artistes régionaux), partenariat et communication avec les autres manifestations.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Pour le soutien à la diffusion&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Sont éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;l’activité de réseau de salles labellisées art et essai et indépendantes ;&lt;/li&gt; 	&lt;li&gt;les réseaux itinérants dans la mesure où ils sont labellisés art et essai et donnent accès à la diversité de la création cinématographique dans les territoires éloignés de la culture (à l’exclusion des salles fixes) ;&lt;/li&gt; 	&lt;li&gt;la diffusion du patrimoine cinématographique, y compris dans le cadre d’actions de collecte, de conservation et de valorisation de ce patrimoine et dans la mesure où les normes requises en la matière sont respectée.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Une demande en action spécifique&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les subventions spécifiques doivent avoir un effet incitatif, c&amp;#039;est-à-dire que le porteur de projet doit déposer sa demande de subvention à la Région au plus tard trois mois avant la date prévisionnelle de début de réalisation de l’action en question. Le dépôt de dossier de demande de subvention ne vaut pas promesse de subvention.&lt;/p&gt;
+&lt;p&gt;Le dépôt de dossier de demande de subvention ne vaut pas promesse de subvention.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Une demande en exploitation&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les demandes de subvention d’exploitation doivent être déposées au plus tard trois mois avant le début de l’exercice comptable concerné. Un même bénéficiaire ne peut prétendre à plus d’une subvention d’exploitation sur un même exercice comptable.&lt;/p&gt;
+&lt;p&gt;Le dépôt de dossier de demande de subvention ne vaut pas promesse de subvention.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Une demande en investissement&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les subventions régionales doivent avoir un effet incitatif, c’est-à-dire que le porteur de projet doit déposer sa demande de subvention à la Région au moins trois mois avant la date prévisionnelle de commencement d’exécution du projet en question.&lt;/p&gt;
+&lt;p&gt;Le dépôt de dossier de demande de subvention ne vaut pas promesse de subvention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-festivals-aux-manifestations-et-a-la-diffusion</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Fanny GRAFFAULT, Chargée de mission production-diffusion&lt;/p&gt;
+&lt;p&gt;&lt;a href="mailto:fgraffault&amp;#64;maregionsud.fr"&gt;       fgraffault&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Jocelyne ROGLIANO, Assistante gestionnaire&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;&lt;u&gt;&lt;a href="mailto:jrogliano&amp;#64;maregionsud.f"&gt;jrogliano&amp;#64;maregionsud.f&lt;/a&gt;&lt;/u&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-festivals-aux-manifestations-et-a-la-diffusion/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>162753</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les artistes : musique, théâtre, arts du mouvement</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux artistes : musique, théâtre, arts du mouvement</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; favoriser la permanence d’artistes professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt;encourager leur rayonnement en région et à l’échelle nationale et internationale&lt;/li&gt; 	&lt;li&gt; soutenir l’emploi des artistes professionnels&lt;/li&gt; 	&lt;li&gt; soutenir la création et la production dans la pluralité des esthétiques musicales&lt;/li&gt; 	&lt;li&gt;encourager la rencontre avec les publics les plus diversifiés et les acteurs des territoires&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les équipes artistiques professionnelles ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt; Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;Ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;En conformité avec la réglementation liée avec l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt; Subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Dans le cadre d’une action spécifique de résidence pourront être éligibles des projets portés par des associations autour d’une équipe artistique professionnelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les compagnies&lt;/li&gt; 	&lt;li&gt;Groupes et ensembles de pratiques amateurs (orchestres, harmonies, chorales, etc.)&lt;/li&gt; 	&lt;li&gt;Les autres structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;Les communes et intercommunalités et leurs établissements publics&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les dépenses relatives à la réalisation de ces travaux, en dehors des frais d’études préalables.&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Sont exclus :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les aires de jeux (toboggans, balançoires…) ;&lt;/li&gt; 	&lt;li&gt;les petits équipements des cours de récréation des établissements scolaires ;&lt;/li&gt; 	&lt;li&gt;les aires de pique-nique ;&lt;/li&gt; 	&lt;li&gt; les aires de stationnement ;&lt;/li&gt; 	&lt;li&gt; les aménagements paysagers ;&lt;/li&gt; 	&lt;li&gt; l’aménagement et restauration de locaux d’accueil et de convivialité ;&lt;/li&gt; 	&lt;li&gt; les clubs house ;&lt;/li&gt; 	&lt;li&gt; les locaux administratifs ;&lt;/li&gt; 	&lt;li&gt; les vestiaires, sanitaires et douches ;&lt;/li&gt; 	&lt;li&gt; les locaux techniques de stockage de matériel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Au-delà des exclusions mentionnées dans les conditions générales, sont également retirées les dépenses non liées à l’équipement sportif proprement dit, ainsi que les frais d’études, annexes et vrd.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les dépenses relatives à la réalisation de ces travaux, en dehors des frais d’études préalables.&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Sont exclus :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les aires de jeux (toboggans, balançoires…) ;&lt;/li&gt; 	&lt;li&gt;les petits équipements des cours de récréation des établissements scolaires ;&lt;/li&gt; 	&lt;li&gt;les aires de pique-nique ;&lt;/li&gt; 	&lt;li&gt; les aires de stationnement ;&lt;/li&gt; 	&lt;li&gt; les aménagements paysagers ;&lt;/li&gt; 	&lt;li&gt; l’aménagement et restauration de locaux d’accueil et de convivialité ;&lt;/li&gt; 	&lt;li&gt; les clubs house ;&lt;/li&gt; 	&lt;li&gt; les locaux administratifs ;&lt;/li&gt; 	&lt;li&gt; les vestiaires, sanitaires et douches ;&lt;/li&gt; 	&lt;li&gt; les locaux techniques de stockage de matériel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Au-delà des exclusions mentionnées dans les conditions générales, sont également retirées les dépenses non liées à l’équipement sportif proprement dit, ainsi que les frais d’études, annexes et vrd.&lt;/p&gt; &lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-artistes-musique-theatre-arts-du-mouvement</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-artistes-musique-theatre-arts-du-mouvement/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>10304</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Programmer des spectacles présentés par des équipes artistiques régionales</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets soutenus par la Région doivent permettre :
+  &lt;/li&gt;
+  &lt;li&gt;
+   un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ L&amp;#039;aide accordée ne peut excéder 50% du montant mentionné dans le contrat de cession. Son montant ne peut être inférieur à 500 €  (plancher) et supérieur à 2 000 € (plafond). Le montant annuel cumulé pour un même programmateur est limité à 4 000 €, pour un maximum de 5 représentations par an. Dépenses éligibles : Dépenses artistiques liées à la programmation du spectacle faisant l&amp;#039;objet de la demande : cession ou rémunération directe (frais d&amp;#039;approche non pris en compte).
+ &lt;p&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ces spectacles peuvent faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 3 années civiles suivant l&amp;#039;année de leur création, dans la limite de 12 représentations maximum ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est sollicitée pour une représentation par spectacle programmé, hors séances scolaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un même programmateur peut mobiliser le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   De la même façon, un même lieu peut accueillir une programmation mobilisant le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine  Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04bb-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>95031</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et aux manifestations dans les secteurs de l’économie culturelle et de la création numérique</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals et aux manifestations dans les secteurs des industries créatives</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du cinéma et de l&amp;#039;audiovisuel :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics, et participer à la cohérence du territoire en termes culturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel et la pérennité des équipes de création en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la promotion des équipes artistiques en région, et au-delà du territoire régional,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du livre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir et accompagner la création littéraire contemporaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dynamiser le développement de la vie littéraire en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la professionnalisation et la coopération des acteurs du livre en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé en fonction de la nature, de l&amp;#039;ampleur, de la qualité du projet ainsi que des partenariats financiers établis. Une subvention pluriannuelle peut être proposée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations et structures culturelles de droit public ou privé ayant leur siège en région Grand Est, dont le projet est entièrement dédié à la promotion des oeuvres cinématographiques, audiovisuelles, nouveaux medias, du livre ou de la lecture et dont l&amp;#039;action se déroule en région Grand Est. Les collectivités territoriales. Les bénéficiaires doivent être implantés en région Grand Est ou y mener leur activité de façon effective.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du cinéma ou de l&amp;#039;audiovisuel , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   développer un projet culturel et artistique identifié et de qualité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;entourer d&amp;#039;une équipe compétente ou de professionnels pour l&amp;#039;organisation et la programmation du festival ou de la manifestation, respecter les conditions de rémunération des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier l&amp;#039;engagement d&amp;#039;au moins une collectivité publique locale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   équilibrer son budget prévisionnel et prouver la viabilité du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du secteur du livre , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   soutenir et accompagner la création littéraire contemporaine,
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamiser le développement de la vie littéraire en région,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter la chaîne du livre et les conditions de rémunération des auteurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser la professionnalisation et la coopération des acteurs du livre en région, par exemple sous forme de rencontres professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une manifestation avec une programmation cohérente et de qualité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer au développement de l&amp;#039;économie du livre à l&amp;#039;échelle régionale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une stratégie de rayonnement régional voire national ou international,
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier d&amp;#039;une pluralité de financements et d&amp;#039;une part significative dédiée aux frais artistiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts liés à l&amp;#039;organisation des festivals et des manifestations sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-aux-manifestations-secteurs-de-leconomie-culturelle-de-creation-numerique/</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0022/depot/simple</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+   /
+   &lt;a href="mailto:cinema.audiovisuel&amp;#64;grandest.fr"&gt;
+    cinema.audiovisuel&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-ecoculture&amp;#64;grandest.fr"&gt;
+    versements-ecoculture&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépôt des dossiers :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La date de réception par la Région du dossier complet doit être antérieure au démarrage de l&amp;#039;opération d&amp;#039;au moins 4 mois. L&amp;#039;ensemble de la procédure de dépôt des dossiers, dossier administratif et dossier de projet, ainsi que de sollicitation des versements de la subvention régionale octroyée, est dématérialisée Le dépôt de dossier s&amp;#039;effectue par voie électronique à l&amp;#039;une des adresses suivantes :
+  &lt;a rel="noopener" target="_blank"&gt;
+   cinema.audiovisuel&amp;#64;grandest.fr
+  &lt;/a&gt;
+  ou
+  &lt;a rel="noopener" target="_blank"&gt;
+   livre&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aee-soutien-aux-festivals-et-aux-manifestations-d/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>95033</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux outils de promotion - Arts visuels et Spectacles Vivants</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Arts visuels
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  artiste professionnel du champ des arts visuels exerçant une activité régulière dans la région Grand Est,
+ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  association, porteur juridique du projet du collectif d¡¦artistes installée dans la région Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Spectacle vivant
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  équipe artistique professionnelle de spectacle vivant du Grand Est ou bureau de production accompagnant les équipes artistiques dans leurs projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   taux max 50%
+  &lt;/li&gt;
+  &lt;li&gt;
+   plafond 7 500€
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne sont pas éligibles les structures bénéficiant d&amp;#039;un label national ainsi que les structures conventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une activité artistique régulière et reconnue depuis plus de deux ans,
+  &lt;/li&gt;
+  &lt;li&gt;
+   témoigner d&amp;#039;une actualité justifiant la demande,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un plan de valorisation de l&amp;#039;outil de promotion et son intérêt dans le parcours artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : avoir déjà bénéficié d&amp;#039;une aide de la Région au titre de la politique culturelle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les arts visuels : les publications sur support papier ou numérique des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : les supports de promotion audio et audiovisuels réalisés dans des conditions professionnelles et ne faisant pas l&amp;#039;objet d&amp;#039;une commercialisation, ainsi que les support papier,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles les documents de communication : flyers, affiches, tracts.
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts de conception et de fabrication de l&amp;#039;outil. Ne sont pas éligibles les dépenses de valorisation, d&amp;#039;ajustements comptables et d&amp;#039;investissement, les frais bancaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-outils-de-promotion/</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0015/depot/simple</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80b5-aide-aux-outils-de-promotion-arts-visuels-et-/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>165309</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des missions d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin d’assurer un dialogue et une concertation apaisée sur les 
+territoires, l’agence de l’eau accompagne les porteurs de projets pour 
+des prestations ponctuelles d’appui et conseil en sciences sociales sur 
+les usages, les représentations et les concertations liés à 
+l’environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P34" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q34" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-dingenierie-de-la-participation-et-de-la-concertat.html</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-dingenierie-de-la-participation-et-de-la-concertation/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>165275</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les missions d’ingénierie de la participation et de la concertation (Sage et PTGE)</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Mission d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne la structuration et l’animation des 
+démarches de Sage (schéma d’aménagement et de gestion des eaux) et des 
+projets de territoire pour la gestion de l’eau (PTGE).&lt;/p&gt;
+&lt;p&gt;Elle soutient les missions d’ingénierie de la participation et de la 
+concertation dès l’émergence de la démarche, pour faciliter le dialogue.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q35" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-mission-dingenierie-de-la-participation-et-de-la-concertati.html</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-missions-dingenierie-de-la-participation-et-de-la-concertation-sage-et-ptge/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>162467</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides au fonctionnement ou au projet ont comme objectif de soutenir la diversité des esthétiques, des expressions, des formes et des formats dans le champ des arts visuels, du théâtre, de la marionnette, des arts du cirque et de la rue, de la danse et de musique. Les services déconcentrés ou centraux du ministère de la culture apportent ainsi une aide au fonctionnement à des structures ou une aide à des projets spécifiques de création et de diffusion artistiques. &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;aide au projet ou au fonctionnement, spectacle vivant et arts visuels ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Selon les dispositifs et types d’aides, l’instruction de la demande est réalisée à partir de formulaires différents.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention, chaque dispositif a un calendrier propre, qui peut être différent selon les régions. &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_creation-artistique-2024</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question, vous êtes invités à vous adresser aux conseillers arts visuels et spectacle vivant de votre Direction régionale aux affaires culturelles (DRAC). Ils sont les interlocuteurs privilégiés des acteurs culturels et des porteurs de projet en&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>129695</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en danse</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en danse</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette page présente les spécificités de l&amp;#039;aide au projet en danse.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les aides déconcentrées au spectacle vivant (ADSV), et notamment sur les critères d&amp;#039;éligibilité, les modalités d&amp;#039;évaluation des dossiers et les modalités d&amp;#039;attribution de la subvention communs à toutes les esthétiques, rendez-vous ici :
+&lt;/p&gt;
+&lt;a href="https://www.culture.gouv.fr/fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-ADSV" rel="noopener noreferrer" target="_blank"&gt;
+ Présentation générale des ADSV
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;h3&gt;
+ L&amp;#039;aide déconcentrée au spectacle vivant en danse
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans le domaine de la danse
+ &lt;/strong&gt;
+ , la priorité des ADSV est de soutenir les équipes et artistes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qui développent une démarche originale d&amp;#039;écriture chorégraphique
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le travail témoigne d&amp;#039;un univers artistique singulier
+ &lt;/li&gt;
+ &lt;li&gt;
+  qui font ou sont susceptibles de faire référence dans leur domaine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet en danse est une aide ponctuelle, qui contribue à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la production d&amp;#039;une création attestant d&amp;#039;une démarche originale d&amp;#039;écriture chorégraphique et d&amp;#039;un univers artistique singulier
+ &lt;/li&gt;
+ &lt;li&gt;
+  la production d&amp;#039;une recréation ou d&amp;#039;une reprise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ L&amp;#039;aide déconcentrée au spectacle vivant en danse peut être allouée à des artistes ou compagnies professionnels.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le champ chorégraphique concerne
+ &lt;strong&gt;
+  toutes les danses
+ &lt;/strong&gt;
+ : danse baroque, danse contemporaine, danse classique, dans jazz, danse hip-hop, danse moderne, danses du monde, danse néo-classique, danses traditionnelles, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les représentations prévues devront faire l&amp;#039;objet de contrats de cession ou de co-réalisations avec un minimum garanti permettant de couvrir le coût du plateau.
+&lt;/p&gt;
+&lt;h4&gt;
+ Première demande
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucune condition d&amp;#039;éligibilité en terme de nombre de créations, représentations et partenaires préalables n&amp;#039;existe pour les premières demandes.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renouvellement
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour les
+ &lt;strong&gt;
+  projets de création ou de recréation
+ &lt;/strong&gt;
+ , l&amp;#039;équipe devra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter au moins 1 (re)création
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir diffusé au moins 4 représentations dans les 3 mois (3 pour l&amp;#039;outre-mer)
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les
+ &lt;strong&gt;
+  projets de reprise
+ &lt;/strong&gt;
+ , l&amp;#039;aide peut être attribuée pour des créations antérieures, dont l&amp;#039;exploitation a connu une interruption prolongée (au moins 12 mois après la dernière représentation). L&amp;#039;équipe devra justifier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 1 création
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 4 représentations dans les 3 mois (3 pour l&amp;#039;outre-mer), dans au moins 2 lieux différents et dont la visibilité est susceptible de relancer une nouvelle phase de tournée
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;équipe devra également préciser les éventuels ajustements artistiques (scénographie, reprises de rôle, etc.) et devra présenter un plan de travail indiquant les temps de répétition nécessaires, les coûts nouveaux et le calendrier de tournée.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide au projet ne peut être cumulée avec le conventionnement, sauf dans le cas d&amp;#039;une production déléguée portée par une équipe conventionnée pour un autre artiste
+ &lt;/strong&gt;
+ . Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides aux résidences, aides à la recherche, etc.).
+&lt;/p&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ La subvention versée au titre de l&amp;#039;aide au projet en musique est de
+ &lt;strong&gt;
+  10 000 € minimum par projet
+ &lt;/strong&gt;
+ . Ce minimum peut être ajusté à l&amp;#039;économie du projet, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention :
+ &lt;strong&gt;
+  l&amp;#039;aide au projet ne peut être cumulée avec le conventionnement, sauf dans le cas d&amp;#039;une production déléguée portée par une équipe conventionnée pour un autre artiste
+ &lt;/strong&gt;
+ . Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides aux résidences, aides à la recherche, etc.).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Première demande
+&lt;/h4&gt;
+&lt;p&gt;
+ Une attention particulière sera portée aux éléments suivants à la production d&amp;#039;une création attestant d&amp;#039;une démarche originale d&amp;#039;écriture chorégraphique et d&amp;#039;un univers artistique singulier.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renouvellement
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une nouvelle aide au projet prendra en compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le parcours antérieur de l&amp;#039;équipe
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;évolution de l&amp;#039;écriture et des formes produites par le chorégraphe concerné
+ &lt;/li&gt;
+ &lt;li&gt;
+  .l&amp;#039;accueil dont les réalisations antérieures ont bénéficié
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les perspectives avérées de diffusion constitueront un critère prioritaire dans l&amp;#039;attribution de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas d&amp;#039;une
+ &lt;strong&gt;
+  recréation
+ &lt;/strong&gt;
+ ou d&amp;#039;une
+ &lt;strong&gt;
+  reprise
+ &lt;/strong&gt;
+ , seront également appréciés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la place que tient cette pièce dans le parcours du  chorégraphe qui en est l&amp;#039;auteur et dans l&amp;#039;actualité chorégraphique de la période où elle a été créée
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;intérêt de la proposer à nouveau au public
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cohérence du projet avec la démarche de l&amp;#039;artiste, dans le cas où la pièce n&amp;#039;appartient pas au répertoire du chorégraphe concepteur du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts nouveaux entrainés par les modifications portant sur la distribution, la scénographie, les costumes, les lumières, le son ou les répétitions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les dossiers de conventionnement en danse pour 2023 seront à déposer entre mai 2022 et décembre 2022 selon les régions.
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier exact de la DRAC/DAC qui vous concerne.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Avant tout dépôt, il est nécessaire de prendre contact avec votre DRAC/DAC de référence pour vérifier la recevabilité de votre demande
+  &lt;/strong&gt;
+  et vous orienter en fonction de l&amp;#039;évaluation du projet (aide au projet) ou du projet global de l&amp;#039;artiste/équipe (conventionnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le
+  &lt;a rel="noopener" target="_blank"&gt;
+   formulaire de déclaration des engagements pris en matière de lutte contre les violences et le harcèlement sexistes et sexuels (VHSS)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne et déposer un dossier pour le conventionnement en musique, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; ci-dessous.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;h2&gt;
+ L&amp;#039;aide au projet danse en région
+&lt;/h2&gt;
+&lt;h5&gt;
+ Vous trouverez ci-dessous les modalités de dépôt et les contacts en fonction du lieu de réalisation de votre projet. Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier mis en place par la DRAC ou DAC qui vous concerne.
+&lt;/h5&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juin 2023.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yoann DEVUN, Conseiller Danse et Arts du cirque,
+  &lt;a href="mailto:yoann.devun&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   yoann.devun&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 04 72 00 44 63
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stéphanie LAFFORGUE, Assistante-gestionnaire,
+  &lt;a href="mailto:stephanie.lafforgue&amp;#64;culture.gouv.fr"&gt;
+   stephanie.lafforgue&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 24 juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 13 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Bourgogne-Franche-Comté, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alexandre HAILLOT, Conseiller Musique et danse, alexandre.haillot&amp;#64;culture.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fabienne MARCOT, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse ( départements 25-39-70-90),
+  &lt;a href="mailto:fabienne.marcot&amp;#64;culture.gouv.fr"&gt;
+   fabienne.marcot&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 81 65 72 78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Charline VIGNERON, Conseillère Musique et danse,
+  &lt;a href="mailto:charline.vigneron&amp;#64;culture.gouv.fr"&gt;
+   charline.vigneron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sophie RENARD, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse (départements 21-58-71-89),
+  &lt;a href="mailto:sophie.renard&amp;#64;culture.gouv.fr"&gt;
+   sophie.renard&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 80 68 50 38
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Centre-Val de Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jérôme BLOCH, Conseiller Danse, musique et enseignements spécialisés,
+  &lt;a href="mailto:jerome.bloch&amp;#64;culture.gouv.fr"&gt;
+   jerome.bloch&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elise POUGET, Assistante-gestionnaire, Musique et danse,
+  &lt;a href="mailto:elise.pouget&amp;#64;culture.gouv.fr"&gt;
+   elise.pouget&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand-Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 septembre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Grand-Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Anne IACUZZO, Assistante-gestionnaire, Musique et danse (départements 54,55, 88 et 57),
+  &lt;a href="mailto:anne.iacuzzo&amp;#64;culture.gouv.fr"&gt;
+   anne.iacuzzo&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 87 56 41 07
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aurélie ROGUIN, Conseillère Musique et danse (départements 08, 10, 51, 52),
+  &lt;a href="mailto:anne.iacuzzo&amp;#64;culture.gouv.fr"&gt;
+   aurelie.roguin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 26 70 36 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marie-Claude NICOLAS, Assistante-gestionnaire, ensemble du SV (départements 08, 10, 51, 52),
+  &lt;a href="mailto:marie-claude.nicolas&amp;#64;culture.gouv.fr"&gt;
+   marie-claude.nicolas&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria PARJOIE, Assistante-gestionnaire, ensemble du SV (départements 08, 10, 51, 52),
+  &lt;a href="mailto:maria.parjoie&amp;#64;culture.gouv.fr"&gt;
+   maria.parjoie&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 26 70 36 65
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elise SERVERIN, Conseillère Musique et danse (départements 54, 55, 88 et  57),
+  &lt;a href="mailto:elise.serverin&amp;#64;culture.gouv.fr"&gt;
+   elise.serverin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 87 56 41 09
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jean VERNE, Conseiller Musique et danse (départements 67, 68),
+  &lt;a href="mailto:jean.verne&amp;#64;culture.gouv.fr"&gt;
+   jean.verne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 88 15 57 36
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valérie BUCHERT, Assistante-gestionnaire, ensemble du SV (départements 67, 68),
+  &lt;a href="mailto:valerie.buchert&amp;#64;culture.gouv.fr"&gt;
+   valerie.buchert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 88 15 57 35
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 01 septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse dans les Hauts-de-France, vous êtes invités à vous adresser à la DRAC.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 18 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Normandie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mélanie OZOUF, Conseillère musiques actuelles et danse,
+  &lt;a href="mailto:melanie.ozouf&amp;#64;culture.gouv.fr"&gt;
+   melanie.ozouf&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Joëlle ROLLAND, Assistante-Gestionnaire, musiques actuelles et danse,
+  &lt;a href="mailto:joelle.rolland&amp;#64;culture.gouv.fr"&gt;
+   joelle.rolland&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : octobre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : novembre 2023
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Nouvelle-Aquitaine, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marianne VALKENBURG, Conseillère Danse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Florence CHAUDIERE, Conseillère Musique et Danse, florence.chaudiere&amp;#64;culture.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Olga DE LOS REYES, Assistante-Gestionnaire Musique et Danse ,
+  &lt;a href="mailto:olga.delos-reyes&amp;#64;culture.gouv.fr"&gt;
+   olga.delos-reyes&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sophie CARUSO, Assistante-Gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse ,
+  &lt;a href="mailto:sophie.caruso&amp;#64;culture.gouv.fr"&gt;
+   sophie.caruso&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse dans les Pays de la Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Émilie KRIEGER, Conseillère Musique et danse,
+  &lt;a href="mailto:emilie.krieger&amp;#64;culture.gouv.fr"&gt;
+   emilie.krieger&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Florence KLEIN, Assistante-Gestionnaire Danse,
+  &lt;a href="mailto:emilie.krieger&amp;#64;culture.gouv.fr"&gt;
+   florence.klein&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 02 40 14 23 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CALBO, Assistante-Gestionnaire, ensemble du spectacle vivant,
+  &lt;a href="mailto:magali.calbo&amp;#64;culture.gouv.fr"&gt;
+   magali.calbo&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 02 40 14 28 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 28 juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 18 novembre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement danse en Provence-Alpes-Côte d&amp;#039;Azur, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eva ANTONINI, Conseillère Danse,
+  &lt;a href="mailto:eva.antonini&amp;#64;culture.gouv.fr"&gt;
+   eva.antonini&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 04 42 16 14 34
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plamedi MATEMBELE, Assistant(e)-Gestionnaire Danse et musiques,
+  &lt;a href="mailto:plamedi.matembele&amp;#64;culture.gouv.fr"&gt;
+   plamedi.matembele&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 04 42 16 14 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-deconcentrees-au-spectacle-vivant-ADSV-Aide-au-projet-en-danse</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>Délégation générale de la création artistique (DGCA)
+demarches-sv-dgca&amp;#64;culture.gouv.fr
+01 40 15 80 00</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e89b-aides-deconcentrees-au-spectacle-vivant-adsv-/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>137950</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les établissements d enseignements artistiques (musique, danse, théâtre)</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au fonctionnement des établissements d enseignements artistiques (musique, danse, théâtre)</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Forfait en fonction des type d établissement défini dans le schéma</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien au fonctionnement de l&amp;#039;établissement intégré au schéma départemental des enseignements artistiques (musique, danse, théâtre).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ élèves / jeunes inscrits dans les établissements ; mais aussi habitants des territoires
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier spécifique de demande de
+     subvention complété&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle&lt;/p&gt;&lt;p&gt;Pour
+le formulaire spécifique de demande de subvention : se rapprocher du
+gestionnaire &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Education et renforcement des compétences
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;Être intégré au schéma départemental des enseignements artistiques.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ -    Elus du Département de la Haute-Loire :
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -    Service gestionnaire :
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - &lt;a href="mailto:emilie.langlois&amp;#64;hauteloire.fr" target="_self"&gt;culture.patrimoine&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 04 43 76&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaire : Emilie LANGLOIS - emilie.langlois&amp;#64;hauteloire.fr - 04 71 07 40 28
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ff2-soutenir-le-fonctionnement-du-schema-departem/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>95024</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Aider les lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dépôt des dossiers :
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures pouvant s&amp;#039;entourer ou étant dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;une autre collectivité ou de l&amp;#039;Etat pour leur fonctionnement. Ne sont pas concernées par ce dispositif les structures disposant d&amp;#039;un label national au titre de la circulaire du 31 août 2010 du Ministère de la culture et de la communication, ou du programme de scène conventionnée au titre de la circulaire du 5 mai 1999 du Ministère de la culture et de la communication.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-lieux-projets-annuels-structurants/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980b-aide-aux-lieux-et-projets-annuels-culturels-d/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>95032</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux et centres de ressources spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux et centres de ressources spectacle vivant et Arts visuels</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les structures professionnelles positionnées en réseaux ou en centres de ressources et qui contribuent, via l&amp;#039;animation de réseaux et des actions d&amp;#039;information, de médiation ou de formation, à l&amp;#039;accompagnement des acteurs culturels et au développement de la culture sur le territoire et en direction de tous les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités d&amp;#039;accès à la culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+Recommandation : le versement du solde de l&amp;#039;aide antérieure est demandé au plus tard à la date du dépôt du nouveau dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier du rayonnement de leur activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier de son rôle de réseau ou de centre de ressources pour les acteurs culturels et du rayonnement territorial de la structure, être en relation partenariale avec d&amp;#039;autres acteurs de la vie culturelle régionale,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ présenter un projet artistique et culturel global comprenant un ou plusieurs des volets suivants :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   veille sur un sujet déterminé du développement culturel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ingénierie, expertise, conseil aux porteurs de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conception et diffusion d&amp;#039;outils d&amp;#039;appui, d&amp;#039;études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ressources en diffusion ou en matériel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   animation, structuration de réseau,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement, appui, conseil, formation en direction d&amp;#039;artistes professionnels ou en voie de professionnalisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement des pratiques amateurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   actions culturelles en direction de publics spécifiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles adaptées à la nature du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir conventionné avec d&amp;#039;autres partenaires publics – Etat, Villes notamment – constitue un atout,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un budget global de fonctionnement de la structure sur 3 ans si le projet s&amp;#039;inscrit sur une durée de 3 ans dans le cadre d&amp;#039;une convention, sur la base de budgets prévisionnels annuels détaillés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-centres-de-ressources/</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0018/depot/simple</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc33-soutien-aux-reseaux-et-centres-de-ressources-/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>162756</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux lieux : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible et de qualité toute l’année, complémentaires aux festivals et manifestations&lt;/li&gt; 	&lt;li&gt;Favoriser la présence d’artistes sur le territoire et accompagner les artistes, notamment régionaux, dans leur parcours et soutenir l’emploi des professionnels&lt;/li&gt; 	&lt;li&gt; Accueillir les artistes et les œuvres majeures de l’art d’aujourd’hui dans le domaine des arts visuels&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et à l’attractivité économique et touristique du territoire&lt;/li&gt; 	&lt;li&gt;Favoriser la rencontre de l’offre culturelle avec les publics les plus diversifiés, par des actions de diffusion, de médiation, de participation et de recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; Encourager la coopération professionnelle et territoriale dans une dynamique de filière et de mutualisations&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles à une aide régionale :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;span&gt; &lt;/span&gt;les lieux et structures de production et/ou de diffusion dirigés par des artistes ou des professionnels du monde culturel,&lt;/li&gt; 	&lt;li&gt;ayant un établissement ou une succursale situés en région Provence-Alpes-Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote,&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée,&lt;/li&gt; 	&lt;li&gt;le droit de la propriété intellectuelle et du travail,&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et présentant un dossier complet :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; - Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;br /&gt; - Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les spectacles de cabaret ou pratiquant uniquement de l’achat de spectacles&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>139366</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Aider les équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif des « aides déconcentrées au spectacle vivant » (ADSV) constitue le socle de la politique du ministère de la Culture en faveur des équipes artistiques. Ce dispositif soutient les artistes ou équipes artistiques indépendants pour qu&amp;#039;ils puissent développer leur travail de création et en faire bénéficier le public le plus large possible (diffusion). Il contribue à l&amp;#039;accompagnement du parcours de l&amp;#039;artiste ou de l&amp;#039;équipe artistique dans sa dynamique de création avec des aides ponctuelles (aide au projet) ou pluriannuelles (conventionnements pour 2, 3 ou 4 années consécutives).
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;h3&gt;
+ Que sont les aides déconcentrées au spectacle vivant (ADSV) ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dispositif des aides déconcentrées au spectacle vivant (ADSV) constitue le socle de la politique du ministère de la Culture en faveur des équipes artistiques.
+&lt;/p&gt;
+&lt;p&gt;
+ En 2021, le dispositif a concerné :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1.412 équipes artistiques dont :
+  &lt;ul&gt;
+   &lt;li&gt;
+    375 ensembles musicaux
+   &lt;/li&gt;
+   &lt;li&gt;
+    313 compagnies de danse
+   &lt;/li&gt;
+   &lt;li&gt;
+    724 équipes théâtre, cirque et arts de la rue
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  56M€ de crédits attribués par les services déconcentrés du ministère de la Culture en région
+ &lt;/li&gt;
+ &lt;li&gt;
+  700 personnalités qualifiées (programmateurs, artistes, universitaires, etc.) qui se sont mobilisés pour participer à des commissions consultatives et contribuer à éclairer par leurs avis les décisions d&amp;#039;accompagnement des services déconcentrés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aides sont encadrées par des textes réglementaires, réformés en 2021 et 2022, que vous pouvez retrouver en bas de page.
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs de la démarche
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;objectif principal de la démarche est d&amp;#039;accompagner l&amp;#039;artiste ou l&amp;#039;équipe artistique dans sa dynamique de création. Ainsi, l&amp;#039;attribution d&amp;#039;une aide, quelle qu&amp;#039;elle soit, doit constituer une réponse adaptée à une étape identifiée dans une trajectoire professionnelle et tenir compte des temporalités différentes du travail de l&amp;#039;équipe artistique.
+&lt;/p&gt;
+&lt;h3&gt;
+ Les deux catégories d&amp;#039;aides
+&lt;/h3&gt;
+&lt;p&gt;
+ Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;
+  &lt;strong&gt;
+   aide au projet
+  &lt;/strong&gt;
+  est une
+  &lt;strong&gt;
+   aide ponctuelle
+  &lt;/strong&gt;
+  attribuée pour soutenir la production d&amp;#039;une nouvelle création ou pour permettre la reprise ou la recréation d&amp;#039;un spectacle après une période d&amp;#039;interruption.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le
+  &lt;strong&gt;
+   conventionnement
+  &lt;/strong&gt;
+  est une
+  &lt;strong&gt;
+   aide pluriannuelle
+  &lt;/strong&gt;
+  dont l&amp;#039;enjeu est d&amp;#039;apporter, dans la durée, un soutien adapté au cycle d&amp;#039;activité de l&amp;#039;artiste ou de l&amp;#039;équipe artistique. D&amp;#039;une durée de 2, 3 ou 4 ans consécutifs, selon le parcours de l&amp;#039;artiste et le degré de structuration et de maturité de son projet artistique et culturel, cette aide est destinée aux équipes les plus innovantes et confirmées sur le plan artistique et dont les réalisations ont un rayonnement au minimum national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour en savoir plus sur ces aides et vérifier votre éligibilité, vous êtes invités à prendre contact avec votre conseiller référent en région avant tout dépôt de dossier (voir coordonnées en bas de page).
+&lt;/p&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les aides sont destinées à des artistes, collectifs d&amp;#039;artistes, compagnies ou ensembles professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles peuvent être allouées à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un artiste, un collectif d&amp;#039;artistes, une compagnie ou un ensemble professionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  une entreprise artistique et culturelle à qui des artistes, collectifs d&amp;#039;artistes, compagnies ou  ensembles professionnels, concepteurs du projet, ont délégué par contrat la responsabilité de la  mise en œuvre du projet concerné
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans ce dernier cas, une même structure peut assurer le portage de projets pour plusieurs artistes, collectifs, compagnies ou ensembles. Ainsi, la structure peut déposer plusieurs dossiers, en veillant à ne pas dépasser la limite d&amp;#039;une demande par artiste et par année civile.
+&lt;/p&gt;
+&lt;p&gt;
+ Les esthétiques concernées couvrent l&amp;#039;ensemble du champ de la création du spectacle vivant en musique, en danse, théâtre et arts associés (conte, marionnettes, arts de la rue, arts du cirque, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Les artistes et équipes artistiques doivent être en capacité de construire un projet artistique autonome et clairement identifié, et peuvent faire porter leur demande, sur le plan administratif, par une structure tierce (production déléguée) ou une structure mutualisée (par exemple au sein d&amp;#039;un collectif), sauf pour les conventionnements à 3 ans ou à 4 ans en danse et en théâtre et arts associés.
+&lt;/p&gt;
+&lt;h4&gt;
+ Aides déconcentrées au spectacle vivant : musique
+&lt;/h4&gt;
+&lt;p&gt;
+ Les aides déconcentrées au spectacle vivant en musique peuvent être allouée à des artistes solistes, des groupes, des ensembles, des compagnies, des collectifs, des troupes, des chœurs, etc. de l&amp;#039;ensemble de la diversité musicale : musique ancienne (médiévale, renaissance, baroque, etc.), musique classique, musique romantique, musique contemporaine, musiques amplifiées (rock, pop, métal, électro, hip-hop, reggae et tous les dérivés de ces familles musicales), chanson, jazz, musiques improvisées, musiques traditionnelles et du monde, etc. Les musiques peuvent être écrites, orales ou improvisées.
+&lt;/p&gt;
+&lt;h4&gt;
+ Aides déconcentrées au spectacle vivant : danse
+&lt;/h4&gt;
+&lt;p&gt;
+ Les aides déconcentrées au spectacle vivant en danse concernent le champ chorégraphique dans son ensemble : danse baroque, danse contemporaine, danse classique, dans jazz, danse hip-hop, danse moderne, danses du monde, danse néo-classique, danses traditionnelles, etc.
+&lt;/p&gt;
+&lt;h4&gt;
+ Aides déconcentrées au spectacle vivant : théâtre
+&lt;/h4&gt;
+&lt;p&gt;
+ Les aides déconcentrées au spectacle vivant en théâtre, arts de la rue et arts du cirque concernent la diversité des esthétiques et des formes (théâtre dramatique, écritures de plateau, arts de la rue, arts du cirque, marionnettes, théâtre d&amp;#039;objet, théâtre gestuel, arts du récit, etc.), des lieux de représentation (dans des salles de spectacles, d&amp;#039;autres espaces non dédiés, dans l&amp;#039;espace public, sous chapiteau, à domicile, etc.) et de ses publics (adultes, familles, adolescents et enfants, etc.).
+&lt;/p&gt;
+&lt;h4&gt;
+ Aide au projet
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet ne peut pas être cumulée avec le conventionnement pour un même artiste / une même équipe artistique. Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides à la création dans les domaines des arts de la rue et des arts du cirque, aides au compagnonnage auteur, à la recherche, aux résidences, aides à l&amp;#039;écriture musicale, etc.).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les structures dont l&amp;#039;activité principale est l&amp;#039;enseignement, l&amp;#039;animation et l&amp;#039;intervention pédagogique ne sont pas éligibles à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs devront par ailleurs veiller à respecter les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le dépôt des dossiers est limité à une demande par artiste, collectif, équipe ou ensemble et par année civile
+ &lt;/li&gt;
+ &lt;li&gt;
+  les deux types d&amp;#039;aides (conventionnement et projet) ne sont pas cumulables sur une même période
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Aide au projet
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet soutient les projets de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   production
+  &lt;/strong&gt;
+  d&amp;#039;une nouvelle création
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   reprise ou recréation
+  &lt;/strong&gt;
+  d&amp;#039;un spectacle après une période d&amp;#039;interruption
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La création (première représentation ou reprise) du spectacle pour laquelle l&amp;#039;aide a été attribuée doit intervenir au plus tard le 31 août de l&amp;#039;année civile suivant le versement de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être subventionnés, les projets doivent démontrer de l&amp;#039;existence :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;
+  &lt;strong&gt;
+   au moins un partenariat de production
+  &lt;/strong&gt;
+  avec un ou plusieurs entrepreneurs de spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;
+  &lt;strong&gt;
+   un nombre minimal de représentations
+  &lt;/strong&gt;
+  en vue de la représentation du projet aidé
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le nombre de partenariats et de représentations est défini par arrêté du ministre de la Culture pour chaque esthétique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des critères d&amp;#039;éligibilité pour les aides aux projet est détaillé, par discipline, dans l&amp;#039;annexe 2 de la circulaire disponible en bas de page.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour les projets de création, de recréation ou de reprise, l&amp;#039;équipe devra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévoir au moins 3 représentations dans les 20 mois (2 pour l&amp;#039;outre-mer) pour les projets en musique
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévoir au moins 4 représentations dans les 20 mois (3 pour l&amp;#039;outre-mer ou pour une première demande) pour les projets en danse
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévoir au moins 8 représentations dans les 20 mois (5 pour l&amp;#039;outre-mer ou pour une première demande) pour les projets en théâtre et arts associés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les projets de reprise, l&amp;#039;aide peut être attribuée pour des créations antérieures dont l&amp;#039;exploitation a connu une interruption prolongée, d&amp;#039;au moins 12 mois après la dernière représentation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets dont les spécificités (esthétiques, formats, conditions de production ou de diffusion) rendent ces critères difficilement applicables peuvent bénéficier d&amp;#039;une dérogation sur décision motivée du préfet de région.
+&lt;/p&gt;
+&lt;h4&gt;
+ Conventionnement
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;objet de cette aide est d&amp;#039;apporter, dans la durée, un soutien ajusté au cycle d&amp;#039;activité de l&amp;#039;artiste ou de l&amp;#039;équipe artistique et à son potentiel de déploiement d&amp;#039;activités sur plusieurs années. Une modulation de la durée de l&amp;#039;aide sur deux, trois ou quatre ans est prévue afin de l&amp;#039;adapter aux différentes étapes du parcours et aux caractéristiques du projet artistique et culturel, en tenant compte notamment des temps de recherche.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des critères d&amp;#039;éligibilité des projets artistiques et culturelles globaux des équipes est détaillé, par discipline, dans l&amp;#039;annexe 2 de la circulaire disponible en bas de page.
+&lt;/p&gt;
+&lt;h4&gt;
+ Éligibilité au regard du bilan
+&lt;/h4&gt;
+&lt;p&gt;
+ Les critères pris en compte pour la recevabilité d&amp;#039;une demande de conventionnement (activités antérieures et perspectives du projet artistique et culturel à venir) sont :
+&lt;/p&gt;
+&lt;h5&gt;
+ Pour une première demande
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  nombre de représentations
+ &lt;/li&gt;
+ &lt;li&gt;
+  nombre de partenaires de production
+ &lt;/li&gt;
+ &lt;li&gt;
+  nombre de créations ou activités de création réalisées, en priorisant les projets aidés antérieurement par l&amp;#039;État
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En musique
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 2 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées ou non par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    20 représentations
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 3 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    50 représentations dans 2 régions minimum (40 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier d&amp;#039;un partenaire sur cette même période, avec des apports en numéraire ou en nature.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 4 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    70 représentations dans 2 régions minimum (50 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 5 partenaires sur cette même période, avec des apports en numéraire ou en nature.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En danse
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 2 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations
+   &lt;/li&gt;
+   &lt;li&gt;
+    15 représentations
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 2 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans,
+  &lt;/strong&gt;
+  doivent avoir été réalisés dans les 3 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    40 représentations dans 2 régions minimum (30 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 2 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 4 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    90 représentations dans 2 régions minimum (70 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 3 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En théâtre et arts associés
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 2 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées ou non par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    25 représentations
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 2 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 3 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État (1 pour le cirque)
+   &lt;/li&gt;
+   &lt;li&gt;
+    60 représentations (50 pour le cirque, les arts de la rue et l&amp;#039;outre-mer), dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 2 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 4 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    3 créations aidées par l&amp;#039;État (1 pour le cirque)
+   &lt;/li&gt;
+   &lt;li&gt;
+    150 représentations (120 pour le cirque, les arts de la rue et l&amp;#039;outre-mer), dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 3 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Pour une demande de renouvellement
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation des objectifs attachés à l&amp;#039;aide précédemment allouée
+ &lt;/li&gt;
+ &lt;li&gt;
+  perspectives relatives au nombre de créations ou d&amp;#039;activités de création à venir
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Outre un nombre de création à définir en commun avec le service déconcentré du ministère de la Culture en fonction du projet, le projet artistique et culturel global de l&amp;#039;artiste / équipe doit présenter un nombre minimum de représentations à venir sur la durée de la convention sollicitée, ainsi que de partenaires.
+&lt;/p&gt;
+&lt;h6&gt;
+ En musique
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    20 représentations dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    1 partenaire avec apports en numéraire ou en nature
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    70 représentations dans 2 régions minimum (50 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    2 partenaires avec apports en numéraire ou en nature
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    110 représentations dans 3 régions minimum (90 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    5 partenaires avec apports en numéraire ou en nature
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En danse
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    25 représentations dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    3 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    70 représentations dans 2 régions minimum (60 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    4 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    130 représentations dans 2 régions minimum (110 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    5 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En théâtre et arts associés
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    50 représentations dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    3 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    90 représentations dans 2 régions minimum (80 représentations pour le cirque, les arts de la rue et les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    4 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    180 représentations dans 3 régions minimum (150 représentations pour le cirque, les arts de la rue et les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    5 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lors de la phase d&amp;#039;instruction du dossier, le service déconcentré du ministère de la Culture pourra identifier les projets qui rendent difficilement applicables l&amp;#039;ensemble des critères &amp;#34;
+ &lt;em&gt;
+  en raison de la singularité des esthétiques, de propositions de forme atypique, de conditions de production ou&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Selon discipline et projet</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>DGCA
+demarches-sv-dgca&amp;#64;culture.gouv.fr ; 01 40 15 80 00
+182, rue Saint Honoré - 75001 Paris</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d7a-aides-aux-equipes-independantes-aides-deconce/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>120638</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les représentations théâtrales d’œuvres dramatiques des entreprises du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Crédit d'impôt en faveur des représentations théâtrales d'œuvres dramatiques et de cirque</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour soutenir les entreprises de spectacle vivant et favoriser leur évolution, notamment dans le champ du théâtre, le ministère de la Culture verse une subvention, dite crédit d&amp;#039;impôt.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le crédit d&amp;#039;impôt en faveur des représentations théâtrales d&amp;#039;œuvres dramatiques ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un crédit d&amp;#039;impôt correspond à une réduction des impôts versés. Ici, le crédit d&amp;#039;impôts concerne les entreprises de spectacle vivant notamment du théâtre.
+&lt;/p&gt;
+&lt;p&gt;
+ Le crédit d&amp;#039;impôt a pour objectif de soutenir la création, l&amp;#039;exploitation et la numérisation de représentations théâtrales d&amp;#039;œuvres dramatiques et cible particulièrement le travail des entreprises de spectacles favorisant l&amp;#039;emploi artistique.
+ &lt;br /&gt;
+ (
+ &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000042821276" rel="noopener" target="_blank"&gt;
+  Art. 220 sexdecies du code général des impôts
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ )
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Montant du crédit d&amp;#039;impôt
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles est limité à 500 000 € par spectacle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux du crédit d&amp;#039;impôt est égal à 15% des dépenses éligibles engagées au cours de l&amp;#039;exercice au titre duquel le crédit d&amp;#039;impôt est calculé. Ce taux est porté à 30% pour les entreprises les micros, petites et moyennes entreprises (PME).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le crédit d&amp;#039;impôt est plafonné à 750 000€ par entreprise et par exercice.
+ &lt;/strong&gt;
+ Lorsque l&amp;#039;exercice est d&amp;#039;une durée inférieure ou supérieure à douze mois, le montant du plafond est diminué ou augmenté dans les mêmes proportions que la durée de l&amp;#039;exercice.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont déduites des bases de calcul du crédit d&amp;#039;impôt :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les aides directement affectées au spectacle soutenu par le crédit d&amp;#039;impôt : les subventions publiques non remboursables et les aides non remboursables versées par l&amp;#039;Association
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour le Soutien au Théâtre privé (ASTP) : les autres subventions publiques non remboursables reçues par les entreprises, calculées sur la base du rapport entre le montant des dépenses éligibles et le montant total des charges de l&amp;#039;entreprise figurant au compte de résultat
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : Les dépenses éligibles au crédit d&amp;#039;impôt ne sont prises en compte qu&amp;#039;à compter de la date de réception par le ministère de la demande d&amp;#039;agrément provisoire.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les représentations doivent porter sur un spectacle présentant les caractéristiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présenter des coûts de création majoritairement engagés sur le territoire français
+ &lt;/li&gt;
+ &lt;li&gt;
+  Constituer la première exploitation d&amp;#039;un spectacle caractérisé par une mise en scène et une scénographie nouvelles et qui n&amp;#039;a encore donné lieu à aucune représentation publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être interprété par une équipe d&amp;#039;artistes composée à 90 % au moins de professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;au moins six artistes au plateau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être programmé pour plus de vingt dates sur une période de douze mois consécutifs dans au moins deux lieux différents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Téléchargez le formulaire en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le formulaire et retournez-le par mail à l&amp;#039;adresse
+  &lt;a href="mailto:credit-impot-theatre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   credit-impot-theatre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; ou par courrier postal à :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ Direction générale de la création artistique
+ &lt;br /&gt;
+ Délégation au théâtre et aux arts associés
+ &lt;br /&gt;
+ 182, rue Saint Honoré - 75001 Paris
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprises du secteur de la culture
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pré-requis à la demande : les deux agréments
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les entreprises qui souhaitent bénéficier du crédit d&amp;#039;impôt doivent avoir obtenu du ministère de la Culture deux agréments :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un agrément provisoire
+  &lt;/strong&gt;
+  attestant, au vu des éléments transmis à l&amp;#039;appui de la demande formulée par l&amp;#039;entreprise, que l&amp;#039;œuvre rempliera les conditions lui permettant de bénéficier du crédit d&amp;#039;impôt. La demande d&amp;#039;agrément doit être adressée, par courriel ou par voie postale, par l&amp;#039;entreprise à la Direction générale de la création artistique, en charge du suivi du crédit d&amp;#039;impôt au sein du ministère de la culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La date de réception de la demande d&amp;#039;agrément provisoire par le ministère marque le début de la prise en compte des dépenses éligibles au crédit d&amp;#039;impôt. La demande d&amp;#039;agrément provisoire doit être accompagnée des pièces justificatives mentionnées à l&amp;#039;article 4 du décret d&amp;#039;application. La décision d&amp;#039;agrément provisoire est notifiée à l&amp;#039;entreprise et indique qu&amp;#039;au vu des renseignements et documents justificatifs présentés, le spectacle concerné remplit les conditions pour bénéficier du crédit d&amp;#039;impôt, sous réserve de l&amp;#039;obtention de l&amp;#039;agrément définitif.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un agrément définitif,
+  &lt;/strong&gt;
+  délivré dans un délai de trente-six mois, attestant que l&amp;#039;œuvre satisfait effectivement aux conditions d&amp;#039;éligibilité du crédit d&amp;#039;impôt. La demande d&amp;#039;agrément à titre définitif doit être adressée à la Direction générale de la création artistique, accompagnée des pièces justificatives mentionnées à l&amp;#039;article 8 du décret d&amp;#039;application. L&amp;#039;agrément définitif vise à établir que le spectacle a effectivement satisfait aux conditions d&amp;#039;application du dispositif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces deux agréments sont délivrés après avis d&amp;#039;un comité d&amp;#039;experts.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le crédit d&amp;#039;impôt s&amp;#039;adresse aux entreprises qui créent un spectacle de théâtre. Les entreprises concernées doivent respecter les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  exercer l&amp;#039;activité d&amp;#039;entrepreneur de spectacles vivants
+ &lt;/li&gt;
+ &lt;li&gt;
+  être assujetties à l&amp;#039;impôt sur les sociétés
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir la responsabilité du spectacle, notamment celle de l&amp;#039;employeur du plateau artistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  supporter les coûts de la création du spectacle
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter les obligations légales, fiscales et sociales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Constituent l&amp;#039;assiette du crédit d&amp;#039;impôt, les dépenses suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais de création et d&amp;#039;exploitation du spectacle dans la limite de 60 dates (frais de personnel permanent de l&amp;#039;entreprise directement concerné par le spectacle, frais de personnel non permanent de l&amp;#039;entreprise, frais de location de salles, frais d&amp;#039;achat du petit matériel, les frais d&amp;#039;assurance, dépenses nécessaires à la promotion du spectacle, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées à la numérisation du spectacle (frais d&amp;#039;acquisition des droits d&amp;#039;auteur, frais de captation, frais d&amp;#039;acquisition d&amp;#039;images préexistantes, cessions de droits facturés par les ayants droit, dépenses de postproduction, rémunérations et charges sociales nécessaires à la réalisation de ces opérations, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses engagées ne sont éligibles au crédit d&amp;#039;impôt qu&amp;#039;à compter de la date de réception par le ministère de la Culture d&amp;#039;une demande d&amp;#039;agrément provisoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Sont éligibles au crédit d&amp;#039;impôt « théâtre », les représentations dont l&amp;#039;action s&amp;#039;organise autour d&amp;#039;un thème central et qui concernent les registres de la comédie, de la tragédie, du drame et du vaudeville ainsi que les catégories du théâtre de marionnettes et du théâtre de mime et de geste. Elles peuvent concerner un texte préalablement écrit (quelle que soit sa date d&amp;#039;écriture), une adaptation de textes, une écriture au plateau sans texte préalable.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un spectacle d&amp;#039;improvisation ne peut pas être éligible au crédit d&amp;#039;impôt.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les représentations doivent porter sur un spectacle présentant les caractéristiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présenter des coûts de création majoritairement engagés sur le territoire français
+ &lt;/li&gt;
+ &lt;li&gt;
+  Constituer la première exploitation d&amp;#039;un spectacle caractérisé par une mise en scène et une scénographie nouvelles et qui n&amp;#039;a encore donné lieu à aucune représentation publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être interprété par une équipe d&amp;#039;artistes composée à 90 % au moins de professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;au moins six artistes au plateau justifiant chacun d&amp;#039;au moins vingt services de répétition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être programmé pour plus de vingt dates, dont la moitié au moins sur le territoire français, sur une période de douze mois consécutifs dans au moins deux lieux différents.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/credit-d-impot-en-faveur-des-representations-theatrales-d-aeuvres-dramatiques-et-de-cirque</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DGCA &amp;gt; Délégation au théâtre et aux arts associés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:credit-impot-theatre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  credit-impot-theatre&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8c24-credit-dimpot-en-faveur-des-representations-t/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>117402</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la mise en œuvre de projets culturels, de spectacles et de résidences artistiques</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre aux EPCI de développer leur offre culturelle dans les domaines du spectacle vivant et des arts visuels :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Accompagnement dans la mise en œuvre de projets culturels dans les domaines du spectacle vivant et des arts visuels : saisons de spectacles, festivals, résidences d&amp;#039;artistes, projets d&amp;#039;action culturelle...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conseil dans les domaines artistiques, techniques et administratifs et juridiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise à disposition de documents de référence. Accompagnement des processus de définition de projets.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Co-organisation de projets, impliquant l&amp;#039;intervention de professionnels du secteur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Variables (Jusqu&amp;#039;à 7500 € pour la mise en œuvre d&amp;#039;une résidence artistique).
+&lt;/p&gt;
+&lt;p&gt;
+ Cofinancements possibles Département de Seine-et-Marne / Région Ile-de-France / Direction régionale des Affaires Culturelles d&amp;#039;Ile-de-France.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/621a-accompagner-les-collectivites-dans-la-mise-en/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>19894</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Diffuser l'art contemporain en organisant des expositions, des résidences, des événements et des festivals</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte tenu de la richesse de l&amp;#039;art contemporain en région, mais aussi des fragilités identifiées dans ce secteur, la Région Occitanie a souhaité en faire un axe fort de sa politique régionale Culture et Patrimoine.
+ Aussi, la Région impulse, facilite et accompagne des initiatives dont la vocation est de porter l&amp;#039;art contemporain au plus près de chacun avec une ambition qualitative et une volonté de rayonnement régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement d&amp;#039;artistes professionnels vivant et travaillant sur le territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional, national ou international.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide est défini en fonction de la dimension du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant d&amp;#039;un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt de la demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt de la demande doit être antérieur à la réalisation du projet.
+ Il doit être fait avant l&amp;#039;échéance fixée pour ce dispositif et pour l&amp;#039;exercice concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande doit impérativement être déposée au moyen du dossier type de demande de subvention (plus envoi par email) intégrant l&amp;#039;ensemble des pièces à fournir et accompagné d&amp;#039;un RIB et d&amp;#039;un courrier de demande de soutien adressé à la Présidente de la Région Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides et dispositions spécifiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   A/ Aide aux expositions, résidences et événements de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ concerné est celui de l&amp;#039;art contemporain et de l&amp;#039;architecture contemporaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des structures conventionnées et bénéficiant éventuellement d&amp;#039;un label d&amp;#039;État (centre d&amp;#039;art, FRAC, ...) pour l&amp;#039;ensemble de leur programme d&amp;#039;activité, c&amp;#039;est-à-dire pour leur programmation artistique et culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   des structures non conventionnées, pour le soutien à une manifestation, un projet spécifique, ou un volet de leur activité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de nouvelles organisations basées sur les principes de coopération et de mutualisation comme les tiers-lieux, les espaces de co-working et de fabrique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les actions soutenues sont des actions de diffusion de l&amp;#039;art contemporain (expositions, performances...) de rayonnement régional ou national, voire international, et qui intègrent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une dimension de soutien à la création (production, résidences)
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions en direction des publics (médiation, sensibilisation, éducation artistique)
+  &lt;/li&gt;
+  &lt;li&gt;
+   des partenariats artistiques et des actions territoriales associés
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   proposer sur le territoire une programmation artistique et culturelle de rayonnement au moins régional présentant des artistes professionnels (assujettis ou affiliés à la Maison des Artistes ou à l&amp;#039;Agessa ou diplômés d&amp;#039;un établissement supérieur d&amp;#039;enseignement artistique/architecture) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une programmation basée sur des invitations faites à des artistes extérieurs à la structure porteuse du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   affirmer un engagement auprès d&amp;#039;artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmer des actions culturelles en direction des publics, en lien avec la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   inscrire leur activité dans une complémentarité et des synergies avec l&amp;#039;environnement local et départemental (partenariats, ancrage affirmé) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de locaux et/ou moyens techniques mobilisables permettant des conditions professionnelles de monstration et de conservation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les salons et foires d&amp;#039;art contemporain sur le territoire sauf s&amp;#039;ils s&amp;#039;intègrent dans une démarche de projet de réseau professionnel de rayonnement a minima régional et de portage associatif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Seront appréciés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la cohérence, l&amp;#039;indépendance, le caractère singulier de la ligne artistique et l&amp;#039;ambition de la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication dans l&amp;#039;accompagnement des artistes par des (co)productions ou des résidences par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;attention portée à l&amp;#039;émergence de nouveaux talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre de partenariats riches et diversifiés tant au niveau artistique dans les réseaux professionnels spécialisés (coproduction, coédition...) qu&amp;#039;au niveau culturel avec la société civile (les entreprises, les milieux associatifs et scolaires). Aussi bien à une échelle de proximité que régionale et au-delà ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le caractère actif et inventif des actions culturelles ou éducatives ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme de la gestion de l&amp;#039;activité et de la communication ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la part du budget consacrée à la rémunération des artistes (honoraires) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   B/ Aide aux festivals de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide concerne les festivals :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   de rayonnement régional, national, voire international ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui œuvrent pour la promotion de la création et de la diversité de l&amp;#039;offre culturelle ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui permettent la diffusion et l&amp;#039;accès aux œuvres auprès d&amp;#039;un large public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui participent à l&amp;#039;économie du territoire et à son attractivité en terme touristique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   démontrer la viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir une durée minimale du festival de 2 jours.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les festivals off ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront appréciés les points suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1) La qualité de la programmation qui sera évaluée selon les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en œuvre une ligne artistique cohérente faisant intervenir des artistes et des photographes professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à la diversité artistique, à la singularité et à l&amp;#039;innovation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;émergence des talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée aux artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmation au minimum de 5 expositions monographiques ou collectives ou événements réparties sur au moins deux jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à une part significative du budget consacrée aux dépenses artistiques, et en particulier à la rémunération des artistes, à la production d&amp;#039;œuvres.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 2) Diffusion (politique des publics)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accessibilité et actions auprès des publics (médiation notamment, tarifs attractifs...) visant à l&amp;#039;élargissement des publics, notamment des publics empêchés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3) Attractivité économique et tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   échanges avec le secteur touristique et ses principaux opérateurs ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   retombées économiques de la manifestation pour son territoire d&amp;#039;implantation et pour la région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 4) Développement territorial
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   complémentarité et synergie avec l&amp;#039;environnement local et départemental (partenariats avec d&amp;#039;autres opérateurs culturels du territoire de proximité) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamique de réseau et lien de coopération avec d&amp;#039;autres partenaires régionaux et nationaux voire internationaux, d&amp;#039;autres territoires (Régions, Euro-région,...), d&amp;#039;autres festivals, dans la perspective d&amp;#039;optimiser la circulation des œuvres et des artistes (inscription dans les réseaux d&amp;#039;art contemporain) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement et dynamisation du territoire. Mise en œuvre d&amp;#039;actions de décentralisation avec une attention portée aux territoires ruraux et péri-urbains ainsi qu&amp;#039;à la dynamique sociale (mobilisation de la population locale...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 5) Développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   promotion du développement durable par la mise en place de dispositifs spécifiques pendant la durée du festival (transports peu polluants, gestion des déchets et de la ressource...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ Sont éligibles : Toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention (dépenses artistiques et pédagogiques, frais de personnel, de communication, de transport, ...) quelle que soit la date à laquelle la dépense est réalisée, à la condition qu&amp;#039;elles soient en lien direct et justifié avec le programme subventionné.
+&lt;p&gt;
+ Sont exclus de l&amp;#039;assiette subventionnable et donc de la dépense éligible :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la valorisation du bénévolat et des mises à disposition en nature ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dotations aux amortissements et aux provisions ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les intérêts des emprunts et les agios ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les impôts et taxes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Art-contemporain-Dispositif-d-aide-a-la-diffusion-Expositions</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11, 30, 34, 48 et 66 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Montpellier 201 avenue de Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : laurianne.hidalgo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Toulouse 22 boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : clement.montel&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0479-art-contemporain-aide-a-la-diffusion-expositi/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>165274</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Aider la décision, pour une gestion résiliente, sobre et concertée de la ressource en eau (études)</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision pour une gestion résiliente, sobre et concertée de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les études et équipements nécessaires à 
+l’amélioration de la connaissance pour une gestion résiliente, sobre et 
+concertée de la ressource en eau. Ces études sont indispensables pour 
+mesurer les effets du dérèglement climatique et suivre les évolutions 
+prévisibles sur les milieux aquatiques en vue d’établir un état des 
+lieux partagé à partir de données locales.&lt;/p&gt;
+&lt;p&gt;L’agence accompagne les études d’aide à la décision notamment celles 
+abordant les volets sociologique, économique et financier de la gestion 
+de la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q46" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-etudes-daide-a-la-decision-pour-une-gestion-resiliente-sobr.html</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-la-decision-pour-une-gestion-resiliente-sobre-et-concertee-de-la-ressource-en-eau-etudes/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>164934</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Former les citoyens de demain à une gestion durable et concertée de l’eau</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Interventions pédagogiques en milieu scolaire, périscolaire et extrascolaire visant la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/former-les-citoyens-de-demain-a-une-gestion-durable-et-concertee-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>162760</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Souenir l'investissement pour musiques, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'investissement pour musiques, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif doit soutenir nos partenaires culturels professionnels sur l’ensemble du territoire, offrir aux publics et aux artistes des conditions techniques et d’accueil optimales et permettre une transition vers des investissements durables et éco-responsables.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Les structures:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;bénéficiant d’un soutien régional au fonctionnement ou d’une convention particulière avec la Région, ayant un établissement ou une succursale,&lt;/li&gt; 	&lt;li&gt;situés en Région Provence-Alpes-Côte d’Azur et ayant au moins une année d’existence à la date du vote.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les bâtiments privés, obligation est faite de détenir un bail non précaire d’une durée au moins égale à la durée d’amortissement des travaux.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les studios d’enregistrement&lt;/li&gt; 	&lt;li&gt;les structures d’enseignement artistique (hors Pôles d’enseignement supérieur)&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures non financées en fonctionnement par la Culture&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable (voir annexes pour la prise en compte des critères et pièces spécifiques).&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le demandeur ne pourra présenter une nouvelle aide à l’investissement qu&amp;#039;après présentation des justificatifs définitifs de réalisation du projet pour lequel il a déjà été aidé.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux, de l&amp;#039;acquisition....&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P48" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable (voir annexes pour la prise en compte des critères et pièces spécifiques).&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le demandeur ne pourra présenter une nouvelle aide à l’investissement qu&amp;#039;après présentation des justificatifs définitifs de réalisation du projet pour lequel il a déjà été aidé.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-linvestissement-pour-musiques-theatre-arts-du-mouvement-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-linvestissement-pour-musiques-theatre-arts-du-mouvement-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>150679</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements mobiliers et immobiliers dans les secteurs du spectacle vivant et des arts visuels</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la culture peut attribuer des aides à l&amp;#039;investissement, mobilier ou immobilier, à des structures de production, diffusion, enseignement spécialisé ou enseignement supérieur, des arts visuels et du spectacle vivant.
+ &lt;br /&gt;
+ Ces aides sont notamment encadrées par le décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont attribuées dans le cadre d&amp;#039;opérations de travaux, et/ou d&amp;#039;investissements mobilier, par exemple pour des études préalables, des travaux sur les bâtiments, l&amp;#039;équipement mobilier dans le cadre de travaux de rénovation, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037106457?init&amp;#61;true&amp;amp;page&amp;#61;1&amp;amp;query&amp;#61;2018-514&amp;#43;du&amp;#43;25&amp;#43;juin&amp;#43;2018&amp;#43;&amp;amp;searchField&amp;#61;ALL&amp;amp;tab_selection&amp;#61;all" rel="noopener" target="_blank"&gt;
+  En savoir plus
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions relatives à des projets d&amp;#039;investissements peuvent être consacrées au financement des différentes phases d&amp;#039;une opération, telles que les études, la recherche et le développement, les acquisitions immobilières, les travaux de construction ou d&amp;#039;aménagement, les grosses réparations et restaurations, l&amp;#039;équipement en matériel à l&amp;#039;exclusion du simple renouvellement.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention peut financer des dépenses connexes qui concourent directement à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses doivent porter, en cas de biens mobiliers, sur des achats faisant l&amp;#039;objet d&amp;#039;immobilisation et d&amp;#039;amortissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est variable en fonction du projet, et calculé sur la base du plan de financement déposé dans le dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le processus d&amp;#039;attribution puis de versement de la subvention fait l&amp;#039;objet d&amp;#039;un encadrement par le décret n° 2018-514 du 25 juin 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ Une demande de subvention d&amp;#039;investissement est déposée, et fait l&amp;#039;objet d&amp;#039;un accusé de réception.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention : L&amp;#039;accusé de réception ne vaut pas attribution de la subvention, mais permet de démarrer le projet.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un délai de deux mois à partir de la date de réception de la demande permet à l&amp;#039;administration de juger de la recevabilité de la demande. L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de 2 mois à compter de réception de la demande de subvention vaut recevabilité de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Un autre délai de 8 mois à partir de l&amp;#039;accusé de réception court pour l&amp;#039;instruction du dossier et l&amp;#039;éventuelle décision d&amp;#039;attribution d&amp;#039;une subvention, qui fait alors l&amp;#039;objet d&amp;#039;un arrêté ou d&amp;#039;une convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de
+ &lt;strong&gt;
+  8 mois à compter de la date d&amp;#039;accusé de réception de la demande de subvention vaut refus d&amp;#039;attribution de subvention.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de décision favorable, des versements intermédiaires peuvent avoir lieu en cours de projet, sur présentation de pièces justifiant la dépense, c&amp;#039;est-à-dire des factures acquittées par le bénéficiaire de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ À la fin des travaux, le bénéficiaire doit ensuite fournir, dans un délai de 12 mois à compter de la date prévisionnelle d&amp;#039;achèvement du projet indiquée dans la convention, l&amp;#039;ensemble des factures acquittées et une attestation d&amp;#039;achèvement des travaux présentant le décompte final des dépenses et la liste des aides publiques perçues.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon région
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises privées
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises publiques locales
+  &lt;/li&gt;
+  &lt;li&gt;
+   EPCI à fiscalité propre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics / Services de l&amp;#039;État
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organismes de recherche
+  &lt;/li&gt;
+  &lt;li&gt;
+   Régions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides à l&amp;#039;investissement sont destinées aux structures culturelles et d&amp;#039;enseignement déjà soutenues en fonctionnement par le ministère de la culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet ne doit pas avoir débuté au moment du dépôt de la demande. L&amp;#039;exécution peut commencer seulement après la réception par le demandeur de l&amp;#039;accusé de réception du dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets ne doivent pas faire l&amp;#039;objet d&amp;#039;une aide par l&amp;#039;ASTP (association pour le soutien du théâtre privé) ou par le CNM (centre national de la musique).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;acquisition d&amp;#039;œuvres par les FRAC font l&amp;#039;objet d&amp;#039;une démarche spécifique, avec un formulaire spécifique
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;orgues non classés font l&amp;#039;objet d&amp;#039;une démarche spécifique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-investissement-mobilier-et-immobilier-dans-les-secteurs-du-spectacle-vivant-et-des-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les subventions d&amp;#039;investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels, vous êtes invités à vous adresser à la DRAC/DAC de votre région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf52-aide-a-linvestissement-mobilier-et-immobilier/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
         <v>153932</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Soutenir les écoles de musique, danse, théâtre, art du cirque et arts visuels</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Écoles de musique, danse, théâtre, art du cirque et arts visuels</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide est à la fois:
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une aide au fonctionnement, égalitaire, prenant en compte à la fois le nombre d&amp;#039;élèves (tous les élèves, enfants et adultes confondus, suivant un cursus ou des ateliers en musique, danse, théâtre, arts du cirque et/ou arts visuels), la masse salariale, l&amp;#039;accessibilité des tarifs et le niveau de formation des enseignants. Cette aide est par ailleurs modulée en fonction de la richesse des territoires (cf. politique contractuelle du département) ;
   &lt;/li&gt;
   &lt;li&gt;
    Une aide au(x) projet(s) mis en place au cours de l&amp;#039;année scolaire, inscrits dans l&amp;#039;une des 5 thématiques prédéfinies et répondant aux critères de recevabilité ;
   &lt;/li&gt;
   &lt;li&gt;
    Une aide à l&amp;#039;investissement
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   Le Conseil départemental apporte un soutien aux projets répondant à l&amp;#039;une des 5 thématiques suivantes :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     La diversification des disciplines et des esthétiques;
    &lt;/li&gt;
    &lt;li&gt;
@@ -1931,2766 +12012,14084 @@
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Présence d&amp;#039;un directeur ou d&amp;#039;un professeur coordinateur clairement identifié et rémunéré;
    &lt;/li&gt;
    &lt;li&gt;
     Existence d&amp;#039;un projet d&amp;#039;établissement pluriannuel vivant et concerté, évalué à échéance régulière ;
    &lt;/li&gt;
    &lt;li&gt;
     Enseignement au minimum de 5 disciplines cohérentes entre elles et permettant les pratiques d&amp;#039;ensemble ;
    &lt;/li&gt;
    &lt;li&gt;
     Enseignants formés (niveau DE souhaité, DEM requis ou en cours de formation) ;
    &lt;/li&gt;
    &lt;li&gt;
     Soutien affiché des collectivités locales, assurant le bon fonctionnement de l&amp;#039;école ;
    &lt;/li&gt;
    &lt;li&gt;
     Minimum de 50 enfants
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Chaque école peut déposer chaque année 3 projets maximum (6 pour les territoires fusionnant leurs établissements à l&amp;#039;occasion de regroupements intercommunaux), qu&amp;#039;il s&amp;#039;agisse de projets d&amp;#039;école ou de projets de réseau (rassemblant plusieurs écoles), inscrits dans l&amp;#039;une et/ou l&amp;#039;autre des 5 thématiques prédéfinies et répondant aux critères de recevabilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/ecoles-de-musique-danse-theatre-art-du-cirque-et-arts-visuels/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W50" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  - formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02 33 05 96 47
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/547c-ecoles-de-musique-danse-theatre-art-du-cirque/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E6" s="1" t="inlineStr">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>10158</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Financer une partie de la saison artistique d'une communauté de communes assurant la diffusion de spectacles professionnels</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>L'aide annuelle représentera un maximum de 50% des charges éligibles.</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La circulation des artistes et des œuvres est à la fois un outil de développement privilégié pour les équipes artistiques et un enjeu majeur pour l&amp;#039;aménagement culturel du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un développement des publics par le biais d&amp;#039;actions de médiation et de sensibilisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour des projets artistiques des équipes en région et des territoires de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale tend notamment à favoriser la prise de compétence culturelle des communautés de communes. Elle encourage ainsi le développement culturel au travers de programmes d&amp;#039;actions de qualité intégrant la diffusion de spectacles professionnels et la sensibilisation des publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Liste des pré-requis :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une programmation professionnelle de qualité constituée d&amp;#039;un minimum de 12 dates, portée par un opérateur structuré juridiquement mobilisant des moyens et compétences adaptés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité d&amp;#039;offrir aux artistes des conditions d&amp;#039;accueil professionnelles : plateau en ordre de marche, moyens techniques et humains nécessaires au bon déroulement de la représentation, communication de la programmation à destination du public et des réseaux professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la présence d&amp;#039;au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions culturelles en direction des publics, en lien avec la programmation
+  &lt;/li&gt;
+  &lt;li&gt;
+   une programmation de spectacles en contrats de cession ou, le cas échéant, avec une prise en charge directe des salaires des artistes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la détention par le demandeur de la licence d&amp;#039;entrepreneur de spectacles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   dépenses artistiques : achats de spectacles, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dépenses techniques : location de matériel technique, salaires de personnels intermittents.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Sont exclus des dépenses éligibles la valorisation du bénévolat et des mises à disposition en nature, les dotations aux amortissements et aux provisions, les impôts et taxes, les intérêts des emprunts et les agios.
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérateurs devront garantir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;intérêt de la programmation : prise de risque artistique, programmation réservant une place aux propositions destines au jeune public, aux esthétiques dont la diffusion est la plus fragile, telles que la danse contemporaine, la musique contemporaine, les arts de la marionnette, par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un travail en complémentarité avec les acteurs culturels du territoire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le cas échéant, des projets de saisons réalisés sur plusieurs sites de diffusion pourront faire l&amp;#039;objet d&amp;#039;une demande de subvention à la Région, sous réserve du respect des critères d&amp;#039;éligibilité listés ci-dessus, si le projet est pensé de manière collégiale et présente une cohérence territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ Peuvent également être retenus les projets de saison mettant en avant des logiques de coopération et de partenariat entre acteurs culturels régionaux, notamment dans le cadre de réseaux régionaux de soutien à la création et à la diffusion.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-saison</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier avant la date indiquée ci-dessus aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional Occitanie
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations : Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/108c-arts-de-la-scene-aide-a-la-saison/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>162758</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'offre de formation musiques, danse, théâtre, art du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'offre de formation musiques, danse, théâtre, art du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
-[...387 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Consciente de la complexité et de la précarité inhérente au secteur d’activité de la Culture, les enjeux de développement de la qualification, de création et de consolidation des emplois et de l&amp;#039;insertion des jeunes professionnels sont au cœur de l’approche intégrée « formation-économie-emploi » développée par l’action régionale.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; En effet, depuis une vingtaine d’années, le monde du spectacle et de la culture s’est profondément transformé sous l’effet conjugué d’évolutions artistiques, technologiques, sociales, économiques et structurelles qui ont eu des conséquences majeures sur l’emploi.&lt;br /&gt; La Région poursuit et consolide son projet de soutenir sur le territoire des outils de formation et d’accompagnement des parcours professionnels pouvant répondre de façon globale à la demande des acteurs du secteur culturel.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; La volonté de la Région vise à préparer les jeunes professionnels et les adultes à l’évolution des métiers, ainsi qu’à répondre par la professionnalisation aux enjeux de renouvellement des qualifications et d’évolution des métiers du secteur culturel.&lt;/p&gt;
  &lt;p&gt;La région dispose, dans le domaine des arts visuels et d’arts vivants de plusieurs établissements d’enseignement supérieur et/ou professionnel inscrits dans un cadre d’intervention très spécifique.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;En effet ces organismes de formation se distinguent par :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les caractéristiques de leur champ d&amp;#039;intervention non concurrentiel &lt;/li&gt; 	&lt;li&gt; les compétences professionnelles spécifiques mises en œuvre pour la professionnalisation des personnes de ces secteurs d&amp;#039;activités &lt;/li&gt; 	&lt;li&gt; la reconnaissance de leur caractère structurant dans le développement de la formation professionnelle tout au long de la vie&lt;/li&gt; 	&lt;li&gt; la mobilisation de financements croisés relevant du champ de la culture et de celui de la formation professionnelle continue&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;L’aide régionale participe au financement de ces établissements qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet pédagogique et culturel détaillé garantissant une offre de qualité dans l’enseignement supérieur et professionnel spécialisé&lt;/li&gt; 	&lt;li&gt; la construction des cursus d&amp;#039;étude délivrant des diplômes et des certifications en lien avec l&amp;#039;Université permettant la délivrance conjointe de titres de qualification professionnelle et d&amp;#039;un titre universitaire inscrit dans le schéma LMD&lt;/li&gt; 	&lt;li&gt; un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt; une démarche éco-responsable&lt;/li&gt; 	&lt;li&gt;des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Le dépôt doit se faire selon le règlement financier en vigueur :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;exploitation, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux...&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P9" s="1" t="inlineStr">
+      <c r="P52" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’aide régionale participe au financement de ces établissements qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet pédagogique et culturel détaillé garantissant une offre de qualité dans l’enseignement supérieur et professionnel spécialisé&lt;/li&gt; 	&lt;li&gt; la construction des cursus d&amp;#039;étude délivrant des diplômes et des certifications en lien avec l&amp;#039;Université permettant la délivrance conjointe de titres de qualification professionnelle et d&amp;#039;un titre universitaire inscrit dans le schéma LMD&lt;/li&gt; 	&lt;li&gt; un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt; une démarche éco-responsable&lt;/li&gt; 	&lt;li&gt;des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-loffre-de-formation-musiques-danse-theatre-art-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-loffre-de-formation-musiques-danse-theatre-art-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-Collectivité d’outre-mer à statut particulier
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>103478</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des initiatives nouvelles dans le domaine du spectacle vivant sur des territoires peu pourvus en offre culturelle</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>L’aide au projet mutualisé dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 40.000€</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="O10" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>La Région soutient des initiatives nouvelles dans le domaine du spectacle vivant sur des territoires peu pourvus en offre culturelle, dans des communes de moins de 20.000 habitants de la grande couronne francilienne.
+&lt;br /&gt;
+&lt;p&gt;
+ Le niveau de l&amp;#039;aide régionale tiendra compte du niveau d&amp;#039;engagement financier des autres partenaires publics ou cofinanceurs.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant et taux de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ Le soutien régional est plafonné à 60% des dépenses subventionnables du projet, dans la limite d&amp;#039;une subvention régionale de 40.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide annuelle renouvelable une fois sur le même projet après évaluation. Pour un nouveau projet, un délai de carence d&amp;#039;un an est appliqué.
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts de fonctionnement de la structure sont plafonnés à 30% du budget du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P10" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S10" s="1" t="inlineStr">
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : personnes morales de droit public ou privé : équipes artistiques, lieux de spectacle vivant, opérateurs, communes et leurs groupements de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La structure doit être dotée de moyens humains, logistiques et techniques professionnels suffisants pour garantir la faisabilité du projet.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Elle doit respecter les différentes législations en vigueur.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Les bénéficiaires d&amp;#039;une autre aide régionale du spectacle vivant sont également éligibles
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Se dérouler dans une ou plusieurs communes franciliennes, rurales ou périurbaines ou de leurs groupements de moins de 20.000 habitants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;appuyer sur leur initiative conjointe et sur une mutualisation de moyens entre les partenaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir au moins un cofinanceur public (État et/ou collectivité territoriale) avéré,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comporter une action artistique et culturelle avec les publics dans le cadre d&amp;#039;une création et/ou la diffusion d&amp;#039;artistes professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec le ou la chargée de mission dédié(e).
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
-[...65 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/rJvNmXVIF</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour soutenir les entreprises de spectacle vivant et favoriser leur évolution, notamment dans le champ du théâtre, le ministère de la Culture verse une subvention, dite crédit d&amp;#039;impôt.
-[...17 lines deleted...]
-  &lt;/span&gt;
+ &lt;strong&gt;
+  Chargée de mission développement territorial
+ &lt;/strong&gt;
+ | Peggy Chazarain |
+ &lt;a href="mailto:peggy.chazarain&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  peggy.chazarain&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- )
-[...194 lines deleted...]
-&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestionnaire du dispositif
+ &lt;/strong&gt;
+ | Audrey Bosché
  &lt;span&gt;
-  Sont éligibles au crédit d&amp;#039;impôt « théâtre », les représentations dont l&amp;#039;action s&amp;#039;organise autour d&amp;#039;un thème central et qui concernent les registres de la comédie, de la tragédie, du drame et du vaudeville ainsi que les catégories du théâtre de marionnettes et du théâtre de mime et de geste. Elles peuvent concerner un texte préalablement écrit (quelle que soit sa date d&amp;#039;écriture), une adaptation de textes, une écriture au plateau sans texte préalable.
+  |
  &lt;/span&gt;
- &lt;br /&gt;
-[...56 lines deleted...]
-  credit-impot-theatre&amp;#64;culture.gouv.fr
+ &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  audrey.bosche&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/16ed-laide-au-projet-mutualise-dans-le-domaine-du-/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>145872</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (FALC)</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (version en français simplifié)</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture a mis en place un plan pour lutter contre les violences et harcèlement sexistes et sexuels ou VHSS. Vous travaillez dans le secteur du spectacle vivant et des arts visuels ? Vous demandez ou souhaitez renouveler une aide financière auprès du ministère de la culture ?
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2022, les structures culturelles du
+ &lt;strong&gt;
+  spectacle vivant
+ &lt;/strong&gt;
+ et des
+ &lt;strong&gt;
+  arts visuels
+ &lt;/strong&gt;
+ doivent respecter le plan de lutte contre les VHSS. C&amp;#039;est une condition pour recevoir les aides financières du ministère de la culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le plan de lutte contre les VHSS ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la Culture a mis en place le plan de lutte contre les VHSS (violences et harcèlements sexistes et sexuels). C&amp;#039;est la loi &amp;#34;Schiappa&amp;#34;, votée le 3 août 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ La loi &amp;#34;Schiappa&amp;#34; renforce la lutte contre les violences sexuelles et sexistes. Par exemple contre les violences sexuelles, contre les comportements ou les paroles mal placées à connotations sexuelles, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette loi veut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mieux protéger les victimes de violences sexuelles et sexistes
+ &lt;/li&gt;
+ &lt;li&gt;
+  condamner plus lourdement les auteurs de violences sexuels et sexistes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La loi demande de mettre en place des actions pour lutter contre les VHSS au travail. Le ministère de la culture met en place plusieurs actions.
+&lt;/p&gt;
+&lt;p&gt;
+ Par exemple la mise en place d&amp;#039;une plateforme d&amp;#039;écoute psychologique et juridique pour les victimes ou témoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la culture met en place plusieurs actions. Par exemple la mise en place d&amp;#039;une plateforme d&amp;#039;écoute psychologique et juridique pour les victimes ou témoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus, téléchargez et consultez ce document :
+ &lt;a title="Coordonnées de la cellule d&amp;#039;écoute Audiens.pdf (.PDF - 233 KO) - (nouvelle fenêtre)"&gt;
+  &lt;span&gt;
+   Coordonnées de la cellule d&amp;#039;écoute Audiens.pdf
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2022 les structures culturelles dans les secteurs du spectacle du vivant et de l‘art visuel qui demandent une aide financière doivent remplir un dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dossier doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Décrire les mesures prises pour respecter la loi Schiappa.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montrer comment ma structure va mettre en place les actions du plan de lutte contre les VHSS du ministère de la Culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quels sont les 5 engagements à respecter ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Respecter les obligations légales pour lutter contre les VHSS, inscrites dans le code du travail.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple désigner une personne responsable de la lutte contre les VHSS. On parle de personne référente.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Former les personnes qui encadrent les employés et les personnes référentes pour éviter les VHSS.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple pour connaître les obligations légales
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sensibiliser les employés sur les VHSS.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple afficher les informations sur les VHSS.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagner les témoins ou victimes qui signalent une VHSS.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple les informer de leurs droits et les protéger.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Évaluer les actions mises en place pour lutter contre les VHSS.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Par exemple avec un questionnaire anonyme distribué aux employés.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Vous souhaitez en savoir plus sur le plan de lutte contre les VHSS dans votre secteur ? Vous pouvez télécharger et consulter ces documents :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a title="Plan de lutte contre les VHSS dans le Spectacle vivant.pdf (.PDF - 158 KO) - (nouvelle fenêtre)"&gt;
+   &lt;span&gt;
+    Plan de lutte contre les VHSS dans le Spectacle vivant.pdf
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a title="Plan de lutte contre les VHSS dans les Arts visuels.pdf (.PDF - 246 KO) - (nouvelle fenêtre)"&gt;
+   &lt;span&gt;
+    Plan de lutte contre les VHSS dans les Arts visuels.pdf
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Cliquer sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider pour remplir le formulaire.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Si le ministère de la Culture vous accorde une aide financière, le formulaire sera un document officiel. Ce formulaire sera joint aux documents du projet, c&amp;#039;est-à-dire à la convention ou l&amp;#039;arrêté de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci signifie que vous devrez mettre en place les actions pour lutter contre les VHSS décrites dans le formulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous demanderons un bilan détaillé des actions réalisées à la fin du projet ou tous les ans si le projet dure plusieurs années.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Êtes-vous concerné par cette démarche ?
+&lt;/p&gt;
+&lt;p&gt;
+ Vous devez déposer un dossier si :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous travaillez dans le secteur des arts visuels et du spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Une association
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une commune
+   &lt;/li&gt;
+   &lt;li&gt;
+    Un département
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une EPCI à fiscalité propre
+   &lt;/li&gt;
+   &lt;li&gt;
+    Un établissement public
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une entreprise privée
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une entreprise publique locale
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une personne physique qui travaille dans une structure culturelle
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une région
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous avez déposé une demande d&amp;#039;aide financière auprès du ministère de la culture pour un projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/lutte-contre-les-vhss-violences-et-harcelement-sexistes-et-sexuels-dans-le-spectacle-vivant-et-les-arts-visuels-version-en-francais-simplifie</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/theatre-spectacle_vhss</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La sous-direction des affaires financières et générales (SDAFIG) répond à toutes vos questions sur la lutte contre les VHSS :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale de la création artistique (DGCA)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sous-direction des affaires financières et générales
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:demarchevhss.creation&amp;#64;culture.gouv.fr" target="_self"&gt;
+  demarchevhss.creation&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 40 15 88 32
+&lt;/p&gt;
+&lt;p&gt;
+ 62 Rue Beaubourg, 75003 Paris
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1290-lutte-contre-les-vhss-violences-et-harcelemen/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>103477</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pôles de coopération territoriale dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>maximum de 100.000€</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région encourage les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;h4&gt;
+  Nature de l&amp;#039;aide et montant
+ &lt;/h4&gt;
+ &lt;p&gt;
+  Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une aide régionale au titre d&amp;#039;autres dispositifs de soutien au spectacle vivant.
+ &lt;/p&gt;
+ &lt;p&gt;
+  L&amp;#039;aide au projet de pôle de coopération territoriale n&amp;#039;est cumulable ni avec l&amp;#039;aide aux festivals et manifestations à rayonnement régional, ni avec l&amp;#039;aide à la résidence territoriale, ni avec l&amp;#039;aide au projet mutualisé pour les territoires ruraux et périurbains, ni avec l&amp;#039;aide à l&amp;#039;accompagnement de projet artistique dans le domaine du spectacle vivant.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Le soutien régional est plafonné à 50% du budget du projet dans la limite de 100.000€ .
+ &lt;/p&gt;
+ &lt;p&gt;
+  Le niveau de financement régional tiendra compte du niveau d&amp;#039;engagement financier des autres collectivités, de l&amp;#039;État ou des autres cofinanceurs éventuels.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les dépenses éligibles sont les dépenses artistiques, techniques, logistiques, de communication ainsi qu&amp;#039;une part des coûts de structures de l&amp;#039;organisme, limitée à 30% du budget du projet.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires éligibles : Personnes morales de droit public ou privé ayant au moins un an d&amp;#039;existence et pouvant justifier du soutien financier avéré d&amp;#039;un partenaire public (Etat, EPCI ou collectivités territoriales) autre que la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates sont des lieux ou opérateurs culturels, dont l&amp;#039;activité relève du champ du spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures adhérant à la convention collective nationale du spectacle vivant privé ainsi que celles dont l&amp;#039;activité principale concerne les enseignements artistiques, ne sont pas éligible au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates doivent être situées
+ &lt;strong&gt;
+  dans des communes franciliennes rurales ou périurbaines
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  de moins de 20.000 habitants
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ou dans des communes de la grande couronne.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet doit reposer sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des partenaires avec d&amp;#039;autres structures culturelles, dans une logique de coopération et de mutualisation de moyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des partenariats locaux de nature diverse à l&amp;#039;échelle d&amp;#039;un bassin de vie significatif, dans une logique de maillage territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit concerner plusieurs équipes artistiques professionnelles ou projets artistiques professionnels. 
+Il doit s&amp;#039;articuler autour de la diffusion itinérante de spectacles sur le territoire et d&amp;#039;actions artistiques et culturelles avec les publics. Il peut comporter des résidences ainsi qu&amp;#039;un volet de soutien à la création ou de coproduction.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit aussi inclure des rémunérations artistiques.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec la chargée de mission dédiée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/rJsWIXNIt</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Chargée de mission développement territorial
+ &lt;/strong&gt;
+ | Peggy Chazarain |
+ &lt;a href="mailto:peggy.chazarain&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  peggy.chazarain&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestionnaire du dispositif
+ &lt;/strong&gt;
+ | Audrey Bosché
+ &lt;span&gt;
+  |
+ &lt;/span&gt;
+ &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  audrey.bosche&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/682c-aide-aux-poles-de-cooperation-territoriale-da/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>127926</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pôles de coopération territoriale dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>La Région encourage les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant.
+&lt;br /&gt;
+&lt;p&gt;
+ Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une aide régionale au titre d&amp;#039;autres dispositifs de soutien au spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet de pôle de coopération territoriale n&amp;#039;est cumulable ni avec l&amp;#039;aide aux festivals et manifestations à rayonnement régional, ni avec l&amp;#039;aide à la résidence territoriale, ni avec l&amp;#039;aide au projet mutualisé pour les territoires ruraux et périurbains, ni avec l&amp;#039;aide à l&amp;#039;accompagnement de projet artistique dans le domaine du spectacle vivant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P56" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Personnes morales de droit public ou privé ayant au moins 1 an d&amp;#039;existence et pouvant justifier du soutien financier avéré d&amp;#039;un partenaire public (État, EPCI ou collectivités territoriales) autre que la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates sont des lieux ou opérateurs culturels dont l&amp;#039;activité relève du champ du spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures adhérant à la convention collective nationale du spectacle vivant privén, ainsi que celles dont l&amp;#039;activité principale concerne les enseignements artistiques, ne sont pas éligible au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates doivent être situées
+ &lt;strong&gt;
+  dans des communes franciliennes rurales ou périurbaines
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  de moins de 20.000 habitants
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ou dans des communes de la grande couronne.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional est plafonné à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ du budget du projet
+ &lt;strong&gt;
+  dans la limite de 100.000€.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le niveau de financement régional tiendra compte du niveau d&amp;#039;engagement financier des autres collectivités, de l&amp;#039;État ou des autres cofinanceurs éventuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont les dépenses artistiques, techniques, logistiques, de communication ainsi qu&amp;#039;une part des coûts de structures de l&amp;#039;organisme limitée à 30% du budget du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit reposer sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des partenaires avec d&amp;#039;autres structures culturelles, dans une logique de coopération et de mutualisation de moyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des partenariats locaux de nature diverse à l&amp;#039;échelle d&amp;#039;un bassin de vie significatif, dans une logique de maillage territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit aussi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concerner plusieurs équipes artistiques professionnelles ou projets artistiques professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;articuler autour de la diffusion itinérante de spectacles sur le territoire et d&amp;#039;actions artistiques et culturelles avec les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inclure des rémunérations artistiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il peut par ailleurs comporter des résidences ainsi qu&amp;#039;un volet de soutien à la création ou de coproduction.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec la chargée de mission dédiée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aide-aux-poles-de-cooperation-territoriale-dans-le-domaine-du-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Chargés de mission :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon le département d&amp;#039;implantation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Marion Langlois de Septenville |95|
+   &lt;a href="mailto:marion.langlois-de-septenville&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+    marion.langlois-de-septenville&amp;#64;iledefrance.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Isabelle Roux |77|
+    &lt;a href="mailto:isabelle.roux&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+     isabelle.roux&amp;#64;iledefrance.fr
+     &lt;span&gt;
+      Ouvre une nouvelle fenêtre
+     &lt;/span&gt;
+    &lt;/a&gt;
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    En cours de recrutement |91 et 78|
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Gestionnaire du dispositif :
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Audrey Bosché
+   &lt;/span&gt;
+   &lt;span&gt;
+    |
+   &lt;/span&gt;
+   &lt;span&gt;
+    &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+     audrey.bosche&amp;#64;iledefrance.fr
+     &lt;span&gt;
+      Ouvre une nouvelle fenêtre
+     &lt;/span&gt;
+    &lt;/a&gt;
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b88-aide-aux-poles-de-cooperation-territoriale-da/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>165376</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser les communes via des démarches participatives : logements collectifs innovants, concertation nouvelles formes urbaines, éco mobilité</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>FA1_(Re)dynamiser les centralités via des démarches participatives et innovantes</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>GAL LEADER Ardèche</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>de Taux d'Aides Publiques max</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1.1/ Création et développement de nouvelles
+formes d&amp;#039;habitat pour des logements collectifs innovants :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude, expertise, projet de recherche,
+action d&amp;#039;animation, de communication pour accroitre le nombre de logements
+collectifs innovants&lt;/li&gt;&lt;li&gt;Mission de maîtrise d’œuvre, travaux et
+aménagements, acquisition d’équipements et de matériels pour la création de
+nouveaux logements collectifs innovants&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2/ Démarches participatives visant à développer de nouvelles formes
+urbaines concertées et/ ou visant à favoriser l&amp;#039;intégration et l&amp;#039;implication
+des jeunes et des habitants :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;    Etude, expertise, projet de recherche&lt;/li&gt;&lt;li&gt;     Action d&amp;#039;animation et de communication pour et
+par les habitants autour des projets de réaménagement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3/ Mise en place de mobilités durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action d&amp;#039;animation et de communication en
+matière d&amp;#039;éco mobilité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4/ Montée en compétence des acteurs du territoire :
+développer des actions démonstratives et pédagogiques en direction des élus,
+habitants et acteurs privés pour faciliter le changement de comportements en
+matière d’urbanisme et de préservation des paysages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+Action d&amp;#039;animation, de communication, de promotion, de
+valorisation, de formation visant à favoriser le changement de comportement de
+tout public en matière de construire, de rénover, d’habiter et d’aménager
+l’espace et de préserver les paysages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-ardeche.fr/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;leader&amp;#64;archeagglo.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>m.chapron@archeagglo.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/redynamiser-les-communes-via-des-demarches-participatives-logements-collectifs-innovants-concertation-nouvelles-formes-urbaines-eco-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>153933</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets de création artistique en amateur inscrits dans la durée</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Création artistique en amateur (musique, danse, théâtre, arts du cirque) – Aide aux projets</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;appel à projets vise à soutenir des projets de création artistique en amateur inscrits dans la durée. Ceux-ci doivent s&amp;#039;articuler autour de rendez-vous réguliers avec les artistes professionnels (minimum 3 rendez-vous sur la durée du projet) et se finaliser par un temps de restitution publique (a minima une étape de travail)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour prétendre à une aide au projet, la structure doit :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Proposer une pratique collective ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir un encadrement dont les compétences sont avérées (diplômes ou formations régulières) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travailler en lien étroit avec les professionnels (encadrement ou rencontres artistiques) et avec les acteurs culturels locaux : écoles de musique, bibliothèques, associations, etc. et les lieux structurants du département : scène nationale, scènes conventionnées, pôle national des arts du cirque, centres d&amp;#039;art, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir des répétitions régulières toute l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir un objectif de présentation de son projet à un public, d&amp;#039;animation des territoires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être soutenue par une commune ou communauté de communes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création établie en lien avec un artiste ou une équipe artistique professionnel(le).
+&lt;/p&gt;
+&lt;p&gt;
+ Est considéré comme artiste professionnel, toute personne qui :
+&lt;/p&gt;
+&lt;p&gt;
+ - A une formation spécialisée et/ou une expérience significative dans son domaine / esthétique d&amp;#039;intervention ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Crée ses propres œuvres, qui sont ensuite exposées, publiées, diffusées, représentées en public ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénéficie de la reconnaissance de ses pairs, et des institutions du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Projet donnant lieu à une restitution publique finale (sous forme aboutie ou d&amp;#039;une étape de travail)
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le soutien du Département a pour finalité de développer une pratique artistique soucieuse de la progression des amateurs et de leur ouverture culturelle (pluridisciplinarité, formation, rencontres avec les professionnels). C&amp;#039;est pourquoi, ne sont en aucun cas éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets dont le seul objectif est la diffusion d&amp;#039;un spectacle, sans un travail spécifique innovant du groupe amateur au regard de sa pratique habituelle ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets qui font exclusivement appel à l&amp;#039;intervenant qui encadre ou accompagne habituellement le groupe ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Des dépenses de fonctionnement liées aux activités habituelles de la structure.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/creation-artistique-en-amateur-musique-danse-theatre-arts-du-cirque-aide-aux-projets/</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 96 47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e27-creation-artistique-en-amateur-musique-danse-/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
         <v>103432</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Faire réfléchir les élèves de lycées franciliens en utilisant le débat théâtral</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Du théâtre interactif pour sensibiliser les lycéens aux valeurs citoyennes avec Entrées de jeu</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;span&gt;
    Il s&amp;#039;agit de faire réfléchir et débattre les élèves de lycées franciliens en utilisant le débat théâtral et de débattre pendant 2 h sur des thèmes liés aux valeurs citoyennes.
   &lt;/span&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Lieu où se déroule l&amp;#039;action : dans les lycées
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Les thèmes abordés sont les suivants : cybersexisme, harcèlement, drogues, écrans, discriminations, inégalités filles-garçons, mal-être, laïcité... Le débat interactif aborde, de front, les sujets par des situations problématiques concrètes. Les jeunes sont amenés à tester, sur scène, des propositions de solution des problèmes en improvisant avec les comédiens et ses pairs.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   La séance, conduite par un meneur de jeu, se déroule dans une alternance entre les moments d&amp;#039;improvisations / propositions et des moments d&amp;#039;échanges verbaux qui complètent et relativisent ce qui vient de se passer sur scène. Elles sont prolongées dans l&amp;#039;établissement par des associations locales qui donnent des points de repère supplémentaires et/ou par les enseignants référents pour aider les élèves à poursuive la réflexion et à la médiatiser par le biais d&amp;#039;affiches, d&amp;#039;expositions, de journaux numériques, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Citoyenneté
 Education et renforcement des compétences
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P12" s="1" t="inlineStr">
+      <c r="P59" s="1" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
-      <c r="Q12" s="1" t="inlineStr">
+      <c r="Q59" s="1" t="inlineStr">
         <is>
           <t>30/06/2026</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Gratuité de l&amp;#039;action pour les lycées franciliens
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Subvention régionale : 47 393,36 €
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/du-theatre-interactif-pour-sensibiliser-les-lyceens-aux-valeurs-citoyennes-avec-entrees-de-jeu</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Email :
     &lt;strong&gt;
      &lt;a href="mailto:contact&amp;#64;entreesdejeu.com"&gt;
       contact&amp;#64;entreesdejeu.com
      &lt;/a&gt;
     &lt;/strong&gt;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     N° de téléphone : 01 45 41 03 43
     &lt;br /&gt;
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ed49-programme-de-theatre-interactif-sur-les-valeu/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>111711</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les pratiques artistiques collectives en amateur</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création pour des concerts / spectacles en amateur</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L13" s="1" t="inlineStr">
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;appel à projets vise à soutenir des projets de création artistique en amateur inscrits dans la durée. Ceux-ci doivent s&amp;#039;articuler autour de rendez-vous réguliers avec les artistes professionnels (minimum 3 rendez-vous sur la durée du projet) et se finaliser par un temps de restitution publique (a minima une étape de travail)
-[...52 lines deleted...]
- Projet donnant lieu à une restitution publique finale (sous forme aboutie ou d&amp;#039;une étape de travail)
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un spectacle ou d&amp;#039;un concert revêtant un caractère d&amp;#039;ampleur départementale par des associations (troupes, chorales) encadrées par des professionnels du spectacle vivant rémunérés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets seront étudiés au cas par cas.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% des charges artistiques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de la subvention : 2.000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de la subvention : 500 euros
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet doit être à destination du public charentais
+ &lt;/li&gt;
+ &lt;li&gt;
+  la subvention doit être sollicitée &lt;strong&gt;en amont&lt;/strong&gt; de la première représentation du spectacle
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit faire intervenir un ou des professionnels du spectacle vivant lors du temps de création ou de présentation
+ &lt;/li&gt;
+ &lt;li&gt;
+  le(s) professionnel(s) doit(vent) être rémunéré(s) pour leur(s) prestation(s)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit faire l&amp;#039;objet d&amp;#039;au moins &lt;strong&gt;3 présentations publiques
+ &lt;/strong&gt;&lt;/li&gt;
+ &lt;li&gt;
+  les compagnies professionnelles ne peuvent porter elles-mêmes un projet amateur
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets en temps scolaires et hors temps scolaires, portés par les collèges ou des associations annexes ne seront pas éligibles sur ce dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus les projets basés sur un événementiel, sur une seule représentation, les stages sans présentation publique soumise à billetterie, les stages qui se déroulent dans des lieux privés (écoles de danse, réservés à des adhérents), les spectacles arts de la rue, les carnavals, les cavalcades, les kermesses, les projets développés en temps scolaire, les cours de théâtre sans objectif de scène
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : ce dispositif ne permet en aucun cas aux troupes en amateur ou chorales de bénéficier de l&amp;#039;aide à la diffusion du spectacle vivant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis signés mentionnant la rémunération et les charges sociales
+ &lt;/li&gt;
+ &lt;li&gt;
+  le curriculum vitae des artistes professionnels associés au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  calendrier des représentations (3 au minimum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à la notification de décision ou de la convention, sous réserve de la complétude du dossier
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="R13" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Action_culturelle/6121_Aide_a_la_creation_Amateur.pdf</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le soutien du Département a pour finalité de développer une pratique artistique soucieuse de la progression des amateurs et de leur ouverture culturelle (pluridisciplinarité, formation, rencontres avec les professionnels). C&amp;#039;est pourquoi, ne sont en aucun cas éligibles :
-[...48 lines deleted...]
-  https://www.manche.fr/contacter-le-departement/
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- 02 33 05 96 47
-[...179 lines deleted...]
-          <t>&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Date limite de dépôt des demandes : dès le début de l&amp;#039;année scolaire
-[...5 lines deleted...]
-&lt;/p&gt;
+ Date limite de dépôt des demandes : &lt;span&gt;mars (1ère session) et septembre (2e session) de l’année civile&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La demande doit être déposée 3 mois avant le début du projet de création&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6586-soutenir-les-pratiques-artistiques-collective/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="E15" s="1" t="inlineStr">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>111712</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la diffusion culturelle en lien avec les territoires</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la diffusion culturelle en lien avec les territoires</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes (sauf Angoulême et les communes du Grand Angoulême comptant plus de 4 000 habitants sur leur territoire, les communes de Barbezieux, Soyaux, Rouillac, Ruffec, Cognac, Alloue, Chalais et La Rochefoucauld-en-Angoumois)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics de coopération intercommunale (EPCI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maisons de retraite / hôpitaux (statuts public, associatif ou privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les centres culturels financés en fonctionnement, proposant des spectacles en dehors de leur commune de référence
+ &lt;/li&gt;&lt;li&gt;Autres organismes de droit privé&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  D&lt;/strong&gt;&lt;strong&gt;ESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à la diffusion ponctuelle de spectacles professionnels &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention pour les spectacles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30% du cachet artistique et frais techniques ou scéniques hors frais annexes (transport, hébergement, restauration) pour toutes les compagnies professionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% du cachet artistique et frais techniques ou scéniques hors frais annexes (transport, hébergement, restauration) pour :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -	les compagnies aidées à la création par le Département
+&lt;/p&gt;
+&lt;p&gt;
+ -	les spectacles à l&amp;#039;attention du jeune public
+&lt;/p&gt;
+&lt;p&gt;
+ -	les spectacles en faveur des personnes résidant en maisons de retraite ou en établissements spécifiques (hôpital, IME…) .
+&lt;/p&gt;
+&lt;p&gt;Plafond de subvention : 1 000 euros par représentation&lt;/p&gt;&lt;p&gt;Plancher de subvention pour les spectacles tout public : 500 euros&lt;/p&gt;&lt;p&gt;Plancher de subvention pour les spectacles jeune public et sénior : 300 euros&lt;/p&gt;&lt;p&gt;Limitée à 4 demandes par bénéficiaire et par année civile&lt;/p&gt;&lt;p&gt;Si un organisme présente une véritable programmation comportant plusieurs représentations (au moins 3) pour lesquelles le calcul de la subvention serait inférieur aux seuils, le cumul des aides pourra être proposé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Programmer un spectacle professionnel tout public, jeune public ou en EHPAD ou établissement de santé&lt;/li&gt;&lt;li&gt;Le spectacle pourra être gratuit pour le public sous réserve que l’organisateur assure 30 % d’autofinancement &lt;/li&gt;&lt;li&gt;Demande limitée à 4 aides par bénéficiaire par année civile&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Même gratuit pour le public, le budget prévisionnel doit comporter un autofinancement ≥ 30 % du total (billetterie, buvette…).&lt;/p&gt;&lt;p&gt;&lt;em&gt;Nota : les spectacles comme les carnavals, les artistes de notoriété nationale (dits « têtes d’affiches »), les kermesses, les repas-spectacles et repas-dansants sont exclus de ce dispositif.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Chaque proposition de spectacle devra, dans son budget prévisionnel (en subvention ou en valorisation), faire apparaître une demande auprès de la commune et l’EPCI du lieu de diffusion du spectacle.&lt;/p&gt;&lt;p&gt;Le Département se réserve toutefois un avis d’opportunité sur le projet financé.&lt;/p&gt;&lt;p&gt;Dépense éligible : cachet artistique et frais techniques ou scéniques hors frais annexes (transport, hébergement, restauration, Sacem…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la demande « aide à la diffusion d&amp;#039;un spectacle » sur le site Internet du Département www.lacharente.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;il s&amp;#039;agit d&amp;#039;une collectivité territoriale, l&amp;#039;extrait de délibération portant sur cette action
+ &lt;/li&gt;
+ &lt;li&gt;le budget prévisionnel spécifique (modèle fourni sur www.lacharente.fr)&lt;/li&gt;
+ &lt;li&gt;
+  le contrat signé établi avec la Compagnie faisant engagement de chacune des parties ou la simulation des charges auprès du GUSO
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis détaillés des coûts techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  les supports de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les  associations)
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMUNICATION&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les supports de communication (flyers, affiches...) comporteront le logo du Département
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à la notification de décision ou dès signature la convention, sous réserve de la complétude du dossier
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été accordée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/aide_a_la_diffusion_en_lien_avec_les_territoires.pdf</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 3 mois avant la représentation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 74 51
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad83-soutenir-la-diffusion-culturelle-en-lien-avec/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>163717</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Orchestres</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux Orchestres</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les compagnies artistiques professionnelles et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q62" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/soutien-aux-orchestres-0</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les compagnies artistiques professionnelles et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-orchestres/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>163719</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Lieux culturels de proximité</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Lieux culturels de proximité</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement. Elle a pour objectif de soutenir les lieux culturels de proximité et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;encourager l’habitation des forces artistiques sur les territoires de la Nouvelle-Aquitaine ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;accompagner la création artistique et la rencontre entre les œuvres et les personnes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;personnes morales de droit privé et de droit public ;&lt;/p&gt;&lt;p&gt;implantées sur le territoire régional ;&lt;/p&gt;&lt;p&gt;contribuant à des projets de développement des ressources artistiques et culturelles sur le territoire.&lt;/p&gt;&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Date de limite de téléchargement et de dépôts des dossiers : le 07/01/2026 à midi.&lt;/p&gt;&lt;p&gt;Un accusé de réception des demandes sera envoyé.&lt;/p&gt;&lt;p&gt;Une notification sera envoyée pour indiquer la date du passage en commission ainsi que le montant proposé au vote des élus.&lt;/p&gt;&lt;p&gt;La décision finale sera notifiée par courrier.&lt;/p&gt;&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Base socle calculée sur la base du Budget Prévisionnel (BP) sincère* détaillant les charges de fonctionnement et les charges artistiques envisagées ainsi que le taux de réalisation des Budgets Réalisés (BR) certifiés en année N-1 et N-2 (soit pour 2026 : 2023 et 2024).&lt;/p&gt;&lt;p&gt;*hors contributions volontaires&lt;/p&gt;&lt;p&gt;Le degré de dépendance aux fonds publics sera par ailleurs analysé.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lieux culturels de proximité (Lieux de création et / ou de diffusion de territoire) :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plancher : 5 000 € ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plafond : 40 000 € dans la limite de 20% maximum du dernier budget certifié (BR 2024 pour 2026).&lt;/p&gt;&lt;p&gt;Mesure d’équité Femmes - Hommes : Mesure de rattrapage automatiquement attribuée aux structures dont le projet artistique est dirigé par une femme 2 000 €.&lt;/p&gt;&lt;p&gt;Détails disponibles dans le RI (Règlement d&amp;#039;intervention) téléchargeable ci-dessous.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères obligatoires :&lt;/p&gt;&lt;p&gt;résidence administrative en Région Nouvelle-Aquitaine effective au moment de la demande ;&lt;/p&gt;&lt;p&gt;récépissé de déclaration de l’activité d’entrepreneur du spectacle vivant ;&lt;/p&gt;&lt;p&gt;insertion dans les réseaux professionnels du spectacle vivant : en région a minima pour les Lieux culturels de proximité, au national et à l’international pour les Labels d’Etat et assimilés (partenariats, coopérations…) ;&lt;/p&gt;&lt;p&gt;soutien à la création avec une part significative d’accompagnement dédiée aux artistes régionaux : production, production déléguée, coproduction, résidence rémunérée, compagnonnage, apport en industrie, médiation, diffusion…&lt;/p&gt;&lt;p&gt;Critères d’appréciation liés à l’intérêt régional :&lt;/p&gt;&lt;p&gt;engagement fort envers le territoire basé sur une démarche d’accessibilité des personnes notamment les moins favorisées et de coopération partenariale, en cohérence avec les enjeux spécifiques du territoire ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;engagement dans une démarche irriguée par les droits culturels : principe de réciprocité opérateurs et opératrices, ou habitants et habitantes et de qualité de la relation aux personnes pendant le processus de création, de diffusion et de médiation ; qualité de la gouvernance, prise en compte des droits des salariés (Responsabilité Sociétale des Organisation (RSO)) ;&lt;/p&gt;&lt;p&gt;engagement à tendre vers une parité des moyens de production et de résidence, à veiller aux équilibres dans la programmation des projets portés par les femmes et les hommes et dans leur mise en visibilité ;&lt;/p&gt;&lt;p&gt;la structure devra par ailleurs être soutenue par d’autres institutions (Commune et/ou Etablissement Public de Coopération Intercommunale (EPCI), Département, Direction régionale des affaires culturelles (DRAC) et/ou Direction générale de la création artistique (DGCA)) : soutien financier et/ou contributions en nature ;&lt;/p&gt;&lt;p&gt;mise en place d’actions d’éducation artistique et culturelle en particulier à l’attention des personnes les moins favorisées et des jeunes (16/30 ans) notamment les lycéennes et lycéens, apprenties et apprentis, jeunes suivis en missions locales, étudiantes et étudiants…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/lieux-culturels-de-proximite</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;prendre connaissance du dispositif Lieux culturels de proximité, du RI en faveur du Spectacle Vivant et de vérifier son éligibilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;télécharger les pièces constitutives de la demande : dossier à compléter, annexe : budget prévisionnel et autoévaluation en ligne https://forms.office.com/e/UjZJtPc7zg ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;joindre le dossier complet ainsi que le budget prévisionnel signé par le Président ou la Présidente de l&amp;#039;association, ou le Gérant ou la Gérante de la Société par courriel avant le 7/01/2026 à midi.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pièces justificatives à fournir obligatoirement au dossier :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;lettre de demande avec les montants ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;dossier de demande complété ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;budget prévisionnel 2026, équilibré et signé par le responsable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;avoir complété en ligne l&amp;#039;autoévaluation https://forms.office.com/e/UjZJtPc7zg ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;statuts de l&amp;#039;association à jour ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;RIB datant de moins de 2 mois au nom et adresse de l&amp;#039;association ou non daté ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;avis de situation à jour au répertoire SIREN (téléchargeable sur le site de l&amp;#039;Insee).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Envoi des dossiers de demande uniquement par courriel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les départements 24 - 33 - 40 - 47 - 64 : spectaclevivant-sud&amp;#64;nouvelle-aquitaine.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les départements 16 - 17- 19 - 23 - 79 - 86 - 87 : spectaclevivant-nord&amp;#64;nouvelle-aquitaine.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lieux-culturels-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>163718</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Labels d’Etat ou assimilés</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Labels d’Etat ou assimilés</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les lieux culturels de proximité et les labels d&amp;#039;Etat et assimilés et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q64" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/labels-detat-ou-assimiles</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/labels-detat-ou-assimiles/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>144483</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la construction et à la réhabilitation d'un équipement culturel</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction et à la réhabilitation d'un équipement culturel</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 22</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Montant aide ≤ 22,5% du coût HT et plafonné à 500 000 €</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039; aide départementale peut être octroyée aux groupements de communes, pour la construction d&amp;#039;un équipement à vocation exclusivement culturelle ou sa réhabilitation nécessitant des travaux de gros œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Par équipement culturel, il convient d&amp;#039;entendre toute construction ou réhabilitation, d&amp;#039;une salle de spectacles et de ses équipements, associée éventuellement à la construction de locaux de pratique et d&amp;#039;enseignement spécialisé de la musique, de la danse, du théâtre ou des arts du cirque.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention du Département peut concerner l&amp;#039;ensemble du programme (maîtrise d&amp;#039;œuvre, gros œuvre, aménagements techniques liés à l&amp;#039;accueil des spectacles, aux créations, aux pratiques artistiques et liés à l&amp;#039;accueil des publics) à l&amp;#039;exclusion de l&amp;#039;acquisition de mobiliers administratifs et d&amp;#039;instruments de musique ; ce dernier élément étant pris en compte par le règlement d&amp;#039;aide à l&amp;#039;acquisition de matériel musical.
+&lt;/p&gt;
+&lt;p&gt;
+ La salle de spectacles devra permettre l&amp;#039;accueil d&amp;#039;une saison culturelle composée de spectacles professionnels. Les locaux dédiés à l&amp;#039;enseignement devront répondre à des normes strictes en matière de traitement acoustique et aux législations en vigueur notamment en matière d&amp;#039;enseignement de la danse et des arts circassiens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bâtiments et construction
+Réhabilitation
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans l&amp;#039;hypothèse d&amp;#039;une construction nouvelle, la demande devra obligatoirement s&amp;#039;appuyer sur un projet artistique et culturel comprenant la programmation d&amp;#039;une saison ainsi que les actions pédagogiques d&amp;#039;accompagnement et de sensibilisation des publics. Ce projet devra être mis en place et réalisé par une équipe professionnelle qui en assurera la direction artistique et technique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur fera impérativement appel à un programmiste chargé d&amp;#039;élaborer la programmation fonctionnelle et architecturale de l&amp;#039;équipement correspondant au programme d&amp;#039;établissement préalablement défini.
+ &lt;br /&gt;
+ Le demandeur devra être titulaire d&amp;#039;une licence d&amp;#039;organisateur de spectacle ou en avoir fait la demande auprès des services de l&amp;#039;Etat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=144</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/81c7-aider-a-la-construction-et-a-la-rehabilitatio/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>115173</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir la diffusion musicale et chorégraphique</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Diffusion musicale et chorégraphie</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Selon les objectifs fixés par le Conseil départemental.</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide aux programmations régulières et/ou événementielles des associations ou collectivités organisatrices de concerts.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées sont calculées en fonction des objectifs définis par le Conseil départemental qui entend :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favoriser l&amp;#039;accès au plus grand nombre à la culture musicale, en encourageant les différents publics potentiels à assister aux concerts, spectacles musicaux et chorégraphiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   contribuer à une offre de qualité s&amp;#039;adressant à un large public sur l&amp;#039;ensemble du territoire départemental,
+  &lt;/li&gt;
+  &lt;li&gt;
+   privilégier les esthétiques et genres musicaux (et chorégraphiques) dits classiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficiaires : Associations ou collectivités organisatrices de concerts
+&lt;br /&gt;
+&lt;br /&gt;
+Le dossier dûment complété et le dossier de demande de subvention accompagné de son annexe doit solliciter le concours financier du Département.</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/12/18-diffusion-musicale-et-choregraphique.htm</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  departement&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abe0-promouvoir-la-diffusion-musicale-et-choregrap/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>58698</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Arts de la Scène - Aide à la diffusion de proximité</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Éligibilité du diffuseur
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le prix de vente pour chaque spectacle faisant l&amp;#039;objet de la demande ne peut être inférieur à 1 000 € HT (hors frais annexes).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, manifestations diverses) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est sollicitée pour une seule représentation par spectacle programmé, hors séances scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dispositif peut être mobilisé un maximum de 5 fois par année civile par le même programmateur et par un même lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Éligibilité des spectacles programmés
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un spectacle peut faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 4 années civiles suivant l&amp;#039;année de sa création, dans la limite de 12 représentations maximum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le spectacle doit être proposé par une équipe artistique repérée dans les réseaux de diffusion régionaux, attestant d&amp;#039;un répertoire, d&amp;#039;une diffusion antérieure, d&amp;#039;une activité exercée exclusivement à titre professionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de contrat de cession, l&amp;#039;équipe artistique doit être portée par une structure juridique de production (licence d&amp;#039;entrepreneur notamment), domiciliée en région Occitanie, dont les conditions réglementaires d&amp;#039;embauche et de rémunération des artistes et techniciens sont respectées (présence d&amp;#039;un personnel administratif notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont concernés les spectacles de création, mobilisant des formes et écritures artistiques contemporaines dans le domaine des arts de la scène, de la rue ou de la piste.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres propositions, notamment les productions relevant d&amp;#039;autres disciplines artistiques, du répertoire traditionnel, de l&amp;#039;animation ou de l&amp;#039;action pédagogique ne sont pas visées par les dispositifs régionaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière est accordée aux équipes artistiques ayant bénéficié d&amp;#039;un soutien de la Région au cours des 3 exercices précédant la demande (aide à la création notamment).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Arts de la Scène
+&lt;/p&gt;
+&lt;p&gt;
+ artsdelascene&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0df-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>164942</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Déclaration de représentation(s), dans un but lucratif, avec participation d'artistes amateurs</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Déclaration de représentation(s), dans un but lucratif, avec participation d'artistes amateurs</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du dispositif&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Contexte&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La loi n° 2016-925 du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine précise à l’article 32 III les conditions à respecter par les entrepreneurs de spectacle vivant pour pouvoir faire appel à des artistes amateurs dans des représentations en public de spectacles organisés dans un cadre lucratif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette réglementation a pour objectif de sécuriser les représentations effectuées en public par des artistes amateurs, de prévenir les situations de concurrence déloyale entre les artistes amateurs non rémunérés et les artistes professionnels rémunérés, et à garantir les droits des artistes professionnels.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Qu’est-ce qu’un artiste amateur ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Est artiste amateur dans le domaine de la création artistique toute personne qui pratique seule ou en groupe une activité artistique à titre non professionnel et qui n&amp;#039;en tire aucune rémunération.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le cadre non lucratif constitue le cadre habituel de l’activité des artistes amateurs, y compris dans le cadre de festivals de pratique en amateur. La loi reconnait dans ce cadre le droit aux artistes amateurs ou aux groupements d’artistes amateurs / associations d’amateurs de participer à des représentations en public d’œuvres de l’esprit organisées dans un cadre non lucratif et de :&lt;/p&gt;&lt;p&gt;Faire de la publicité ;&lt;/p&gt;&lt;p&gt;D’utiliser du matériel professionnel ;&lt;/p&gt;&lt;p&gt;De mettre en place une billetterie payante servant à financer leurs activités et les frais engagés pour les représentations. &lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les artistes amateurs ne relèvent pas de la présomption de salariat.&lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les groupements d’artistes amateurs peuvent faire appel à des artistes professionnels rémunérés encadrants ou solistes, par exemple des chefs de chœur, chefs d’orchestre, ou metteurs en scène.&lt;/p&gt;&lt;p&gt;Participation d&amp;#039;artistes amateurs à une ou des représentations de spectacles dans un cadre lucratif&lt;/p&gt;&lt;p&gt;Dans un cadre lucratif, toute personne qui participe à un spectacle doit être rémunérée en contrepartie de sa prestation et relève des dispositions relatives à la présomption de salariat prévue par le code du travail (C. trav., art. L. 7121-3 et L. 7121-4). Lorsqu’ils participent à un spectacle organisé dans un cadre lucratif, l’artiste amateur ou le groupement d’artistes amateurs doivent donc être en principe déclarés et rémunérés au minimum conventionnel. Le simple défraiement ne constitue pas une rémunération au minimum conventionnel.&lt;/p&gt;&lt;p&gt;Par exception, l’article 32 III de la loi relative à la liberté de la création, à l’architecture et au patrimoine permet aux entrepreneurs de spectacles vivants de faire appel à des artistes amateurs pour participer à un spectacle organisé dans un cadre lucratif, sans être tenus de les rémunérer, si le spectacle est organisé dans le cadre d&amp;#039;un accompagnement de la pratique amateur ou d&amp;#039;actions pédagogiques et culturelles. Cette possibilité est toutefois soumise au respect de quatre conditions cumulatives (voir ci-après). &lt;/p&gt;&lt;p&gt;La participation d’un groupement d’amateurs constitué sous forme associative à de telles représentations dans un cadre lucratif ne doit pas constituer la part principale de leur activité.&lt;/p&gt;&lt;p&gt;Objectifs de la démarche&lt;/p&gt;&lt;p&gt;La démarche de « Déclaration de représentation(s) dans un but lucratif avec participation d’artistes amateurs » est l’outil permettant de déclarer les spectacles organisés dans un cadre lucratif faisant participer des artistes amateurs non rémunérés afin d’encadrer leur pratique qui déroge au principe de présomption de salariat prévu par le code du travail pour les artistes du spectacle (C. trav., art L. 7121-3 et L. 7121-4).&lt;/p&gt;&lt;p&gt;Les données collectées par le ministère de la culture, lors de la télédéclaration, peuvent donner lieu à des études ou des travaux statistiques, après avoir fait l’objet d’un traitement afin d’occulter les mentions permettant l’identification des personnes qui y sont nommées ou afin de rendre impossible leur identification.&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le schéma d&amp;#039;explication ci-dessous : &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Tout entrepreneur de spectacles vivants (structure de production, de diffusion et d’exploitation de lieux de spectacles) qui organise un spectacle faisant participer des artistes professionnels (obligatoirement rémunérés) et des artistes amateurs non rémunérés.&lt;/p&gt;&lt;p&gt;Il peut s&amp;#039;agir de :&lt;/p&gt;&lt;p&gt;Associations &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Communes&lt;/p&gt;&lt;p&gt;Départements &lt;/p&gt;&lt;p&gt;Entreprises privées &lt;/p&gt;&lt;p&gt;Entreprises publiques locales &lt;/p&gt;&lt;p&gt;EPCI à fiscalité propre &lt;/p&gt;&lt;p&gt;Établissements de recherche&lt;/p&gt;&lt;p&gt;Établissements publics / Services de l&amp;#039;État &lt;/p&gt;&lt;p&gt;Régions&lt;/p&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Pour pouvoir faire participer des artistes amateurs à un spectacle organisé dans un cadre lucratif, l’entrepreneur de spectacles vivants doit :&lt;/p&gt;&lt;p&gt;Avoir déclaré son activité d’entrepreneur de spectacles vivants à l’aide d’un récépissé de déclaration d’entrepreneur de spectacles vivants valant licence en cours de validité ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Avoir conclu une convention d’accompagnement de la pratique amateur avec l’Etat (généralement au niveau de la DRAC) ou une collectivité territoriale (voir détails dans la rubrique Procédure ci-dessous). &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-d-artistes-amateurs</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/declaration-representations-artistes-amateurs</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une question ?&lt;/p&gt;&lt;p&gt;Pour toute question sur la déclaration de représentation(s), dans un but lucratif, avec participation d&amp;#039;artistes amateurs, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;Direction Générale de la Création Artistique (DGCA) &lt;/p&gt;&lt;p&gt;Délégation aux politiques professionnelles et sociales des auteurs et aux politiques de l&amp;#039;emploi &amp;gt; Département des politiques de l’emploi et de la formation professionnelle du spectacle vivant et enregistré &lt;/p&gt;&lt;p&gt;amateurs.dgca&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;54, rue des Franc-Bourgeois 75004 Paris&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-dartistes-amateurs/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>31445</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la diffusion de proximité dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>on montant ne peut être inférieur à 500€ (plancher) et supérieur à 2.000€ (plafond). Le montant annu</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers éligibles seront présentés en Commission Culture et Patrimoine selon le calendrier suivant : 2 commissions au 1er semestre et 2 commissions au 2nd semestre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ces spectacles peuvent faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 3 années civiles suivant l&amp;#039;année de leur création, dans la limite de 12 représentations maximum ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est sollicitée pour une représentation par spectacle programmé, hors séances scolaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un même programmateur peut mobiliser le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   De la même façon, un même lieu peut accueillir une programmation mobilisant le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Dépenses artistiques liées à la programmation du spectacle faisant l&amp;#039;objet de la demande : cession ou rémunération directe (frais d&amp;#039;approche non pris en compte).
+</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Arts de la Scène
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : artsdelascene&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc72-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>155124</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des espaces de diffusion et de pratiques artistiques et culturelles</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Espaces de création, de diffusion et de pratiques artistiques et culturelles (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;espaces de diffusion et de pratiques artistiques et culturelles : cinémas, théâtres, salles de concert, salles culturelles, résidences d&amp;#039;artistes, établissements d&amp;#039;enseignement de musique, de danse, du théâtre, des arts du cirque et des arts visuels...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Note d&amp;#039;opportunité développant le projet culturel ou le projet d&amp;#039;établissement, le budget de fonctionnement prévisionnel pluriannuel et le partenariat développé sur le territoire avec les acteurs culturels, éducatifs, sociaux, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bâtiments et construction
+Réhabilitation
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la politique du Conseil départemental de soutien aux enseignements artistiques et aux pratiques artistiques amateurs : nécessité d&amp;#039;une réflexion à l&amp;#039;échelle communautaire pour travail en réseau, justification de l&amp;#039;équipement au regard du maillage d&amp;#039;équipements culturels et des activités proposées sur le territoire, avis technique possible dans le cadre d&amp;#039;un aménagement de salle culturelle...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : étude de faisabilité, études de conception, études environnementales, études techniques, études acoustiques, études paysagères, études énergétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, études de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagement extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition ou renouvellement des matériels scéniques (équipements sons et lumières, gradins, praticables...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non-collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-de-creation-de-diffusion-et-de-pratiques-artistiques-et-culturelles-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2b5-espaces-de-creation-de-diffusion-et-de-pratiq/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>94962</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec le Canton de Fribourg (Suisse)</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Coopération culturelle avec le Canton de Fribourg (Suisse)</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Les objectifs de cette coopération sont :
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter les déplacements d&amp;#039;artistes dans la région partenaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider l&amp;#039;accueil de spectacles, de concerts ou d&amp;#039;expositions de la région partenaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager des coproductions entre acteurs et/ou opérateurs culturels des deux régions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre l&amp;#039;accueil en résidence d&amp;#039;artistes professionnels de la région partenaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider la réalisation de projets communs entre institutions muséales ou centres d&amp;#039;art contemporain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  susciter des espaces de discussion et de collaboration entre institutions et opérateurs culturels des deux régions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir les acteurs culturels dans la région partenaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Cette coopération s&amp;#039;applique aux domaines culturels suivants :
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  théâtre (y. c. marionnettes et cirque)
+ &lt;/li&gt;
+ &lt;li&gt;
+  danse
+ &lt;/li&gt;
+ &lt;li&gt;
+  musique vocale et instrumentale (y. c. musiques actuelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  arts visuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  patrimoine (musées)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Soutien financier auprès du Canton de Fribourg :
+&lt;/h4&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un projet de coopération culturelle, vos partenaires fribourgeois ont également la possibilité de solliciter un soutien financier auprès du Canton de Fribourg.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2018</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/cooperation-culturelle-canton-de-fribourg-suisse/</t>
+        </is>
+      </c>
+      <c r="W71" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0034/depot/simple</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus de renseignements ou pour solliciter ce soutien, contactez : Canton de Fribourg Direction de l&amp;#039;instruction publique, de la culture et du sport (DICS) Service de la culture Rue Frédéric-Chaillet 11, 1700 Freiburg T &amp;#43;41 26 305 12 81 fribourg-culture&amp;#64;fr.ch.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  Guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+  Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  —
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Pour toute question, vous pouvez envoyer un mail à l&amp;#039;adresse suivante :
+ &lt;br /&gt;
+ &lt;a href="mailto:culture-europe-transfrontalier&amp;#64;grandest.fr"&gt;
+  culture-europe-transfrontalier&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ebd4-cooperation-culturelle-avec-le-canton-de-frib/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>140794</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement économique, à l’attractivité et à l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de commerce et d'industrie (CCI) des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : réalisation de diagnostics de l&amp;#039;appareil commercial, et de diagnostics économiques (études, plan d&amp;#039;actions, recueil en concertation avec les acteurs locaux...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : animation de territoire (mise en réseau d&amp;#039;entreprises, développement de l&amp;#039;attractivité du territoire et des liens entre tous les acteurs économiques du territoire...) et animation d&amp;#039;associations de commerçants, et d&amp;#039;entreprises de ZA, appui à la dynamisation des centres-villes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : réalisation d&amp;#039;études commerciales et de marchés, développement des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;un diagnostic commercial : élaborer un état des lieux fiable et précis sur le tissu commercial, formuler des préconisations de développement et proposer des enrichissements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;étude d&amp;#039;implantation commerciale : faciliter les prises de décisions en matière d&amp;#039;aménagement, d&amp;#039;implantation et de dynamisme commercial à partir d&amp;#039;une approche marché personnalisée, et informer sur les accompagnements complémentaires proposés par la CCI (accompagnement du porteur de projet dans le montage du dossier...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un hôtel d&amp;#039;entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les collectivités, la CCI intervient en tant que prestataire, via la signature de contrats de prestation rémunérés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>http://www.digne.cci.fr/</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 60 bd Gassendi 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 80 80 (Digne-les-Bains)
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 72 31 52 (Manosque)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:accueil&amp;#64;digne.cci.fr" target="_self"&gt;
+  accueil&amp;#64;digne.cci.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/97a1-contribuer-au-developpement-economique-a-latt/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>164925</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient l&amp;#039;animation territoriale nécessaire à la réalisation des actions liées à la gestion de l&amp;#039;eau, en favorisant une gouvernance locale efficace, représentant les divers usages.&lt;br /&gt;
+&lt;br /&gt;
+Elle encourage la création de structures de concertation multi-partenariales et l&amp;#039;émergence de maîtrises d&amp;#039;ouvrage locales pour répondre aux enjeux des bassins versants. De plus, l&amp;#039;agence soutient les &amp;#34;têtes de réseau&amp;#34; qui facilitent la mise en relation et le partage de ressources entre les acteurs. En milieu rural, elle accompagne les services d&amp;#039;assistance technique pour améliorer les infrastructures d&amp;#039;eau et d&amp;#039;assainissement. Enfin, l&amp;#039;agence promeut la participation citoyenne et la concertation pour enrichir les projets liés à l&amp;#039;eau, en permettant aux citoyens de s&amp;#039;impliquer activement dans leur élaboration et leur mise en œuvre.</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>Emergence et animation de la gouvernance locale de l’eau&lt;br /&gt;
+Emergence de projets ou de maîtrise d&amp;#039;ouvrage locale multithématique&lt;br /&gt;
+Animation de démarches contractuelles multithématiques&lt;br /&gt;
+Animation visant à améliorer la synergie entre les politiques de l&amp;#039;eau et l&amp;#039;aménagement du territoire&lt;br /&gt;
+Animation portée par les têtes de réseau &lt;br /&gt;
+Animation de démarches participatives&lt;br /&gt;
+Communication, sensibilisation et éducation aux enjeux de l’eau</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128698/fr/gouvernance-locale-de-l-eau-animation-sensibilisation-et-education-aux-enjeux-de-l-eau</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gouvernance-locale-de-leau-animation-sensibilisation-et-education-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>144487</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la construction, l'aménagement et l'équipement de salles de cinéma</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, l'aménagement et l'équipement de salles de cinéma</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I74" s="1" t="inlineStr">
+        <is>
+          <t> Max : 13</t>
+        </is>
+      </c>
+      <c r="J74" s="1" t="inlineStr">
+        <is>
+          <t>Aide ≤ 13,5 % du coût H.T. des travaux, plafonnée à 100 000 € pour tous les projets</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide départementale est octroyée aux communes ou groupements de communes pour la réalisation de travaux d&amp;#039;aménagement et d&amp;#039;équipement de salles de spectacle cinématographique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux susceptibles de bénéficier de subventions du Département sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les créations de salles, les travaux ayant reçu l&amp;#039;agrément du Centre National du Cinéma et de l&amp;#039;Image Animée (CNC),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les réhabilitations ou les modernisations de salles existantes, les travaux qui ont donné lieu à l&amp;#039;octroi d&amp;#039;un soutien financier du CNC, pour ce qui concerne le domaine du cinéma.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=145</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4ffe-aider-a-la-construction-lamenagement-et-lequi/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>111869</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la filière musicale</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Plan de soutien à la filière musicale (dispositifs d’aide opérés par le Centre national de la Musique)</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Centre National de la Musique (CNM)</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>Dans un contexte d&amp;#039;attribution des sources traditionnelles de financement et de grande fragilisation des acteurs, la filière musicale est dotée de moyens significatifs pour relancer l&amp;#039;appareil créatif et productif en s&amp;#039;appuyant sur la stratégie déployée par le Centre national de la musique (CNM).
+&lt;p&gt;
+ De quoi s&amp;#039;agit-il ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le
+ &lt;a href="https://cnm.fr/CNM"&gt;
+  Centre national de la musique
+ &lt;/a&gt;
+ (CNM) est doté d&amp;#039;une enveloppe budgétaire totale de 200M€ pour les années 2021 et 2022 afin de soutenir les acteurs de la filière musicale dans toute leur diversité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;effort de relance à réaliser doit permettre à la fois d&amp;#039;assurer la sauvegarde des structures, tout en basculant avec la reprise progressive d&amp;#039;activité vers une logique d&amp;#039;investissements dans les projets et productions à venir, afin de préserver la place des projets et des artistes musicaux français.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>Qui peut en bénéficier ?
+&lt;p&gt;
+ &lt;strong&gt;
+  Toutes les entreprises
+ &lt;/strong&gt;
+ en lien avec la filière musicale : producteurs de spectacle, salles, de spectacle, festivals, éditeurs musicaux, producteurs phonographiques, diffuseurs, disquaires, éditeurs de service de musique en ligne, créateurs (auteurs compositeurs), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Comment en bénéficier ?
+&lt;/p&gt;
+&lt;p&gt;
+ Les dispositifs de soutien ont été construits par le CNM en concertation avec les représentants de la filière (membres du Conseil professionnel du CNM) et ont été adoptés par le Conseil d&amp;#039;administration de l&amp;#039;établissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient d&amp;#039;adresser une demande de soutien au
+ &lt;a href="https://cnm.fr/crise-covid-19/aides-exceptionnelles/"&gt;
+  CNM
+ &lt;/a&gt;
+ via les formulaires d&amp;#039;aide mis à disposition sur le site de l&amp;#039;établissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Calendrier de mise en œuvre
+&lt;/p&gt;
+&lt;p&gt;
+ Pour prendre connaissance des dispositifs ouverts et des dates limites de dépôt des dossiers, rendez-vous sur le
+ &lt;a href="https://cnm.fr/crise-covid-19/aides-exceptionnelles/"&gt;
+  site du CNM
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/entreprises/plan-soutien-filiere-musicale-dispositifs-aide</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://cnm.fr/"&gt;
+  Centre national de la musique
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 9 boulevard des Batignolles
+&lt;/p&gt;
+&lt;p&gt;
+ 75008 Paris
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dd5c-plan-de-soutien-a-la-filiere-musicale-disposi/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>94980</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions et structures en faveur du développement des langues et cultures régionales</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Soutien aux plaques en langues régionales
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour les communes de moins de 2 000 habitants : 70% du coût HT avec un plafond
+d&amp;#039;aide de 5 000 €,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de plus de 2 000 habitants : 40% du coût HT des travaux et 10%
+supplémentaires si la potentiel financier des communes concernées est inférieur à la
+moyenne départementale avec un plafond d&amp;#039;aide de 5 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Soutien aux ateliers de pratiques et d&amp;#039;apprentissage des langues régionales : 16 € par heure de
+cours.
+Soutien à la diffusion de spectacles en langues régionales : conventionnement pluriannuel avec
+un maximum de 12 000 € par lieu sur deux ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;h4&gt;
+ Nature des projets
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien aux ateliers de pratique et d&amp;#039;apprentissage des langues régionales :
+Minimum 5 inscriptions au début du cycle par formation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutien l&amp;#039;achat et à la mise en place de plaques ou de panneaux bilingues français-langues
+régionales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutien à la création artistique en langues régionales :
+appel à projets pour une bourse à l&amp;#039;écriture de spectacles en langues régionales,
+appel à projets en faveur de la création en langues régionales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la diffusion de spectacles en langues régionales : création d&amp;#039;un label « cultures
+régionales », aide à la traduction et au sur-titrage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Méthode de sélection
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la création artistique en langues régionales :
+appel à projets pour une bourse à l&amp;#039;écriture de spectacles en langues régionales,
+appel à projets en faveur de la création en langues régionales, à la traduction et au
+sur titrage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Président du Conseil régional pourra solliciter l&amp;#039;avis d&amp;#039;un comité de sélection pour
+examiner les dossiers.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la diffusion de spectacles en langues régionales : au moins un spectacle par saison
+en langue régionale et des actions d&amp;#039;éducation et de sensibilisation du public autour du
+spectacle, ainsi qu&amp;#039;à la traduction et au sur-titrage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la mise en place de plaques bilingues (français/langues régionales) : coût HT des
+travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux ateliers de pratiques et d&amp;#039;apprentissage des langues régionales : aide forfaitaire par
+heure de cours.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/grand-est-soutien-aux-actions-et-structures-en-faveur-du-developpemnt-des-langues-et-cultures-regionalesgrand-est-soutien-aux-actions-et-structures-en-faveur-du-developpement-des-langues-et-cultur/</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Siège du conseil régional,
+   Strasbourg : 03 88 15 68 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hôtel de Région,
+   Metz : 03 87 33 60 00
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hôtel de Région,
+   Châlons-en-Champagne : 03 26 70 31 31
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accb-soutien-aux-actions-et-structures-en-faveur-d/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>140792</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise sur les différents domaines de l'urbanisme et du développement territorial</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'urbanisme du Pays d'Aix-Durance</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : prospective et observation des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie foncière : aide à l&amp;#039;élaboration de stratégies foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie réglementaire et juridique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la réalisation du Plan Vélo de la ville de Manosque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de mobilité pour la commune de Trets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconquête des friches agricoles d&amp;#039;intérêt DFCI et développement du pastoralisme en forêt dans la planification
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de projets urbains communaux : Rognes, étude de faisabilité stationnement avenue de Lambesc D15 / Gréasque, restructuration de l&amp;#039;entrée de ville et construction d&amp;#039;une maison médicale / Saint-Antonin-sur-Bayon, réalisation d&amp;#039;un schéma directeur des espaces publics et requalification de trois secteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertuis 2040 ; un exercice de prospective territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Finalisation de la démarche d&amp;#039;élaboration du PLH de PAA
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation des impacts de la crise sanitaire sur les marchés immobiliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de qualification des friches industrielles à potentiel foncier pour l&amp;#039;économie productive
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût de l&amp;#039;adhésion pour les communes : forfait de 1000 €/an et conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût pour les autres adhérents : conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence, Hautes-Alpes et Bouches-du-Rhône</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>http://www.aupa.fr</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Le Mansard - Bât C- 4e Etage, 1 Place Martin Luther King, Avenue du 8 mai 1945, 13090 Aix-en-Provence
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 42 23 12 17
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:aupa&amp;#64;aupa.fr" target="_self"&gt;
+  aupa&amp;#64;aupa.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/474e-expertise-au-service-des-territoires-sur-les-/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>165308</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et bilan de la démarche territoriale</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Études et bilan de la démarche territoriale</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les études de territoire identifiant les 
+enjeux locaux permettant l&amp;#039;élaboration d&amp;#039;une stratégie concertée et un 
+programme d’actions ainsi que le bilan de la démarche engagée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-etudes-et-bilan-de-la-demarche-territoriale.html</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-bilan-de-la-demarche-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>162786</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets et manifestations d'intérêt régional conçus dans la perspective de valoriser auprès des publics les expressions artistiques</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Traditions - Valorisation et diffusion des traditions régionales</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;objectif du dispositif est de soutenir des projets et manifestations d&amp;#039;intérêt régional conçus dans la perspective :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de valoriser auprès des publics les expressions artistiques et les pratiques culturelles traditionnelles matérielles et immatérielles,&lt;/li&gt; 	&lt;li&gt;de transmettre et renouveler les approches de la culture et des traditions régionales.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;associations&lt;/li&gt; 	&lt;li&gt;collectivités régionales&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les actions de valorisation, d&amp;#039;initiation aux langues régionales et langues de France au sens de la Délégation à la langue française et aux langues de France du ministère de la culture et de la communication,&lt;/li&gt; 	&lt;li&gt;l&amp;#039;organisation d&amp;#039;expositions destinées à diffuser une meilleure connaissance de la culture régionale et des traditions,&lt;/li&gt; 	&lt;li&gt;les manifestations et festivals qui proposent une programmation représentative des mouvements contemporains de la création et de leurs sources traditionnelles et populaires,&lt;/li&gt; 	&lt;li&gt; les spectacles de danse, musique, conte, théâtre, mettant en scène le répertoire traditionnel une évolution contemporaine de ce répertoire. Ces manifestations doivent avoir recours à des artistes professionnels ou à des troupes amateurs ayant un nombre significatif d’adhérents.&lt;/li&gt; 	&lt;li&gt;les actions ou manifestations perpétuant et valorisant le patrimoine culturel immatériel et les savoir-faire régionaux&lt;/li&gt; 	&lt;li&gt; la publication de revues d&amp;#039;information et de valorisation destinées à diffuser des informations d&amp;#039;actualité et de réflexion consacrées à la situation et aux mutations des traditions régionales,&lt;/li&gt; 	&lt;li&gt; l’édition d’ouvrages de recherche ou de témoignage sur la culture et les traditions régionales,&lt;/li&gt; 	&lt;li&gt; l’édition de produits audiovisuels et numériques destinés à la diffusion de la culture et des traditions régionales&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Ces projets devront répondre aux critères suivants :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la présentation d&amp;#039;une programmation d&amp;#039;activités détaillée et argumentée garantissant une qualité artistique, scientifique ou technique des propositions faites aux publics régionaux&lt;/li&gt; 	&lt;li&gt; une attention portée à la recherche de nouveaux publics, en particulier les lycéens et les apprentis&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les actions de valorisation, d&amp;#039;initiation aux langues régionales et langues de France au sens de la Délégation à la langue française et aux langues de France du ministère de la culture et de la communication,&lt;/li&gt; 	&lt;li&gt;l&amp;#039;organisation d&amp;#039;expositions destinées à diffuser une meilleure connaissance de la culture régionale et des traditions,&lt;/li&gt; 	&lt;li&gt;les manifestations et festivals qui proposent une programmation représentative des mouvements contemporains de la création et de leurs sources traditionnelles et populaires,&lt;/li&gt; 	&lt;li&gt; les spectacles de danse, musique, conte, théâtre, mettant en scène le répertoire traditionnel une évolution contemporaine de ce répertoire. Ces manifestations doivent avoir recours à des artistes professionnels ou à des troupes amateurs ayant un nombre significatif d’adhérents.&lt;/li&gt; 	&lt;li&gt;les actions ou manifestations perpétuant et valorisant le patrimoine culturel immatériel et les savoir-faire régionaux&lt;/li&gt; 	&lt;li&gt; la publication de revues d&amp;#039;information et de valorisation destinées à diffuser des informations d&amp;#039;actualité et de réflexion consacrées à la situation et aux mutations des traditions régionales,&lt;/li&gt; 	&lt;li&gt; l’édition d’ouvrages de recherche ou de témoignage sur la culture et les traditions régionales,&lt;/li&gt; 	&lt;li&gt; l’édition de produits audiovisuels et numériques destinés à la diffusion de la culture et des traditions régionales&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Ces projets devront répondre aux critères suivants :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la présentation d&amp;#039;une programmation d&amp;#039;activités détaillée et argumentée garantissant une qualité artistique, scientifique ou technique des propositions faites aux publics régionaux&lt;/li&gt; 	&lt;li&gt; une attention portée à la recherche de nouveaux publics, en particulier les lycéens et les apprentis&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/traditions-valorisation-et-diffusion-des-traditions-regionales</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Traditions et Cultures régionales&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Adeline Aouni : &lt;a href="mailto:aaouni&amp;#64;maregionsud.fr"&gt;aaouni&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/traditions-valorisation-et-diffusion-des-traditions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>140779</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de production d'électricité par énergie renouvelable (éolien et photovoltaïque)</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement personnalisé de la collectivité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Identifier les points clés du projet
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Piloter le projet  les échanges avec le développeur
+&lt;/p&gt;
+&lt;p&gt;
+ - Optimiser les recettes pour le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Mener un projet concerté, avec les acteurs locaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Agir dans le cadre d&amp;#039;une démarche participative
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  contact&amp;#64;territoire-energie-bfc.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/63ca-accompagner-les-projets-de-production-delectr/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>164932</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser aux enjeux de l’eau</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H15" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
-[...216 lines deleted...]
-      <c r="O15" s="1" t="inlineStr">
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Evènementiel (festival, concours, hackathon…), support physique, numérique ou artistique visant à sensibiliser tout public aux enjeux de la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
-[...85 lines deleted...]
-      <c r="U15" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E16" s="1" t="inlineStr">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>94981</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel scénique ou scénographique</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
-[...4 lines deleted...]
-&lt;/p&gt;
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  soutenir l&amp;#039;innovation culturelle en favorisant la création artistique professionnelle d&amp;#039;aujourd&amp;#039;hui en matière de théâtre, de marionnettes, d&amp;#039;arts de la rue, de cirque, de danse, de musique, d&amp;#039;arts de la parole ou de toute forme hybride relevant du spectacle vivant ou mettant l&amp;#039;accent sur la pluridisciplinarité,
-[...5 lines deleted...]
-  accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers du soutien aux projets de création.
+  favoriser l&amp;#039;implantation ou conforter la présence d&amp;#039;équipes et de projets artistiques
+de qualité sur l&amp;#039;ensemble des territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre une meilleure irrigation culturelle des territoires dans des lieux de
+spectacles culturels ou d&amp;#039;exposition dotés d&amp;#039;équipements scéniques ou
+scénographiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  offrir des conditions optimales d&amp;#039;accueil aux formations artistiques
+professionnelles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner et encourager la pratique et la diffusion des oeuvres sur tout le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...2 lines deleted...]
- &lt;/strong&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les lieux de diffusion bénéficiant d&amp;#039;un label national ou d&amp;#039;un conventionnement pluriannuel et pluripartite ou les lieux portant un projet structurant de développement culturel inscrit dans les priorités de la politique régionale, implanté sur le territoire et conventionné par le Conseil régional,
+&lt;/p&gt;
+&lt;p&gt;
+ Les personnes morale de droit public ou privé situées sur le territoire de la région Grand Est.
+&lt;/p&gt;
+&lt;h3&gt;
+ Nature des projets
+&lt;/h3&gt;
+&lt;p&gt;
+ Dans le domaine du spectacle vivant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Subvention plafonnée à 30 000€
-[...4 lines deleted...]
-      <c r="N16" s="1" t="inlineStr">
+  l&amp;#039;acquisition de matériel scénique et de diffusion de lieux de spectacle assurant une
+programmation artistique professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition de matériel nécessaire aux répétitions, à l&amp;#039;enregistrement ou plus
+généralement à l&amp;#039;accueil d&amp;#039;équipes artistiques en résidence de création.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le domaine des arts visuels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition d&amp;#039;équipement scénographique de lieux d&amp;#039;exposition assurant une
+programmation artistique professionnelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention et est plafonnée à 30 %.
+Le montant de l&amp;#039;intervention régionale est déterminé au cas par cas, comme suit, en fonction
+de l&amp;#039;intérêt du projet et de sa pertinence :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;aide concernant des projets d&amp;#039;aménagements d&amp;#039;équipements est accordée dans la limite
+d&amp;#039;un plafond de dépenses HT de 500 000 €,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une manière générale, l&amp;#039;aide est arrêtée à 30% au maximum du coût HT des
+équipements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute demande fait l&amp;#039;objet d&amp;#039;une  lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif. Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne peut être accordée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour les lieux de spectacles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;équipements scéniques : éclairage scénique, matériel de sonorisation,
+équipement de tenture, équipement audiovisuel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien pour les équipements scéniques ne peut être remobilisé qu&amp;#039;à l&amp;#039;issue d&amp;#039;un délai de 10
+ans entre deux demandes, délai réduit à 5 ans pour les matériels de sonorisation.
+Pour les lieux de répétition ou d&amp;#039;enregistrement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les équipements nécessaires aux répétitions ou à l&amp;#039;enregistrement : matériel informatique
+et logiciels permettant la MAO, les équipements de sonorisations et d&amp;#039;enregistrement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien en acquisition d&amp;#039;équipement ne peut intervenir que tous les 5 ans.
+Pour les lieux d&amp;#039;exposition et de production :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;équipements scénographiques : aménagement et matériel d&amp;#039;exposition, éclairage,
+équipement audiovisuel et numérique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien pour les équipements scénographiques ne peut être remobilisé qu&amp;#039;à l&amp;#039;issue d&amp;#039;un
+délai de 10 ans entre deux demandes, 5 ans pour le matériel audiovisuel et numérique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-a-lacquisition-de-materiel-scenique-ou-scenographique/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Siège du conseil régional,
+   Strasbourg : 03 88 15 68 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hôtel de Région,
+   Metz : 03 87 33 60 00
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hôtel de Région,
+   Châlons-en-Champagne : 03 26 70 31 31
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4bee-aide-a-lacquisition-de-materiel-scenique-ou-s/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>117576</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Être assisté dans le management des projets Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Assistance au management des projets Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ La Banque des Territoires propose une assistance aux chefs de projet des territoires Avenir Montagnes afin d&amp;#039;être aidé dans votre démarche visant à développer une offre touristique diversifiée, durable, résiliente et toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette assistance prend la forme d&amp;#039;un financement à 100 %, dans la limite de 50 000 € par territoire et durant le programme Avenir Montagnes Ingénierie, des interventions de consultants experts.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement vous permet d&amp;#039;être aidé pour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  toute équipe artistique professionnelle de spectacle vivant ou tout bureau de production accompagnant les équipes artistiques dans leurs projets,
-[...17 lines deleted...]
- L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+  Structurer le projet (aide dans la mise en œuvre du processus organisationnel et de coordination des partenariats, dans la définition de la programmation technique et financière, dans la décision pour préparer les arbitrages, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des outils de pilotage et de suivi (organigramme des tâches, calendrier prévisionnel, outils de suivi des alertes, référentiel budgétaire, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir et mettre en œuvre les dispositifs de concertation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préparer et animer la comitologie de projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Produire des éléments de langage et de présentation du plan d&amp;#039;actions ou de projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animer des dispositifs de concertation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir vos besoins d&amp;#039;expertises complémentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser les démarches administratives et méthodologiques (documents de consultation, cahier des charges, fiche-action, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/avenir-montagnes-management-projet?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projets_avenir_montagnes_osat</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  respecter les dispositions légales et réglementaires,
-[...13 lines deleted...]
-  présenter un budget global de fonctionnement de la structure sur 3 ans, sur la base de budgets prévisionnels annuels détaillés.
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
-[...69 lines deleted...]
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46b6-etre-assiste-dans-le-management-des-projets-a/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>165244</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser du public pendant les consultations réglementaire pour l’élaboration du Sdage</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Actions de mobilisation de l’avis du public pendant les consultations prévues réglementairement pour l’élaboration du Sdage</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...8 lines deleted...]
-      <c r="K17" s="1" t="inlineStr">
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
-[...140 lines deleted...]
-      <c r="S18" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne encourage les initiatives de 
+mobilisation du public pendant les consultations menées par le comité de
+ bassin Loire-Bretagne. Elle finance les actions qui favorisent 
+l&amp;#039;appropriation et la mise en œuvre du Sdage, le débat sur l&amp;#039;eau, les 
+concertations et les consultations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Médias et communication
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q84" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-actions-de-mobilisation-de-lavis-du-public-pendant-les-cons.html</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-du-public-pendant-les-consultations-reglementaire-pour-lelaboration-du-sdage/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G19" s="1" t="inlineStr">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>24913</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création artistique régionale en langue catalane et/ou occitane et au conventionnement tremplin</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
-[...3 lines deleted...]
- La Région soutient la création dans le spectacle vivant en fonctionnement et en investissement. L&amp;#039;aide en fonctionnement vise à soutenir la production de spectacles en Île-de-France qui ne fait pas l&amp;#039;objet d&amp;#039;un amortissement sur plusieurs exercices.
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite encourager et soutenir les créations en langues régionales et leur diffusion, ainsi que la professionnalisation des compagnies et groupes dont les matériaux de création sont les langues catalane et/ou occitane.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs : Soutenir la création en langue catalane et/ou occitane dans les domaines du théâtre, de la musique, de la danse, de la littérature, de l&amp;#039;édition et de l&amp;#039;audiovisuel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Toutes les dépenses de fonctionnement sauf :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la création et la maintenance de sites Internet
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion de CD.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides et dispositions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   A) Aide au projet
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;écriture dramatique ou composition d&amp;#039;œuvres contenant au moins 50% de texte en langues catalane et/ou occitane, la création ou la reprise d&amp;#039;une œuvre en occitan ou en catalan.
+&lt;/p&gt;
+&lt;p&gt;
+ La sélection du dossier et le montant de l&amp;#039;aide régionale sont conditionnés à l&amp;#039;analyse de tous les critères suivants par le comité conseil :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   exigence artistique : elle renvoie à un engagement et à la recherche d&amp;#039;une rigueur dans un travail suivi. L&amp;#039;exigence artistique s&amp;#039;exprime et se construit dans le parcours d&amp;#039;un artiste. Elle se distingue de la notion d&amp;#039;excellence fondée sur une échelle de valeur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité des créateurs à diffuser leurs œuvres. Tous les éléments permettant d&amp;#039;analyser la capacité du projet de création à entrer dans les circuits de diffusion devront être communiqués : préachat, budget de production faisant apparaître d&amp;#039;autres financeurs publics (collectivités territoriales, Etat), des sociétés civiles, des lieux de diffusion (coproduction, production déléguée, coréalisation...), diffusion et repérage des compagnies par les professionnels sur leurs précédents projets etc...
+  &lt;/li&gt;
+  &lt;li&gt;
+   qualité de la langue catalane et/ou occitane
+  &lt;/li&gt;
+  &lt;li&gt;
+   Après avis du comité conseil, et sous réserve de complétude du dossier, les projets retenus sont présentés à la commission culture du Conseil Régional puis soumis au vote de l&amp;#039;Assemblée Régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   B) Conventionnement « tremplin » 2 ans
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;aider les compagnies émergentes qui créent en occitan et/ou en catalan, la Région peut accompagner de façon globale, dans leurs projets de création, de diffusion, de reprise, d&amp;#039;action culturelle, des équipes artistiques professionnelles de rayonnement régional et dont l&amp;#039;exigence artistique est avérée. Ce conventionnement permet à la compagnie de se professionnaliser afin de pouvoir ensuite émarger sur les dispositifs d&amp;#039;aides au spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cette aide porte sur deux ans et doit permettre aux équipes artistiques de se doter d&amp;#039;une permanence administrative. La sélection du dossier et le montant de l&amp;#039;aide régionale sont conditionnés à l&amp;#039;analyse de tous les critères suivants par le comité conseil :
+  &lt;/li&gt;
+  &lt;li&gt;
+   régularité de l&amp;#039;exigence du propos artistique de la compagnie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à s&amp;#039;inscrire dans une dynamique territoriale et à mobiliser des ressources d&amp;#039;autres partenaires publics ou privés pour construire l&amp;#039;activité régulière avec permanence administrative
+  &lt;/li&gt;
+  &lt;li&gt;
+   investissement régulier auprès des publics, et en particulier éloignés de la culture, par une activité d&amp;#039;action culturelle diversifiée et tournée vers la recherche de formes singulières ou innovantes de médiation ou de rencontres
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La compagnie conventionnée est aidée pour l&amp;#039;ensemble de ses activités et ne peut pas bénéficier d&amp;#039;une aide au projet ou à la résidence pendant la durée de son conventionnement. Pendant la durée de la convention, le projet de la compagnie devra comporter au moins une création. Après la fin de la convention, celle-ci pourra être renouvelée une fois seulement.
+&lt;/p&gt;
+&lt;p&gt;
+ Après avis du comité conseil, et sous réserve de complétude du dossier, les projets retenus sont présentés à la commission culture du Conseil Régional puis soumis au vote de l&amp;#039;Assemblée Régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   C) Conventionnement 3 ou 4 ans
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les compagnies déjà structurées, il s&amp;#039;agit alors d&amp;#039;émarger sur les critères des dispositifs génériques accompagnant le spectacle vivant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Langues-et-cultures-catalane-et-occitane-Aide-a-la-creation</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour la gestion administrative du dossier :
+ &lt;/strong&gt;
+ Audrey CASSAR Mail : audrey.cassar&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la nature du projet :
+ &lt;/strong&gt;
+ Philippe VIALARD Mail : philippe.vialard&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89c0-langues-et-cultures-catalane-et-occitane-aide/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>101582</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour la biodiversité, l'environnement et les paysages</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous aidons à préserver et valoriser la biodiversité, l&amp;#039;environnement et les paysages en lien avec les agriculteurs et les forestiers de votre territoire. Nous proposons des solutions concertées pour restaurer les écosystèmes, promouvoir les pratiques et renforcer la résilience des territoires tout en conciliant les enjeux environnementaux, économiques et paysagers.&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3118-amenager-les-espaces-agricoles-et-forestiers-/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>165310</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des missions de coordination et d’appui thématique - communication</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Missions de coordination et d’appui thématique - communication</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau finance les 
+missions de coordination et d’animation thématiques nécessaires pour 
+mettre en œuvre le programme d’actions issus d’une stratégie concertée. 
+La communication permettant la promotion de la démarche territoriale est
+ également soutenue.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P87" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q87" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-de-coordination-et-dappui-thematique-communication.html</t>
+        </is>
+      </c>
+      <c r="W87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-de-coordination-et-dappui-thematique-communication/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>162305</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux  élèves et jeunes de l'enseignement Professionnel de découvrir de nouveaux domaines d’application aux savoir-faire</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Enseignement Professionnel : Lycées Professionnels  et CFA au Festival d’Aix</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Ce parcours professionnel invite à la découverte de l’opéra. Il est proposé à l’ensemble des lycées professionnels, des CFA de la Région SUD, rattachés aux Académies d‘Aix- Marseille et de Nice.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;S’adressant spécifiquement lycées professionnels, aux CFA de la Région SUD Provence-Alpes-Côte d&amp;#039;Azur, le Parcours professionnel  invite à la découverte de l’opéra en proposant un focus technique du spectacle vivant : les Professions et les savoirs-faire du spectacle vivant et de l’opéra, les étapes qui précédent la première représentation d’un opéra.&lt;br /&gt; &lt;br /&gt; L’objectif est de permettre à ces  élèves et jeunes  adultes au début de leur vie professionnelle et jeunes de découvrir de nouveaux domaines d’application aux savoir-faire et aux compétences qu’ils acquièrent dans leur formation, élargissant ainsi leur champ des possibles et la construction de leur projet professionnel.  &lt;/p&gt;
+&lt;p&gt;Fondé sur la réciprocité, ce parcours se construit avec l’équipe pédagogique : chaque étape du parcours, ainsi que  l’opéra auquel les élèves assisteront en fonction des filières  et spécialisation. &lt;/p&gt; &lt;p&gt;Les lycées professionnels, CFA  de la Région SUD, rattachés aux Académies d‘Aix- Marseille et de Nice&lt;strong&gt;. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>27/11/2020</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les modalités d&amp;#039;inscription :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;ACADEMIE d’AIX MARSEILLE | INSCRIPTIONS VIA LA DAAC  &lt;/strong&gt;&lt;br /&gt; Les inscriptions au dispositif se font via un formulaire accessible  en ligne  sur le site de la DAAC.&lt;br /&gt; L’adresse vous sera communiquée par Mme Isabelle Tourtet - courriel : &lt;a href="mailto:isabelle.tourtet&amp;#64;ac-aix-marseille.fr"&gt;isabelle.tourtet&amp;#64;ac-aix-marseille.fr&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;ACADEMIE DE NICE | INSCRIPTIONS VIA LA DAAC  &lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Académie de Nice | DAAC chargé du domaine musique conseiller EAC&lt;/strong&gt;,&lt;br /&gt; Philippe Mopin - courriel : &lt;a href="mailto:philippe.mopin&amp;#64;ac-nice.fr"&gt;philippe.mopin&amp;#64;ac-nice.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Festival d’Aix | &lt;/strong&gt;&lt;strong&gt;Responsable du Service éducatif, &lt;/strong&gt;&lt;br /&gt; Frédérique Tessier - courriel : &lt;a href="mailto:frederique.tessier&amp;#64;festival-aix.com"&gt;frederique.tessier&amp;#64;festival-aix.com&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Modalité de remboursement des frais de transports &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Remboursements des 2 transports pour 10 établissements professionnels sélectionnés (6 de l’Académie d’Aix-Marseille et 6 de l’Académie de Nice).&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Votre demande de remboursement&lt;/strong&gt; et &lt;strong&gt;votre facture&lt;/strong&gt; doivent être adressées &lt;strong&gt;par courriel&lt;/strong&gt; à la Direction de la Jeunesse, des Sports et de la Citoyenneté :&lt;br /&gt; &lt;strong&gt;Joëlle HANANIA&lt;/strong&gt;, chargée de mission Education artistique et culturelle : &lt;a href="mailto:jhanania&amp;#64;maregionsud.fr"&gt;jhanania&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Françoise Bouchetière, &lt;/strong&gt;gestionnaire au Service Jeunesse et Citoyenneté  : &lt;a href="mailto:fbouchetière&amp;#64;maregionsud.fr"&gt;fbouchetière&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/enseignement-professionnel-lycees-professionnels-et-cfa-au-festival-daix</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/enseignement-professionnel-lycees-professionnels-et-cfa-au-festival-daix/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>165246</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Développer et structurer l'éducation à l'environnement sur le volet « eau »</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Projets régionaux d’éducation à l’environnement sur le volet « eau »</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les actions visant à développer et à 
+structurer l&amp;#039;éducation à l&amp;#039;environnement à l&amp;#039;échelle régionale autour 
+des enjeux de l&amp;#039;eau. Elle finance des actions éducatives dans le cadre 
+de partenariats concertés avec les acteurs de l&amp;#039;éducation à 
+l&amp;#039;environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Education et renforcement des compétences
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P89" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q89" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-projets-regionaux-deducation-a-lenvironnement-sur-le-volet.html</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-leducation-a-lenvironnement-sur-le-volet-eau/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>140724</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité et le rayonnement économique et touristique des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Agence de développement 04</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil Amont : pour cibler les enjeux du projet et son impact sur le territoire. Données de l&amp;#039;Observatoire touristique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet et financière : pour accompagner le pilotage et la gestion globale du projet tout en faisant le lien avec les partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise Technique : pour gérer les aspects techniques spécifiques à un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de Concertation : mobilisation du réseau partenarial
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Livraison aux EPCI des données touristiques : bilans de saisons et annuels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune de Lauzet Ubaye pour le projet d&amp;#039;usine d&amp;#039;embouteillage d&amp;#039;eau de source (proposition modèle économique, identification de source de financement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Management de la destination Verdon : coordination et chef de filat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des projets européens comme délégataire (PITEM MITO – plan intégré thématique &amp;#34;Modèles Intégrés pour le Tourisme Outdoor&amp;#34;)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>http://www.investinalpesdehauteprovence.com</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence de Développement 04
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : 8 rue Bad Mergentheim – Immeuble François Mitterand BP 80170
+&lt;/p&gt;
+&lt;p&gt;
+ 04990 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 31 57 29
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;ad04.fr" target="_self"&gt;
+  info&amp;#64;ad04.fr
+ &lt;/a&gt;
+ /
+ &lt;a href="mailto:eco&amp;#64;ad04.fr" target="_self"&gt;
+  eco&amp;#64;ad04.fr
+ &lt;/a&gt;
  &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d9c2-renforcer-lattractivite-et-le-rayonnement-eco/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>30745</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux structurants dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie souhaite conforter le maillage de son territoire au travers d&amp;#039;un ensemble d&amp;#039;établissements culturels « de référence » à l&amp;#039;échelle régionale, mais également nationale et internationale pour certains d&amp;#039;entre eux.  Ces lieux structurants oeuvrent activement tout au long de l&amp;#039;année en faveur de la diffusion, de la création, de l&amp;#039;action en direction des publics et du développement territorial. Ils intègrent la diversité des esthétiques des arts de la scène. Ils jouent un rôle spécifique au sein d&amp;#039;une filière du spectacle vivant ou d&amp;#039;un territoire. Ils peuvent bénéficier ou pas d&amp;#039;un label ou d&amp;#039;un conventionnement d&amp;#039;Etat. Dans le cadre d&amp;#039;une convention d&amp;#039;objectifs, ils répondent à un cahier des charges impliquant  une programmation professionnelle exigeante, un soutien à la création  et aux compagnies régionales, un programme d&amp;#039;action culturelle en direction des publics, une inscription dans les réseaux professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  personnes morales de droit privé (associations, sociétés) titulaires d&amp;#039;une licence d&amp;#039;entrepreneur du spectacle en cours de validité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  personnes morales de droit public : collectivités territoriales (dont communes et communautés de communes) et établissements publics domiciliés en région titulaires d&amp;#039;une licence d&amp;#039;entrepreneur de spectacles en cours de validité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Sélection
+&lt;/h3&gt;
+&lt;p&gt;
+ Est notamment appréciée la capacité des lieux à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès de tous les publics à une offre artistique et culturelle de qualité
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une recherche de complémentarité et de coopération vis-à-vis du réseau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en œuvre des démarches d&amp;#039;action culturelle actives, riches et inventives
+ &lt;/li&gt;
+ &lt;li&gt;
+  agir pour la promotion des disciplines insuffisamment représentées de la création contemporaine (danse contemporaine, musique contemporaine, théâtre d&amp;#039;objets-marionnettes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accueillir au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation en veillant à l&amp;#039;équilibre des esthétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la circulation des créations régionales soutenues dans les lieux structurants de la région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la création régionale en partageant les outils et les moyens (co-production, production déléguée...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la présence artistique en leur sein et sur leur territoire (résidences, compagnies associées...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer au repérage et à l&amp;#039;émergence des talents.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide annuelle apportée est évaluée au regard de l&amp;#039;implication du lieu structurant dans les différentes missions évoquées ci-dessus et en fonction des critères de sélection détaillés plus haut.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ces structures doivent présenter une stabilité structurelle quant à l&amp;#039;exercice de leurs missions de service aux publics :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme de la gestion et permanence de l&amp;#039;équipe administrative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   indépendance des choix artistiques de la direction ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation d&amp;#039;une programmation ambitieuse et de qualité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   spectacles professionnels de rayonnement a minima régional, choix traduisant une ligne artistique définie, complémentarités et synergie avec l&amp;#039;environnement local et départemental) ; locaux et moyens techniques mobilisables (plateau en ordre de marche) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   implication dans l&amp;#039;accompagnement des artistes par des coproductions, le cas échéant des productions déléguées, et des résidences pluridisciplinaires de longue durée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   ancrage local et rayonnement régional confirmés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mobilisation d&amp;#039;autres financements publics ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   part du budget consacré aux dépenses artistiques d&amp;#039;au moins 30 %.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+ toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention : charges de fonctionnement de la structure, rémunération du personnel de la structure, charges artistiques (achats de spectacles, coproductions, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur, actions culturelles (location de matériel technique, salaires de personnels intermittents).
+&lt;/p&gt;
+&lt;p&gt;
+ Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+ la valorisation du bénévolat, des mises à disposition et les aides en nature, les dotations aux amortissements et aux provisions, les intérêts des emprunts et les agios.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-lieux-structurants</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e635-arts-de-la-scene-aide-aux-lieux-structurants/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>131362</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les pratiques artistiques et culturelles en amateur</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pratiques artistiques et culturelles en amateur</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le règlement « Aide aux pratiques artistiques et culturelles en amateur » vise à soutenir les associations, les communes et EPCI dans le développement qualitatif des pratiques artistiques et culturelles innovantes, non professionnelles, dans les domaines suivants : musique, danse, théâtre, chant choral, arts visuels, culture numérique, etc..., ainsi que les projets des structures émergentes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers seront examinés au regard des éléments suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la qualité artistique et culturelle du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le rayonnement territorial du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;inscription dans un projet culturel de territoire et la capacité du projet à fédérer (autres acteurs culturels, inscription dans des réseaux locaux...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diversité des publics cibles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les critères suivants seront obligatoirement remplis :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;aide au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication d&amp;#039;un EPCI ou de deux autres partenaires au moins dans l&amp;#039;élaboration et le plan de financement du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un seul financement du conseil départemental par structure,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la conformité de la structure avec la réglementation en vigueur,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le dossier complet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/reglement_pratiques_amateurs%20modifi%C3%A9%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W92" s="1" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, des sports et du monde associatif
+&lt;/p&gt;
+&lt;p&gt;
+ Service action culturelle, sportive et territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 25 32 86 50
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toute correspondance doit être adressée à :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Monsieur le Président du conseil départemental
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Direction de la culture, des sports et du monde associatif
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service action culturelle, sportive et territoriale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1 rue du Commandant Hugueny – CS 62127
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  52905 Chaumont Cedex 9
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5056-accompagner-les-pratiques-artistiques-et-cult/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>86328</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les associations dans la transmission et la valorisation de la langue occitane</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil Départemental accompagne les associations sur des projets visant à valoriser la langue occitane, à aider à sa transmission et à son développement dans les domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enseignement (y compris aux adultes),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création écrite, radio, film, numérique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recueil, conservation et valorisation de collectages oraux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évènements culturels, spectacle vivant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Edition.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande de subvention est établie sur un dossier type à retirer auprès du Conseil Départemental ou téléchargeable sur le site Internet.
+&lt;/p&gt;
+&lt;p&gt;
+ La lettre de demande est à adresser à Monsieur le Président du Conseil Départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conditions de financement sont les suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ 1/ les activités doivent être intégrées dans un plan départemental structuré,
+&lt;/p&gt;
+&lt;p&gt;
+ 2/ Les services du Conseil Départemental doivent être informés dès l&amp;#039;étude du projet et participent au suivi du projet,
+&lt;/p&gt;
+&lt;p&gt;
+ 3/ les projets doivent concerner l&amp;#039;ensemble du département ou des territoires présentant une cohérence pour le sujet traité,
+&lt;/p&gt;
+&lt;p&gt;
+ 4/ la demande est prise en compte au vu notamment
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  du projet précis de l&amp;#039;objet de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;activité globale de l&amp;#039;association
+ &lt;/li&gt;
+ &lt;li&gt;
+  des partenariats avec d&amp;#039;autres associations travaillant dans le domaine de la transmission, de la valorisation ou du développement de la langue occitane.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La durée de validité de l&amp;#039;aide est annuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de l&amp;#039;aide est exercé sur présentation d&amp;#039;un rapport de l&amp;#039;action et du bilan financier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Culture Occitane et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Sébastien PUGIN -
+ 05.62.56.71.37 -
+ sebastien.pugin&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5d7-accompagner-les-associations-dans-la-valorisa/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>165556</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Jouer en Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Jouer en Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 2 millions d&amp;#039;euros maximum par projet&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 90 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;span&gt;&lt;strong&gt;Objectif&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Tester et mettre en œuvre des modèles innovants à travers des projets porteurs de changement, afin de repenser les tournées dans le domaine des arts du spectacle de manière plus durable, inclusive, diversifiée et équilibrée&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;span&gt;Priorités&lt;/span&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : contribuer à développer davantage et à mettre en pratique les principes de bonnes conditions de travail et de rémunération équitable pour les artistes et les professionnels de la culture&lt;/li&gt;    &lt;li&gt;Priorité 2 : intégrer des activités qui s&amp;#039;adressent de manière proactive à des personnes issues de milieux géographiques et socio-économiques différents, tant des professionnels des arts du spectacle que du public, y compris la jeune génération&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Parmi les actions financées&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Activités qui permettront de développer, de mettre en œuvre et de maintenir des modèles durables pour les tournées transfrontalières et la distribution numérique dans le secteur des arts du spectacle&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être une personne morale (organisme public ou privé)&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;Pays participant à Europe Créative :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire au&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt; registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Les propositions doivent être soumises par un seul candidat ou par un consortium d&amp;#039;au moins trois candidats (bénéficiaires ; pas d&amp;#039;entités affiliées).&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : jusqu&amp;#039;à 24 mois&lt;/li&gt;  &lt;/ul&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.  &lt;ul&gt;    &lt;li&gt;Contact : EACEA-PERFORM-EUROPE&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cult-2026-perform_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;CREA-CULT-2026-PERFORM-EU&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Education et renforcement des compétences
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P94" s="1" t="inlineStr">
+        <is>
+          <t>30/10/2025</t>
+        </is>
+      </c>
+      <c r="Q94" s="1" t="inlineStr">
+        <is>
+          <t>15/01/2026</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-jouer-en-europe-2026/</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=CREA-CULT-2026-PERFORM-EU&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-jouer-en-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>94924</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide &amp;#34;Soutien aux initiatives artistiques et culturelles locales&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : Par ce dispositif, la Région Grand Est décide de contribuer au développement culturel des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir des projets culturels ponctuels sur les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives enrichissant l&amp;#039;offre culturelle dans les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des projets de diffusion culturelle et participer à une démarche d&amp;#039;irrigation des territoires associant praticiens amateurs encadrés par des artistes et des techniciens professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives associatives portant un projet relevant d&amp;#039;une démarche artistique et culturelle favorisant l&amp;#039;accès des citoyens aux différentes formes d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles ou porteuses d&amp;#039;un projet culturel ayant leur siège dans la région Grand Est, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention de fonctionnement. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont traités au fil de l&amp;#039;eau. La date de réception par la Région du dossier complet doit être antérieure de 4 mois avant la date de démarrage de l&amp;#039;opération.
+ &lt;strong&gt;
+  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+ &lt;/strong&gt;
+ Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P95" s="1" t="inlineStr">
+        <is>
+          <t>18/06/2019</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter dans la programmation une ligne éditoriale artistique identifiée et répondant aux exigences techniques et artistiques indispensables à la bonne conduite d&amp;#039;un tel projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel à des artistes et des techniciens professionnels,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les manifestations, être d&amp;#039;une durée minimale de 3 jours pour les arts visuels et spectacle vivant ou donner au moins 6 représentations pour le spectacle vivant,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire apparaitre clairement la part artistique dans le budget,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale sachant que la Région ne saurait être le premier financeur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;inscrire dans une dynamique et un rayonnement a minima intercommunal,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant et de arts visuels.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+  &lt;/strong&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/initiatives-artistiques-et-culturelles-locales/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier de demande de subvention à retourner par email au minimum 4 mois avant la date de démarrage de l&amp;#039;opération à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c472-soutien-aux-initiatives-artistiques-et-cultur/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>161683</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Amener vos collaborateurs, élus, concitoyens à travailler en mode collaboratif</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en organisation des ressources publiques</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez amener vos collaborateurs, élus, concitoyens à travailler en mode collaboratif. L&amp;#039;Agence vous propose :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De faciliter vos projets,&lt;/li&gt;&lt;li&gt;De fédérer autour d’une démarche participative : réunions, ateliers de concertation, séminaires, tables rondes, enquêtes...&lt;/li&gt;&lt;li&gt;D’animer et conduire les réunions en mode intelligence collective (brainstorming / vision commune / plan d’action …).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amener-vos-collaborateurs-elus-concitoyens-a-travailler-en-mode-collaboratif/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>1029</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les équipes artistiques qui s'engagent pour la promotion du Grand Est - Label "Ambassadeur culturel du Grand Est"</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Label &amp;#34;Ambassadeur culturel du Grand Est&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes artistiques sont de véritables ambassadeurs culturels de la région Grand Est qui contribuent au rayonnement, à l&amp;#039;attractivité et au développement de notre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tournées à l&amp;#039;échelle nationale ou internationale qu&amp;#039;effectuent régulièrement les équipes
+ artistiques importantes du Grand Est sont des moments privilégiés de visibilité pour faire
+ connaitre les talents et les ressources de notre région.
+ Par ce dispositif, la Région Grand Est décide de soutenir les équipes artistiques qui à l&amp;#039;occasion
+ de leurs tournées nationales ou internationales souhaitent s&amp;#039;engager pour la promotion du
+ Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Apport en nature et en ingénierie.
+ En contrepartie de l&amp;#039;obtention de ce label, la Région, à l&amp;#039;occasion de ces tournées, s&amp;#039;engage à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mobiliser les compétences existantes en région au sein du Conseil régional ou
+  d&amp;#039;organismes externes afin de mener des actions de visibilité et des rencontres permettant
+  aux milieux économiques, culturels et touristique de la région Grand Est de se faire
+  connaitre et d&amp;#039;associer leur image à celle des équipes artistiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  procéder à un achat de places de spectacles à tarif négocié auprès du théâtre d&amp;#039;accueil par
+  l&amp;#039;intermédiaire de la structure à laquelle est accordée le label Ambassadeur culturel de la
+  région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  diffuser l&amp;#039;invitation auprès des milieux économiques et institutionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes artistiques implantées sur le territoire de la région Grand Est qui effectuent régulièrement des tournées significatives comportant plusieurs dates à l&amp;#039;international et qui s&amp;#039;engagent à participer à des actions de promotion culturelle, économique et touristique de la région Grand Est à l&amp;#039;occasion de ces tournées peuvent obtenir le label « Ambassadeur culturel du Grand Est ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les équipes artistiques bénéficiant de ce label s&amp;#039;engagent à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   co-organiser des espaces de rencontres avec les acteurs institutionnels et économiques locaux et les réseaux implantés sur le territoire Grand Est et représentés sur le territoire de destination de la tournée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mettre à disposition les droits d&amp;#039;exploitation du répertoire présenté et, s&amp;#039;il y a lieu, les autorisations des interprètes en cas de captation de leur prestation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mettre à disposition du Conseil régional les informations sur les tournées envisagées 12 mois avant l&amp;#039;évènement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses éligibles
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à l&amp;#039;organisation de l&amp;#039;événement ou de la manifestation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/label-ambassadeur-culturel-grand/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Direction de la Culture, du Patrimoine et de la Mémoire.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbac-label-ambassadeur-culturel-du-grand-est-grand/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>131823</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Se déplacer au congrès annuel de l'AMF</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Association des maires et présidents de communautés des Vosges (AMV 88)</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;AMV 88 organise un
+ &lt;strong&gt;
+  déplacement &amp;#34;clés en main&amp;#34;
+ &lt;/strong&gt;
+ afin de permettre à ses adhérents de se rendre au
+ &lt;strong&gt;
+  congrès annuel de l&amp;#039;AMF
+ &lt;/strong&gt;
+ (Association des Maires de France et des présidents d&amp;#039;intercommunalité).
+&lt;/p&gt;
+&lt;p&gt;
+ Ce grand événement se déroule habituellement en novembre à Paris.
+&lt;/p&gt;
+&lt;p&gt;
+ Le prix de ce déplacement inclut les frais de transport, d&amp;#039;hébergement, de restauration, ainsi que les spectacles et visites organisés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les participants au Congrès assistent à l&amp;#039;assemblée générale de l&amp;#039;AMF mais peuvent également assister à de nombreuses conférences, débats en plénière, forums thématiques ou points infos sur les
+ &lt;strong&gt;
+  grands sujets d&amp;#039;actualité ou d&amp;#039;action des communes
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est l&amp;#039;occasion de
+ &lt;strong&gt;
+  débattre, d&amp;#039;échanger et d&amp;#039;interpeller les pouvoirs publics
+ &lt;/strong&gt;
+ sur des enjeux majeurs comme l&amp;#039;avenir de la décentralisation, la transition écologique, l&amp;#039;accès aux services essentiels de proximité ou encore l&amp;#039;évolution des finances locales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhérer à l&amp;#039;Association.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maires88.asso.fr/deplacement-au-congres-de-lamf</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez retrouver
+ &lt;strong&gt;
+  le
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  programme du Congrès et le bulletin d&amp;#039;inscription
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  au déplacement &amp;#34;clés en main&amp;#34;
+ &lt;/strong&gt;
+ sur le site de l&amp;#039;AMV 88
+ &lt;em&gt;
+  (éléments qui sont publiés sur une période)
+ &lt;/em&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, vous pouvez contacter Marie-Paule MASSON par téléphone au 03 29 29 88 23 ou par mail à
+ &lt;a target="_self"&gt;
+  mpmasson&amp;#64;vosges.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ AMV 88
+ &lt;br /&gt;
+ Courriel :
+ &lt;a target="_self"&gt;
+  amv88&amp;#64;vosges.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Tél. : 03 29 29 88 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>amv88@vosges.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6e6e-deplacement-au-congres-annuel-de-lamf/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>140804</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Protéger des espaces agricoles, naturels et forestiers et la transparence du marché foncier rural</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Société d'aménagement foncier et d'établissement rural (SAFER) Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : connaissance territoriale de la structure foncière et des dynamiques agricoles. Aide à la définition d&amp;#039;une stratégie foncière rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie foncière : évaluation foncière, négociation et animation foncière, portage foncier (stockage), accompagnement des procédures biens sans maître
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la concertation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la gestion et à l&amp;#039;exploitation : gestion locative des propriétés agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  162 communes des Alpes de Haute-Provence dotées d&amp;#039;une convention de surveillance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conventions de concours technique auprès de collectivités pour la maîtrise foncière de projets d&amp;#039;intérêt général
+ &lt;/li&gt;
+ &lt;li&gt;
+  10 installations hors cadre familial / an dans les Alpes de Haute-Provence
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - obligations légales d&amp;#039;information : bilan tous les 6 mois des ventes en zones agricole et naturelle  sur le territoire communal (gratuit)
+ &lt;br /&gt;
+ - prestations rémunérées de différents types (avec conventionnement) :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   surveillance des notifications de vente au fil de l&amp;#039;eau pour envisager une préemption
+  &lt;/li&gt;
+  &lt;li&gt;
+   projet : installation agricole, constitution de réserve foncière, restructuration parcellaire
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ - concours technique pour la mise en œuvre d&amp;#039;opérations foncières (art L.141-5 et R. 141-2 du code rural et de la pêche maritime) : prestation rémunérée au résultat
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>http://www.safer-paca.com/</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 580, Avenue de la Libération - CS 20017 - 04107 MANOSQUE CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 88 78 00 04
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:dds04&amp;#64;safer-paca.com" target="_self"&gt;
+  dds04&amp;#64;safer-paca.com
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/665a-missions-de-service-public-contribuant-en-pri/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>163756</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Concours de scénario moyen métrage</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Concours de scénario moyen métrage</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>La Région Nouvelle-Aquitaine organise le 17ème concours de scénario à l’occasion du 22ème Festival du cinéma de Brive – Rencontres internationales du moyen métrage du 7 au 12 avril 2025. Dans le cadre de la politique d&amp;#039;aide à la création de la Région Nouvelle-Aquitaine, ce concours doit participer à la révélation de futurs talents et vient en soutien au format atypique du moyen métrage.</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>La Région Nouvelle-Aquitaine organise le 17ème concours de scénario à l’occasion du 22ème Festival du cinéma de Brive – Rencontres internationales du moyen métrage du 7 au 12 avril 2025. Dans le cadre de la politique d&amp;#039;aide à la création de la Région Nouvelle-Aquitaine, ce concours doit participer à la révélation de futurs talents et vient en soutien au format atypique du moyen métrage.</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Médias et communication</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q100" s="1" t="inlineStr">
+        <is>
+          <t>19/01/2026</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>La Région Nouvelle-Aquitaine organise le 17ème concours de scénario à l’occasion du 22ème Festival du cinéma de Brive – Rencontres internationales du moyen métrage du 7 au 12 avril 2025. Dans le cadre de la politique d&amp;#039;aide à la création de la Région Nouvelle-Aquitaine, ce concours doit participer à la révélation de futurs talents et vient en soutien au format atypique du moyen métrage.</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/concours-de-scenario-moyen-metrage</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>La Région Nouvelle-Aquitaine organise le 17ème concours de scénario à l’occasion du 22ème Festival du cinéma de Brive – Rencontres internationales du moyen métrage du 7 au 12 avril 2025. Dans le cadre de la politique d&amp;#039;aide à la création de la Région Nouvelle-Aquitaine, ce concours doit participer à la révélation de futurs talents et vient en soutien au format atypique du moyen métrage.</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/concours-de-scenario-moyen-metrage/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>163578</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseils en solaire photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un conseiller financé par l&amp;#039;ADEME est à votre disposition pour vous accompagner dans vos projets.&lt;/p&gt;&lt;p&gt;Sa mission :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les points clés du développement &lt;/span&gt;&lt;span&gt;si
+la collectivité a un projet ou si elle est démarchée&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aider la collectivité à piloter son projet et les échanges avec les
+développeurs&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Optimiser ses recettes &lt;/span&gt;&lt;span&gt;au-delà
+du foncier et de la fiscalité classique&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Faire de son projet &lt;span&gt;un
+projet concerté &lt;/span&gt;&lt;span&gt;qui
+implique (tous) les acteurs locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Informer et mobiliser les citoyens &lt;span&gt;si
+elle le souhaite, en collaboration étroite avec les associations Energie
+Partagée et &lt;/span&gt;&lt;span&gt;EnergEthic&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/conseil-en-solaire-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>161746</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Demander un dispositif d’aide aux études de potentiel territorial, de faisabilité et d'avant-projet pour la mise en place d’une installation hydroélectrique</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Études pour une installation hydroélectrique</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif dédié à l&amp;#039;hydroélectricité vise la &lt;strong&gt;réalisation de projets de production électrique&lt;/strong&gt; par la &lt;strong&gt;force motrice de l’eau&lt;/strong&gt; d’un cours d’eau, d’une rivière, d’un lac ou des eaux captées par gravitation (turbinage d’eau potable ou usée par exemple).&lt;/p&gt;&lt;p&gt;Les futurs aménagements hydroélectriques sont envisagés sur des &lt;strong&gt;chutes existantes créées par un seuil ou un barrage&lt;/strong&gt; (la construction d’un nouveau seuil ou  barrage constitue une difficulté majeure dans le contexte actuel et une telle étude ne sera pas finançable).&lt;/p&gt;&lt;p&gt;Cela correspond à l’un des cas suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Réalisation d’un aménagement&lt;/strong&gt; neuf de production d&amp;#039;énergie sur un seuil existant qui n’a jamais été équipé auparavant.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Remise en service &lt;/strong&gt;d’un équipement n’étant plus en activité, mais bénéficiant ou pas d’un droit d’eau (fondé en titre, autorisation, etc.) et pouvant prouver l’existence de la chute et des organes qui utilisent ou ont utilisés la force hydraulique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimisation &lt;/strong&gt;d’un équipement complémentaire sur un site actuellement exploité.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; turbinage d’eau déjà captée&lt;/strong&gt; (eau potable ou eaux usées).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La &lt;strong&gt;concertation des enjeux énergétiques et enjeux environnementaux&lt;/strong&gt; doit obligatoirement être menée dès la phase d&amp;#039;étude de faisabilité. La &lt;strong&gt;concertation avec tous les usagers du cours d&amp;#039;eau&lt;/strong&gt; (pêche, pratiques loisirs ou sportives, navigation, etc.) est également à rechercher. La mise en place de réunions de démarrage et de restitution impliquant les acteurs de l&amp;#039;eau et de l&amp;#039;environnement est obligatoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3 types d&amp;#039;études peuvent être financées&lt;/strong&gt; avec des spécificités régionales :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’étude de &lt;strong&gt;potentiel&lt;/strong&gt; devra déterminer le potentiel administratif, énergétique, environnemental et économique des seuils/sites potentiels sur un territoire/cours d’eau défini.&lt;/li&gt;&lt;li&gt;L’étude de &lt;strong&gt;faisabilité&lt;/strong&gt; devra démontrer la faisabilité administrative, technique, environnementale et économique d’une centrale hydroélectrique afin de fournir au maître d’ouvrage des éléments clairs, fiables et chiffrés lui permettant d’apprécier l’intérêt de réaliser ce projet.&lt;/li&gt;&lt;li&gt;L’étude d’&lt;strong&gt;avant-projet&lt;/strong&gt; devra préciser les conditions techniques et économiques de réalisation de l’installation au regard de l’implantation sur le site avec des études de sol, de génie civil, des relevés topographiques précis voire tout autre type d&amp;#039;études préalablement validées  en concertation avec l&amp;#039;ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les études d&amp;#039;ordre réglementaires ne sont pas éligibles aux subventions de l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;Pour les régions Bourgogne-Franche-Comté, Auvergne-Rhône-Alpes et Occitanie, les trois types d&amp;#039;études sont éligibles.&lt;/p&gt;&lt;p&gt;Pour les régions Provence-Alpes-Côte-d&amp;#039;Azur et Nouvelle-Aquitaine, les études de potentiel et de faisabilité sont éligibles. Les études d&amp;#039;avant-projet ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>regions_27_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-installation-hydroelectrique</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-une-installation-hydroelectrique/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>111759</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la carte intégrant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de la Stratégie territoriale Air Energie Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de la concertation du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition du plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de l&amp;#039;Etat initial de l&amp;#039;environnement et de l&amp;#039;Evaluation environnementale Stratégique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration du dispositif de suivi du plan d&amp;#039;actions et évaluation (définition des indicateurs, suivi de la mise en place des actions, comité des acteurs, logiciel PROSPER Actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à l&amp;#039;approbation du PCAET (Lien MRAE, DDTM, ADEME, préfecture, Région ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation post- PCAET
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostics PCAET, Profil Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etat initial de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport Stratégique, Rapport PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tableur de suivi des actions (logiciel PROSPER actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support de communication et de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement et Finalisation de PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépôt du PCAET sur la plateforme ADEME
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche de subventions ....
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Sols
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>162775</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la conservation, la restauration et la mise en valeur du patrimoine public</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine - Plan concerté de restauration et valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir la conservation, la restauration et la mise en valeur du patrimoine public, aider les collectivités gestionnaires à mener des programmations concertées de valorisation à l’échelle d’un territoire dans un objectif de dynamisation économique et touristique.&lt;/strong&gt;&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les communes et les intercommunalités en charge du patrimoine&lt;/li&gt; 	&lt;li&gt; Les personnes publiques propriétaires d’une œuvre située sur le territoire visé par le Plan concerté ou agissant en tant que maître d’ouvrage délégué d’une autre personne publique.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les projets doivent porter sur un territoire pris dans sa globalité (commune, intercommunalité) et être inscrits dans des logiques de développement et d&amp;#039;aménagement du territoire. Ils doivent faire l’objet d’une planification pluriannuelle des travaux et des financements.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Domaines patrimoniaux éligibles&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Architecture, décors portés, mobilier monumental et objets de propriété publique, qu&amp;#039;ils soient protégés ou non au titre des Monuments historiques, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les édifices protégés au titre des Monuments historiques, le plan de financement devra obligatoirement faire apparaître une participation du ministère en charge de la Culture (Direction régionale des Affaires culturelles).&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations de conservation préventive, de restauration, de réhabilitation, de mise aux normes de sécurité&lt;/li&gt; 	&lt;li&gt; Les études de diagnostic ou expertise d&amp;#039;ingénierie patrimoniale&lt;/li&gt; 	&lt;li&gt; Pour les édifices du culte, le projet doit englober le bâti et le mobilier&lt;/li&gt; 	&lt;li&gt; Le projet doit comporter un volet de mise en valeur ou de restitution au public.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P104" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent porter sur un territoire pris dans sa globalité (commune, intercommunalité) et être inscrits dans des logiques de développement et d&amp;#039;aménagement du territoire. Ils doivent faire l’objet d’une planification pluriannuelle des travaux et des financements.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Domaines patrimoniaux éligibles&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Architecture, décors portés, mobilier monumental et objets de propriété publique, qu&amp;#039;ils soient protégés ou non au titre des Monuments historiques, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les édifices protégés au titre des Monuments historiques, le plan de financement devra obligatoirement faire apparaître une participation du ministère en charge de la Culture (Direction régionale des Affaires culturelles).&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations de conservation préventive, de restauration, de réhabilitation, de mise aux normes de sécurité&lt;/li&gt; 	&lt;li&gt; Les études de diagnostic ou expertise d&amp;#039;ingénierie patrimoniale&lt;/li&gt; 	&lt;li&gt; Pour les édifices du culte, le projet doit englober le bâti et le mobilier&lt;/li&gt; 	&lt;li&gt; Le projet doit comporter un volet de mise en valeur ou de restitution au public.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-plan-concerte-de-restauration-et-valorisation-du-patrimoine</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chef de service adjoint (Patrimoine, Traditions, Inventaire) :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pascal Guillermin: &lt;a href="mailto:pguillermin&amp;#64;maregionsud.fr"&gt;pguillermin&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-plan-concerte-de-restauration-et-valorisation-du-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>165170</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la lutte contre les fuites</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Équipements permettant d’optimiser la lutte contre les fuites</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J105" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration peut être accordée dans le cadre de la solidarité urbain-rural.</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les études et acquisitions d’équipements 
+permettant de mieux gérer et diagnostiquer les fuites. En réponse à la 
+mesure 14 du plan d’action gouvernemental pour une gestion résiliente et
+ concertée de l’eau, elle accompagne également le remplacement de 
+canalisations fuyardes. Ces actions essentielles s’appuient sur une 
+structuration solide et bien définie de la compétence eau potable, afin 
+de mener à bien les projets dans ce domaine.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P105" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q105" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep4-equipements-permettant-doptimiser-la-lutte-contre-les-fuite.html</t>
+        </is>
+      </c>
+      <c r="W105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/optimiser-la-lutte-contre-les-fuites/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>165171</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études patrimoniales et des campagnes de recherche de fuites des réseaux d'eau potable</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Études patrimoniales et campagnes de recherche de fuites</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration peut être accordée dans le cadre de la solidarité urbain-rural.</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les études et acquisitions d’équipements 
+permettant de mieux gérer et diagnostiquer les fuites. En réponse à la 
+mesure 14 du plan d’action gouvernemental pour une gestion résiliente et
+ concertée de l’eau, elle accompagne également le remplacement de 
+canalisations fuyardes. Ces actions essentielles s’appuient sur une 
+structuration solide et bien définie de la compétence eau potable, afin 
+de mener à bien les projets dans ce domaine.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P106" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q106" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2030</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep4-etudes-patrimoniales-et-campagnes-de-recherche-de-fuites.html</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-patrimoniales-et-des-campagnes-de-recherche-de-fuites-des-reseaux-deau-potable/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>140802</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du LUBERON (PNR)</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : appui des collectivités pour répondre aux appels à projets, et appui à la commande publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE et ingénierie de PROJET : conseil architectural et paysager auprès des porteurs de projets publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux portés par le Parc, médiation et aide au soutien au pastoralisme dans un contexte de prédation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Coin de verdure pour la pluie - la désimperméabilisation des cours d&amp;#039;écoles
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement des communes au dispositif Territoires engagés pour la Nature
+  &lt;/li&gt;
+  &lt;li&gt;
+   Programme Économisons l&amp;#039;eau - Chaque goutte compte
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communication auprès du public sur les chiens de protection
+  &lt;/li&gt;
+  &lt;li&gt;
+   Marque Valeur Parc
+  &lt;/li&gt;
+  &lt;li&gt;
+   Luberon Labo Vélo
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement écoquartier de Reillanne
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plateforme SARE (rénovation énergétique)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Animation de sites Natura 2000
+  &lt;/li&gt;
+  &lt;li&gt;
+   Inventaire du patrimoine bâti
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Montagne
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhérer à la Charte du Parc, et verser une cotisation au syndicat mixte.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>PNR du Luberon (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parcduluberon.fr/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 60 places Jean Jaurès BP 122 – 84404 Apt CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 90 04 42 00
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:accueil&amp;#64;parcduluberon.fr" target="_self"&gt;
+  accueil&amp;#64;parcduluberon.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea04-asseoir-un-developpement-economique-et-social/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>164139</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Créer un ouvrage de stockage de l'eau</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J108" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La création d’ouvrages de stockage est éligible, dès lors que toutes les mesures d’économies d’eau ne suffisent 
+pas. Le financement de ce type d’ouvrage sera limité aux seuls volumes d’eau substitués, c’est-à-dire qui 
+soulagent une ressource plus fragile, et jugés prioritaires, ainsi qu’aux volumes destinés uniquement au soutien 
+d’étiage. Le principe de bénéfice pour le milieu devra être démontré&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q108" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour qu’il soit finançable par l’Agence 
+de l’eau, un projet de stockage de l’eau 
+devra de façon cumulative : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être situé dans une zone de tension 
+quantitative ; &lt;/li&gt;&lt;li&gt;Emaner d’une démarche de concertation 
+de type Projet de Territoire pour la 
+Gestion de l’Eau respectant les principes 
+de concertation. &lt;/li&gt;&lt;li&gt;Dans le cadre d’une telle concertation, 
+avoir fait l’objet d’une étude à l’échelle du 
+bassin versant démontrant le bénéfice 
+global de l’ouvrage. Cette étude 
+identifiera les prélèvements actuels, leurs 
+impacts sur les milieux aquatiques ainsi 
+que les volumes prélevables. Elle analysera 
+les coûts-bénéfices de l’ouvrage en 
+intégrant à l’étude la viabilité de l’ouvrage 
+sur l’ensemble de sa durée de vie 
+prévisionnelle compte tenu de l’évolution 
+du climat. Une attention particulière sera 
+portée sur les impacts engendrés sur le 
+milieu, et pas uniquement sur les 
+bénéfices économiques des parties 
+prenantes. Cette étude doit permettre 
+d’évaluer l’ensemble des coûts afférents à 
+la création d’un ouvrage et de les mettre 
+en regard de tous les bénéfices pouvant 
+en être retirés, qu’ils soient économiques, 
+écologiques, ou de toute autre nature.
+&lt;/li&gt;&lt;li&gt;Être accompagné d’une démarche de 
+sobriété assortie d’un pilotage par la 
+ressource et non par la demande, ce qui
+suppose une démarche globale de 
+transition écologique&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-1/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>103485</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Investissement culturel - Aide aux travaux et à l'acquisition d'équipements</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Le dispositif permet le soutien à la construction et la restructuration des équipements culturels relevant des quatre disciplines suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Enseignement artistique : conservatoires agrées par le ministère de la culture,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Spectacle vivant : lieux de répétition, de formation et de diffusion du spectacle vivant, lieux labellisés par le ministère de la culture,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Arts plastiques : centres d&amp;#039;art, espace collectifs de travail, ateliers,
+  &lt;/li&gt;
+  &lt;li&gt;
+   livre et lecture : bibliothèques, médiathèques et lieux de vie littéraire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif permet également l e soutien à la rénovation, l&amp;#039;extension ou l&amp;#039;aménagement des cinémas classés art et essai.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le dispositif permet le soutien à l&amp;#039;acquisition d&amp;#039;équipements :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mobilier lié à l&amp;#039;accueil du public,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fonds initial de la collection d&amp;#039;une nouvelle bibliothèque,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Matériel numérique et scénographique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un dossier de candidature complet .
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P109" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2019</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention, d&amp;#039;un montant maximum de 30% des dépenses éligibles , avec un plafond de dépense de 6,5 M€ pour les travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond peut monter à 40 % des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements, les dépenses éligibles correspondent aux montants des devis des acquisitions envisagées.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En fonction du secteur dont relève le projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   1re session de dépôt
+   Spectacle vivant et enseignement artistique
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
-  du 5 décembre 2022 au 8 mars 2023 (11h) pour des projets de création en fonctionnement, dont la 1re date de représentation a lieu à partir du 1er juin 2023.
-[...2 lines deleted...]
-&lt;ul&gt;
+  Christine Vacher -
+  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   christine.vacher&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Session suivante :
+   Arts plastiques
   &lt;/strong&gt;
-  calendrier
-  en cours de définition.
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
+   cinema.audiovisuel&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Livre et lecture
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/326d-investissement-culturel-aide-aux-travaux-et-a/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>153929</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Disposer du parc de matériel scénique</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Parc de matériel scénique</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le parc de matériel scénique de la Manche est un outil d&amp;#039;accompagnement de premier plan dans une logique de mutualisation au service des acteurs culturels. Structuré autour d&amp;#039;une large gamme de matériels techniques et scéniques, le parc est animé par une équipe de professionnels : régisseur général, techniciens son et lumières et magasiniers qui, en plus de proposer un service de location de ces produits à des tarifs très abordables, peuvent apporter des conseils adaptés en fonction des besoins exprimés et de la nature des événements envisagés.
+Les tarifs du catalogue de matériel sont donnés à titre indicatif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant toute réservation, l&amp;#039;équipe du parc de matériel scénique se tient à la disposition des emprunteurs pour envisager ensemble le projet de spectacle vivant : le matériel le plus adapté pourra être mis à disposition en fonction de la programmation, des contraintes de lieux...
+Les prêts de matériels et de leurs accessoires sont soumis aux conditions générales (voir règlement en téléchargement).
+L&amp;#039;acceptation du devis par l&amp;#039;emprunteur entraîne automatiquement pour lui l&amp;#039;acceptation des conditions générales de prêt et des tarifs en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des proje
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ts éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le matériel propriété du Département de la Manche est mis à disposition sous réserve d&amp;#039;un droit de participation à sa maintenance, aux communes et aux associations culturelles du département de la Manche qui ont un projet d&amp;#039;action culturelle dans le domaine du spectacle vivant (sont donc exclus les comités, associations et les collectivités à finalité politique, économique, ou religieuse).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="R19" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...73 lines deleted...]
-      <c r="S19" s="1" t="inlineStr">
+ Le matériel est destiné à être utilisé dans le département de la Manche uniquement, dans le cadre de manifestations de spectacle vivant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X19" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/parc-de-materiel-scenique/</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.90.92
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec36-parc-de-materiel-scenique/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>149150</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’avantages culture, sport et de bons plans</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Jeun’Est pour les 15 – 29 ans</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ La Région Grand Est, une région proche de ses jeunes !
+&lt;/h2&gt;
+En fonction de ton profil (lycéen, étudiant, apprenti, en Service Civique, demandeur d&amp;#039;emploi, en emploi...),
+&lt;a href="https://www.jeunest.fr/presentation/"&gt;
+ tu peux bénéficier d&amp;#039;avantages culture, sport et de bons plans
+&lt;/a&gt;
+.
+Retrouve toute l&amp;#039;information pratique qui t&amp;#039;intéresse sur l&amp;#039;orientation, la formation, le transport, les stages, l&amp;#039;apprentissage, la mobilité internationale, l&amp;#039;engagement, le volontariat, l&amp;#039;entreprenariat, le logement, la santé etc.
+Avec ton compte Jeun&amp;#039;Est, tu pourras également accéder gratuitement :
 &lt;ul&gt;
  &lt;li&gt;
-  Camille Hervé | Théâtre |
-[...1 lines deleted...]
-   camille.herve&amp;#64;iledefrance.fr
+  A
+  &lt;a href="https://doyouspeakjeunest.fr/fr"&gt;
+   Do you speak Jeun&amp;#039;Est
   &lt;/a&gt;
- &lt;/li&gt;
-[...3 lines deleted...]
-   marion.langlois-de-septenville&amp;#64;iledefrance.fr
+  pour apprendre ou approfondir plusieurs langues (anglais, espagnol, allemand, italien, portugais, chinois, alsacien et français) avec des extraits de films, séries, documentaires et des jeux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au
+  &lt;a href="https://www.jeunest.fr/projet-voltaire/"&gt;
+   Projet Voltaire
   &lt;/a&gt;
- &lt;/li&gt;
-[...3 lines deleted...]
-   olivier.moreau&amp;#64;iledefrance.fr
+  , un outil d&amp;#039;entraînement en ligne pour améliorer ton orthographe, enrichir ton vocabulaire ou encore améliorer ta syntaxe.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Profite également de bons plans (tourisme, festival...) et de jeux concours (places de match, de cinéma, de spectacle...)
+Si tu n&amp;#039;es pas lycéen, tu ne recevras pas de carte physique. Ta « carte » sera virtuelle, tu pourras la retrouver dans ton compte Jeun&amp;#039;Est ou sur l&amp;#039;appli Jeun&amp;#039;Est.
+&lt;h2&gt;
+ Où et comment s&amp;#039;en servir ?
+&lt;/h2&gt;
+Pour profiter des avantages, présente ton appli (ou carte pour les lycéens) aux partenaires de Jeun&amp;#039;Est.
+&lt;p&gt;
+ &lt;a href="https://www.jeunest.fr/"&gt;
+  Je découvre Jeun&amp;#039;Est
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://beneficiaire.jeunest.fr/Views/Accueil.aspx"&gt;
+  Je m&amp;#039;inscris à Jeun&amp;#039;Est
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ Installe l&amp;#039;application Jeun&amp;#039;Est
+maintenant !
+&lt;/h3&gt;
+La plateforme bénéficie d&amp;#039;un soutien du Fond Européen de Développement Régional d&amp;#039;un montant prévisionnel de 626 490 € (pour un coût total prévisionnel éligible de 1 053 667,60 €) pour la période 21-25.</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P111" s="1" t="inlineStr">
+        <is>
+          <t>20/08/2021</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/jeunest-15-29-ans/</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://beneficiaire.jeunest.fr/Views/Accueil.aspx" target="_self"&gt;
+  Je m&amp;#039;inscris
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a179-jeunest-pour-les-15-29-ans/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>90895</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement des sports de nature</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Vous êtes un acteur (association sportive ou collectivité locale) situé dans un des Parcs naturels régionaux de Nouvelle-Aquitaine et vous êtes investi dans les sports de nature ? La Région soutient les projets favorisant le développement des sports de nature sur ses territoires.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser le développement des sports de nature sur son territoire, la Région Nouvelle-Aquitaine accompagne les initiatives proposant une offre concertée d&amp;#039;activités entre les acteurs situés dans ses Parcs naturels régionaux.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Appel à Manifestation d&amp;#039;Intérêt en cours de définition
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Les bénéficiaires de ce dispositif sont les Parcs naturels régionaux, les associations agréées ou affiliées à une fédération sportive et les Établissements Publics de Coopération Intercommunale (EPCI) de leur territoire.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/soutien-au-developpement-des-sports-de-nature</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>Jean-Hugues AESCHIMANN
+Direction des sports / de la vie assoc. et de l&amp;#039;égalité
+05 87 21 31 10
+Référent départements 19-23-87</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae01-soutien-au-developpement-des-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>140801</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement local durable du territoire du Parc</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Parc national du Mercantour</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie amont : rédaction de porter à connaissance pour plans, programmes et projets d&amp;#039;aménagement. Sensibilisation des acteurs. Contribution aux stratégies de développement du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : dispositif de subvention directe aux communes ayant adhéré à la charte du Parc, aide à la recherche de financement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : aide à la définition de commande, de cahier des charges, suivi d&amp;#039;étude, assistance à maîtrise d&amp;#039;ouvrage pour les communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation : organisation d&amp;#039;ateliers, de formations, de voyages d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en place d&amp;#039;une navette touristique estivale vers le Lauzanier à Val d&amp;#039;Oronaye
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la commune d&amp;#039;Uvernet-Fours pour la création d&amp;#039;une boucle pédestre de proximité autour de l&amp;#039;ancien moulin du Bachelard
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de financements et assistance à maîtrise d&amp;#039;ouvrage pour la rénovation de la cabane pastorale du Prayer à Larche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de l&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autonomie énergétique du refuge du lac d&amp;#039;Allos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune d&amp;#039;Uvernet Fours pour la restauration de la chapelle des Agneliers en prenant en compte la présence d&amp;#039;une colonie de chauve-souris
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la requalification paysagère du col d&amp;#039;Allos dans le cadre du programme Espaces Naturels Sensibles porté par le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement technique pour une rénovation des éclairages publics de Barcelonnette et cofinancement d&amp;#039;un centre de découverte de l&amp;#039;astronomie et de la biodiversité nocturne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique à la commune d&amp;#039;Allos pour la régulation des accès touristiques au site du lac d&amp;#039;Allos
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour les communes : avoir adhéré à la Charte du Parc par délibération du conseil municipal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour un EPCI-FP : avoir sur son territoire des communes qui ont adhéré à la charte du parc
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Parc national du Mercantour</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mercantour-parcnational.fr/fr</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 23 rue d&amp;#039;Italie, CS 51316, 06006 Nice Cedex 1,
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;mercantour-parcnational.fr" target="_self"&gt;
+  contact&amp;#64;mercantour-parcnational.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphones :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Antenne Ubaye : 04 92 81 21 31
+ &lt;/li&gt;
+ &lt;li&gt;
+  Antenne Verdon : 04 92 83 04 18
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6556-contribuer-au-developpement-local-durable-du-/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>95064</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets d'énergie renouvelable (EnR)</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au montage de projets énergies renouvelables participatifs et citoyens</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Objectifs
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergie fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P114" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables: Communes, groupements de communes, associations Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens: Communes, groupements de communes, associations, uniquement les entreprises ayant une finalité participative et citoyenne. Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables : assistance à maîtrise d&amp;#039;ouvrage proposant une démarche de concertation auprès des citoyens afin de favoriser l&amp;#039;acceptabilité de projets EnR (méthanisation, éolien, géothermie profonde). Cette mission peut comprendre entre autre l&amp;#039;organisation de réunions publiques, de visites de sites, d&amp;#039;un referendum local (ou autre démarche innovante...) avec le cas échéant la création d&amp;#039;outils de communication/de sensibilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens : assistance à maîtrise d&amp;#039;ouvrage portant sur la définition du projet, la structuration juridique (mode de gouvernance, ....), le modèle économique, les choix techniques et la stratégie de « recrutement » de citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables. La mission d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage pourra être réalisée par un prestataire extérieur et comprendra les frais d&amp;#039;organisation de réunions, de visites de sites... ainsi que d&amp;#039;éventuels frais d&amp;#039;information spécifiques dédiés à la démarche de concertation. Sont exclus tous les frais relatifs aux procédures réglementaires (enquête publique, etc.) et les prestations réalisées par le porteur de projet (promoteur). Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens La mission d&amp;#039;accompagnement pourra être effectuée par un prestataire extérieur et comprendra les frais d&amp;#039;organisation de réunions et les frais de communication. Sont exclus toutes les dépenses relatives aux procédures réglementaires (enquête publique, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets EnR
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux : Toutes les cibles : 70%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux : 70%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-projets-energie-renouvelable/</t>
+        </is>
+      </c>
+      <c r="W114" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_0186/depot/simple</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible des projets avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 66 33
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/61de-soutien-projet-energie-renouvelable-enr-accom/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>120275</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Développer une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Développement d’une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture de la Drôme</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Actions favorisant l&amp;#039;accès aux produits alimentaires locaux issus de l&amp;#039;agriculture : accompagnement à la création de marchés de producteurs ou à la redynamisation de marchés existants (marchés permanents ou ponctuels liés à un événement), accompagnement à la création d&amp;#039;un nouveau point de vente de produits locaux (étude de marché, animation du groupe de producteurs...), appui à la création de projet alimentaire territorial, promotion de la plate-forme Agrilocal (en partenariat avec le
+ &lt;a href="https://collectivites.ladrome.fr/service/approvisionnement-en-produits-locaux-avec-la-plateforme-agrilocal/"&gt;
+  Département
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Écoute, précision et retranscription des besoins de la collectivité territoriale (enjeux, objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des besoins du territoire au regard de ses spécificités et des caractéristiques des territoires limitrophes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition d&amp;#039;un plan d&amp;#039;actions adapté à la demande de la collectivité et aux spécificités du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diffusion des premières préconisations générales et points de vigilance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en relation avec des personnes ressources
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Discussion et validation du plan d&amp;#039;actions avec la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre du plan d&amp;#039;actions (spécifique à chaque collectivité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;une instance de concertation entre la Chambre d&amp;#039;Agriculture et la collectivité (comité de pilotage, de suivi...)
+  &lt;br /&gt;
+  Exemple pour la création d&amp;#039;un marché de producteurs :
+  &lt;br /&gt;
+  – étude de marché
+  &lt;br /&gt;
+  – recrutement de producteurs locaux
+  &lt;br /&gt;
+  – suivi du marché (enquête de satisfaction auprès des consommateurs et des producteurs)
+  &lt;br /&gt;
+  – suggestion d&amp;#039;animations
+  &lt;br /&gt;
+  – réalisation de bilans réguliers
+  &lt;br /&gt;
+  – médiation des relations producteurs / agents communaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;span&gt;
+   Exemple pour l&amp;#039;élaboration d&amp;#039;un projet alimentaire :
+  &lt;/span&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   diagnostic alimentaire du territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   concertation avec les acteurs du système alimentaire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   définition d&amp;#039;un plan d&amp;#039;actions
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   évaluation du projet
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/developpement-dune-alimentation-de-proximite/</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Chambre d&amp;#039;Agriculture de la Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Alimentation et Tourisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 26 99 43
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:nina.croizet&amp;#64;drome.chambagri.fr" rel="noopener" target="_blank"&gt;
+    nina.croizet&amp;#64;drome.chambagri.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="http://rhone-alpes.synagri.com/portail/accueil26"&gt;
+    www.synagri.com/drome
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6651-developpement-dune-alimentation-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>140793</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la démarche entrepreneuriale et responsable des agriculteurs, ainsi que la création d’entreprise et le développement de l’emploi</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : co-construire des diagnostics, stratégies et projets de territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : accompagner les projets territorialisés, animer et structurer les filières locales ou les projets alimentaires de territoire, communiquer sur les produits et les métiers, accompagner les projets de gestion de l&amp;#039;eau et d&amp;#039;irrigation, favoriser l&amp;#039;économie circulaire, intégrer la préservation de l&amp;#039;environnement dans les pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie FONCIÈRE : faciliter l&amp;#039;installation et la transmission d&amp;#039;exploitations agricoles, maintenir une dynamique agricole sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  CONCERTATION : participer ou animer des réunions sur la place des agriculteurs dans la société
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de journées thématiques à destination des élus des collectivités ou du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic agricole et foncier prospectif préalable à un document d&amp;#039;urbanisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion des déchets verts  (ex co-compostage avec CC Alpes Provence Verdon)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentation de captage d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la mise en place de Zone Agricole Protégée (ex ZAP du Val de Durance)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de projets structurants d&amp;#039;irrigation, dans un objectif de préservation de la ressource (Réseaux collectifs, Retenues collinaires)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de Marchés de Producteurs (marchés Paysans du Verdon, marché d&amp;#039;Aiglun...), accompagnement des modes de commercialisation collectifs en Circuits Courts
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Partenariat, conventionnement, prestation de services selon le type de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation rémunérée d&amp;#039;expertises dans les domaines agricoles, de gestion de l&amp;#039;eau, de l&amp;#039;aménagement du territoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>http://www.chambre-agriculture04.fr</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 66 Bd Gassendi, CS90117, 04995 Digne-les-Bains Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 57 57
+&lt;/p&gt;
+&lt;p&gt;
+ Email :  :
+ &lt;a href="mailto:accueil&amp;#64;ahp.chambagri.fr" target="_self"&gt;
+  accueil&amp;#64;ahp.chambagri.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ac8-accompagner-la-demarche-entrepreneuriale-et-r/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>153930</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures de développement et de diffusion culturelle et les équipes artistiques</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Structures et actions d&amp;rsquo;intérêt départemental ou supra-départemental dans le domaine culturel</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de soutenir les structures de développement et de diffusion culturelle et les équipes artistiques (tous secteurs confondus : arts plastiques, audiovisuel, livre et lecture, musiques, patrimoine, spectacle vivant).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt de la demande d&amp;#039;aide :
+La demande pour l&amp;#039;année N doit être déposée sur la plateforme à la mi-octobre de l&amp;#039;année N-1.
+Exemple : le Département n&amp;#039;instruit plus de demandes de subventions pour l&amp;#039;année 2024 ; pour les demandes de 2025, elles peuvent être déposées jusqu&amp;#039;au dimanche 15 octobre 2024.;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conditions d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Adéquation du projet avec les objectifs départementaux &amp;#34;partagés&amp;#34; avec les opérateurs locaux :
+&lt;/p&gt;
+&lt;p&gt;
+ - caractère professionnel de l&amp;#039;organisation,
+&lt;/p&gt;
+&lt;p&gt;
+ - respect de la réglementation,
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser des partenaires et travail en réseau,
+&lt;/p&gt;
+&lt;p&gt;
+ - rayonnement de l&amp;#039;action et cohérence action/territoire (action en territoire rural déficitaire, action structurante en
+&lt;/p&gt;
+&lt;p&gt;
+ - territoire urbain, absence de concurrence/thématique),
+&lt;/p&gt;
+&lt;p&gt;
+ - impact du projet en termes de dynamique et d&amp;#039;attractivité du territoire,
+&lt;/p&gt;
+&lt;p&gt;
+ - reconnaissance ou label culturel,
+&lt;/p&gt;
+&lt;p&gt;
+ - inscription dans une démarche de développement durable (éco-festival),
+&lt;/p&gt;
+&lt;p&gt;
+ - ouverture au plus grand nombre.,
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Qualité du projet ou de l&amp;#039;action :
+&lt;/p&gt;
+&lt;p&gt;
+ - risque artistique avéré,
+&lt;/p&gt;
+&lt;p&gt;
+ - développement d&amp;#039;actions périphériques,
+&lt;/p&gt;
+&lt;p&gt;
+ - maturité de l&amp;#039;action et identité culturelle.,
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Mobilisation des financements :
+&lt;/p&gt;
+&lt;p&gt;
+ - implication des collectivités locales,
+&lt;/p&gt;
+&lt;p&gt;
+ - participation d&amp;#039;autres partenaires publics et privés,
+&lt;/p&gt;
+&lt;p&gt;
+ - autofinancement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/structures-et-actions-dinteret-departemental-ou-supra-departemental-dans-le-domaine-culturel/</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e855-structures-et-actions-drsquointeret-departeme/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>94931</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le secteur du livre par des projets interprofessionnels</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux projets collectifs dans le domaine du livre</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Grand Est compte de nombreux acteurs variés dans le domaine du livre et dans les autres secteurs artistiques liés notamment à la typographie, au graphisme, à l&amp;#039;image et au numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collaborations sont également nombreuses entre ces différents acteurs et sont importantes pour dynamiser la chaîne du livre, et diffuser l&amp;#039;intérêt pour la lecture et la littérature par d&amp;#039;autres moyens.
+Les projets en lien avec le livre, l&amp;#039;écrit, la langue, la littérature ou l&amp;#039;illustration, portés par, ou en collaboration avec, des acteurs d&amp;#039;autres domaines artistiques seront soutenus pour ce qu&amp;#039;ils apportent en termes d&amp;#039;innovation, d&amp;#039;attractivité du territoire, de développement économique et de cohésion sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides s&amp;#039;adressent aux structures culturelles, collectivités, personnes morales et personnes physiques installées en région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide : subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;ensemble des projets éligibles, les aides cumulées de la Région Grand Est et de la DRAC Grand
+ Est s&amp;#039;élèvent à 70 % maximum du coût hors taxes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Composition du dossier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une lettre argumentée conjointement au Président de la Région Grand Est, à la Directrice Régionale des Affaires Culturelles du Grand Est et au Président du Centre national du livre précisant le montant de l&amp;#039;aide sollicitée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le formulaire type dûment rempli en langue française de la demande de subvention « aide aux projets intersectoriels en lien avec le domaine du livre » disponible en téléchargement sur les sites de la Région Grand Est et de la DRAC Grand Est accompagné des pièces administratives, comptables et relatives au projet demandé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent être transmis uniquement de manière dématérialisée pour le
+ &lt;strong&gt;
+  31 mars 2021
+ &lt;/strong&gt;
+ (première session) et le
+ &lt;strong&gt;
+  30 juin 2021
+ &lt;/strong&gt;
+ (seconde session) et
+ &lt;strong&gt;
+  31 octobre 2021
+ &lt;/strong&gt;
+ (troisième session) conjointement aux deux adresses suivantes :
+ &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
+  livre&amp;#64;grandest.fr
+ &lt;/a&gt;
+ et
+ &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr"&gt;
+  demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - &amp;#34;Aide aux projets interprofessionnels&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets qui
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   visent à la réalisation d&amp;#039;un produit original et novateur, ou d&amp;#039;outils communs, en lien avec le livre ou la littérature ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   participent à la diffusion de la lecture et de la littérature via un medium nouveau ou peu exploité sur le territoire ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   favorisent la circulation des savoirs, des œuvres, des artistes liés au livre et à l&amp;#039;écrit au sein de la région Grand Est ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamisent la filière du livre par des actions innovantes et accompagne la professionnalisation de ses acteurs ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   expérimentent des liens entre la filière livre et celle du cinéma.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Sont éligibles :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Les initiatives originales portées par un acteur de la chaîne du livre (bibliothèque, éditeur, libraire, auteur...) en collaboration avec au minimum un acteur du secteur des arts visuels, du cinéma, ou du numérique ;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les initiatives originales portées par plusieurs acteurs d&amp;#039;un même maillon de la chaîne du livre (regroupement de bibliothèques, d&amp;#039;éditeurs, de libraires, d&amp;#039;auteurs...) visant à développer des actions ponctuelles collectives et collaboratives.
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;p&gt;
+   Les projets éligibles sont les projets ou produits, originaux élaborés grâce à une collaboration entre différents types d&amp;#039;acteurs liés au livre et aux autres secteurs artistiques mentionnés en introduction. Une attention particulière sera portée sur les enjeux liés à la diffusion et à la médiation. Les actions développées devront se faire de manière mutualisée ou fédérative, et le partenariat sera examiné avec attention. Seront considérés comme prioritaires les projets proposant des liens entre les filières livre et cinéma, et notamment les expérimentations impliquant les acteurs des deux filières. Sont notamment éligibles les projets suivants :
+  &lt;/p&gt;
+  &lt;p&gt;
+   &lt;/p&gt;&lt;ul&gt;
+    &lt;li&gt;
+     la production de dispositifs originaux permettant d&amp;#039;appréhender différemment l&amp;#039;objet livre ou la lecture ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     les éditions d&amp;#039;ouvrages littéraires et artistiques originaux, correspondant à des esthétiques particulières et n&amp;#039;entrant pas dans les circuits de l&amp;#039;édition classique, à condition de développer un axe de médiation important ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     les webdocs, documents et outils transmédia en lien avec le livre ou la littérature ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     les projets de lecture augmentée ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     les rencontres professionnelles entre acteurs des différentes filières, dans le but d&amp;#039;une production finale ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     le développement d&amp;#039;outils mutualisés originaux visant à développer la chaîne du livre et sa visibilité en région.
+     &lt;br /&gt;
+    &lt;/li&gt;
+   &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Economie locale et circuits courts
+Economie sociale et solidaire
+Attractivité économique
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P118" s="1" t="inlineStr">
+        <is>
+          <t>18/03/2019</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide doit être sollicitée avant la réalisation de l&amp;#039;opération. Les frais de fonctionnement inhérents à la structure porteuse ne sont pas éligibles. Les coûts liés à l&amp;#039;organisation d&amp;#039;un festival ou salon du livre ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/projets-collectifs-livre/</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Anne POIDEVIN
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Région Grand Est
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Chargée de mission vie littéraire
+ &lt;br /&gt;
+ Tél. 03.88.15.67.74
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent être transmis uniquement de manière dématérialisée pour le
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   31 mars 2021 (première session)
+  &lt;/li&gt;
+  &lt;li&gt;
+   et le 30 juin 2021 (seconde session)
+  &lt;/li&gt;
+  &lt;li&gt;
+   et 31 octobre 2021 (troisième session) conjointement aux deux adresses suivantes :
+   &lt;a href="mailto:livre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+   et
+   &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+    demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+   &lt;/a&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/479a-aide-aux-projets-interprofessionnels/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>140803</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du VERDON (PNR)</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : appui à la formalisation de demandes de subventions, réponses aux appels à projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE et ingénierie de PROJET : aide au montage et à la gestion de projets, conseil architectural et paysager auprès des porteurs publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux et patrimoines du territoire, médiation &amp;#43; Portage des enjeux et des projets collectifs du territoire auprès des instances de tutelle, contractualisation avec des partenaires financiers publics ou privés (lobbying territorial)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement des sites naturels fréquentés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des travaux d&amp;#039;économie d&amp;#039;énergie dans les bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas communaux participatifs de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de sites Natura 2000
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ecogardes, gestion de la fréquentation touristique, prévention incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour l&amp;#039;évolution des pratiques agricoles (expérimentation, formation) et de consommation (valorisation des produits locaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réouverture d&amp;#039;espaces enfrichés au pâturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Replantation de haies et restauration des trames écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques auprès des scolaires, des jeunes, actions de sensibilisation du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui des communes pour leurs documents d&amp;#039;urbanisme
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Forêts
+Montagne
+Transition énergétique
+Education et renforcement des compétences
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le champ d&amp;#039;action du parc est limité au périmètre des communes classées.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 niveaux d&amp;#039;intervention possibles pour les collectivités adhérentes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui et conseil technique ponctuel gratuit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement approfondi de projets (valorisation forfaitaire du temps passé en quasi-régie pour une assistance à maîtrise d&amp;#039;ouvrage ou une maîtrise d&amp;#039;œuvre)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portage de projets spécifiques (délégation de maîtrise d&amp;#039;ouvrage, co-maîtrise d&amp;#039;ouvrage...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>PNR du Verdon (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>http://parcduverdon.fr/</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Domaine de Valx – 04360 Moustier-Ste-Marie
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 74 68 00
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;parcduverdon.fr" target="_self"&gt;
+  info&amp;#64;parcduverdon.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1777-asseoir-un-developpement-economique-et-social/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>162925</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la réalisation de Plan d'Occupation Pastorale Intercommunal</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la réalisation de Plan d'Occupation Pastorale Intercommunal</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le POPI (Plan d’Occupation Pastorale Intercommunale), est conçu comme un outil de concertation visant à dynamiser le pastoralisme à l’échelle des intercommunalités. Ce plan vise à donner plus de visibilité au pastoralisme (cartographie des territoires pastoraux, fiches individuelles des éleveurs, plan d&amp;#039;actions) tout en confortant son poids économique,&lt;br /&gt; social et territorial.&lt;/p&gt;
+&lt;p&gt;La première étape du POPI est la réalisation, sous forme d’enquêtes individuelles, d’un état des lieux précis des exploitations et des territoires pastoraux de chaque éleveur des communes (éleveur local ou transhumant), des périodes d’utilisation, des modes de gestion et des principales contraintes de chaque exploitation. La seconde étape du POPI vise à élaborer une Charte Pastorale Intercommunale par le biais d’un important travail de concertation avec les élus locaux, d’une part, et d’ateliers thématiques avec les élus, les éleveurs et les partenaires techniques impliqués sur le territoire, d’autre part.&lt;/p&gt;
+&lt;p&gt;Le POPI définira les enjeux et déclinera des actions spécifiques ainsi qu’un plan d&amp;#039;actions pastoral (visant à synthétiser les actions de chaque enjeu en les priorisant, en proposant des partenaires et en définissant les moyens nécessaires à engager).&lt;/p&gt;
+&lt;p&gt;Les résultats attendus portent sur la mise en valeur de l&amp;#039;importance de l&amp;#039;activité pastorale et ses bénéfices pour le territoire, sur la traduction d’actions afin de maintenir et développer le pastoralisme, dont notamment la préservation des zones pastorales via les documents d&amp;#039;urbanisme.&lt;/p&gt;
+&lt;p&gt;L’élaboration de cet outil permettra d’enclencher, de définir une politique de soutien du pastoralisme par la mise en oeuvre d’actions concrètes et adaptées aux besoins du territoire.&lt;/p&gt; &lt;p&gt;Collectivités territoriales et leurs groupements.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les travaux d’élaboration de POPI devront être conduits par un organisme reconnu sur le champ de l’expertise pastorale.&lt;/li&gt; 	&lt;li&gt;Les usagers des espaces considérés devront être associés à la réflexion dès l’entame des travaux, avec des temps de restitution, à prévoir tout au long du déroulement du processus d’élaboration du Plan d’occupation Pastorale Intercommunale.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Agriculture et agroalimentaire
+Equipement public
+Bâtiments et construction
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P120" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les travaux d’élaboration de POPI devront être conduits par un organisme reconnu sur le champ de l’expertise pastorale.&lt;/li&gt; 	&lt;li&gt;Les usagers des espaces considérés devront être associés à la réflexion dès l’entame des travaux, avec des temps de restitution, à prévoir tout au long du déroulement du processus d’élaboration du Plan d’occupation Pastorale Intercommunale.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer sa demande 3 mois avant le démarrage du travail d&amp;#039;expertise sur le Portail des Aides.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/popi</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaline Besnier - Chargée de mission élevage et pastoralisme&lt;br /&gt; &lt;a href="mailto:ibesnier&amp;#64;maregionsud.fr"&gt;ibesnier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-realisation-de-plan-doccupation-pastorale-intercommunal/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>140795</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la médiation entre le secteur public et les entreprises, contribuer à leur développement économique et au développement des territoires</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Chambre des métiers et de l'artisanat (CMA) Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT et ingénierie de PROJET : Diagnostic économique pour permettre aux collectivités de disposer de données statistiques sur l&amp;#039;artisanat de leur territoire, réaliser un état des lieux sur les pratiques, les usages, les attentes et besoins des entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : Favoriser la réponse des entreprises artisanales locales aux marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : Soutien à l&amp;#039;animation du territoire, contribution à l&amp;#039;émergence de circuits courts de commercialisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : Proposition de solution répondant aux besoins des collectivités de développement numérique des entreprises artisanales, d&amp;#039;aménagement du territoire, d&amp;#039;accès à la commande publique, de réponse aux enjeux du développement durable et de l&amp;#039;attractivité touristique, de formation des chefs d&amp;#039;entreprise.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Observatoire économique, étude de marché, diagnostic d&amp;#039;entreprise artisanale régional (DEAR) et proposition de plan d&amp;#039;actions pour répondre aux enjeux stratégiques et opérationnels des collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction de marchés publics permettant de faciliter l&amp;#039;accès aux entreprises locales et accompagnement des entreprises pour y répondre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Club Rénover &amp;#43;, club de la Fabrique de l&amp;#039;Artisanat, Commissions territoriales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet alimentaire territorial (PAT), marchés aux saveurs des Alpes du Sud et artisans sans vitrine, boutique éphémère, salon des Arts &amp;amp; Gourmandises, Maison de produits de pays...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic et accompagnement des chefs d&amp;#039;entreprises artisanales dans leur projet de développement (numérique, commercial...) et de transmission
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de développement durable (Ecodéfis, Rénover &amp;#43;, attribution de labels, conseils en structuration et économies d&amp;#039;énergie...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Formation professionnelle
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Signature d&amp;#039;une Charte par les communes et conventionnement avec les EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations payantes au cas par cas (en fonction des projets)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cmar-paca.fr</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 23 Allée des fontainiers, 04000 Digne-les-Bains
+ &lt;br /&gt;
+ Tél : 04 92 30 90 90
+ &lt;br /&gt;
+ Email :
+ &lt;a href="mailto:contact04&amp;#64;cmar-paca.fr" target="_self"&gt;
+  contact04&amp;#64;cmar-paca.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a75-favoriser-la-mediation-entre-le-secteur-publi/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>119998</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Financer des activités sportives et culturelles</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Pass'Sport Culture</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Pont-de-Claix</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaque enfant pontois scolarisé de la petite section au CM2, à Pont-de- Claix ou à l&amp;#039;extérieur peut bénéficier du Pass&amp;#039; Sport-Culture qui comprend:
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   un chèque de 40€ à déduire du coût d&amp;#039;une adhésion annuelle à une association pontoise, y compris le SIM Jean Wiéner ( école de musique intercommunale)
+  &lt;/li&gt;
+  &lt;li&gt;
+   2 entrées à la piscine Flottibulle (1 adulte – 1 enfant)
+  &lt;/li&gt;
+  &lt;li&gt;
+   2 entrées à l&amp;#039;Amphi- salle de spectacle (1 adulte – 1 enfant)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accès gratuit à la médiathèque Louis Aragon
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Citoyenneté</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le responsable légal de l&amp;#039;enfant doit venir retirer son PASS SPORT CULTURE dans le service scolaire qui vérifie le lieu de domiciliation et l&amp;#039;âge de l&amp;#039;enfant.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Le Pont-de-Claix</t>
+        </is>
+      </c>
+      <c r="W122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pontdeclaix.fr/le-pass-sport-culture</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Véronique DANCOISNE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  veronique.dancoisne&amp;#64;vill-pontdeclaix.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>veronique.dancoisne@ville-pontdeclaix.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4c1-pass-sport-culture/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>164286</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;2.1     
+Créer du lien et
+de l’interrelation : « faire territoire ensemble »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.1.1    
+Mettre en réseau
+les acteurs&lt;/p&gt;&lt;p&gt;2.1.2    Améliorer la
+communication pour rendre l’offre accessible à tous&lt;/p&gt;&lt;p&gt;2.1.3    Encourager et
+valoriser le bénévolat par la formation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.2     
+Développer l’offre
+culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk155954921"&gt;&lt;strong&gt;2.3     
+Renforcer le
+maillage des équipements culturels&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.4     
+Préserver,
+valoriser, transmettre les patrimoines et matrimoines&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.4.1     Sauvegarder le patrimoine emblématique,
+remarquable, rare et favoriser sa découverte&lt;/p&gt;&lt;p&gt;2.4.2     Favoriser la transmission intergénérationnelle et
+la collecte de mémoires&lt;/p&gt;&lt;p&gt;2.4.3  Créer, accompagner et mettre en réseau les lieux
+d’interprétation, de conservation et de découverte&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.5     
+Créer des
+aménagements paysagers et accompagner les réseaux paysagers&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création d’outils de communication, etc. ;&lt;/li&gt;&lt;li&gt;Résidence contextuelle, pratique artistique,
+création participative, offre/spectacles          itinérants, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’une salle
+culturelle, achat d’une scène mobile, etc. ;&lt;/li&gt;&lt;li&gt;Création et aménagement de
+lieux d’interprétation, montage d’expositions, etc. ;&lt;/li&gt;&lt;li&gt;Aménagement de points de
+vue, journées de sensibilisation, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Paysage
+Animation et mise en réseau
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q123" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les festivals, saisons
+et événements culturels pourront être aidés 2 ans maximum (soit un projet
+sur 2 ans ou 2 mêmes projets d’un an), pendant la durée du programme. Seules les opérations présentant un financement d’un EPCI
+seront éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>162939</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les atouts culturels, touristiques et patrimoniaux du territoire</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I124" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Avec sa démarche d’attractivité amorcée depuis 2019, le territoire des Coëvrons poursuit la valorisation des atouts du territoire. Ce dernier possède un patrimoine historique, naturel et bâti riche et marqué par des sites emblématiques et des espaces naturels diversifiés. Doté de propositions culturelles abondantes et d’un tissu associatif dynamique, le territoire des Coëvrons fait preuve d’un dynamisme culturel avéré.&lt;/p&gt;&lt;p&gt;L’enjeu est de renforcer l’appropriation de cette richesse patrimoniale et culturelle par les populations résidentes, de la faire connaitre à tous et de renforcer l’ancrage local des propositions culturelles.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Promouvoir le territoire par son offre touristique et patrimoniale&lt;/p&gt;&lt;p&gt;- Préserver, animer et valoriser le patrimoine naturel, historique et culturel&lt;/p&gt;&lt;p&gt;- Proposer de nouvelles offres touristiques et patrimoniales&lt;/p&gt;&lt;p&gt;- Renforcer l’offre touristique et patrimoniale accessible toute l’année&lt;/p&gt;&lt;p&gt;- Qualifier l’offre touristique et patrimoniale via des labels&lt;/p&gt;&lt;p&gt;- Contribuer à l’animation culturelle sur l’ensemble du territoire&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Entretien et restauration du patrimoine&lt;/li&gt;&lt;li&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/li&gt;&lt;li&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/li&gt;&lt;li&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/li&gt;&lt;li&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/li&gt;&lt;li&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/li&gt;&lt;li&gt;- Actions de promotion du territoire&lt;/li&gt;&lt;li&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/li&gt;&lt;li&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/li&gt;&lt;li&gt;- Développement de formes culturelles innovantes&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;- Entretien et restauration du patrimoine&lt;/p&gt;&lt;p&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/p&gt;&lt;p&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/p&gt;&lt;p&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/p&gt;&lt;p&gt;Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/p&gt;&lt;p&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/p&gt;&lt;p&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/p&gt;&lt;p&gt;- Actions de promotion du territoire&lt;/p&gt;&lt;p&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/p&gt;&lt;p&gt;Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/p&gt;&lt;p&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/p&gt;&lt;p&gt;- Développement de formes culturelles innovantes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Technologies numériques et numérisation
+Tiers-lieux
+Artisanat
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P124" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q124" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables-1/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>162728</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir la culture et le savoir-faire alpins</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Promotion de la culture et des savoir-faire alpins</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Culture&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;Groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d’actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions portant la restauration des patrimoines vernaculaires en lien avec les savoir-faire alpins et dans une démarche de mise en tourisme au sein des stratégies espaces valléens ;&lt;/li&gt; 	&lt;li&gt;projets de développement et maintien des savoir-faire en matière d’artisanat local (promotion, formation, transmission, école des savoir-faire…) ;&lt;/li&gt; 	&lt;li&gt;actions visant la mise en tourisme (itinérance / découverte) de savoir-faire, traditions, de coutumes montagnardes, d’art, de chemins de mémoire ;&lt;/li&gt; 	&lt;li&gt;démarches de sensibilisation auprès des populations locales (jeunes, scolaires) et touristiques ;&lt;/li&gt; 	&lt;li&gt;projets de découverte des métiers artisanaux (conception) ;&lt;/li&gt; 	&lt;li&gt;actions portant sur des évènements/ festivals de portée régionale, interrégionale voire nationale ;&lt;/li&gt; 	&lt;li&gt;création d’ateliers partagés (mise en commun de matériel de transformation) ;&lt;/li&gt; 	&lt;li&gt;actions portant sur la signalétique et les supports de communication dématérialisés ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;evènements/ festivals de portée locale.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Toutes les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens ».&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P125" s="1" t="inlineStr">
+        <is>
+          <t>29/05/2024</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types d’actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions portant la restauration des patrimoines vernaculaires en lien avec les savoir-faire alpins et dans une démarche de mise en tourisme au sein des stratégies espaces valléens ;&lt;/li&gt; 	&lt;li&gt;projets de développement et maintien des savoir-faire en matière d’artisanat local (promotion, formation, transmission, école des savoir-faire…) ;&lt;/li&gt; 	&lt;li&gt;actions visant la mise en tourisme (itinérance / découverte) de savoir-faire, traditions, de coutumes montagnardes, d’art, de chemins de mémoire ;&lt;/li&gt; 	&lt;li&gt;démarches de sensibilisation auprès des populations locales (jeunes, scolaires) et touristiques ;&lt;/li&gt; 	&lt;li&gt;projets de découverte des métiers artisanaux (conception) ;&lt;/li&gt; 	&lt;li&gt;actions portant sur des évènements/ festivals de portée régionale, interrégionale voire nationale ;&lt;/li&gt; 	&lt;li&gt;création d’ateliers partagés (mise en commun de matériel de transformation) ;&lt;/li&gt; 	&lt;li&gt;actions portant sur la signalétique et les supports de communication dématérialisés ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;evènements/ festivals de portée locale.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Toutes les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens ».&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/promotion-de-la-culture-et-des-savoir-faire-alpins</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>Pas pour le moment dés que l'appel à projet sera annoncé</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Service Montagne et Massif Alpin&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promotion-de-la-culture-et-des-savoir-faire-alpins/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>105314</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la communication pour les scènes de "3ème cercle"</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>culture - soutien à la communication pour les scènes de "3ème cercle"</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I126" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BÉNÉFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes et établissements publics de coopération intercommunale, associations à vocation culturelle, compagnies professionnelles disposant d&amp;#039;un lieu ouvert au public et détentrices des licences d&amp;#039;entrepreneur de spectacles n° 1, 2 et 3
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTIF DU PROJET
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux actions de communication des lieux proposant une programmation culturelle régulière, à l&amp;#039;exclusion des lieux culturels déjà accompagnés dans le cadre du règlement « lieux culturels et saisons ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention : 50% des frais de communication jusqu&amp;#039;à concurrence de 1 500 € par année civile sur justificatifs et sur présentation en amont du plan de communication envisagé et budget assorti. Un petit « book » de la communication réalisée sera demandé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITÈRES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets concernés :
+&lt;/p&gt;
+&lt;p&gt;
+ Les compagnies et associations charentaises ayant des lieux dits de « 3e cercle », c&amp;#039;est-à-dire proposant une saison culturelle régulière (un spectacle professionnel par mois a minima) au sein de leur lieu de création mais dans lequel les compagnies programmées jouent en autoproduction, en co-réalisation ou à la recette et donc, non éligibles au dispositif d&amp;#039;aide à la diffusion/accords de coopération. Ces lieux doivent avoir une volonté d&amp;#039;ouverture de la programmation (accès au plus grand nombre, sensibilisation du jeune public, billetterie...), mener des collaborations avec les partenaires locaux (associations, commerces, milieu éducatif...)
+&lt;/p&gt;
+&lt;p&gt;
+ Description :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conditions d&amp;#039;obtention : les bénéficiaires cités ci-dessus, non éligibles sur d&amp;#039;autres dispositifs de soutien à la diffusion ou au fonctionnement, réalisant une plaquette/flyer de communication, pourront être accompagnés
+ &lt;/li&gt;
+ &lt;li&gt;
+  rythme de passage des dossiers : mensuel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépense éligible : factures acquittées liées à la communication (flyers, plaquettes, affiches, programmes, presse, magazine Sortir...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  les factures acquittées
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois au prorata des dépenses justifiées
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Action_culturelle/6121_Scenes_de_3e_cercle.pdf</t>
+        </is>
+      </c>
+      <c r="W126" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DÉPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : au terme de la saison culturelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 74 51
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d44a-soutenir-la-communication-pour-les-scenes-de-/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>140799</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les domaines nordiques des Alpes du Sud et faire la promotion de la filière et des activités nordiques et de pleine nature sur le massif</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Nordic Alpes du Sud</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : études des attentes clientèles (touristes / locaux), de l&amp;#039;offre, analyse FFOM (force / faiblesse / opportunité / menace), mise à disposition de données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de PROJET : aide au développement d&amp;#039;activités (pour habitants et touristes) ou de services sur un territoire...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie FINANCIÈRE : élaboration de budgets prévisionnels et proposition de modèles économiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie RÉGLEMENTAIRE et JURIDIQUE : mise à disposition de supports relatifs à la législation des activités nordiques. Conseils.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : organisation de temps d&amp;#039;échanges avec les acteurs de la filière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la GESTION et à l&amp;#039;EXPLOITATION : Analyse des données (chiffre d&amp;#039;affaires, fréquentation), conseil sur l&amp;#039;organisation matérielle et humaine de la structure, aide à la mise en place d&amp;#039;une solution de billetterie numérique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour le développement tout public (touristes &amp;amp; habitants) et la gestion du site nordique de la Draye.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition d&amp;#039;un nouveau positionnement tarifaire (journée, séjours, saison) et harmonisation des tarifs sur le massif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une étude auprès des pratiquants des activités nordiques puis mise en place d&amp;#039;une contribution volontaire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déploiement d&amp;#039;une solution de billetterie numérique et de vente en ligne commune aux domaines du massif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils aux sites pour le déploiement d&amp;#039;activités pour les visiteurs ou habitants : fat bike, animations biathlon, Bia&amp;#039;sket...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage de la tournée « Festi&amp;#039;Nordic » (promotion de l&amp;#039;événement, mise à disposition de matériel, soutien logistique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication publique et valorisation des 28 sites nordiques des Alpes du Sud (Nordic Mag, site internet...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de journées de rencontres et de formations pour les professionnels de la filière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bilan annuel global des forfaits vendus et prospective, analyses statistiques spécifiques à chaque domaine.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion de la collectivité :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour un gestionnaire de site nordique : 400€ &amp;#43; 200€/site nordique payant. (coût annuel)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour un gestionnaire d&amp;#039;activités de pleine nature : 400€ &amp;#43; part variable (200€ à 1200€) en fonction du nombre habitants sur la collectivité. (coût annuel)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Prestations sur mesure (le budget dépend de la nature de l&amp;#039;accompagnement, l&amp;#039;association n&amp;#039;a pas vocation à réaliser des profits).
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence, Hautes-Alpes et Alpes-Maritimes</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.nordicalpesdusud.com</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Nordic Alpes du Sud
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Roche André – Route de la Croix de Bretagne 05100 Villard Saint-Pancrace
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 20 15 09 - 06 14 86 24 48
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:direction&amp;#64;nordicalpesdusud.com" target="_self"&gt;
+  direction&amp;#64;nordicalpesdusud.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/351e-federer-les-domaines-nordiques-des-alpes-du-s/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>120094</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes pour l'achat d'une licence sportive et culturelle</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>BOURSE D'AIDE A LA PRATIQUE SPORTIVE ET CULTURELLE</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Villenave d'Ornon</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dispositif d&amp;#039;aide financière à destination des jeunes villenavais valable pour une seule activité dans l&amp;#039;année, associative ou municipale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Jeunesse
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  être villenavais et âgé de 5 à 21 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un QF inférieur ou égal à 1300 € et/ou être sorti du système scolaire ou être en apprentissage
+ &lt;/li&gt;
+ &lt;li&gt;
+  adhérer à une association éligible au dispositif ou une activité municipale : école de danse, musique, théâtre, piscine
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Villenave-d'Ornon</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.villenavedornon.fr/famille-jeunesse-seniors/services-jeunesse/bourse-aide-pratique-sportive/</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rendre sur place au Service vie associative
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse postale : Pôle sports culture loisir s/ 145 route de Léognan / 33140 VILLENAVE D&amp;#039;ORNON (derrière la piscine)
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05.57.99.52.14
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>arrouays.maitena@mairie-villenavedornon.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e32-aider-les-jeunes-a-la-pratique-sportive-et-cu/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>153928</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les productions audiovisuelles à caractère documentaire</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Productions audiovisuelles à caractère documentaire</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chacune des productions soutenues fera l&amp;#039;objet d&amp;#039;une convention qui fixe les contreparties attendues par le Conseil départemental ; il s&amp;#039;agit notamment :
+&lt;/p&gt;
+&lt;p&gt;
+ - de la mention obligatoire du soutien de la collectivité au générique,
+&lt;/p&gt;
+&lt;p&gt;
+ - de la remise de copies pour les archives départementales et/ou le service départemental audiovisuel,
+&lt;/p&gt;
+&lt;p&gt;
+ - de droits non commerciaux pour le réseau des salles rurales,
+&lt;/p&gt;
+&lt;p&gt;
+ - de droits d&amp;#039;utilisation d&amp;#039;image par la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ DATE LIMITE DE DEPOT DE LA DEMANDE D&amp;#039;AIDE : 
+La demande pour l&amp;#039;année N doit être déposée sur la plateforme à la mi-octobre de l&amp;#039;année N-1. 
+Exemple : pour les demandes de 2024, elles peuvent être déposées jusqu&amp;#039;au dimanche 15 octobre 2023.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les documentaires s&amp;#039;attachant à une mise en valeur du patrimoine et/ou de l&amp;#039;histoire départementale (paysages, traditions, ethnographie...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les réalisations dont la viabilité économique est assurée (pré-achat, co-productions),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les réalisations assurées d&amp;#039;une diffusion (achat France 3, programmation festivals, réseau Génériques).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/productions-audiovisuelles-a-caractere-documentaire/</t>
+        </is>
+      </c>
+      <c r="W129" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8a02-productions-audiovisuelles-a-caractere-docume/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>95030</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les centres de ressources industries créatives - Cinéma, audiovisuel et livre</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux centres de ressources industries créatives - cinéma, audiovisuel et livre</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé en fonction de la nature, de l&amp;#039;ampleur, de la qualité du projet ainsi que des partenariats financiers établis. Un conventionnement pluriannuel
+peut être proposé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P130" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures culturelles de droit privé ou public relevant du secteur du livre et du cinéma et de l&amp;#039;audiovisuel, établies sur le territoire du Grand Est, et reconnues comme centres de ressources en raison du rayonnement de leur activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour le secteur du cinéma-audiovisuel, les programmes d&amp;#039;actions doivent répondre à au moins trois des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accompagner la création et les auteurs régionaux en particulier,
+  &lt;/li&gt;
+  &lt;li&gt;
+   assurer une diffusion sous forme de festivals de plusieurs journées de cycles de projections touchant un large public dans une dimension thématique ou régionale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   valoriser et promouvoir des projets produits ou tournés en région,
+  &lt;/li&gt;
+  &lt;li&gt;
+   inclure des actions de formation, ex : résidences, rendez-vous réguliers, propositions thématiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer à l&amp;#039; éducation à l&amp;#039;image, en tant qu&amp;#039;opérateurs indépendants ou Pôle Régional d&amp;#039;Education Artistique et de Formation au Cinéma et à l&amp;#039;Audiovisuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   contenir des actions de médiation – ex : diffusion en médiathèque, prisons, hôpitaux – et d&amp;#039;animation de réseaux ou de salles, en vue de l&amp;#039;élargissement des publics ou de l&amp;#039;élargissement des publics ou de la découverte de nouvelles cinématographies hors festivals,
+  &lt;/li&gt;
+  &lt;li&gt;
+   agir pour la sauvegarde du patrimoine : préservation, conservation ou valorisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   proposer des actions concertées et complémentaires avec les autres acteurs de la filière, ainsi que le développement d&amp;#039;outils mutualisés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour le secteur du livre, les programmes d&amp;#039;action doivent répondre à au moins deux des critères suivants contribuant au développement et à la structuration de l&amp;#039;interprofession :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   inclure des actions de promotion et de valorisation des acteurs régionaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer des outils mutualisés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   agir pour la formation: recensement des besoins, identification et mobilisation d&amp;#039;experts et des financements liés à la formation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mettre en œuvre des actions d&amp;#039;animation du territoire, d&amp;#039;éducation artistique et culturelle et de valorisation du patrimoine littéraire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts liées aux actions constituant un programme cohérent d&amp;#039;activités de centre de ressources peuvent être prises en compte.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-centres-de-ressources/</t>
+        </is>
+      </c>
+      <c r="W130" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0021/depot/simple</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-ecoculture&amp;#64;grandest.fr"&gt;
+    versements-ecoculture&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépôt des dossiers :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Toute demande fait l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention, contenant les informations suivantes :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    le nom et les coordonnées complètes de la structure déposante,
+   &lt;/li&gt;
+   &lt;li&gt;
+    un projet annuel d&amp;#039;actions, détaillant les constats ayant généré le projet et le diagnostic avant mise en œuvre, les changements attendus, les critères d&amp;#039;évaluation et toutes autres informations soulignant la pertinence du projet, la logique d&amp;#039;articulation des actions, les partenariats pressentis, l&amp;#039;impact régional sur les acteurs culturels et les publics, les zones géographiques concernées,
+   &lt;/li&gt;
+   &lt;li&gt;
+    un argumentaire précisant l&amp;#039;intérêt d&amp;#039;un soutien régional en faveur de ce projet
+   &lt;/li&gt;
+   &lt;li&gt;
+    le montant de subvention sollicitée et le budget consolidé de la structure, ainsi que les budgets individuels par action,
+   &lt;/li&gt;
+   &lt;li&gt;
+    le bilan artistique et financier de l&amp;#039;année n-1 et n de la structure et de ses actions pour lesquelles une aide régionale est sollicitée,
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;ensemble de la procédure de dépôt des dossiers ainsi que de sollicitation des versements de la subvention régionale octroyée, est dématérialisée.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f842-soutien-aux-centres-de-ressources-industries-/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>127467</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets communautaires ou supra-communaux</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>ACTIV' VOLET 2 - PROJETS DE TERRITOIRE</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vienne</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I131" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J131" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 50 % du montant HT sur des projets lié aux priorités départementales</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Volet 2 du programme ACTIV&amp;#039; du Département de la Vienne &amp;#34;Projet de Territoire&amp;#34; est l&amp;#039;aboutissement d&amp;#039;une concertation entre le Département, les Établissements Publics de Coopération Intercommunaux et leurs Communes permettant d&amp;#039;identifier les principaux enjeux, les priorités d&amp;#039;intervention et les opérations pouvant être soutenues via une enveloppe financière pluriannuelle par territoire définie par le Département pour la période 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accord entre le Département et chaque territoire a également pour vocation à mettre en exergue l&amp;#039;ensemble des politiques publiques départementales et leurs déclinaisons territoriales.
+&lt;/p&gt;
+A noter que :
+&lt;ul&gt;
+ &lt;li&gt;
+  Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire devra être dédiée à des actions répondant aux priorités départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lorsqu&amp;#039;il est porté par une commune, le projet devra présenter un intérêt supra-communal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ÉTUDES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études    préalables    lorsqu&amp;#039;elles    conditionnent    directement l&amp;#039;établissement du projet et débouchent effectivement sur des travaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Honoraires d&amp;#039;ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉTUDE D&amp;#039;IMPACT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude préalable relative aux coûts de fonctionnement induits sur les cinq premières années, obligatoire pour tous les projets dont le coût est supérieur à 1 000 000 € HT.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TRAVAUX
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux inscrits dans la section d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACQUISITION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisitions foncières nécessaires à la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P131" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q131" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, le demande de subvention doit suivre le processus suivant :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Vote par le Département d&amp;#039;une enveloppe pluriannuelle pour chaque territoire sur une période prédefinie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une conférence de territoire réunissant le Président du Conseil Départemental, les Conseillers Départementaux du canton, le Président de l&amp;#039;EPCI et les Maires des Communes membres de l&amp;#039;EPCI ayant pour objectif d&amp;#039;identifier les opérations pouvant être financées . Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire doit être dédiée à des actions répondant aux priorités départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Courrier de notification du Département aux maîtres d&amp;#039;ouvrage pour préciser les opérations soutenues au titre du Volet 2.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Individualisation en Commission Permanente des subventions pour les opérations retenues.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lavienne86.fr/les-aides/dispositif-activ</t>
+        </is>
+      </c>
+      <c r="W131" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact soit :
+&lt;/p&gt;
+&lt;p&gt;
+ - Par mail :
+ &lt;a href="mailto:datc&amp;#64;departement86.fr" target="_self"&gt;
+  datc&amp;#64;departement86.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Par téléphone, aux numéros suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 99  pour les Communautés de Communes du Pays Loudunais, du Haut Poitou et du Civraisien en Poitou,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 22  pour les Communautés de Communes du Grand Châtellerault, de Vienne et Gartempe et des Vallées du Clain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 45  pour les Communautés de Communes du Grand Poitiers.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>datc@departement86.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa04-subventionner-des-projets-dinvestissement-dan/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>95343</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Développer le domaine de l'Eau et de l'Assainissement</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
+Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J132" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'aide dépend du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce projet formalise les objectifs et actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tendre vers une gestion concertée et intégrée de l&amp;#039;eau
+  &lt;/strong&gt;
+  (schémas départementaux, structuration de la maîtrise d&amp;#039;ouvrage, assistance technique à la maîtrise d&amp;#039;ouvrage publique, prise en compte du réchauffement climatique, coordination dans l&amp;#039;aménagement du territoire).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Garantir durablement l&amp;#039;accès à une ressource de qualité
+  &lt;/strong&gt;
+  (mise en conformité des stations d&amp;#039;épuration, protection des captages, préservation des zones humides, investissement durable, création des Services Publics d&amp;#039;Assainissement Non Collectif).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Optimiser la gestion de la ressource et sécuriser les réserves
+  &lt;/strong&gt;
+  (gestion des ressources stockées, développement de notre connaissance du karst, gestion patrimoniale, favoriser les économies d&amp;#039;eau).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développer et partager les connaissances
+  &lt;/strong&gt;
+  (projets innovants, réseaux d&amp;#039;échanges, promotion des chartes qualité, éducation à l&amp;#039;environnement, coopération décentralisée, tarification sociale).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;éligibilité des projets est conditionnée par le prix de l&amp;#039;eau ou de l&amp;#039;assainissement. Ceux-ci doivent être au-dessus d&amp;#039;un seuil fixé par le Conseil général :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;assainissement :
+ 1,14 € HT / m3
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;eau :  1,40 € HT / m3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes pratiquant, par dérogation préfectorale, un prix au forfait, celui-ci sera ramené à un prix au mètre cube, en considérant un volume moyen consommé de 120 m3 / an (sauf si la commune peut justifier d&amp;#039;une consommation moyenne annuelle par abonné, différente, auquel cas, cette consommation réelle pourra être prise en compte).
+&lt;/p&gt;
+&lt;p&gt;
+ Cette condition d&amp;#039;éligibilité ne s&amp;#039;applique pas pour les opérations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aire de remplissage sécurisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;amélioration des pratiques phytosanitaires et horticoles (PAPPH).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles en matière d&amp;#039;assainissement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etudes :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Schéma directeur d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic réseau et station
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zonage d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;épandage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une gestion patrimoniale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inventaires et plans des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude économique et tarifaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux réseau:
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réhabilitation ou renouvellement de réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un réseau de transfert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un réseau de collecte (dans le cadre de la création d&amp;#039;un système d&amp;#039;assainissement pour l&amp;#039;habitant existant)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de l&amp;#039;autosurveillance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux station épuration:
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction (pour l&amp;#039;habitat existant)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;équipements vétustes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;amélioration (y compris sur la filière de traitement des boues)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux liés au traitement des sous-produits de l&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de l&amp;#039;autosurveillance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;em&gt;
+ Divers:
+&lt;/em&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet innovant en matière de gestion de l&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opération de coopération internationale décentralisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une tarification sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Extension de réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réseaux et équipements pluviaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous travaux d&amp;#039;entretien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réseaux internes à des lotissements ou zones d&amp;#039;activité diverses
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles en matière d&amp;#039;eau potable et de protection de la ressource :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etudes :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude préalable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une gestion patrimoniale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inventaire et plans des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude économique et tarifaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux captage :
+ &lt;/em&gt;
+ Travaux suite DUP
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Economie d&amp;#039;eau et
+  maîtrise
+  des pesticides:
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;aire de remplissage sécurisée des pulvérisateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériels prescrits dans le cadre d&amp;#039;un PAPPH (Plan d&amp;#039;Amélioration des Pratiques Phytosanitaires et Horticoles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de communication et/ou dispositifs d&amp;#039;économie d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux production-distribution (sauf réseau) :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place de traitement (désinfection, chloration)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de compteurs, vannes d&amp;#039;isolement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de télégestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement ou création d&amp;#039;équipements intercommunaux (objectif de mutualisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;équipements vétustes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Travaux réseau :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place de compteurs, vannes de sectorisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place ou renforcement de canalisations intercommunales (objectif de mutualisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation ou renouvellement de réseaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Divers :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet innovant en matière de gestion de l&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opération de coopération internationale décentralisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une tarification sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Extension de réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réseaux internes à des lotissements ou zones d&amp;#039;activité diverses
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous travaux d&amp;#039;entretien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous travaux pour satisfaire la réglementation en matière de défense incendie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/eau-et-assainissement</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour des renseignements d&amp;#039;ordre administratif ou financier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour l&amp;#039;eau potable : Hélène Fulcand (
+  &lt;a href="mailto:helene.fulcrand&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   helene.fulcrand&amp;#64;cg11.fr
   &lt;/a&gt;
- &lt;/li&gt;
-[...3 lines deleted...]
-   anne.routin&amp;#64;iledefrance.fr
+  ou 04.68.11.31.14)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour l&amp;#039;assainissement: Sébastien Garrabou (
+  &lt;a href="mailto:sebastien.garrabou&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   sebastien.garrabou&amp;#64;cg11.fr
   &lt;/a&gt;
- &lt;/li&gt;
-[...19 lines deleted...]
-      <c r="AA19" s="1" t="inlineStr">
+  ou 04.68.11.31.13)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour des renseignements d&amp;#039;ordre général ou technique :
+ &lt;/strong&gt;
+ Bruno Dupasquier (
+ &lt;a href="mailto:bruno.dupasquier&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+  bruno.dupasquier&amp;#64;cg11.fr
+ &lt;/a&gt;
+ ou 04.68.11.67.83)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c7d7-developper-le-domaine-de-leau-et-de-lassainis/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>163658</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de construction ou de rénovation d'équipements culturels structurants</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Equipements culturels</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine apporte son soutien aux opérations de construction ou de rénovation d&amp;#039;équipements culturels structurants pour le territoire. Cet accompagnement concerne les lieux de spectacle vivant, les médiathèques, les salles de cinémas indépendants de proximité, les musées de France et centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine, les établissements d&amp;#039;enseignement supérieur artistique, les centres d&amp;#039;art et lieux de diffusion de l&amp;#039;art contemporain, les lieux de création et de production et l&amp;#039;équipement en matériel des lieux.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Contribuer à un aménagement culturel équilibré du territoire régional en corrigeant les inégalités territoriales en matière d’équipements culturels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer la qualité des équipements culturels, les remettre à niveau notamment en regard des enjeux de la création contemporaine, des nouvelles technologies et des enjeux environnementaux, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir les projets d’équipements culturels qui intègrent les droits culturels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Offrir sur le territoire de la Nouvelle-Aquitaine une offre culturelle et artistique riche, diversifiée et de qualité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit public&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d&amp;#039;éligibilité pour les lieux :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;besoin d&amp;#039;un équipement culturel au regard du bassin de vie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;viabilité du modèle économique (investissement et fonctionnement),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;gestion par une équipe professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;réalisation d&amp;#039;une étude préalable concluant à la faisabilité du projet,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;si portage par une commune rurale ou de moins de 30 000 habitants, soutien financier de l’intercommunalité (excepté pour les musées),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;si portage privé, financement par au moins une collectivité autre que la Région, ou par l’Etat, ou par un établissement public,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;intégration du développement durable dans le projet (conditions d’éco-responsabilité répondant à la feuille de route de Néo terra) dans la conception du projet (intégration paysagère, énergie, eau, matériaux bio-sourcés, mobilité durable).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères éligibilité pour le matériel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Equipement en matériel pour structure culturelle professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Achat de matériel pour l’aménagement du lieu dans le cadre de sa création, de son extension ou de sa réhabilitation,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipement en matériel en lien direct avec le projet artistique de la structure ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La demande est formulée au moins cinq années après l’obtention d’une aide régionale de ce type.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Attribution au bénéficiaire de l’aide directe représentant un taux maximal de 20 % des dépenses éligibles (toutes tranches confondues) dans la limite du montant plafond (détail dans le RI et fiches thématiques à télécharger ci-dessous)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/equipements-culturels</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Compléter le formulaire de demande en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/equipements-culturels/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>162590</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer et soutenir le développement des énergies renouvelables citoyennes en Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer et soutenir le développement des énergies renouvelables citoyennes en Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME et la Région Pays de la Loire soutiennent le RECIT (Réseau des énergies citoyennes en Pays de la Loire) qui permet de faire connaitre largement les &lt;strong&gt;principes des énergies renouvelables citoyennes&lt;/strong&gt; (ENRc) et vise ainsi à susciter le développement de ces projets.&lt;/p&gt;&lt;p&gt;Suite à cette première phase de sensibilisation, l’ADEME Pays de la Loire est susceptible d’apporter une aide financière lors des phases d’amorçage dans les territoires et d’émergence pour les porteurs de projet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;À l’initiative et pilotée par une collectivité, une phase d’amorçage peut être soutenue&lt;/strong&gt; afin de constituer un ou plusieurs groupes de citoyens, puis d’accompagner leur montée en compétence.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Portées par la structure porteuse d’un projet citoyen, des prestations peuvent être soutenues&lt;/strong&gt; lors de la phase d’émergence :&lt;ul&gt;&lt;li&gt;Étude de préfaisabilité.&lt;/li&gt;&lt;li&gt;Définition de la stratégie de co-construction, concertation et communication.&lt;/li&gt;&lt;li&gt;Étude de préfiguration de la structure juridique porteuse de la démarche citoyenne.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240229/accelerer-soutenir-developpement-energies-renouvelables-citoyennes-pays</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accelerer-et-soutenir-le-developpement-des-energies-renouvelables-citoyennes-en-pays-de-la-loire/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>144507</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études des centralités landaises pour la revitalisation, dynamisation et restructuration des centres-villes et centres-bourgs</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Financement des études de type</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I135" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J135" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 50.000€</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une commune inscrite comme centralités à l&amp;#039;échelle départementale, engagée dans une démarche de revitalisation, dynamisation ou de restructuration de son centre-bourg ou centre- ville devra préalablement réaliser une étude de définition d&amp;#039;un projet d&amp;#039;aménagement d&amp;#039;ensemble du type &amp;#34;Plan de référence&amp;#34; ou document de programmation similaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette étude se compose d&amp;#039;un diagnostic de la situation décrivant les symptômes de la dévitalisation, les besoins de restructuration ou de dynamisation proposant une stratégie élaborée en concertation avec l&amp;#039;EPCI et un programme d&amp;#039;actions pluriannuel reposant sur 4 thématiques qu&amp;#039;il convient de traiter dans le programme opérationnel : l&amp;#039;habitat et le logement, le commerce et les services, le cadre de vie et l&amp;#039;environnement, et les espaces publics en lien avec les mobilités, la transition énergétique et écologique ainsi que les équipements à destination de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services du Département devront être associés à la démarche à travers la mise en place d&amp;#039;un comité de pilotage ad hoc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Attractivité économique
+Mobilité pour tous
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Commune inscrite comme centralité à l&amp;#039;échelle départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50f7-accompagner-les-etudes-des-centralites-landai/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>130980</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Soutenir financièrement les projets visant à développer et à valoriser le patrimoine linguistique (français, langues régionales et non territoriales, langue des signes...)</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Valorisation des langues de France</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J20" s="1" t="inlineStr">
+      <c r="J136" s="1" t="inlineStr">
         <is>
           <t>1.500 à 20.000 €</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La France dispose d&amp;#039;un patrimoine linguistique d&amp;#039;une grande richesse : français, langues régionales, langues non territoriales, langue des signes française... Le ministère de la Culture soutient financièrement les projets visant à développer et à valoriser ce patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Présentation du dispositif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Que sont les langues de France ? Aux côtés du français, langue nationale, les langues de France façonnent notre identité culturelle et constituent une richesse immatérielle vivante et créative. Sont considérées comme langues de France :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    les langues régionales
   &lt;/strong&gt;
   , inscrites dans la Constitution depuis 2008 : &amp;#34;
   &lt;em&gt;
    Les langues régionales appartiennent au patrimoine de la France
   &lt;/em&gt;
   &amp;#34; (
   &lt;a href="https://www.legifrance.gouv.fr/loda/article_lc/LEGIARTI000019241104" rel="noopener" target="_blank"&gt;
    article 75-1
    &lt;span&gt;
@@ -4753,109 +26152,109 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les interventions de la DGLFLF privilégient les projets susceptibles d&amp;#039;élargir les publics aux questions relatives aux langues de France, et prennent en compte leur exigence scientifique. Elles s&amp;#039;efforcent dans la mesure du possible de respecter un équilibre des différentes langues dans le choix des projets retenus.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Calendrier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les subventions allouées par la DGLFLF sont attribuées sur une base annuelle.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes doivent être déposées
  &lt;strong&gt;
   avant le 15 décembre chaque année
  &lt;/strong&gt;
  pour pouvoir être prises en compte pour l&amp;#039;année suivante.
 &lt;/p&gt;
 &lt;p&gt;
  Le bilan du projet devra être transmis au plus tard 6 mois après la réalisation du projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Colloque &amp;#34;Rencontres sur les parlers du Croissant&amp;#34; (CNRS / INALCO, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 5 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Organisé à Boussac (Creuse) en octobre 2022, ce colloque a présenté les travaux de recherche les plus récents sur ces parlers gallo-romans encore pratiqués de nos jours dans la frange nord du Massif central et dont la caractéristique est de présenter simultanément des traits typiques de l&amp;#039;occitan (auvergnat, limousin) et des langues d&amp;#039;oïl (français, berrichon, poitevin-saintongeais).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projet de recherche et d&amp;#039;édition en langues amérindiennes (Association IPÊ, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 6 500 €
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;association Ipê, spécialisée dans la recherche et le développement des langues amérindiennes de Guyane, a réalisé deux dictionnaires bilingues (wayana-français et apalaï-français) et un jeu de dominos thématique bilingue wayana-français.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Spectacle &amp;#34;Le Tabou (l&amp;#039;illettrisme chez les sourds&amp;#34; (Association Art&amp;#039;Sign, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 5 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Création d&amp;#039;un spectacle-performance visuel en langue des signes et en dessins afin d&amp;#039;aborder le délicat sujet de l&amp;#039;illettrisme chez les personnes sourdes et de lever ce tabou.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ateliers éducatifs en arménien occidental (Association Mgnig, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 3 500 €
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;activité principale de l&amp;#039;association Mgnig est l&amp;#039;organisation d&amp;#039;ateliers hebdomadaires linguistiques et culturels en arménien occidental (cours de théâtre, ateliers scientifiques, travaux manuels, séances de lectures et discussions) à destination du jeune public.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Qui peut déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Départements
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises privées
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises publiques locales
  &lt;/li&gt;
  &lt;li&gt;
   EPCI à fiscalité propre
  &lt;/li&gt;
@@ -4917,78 +26316,78 @@
   projets de recherche
  &lt;/strong&gt;
  sur une ou plusieurs langues de France sont éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères de non-éligibilité du projet
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets sans rapport avec au moins une langue de France ne sont pas éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Nature des dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention ne peut couvrir les dépenses de fonctionnement ou d&amp;#039;équipement d&amp;#039;une structure.
 &lt;/p&gt;
 &lt;p&gt;
  Elle sert à financer la réalisation d&amp;#039;un projet culturel ou de recherche.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/valorisation-des-langues-de-france</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
+      <c r="W136" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_transmission-culturelle</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour toute question sur la valorisation des langues de France, vous êtes invités à vous adresser à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Délégation générale à la langue française et aux langues de France (DGLFLF)
 &lt;/p&gt;
 &lt;p&gt;
  Mission Langues de France et Outre-mer
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:dglflf.min&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
   dglflf.min&amp;#64;culture.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 40 15 36 62
 &lt;/p&gt;
 &lt;p&gt;
@@ -5319,6536 +26718,10243 @@
    emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Saint-Pierre-et-Miquelon
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rosiane DE LIZARAGA :
   &lt;a href="mailto:rosiane.de-lizaraga&amp;#64;spm975.gouv.fr" rel="noopener" target="_blank"&gt;
    rosiane.de-lizaraga&amp;#64;spm975.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a09-valorisation-des-langues-de-france/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>162788</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux professionnels qui mettent en œuvre la mise en réseau, la professionnalisation et l’animation des acteurs professionnels</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux agences et réseaux</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...7 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="O21" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les agences de la Région ont pour mission :&lt;/span&gt;&lt;/p&gt;
+&lt;ol&gt; 	&lt;li&gt; Accompagner / professionnaliser les filières des arts de la scène, des arts visuels et du livre ;&lt;/li&gt; 	&lt;li&gt; Programmer / promouvoir les richesses artistiques et patrimoniales auprès du grand public ;&lt;/li&gt; 	&lt;li&gt; Observer / informer en faveur de prise de décisions stratégiques par les acteurs publics.&lt;/li&gt; &lt;/ol&gt;
+&lt;p&gt;&lt;br /&gt; Dans un même dynamique d’accompagnement des filières, la Région soutient les réseaux professionnels qui mettent en œuvre la mise en réseau, la professionnalisation et l’animation des acteurs professionnels.&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les associations et établissements publics ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt; situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt; en conformité avec la réglementation liée avec l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt; subventionnés par au moins deux partenaires institutionnels&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Les projets devront attester des actions suivantes :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; des actions de mise en valeur des compétences et des réalisations culturelles de la région&lt;/li&gt; 	&lt;li&gt; des actions d’information générale et régulière des structures de la filière culturelle&lt;/li&gt; 	&lt;li&gt; une attention particulière pour les publics lycéens, apprentis ou éloignés de la culture (quartiers urbains sensibles éloignement géographique, publics empêchés) &lt;/li&gt; 	&lt;li&gt; l’organisation de manifestations destinés à promouvoir les capacités des acteurs culturels régionaux &lt;/li&gt; 	&lt;li&gt;des actions d’assistance technique aux acteurs culturels régionaux par le conseil et le soutien logistique &lt;/li&gt; 	&lt;li&gt; des activités de ressources, d’études et d’observations&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur.&lt;/p&gt;
+&lt;p&gt;Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;strong&gt;Ne sont pas éligibles : &lt;/strong&gt;Les actions pouvant être examinées dans le cadre des dispositifs de la Culture dédiés aux actions culturelles, aux aides à la création ou aux programmations artistiques ; les actions destinées aux pratiques amateurs, les stages et master-classes, les tremplins, les concours, les cours de pratiques artistiques.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;exploitation, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux....&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
-[...108 lines deleted...]
-      <c r="S21" s="1" t="inlineStr">
+      <c r="P137" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les projets devront attester des actions suivantes :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; des actions de mise en valeur des compétences et des réalisations culturelles de la région&lt;/li&gt; 	&lt;li&gt; des actions d’information générale et régulière des structures de la filière culturelle&lt;/li&gt; 	&lt;li&gt; une attention particulière pour les publics lycéens, apprentis ou éloignés de la culture (quartiers urbains sensibles éloignement géographique, publics empêchés) &lt;/li&gt; 	&lt;li&gt; l’organisation de manifestations destinés à promouvoir les capacités des acteurs culturels régionaux &lt;/li&gt; 	&lt;li&gt;des actions d’assistance technique aux acteurs culturels régionaux par le conseil et le soutien logistique &lt;/li&gt; 	&lt;li&gt; des activités de ressources, d’études et d’observations&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur.&lt;/p&gt;
+&lt;p&gt;Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;strong&gt;Ne sont pas éligibles : &lt;/strong&gt;Les actions pouvant être examinées dans le cadre des dispositifs de la Culture dédiés aux actions culturelles, aux aides à la création ou aux programmations artistiques ; les actions destinées aux pratiques amateurs, les stages et master-classes, les tremplins, les concours, les cours de pratiques artistiques.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X21" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-agences-et-reseaux</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-agences-et-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>30638</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la programmation artistique de la saison (arts de la scène)</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I138" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Formulaire de contact :
-[...5 lines deleted...]
- Téléphone : 02.33.05.99.42
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La circulation des artistes et des œuvres est à la fois un outil de développement privilégié pour les équipes artistiques et un enjeu majeur pour l&amp;#039;aménagement culturel du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un développement des publics par le biais d&amp;#039;actions de médiation et de sensibilisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour des projets artistiques des équipes en région et des territoires de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structures de diffusion assurant une programmation professionnelle annuelle, généraliste ou spécialisée, jouant un rôle significatif dans l&amp;#039;aménagement du territoire régional. Ces structures s&amp;#039;engagent en particulier dans l&amp;#039;accueil des équipes régionales et la diffusion des œuvres dans un cadre cohérent et réglementé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale tend notamment à favoriser la prise de compétence culturelle des communautés de communes. Elle encourage ainsi le développement culturel au travers de programmes d&amp;#039;actions de qualité intégrant la diffusion de spectacles professionnels et la sensibilisation des publics.
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
-Sports et loisirs
-[...3 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de saisons soutenus par la Région doivent faire apparaître :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Avoir sa résidence principale sur la commune
-[...5 lines deleted...]
-   non cumul avec l&amp;#039;aide aux voyages scolaires
+   une programmation professionnelle de qualité constituée d&amp;#039;un minimum de 12 dates, portée par un opérateur structuré juridiquement mobilisant des moyens et compétences adaptés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité d&amp;#039;offrir aux artistes des conditions d&amp;#039;accueil professionnelles : plateau en ordre de marche, moyens techniques et humains nécessaires au bon déroulement de la représentation, communication de la programmation à destination du public et des réseaux professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la présence d&amp;#039;au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions culturelles en direction des publics, en lien avec la programmation
+  &lt;/li&gt;
+  &lt;li&gt;
+   une programmation de spectacles en contrats de cession ou, le cas échéant, avec une prise en charge directe des salaires des artistes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la détention par le demandeur de la licence d&amp;#039;entrepreneur de spectacles.
   &lt;/li&gt;
  &lt;/ul&gt;
-</t>
-[...7 lines deleted...]
-      <c r="T22" s="1" t="inlineStr">
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ dépenses artistiques : achats de spectacles, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur ;
+&lt;/p&gt;
+&lt;p&gt;
+ dépenses techniques : location de matériel technique, salaires de personnels intermittents.
+&lt;/p&gt;
+&lt;p&gt;
+ Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode de calcul du temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+ la valorisation du bénévolat et des mises à disposition en nature, les dotations aux amortissements et aux provisions, les impôts et taxes, les intérêts des emprunts et les agios.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérateurs devront garantir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;intérêt de la programmation : prise de risque artistique, programmation réservant une place aux propositions destines au jeune public, aux esthétiques dont la diffusion est la plus fragile, telles que la danse contemporaine, la musique contemporaine, les arts de la marionnette, par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un travail en complémentarité avec les acteurs culturels du territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le cas échéant, des projets de saisons réalisés sur plusieurs sites de diffusion pourront faire l&amp;#039;objet d&amp;#039;une demande de subvention à la Région, sous réserve du respect des critères d&amp;#039;éligibilité listés ci-dessus, si le projet est pensé de manière collégiale et présente une cohérence territoriale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Peuvent également être retenus les projets de saison mettant en avant des logiques de coopération et de partenariat entre acteurs culturels régionaux, notamment dans le cadre de réseaux régionaux de soutien à la création et à la diffusion.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X22" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-saison</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Justificatifs à déposer en mairie ou à envoyer par mail à
-[...2 lines deleted...]
- &lt;/a&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5251-arts-de-la-scene-aide-a-la-saison/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>165182</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Réduire les prélèvements en eau dans les bâtiments agricoles et travaux de mise aux normes des élevages dans les nouvelles zones vulnérables</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Travaux et équipements de mise aux normes des élevages dans les nouvelles zones vulnérables, et de réduction des prélèvements en eau dans les bâtiments agricoles</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I139" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J139" s="1" t="inlineStr">
+        <is>
+          <t>du taux défini par l’autorité de gestion régionale.</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de réduire les pollutions par une meilleure maîtrise des 
+effluents d’élevage, ce dispositif d’aide permet d’accompagner la mise 
+aux normes des équipements de collecte, de stockage, de traitement et de
+ valorisation par épandage des effluents d’élevage dans les nouvelles 
+zones vulnérables.&lt;/p&gt;
+&lt;p&gt;La réduction des consommations en eau sur les sites d’exploitation 
+est aussi visée dans le cadre de ce dispositif pour faire baisser la 
+pression des prélèvements sur les milieux et sur le réseau d’eau potable
+ en période de tension (nettoyage de bâtiments, abreuvement des animaux,
+ …) et s’adapter aux déficits actuels, mais aussi anticiper les tensions
+ à venir sous l’effet du changement climatique et contribuer à garantir 
+la sécurité de l’alimentation en eau potable. Pour répondre à l’enjeu « 
+assurer une gestion résiliente, sobre et concertée de la ressource en 
+eau », l’agence de l’eau accompagne prioritairement les actions 
+permettant la réduction des besoins en eau (changements de process et de
+ pratiques) sur tout le bassin dans une approche globale de sobriété.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P139" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q139" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il convient de se rapprocher du conseil régional pour connaître les conditions d’éligibilité propres à chaque dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr5-travaux-et-equipements-de-mise-aux-normes-des-elevages.html</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-prelevements-en-eau-dans-les-batiments-agricoles-et-travaux-de-mise-aux-normes-des-elevages-dans-les-nouvelles-zones-vulnerables/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>90731</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'organisation de manifestations culturelles</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Manifestations culturelles</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Nouvelle-Aquitaine accompagne l&amp;#039;organisation des manifestations culturelles implantées sur l&amp;#039;ensemble de son territoire en cohérence avec un des axes majeurs de sa politique culturelle : l&amp;#039;aménagement culturel durable du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement culturel durable du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diversité des expressions artistiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès à la culture pour l&amp;#039;ensemble des personnes et notamment les jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partenariats et ancrage territorial
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Budget plancher de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  20 000 € pour les esthétiques suivantes : spectacle vivant, musiques, cinéma.
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 000 € pour les esthétiques : livre, arts plastiques, langues et cultures régionales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Valorisation des contributions volontaires en nature: Le budget prévisionnel peut intégrer des contributions volontaires relatives au bénévolat, à la mise à disposition gratuite de prestations et de biens. Ce montant ne peut excéder 30% du budget prévisionnel global ; il doit apparaître en dépenses et recettes.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond du taux d&amp;#039;aide : 20% du budget.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
-[...260 lines deleted...]
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
-Accès aux services
-Technologies numériques et numérisation
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2026</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fin de dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avant le 31 décembre 2020 pour les manifestations ayant lieu entre le 1er janvier et le 31 mai 2021,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant le 28 février 2021 pour les manifestations ayant lieu entre le 1er juin et le 30 septembre 2021,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant le 30 avril 2021 pour les manifestations ayant lieu entre le 1er octobre et le 31 décembre 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etude des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vie d&amp;#039;un dossier après son dépôt par voie dématérialisée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Envoi d&amp;#039;un accusé de réception d&amp;#039;enregistrement du dossier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction par le service d&amp;#039;un accusé de réception de dossier complet ou incomplet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction de la demande par le service &amp;#34;Aménagement culturel du territoire&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echanges entre le porteur de projets et le service instructeur, si besoin, pour des éléments ou pièces complémentaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des projets en Commission Permanente avec vote des élus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Notification d&amp;#039;attribution ou de refus selon la décision des élus.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prise de décision :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La décision est prise en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé (association, entreprise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit public (Collectivité, établissement public)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le service instructeur de la Région étudie l&amp;#039;ensemble de votre dossier de demande et les pièces justificatives fournies.
+ &lt;br /&gt;
+ L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un ancrage territorial par des partenariats avec des structures locales notamment culturelles et artistiques et par l&amp;#039;implication des habitants dans la mise en œuvre de la manifestation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Se dérouler à une fréquence annuelle ou biannuelle :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Pour le spectacle vivant et le cinéma : avec une programmation d&amp;#039;au moins 6 propositions professionnelles différentes sur une durée minimale de 2 jours,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour le livre : sur une durée minimale de 2 jours,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les arts plastiques et visuels : sur une durée minimale de 4 jours.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre soutenu financièrement par au moins une collectivité locale dont celle du lieu de réalisation de la manifestation, que ce soit en subvention ou en valorisation par mise à disposition de compétences ou de matériels.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/manifestations-culturelles</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e30e-manifestations-culturelles/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>163081</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La collectivité est accompagnée dans le suivi énergétique de ses bâtiments publics et bénéficie d’un soutien technique dans la réalisation des travaux préconisés par l’ALEC.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rencontre avec la collectivité et les partenaires concernés &lt;/li&gt;&lt;li&gt;Visite technique des bâtiments publics (système constructif, état et épaisseur des isolants existants, menuiseries, système de chauffage et climatisation, régulation…) • Analyse des consommations des trois dernières années &lt;/li&gt;&lt;li&gt;Suivi des consommations d’énergie et d’eau des bâtiments et éclairage public &lt;/li&gt;&lt;li&gt;Préconisation d’actions d’économie d’énergie sur les bâtiments étudiés &lt;/li&gt;&lt;li&gt;Réalisation d’un plan pluriannuel d’investissement en concertation avec l’équipe municipale &lt;/li&gt;&lt;li&gt;Identification de potentiel en énergies renouvelables &lt;/li&gt;&lt;li&gt;Sensibilisation des usagers des bâtiments publics aux économies d’énergie &lt;/li&gt;&lt;li&gt;Proposition de programmes pluriannuels d’investissement sur chaque bâtiment public (régulation et programmation du chauffage, isolation, chauffage performant renouvelable…) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ALEC s’adapte aux besoins de la collectivité et peut réaliser l’intégralité de l’accompagnement cité ci-dessus ou uniquement une partie.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/collectivites/agir-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-sur-la-maitrise-de-lenergie-de-mon-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>19926</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de résidences-association dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J142" s="1" t="inlineStr">
+        <is>
+          <t>Ne peut excéder 50 % des dépenses éligibles du budget de la résidence-association dans la limite d'u</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets de résidence-association soutenus par la Région doivent permettre de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en réseau et développer des dynamiques de coopération entre opérateurs de différentes échelles et de différents territoires, favorisant des logiques collectives inédites ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer les conditions de travail des équipes artistiques professionnelles indépendantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégrer les projets de création dans les réseaux professionnels afin d&amp;#039;en garantir la viabilité et la visibilité, grâce à la mutualisation des moyens de coproductions et au renforcement de la diffusion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibiliser les publics de proximité au processus de création, par le biais d&amp;#039;actions culturelles et de la confrontation aux œuvres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un maillage équilibré du territoire régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide concerne un projet associant au moins 2 structures de la région Occitanie autour d&amp;#039;un projet de création de spectacle réalisé par une équipe artistique implantée en région (siège social ou activité principale en Occitanie).
+ La demande est portée par l&amp;#039;une des structures partenaires assumant le rôle de chef de file du projet. Ce rôle consiste à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  définir le cadre de travail en identifiant les besoins de l&amp;#039;équipe artistique et en prenant en compte la spécificité de chaque partenaire associé
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner et assurer la mise en cohérence des différents partenaires en présence
+ &lt;/li&gt;
+ &lt;li&gt;
+  assurer le suivi administratif et la formalisation des engagements contractuels avec les partenaires associés
+ &lt;/li&gt;
+ &lt;li&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Partenaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La structure chef de file doit présenter une stabilité structurelle : permanence de l&amp;#039;équipe administrative, professionnalisme de la gestion, projet artistique et culturel porté par la direction, programmation régulière de spectacles professionnels, locaux et moyens techniques mobilisables (plateau en ordre de marche) ;
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres structures partenaires présenteront des caractéristiques diversifiées : niveau de structuration, type de programmation, réseaux professionnels, implantation géographique, implication dans le développement culturel du territoire, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Résidence ponctuelle et non à caractère permanent (sont notamment exclues les créations portées par des artistes associés, la conduite d&amp;#039;ateliers pérennes ...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ Démarche donnant lieu à une création artistique et non pas à un simple résultat de recherche ou d&amp;#039;expérimentation ;
+&lt;/p&gt;
+&lt;p&gt;
+ Élaboration d&amp;#039;un plan de diffusion prévisionnel de :
+&lt;/p&gt;
+&lt;p&gt;
+ 3 représentations a minima, confirmées ou en négociation, dont 2 en région.
+&lt;/p&gt;
+&lt;p&gt;
+ 2 représentations a minima, confirmées ou en négociation, dont 1 en région pour les disciplines réputées d&amp;#039;accès plus difficile (danse et musique contemporaine...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ Engagement des partenaires :
+&lt;/p&gt;
+&lt;p&gt;
+ coproduction d&amp;#039;un montant global minimum de 5 000 €,
+&lt;/p&gt;
+&lt;p&gt;
+ programmation du spectacle créé (contrats de cession ou rémunération directe des artistes exigés),
+&lt;/p&gt;
+&lt;p&gt;
+ promotion dans leurs réseaux professionnels ;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien d&amp;#039;un seul projet par an pour un même chef de file ;
+&lt;/p&gt;
+&lt;p&gt;
+ Impossibilité de candidater pour 2 résidences association consécutives concernant la même équipe artistique ;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe ne peut être soutenue dans le cadre du dispositif de soutien à la création pour le même spectacle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le budget de la résidence-association doit faire apparaître de façon distincte pour chaque opérateur :
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le montant de la coproduction et / ou rémunération directe (apport en numéraire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant des frais pris en charge dans le cadre de la résidence (repas et hébergement sur la base Syndeac, transports sur la base SNCF) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant des actions culturelles organisées autour du projet de création ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le salaire du régisseur technique, le cas échéant. Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-residences-association</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional Occitanie
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements : 09, 12, 31, 32, 46, 65, 81, 82 Site de Toulouse 22, boulevard du Maréchal Juin 31 406 TOULOUSE Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements : 11, 30, 34, 48, 66 Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine Services Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7159-arts-de-la-scene-aide-aux-residences-associat/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Ardèche
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Aude
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE des Landes
+CAUE de la Dordogne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE de Mayotte
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE du Tarn-et-Garonne
+CAUE de la Charente-Maritime
+CAUE du Val-de-Marne
+CAUE du Val d'Oise
+CAUE de Guadeloupe
+CAUE de la Martinique
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion
+CAUE du Var
+CAUE de la Seine-Maritime
+CAUE de la Côte-d'Or
+CAUE des Hauts-de-Seine
+CAUE de Corse
+CAUE de la Creuse
+CAUE du Loir-et-Cher
+CAUE du Loiret
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de la Somme
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE de l'Yonne
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE de la Vendée
+CAUE de la Haute-Vienne
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de la Haute-Savoie</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
-Spectacle vivant
-[...3 lines deleted...]
-      <c r="O23" s="1" t="inlineStr">
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  BÉNÉFICIAIRES :
-[...4 lines deleted...]
- Toutes les conditions d&amp;#039;éligibilité sont explicitées pages 6 à 10 du guide des aides aux communes (onglet descriptif complet).
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T23" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>143843</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les collectivités territoriales et les acteurs économiques aux enjeux de la logistique urbaine</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>LUD+ (lOGISTIQUE URBAINE DURABLE+)</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ROZO
+Logistic Low Carbon</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Programme LUD&amp;#43; vise à contribuer à l&amp;#039;accompagnement des acteurs publics et privés vers une logistique urbaine durable, à engager et accélérer la mise en œuvre concrète d&amp;#039;actions opérationnelles qui découlent des chartes LUD en accompagnant leur démarrage et certaines actions inscrites dans leur plan d&amp;#039;actions, en soutenant des expérimentations, en mettant à disposition un centre de ressources pérenne abondé par des outils, des communs, des formations... Le Programme LUD&amp;#43; se décline autour de 4 volets principaux :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Volet 1 :  Accompagner 61 territoires urbains dans l&amp;#039;élaboration de chartes LUD et la mise en œuvre de 120 actions opérationnelles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volet 2 : Former les acteurs, expérimenter des solutions et partager les pratiques entres les acteurs de la logistique urbaine ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volet 3 : Construire un centre de ressource pour pérenniser les actions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VOLET 1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Programme LUD&amp;#43; propose d&amp;#039;accompagner les agglomérations françaises et les représentants des acteurs économiques présents dans ces territoires dans l&amp;#039;élaboration, la réalisation et le suivi des actions de chartes LUD concertées :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Le Programme LUD&amp;#43; vise l&amp;#039;engagement de 20 EPCI. Une priorité sera donnée aux EPCI devant créer une ZFE-m. Le Programme LUD&amp;#43; vise également à poursuivre et accélérer les démarches initiées sur les 41 territoires avec le Programme InTerLUD. L&amp;#039;objectif du Programme LUD&amp;#43; est donc d&amp;#039;initier la réalisation des chartes LUD, en accompagnant financièrement et en apportant un appui méthodologique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;objectif du Programme est d&amp;#039;accompagner également les EPCI engagés dans la réalisation de 120 actions qui découlent de la dynamique des chartes LUD. Les premiers bénéficiaires de cette action seront les acteurs des territoires ayant validé une charte LUD à l&amp;#039;issue du Programme InTerLUD.  Tout au long du Programme, chaque territoire ayant engagé sa charte LUD pourra bénéficier de cette action. Pour les actions des chartes LUD relevant des compétences communales, les communes ou les acteurs privés de ces territoires pourront bénéficier de ce financement si l&amp;#039;action est inscrite dans la charte LUD de l&amp;#039;EPCI. L&amp;#039;objectif du Programme LUD&amp;#43; est donc d&amp;#039;initier la réalisation des actions des chartes LUD, en accompagnant financièrement et en apportant un appui méthodologique pour certaines actions afin de viser à la pérennisation de la démarche.
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ APPUI METHODOLOGIQUE
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement proposé par le Cerema et Logistic-Low-Carbon depuis le début de la démarche jusqu&amp;#039;à la finalisation de la charte LUD, puis lors de la mise en œuvre du plan d&amp;#039;action de la charte LUD consiste à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aider les acteurs à maîtriser les enjeux de la LUD et la méthodologie de la charte LUD ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner la mise en place de la gouvernance au sein de la collectivité, afin que le dossier soit suivi et géré par un(e) chargé(e) de mission et que le sujet soit considéré par les élus ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Cartographier et structurer la représentativité des acteurs économiques de la logistique urbaine sur le territoire afin de les associer à la démarche, de préparer une concertation efficace et de pérenniser le dialogue avec la collectivité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Faciliter les différents échanges entre les acteurs, ainsi que leur mobilisation afin de s&amp;#039;assurer du bon déroulement de la concertation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner la recherche de solutions efficaces, qui permettent de répondre aux enjeux et contraintes des différents acteurs, et qui s&amp;#039;adaptent aux spécificités du territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner les territoires dans la mise en œuvre des actions par les équipes des Porteurs associés (méthodologie, suivi des actions engagées, évaluation et gouvernance de l&amp;#039;action).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ APPUI FINANCIER
+&lt;/p&gt;
+&lt;p&gt;
+ Un appui au financement d&amp;#039;un poste de chargé de mission LUD et/ou d&amp;#039;une prestation par un bureau d&amp;#039;études pour l&amp;#039;élaboration et la mise en œuvre d&amp;#039;une charte LUD. Ce financement, venant en complément de l&amp;#039;accompagnement des EPCI par le Cerema et LLC, permet aux EPCI de disposer d&amp;#039;un levier incitatif pour élaborer une charte LUD, puis pour assurer un suivi de sa mise en œuvre, pour compenser le fait que de nombreuses collectivités ne disposent pas de l&amp;#039;ingénierie nécessaire. Le Programme LUD&amp;#43; participera ainsi pour chaque EPCI au financement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    De postes de techniciens des EPCI dont la logistique urbaine s&amp;#039;inscrit dans leur mission (via un recrutement ou une modification de leur mission) ;
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Ou de prestations d&amp;#039;études ou d&amp;#039;ingénierie.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le Programme contribue également au financement de l&amp;#039;ingénierie associée à certaines actions initiées dans le cadre des chartes LUD pour les territoires volontaires et ceux ayant finalisés leur charte LUD. Cette action vise en particulier le financement d&amp;#039;ingénierie pour la réalisation de 120 actions. Les actions retenues sont celles qui sont le moins facilement réalisables par les territoires et qui de fait nécessitent un appui particulier par le Programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples d&amp;#039;actions à mettre en œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ Harmonisation des réglementations
+&lt;/p&gt;
+&lt;p&gt;
+ Optimisation des aires de livraison
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;ELU
+&lt;/p&gt;
+&lt;p&gt;
+ Report modal dont fluvial
+&lt;/p&gt;
+&lt;p&gt;
+ Déploiement de la cyclo logistique
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement des acteurs économiques en lien avec les ZFE-m
+&lt;/p&gt;
+&lt;p&gt;
+ Logistique des chantiers
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P144" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2023</t>
+        </is>
+      </c>
+      <c r="Q144" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les EPCI éligibles à la démarche sont les 214 établissements publics de coopération intercommunale à fiscalité propre du territoire français n&amp;#039;ayant pas initié de démarche de charte LUD pour le moment. En plus des EPCI ciblés par le Programme InTerLUD, la démarche sera accessible aux communes dans la mesure où l&amp;#039;EPCI dont elles dépendent ne souhaite pas s&amp;#039;engager.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interlud.green/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.interlud.green/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>l.bonifay@rozo.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cbef-lud-logistique-urbaine-durable/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>71805</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’infrastructures d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), un développeur
+indépendant, un énergéticien, une entreprise ou un acteur financier et vous
+portez un projet de production, stockage ou distribution d’énergies
+renouvelables (EnR) ? La Banque des Territoires vous accompagne via des
+partenariats nationaux sous forme de holdings de projets, ou via des sociétés
+d’économie mixte (SEM) dédiées au développement des EnR pour démultiplier les
+projets développés, dans une démarche de concertation ou d’association des
+territoires.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous adressons les
+secteurs suivants : photovoltaïque, agrivoltaïsme, éolien terrestre,
+hydro-électricité, éolien en mer posé et flottant, accompagnement de
+l’émergence des projets innovants, comme l’hydrogène décarboné ou le stockage.
+Les modalités de financement diffèrent selon les projets : prise de
+participation minoritaire en fonds propres et quasi-fonds propres dans les
+structures de portage, co-investissement dans les SEM, etc. Contactez-nous pour
+que nous puissions étudier ensemble l’accompagnement le plus approprié pour
+vous.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X23" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=energies_renouvelables_psat</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Département des Bouches-du-Rhône - Direction de la Vie Locale - Service des communes
-[...7 lines deleted...]
-&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-energies-renouvelables/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>78197</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études et travaux en matière d'eau potable et d'assainissement</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable - Assainissement</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J146" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de subvention s’applique selon des critères de potentiel et d’efforts fiscaux</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil Départemental cherche à contribuer à l’atteinte des objectifs suivants :
+&lt;/p&gt;&lt;p&gt;•	Participer à l’aménagement du territoire et répondre aux besoins de la population en organisant un service de l’eau de qualité ;
+&lt;/p&gt;&lt;p&gt;•	Protéger, connaître, optimiser la ressource en eau notamment pour prendre en compte et anticiper les effets du changement climatique ;
+&lt;/p&gt;&lt;p&gt;•	Optimiser la gestion patrimoniale des infrastructures ;
+&lt;/p&gt;&lt;p&gt;•	Tendre vers une gestion concertée, solidaire et intégrée de l’eau ;
+&lt;/p&gt;&lt;p&gt;•	Améliorer la qualité des masses d’eau définies par la Directive Cadre Européenne sur l’eau.
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Modalités d&amp;#039;intervention :
+&lt;/p&gt;&lt;p&gt;Les bénéficiaires pour les opérations de travaux sont les communes dont la population totale est inférieure à 3 500 habitants ou leurs groupements qui devront avoir instauré, au minimum et au choix :
+&lt;/p&gt;&lt;p&gt;•	Un prix de l’eau supérieur ou égal à 1€ HT/m3 (redevances incluses) sur la base d’une consommation de 120 m3/abonné/an ;
+&lt;/p&gt;&lt;p&gt;•	Un forfait supérieur ou égal à 120€ HT/an (redevances incluses).
+&lt;/p&gt;&lt;p&gt;Pour les études, le critère sur le prix de l’eau ne s’applique pas.
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création réservoir et surpresseurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création Réservoir  d&amp;#039;équilibre (réservoir de tête),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes liées à la DUP,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux périmètres de protection DUP dont acquisition des PPI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude simple (diagnostic ou schéma),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude patrimoniale et stratégique (prise de compétence eau potable à l&amp;#039;échelle d&amp;#039;une intercommunalité, regroupement de syndicats, ....),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pose de compteurs individuels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Station d&amp;#039;épuration,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de réseau d&amp;#039;assainissement ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de réseaux ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autosurveillance (équipement de mesures des débits et de la pollution) pour les stations d&amp;#039;épuration
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Commune, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Intercommunalité &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicat&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Autres critères d’éligibilité : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;1.	ALIMENTATION EN EAU POTABLE
+&lt;/p&gt;&lt;p&gt;Nature des opérations concernées :
+&lt;/p&gt;&lt;p&gt;•	Etudes
+&lt;/p&gt;&lt;p&gt;•	Protection de la ressource
+&lt;/p&gt;&lt;p&gt;•	Amélioration de la qualité de l’eau distribuée
+&lt;/p&gt;&lt;p&gt;•	Economies d’eau
+&lt;/p&gt;&lt;p&gt;•	Connaissance du patrimoine
+&lt;/p&gt;&lt;p&gt;•	Sécurisation-interconnections
+&lt;/p&gt;&lt;p&gt;•	Création d’ouvrages stratégiques
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Au-delà de la nature des opérations, les dossiers doivent respecter les dispositions du Schéma Départemental d&amp;#039;Alimentation en Eau Potable, les documents d’urbanisme en vigueur, ainsi que le cadre de la réglementation.
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;2.	ASSAINISSEMENT
+&lt;/p&gt;&lt;p&gt;Nature des opérations concernées :
+&lt;/p&gt;&lt;p&gt;•	Etudes
+&lt;/p&gt;&lt;p&gt;•	Réhabilitation de stations d’épuration (partielle ou totale)
+&lt;/p&gt;&lt;p&gt;•	Création de systèmes d’assainissement (réseau d’assainissement &amp;#43; station d’épuration)
+&lt;/p&gt;&lt;p&gt;•	Réseaux de transfert
+&lt;/p&gt;&lt;p&gt;•	Extension de réseau d’assainissement
+&lt;/p&gt;&lt;p&gt;•	Amélioration des installations existantes
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Concernant les travaux d’extension ou de création de réseau d’assainissement, le Conseil Départemental n&amp;#039;intervient que lorsque la collectivité aura défini les zones d&amp;#039;assainissement collectif et/ou autonome, et, choisi la solution technique la plus adaptée après comparaison des coûts globaux investissement et fonctionnement.
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Environnement et Aménagement
+&lt;/p&gt;&lt;p&gt;
+1.	ALIMENTATION EN EAU POTABLE &lt;/p&gt;&lt;p&gt;Thierry DEVAURS - 05 62 56 78 38/06 02 08 13 77 - thierry.devaurs&amp;#64;ha-py.fr
+&lt;/p&gt;&lt;p&gt;
+Fonds Alimentation en eau potable - Département des Hautes-Pyrénées &lt;/p&gt;&lt;p&gt;
+2.	ASSAINISSEMENT &lt;/p&gt;&lt;p&gt;Marie-Claire CAMES-BAUDOUIN  - 05 62 56 70 64/07 85 59 18 51 - marie-claire.cames-baudouin&amp;#64;ha-py.fr
+&lt;/p&gt;&lt;p&gt;
+Fonds Assainissement - Département des Hautes-Pyrénées &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50f6-soutenir-les-etudes-et-travaux-en-matiere-das/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>80365</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Bâtir le volet énergie-climat du projet de territoire et le mettre en œuvre</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Agences Locales de l'Energie et du Climat (FLAME)</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous  souhaiter  mettre  un  accent  particulier  sur  la  lutte  contre  le  changement  climatique  et  la  transition énergétique dans votre projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence  Locale  de  l&amp;#039;Energie  et  du  Climat  (ALEC)  de  votre  territoire  vous accompagne  dans  toutes  les étapes  de  votre  Projet de  Territoire  sur les  enjeux  énergie  et  climat,  que  vous  ayez  entamé  une  démarche Plan Climat Air Energie Territorial (PCAET) ou pas grâce à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sa connaissance des acteurs du territoire, l&amp;#039;ALEC vous facilite la concertation indispensable à votre Plan territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ses liens privilégiés avec l&amp;#039;observatoire régional Energie-Climat et les gestionnaires de réseaux, l&amp;#039;ALEC vous apportera les données nécessaires à l&amp;#039;établissement du diagnostic initial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  sa connaissance fine du territoire, l&amp;#039;ALEC vous aidera à définir les axes stratégiques de votre PT en lien avec les enjeux énergie-climat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux actions qu&amp;#039;elle mène déjà sur le territoire, l&amp;#039;ALEC vous aidera à définir et mettre en oeuvre un plan d&amp;#039;actions concret adapté à votre territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à sa présence dans la durée, l&amp;#039;ALEC vous permettra de réaliser un suivi précis de votre Plan territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Risques naturels
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.federation-flame.org/</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un site internet :
+ &lt;a href="https://www.federation-flame.org/"&gt;
+  https://www.federation-flame.org/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez la Fédération :
+ &lt;a&gt;
+  contact&amp;#64;federation-flame.org
+ &lt;/a&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-  cecile.aubert&amp;#64;departement13.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/90ea-batir-le-volet-energie-climat-du-projet-de-te/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>98767</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement économique et l'emploi</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I148" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J148" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2010, le Pays vit une profonde transformation de son tissu économique. Il s&amp;#039;appuyait sur une production
+ agricole reconnue par les industriels, des unités de sous-traitance automobiles et agroalimentaires diversifiées et
+ un secteur tertiaire principalement tourné vers la santé et la vie publique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;expérience de revitalisation économique menée dans le cadre du dispositif Fonds National d&amp;#039;Aménagement et
+ de Développement du Territoire (FNADT) vient de s&amp;#039;achever sur un bilan très positif de 500 emplois créés. La
+ démarche de Veille prospective agricole et agroalimentaire va générer de nouvelles dynamiques des filières. Les
+ artisans et les commerçants de proximité souhaitent travailler en réseau, apporter des services nouveaux et
+ ouvrir des complémentarités face au développement des agglomérations.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prospection, accueil et transmission d&amp;#039;unités économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consolidation des richesses du territoire (hommes et savoir-faire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau des acteurs, circulation de l&amp;#039;information, constitution de filières ou cluster
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamisation des filières économiques, dont le commerce et l&amp;#039;artisanat de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de stratégies concertées, de sites et d&amp;#039;événements touristiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de forum de l&amp;#039;emploi, de réunion d&amp;#039;information sur les besoins en manœuvre locale...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de rencontre par filières économiques, de speed dating...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition de conseil en gestion de projets entreprenariaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentations d&amp;#039;actions collectives dans le domaine de l&amp;#039;artisanat et du commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de développement de la stratégie touristique du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Emploi
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts directs en lien avec l&amp;#039;opération, dont :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition ou location de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de déplacement, d&amp;#039;hébergement et de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;études, de conseils, de formation...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement européen intervient toujours en contrepartie de financements publics nationaux différents de l&amp;#039;Europe. Pour un porteur de projet privé, cela implique qu&amp;#039;il devra solliciter un autre co-financeur public.
+&lt;/p&gt;
+&lt;h4&gt;
+ Au niveau administratif :
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approuvant le projet et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicitant une subvention européenne dans le cadre de LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  autorisant l&amp;#039;exécutif à signer tout document y afférent
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE PLOERMEL</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjolaine PONDARD, Chargée de mission contractualisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
+  m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-  marieclaire.pontier&amp;#64;departement13.fr
+ - 06 69 71 55 38 - 02 30 19 01 82
+&lt;/p&gt;
+&lt;p&gt;
+ PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
+  https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-  emmanuellerelle&amp;#64;departement13.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>m.pondard@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a57e-favoriser-le-developpement-economique-et-lemp/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>163284</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Adapter son territoire au changement climatique</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Adapter son territoire au changement climatique - TACCT - 2024</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à manifestation d’intérêt a pour objectif d&amp;#039;apporter un soutien aux démarches territoriales d’élaboration de diagnostic et/ou trajectoires d’adaptation au changement climatique, suivant la méthodologie TACCT (Trajectoires d&amp;#039;Adaptation au Changement Climatique des Territoires).&lt;/p&gt;&lt;p&gt;Cet AMI a vocation à financer :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’accompagnement par un bureau d’études spécialisé &lt;/strong&gt;pour la prise en main de la méthodologie TACCT.&lt;/li&gt;&lt;li&gt;L&lt;strong&gt;es actions d’acculturation &lt;/strong&gt;aux enjeux climatiques à destination des élus, acteurs socio-économiques et autres partenaires mobilisés.&lt;/li&gt;&lt;li&gt;L&amp;#039;&lt;strong&gt;animation des temps de concertation&lt;/strong&gt; prévus dans la démarche. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide de l’ADEME pourra atteindre jusqu’à &lt;strong&gt;70 % maximum &lt;/strong&gt;du montant de l’assiette éligible retenue.&lt;/p&gt;&lt;p&gt;Les projets des territoires candidats seront notamment évalués sur la &lt;strong&gt;pertinence de l’échelle territoriale&lt;/strong&gt;, la &lt;strong&gt;motivation affichée par le représentant légal à porter cet enjeu d’adaptation&lt;/strong&gt;, la &lt;strong&gt;pertinence de l’organisation et de la gouvernance proposées et la qualité du programme&lt;/strong&gt; présenté.&lt;/p&gt;&lt;p&gt;Les dossiers déposés seront analysés par un jury régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au préalable de son dépôt de demande d&amp;#039;aide&lt;/strong&gt;, la collectivité devra déposer son intention de projet sur :&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-grand-est"&gt;innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-grand-est&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-son-territoire-au-changement-climatique-tacct-2024/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>162810</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études relatives aux investigations pour la création de nouvelle réserves naturelles régionales</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Gestion et investigation de réserves naturelles régionales</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Soutien aux investigations de nouvelles Réserves naturelles régionales&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; La Région soutient les études relatives aux investigations pour la création de nouvelle réserves naturelles régionales (justification patrimoniale, proposition d’un périmètre, animation foncière, concertation pour élaborer une proposition de réglementation...)&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Soutien à la gestion de Réserve naturelle régionale&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; La Région soutient les coûts relatifs à la gestion, le gardiennage, la surveillance de la Réserve naturelle régionale.&lt;br /&gt; Dans certains cas, un soutien spécifique à l&amp;#039;élaboration du plan de gestion de la réserve peut être accordé si une évolution de la gestion vers plus d&amp;#039;exemplarité et une meilleure compatibilité est décidée et validée en Comité consultatif.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités et leurs groupements (notamment Syndicats mixtes)&lt;/li&gt; 	&lt;li&gt;Etablissements publics&lt;/li&gt; 	&lt;li&gt; Groupements d’intérêts publics&lt;/li&gt; 	&lt;li&gt;Gestionnaires d’espaces naturels&lt;/li&gt; 	&lt;li&gt; Associations&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;Pour les investigations :&lt;/span&gt; temps passé pour l&amp;#039;étude et/ou prestations externes.&lt;br /&gt; &lt;span&gt;Pour la gestion:&lt;/span&gt; temps passé du/de la conservateur/rice, sur un exercice annuel.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Frais annexes de fonctionnement (petits matériels et consommables), déplacements (dans la limite de 20 % des dépenses éligibles).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P150" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour les investigations :&lt;/span&gt; temps passé pour l&amp;#039;étude et/ou prestations externes.&lt;br /&gt; &lt;span&gt;Pour la gestion:&lt;/span&gt; temps passé du/de la conservateur/rice, sur un exercice annuel.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Frais annexes de fonctionnement (petits matériels et consommables), déplacements (dans la limite de 20 % des dépenses éligibles).&lt;/p&gt;
+ &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/gestion-et-investigation-de-reserves-naturelles-regionales</t>
+        </is>
+      </c>
+      <c r="W150" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:ebouvier&amp;#64;maregionsud.fr"&gt;ebouvier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investigation-et-gestion-des-reserves-naturelles-regionales/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>120029</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la pratique d'activités sportives, culturelles ou artistiques</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Tattoo Isère</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Isère</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A compter de la prochaine rentrée scolaire 2022, le Département de l&amp;#039;Isère en partenariat avec la CAF lance un nouveau dispositif : la carte Tattoo qui remplace le Pack&amp;#039;loisirs. Il permettra aux collégiens isérois ayant souscrit gratuitement au dispositif de bénéficier de 60 € pour les dépenses liées aux activités sportives, culturelles ou artistiques annuelles. Ce montant sera bonifié par la CAF de l&amp;#039;Isère à hauteur de 45 € pour les activités culturelles et artistiques des familles dont le quotient familial est inférieur à 800. Les dépenses de librairies seront également possibles dans la limite de 10 € par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est gratuit, accessible à toute personne scolarisée en collège public ou privé en Isère. Les associations partenaires du dispositif pourront utiliser l&amp;#039;outil de paiement dématérialisé afin d&amp;#039;effectuer les transactions directement entre le collégien et l&amp;#039;association. Il leur est également possible de proposer des &amp;#34;bons plans&amp;#34; portant sur des activités ponctuelles (forfait de ski, sorties cinémas ou théatre, etc...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le collégien est inscrit dans un collège isérois, ou sur les communes limitrophes. Il doit s&amp;#039;inscrire (gratuit) au dispositif pour recevoir sa carte de paiement et bénéficier de la cagnotte de 60€ à la rentrée scolaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations partenaires sont sous convention leur permettant d&amp;#039;encaisser la cagnotte pour une inscription à une activité
+ annuelle
+ et recevoir le remboursement sous 4 semaines.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.isere.fr/carte-tattoo</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://isereconnect.fr/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  tattoo&amp;#64;isere.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>theophile.vadin@isere.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/945d-carte-collegien-tattoo-isere/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>162752</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Développer la résilience des territoires et des populations face aux risques naturels en montagne</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Développer la résilience des territoires et des populations face aux risques naturels en montagne</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il s’agit de soutenir :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;le développement et la poursuite des démarches engagées en matière de gestion intégrée des risques naturels à partir d’approches territoriales multirisques,&lt;/li&gt; 	&lt;li&gt; les projets interrégionaux d’animation, de sensibilisation et de mise en réseau pour une meilleurs gestion des risques naturels.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Il s&amp;#039;agit de favoriser les actions coordonnées et collectives de gestion intégrée des risques naturels en optimisant la gouvernance selon des territoires cohérents.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les Etablissements Publics de Coopération Intercommunale&lt;/li&gt; 	&lt;li&gt;Les syndicats mixtes&lt;/li&gt; 	&lt;li&gt; Les établissements et sociétés publics, porteurs d’une démarche de gestion intégrée des risques naturels &lt;/li&gt; 	&lt;li&gt; Les collectivités et structures publiques porteuses d’une réflexion concertée à l’échelle pertinente au vu de l’aléa visé&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dispositif &lt;span&gt;« Développer la connaissance locale et la sensibilisation sur les risques naturels »&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Diagnostics locaux des aléas : calcul des intensités, estimation des fréquences, cartographie des emprises, etc.&lt;/li&gt; 	&lt;li&gt; Identification et évaluation des enjeux humains et matériels dans l’espace soumis à un aléas naturels ;&lt;/li&gt; 	&lt;li&gt;Mettre en œuvre des opérations ciblées (adaptées à la sociologie et nature des aléas du territoire) de sensibilisation et de communication auprès du grand public, des scolaires et des touristes ;&lt;/li&gt; 	&lt;li&gt; Formation des élus, des techniciens des collectivités et des acteurs socio-professionnels locaux&lt;/li&gt; 	&lt;li&gt; Etude historique des aléas / des territoires&lt;/li&gt; 	&lt;li&gt;Formation à la gestion de crise&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Soutenir la gouvernance locale et les réseaux d’acteurs »&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Accompagner l’élaboration concertée de stratégies globales pluriannuelles de gestion intégrée des risques naturels (plan pluriannuel d’actions)&lt;/li&gt; 	&lt;li&gt; Animation de réseaux régionaux d’acteurs impliqués dans la Gestion Intégrée des Risques Naturels en montagne : formations, conférences, retours d’expériences, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Réduire la vulnérabilité des territoires »&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etude préalable à la réalisation d’ouvrages de protection, diagnostics d’ouvrages de protection&lt;/li&gt; 	&lt;li&gt; Réalisation d’ouvrages de protection / prévention des aléas avec priorité données aux techniques basées sur la nature&lt;/li&gt; 	&lt;li&gt; Accompagner le déploiement des systèmes de suivi des aléas et d’alerte à la population et/ou aux autorités locales de gestion de crise (stations hydrométriques, pluviographes, stations GPS, outils de modélisation, systèmes de communication, etc.)&lt;/li&gt; 	&lt;li&gt; Prise en compte des risques naturels dans les documents d’urbanismes&lt;/li&gt; 	&lt;li&gt; Actualisation des DICRIM (Document d&amp;#039;information communal sur les risques majeurs) dans le cadre des connaissances acquises via la GIRN&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Actions non éligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les actions menées en dehors d’une démarche territoriale intégrée.&lt;/li&gt; 	&lt;li&gt; Les approches monorisques sont exclues du financement européen.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Types de dépenses non éligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les dépenses participant à la réalisation de documents réglementaires communaux dans le domaine des risques (PPR) ;&lt;/li&gt; 	&lt;li&gt; Les amendes, pénalités financières, frais de justice et de contentieux, exonérations de charges ;&lt;/li&gt; 	&lt;li&gt; Les frais débiteurs, agios et autres frais financiers.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P152" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif &lt;span&gt;« Développer la connaissance locale et la sensibilisation sur les risques naturels »&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Diagnostics locaux des aléas : calcul des intensités, estimation des fréquences, cartographie des emprises, etc.&lt;/li&gt; 	&lt;li&gt; Identification et évaluation des enjeux humains et matériels dans l’espace soumis à un aléas naturels ;&lt;/li&gt; 	&lt;li&gt;Mettre en œuvre des opérations ciblées (adaptées à la sociologie et nature des aléas du territoire) de sensibilisation et de communication auprès du grand public, des scolaires et des touristes ;&lt;/li&gt; 	&lt;li&gt; Formation des élus, des techniciens des collectivités et des acteurs socio-professionnels locaux&lt;/li&gt; 	&lt;li&gt; Etude historique des aléas / des territoires&lt;/li&gt; 	&lt;li&gt;Formation à la gestion de crise&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Soutenir la gouvernance locale et les réseaux d’acteurs »&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Accompagner l’élaboration concertée de stratégies globales pluriannuelles de gestion intégrée des risques naturels (plan pluriannuel d’actions)&lt;/li&gt; 	&lt;li&gt; Animation de réseaux régionaux d’acteurs impliqués dans la Gestion Intégrée des Risques Naturels en montagne : formations, conférences, retours d’expériences, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Réduire la vulnérabilité des territoires »&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etude préalable à la réalisation d’ouvrages de protection, diagnostics d’ouvrages de protection&lt;/li&gt; 	&lt;li&gt; Réalisation d’ouvrages de protection / prévention des aléas avec priorité données aux techniques basées sur la nature&lt;/li&gt; 	&lt;li&gt; Accompagner le déploiement des systèmes de suivi des aléas et d’alerte à la population et/ou aux autorités locales de gestion de crise (stations hydrométriques, pluviographes, stations GPS, outils de modélisation, systèmes de communication, etc.)&lt;/li&gt; 	&lt;li&gt; Prise en compte des risques naturels dans les documents d’urbanismes&lt;/li&gt; 	&lt;li&gt; Actualisation des DICRIM (Document d&amp;#039;information communal sur les risques majeurs) dans le cadre des connaissances acquises via la GIRN&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Actions non éligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les actions menées en dehors d’une démarche territoriale intégrée.&lt;/li&gt; 	&lt;li&gt; Les approches monorisques sont exclues du financement européen.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Types de dépenses non éligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les dépenses participant à la réalisation de documents réglementaires communaux dans le domaine des risques (PPR) ;&lt;/li&gt; 	&lt;li&gt; Les amendes, pénalités financières, frais de justice et de contentieux, exonérations de charges ;&lt;/li&gt; 	&lt;li&gt; Les frais débiteurs, agios et autres frais financiers.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/developper-la-resilience-des-territoires-et-des-populations-face-aux-risques-naturels-en-montagne</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-resilience-des-territoires-et-des-populations-face-aux-risques-naturels-en-montagne/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>163066</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création et à la production d’œuvres de web-création</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la création et à la production d’œuvres de web-création</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En partenariat avec le CNC (Centre national du cinéma et de l’image animée), la Région Sud aide à la création et à la production d’œuvres cinématographiques et audiovisuelles de qualité dans toute leur diversité.&lt;/p&gt;
+&lt;p&gt;Le fonds d’aide à la production de court métrage de fiction a pour but de contribuer :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;au soutien d’œuvres de qualité ;&lt;/li&gt; 	&lt;li&gt;au développement de la diversité culturelle ;&lt;/li&gt; 	&lt;li&gt;à l’émergence de nouveaux talents ;&lt;/li&gt; 	&lt;li&gt;à la structuration en Provence-Alpes-Côte d’Azur d’une filière professionnelle solide et reconnue au niveau national et international (auteurs, réalisateurs, techniciens, producteurs, prestataires de services) ;&lt;/li&gt; 	&lt;li&gt;au dynamisme et à l’attractivité de son territoire en favorisant l’accueil et la localisation des tournages générateurs d’emplois, de retombées économiques, touristiques et d’image ;&lt;/li&gt; 	&lt;li&gt;à la transition écologique et énergétique dans les secteurs du cinéma et de l’audiovisuel.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les sociétés de production déléguée disposant d’un code APE de production de films cinématographiques (siège social en France ou dans un autre état membre de l’Union européenne ou de l’Espace économique européen) qui présentent des œuvres de web-création et sont détentrice de la majorité des droits sur l’œuvre ou sont cosignataires des contrats de cession ou d’option de droits d’auteurs. Le demandeur ne peut avoir plus de trois aides régionales en cours sans signe d’avancement.&lt;/li&gt; 	&lt;li&gt;Des associations dont l’activité principale est la production d’œuvres audiovisuelles et disposant d’un code APE de production de films cinématographiques ou de vidéos et   de programmes audiovisuels.&lt;/li&gt; 	&lt;li&gt;Dans le cas d’une coproduction, la société sollicitant l’aide doit être la société de production déléguée signataire des contrats de cession de droits d’auteurs.&lt;/li&gt; 	&lt;li&gt;Le créateur vidéo du projet devra justifier d’au moins 10.000 abonnées sur sa chaine ou avoir été primé dans un festival de catégorie 1 (tel que défini par le CNC) au cours des cinq dernières années (voir liste des festivals éligibles en annexe) ou avoir participé à une résidence d’écriture qui répond aux critères de qualité définis dans l’annexe de ce document.&lt;/li&gt; 	&lt;li&gt;Pour la bourse d’écriture en résidence : des autrices et auteurs, réalisatrices et réalisateurs ou scénaristes uniquement (un seul projet par session, une bourse maximum par année civile). L’auteur, réalisateur ou scénariste doit avoir été accepté par une résidence d’écriture pour des professionnels (hors action de formation professionnelle financée par un opérateur de compétence).&lt;/li&gt; 	&lt;li&gt;La proportion de l’apport d’aide publique ne pourra excéder 50% du budget total prévisionnel et définitif.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;em&gt;Les projets éligibles doivent être d’expression originale française de tous formats (court, moyen, long métrage, web-série…) et de tous genres (fiction, documentaire, docu-fiction, etc.), avec un travail de scénarisation, de réalisation, un intérêt culturel et une vraie réflexion. Sont exclus : les projets institutionnels et promotionnels, les clips vidéo et captation de concerts.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
+&lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Aide à la production de web-création&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Ces aides concernent les projets d’œuvres :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;avec un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avec un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;n’ayant pas commencé la fabrication au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne dépassant pas les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;ayant établi un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;ayant réalisé un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifiant lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Les projets éligibles doivent être d’expression originale française de tous formats (court, moyen, long métrage, web-série…) et de tous genres (fiction, documentaire, docu-fiction, etc.), avec un travail de scénarisation, de réalisation, un intérêt culturel et une vraie réflexion. Sont exclus : les projets institutionnels et promotionnels, les clips vidéo et captation de concerts.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
+&lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Aide à la production de web-création&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Ces aides concernent les projets d’œuvres :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;avec un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avec un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;n’ayant pas commencé la fabrication au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne dépassant pas les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;ayant établi un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;ayant réalisé un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifiant lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-la-creation-et-a-la-production-doeuvres-de-web-creation</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Florian Cabane :&lt;a href="mailto:fcabane&amp;#64;maregionsud.fr"&gt; &lt;/a&gt;&lt;a href="mailto:fcabane&amp;#64;maregionsud.fr"&gt;fcabane&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Isabelle Manca : &lt;a href="mailto:imanca&amp;#64;maregionsud.fr"&gt;imanca&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-creation-et-a-la-production-doeuvres-de-web-creation/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>9129</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>Philharmonie de Paris</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Démos : Dispositif d&amp;#039;éducation musicale et orchestrale à vocation sociale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projet de démocratisation culturelle s&amp;#039;adressant à des enfants issus de quartiers relevant de la politique de la ville ou de zones rurales insuffisamment dotées en institutions culturelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Démos a pour but d&amp;#039;enrichir le parcours éducatif des enfants, de favoriser la transmission du patrimoine classique et de contribuer à leur bonne insertion sociale. Il est bâti sur une coopération professionnelle forte entre acteurs de la culture et du champ social.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une cohérence pédagogique et artistique globale, il propose un apprentissage de la musique classique à des enfants ne disposant pas, pour des raisons économiques, sociales et culturelles, d&amp;#039;un accès facile à cette pratique dans les institutions existantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque enfant se voit confer un instrument de musique pendant trois ans. Encadré par des professionnels de la musique et du champ social, il suit des cours hebdomadaires de 3 h 30 en moyenne et retrouve régulièrement les autres enfants du même territoire pour une répétition en orchestre (« tutti »).  Un grand concert est organisé en fn d&amp;#039;année dans un lieu emblématique du territoir
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Jeunesse</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet s&amp;#039;adresse à des enfants de 7 à 12 ans habitants dans des quartiers relevant de la politique de la ville (QPV) ou dans des zones de revitalisation rurale (ZRR) éloignées des lieux de pratique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://demos.philharmoniedeparis.fr/le-projet.aspx</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ demos&amp;#64;philharmoniedeparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>lea.landrieu@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4609-demos-dispositif-deducation-musicale-et-orche/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>94886</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Se former à la création d’entreprise - Forma CREA</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>2. Formation à la création d’entreprise</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Forma CREA, complémentaire à Chèque CREA, vise à consolider le projet du créateur ou repreneur d&amp;#039;entreprise par un parcours de formation adapté. Il permet d&amp;#039;acquérir les connaissances nécessaires pour gérer son entreprise (aspects administratifs, comptables, vente, RH...) et de se familiariser avec l&amp;#039;environnement du digital ou des spécificités liées à l&amp;#039;Economie Sociale et Solidaire (ESS).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contenu du parcours :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le créateur bénéficiera d&amp;#039;un parcours de formation individualisé d&amp;#039;une durée comprise entre 90 heures et 202 heures, articulé autour d&amp;#039;un tronc commun, adapté en fonction de ses besoins et prérequis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les fondamentaux de la création d&amp;#039;entreprise
+ &lt;/strong&gt;
+ (Tronc commun) : durée 90 h
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modules optionnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;approche administrative et comptable de l&amp;#039;entreprise, (21 h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les techniques de vente (dont vente en ligne), (21h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Opportunités du numérique, (création de site web, réseaux sociaux) (14h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Ressources humaines adaptées aux TPE (21h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprendre en ESS (35h)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment s&amp;#039;inscrire ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Si vous êtes demandeur d&amp;#039;emploi ?
+  Vous devez contacter votre conseiller Pôle Emploi.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si vous êtes salarié de CAE ou si vous êtes artiste auteur ou intermittent du spectacle, du cinéma, de l&amp;#039;audio-visuel ou si vous êtes licencié économique :
+  &lt;a href="https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0037/depot/simple"&gt;
+   Déposez votre demande en ligne
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une question ? C
+ onsultez la
+ &lt;a href="https://www.grandest.fr/faq-cheques-crea/"&gt;
+  FAQ
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P155" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Forma CREA s&amp;#039;adresse prioritairement aux demandeurs d&amp;#039;emploi : futurs créateurs ou jeunes créateurs depuis moins de 6 mois et à leurs conjoint/associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est également accessible aux licenciés économiques et aux artistes-auteurs et intermittents du spectacle, du cinéma et de l&amp;#039;audiovisuel non ayant droits auprès de leur OPCO, a
+ insi qu&amp;#039;aux salariés depuis moins de 6 mois en CAE (Coopérative d&amp;#039;Activité et d&amp;#039;Emploi) en SCOP ( Société Coopérative et Participative) en SCIC (Société Coopérative d&amp;#039;Intérêt Collectif) en Couveuse.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/formation-crea-entreprise/</t>
+        </is>
+      </c>
+      <c r="W155" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0037/depot/simple</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question :
+ &lt;a href="mailto:formation.crea&amp;#64;grandest.fr"&gt;
+  formation.crea&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acd6-2-formation-a-la-creation-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>95055</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de télésanté/télémédecine</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La télémédecine est définie dans la loi portant réforme de l&amp;#039;Hôpital et relative aux Patients, à la Santé et aux Territoires (loi dite « HPST ») du 21 juillet 2009 et fait référence à 5 types d&amp;#039;actes médicaux :
+- la téléconsultation,
+- la télé-expertise,
+- la télésurveillance médicale,
+- la téléassistance médicale,
+- la réponse médicale apportée à distance dans le cadre de la régulation médicale (SAMU).
+La télésanté fait référence au développement du numérique en réponse aux métiers de la santé : coordination de professionnels de santé autour de la prise en charge et du suivi d&amp;#039;un patient, archivage, transmission de dossiers ou d&amp;#039;informations médicales...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles au présent dispositif les dépenses d&amp;#039;investissement dans le cadre du développement du projet.
+Le taux d&amp;#039;aide régionale maximal est de 50 %.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les groupements de Coopération Sanitaire (GCS),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les établissements publics de santé ou médico-sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les réseaux de professionnels, réseaux de santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets à vocation régionale de télésanté ou de télémédecine répondant aux définitions précédemment explicitées. Le Conseil Régional souhaite agir prioritairement sur des projets de télésanté et de télémédecine :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   au service du parcours de santé du patient : informatisation et haut-débit au service du numérique en santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   au service de la santé et de la sécurité du patient ; par exemple, partage et archivage des dossiers d&amp;#039;imagerie médicale, déploiement et usage de la télémédecine, identito-vigilance régionale....
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les projets démontreront :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   un besoin avéré sur un territoire de dimension régionale ; des éléments de diagnostic devront être renseignés dans le dossier de demande de subvention,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un travail développé et réfléchi en concertation avec l&amp;#039;Agence Régionale de Santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une mutualisation des acteurs au service d&amp;#039;une prise en charge globale des patients,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un déploiement au cœur d&amp;#039;un projet de santé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une plus-value ou une complémentarité avec d&amp;#039;autres projets ou dispositifs existants sur le même territoire ou la même thématique de santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La sélection des projets se fera en étroite concertation avec l&amp;#039;Agence Régionale de Santé (ARS). Toute demande d&amp;#039;aide régionale doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;identification du porteur de projet, la localisation du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une description complète du projet, y compris ses dates de début et de fin et les publics ciblés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le plan de financement prévisionnel du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le montant de l&amp;#039;aide régionale sollicitée et les postes de dépenses sur lesquels elle porte.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-projets-de-telesantetelemedecine/</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ TOUTE DEMANDE DOIT FAIRE L&amp;#039;OBJET D&amp;#039;UNE LETTRE D&amp;#039;INTENTION
+&lt;/p&gt;
+&lt;p&gt;
+ Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;
+&lt;p&gt;
+ Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne pourra être accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le nom du porteur de projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la localisation du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le budget afférent au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Des pièces complémentaires pourront être demandées dans la cadre de l&amp;#039;instruction du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de
+  démarrage de l&amp;#039;opération.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc02-soutien-aux-projets-de-telesantetelemedecine/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>94499</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets de connexion à la nature et de conservation de la nature et des espèces</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Fondation Nature &amp; Découvertes</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J157" s="1" t="inlineStr">
+        <is>
+          <t>De 6000 à 15000€</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Comités majeurs soutiennent des projets phares et expérimentaux, co-construits avec les associations, répondant aux enjeux forts en matière de biodiversité pour l&amp;#039;un et de pédagogie active au contact de la nature pour l&amp;#039;autre. Chacun est composé d&amp;#039;un jury d&amp;#039;experts de la société civile (scientifiques, pédagogues, spécialistes dans leur domaine) et de salariés Nature &amp;amp; Découvertes naturalistes et passionnés. Chaque comité annuel examine entre 10 et 20 propositions présélectionnées par l&amp;#039;équipe de la Fondation qui seront financés à partir de 6 000 € et jusqu&amp;#039;à 15 000 € pour les projets à portée nationale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité « Pédagogie active au contact de la nature » soutient des projets référents en matière de connexion à la nature. Il se réunit au mois de juin pour voter les dotations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité « Biodiversité » soutient de projets référents en matière de conservation de la nature et des espèces. Il se réunit au mois d&amp;#039;octobre pour sélectionner les lauréats.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Comité « Coup de main » soutient des initiatives de protection, de sensibilisation et d&amp;#039;éducation à la nature ordinaire ou remarquable en ciblant des projets de terrain à dimension locale, avec une forte part de bénévolat, pour réaliser des actions concrètes.
+ Il est composé d&amp;#039;un jury tournant de 20 salariés passionnés de nature issu des équipes de Nature &amp;amp; Découvertes et accompagnés d&amp;#039;experts. Ils se réunissent au fil des saisons : en février, avril, juillet et octobre pour voter le financement des projets compris entre 500 € et 3 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Dates de dépôt des candidatures : tout au long de l&amp;#039;année.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Fondation finance des demandes se situant sur les territoires français, belge et luxembourgeois. Ces projets sont proposés par des associations à but non lucratifs et concernent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La protection de la nature : Étude, inventaire ou réintroduction en statut précaire de conservation. Aménagement, réhabilitation ou acquisition d&amp;#039;un site naturel, soutien aux initiatives émergentes respectueuses de la biodiversité cultivée. Campagne de sensibilisation à la biodiversité impliquant le grand public ou un public ciblé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La reconnexion à la nature : Projets menés en pédagogie de projets débouchant sur la réalisation d&amp;#039;outils ou d&amp;#039;action adaptées au public cible.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Forêts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATTENTION, LA FONDATION NE FINANCE PAS LES PROJETS :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  proposés par des personnes individuelles, des structures commerciales ou collectrices d&amp;#039;impôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  déjà réalisés lors de l&amp;#039;attribution des subventions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à but lucratif, promotionnel ou publicitaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de fin d&amp;#039;études, de thèses ou de mémoires universitaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;édition de livre ou de film ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à caractère personnel comme un voyage, un tour du monde, une participation à un rallye...
+ &lt;/li&gt;
+ &lt;li&gt;
+  événementiels (festivals, rencontres, classes vertes...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+REMARQUE : LES PROJETS À CARACTÈRE SOCIAL ET/OU SOCIÉTAL SONT LES BIENVENUS TANT QUE L&amp;#039;OBJECTIF PRINCIPAL RESTE CENTRÉ SUR LA PROTECTION OU LA DÉCOUVERTE DE LA BIODIVERSITÉ DE PROXIMITÉ.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://fondation.natureetdecouvertes.com/les-projets/les-dispositifs-de-la-fondation/</t>
+        </is>
+      </c>
+      <c r="W157" s="1" t="inlineStr">
+        <is>
+          <t>https://fondation-nature-decouvertes.optimytool.com/fr/user/login/</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater :
+ &lt;a href="https://fondation-nature-decouvertes.optimytool.com/fr/user/login/" rel="noopener" target="_blank"&gt;
+  https://fondation-nature-decouvertes.optimytool.com/fr/user/login/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>flavie.berdu@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ace8-soutien-aux-projets-par-la-fondation-nature-e/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>164135</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux durable</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J158" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions permettant de structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux 
+durable (exemple : mise en place de Projets de Territoires pour la Gestion de l’Eau/Commissions Locales de l’Eau 
+formelles ou informelles /d’Organismes Uniques de Gestion Collective (OUGC), actions permettant le partage 
+des enjeux, la définition des trajectoires de sobriété, la définition de projets de territoire associés, la mobilisation 
+des populations et des acteurs de l’eau pour ces différentes étapes et pour la mise en œuvre du projet de 
+territoire) sont éligibles. &lt;/p&gt;&lt;p&gt;Il peut s’agir de différentes formes d’accompagnement comme des études (exemples : études des volumes 
+prélevables, études des liens entre l’hydrologie, le fonctionnement des milieux aquatiques, les usages et les 
+climats présents et futurs…), de porter à connaissance, d’événements, d’animation (en régie ou non), de toute 
+autre action permettant de mobiliser les parties prenantes. &lt;/p&gt;&lt;p&gt;Une cohérence territoriale et une optimisation des moyens sera recherchée et les redondances proscrites. Par 
+exemple, si un Schéma d’Aménagement et de Gestion des Eaux est mis en place sur un territoire, il ne sera pas 
+possible de co-financer une animation à une échelle inférieure sans que la synergie / complémentarité ne soit 
+démontrée.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q158" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces types d’action sont éligibles si elles 
+s’intègrent dans un processus de 
+concertation répondant aux critères 
+suivants, actés par le Comité de bassin : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir à une échelle géographique 
+hydrographique pertinente ; &lt;/li&gt;&lt;li&gt;Associer l’ensemble des acteurs 
+concernés ; &lt;/li&gt;&lt;li&gt;Reposer sur des connaissances 
+objectives et des diagnostics et porter à 
+connaissances partagés ; &lt;/li&gt;&lt;li&gt;Prendre en compte le changement 
+climatique, les approches prospectives 
+associées et les spécificités liées à ce 
+sujet (ex : pas de mal adaptation, 
+intégration des incertitudes) ; &lt;/li&gt;&lt;li&gt;Choisir dans le projet de territoire des 
+scénarios d’actions intégrant des 
+approches de type coûts-bénéfices sur 
+le moyen et le long terme.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-securiser-lalimentation-de-leau-potable/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>105319</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux culturels et saisons</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Culture - lieux culturels et saisons</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département apporte, via des conventions d&amp;#039;objectifs, un soutien en fonctionnement aux établissements culturels, répondant plus particulièrement aux critères ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TYPOLOGIES DES LIEUX
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le classement des financements départementaux s&amp;#039;établit selon la reconnaissance ou non par l&amp;#039;Etat et la Région, les jauges de chaque salle et par la mise en place d&amp;#039;une programmation professionnelle régulière soit plus d&amp;#039;1 spectacle professionnel par mois acheté par le lieu lui-même (pas de simple mise à disposition d&amp;#039;espace).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Scène nationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scène conventionnée d&amp;#039;intérêt national
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scènes à résonnance régionale – jauge supérieure à 500 places assises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scènes à résonnance régionale – jauge comprise entre 300 et 500 places assises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scènes à résonnance régionale – jauge inférieure à 300 places assises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scènes à résonnance départementale – lieu qui n&amp;#039;est pas financé par l&amp;#039;Etat / la Région mais reconnu d&amp;#039;intérêt départemental (zone rurale ou quartier sensible) proposant une programmation d&amp;#039;au moins 1 spectacle professionnel par mois soumis à billetterie proposée par un référent professionnel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNE NATIONALE
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget global &amp;gt; 1 500 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 160 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Label &amp;#34;scène conventionnée&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété nationale voire internationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un manifestation au sein du lieu / territorialisation de programmations / actions vers le jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence des arts plastiques dans le lieu
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNE CONVENTIONNÉE D&amp;#039;INTÉRÊT NATIONAL
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget global  entre 500 000 € et &amp;lt; 1 500 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 56 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Label national &amp;#34;scène conventionnée&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété nationale voire internationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territorialisation de la programmations / actions vers le jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un manifestation au sein du lieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence des arts plastiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNES A RÉSONNANCE RÉGIONALE – jauge supérieure à 500 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget global compris entre 250 000 € et 1 000 000 € &amp;#43; jauge supérieure à 500 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 65 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financement régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété régionale voire nationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une manifestation au sein du lieu / territorialisation de programmations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en direction du jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts plastiques prof. rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNES A RÉSONNANCE RÉGIONALE – jauge comprise entre 300 et 500 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget global compris entre 250 000 € et 1 000 000 € &amp;#43; jauge comprise entre 300 et 500 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 40 000 €
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants : (sans entrer dans les calculs de subvention)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financement régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété régionale voire nationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une manifestation au sein du lieu / territorialisation de programmations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en direction du jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts plastiques prof. rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNES A RÉSONNANCE RÉGIONALE – jauge inférieure à 300 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget artistique compris entre 20 000 € et 250 000 € &amp;#43; jauge inférieure à 300 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 20 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financement régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété régionale voire nationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une manifestation au sein du lieu / territorialisation de programmations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en direction du jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts plastiques prof. rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNES A RÉSONNANCE DÉPARTEMENTALE – lieu qui peut être ou non financé par l&amp;#039;Etat / la Région, reconnu d&amp;#039;intérêt départemental (zone rurale ou quartier sensible) proposant une programmation de plus d&amp;#039;un spectacle professionnel par mois soumis à billetterie et acheté par le lieu demandeur, proposée par un référent professionnel
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget artistique compris entre 20 000 € et 250 000 € &amp;#43; jauge inférieure à 300 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 15 % plafonnées à 9 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financements CDC / commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territorialisation milieu rural / secteur sensible
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation régulière, professionnelle et pluridisciplinaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en direction du jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts plastiques prof. rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : bien qu&amp;#039;inscrits sur ce dispositif, ces éléments ne concernent pas les scènes Musiques Actuelles ni la Maison Maria Casarès
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITÈRES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la professionnalisation d&amp;#039;artistes programmés
+ &lt;/li&gt;
+ &lt;li&gt;
+  la permanence d&amp;#039;une équipe professionnelle pour la mise en place de la programmation
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en œuvre d&amp;#039;une saison culturelle : 1 spectacle professionnel/mois a minima, soumis à contrat et billetterie
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien à la création et aux résidences d&amp;#039;artistes
+ &lt;/li&gt;
+ &lt;li&gt;
+  les relations étroites avec les partenaires locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  les actions en direction du jeune public (et pour certains lieux dont les jauges excèderaient 150 places assises fixes, l&amp;#039;accueil des collèges dans le cadre de l&amp;#039;opération départementale « Collège au spectacle ») hors scènes Musiques Actuelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;une politique tarifaire adaptée
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;expositions valorisant les œuvres d&amp;#039;artistes plasticiens professionnels rémunérés ou dédommagés par des droits d&amp;#039;auteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  licence de catégorie 1 (exploitation d&amp;#039;une salle) en cours de validité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  la programmation année N
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bilan quantitatif et qualitatif de la saison culturelle N-1
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : 80 % à la signature de la convention et le solde au cours du dernier trimestre de l&amp;#039;année civile et sur présentation des comptes clos (compte de résultat et bilan)
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/lieux_culturels_et_saisons.pdf</t>
+        </is>
+      </c>
+      <c r="W159" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches »
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : janvier de l&amp;#039;année en cours
+&lt;/p&gt;
+&lt;p&gt;
+ Service évènements culturels ; Tél. : 05 16 09 72 96
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2491-soutenir-les-lieux-culturels-et-saisons/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>120403</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création de dessertes forestières</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>AIDE A L'INVESTISSEMENT POUR LA CREATION DE DESSERTES FORESTIERES - Dispositif 401 du FEADER</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I160" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 80</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutenir la création de dessertes forestières
+ &lt;/strong&gt;
+ à travers les dispositifs financiers de l&amp;#039;Europe, de l&amp;#039;Etat et du Conseil Régional afin de mobiliser davantage de bois issu des massifs forestiers locaux.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses liées aux travaux d&amp;#039;investissement – Critères identiques au dispositif Feader dans le cadre de la mesure 4.31 du Feader
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées aux travaux d&amp;#039;investissement – Critères identiques au dispositif  régional dans le cadre de la mesure hors Feader
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Montant/
+ &lt;strong&gt;
+  Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   5 %
+  &lt;/strong&gt;
+  dans le cadre du Feader – participation en fonction des autres cofinanceurs de la mesure 4.31 pour atteindre le taux maximal global variant de 50 à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   10 à 20 %
+  &lt;/strong&gt;
+  pour abonder le dispositif régional existant (selon le montant d&amp;#039;enveloppe disponible) pour atteindre 60 à 80 % de financement public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la mesure 4.31 du FEADER :
+ &lt;/strong&gt;
+ Mesure 4.31 à télécharger sur
+ &lt;a href="https://www.europe-en-auvergnerhonealpes.eu/appel-projet/desserte-forestiere"&gt;
+  https://www.europe-en-auvergnerhonealpes.eu/appel-projet/desserte-forestiere
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : les dépenses ou devis signés avant la date d&amp;#039;accusé de réception de votre dossier ne sont pas éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Instruction par le service développement Agricole, Agroalimentaire et Bois du Conseil départemental.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ La demande de paiement devra obligatoirement comprendre toutes les pièces justificatives relatives aux dépenses et recettes et, le cas échéant, à l&amp;#039;objet de la subvention et des bonifications de taux.
+&lt;/p&gt;
+&lt;p&gt;
+ Au vu des justificatifs présentés aux services du Département dans la limite de 2 ans après le 31 décembre de l&amp;#039;année du vote de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Des acomptes de subvention pourront être versés au fur et à mesure de la réalisation de l&amp;#039;opération, pour un montant minimum de 1 000€. Le total des acomptes versés ne pourra excéder 80 % de la subvention départementale prévue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le solde  sera arrêté au prorata des dépenses réellement justifiées et après visite et/ou sur présentation d&amp;#039;une attestation de fin de travaux et tout autre document jugé utile par le service instructeur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ 2 types d&amp;#039;aides :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide aux investissements matériels et immatériels
+  (études préalables, maîtrise d&amp;#039;œuvre et d&amp;#039;ouvrage, travaux)
+   pour la réalisation des infrastructures de dessertes, pistes forestières, places de dépôts et de retournement, résorption de points noirs pour le transport des bois
+  (soutenus par l&amp;#039;Europe, l&amp;#039;Etat et la région dans le cadre de la mesure 4.31 du Feader)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux investissements matériels et immatériels concernant des petits projets de dessertes structurants ou la résorption d&amp;#039;un point noir,
+  identifiés dans le cadre d&amp;#039;un schéma de desserte ou d&amp;#039;une démarche concertée en complémentarité avec l&amp;#039;aide régionale (aide hors Feader)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Propriétaires forestiers privés et leurs associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-linvestissement-pour-la-creation-de-dessertes-forestieres-dispositif-401-du-feader/</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Économie, Emploi, Insertion – Service Développement Agricole, Agroalimentaire et Bois
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi technique du dossier :
+ &lt;strong&gt;
+  Sandrine LECUYER
+ &lt;/strong&gt;
+ –
+ &lt;strong&gt;
+  tél. : 04 75 79 82 69 –
+  &lt;a href="mailto:slecuyer&amp;#64;ladrome.fr"&gt;
+   slecuyer&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi administratif du dossier :
+ &lt;strong&gt;
+  Natacha BRUCHON
+ &lt;/strong&gt;
+ –
+ &lt;strong&gt;
+  tél. : 04 75 79 26 88 – nbruchon&amp;#64;ladrome.fr
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Instruction des dossiers - Demande dématérialisée
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers devront être déposés dans le cadre des appels à candidature lancés par la Région Auvergne Rhône-Alpes.
+&lt;/p&gt;
+&lt;p&gt;
+ Un dossier unique doit être déposé à la Direction Départementale des Territoires (DDT) de la Drôme- 04 81 66 80 00 •
+ &lt;a href="mailto:ddt&amp;#64;drome.gouv.fr" rel="noopener" target="_blank"&gt;
+  ddt&amp;#64;drome.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Départemental des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 4 place Laennec
+&lt;/p&gt;
+&lt;p&gt;
+ BP 1013
+&lt;/p&gt;
+&lt;p&gt;
+ 26 015 VALENCE Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;aide HORS FEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un courrier de présentation du projet adressé à :
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente du Conseil départemental de la Drôme,
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement Agricole, Agroalimentaire et Bois
+&lt;/p&gt;
+&lt;p&gt;
+ 26, avenue du président Herriot
+&lt;/p&gt;
+&lt;p&gt;
+ 26 026 VALENCE Cedex 9
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8615-soutien-a-la-creation-de-dessertes-forestiere/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>105313</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les expositions et manifestations consacrées aux arts plastiques</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Culture - arts plastiques - expositions et manifestations consacrés aux arts plastiques</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations et organismes de droit privé&lt;/li&gt;
+ &lt;li&gt;
+  Artiste plasticien professionnel ayant une activité depuis plus de 3 ans (étude du dossier au cas par cas)
+ &lt;/li&gt;&lt;li&gt;Autres organismes de droit privé&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Faciliter l’accès à la découverte des arts plastiques sur l’ensemble du territoire par la mise en place d’une manifestation consacrée aux arts plastiques et graphiques avec la mise en place d’une ou plusieurs expositions d’artistes professionnels rémunérés ou dédommagés par des droits d’auteurs et de présentation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention du Département pour un projet : 30 % sur la rémunération/droits de présentation publique &amp;#43; matériaux/matériels (devis).
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de subvention : 4.000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher d&amp;#039;intervention : 1 000 €
+&lt;/p&gt;
+&lt;p&gt;Au cas par cas, le Département, au regard de l’exposition et des œuvres présentées, se réserve la possibilité de flécher au-delà de ce financement accordé pour le projet un montant lié à de la mise à disposition d’œuvres ou module(s) d’exposition. Ces œuvres ou modules pourront ensuite être proposé(e)s dans un ou plusieurs lieux choisis par le Département.&lt;/p&gt;&lt;p&gt;Par ailleurs, les collèges pourront bénéficier d’une prise en charge de leur transport lorsqu’ils se déplaceront sur une exposition proposée par Chabram², IMIS ou Les Modillons. Ce volet sera étudié au cas par cas en concertation avec les lieux d’exposition et le Département. Pour les collèges retenus, le Département remboursera 100 % des dépenses engagées par l’établissement sur présentation de la facture acquittée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets portés par des communes sans accompagnement avéré de l’EPCI du secteur de la manifestation&lt;/li&gt;&lt;li&gt;Centre sociaux&lt;/li&gt;&lt;li&gt;Projets basés sur un rapport de diffusion de contenus captés n’impliquant pas d’écriture multimédia et numérique spécifique (projection vidéo sur plateau faisant office de décor…)&lt;/li&gt;&lt;li&gt;Ateliers de pratique en amateur&lt;/li&gt;&lt;li&gt;Projet para ou péri-scolaire&lt;/li&gt;&lt;li&gt;Projets accompagnés au titre de l’image par le Département de la Charente (pas de cumul d’aides)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;Présence d’artistes professionnels rémunérés ou dédommagés par des droits de présentation publique en amont et lors de la manifestation&lt;/li&gt;&lt;li&gt;Concernant les artistes en individuel, les partenariats publics et/ou privés seront exigés&lt;/li&gt;&lt;li&gt;L’action doit avoir une résonance sur le territoire charentais et auprès du public charentais &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nota : est entendue comme artiste professionnel une personne déclarée soit à la Maison des artistes, ou à la Chambre des métiers, ou à l’Agessa, ou en tant qu’artiste libre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;que le ou les artiste(s) professionnel(s) exposé(s) ou présent(s) lors de la manifestation soi(en)t rémunéré(s) dans le respect de la réglementation et la législation sociale en vigueur ou dédommagé(s) par l’application du droit de présentation publique dans le cas où les œuvres seraient simplement présentées&lt;/li&gt;&lt;li&gt;que des actions de sensibilisation (ateliers, médiation entre artistes et publics ; actions auprès des scolaires ou du jeune public…) soient menées en amont ou lors de la manifestation&lt;/li&gt;&lt;li&gt;que la manifestation/l’exposition distingue clairement, si elle mêle œuvres d’artistes professionnels et créations amateurs, les artistes autorisés à commercialiser leurs créations et ceux qui ne peuvent y prétendre&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nota : en effet, seuls les artistes professionnels et les artistes amateurs s’acquittant de leurs cotisations sociales sur la base des bénéfices non commerciaux sont autorisés à commercialiser leur création :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;que la manifestation/l’exposition se déroule dans un lieu de qualité (lumières, espace, équipement, scénographie) ou de passage (collèges, centres médico-sociaux…)&lt;/li&gt;&lt;li&gt;la réalisation d’un outil de communication (affiche, visuel, catalogue, programme) sur lequel l’engagement du Département sera visible&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ou les devis des artistes
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : Un premier acompte de 50 % maximum sera effectué à la notification de décision ou dès signature de la convention, au prorata des dépenses artistiques et techniques réellement engagées.&lt;/p&gt;&lt;p&gt;Le solde sera versé au prorata des dépenses artistiques et techniques définitivement engagées, après réalisation de la manifestation, sous réserve de transmission des factures acquittées et de la complétude du dossier, du budget réalisé définitif (ou provisoire, le cas échéant) et du bilan de fréquentation.&lt;/p&gt;&lt;p&gt;Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/Arts_Plastiques_Photographie.pdf</t>
+        </is>
+      </c>
+      <c r="W161" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 3 mois avant le début du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 74 51
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039;éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a61-soutenir-les-expositions-et-manifestations-co/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>120870</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Mener les jeunes vers une citoyenneté active et responsable</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Programme "Mémoire et citoyenneté" avec Mémoire 2000</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Cette action permet aux jeunes de devenir des citoyens actifs et responsables. Elle a pour but de maintenir, chez eux, un esprit de
+tolérance et de compréhension mutuelle au-delà des clivages, notamment communautaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;em&gt;
+   &lt;span&gt;
+    Lieu où se déroule l&amp;#039;action : dans des salles de cinéma à Paris en fonction d&amp;#039;un programme (disponible en téléchargement, attention ce programme est susceptible d&amp;#039;être modifié).
+   &lt;/span&gt;
+  &lt;/em&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;strong&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       Attention
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/strong&gt;
+    &lt;strong&gt;
+     &lt;span&gt;
+      : Seul le transport aller-retour jusqu&amp;#039;à la salle de spectacle reste à la charge des établissements.
+     &lt;/span&gt;
+    &lt;/strong&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet propose :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une projection mensuelle de films sur les thèmes suivants : racisme, droits de l&amp;#039;homme, laïcité, toutes les formes d&amp;#039;injustice et de discrimination
+  &lt;/li&gt;
+  &lt;li&gt;
+   un débat sur le thème déterminé et touchant au racisme, aux droits de l&amp;#039;homme, à la laïcité, à toutes les formes d&amp;#039;injustice et de discrimination, animés par des spécialistes invités à cet effet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les enseignants reçoivent, avant chaque projection, un dossier de documentation sur le thème traité, afin qu&amp;#039;ils puissent les préparer au débat. Les élèves sont invités à donner leurs impressions après les projections en envoyant un compte-rendu qui sera publié sur le site de l&amp;#039;association.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour 2022-2023 , l&amp;#039;égalité filles/garçons est particulièrement abordée par :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la projection de 2 films suivis de débats
+  &lt;/li&gt;
+  &lt;li&gt;
+   la représentation théâtrale &amp;#34;Simone Veil, le journal d&amp;#039;une effrontée&amp;#34;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Education et renforcement des compétences
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P162" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2025</t>
+        </is>
+      </c>
+      <c r="Q162" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les élèves inscrits dans les lycées publics et privés (sous-contrat)
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuité de l&amp;#039;action pour les lycées franciliens
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention régionale : 6 000 €
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/programme-memoire-et-citoyennete-avec-memoire-2000</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:contact.memoire2000&amp;#64;gmail.com"&gt;
+    contact.memoire2000&amp;#64;gmail.com
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   N° téléphone : 06 80 25 24 94
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc86-action-pedagogique-dans-le-but-de-mener-les-j/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G24" s="1" t="inlineStr">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>164419</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I163" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J163" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
+la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Espaces verts
+Espace public
+Friche
+Recyclage et valorisation des déchets
+Accès aux services
+Citoyenneté
+Revitalisation
+Innovation, créativité et recherche
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P163" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q163" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire AAP Revitalisation de centre-bourg</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>94977</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mobilité internationale des lycéens</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité internationale des lycéens</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Outre qu&amp;#039;elle représente un facteur déterminant dans leur insertion professionnelle, cette expérience leur permettra de pratiquer une langue étrangère au quotidien et en milieu professionnel, d&amp;#039;appréhender des méthodes de travail différentes, de s&amp;#039;adapter à un nouvel environnement social et culturel, d&amp;#039;améliorer leurs compétences, de gagner en confiance en soi et de valoriser leur formation.
+Cette aide concerne les lycéens préparant un CAP, un Bac Pro, un Bac technologique en hôtellerie, un Brevet des métiers d&amp;#039;art (BMA), un Diplôme de technicien des métiers du spectacle (DTMS) ou une Mention complémentaire dans un établissement du Grand Est. En tant qu&amp;#039;organisateurs des séjours, ce sont les établissements qui perçoivent l&amp;#039;aide régionale. Toutes les destinations en Europe sont éligibles ainsi que les régions partenaires du Grand Est, dont la liste complète figure dans le règlement ci-dessous. L&amp;#039;aide régionale s&amp;#039;applique aux périodes de formation en milieu professionnel (PFMP) qui font partie intégrante de la formation des lycéens et dont la durée est de 3 semaines minimum à de 8 semaines maximum.
+L&amp;#039;aide peut être cumulée avec celle du Rectorat, du programme Erasmus&amp;#43;, de l&amp;#039;OFAJ ou de tout autre organisme. En fonction de l&amp;#039;état des dépenses réelles fourni par le lycée à l&amp;#039;issue du stage, son montant peut atteindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  75 € par semaine et par élève pour les mobilités sans hébergement : seules les dépenses de transport sont éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  150 € par semaine et par élève pour les mobilités avec hébergement payant : les dépenses de transport, d&amp;#039;hébergement et de restauration sont éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+   Guide utilisateurs du portail des aides dématérialisées
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.jeunest.fr/wp-content/uploads/2019/12/3129-D%C3%A9pliant-mobilit%C3%A9-v16-par-pages.pdf" rel="noopener" target="_blank"&gt;
+   Découvrez la plaquette d&amp;#039;information
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retrouvez les témoignages de jeunes soutenus dans leur mobilité par la Région Grand Est et partagez votre expérience dans
+  &lt;a href="https://www.jeunest.fr/carnet-de-voyage/" rel="noopener" target="_blank"&gt;
+   le Carnet de Voyage
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P164" s="1" t="inlineStr">
+        <is>
+          <t>28/08/2017</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-regional-mobilites-lyceens/</t>
+        </is>
+      </c>
+      <c r="W164" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0013/depot/simple</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute demande de renseignement :
+ &lt;strong&gt;
+  Sylvie Truffet
+ &lt;/strong&gt;
+ , chargée de mission à la direction de la Jeunesse, des Sports et de l&amp;#039;Engagement : 03 26 70 74 69 - sylvie.truffet&amp;#64;grandest.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a60-mobilite-internationale-des-lyceens/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>162790</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'action des structures qui œuvrent pour la Mémoire des 20e et 21e siècles</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Mémoire des 20e et 21e siècles</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;objectif de cette mesure est de soutenir l&amp;#039;action des structures qui œuvrent pour :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Perpétuer le souvenir et honorer la Mémoire de tous ceux qui ont combattu, sont morts pour la France et pour notre liberté lors des conflits des 20e et 21e siècles.&lt;/li&gt; 	&lt;li&gt;Honorer ceux qui ont été victimes de tous les génocides et de la barbarie.&lt;/li&gt; 	&lt;li&gt;Faire vivre le travail de mémoire engagé par nos concitoyens rapatriés d’Algérie, Harkis et Pieds Noirs.&lt;/li&gt; 	&lt;li&gt;Transmettre l’histoire et le souvenir aux générations futures.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités&lt;/li&gt; 	&lt;li&gt;associations&lt;/li&gt; 	&lt;li&gt;fondations&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Est éligible tout projet contribuant au devoir de mémoire, à titre commémoratif, documentaire ou pédagogique.&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Construction, agrandissement et rénovation de bâtiments à usage de centres de documentation historiques ouverts au public&lt;/li&gt; 	&lt;li&gt;Numérisation d’archives spécifiques dans l’objectif d’une communication publique&lt;/li&gt; 	&lt;li&gt; Achat de matériel numérique et multimédia contribuant à une diffusion publique des connaissances&lt;/li&gt; 	&lt;li&gt;Publication d’ouvrages historiques papier ou numérique, création et enrichissement de sites internet dédiés à l’histoire et à la diffusion de la connaissance&lt;/li&gt; 	&lt;li&gt; Achat de matériel commémoratif dédié aux cérémonies publiques&lt;/li&gt; 	&lt;li&gt;Organisation de journées d’hommage ou de commémoration publiques, organisation d’événements centrés sur la diffusion de la connaissance et la sensibilisation des publics (salons, festivals, actions pédagogiques en direction de tout type de public, expositions, etc.)&lt;/li&gt; 	&lt;li&gt; Constitution, gestion, enrichissement de fonds documentaires spécifiques.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P165" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Est éligible tout projet contribuant au devoir de mémoire, à titre commémoratif, documentaire ou pédagogique.&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Construction, agrandissement et rénovation de bâtiments à usage de centres de documentation historiques ouverts au public&lt;/li&gt; 	&lt;li&gt;Numérisation d’archives spécifiques dans l’objectif d’une communication publique&lt;/li&gt; 	&lt;li&gt; Achat de matériel numérique et multimédia contribuant à une diffusion publique des connaissances&lt;/li&gt; 	&lt;li&gt;Publication d’ouvrages historiques papier ou numérique, création et enrichissement de sites internet dédiés à l’histoire et à la diffusion de la connaissance&lt;/li&gt; 	&lt;li&gt; Achat de matériel commémoratif dédié aux cérémonies publiques&lt;/li&gt; 	&lt;li&gt;Organisation de journées d’hommage ou de commémoration publiques, organisation d’événements centrés sur la diffusion de la connaissance et la sensibilisation des publics (salons, festivals, actions pédagogiques en direction de tout type de public, expositions, etc.)&lt;/li&gt; 	&lt;li&gt; Constitution, gestion, enrichissement de fonds documentaires spécifiques.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/memoire-des-20e-et-21e-siecles</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Mémoire:&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Adeline Aouni: &lt;a href="mailto:aaouni&amp;#64;maregionsud.fr"&gt;aaouni&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/memoire-des-20e-et-21e-siecles/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>143305</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Effectuer les choix stratégiques adaptés à la mise en œuvre de la Gemapi</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois le diagnostic territorial établi, vous devez formaliser votre stratégie et le programme d&amp;#039;actions pluriannuel à partir desquels la Gemapi sera mise en oeuvre.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour éclairer et justifier la prise de décisions stratégiques et financières.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez analyser et traduire les enjeux liés à la Gemapi sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes prêts à bâtir une stratégie ou un programme d&amp;#039;actions pluriannuel pour déployer la Gemapi ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez sécuriser le choix du scénario de mise en oeuvre (pertinence, faisabilité) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous vous interrogez sur la méthodologie de phasage des actions ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise nationale reconnue dans la co-construction de plans d&amp;#039;actions Gemapi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un maillage territorial favorisant la capitalisation de solutions locales dans la résolution de problématiques globales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche pluridisciplinaire et intégrée de la Gemapi, sur ses deux volets et à leur interface
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité à faire le lien entre Gemapi et petit cycle de l&amp;#039;eau ou risques naturels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   &amp;gt; Exploiter les résultats de votre diagnostic territorial
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;analyse des enjeux clés de votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de scénarios de gouvernance en réponse aux enjeux de la Gemapi ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de modalités de concertation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Formaliser des scénarios de mise en oeuvre efficace et économe de la Gemapi
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Partage et utilisation de retours d&amp;#039;expérience ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-construction d&amp;#039;une stratégie adaptée à votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support au phasage des actions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution à la rédaction de votre cahiers des charges.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer les scénarios proposés sur le plan socio-économique et environnemental
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outils d&amp;#039;aide à la décision.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Agglo Le Puy en Velay
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Réalisation d&amp;#039;un diagnostic territorial. Elaboration d&amp;#039;un plan d&amp;#039;actions permettant une prise de compétence Gemapi réussie.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   CO.BA.H.M.A. – EPTB Mauldre
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Prise en compte des zones humides dans la gestion intégrée du bassin versant (rôles, fonctions hydrauliques), des coûts de gestion et de restauration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/effectuer-choix-strategiques-adaptes-mise-oeuvre-gemapi</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b75c-effectuer-les-choix-strategiques-adaptes-a-la/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>142695</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les sédiments de dragage fluviaux et marins</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes gestionnaire d&amp;#039;un port maritime ou de cours d&amp;#039;eau naturels ou artificiels et vous souhaitez définir une stratégie de dragage et promouvoir les filières de valorisation des sédiments.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confronté à la nécessité de draguer les fonds pour garantir les conditions de navigabilité ou prévenir les inondations, vous souhaitez faire les meilleurs choix en matière de technique de dragage et de gestion des sédiments, à terre, en mer ou en rivière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conscient de la rareté des ressources naturelles et des coûts des filières d&amp;#039;élimination en stockage des sédiments, vous souhaitez développer les filières de valorisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne aux différentes étapes de votre démarche en vous fournissant une expertise, adaptée à vos besoins en intervenant notamment pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La stratégie de dragage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prélever et caractériser chimiquement et mécaniquement les sédiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller dans le choix de la technique et de la période de dragage conformément à la réglementation et selon les conditions du milieu ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller dans les techniques de suivi de leurs impacts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Eclairer sur les dispositifs techniques et réglementaires actuels, de l&amp;#039;opération de dragage à la gestion des sédiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la concertation liée aux lieux de dragage et à leur évacuation et/ou valorisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - La valorisation à terre des sédiments :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identifier les filières de valorisation à terre des sédiments les plus adaptées à votre projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la conception et la mise en œuvre de filières innovantes des phases expérimentales de laboratoire et de terrain à la réalisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir et développer les filières de valorisation à terre (par exemple en technique routière, travaux maritimes, ballastières, aménagement et construction, agricoles).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/gerer-sediments-dragage-fluviaux-marins</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/320c-gerer-les-sediments-de-dragage-fluviaux-et-ma/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>120281</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet de développement de l'Education aux Arts et à la Culture (EAC)</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Projet de développement de l'Education aux Arts et à la Culture (EAC)</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   OPÉRATIONS CONCERNÉES
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une stratégie de développement de l&amp;#039;Education aux Arts et à la Culture à l&amp;#039;échelle des territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre d&amp;#039;actions d&amp;#039;éducation aux arts et à la culture dans les domaines du spectacle vivant, de la musique, des arts plastiques, du cinéma, de la lecture,...à destination des publics jeunes, des publics spécifiques (personnes âgés, en situation de handicap), habitants de territoires ruraux éloignés de l&amp;#039;offre culturelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le contexte réglementaire et la politique départementale et nationale de l&amp;#039;éducation aux arts et à la culture
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement à la définition d&amp;#039;un projet territorial d&amp;#039;éducation aux arts et à la culture, si nécessaire aide à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;un diagnostic EAC et accompagnement au choix du prestataire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;identification des acteurs culturels en présence sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Orientation vers les partenaires institutionnels potentiels (Etat – Région – Education nationale...) et les dispositifs techniques et financiers mobilisables
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à la construction de l&amp;#039;offre d&amp;#039;éducation aux arts et à la culture d&amp;#039;un territoire (Mise en complémentarité et maillage territoriale des acteurs et des projets).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide ponctuelle au montage d&amp;#039;une action spécifique ( définition de l&amp;#039;action à conduire – expertise technique et méthodologie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en matériel scénique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Si nécessaire accompagnement à la rédaction d&amp;#039;une convention avec les partenaires institutionnels.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Education et renforcement des compétences
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/projet-developpement-education-aux-arts-et-culture/</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction culture et patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement culturel
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;ladrome.fr"&gt;
+  culture&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0475 79 26 01
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ced5-projet-de-developpement-de-leducation-aux-art/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>144492</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Musées, le Patrimoine et l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Réglement des aides départementales aux Musées, au Patrimoine, et à l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Reconnaissant le patrimoine comme facteur d&amp;#039;identité et d&amp;#039;attractivité des territoires, de développement personnel du citoyen, le Département des Landes soutient et promeut une action culturelle et patrimoniale globale s&amp;#039;appuyant sur un réseau de partenaires structurants, qui vise la qualité, l&amp;#039;accessibilité pour tous les publics, l&amp;#039;implication des territoires et des populations, et l&amp;#039;équité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du règlement d&amp;#039;aide à la restauration du patrimoine protégé des communes et de leur groupement, le présent règlement d&amp;#039;aides aux musées, au patrimoine et à l&amp;#039;archéologie des Landes a pour objectifs de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   conforter les musées de France comme des acteurs-équipements structurants de cette dynamique par leurs missions permanentes réglementaires inscrites dans un projet scientifique et culturel pluriannuel (telles que définies à l&amp;#039;article L441-2 du Code du Patrimoine, et conformément à la loi du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine).
+  &lt;/li&gt;
+  &lt;li&gt;
+   renforcer les actions en réseau, afin de mieux valoriser les Landes comme destination muséale et patrimoniale.
+  &lt;/li&gt;
+  &lt;li&gt;
+   soutenir des actions d&amp;#039;études, recherches et inventaires qui favorisent des projets territoriaux, en matière de culture, tourisme et patrimoine, ou y participent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   valoriser le patrimoine landais auprès du plus grand nombre par des expositions et manifestations présentant un caractère départemental et un intérêt scientifique et culturel avérés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser le &amp;#34;&amp;#34;parcours d&amp;#039;éducation artistique et culturelle&amp;#34;&amp;#34; de l&amp;#039;élève, instauré par la loi du 8 juillet 2013 d&amp;#039;orientation et de programmation pour la refondation de l&amp;#039;école de la République et formalisé dans la loi du 7 juillet 2016 relative à la liberté de création, à l&amp;#039;architecture et au patrimoine ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   encourager le partage, la mutualisation d&amp;#039;expériences, la formation des acteurs du territoire, l&amp;#039;implication citoyenne.&amp;#34;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide départementale sera octroyée à partir des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la spécificité des territoires concernés (rural, urbain, éloigné ou proche d&amp;#039;une offre culturelle et patrimoniale) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les caractéristiques des projets (intérêt départemental, cohérence de la programmation, qualité des contenus scientifiques et culturels, respect des cadres réglementaires et déontologiques, intérêt éducatif, originalité, accessibilité, pertinence des actions proposées et leur adéquation avec les publics visés) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la contribution au renforcement du réseau ou au projet territorial ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la concertation avec la conservation départementale et la cohérence des projets avec les missions et prérogatives des services de l&amp;#039;Etat (DRAC Nouvelle-Aquitaine) et de la Région Nouvelle-Aquitaine.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide départementale tiendra compte d&amp;#039;une éventuelle contribution en nature du Département. En outre, ne seront pas retenues dans le cadre du présent règlement les actions déjà financés par ailleurs par la politique culturelle et patrimoniale du Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=90</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ee-soutenir-les-musees-le-patrimoine-et-larcheol/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>127288</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements (mobilier, fonds initial d’une nouvelle bibliothèque, matériel numérique et scénographique)</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux travaux et à l'acquisition d'équipements</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques"&gt;
+   Investissement culturel – Aide aux investissements numériques
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P170" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2019</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention, d&amp;#039;un
+ &lt;strong&gt;
+  montant maximum de 30% des dépenses éligibles
+ &lt;/strong&gt;
+ , avec un plafond de dépense de 6,5 M€ pour les travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond peut monter à 40% des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements, les dépenses éligibles correspondent aux montants des devis des acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif permet le soutien à la construction et la restructuration des équipements culturels relevant des quatre disciplines suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Enseignement artistique :
+  &lt;/strong&gt;
+  conservatoires agrées par le ministère de la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Spectacle vivant :
+  &lt;/strong&gt;
+  lieux de répétition, de formation et de diffusion du spectacle vivant, lieux labellisés par le ministère de la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Arts plastiques :
+  &lt;/strong&gt;
+  centres d&amp;#039;art, espace collectifs de travail, ateliers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   livre et lecture :
+  &lt;/strong&gt;
+  bibliothèques, médiathèques et lieux de vie littéraire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif permet également l
+ e soutien à la rénovation, l&amp;#039;extension ou l&amp;#039;aménagement
+ &lt;strong&gt;
+  des cinémas classés art et essai.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le dispositif permet le soutien à
+ &lt;strong&gt;
+  l&amp;#039;acquisition d&amp;#039;équipements
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier lié à l&amp;#039;accueil du public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fonds initial de la collection d&amp;#039;une nouvelle bibliothèque,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel numérique et scénographique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux
+ &lt;/strong&gt;
+ (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
+ &lt;br /&gt;
+ La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un
+ &lt;strong&gt;
+  dossier de candidature complet
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En fonction du secteur dont relève le projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Spectacle vivant et enseignement artistique
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Christine Vacher -
+  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   christine.vacher&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Arts plastiques
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Livre et lecture
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>163238</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les actions en faveur du Plan départemental des itinéraires de promenade et de randonnée (PDIPR)</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I171" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J171" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 200 000 € HT pour les études et les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+Aujourd’hui, l’adaptation des
+territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
+des espaces et des activités humaines. C’est pourquoi, le
+Département souhaite faciliter l’émergence de projets locaux par
+la mobilisation de moyens techniques et financiers adaptés aux
+attentes des territoires sur les thématiques liées à la transition
+écologique (restauration et préservation des milieux naturels et
+aquatiques, plantations de végétaux, gestion des eaux pluviales) et
+aux mobilités douces (plan départemental des itinéraires de
+promenade et de randonnée, développement de la mobilité à
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Il a par ailleurs, depuis plus de 30 ans, la gestion du Plan
+départemental des Itinéraires de Promenade et de Randonnée.
+Représentant une offre de plus de 220 circuits (pédestre, équestre
+et VTT) et 3 000 km de chemins balisés, le PDIPR doit répondre aux
+nouvelles attentes des Euréliens et des touristes.&lt;/p&gt;&lt;p align="justify"&gt;Les actions en faveur du PDIPR ont pour objectifs de protéger les chemins ruraux, de recenser les chemins ouverts à la pratique de la randonnée (pédestre, équestre, VTT), favorisant ainsi la création d&amp;#039;itinéraires touristiques et de promenades.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes d&amp;#039;aménagement ou de valorisation
+	de circuits,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Travaux de création/amélioration
+	d’itinéraires de randonnée (débroussaillage, élagage, fauchages manuels ou mécaniques, travaux d’abattages et débitages
+		d’arbres sur le tracé, travaux de terrassement, de protection ou
+		de soutènement)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Travaux et aménagements visant la
+	protection de la biodiversité et des paysages aux abords du
+	sentier (restauration des continuités
+		écologiques, mise en valeur et requalification
+		paysagères des sentiers et de leurs abords, opération de réduction des pollutions
+		dont la pollution lumineuse, désartificialisation, remplacement des
+		matériaux « en dur » par des matériaux naturels).&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;Opérations
+	ou travaux nécessaires à la continuité ou à la sécurité du
+	cheminement, autres que l’entretien courant : réouverture de
+	chemin, passerelles, caillebotis, mains courantes, aménagements
+	permettant l’adaptation pour l’accès aux personnes à mobilité
+	réduite, clôtures…,&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Fourniture et pose de balisage et/ou
+	signalétique : poteau, lame, bagues, panneau danger, panneau
+	d’information départs…&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Mobilier
+	d’accueil du public : bancs, tables de pique-nique, totem de
+	départ …,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Communication
+	et valorisation du patrimoine à proximité, présent le long de
+	l’itinéraire : fourniture et pose de table d’orientation,
+	pupitre de lecture, panneau pédagogique, etc.&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Acquisition foncière nécessaire à la
+	création, l’amélioration ou le maintien de la continuité d’un
+	itinéraire de randonnée et/ou à la réalisation d’aménagements
+	au long d’un itinéraire de randonnée.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Les opérations finançables doivent
+permettre de développer la pratique de la randonnée (pédestre,
+équestre et en VTT) sur chemins et de les protéger&lt;/font&gt;&lt;del&gt;&lt;font face="Arial, serif"&gt;
+&lt;/font&gt;&lt;/del&gt;&lt;font face="Arial, serif"&gt;(PDIPR).&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour
+cela, elles feront l’objet d’une étude et/ou d’un travail de
+concertation avec les partenaires locaux experts de la randonnée&lt;/font&gt;
+&lt;font face="Arial, serif"&gt;et le référent randonnées du
+Département.&lt;/font&gt;&lt;font face="Arial, serif"&gt; Ceux-ci pourront
+conseiller et apporter un appui technique pour préciser et affiner
+le projet et ses modalités de réalisation.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le
+projet devra s’appuyer sur des chemins ruraux déjà inscrits ou à
+inscrire au Plan départemental des Itinéraires de promenade et de
+randonnée d’Eure-et-Loir&lt;/font&gt; &lt;font face="Arial, serif"&gt;et
+affectés à la randonnée non motorisée.&lt;/font&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Afin de garantir le bon usage de la
+subvention qui pourra être accordée, le Conseil départemental
+préconise de se référer aux guides nationaux et/ou recommandations
+des partenaires locaux experts des différentes pratiques (CDRP 28
+pour le pédestre, CDE 28 pour l’équestre et FFCT pour le VTT).&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
+        </is>
+      </c>
+      <c r="W171" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-les-actions-en-faveur-du-plan-departemental-des-itineraires-de-promenade-et-de-randonnee-pdipr/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>98868</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer des acteurs et des projets pour une valorisation raisonnée de la ressource forêt</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>APPEL A PORTEUR DE PROJETS / GAL SUD 77 - Programmation 2023-2027</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne Attractivité</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J172" s="1" t="inlineStr">
+        <is>
+          <t>Taux de subvention variable en fonction du projet</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qu’est-ce que le LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LEADER (Liaison Entre Actions de Développement de l’Economie
+Rurale)&lt;/strong&gt; est un programme Européen qui s’inscrit dans le second pilier de la
+Politique Agricole Commune / Fonds FEADER.&lt;/p&gt;&lt;p&gt;Son objectif est de &lt;strong&gt;soutenir le développement de projets en
+milieu rural qui dynamisent le territoire&lt;/strong&gt;. Les territoires éligibles au
+programme LEADER sont appelés GAL (Groupe d’Action Locale). Seine-et-Marne
+Attractivité anime et gère le programme LEADER du GAL SUD 77. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL est l’interlocuteur de proximité des porteurs de
+projets &lt;/strong&gt;: il assure l’accompagnement technique et administratif de leur
+dossier. C’est une instance de concertation qui rassemble des acteurs publics
+et privés représentatifs du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les critères d’attribution de l’aide du
+programme LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’inscrire dans l’une des fiches-actions du
+programme LEADER.&lt;/p&gt;&lt;p&gt;L’attribution d’une aide LEADER est soumise à l’obtention
+d’un co-financement public (Etat, Région, commune …) : 20% minimum du montant
+éligible. Un projet peut être subventionné dans la limite du taux d’aide
+publique défini pour l’opération. Les frais et les travaux ne doivent pas être
+engagés avant que l’autorité de gestion (Région IDF) délivre un accusé de
+réception de dossier complet.&lt;/p&gt;&lt;p&gt;Les projets susceptibles d’être financés par d’autres
+dispositifs du FEADER en Île-de-France ne pourront pas l’être par le LEADER
+(cela concerne majoritairement les projets agricoles).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les différentes étapes qui suivent le dépôt
+d’un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;ol start="5" type="1"&gt;
+ &lt;li&gt;Le dossier passe devant
+     deux comités pour être voté en opportunité&lt;/li&gt;
+ &lt;li&gt;Le dossier est ensuite
+     déposé sur le site « Mes démarches » de la Région IDF pour instruction&lt;/li&gt;
+ &lt;li&gt;Une fois le dossier
+     validé par la Région, il repasse en comité pour programmation&lt;/li&gt;
+ &lt;li&gt;Une demande de paiement
+     est déposée&lt;/li&gt;&lt;li&gt;Le versement est ensuite
+     effectué&lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Forêts</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q172" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Dépenses directes de personnel ;&lt;/li&gt;&lt;li&gt;Frais de déplacement, de restauration, d&amp;#039;hébergements ; &lt;/li&gt;&lt;li&gt;Etudes ; &lt;/li&gt;&lt;li&gt;Investissements matériels et immatériels ; &lt;/li&gt;&lt;li&gt;Prestation de service.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles tous types d&amp;#039;actions confondus : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs groupements ;&lt;/li&gt;&lt;li&gt;Etablissements publics dont les chambres consulaires et établissements de coopération, administratifs, industriels et commercial d&amp;#039;enseignement de santé ;&lt;/li&gt;&lt;li&gt;Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte) ;&lt;/li&gt;&lt;li&gt;PME / TPE au sens communautaire, dont les entreprises individuelles ; &lt;/li&gt;&lt;li&gt;Propriétaires de forêt et leurs groupements ;&lt;/li&gt;&lt;li&gt;Agriculteurs actifs dont les regroupements agricoles ;&lt;/li&gt;&lt;li&gt;Groupement d&amp;#039;intérêt économique ; &lt;/li&gt;&lt;li&gt;Associations, leurs groupements et leurs fédérations ; &lt;/li&gt;&lt;li&gt;Fondations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Exemples de projets réalisables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Sensibiliser aux multiples rôles et valeurs de la forêt : &lt;/strong&gt;action de sensibilisation aux multiples rôles et usages de la forêt, du bocage et des bonnes pratiques, actions d&amp;#039;animation et formation à la gestion de la forêt…&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Adapter le développement et l&amp;#039;exploitation forestière aux enjeux de la durabilité : d&lt;/strong&gt;éveloppement de formations aux nouvelles pratiques forestières et modes doux d&amp;#039;exploitation à destination des professionnels et mise en réseau des acteurs, actions de développement du sylvopastoralisme pour rallier élevage et entretien de la forêt…&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Optimiser la valorisation locale du bois : &lt;/strong&gt;formation des artisans du bâtiment, et architectes sur la construction du bois, actions de développement de petites et moyennes unités de transformation du bois…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://invest.seineetmarnevivreengrand.fr/financement-leader/gal-sud-77/</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lucie HUGUET &lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:albane.morel&amp;#64;safer-idf.com" rel="noopener" target="_blank"&gt;
+  lucie.huguet&amp;#64;attractivite77.fr  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Animatrice LEADER Sud 77
+&lt;/p&gt;
+&lt;p&gt;
+ 06 31 51 23 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>lucie.huguet@attractivite77.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a76-aide-aux-projets-innovants-en-sud-77-leader-s/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>164228</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action 4 : Devenir un territoire exemplaire qui consomme moins et mieux</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>GAL SUD 77 / LEADER  2023-2027</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne Attractivité
+Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J173" s="1" t="inlineStr">
+        <is>
+          <t>Taux de subvention variable en fonction du projet</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qu’est-ce que le LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LEADER (Liaison Entre Actions de Développement de l’Economie
+Rurale)&lt;/strong&gt; est un programme Européen qui s’inscrit dans le second pilier de la
+Politique Agricole Commune / Fonds FEADER.&lt;/p&gt;&lt;p&gt;Son objectif est de &lt;strong&gt;soutenir le développement de projets en
+milieu rural qui dynamisent le territoire&lt;/strong&gt;. Les territoires éligibles au
+programme LEADER sont appelés GAL (Groupe d’Action Locale). Seine-et-Marne
+Attractivité anime et gère le programme LEADER du GAL SUD 77. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL est l’interlocuteur de proximité des porteurs de
+projets &lt;/strong&gt;: il assure l’accompagnement technique et administratif de leur
+dossier. C’est une instance de concertation qui rassemble des acteurs publics
+et privés représentatifs du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les critères d’attribution de l’aide du
+programme LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’inscrire dans l’une des fiches-actions du
+programme LEADER.&lt;/p&gt;&lt;p&gt;L’attribution d’une aide LEADER est soumise à l’obtention
+d’un co-financement public (Etat, Région, commune …) : 20% minimum du montant
+éligible. Un projet peut être subventionné dans la limite du taux d’aide
+publique défini pour l’opération. Les frais et les travaux ne doivent pas être
+engagés avant que l’autorité de gestion (Région IDF) délivre un accusé de
+réception de dossier complet.&lt;/p&gt;&lt;p&gt;Les projets susceptibles d’être financés par d’autres
+dispositifs du FEADER en Île-de-France ne pourront pas l’être par le LEADER
+(cela concerne majoritairement les projets agricoles).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les différentes étapes qui suivent le dépôt
+d’un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;ol start="5" type="1"&gt;
+ &lt;li&gt;Le dossier passe devant
+     deux comités pour être voté en opportunité&lt;/li&gt;
+ &lt;li&gt;Le dossier est ensuite
+     déposé sur le site « Mes démarches » de la Région IDF pour instruction&lt;/li&gt;
+ &lt;li&gt;Une fois le dossier
+     validé par la Région, il repasse en comité pour programmation&lt;/li&gt;
+ &lt;li&gt;Une demande de paiement
+     est déposée&lt;/li&gt;&lt;li&gt;Le versement est ensuite
+     effectué&lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P173" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2024</t>
+        </is>
+      </c>
+      <c r="Q173" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Dépenses directes de personnel ;&lt;/li&gt;&lt;li&gt;Frais de déplacement, de restauration, d&amp;#039;hébergements ; &lt;/li&gt;&lt;li&gt;Etudes ; &lt;/li&gt;&lt;li&gt;Investissements matériels et immatériels ; &lt;/li&gt;&lt;li&gt;Prestation de service.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles tous types d&amp;#039;actions confondus : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs groupements ;&lt;/li&gt;&lt;li&gt;Etablissements publics dont les chambres consulaires et établissements de coopération, administratifs, industriels et commercial d&amp;#039;enseignement de santé ;&lt;/li&gt;&lt;li&gt;Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte) ;&lt;/li&gt;&lt;li&gt;PME / TPE au sens communautaire, dont les entreprises individuelles ; &lt;/li&gt;&lt;li&gt;Propriétaires de forêt et leurs groupements ;&lt;/li&gt;&lt;li&gt;Agriculteurs actifs dont les regroupements agricoles ;&lt;/li&gt;&lt;li&gt;Groupement d&amp;#039;intérêt économique ; &lt;/li&gt;&lt;li&gt;Associations, leurs groupements et leurs fédérations ; &lt;/li&gt;&lt;li&gt;Fondations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Exemples de projets réalisables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Réduire les consommations d&amp;#039;énergie et mobiliser les basses technologies et les mobilités alternatives : &lt;/strong&gt;travaux d&amp;#039;amélioration énergétique bâtiments avec des matériaux biosourcés, développement de la trame noire en ville et à la campagne… &lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Intensifier la production d&amp;#039;énergie locale : &lt;/strong&gt;développement du chauffage collectif bois et solaire, actions d&amp;#039;expérimentations et aux productions d&amp;#039;énergies renouvelables…&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Mettre en place des principes de l&amp;#039;économie circulaire et former les acteurs du territoire :&lt;/strong&gt; mise en place de circuits de récupération d&amp;#039;eau de pluie et de réutilisation à usage domestique et industriel, développement des emballages vertueux...&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://invest.seineetmarnevivreengrand.fr/financement-leader/gal-sud-77/</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lucie HUGUET &lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:albane.morel&amp;#64;safer-idf.com" rel="noopener" target="_blank"&gt;
+  lucie.huguet&amp;#64;attractivite77.fr  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Animatrice LEADER Sud 77
+&lt;/p&gt;
+&lt;p&gt;
+ 06 31 51 23 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>lucie.huguet@attractivite77.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/federer-des-acteurs-et-des-projets-pour-une-valorisation-raisonnee-de-la-ressource-foret-leader-fiche-action-3/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>153934</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un soutien financiers aux jeunes artistes</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Bourse aux jeunes artistes</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette bourse spécifique est à destination des jeunes talents de la Manche, octroyée à de jeunes artistes, tous secteurs confondus. Elle récompense et/ou aide un jeune repéré comme particulièrement exceptionnel. Cette bourse peut être attribuée à deux types de projets : la formation ou l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Bourse de formation : - Cette bourse à la formation a pour objet le soutien aux frais pédagogiques et de scolarité inhérents à l&amp;#039;inscription des étudiants dans une grande école diplômante : - École Nationale des Beaux-arts, Conservatoire National Supérieur de Musique et de Danse (Paris, Lyon), - Théâtre National de Strasbourg, - Écoles nationales en arts appliqués, - Centre national des arts du cirque - École nationale supérieure des métiers de l&amp;#039;image et du son (la Femis) - Etc
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Bourse d&amp;#039;équipement : Cette aide à l&amp;#039;équipement porte sur le matériel spécifique à la formation concernée (à l&amp;#039;exclusion d&amp;#039;équipement bureautique, de consommables et de projet à caractère immobilier). Elle peut avoir pour objet une acquisition d&amp;#039;instrument, de matériel (arts plastiques ou audiovisuel)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon le montant de la dépense engagée et dans la limite de l&amp;#039;enveloppe budgétaire votée, l&amp;#039;aide pourra être modulée de la manière suivante pour les deux types de bourses :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   50% maximum d&amp;#039;une dépense inférieure à 5 000 €
+  &lt;/li&gt;
+  &lt;li&gt;
+   30% maximum d&amp;#039;une dépense comprise entre 5 000 et 12 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le versement pouvant être effectué en une ou plusieurs fois, sur présentation de pièces justifiant des dépenses engagées dans un délai de deux années à compter de la date d&amp;#039;attribution de l&amp;#039;aide. En cas d&amp;#039;abandon de la formation pour des raisons non justifiées, un remboursement pourra être réclamé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La bourse s&amp;#039;adresse aux étudiants résidant dans la Manche depuis 3 années ou plus
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Bourse de formation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Jeunes âgés de moins de 27 ans au 1er octobre de l&amp;#039;année universitaire en cours, de nationalité française ou ressortissants de la CEE.
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Bourse d&amp;#039;équipement :
+&lt;/p&gt;
+&lt;p&gt;
+ jeunes âgés de moins de 30 ans de nationalité française ou ressortissant de la CEE et qui exerceront leur activité principalement dans le département
+&lt;/p&gt;
+&lt;p&gt;
+ Les deux types d&amp;#039;aides sont conditionnés aux ressources de la famille, de celles du tuteur légal de l&amp;#039;étudiant ou, le cas échéant, des ressources de l&amp;#039;étudiant lorsque ce dernier est indépendant fiscalement. Les ressources prises en compte ne doivent dépasser le revenu fiscal de référence de l&amp;#039;année N-2.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/bourse-aux-jeunes-artistes/</t>
+        </is>
+      </c>
+      <c r="W174" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 96 47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e5e-bourse-aux-jeunes-artistes/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>142829</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Organiser les mobilités en territoires peu denses</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre territoire est en milieu rural ou péri-urbain ? Vous représentez une commune petite ou moyenne et avez besoin d&amp;#039;appui pour imaginer des solutions innovantes adaptées ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour diagnostiquer vos besoins, organiser, planifier et évaluer vos politiques publiques sur ces questions de mobilité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous devez connaître plus finement la mobilité sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez anticiper les évolutions des mobilités ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez élaborer une stratégie de mobilité et identifier les solutions les plus pertinentes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez un retour objectif sur les projets mis en oeuvre ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires et expertes (ingénieurs, techniciens, architectes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises et compétences au plus près de vos besoins, grâce à un réseau territorialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des compétences multiples pour vos mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plusieurs dizaines d&amp;#039;années d&amp;#039;expérience au service des services publics de l&amp;#039;État et des collectivités locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des participations actives à l&amp;#039;édition de normes et règlement, aux côtés des pouvoirs publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Éclairer la décision
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic : collecte et analyse des données de mobilité/méthodologie adaptée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage : assistance pour la conduite de projet et aide à la mise en place de partenariats locaux à travers la concertation et la coconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prospective : mobilisation d&amp;#039;outils techniques pour prévoir et quantifier les besoins de mobilité à venir
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Mettre en œuvre vos projets et services de mobilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Stratégie : accompagnement dans toutes les phases d&amp;#039;élaboration de votre stratégie pour définir objectifs et priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions : appui à la définition des services de mobilité en adéquation avec vos enjeux et à partir de retours d&amp;#039;expériences locales (covoiturage, autopartage, transport à la demande, vélo...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation : réalisation du bilan des politiques et services retenus et anticipation des conséquences des choix de mobilités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Parc naturel régional des Volcans d&amp;#039;Auvergne
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ TEAMM Volcans, co-construction de solutions de mobilité avec le Parc naturel régional (PNR) des Volcans d&amp;#039;Auvergne pour les trajets domicile-travail des habitants d&amp;#039;une trentaine de collectivités du parc.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ardèche, le département
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude sur les besoins de mobilité du territoire de l&amp;#039;Ardèche
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Gaillac Graulhet Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Appui à l&amp;#039;élaboration du plan de mobilité rurale de Gaillac Graulhet Agglomération
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Kintoa Mugi
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide à la définition d&amp;#039;une solution de mobilité pour la Vallée des Aldudes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Cohésion sociale et inclusion
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/organiser-mobilites-territoires-peu-denses</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01ae-organiser-les-mobilites-en-territoires-peu-de/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>22445</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de recherche, la conservation, la diffusion et/ou la valorisation auprès du public relatifs à la Retirada</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J176" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de l'aide accordée par la Région ne pourra excéder 50% de la dépense subventionnable.</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mémoire et l&amp;#039;histoire participent à la construction de l&amp;#039;identité régionale et leurs transmissions aux générations futures sont porteuses de valeurs d&amp;#039;éducation et de citoyenneté que la Région Occitanie, Pyrénées – Méditerranée entend porter sur son territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Riche, diversifié et réparti sur l&amp;#039;ensemble des 13 départements, le patrimoine historique et mémoriel régional est lié aux mutations économiques et sociales mais aussi aux grands conflits qui ont traversé la société. Plus particulièrement, le territoire régional porte en lui, notamment, l&amp;#039;héritage de la Retirada, la Seconde Guerre Mondiale et la Guerre d&amp;#039;Algérie.
+&lt;/p&gt;
+&lt;p&gt;
+ La séquence historique, singulièrement douloureuse et dramatique qu&amp;#039;est la Retirada, a participé à la construction de l&amp;#039;identité et de la mémoire de notre région. 80 ans après, de nombreux enfants et petits-enfants d&amp;#039;anciens réfugiés espagnols installés en Occitanie se chargent toujours d&amp;#039;entretenir la mémoire de cet épisode méconnu.
+&lt;/p&gt;
+&lt;p&gt;
+ Lors de l&amp;#039;année 2019, la Région Occitanie entend commémorer cet événement afin d&amp;#039;exprimer avec force et conviction les valeurs républicaines qu&amp;#039;elle porte et défend. Se souvenir de la Retirada en 2019, c&amp;#039;est aussi nous engager à une vigilance républicaine quant à la défense de nos idéaux démocratiques, de liberté et de progrès social.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif s&amp;#039;inscrit dans le prolongement de l&amp;#039;appel à manifestation d&amp;#039;intérêt (AMI) voté lors de la Commission permanente du 20 juillet 2018 avec la vocation de repérer les projets relatifs à cette période de la Retirada. Il est complémentaire du dispositif de soutien aux projets collectifs en lien avec la Mémoire voté en Commission Permanente du 15 juin 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif a pour objectifs de soutenir les projets qui traitent de cette période de l&amp;#039;histoire, que ces projets aient pour but la recherche, la conservation, la diffusion et/ou la valorisation auprès du public, par la mise en œuvre d&amp;#039;un contenu scientifique, artistique, culturel, patrimonial ou pédagogique approprié. Les projets bénéficiaires de ce dispositif pourront être labellisés dans le cadre de la commémoration de la Retirada, en vue d&amp;#039;une communication mutualisée et rendue visible auprès des citoyens et des touristes auxquels ces projets seront destinés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Jeunesse
+Cohésion sociale et inclusion
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour être éligible, le projet devra réunir les trois critères cumulatifs ci-dessous :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La structure porteuse du projet doit être un acteur public ou privé agissant, notamment dans les domaines de la culture, du patrimoine, des arts visuels, de la danse, du spectacle vivant, des arts de la rue, du livre et de la lecture publique, du cinéma, de l&amp;#039;audiovisuel, de la radio, de l&amp;#039;éducation et de la jeunesse.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet doit se dérouler en majeure partie sur le territoire régional.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet doit présenter un contenu scientifique et/ou artistique et/ou culturel et/ou patrimonial et/ou pédagogique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Sont exclus de l&amp;#039;assiette subventionnable et donc de la dépense éligible :
+ &lt;/strong&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    La valorisation du bénévolat et des mises à disposition en nature
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les dotations aux amortissements et aux provisions
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les intérêts des emprunts et les agios,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les impôts et taxes foncières
+   &lt;/li&gt;
+   &lt;li&gt;
+    Le fonctionnement courant des structures
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les manifestations de convivialité et d&amp;#039;intérêt local, ne présentant pas de contenu scientifique, patrimonial, culturel ou artistique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les projets de conservation/restauration des monuments aux morts
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les cérémonies de commémoration isolées
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Patrimoine-memoriel-Aide-aux-projets-memoriels-relatifs-a-la</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour la gestion administrative du dossier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hilham Mahida Mail : hilham.mahida&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la nature du projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Morgane Visière Mail : morgane.visiere&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;envoi des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b394-patrimoine-memoriel-aide-aux-projets-memoriel/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>97347</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'aménagement de parcours à volailles</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I177" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le parcours à volailles est un aménagement fondamental de l&amp;#039;élevage de volailles de plein air. Cet espace extérieur influe sur la santé animale et la qualité des produits finis, et au-delà sur l&amp;#039;image de marque d&amp;#039;une production.
+&lt;/p&gt;
+&lt;p&gt;
+ Bien arboré, le parcours à volailles contribue à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer les conditions d&amp;#039;élevage des volailles par une meilleure prise en compte du bien-être animal, et notamment du confort thermique du bâtiment, face aux aléas climatiques (soleil, vent...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer le maintien de la ressource en eau et l&amp;#039;amélioration de la qualité de l&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir la qualité des paysages ruraux par l&amp;#039;intégration paysagère des zones d&amp;#039;élevages.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ propriétaires d&amp;#039;exploitations agricoles, exploitations agricoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent l&amp;#039;étude, les travaux et les matériaux nécessaires à la réalisation des projets de plantations liés directement à un parcours avicole à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;étude technique du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat des végétaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat des matériaux relatifs à la plantation (paillage, protection et tuteurage),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de préparation de terrain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de plantation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préparation du paillage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la pose du paillage, des protections et du tuteurage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Tout projet de plantations doit tenir compte de la liste des essences subventionnées annexée à ce règlement et établie en concertation avec le Conseil d&amp;#039;Architecture, d&amp;#039;Urbanisme et de l&amp;#039;Environnement (C.A.U.E.), la Chambre d&amp;#039;Agriculture, le Centre Régional de la Propriété Forestière et le Département de la Vendée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif d&amp;#039;aides s&amp;#039;applique aux dépenses réalisées :
+&lt;/p&gt;
+&lt;p&gt;
+ -	50 % du coût H.T. de l&amp;#039;étude plafonné à 310,00 € H.T.
+&lt;/p&gt;
+&lt;p&gt;
+ -	50 % du coût H.T. des travaux plafonné à 3 000,00 € H.T. par parcours.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T177" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Agriculture et Pêche
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue du Maréchal Foch
+85923 LA ROCHE-SUR-YON CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.28.85.86.42      Fax : 02.51.44.20.25
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:agriculture&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  agriculture&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.daviaud@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46e-soutenir-lamenagement-de-parcours-a-volailles/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>104617</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>restaurer des immeubles dans un Site patrimonial remarquable (SPR)</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Centres anciens protégés (CAP) de 10 Petites cités de caractère (PCC)</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I178" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valoriser des centres-bourgs des communes homologuées ou homologables « Petite cité de caractère® » par
+&lt;/p&gt;
+&lt;p&gt;
+ l&amp;#039;association des Petites cités de caractère® des Pays de la Loire, reconnues « site patrimonial remarquable »,
+&lt;/p&gt;
+&lt;p&gt;
+ protégées sous le régime d&amp;#039;un plan de valorisation de l&amp;#039;architecture et du patrimoine (PVAP) ou d&amp;#039;une aire de
+&lt;/p&gt;
+&lt;p&gt;
+ mise en valeur de l&amp;#039;architecture et du patrimoine (AVAP) ou d&amp;#039;une zone de protection du patrimoine architectural,
+&lt;/p&gt;
+&lt;p&gt;
+ urbain et paysager (ZPPAUP).
+&lt;/p&gt;
+&lt;p&gt;
+ Les dix Petites Cités de Caractère® sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Loire-Atlantique : Piriac-sur-Mer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maine-et-Loire : Le Coudray-Macouard, Montsoreau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sarthe : Asnières-sur-Vègre, Parcé-sur-Sarthe, Sillé-le-Guillaume
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vendée : Faymoreau, Foussais-Payré, Mouchamps,  Rives-d&amp;#039;Autise pour la commune déléguée de Nieul-sur-l&amp;#039;Autise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P178" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2025</t>
+        </is>
+      </c>
+      <c r="R178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;immeuble doit être situé dans une commune éligible qui s&amp;#039;engage contractuellement avec la
+&lt;/p&gt;
+&lt;p&gt;
+ Région à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Déterminer en concertation avec l&amp;#039;architecte du patrimoine chargé de l&amp;#039;opération par l&amp;#039;association des Petites cités de caractère® des Pays de la Loire et la Région des Pays de la Loire un périmètre de restauration inclus dans le PVAP/AVAP/ZPPAUP. Les subventions régionales porteront exclusivement sur ce secteur.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mettre à disposition régulière les moyens humains nécessaires pour lancer, animer et assurer le suivi et la gestion de l&amp;#039;opération notamment en recourant aux services d&amp;#039;un architecte du patrimoine.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Abonder financièrement l&amp;#039;effort consenti par la Région à hauteur de 5 % minimum avec les mêmes limites que la Région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Le propriétaire s&amp;#039;engage à :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Ne pas céder la propriété avant un délai de 9 ans après l&amp;#039;attribution de la subvention de la Région.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne pas utiliser du PVC ou tout autre matériau non compatible avec l&amp;#039;approche patrimoniale reconnue par l&amp;#039;unité départementale de l&amp;#039;architecture et du patrimoine (maintien ou pose).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T178" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/centres-anciens-proteges-cap-de-10-petites-cites-de-caractere-pcc</t>
+        </is>
+      </c>
+      <c r="W178" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/PATRIM_CAP_PCC/depot/simple</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 0228205133
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26d8-centres-anciens-proteges-cap-de-10-petites-ci/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>162780</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les littoraux au changement climatique et favoriser une gestion souple du trait de côte pour faire face aux enjeux d’érosion des plages</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Adaptation des littoraux au changement climatique</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adapter les littoraux au changement climatique et favoriser une gestion souple du trait de côte pour faire face aux enjeux d’érosion des plages et de submersion&lt;br /&gt; Afin de répondre à ces défis, la Région organise la mise en œuvre du dispositif autour de cinq principaux leviers décrits ci-dessous :&lt;/p&gt;
+&lt;p&gt; La plateforme Monlittoral &lt;a href="https://www.monlittoral.fr/"&gt;https://www.monlittoral.fr/&lt;/a&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Il s’agit d’un outil régional de capitalisation, de valorisation et de diffusion des données relatives à la gestion du trait de côte copiloté depuis janvier 2022 par l’Etat et la Région.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; La plateforme de mobilisation pour des plages de caractères &lt;a href="https://www.act4posidonia.eu/"&gt;https://www.act4posidonia.eu/&lt;/a&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Outil développé dans le cadre d’un projet européen INTERREG MED, il est à destination de l’ensemble des acteurs et usagers des plages de Méditerranée. La plateforme permet de s’engager concrètement en agissant chacun à son niveau pour des plages plus naturelles, des plages de caractère qui respectent le fonctionnement des écosystèmes côtiers et préservent les banquettes de Posidonie.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Des formations et des actions de sensibilisation pour renforcer les capacités des acteurs et faciliter l’acceptabilité sociale du changement à travers :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Un partenariat avec le CNFPT &lt;/li&gt; 	&lt;li&gt;La participation à des projets européens de Coopération Méditerranéenne &lt;/li&gt; 	&lt;li&gt; Des actions de sensibilisation et d’information sur l’adaptation des littoraux au changement climatique et les enjeux érosion et submersion.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;  Une assistance à ingénierie :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Il s’agit dans ce volet de développer une assistance à l’ingénierie auprès des collectivités locales littorales pour les accompagner dans leurs projets d’adaptation au changement climatique par des appuis ponctuel à la définition de projets innovants (Convention CEREMA notamment).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; L’adaptation des littoraux au changement climatique »&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’accompagnement de la Région s’appuie sur les modalités du Dispositif ‘Trait de côte’ adopté en 2021 avec trois volets :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Volet 1 :&lt;/span&gt; Il concerne la définition de stratégies territoriales de gestion du trait de côte &lt;br /&gt; &lt;span&gt;Volet 2 :&lt;/span&gt; Il concerne la définition de stratégies locales relatives aux réaménagements d’espaces littoraux particulièrement vulnérables et à la mise en œuvre de travaux de requalification des sites balnéaires majeurs&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; L’aide de la Région pourra porter à la fois sur l’ingénierie (étude préalable) ou sur la réalisation de travaux quand le projet est suffisamment abouti.&lt;br /&gt; &lt;strong&gt;Nota : &lt;/strong&gt;Pour les aides à l’investissement, le projet devra être inscrit dans les Contrats ’Nos territoires d’Abord’.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Volet 3 :&lt;/span&gt; Il concerne la mise en œuvre de travaux d’adaptation des plages face au risque d’érosion et de mise en œuvre de solutions fondées sur la nature, pour des « Plages de caractère en Méditerranée »&lt;br /&gt; Afin de permettre l’émergence de projets ambitieux et de qualité, une aide à l’ingénierie pourra être envisagée en amont afin d’affiner les projets&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités territoriales ou leurs groupements&lt;/li&gt; 	&lt;li&gt; des syndicats mixtes&lt;/li&gt; 	&lt;li&gt; des établissements publics gestionnaires de sites&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Les critères suivants sont regardés pour les trois volets :&lt;span&gt; &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Administratif :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Complétude / lettres d’engagement des partenaires ;&lt;/li&gt; 	&lt;li&gt; Faisabilité financière / Caractère raisonnable des dépenses / Cofinancements existants ;&lt;/li&gt; 	&lt;li&gt; Calendrier de l’action / Maturité du projet ;&lt;/li&gt; 	&lt;li&gt; Clarté du dossier.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Environnemental :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Approche écosystémique / cellule hydrosédimentaire / prise en compte du changement climatique à l’horizon 2050/2100 ;&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;Solution fondée sur la nature / méthodes souples / Caractère réversible/impact écosystèmes marins / renaturation des sites / Restauration écologique des milieux/ désimpermabilisation des sols ;&lt;/li&gt; 	&lt;li&gt; Implication des habitants et acteurs privés (Concertation et démarche participative) / Actions de sensibilisation et éducation en accompagnement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Innovation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Caractère innovant (démarches ou technologies) / Crédibilité de l’expérimentation (principe de précaution) / labellisation / Lien avec la recherche scientifique ;&lt;/li&gt; 	&lt;li&gt; Ambition et exemplarité / Réplicabilité / Transférabilité / Echelle spatiotemporelle adaptée / approche holistique ;&lt;/li&gt; 	&lt;li&gt; Qualité des partenariats/ cohérence ou lien avec d’autres actions conduites sur la commune sur l’interco ou la région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P179" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères suivants sont regardés pour les trois volets :&lt;span&gt; &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Administratif :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Complétude / lettres d’engagement des partenaires ;&lt;/li&gt; 	&lt;li&gt; Faisabilité financière / Caractère raisonnable des dépenses / Cofinancements existants ;&lt;/li&gt; 	&lt;li&gt; Calendrier de l’action / Maturité du projet ;&lt;/li&gt; 	&lt;li&gt; Clarté du dossier.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Environnemental :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Approche écosystémique / cellule hydrosédimentaire / prise en compte du changement climatique à l’horizon 2050/2100 ;&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;Solution fondée sur la nature / méthodes souples / Caractère réversible/impact écosystèmes marins / renaturation des sites / Restauration écologique des milieux/ désimpermabilisation des sols ;&lt;/li&gt; 	&lt;li&gt; Implication des habitants et acteurs privés (Concertation et démarche participative) / Actions de sensibilisation et éducation en accompagnement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Innovation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Caractère innovant (démarches ou technologies) / Crédibilité de l’expérimentation (principe de précaution) / labellisation / Lien avec la recherche scientifique ;&lt;/li&gt; 	&lt;li&gt; Ambition et exemplarité / Réplicabilité / Transférabilité / Echelle spatiotemporelle adaptée / approche holistique ;&lt;/li&gt; 	&lt;li&gt; Qualité des partenariats/ cohérence ou lien avec d’autres actions conduites sur la commune sur l’interco ou la région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/adaptation-des-littoraux-au-changement-climatique-1</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thierry CORNELOUP : &lt;a href="mailto:tcorneloup&amp;#64;maregionsud.fr"&gt;tcorneloup&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adaptation-des-littoraux-au-changement-climatique-1/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>120357</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le cyclotourisme et le vélo du quotidien</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>POLITIQUE CYCLABLE</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Le vélo s&amp;#039;est imposé ces dernières années dans le domaine du tourisme et des loisirs. L&amp;#039;engouement pour le vélo du quotidien, celui qu&amp;#039;on utilise pour ses déplacements domicile-travail ou loisirs déjà bien amorcé, s&amp;#039;est confirmé à l&amp;#039;issue du confinement de 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Compte tenu de l&amp;#039;évolution des pratiques, il convient de faire porter les efforts de soutien départemental sur le cyclotourisme et surtout le vélo du quotidien.
+&lt;/p&gt;
+&lt;h3&gt;
+ Opérations éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Le règlement du Département porte sur 2 orientations « soutenir le cyclotourisme » et « sécuriser le vélo du quotidien », qui se déclinent ainsi :
+&lt;/p&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  finalisation du réseau des Véloroutes Voies Vertes
+ &lt;/strong&gt;
+ : Itinéraires de VVV à échelle supracommunale, avec un plafond de montant subventionnable de 300 000 € / km et 1 M€ par ouvrage d&amp;#039;art.
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  liaison entre les VVV phares et les  territoires proches
+ &lt;/strong&gt;
+ : Travaux d&amp;#039;aménagement de liaisons douces et d&amp;#039;équipements dédiés aux cyclotouristes entre les VVV EV17 ou V63 et les territoires proches, dans une bande d&amp;#039;environ 5 kms.
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  sécurisation du vélo du quotidien
+ &lt;/strong&gt;
+ : Les aménagements cyclables (de type bandes cyclables ou pistes cyclables...) sur les itinéraires que le Département juge structurants et pertinents dans le cadre d&amp;#039;un Schéma Directeur Cyclable (SDC), élaboré par l&amp;#039;EPCI, en concertation avec le Département, pour les portions hors route départementale, et hors zone agglomérée. Intégration le cas échéant de ces opérations dans un contrat de partenariat global établi entre le Département et l&amp;#039;EPCI ayant élaboré le SDC pour coordonner l&amp;#039;aménagement des itinéraires. Un plafond de dépenses subventionnables de 300 000 €/km, porté à 500 000 € /km en secteur contraint, et 2 Md&amp;#039;€ pour les ouvrages d&amp;#039;art (passerelles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  – réalisation de schémas directeurs cyclables
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Finalisation du réseau des Véloroutes Voies Vertes (VVV)
+  : Les EPCI et les syndicats mixtes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Liaisons entre  les VVV et les territoires proches
+  : Les EPCI et les communes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation du vélo du quotidien
+  :
+   Les EPCI ou les communes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de Schémas Directeurs
+  Cyclables
+  : Les EPCI.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Cf chapitre « opérations éligibles »
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  Finalisation du réseau des Véloroutes Voies Vertes (VVV)
+ &lt;/strong&gt;
+ : Le taux du Département est de 30 % pour les études et travaux
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  Liaisons entre  les VVV et les territoires proches
+ &lt;/strong&gt;
+ : Bonification des aides départementales de &amp;#43; 10 % du montant HT des travaux
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  Sécurisation du vélo du quotidien
+ &lt;/strong&gt;
+ : Le taux du Département est fixé à 30 %. Cette participation pourrait être majorée jusqu&amp;#039;à atteindre 50 %, en vue de maintenir l&amp;#039;investissement direct des intercommunalités (ou communes) maîtres d&amp;#039;ouvrage en-deçà de 50 %, après avoir épuisé toutes recherches de subventions auprès d&amp;#039;autres partenaires (appels à projets du Plan national vélo, dotation de soutien à l&amp;#039;investissement local (DSIL), Région, Fonds européens ...).
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  Réalisation de Schémas Directeurs Cyclables
+ &lt;/strong&gt;
+ : Le taux du Département est de 30 %.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   délibération de la collectivité maître d&amp;#039;ouvrage
+  &lt;/li&gt;
+  &lt;li&gt;
+   dossier AVP
+  &lt;/li&gt;
+  &lt;li&gt;
+   budget détaillé -note détaillée du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   note détaillée du projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers _Demande dématéralisée
+&lt;/h3&gt;
+&lt;p&gt;
+ – dépôt des dossiers au Conseil départemental au 30 septembre N-1 pour financement éventuel en année N via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/page-de-connexion/"&gt;
+  Drôm&amp;#039;Démat
+ &lt;/a&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Téléservice
+ &lt;/strong&gt;
+ : Aménagement du territoire
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics : Construction ou rénovation
+ &lt;br /&gt;
+ &lt;br /&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec la Direction des Déplacements.
+ &lt;br /&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+ &lt;br /&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+ &lt;br /&gt;
+ – décision de la Commission permanente qui attribue la subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019 et du 31 mai 2021.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le règlement du Département porte sur 2 orientations « soutenir le cyclotourisme » et « sécuriser le vélo du quotidien », qui se déclinent ainsi :
+&lt;/p&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  finalisation du réseau des Véloroutes Voies Vertes
+ &lt;/strong&gt;
+ : Itinéraires de VVV à échelle supracommunale, avec un plafond de montant subventionnable de 300 000 € / km et 1 M€ par ouvrage d&amp;#039;art.
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  liaison entre les VVV phares et les  territoires proches
+ &lt;/strong&gt;
+ : Travaux d&amp;#039;aménagement de liaisons douces et d&amp;#039;équipements dédiés aux cyclotouristes entre les VVV EV17 ou V63 et les territoires proches, dans une bande d&amp;#039;environ 5 kms.
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  sécurisation du vélo du quotidien
+ &lt;/strong&gt;
+ : Les aménagements cyclables (de type bandes cyclables ou pistes cyclables...) sur les itinéraires que le Département juge structurants et pertinents dans le cadre d&amp;#039;un Schéma Directeur Cyclable (SDC), élaboré par l&amp;#039;EPCI, en concertation avec le Département, pour les portions hors route départementale, et hors zone agglomérée. Intégration le cas échéant de ces opérations dans un contrat de partenariat global établi entre le Département et l&amp;#039;EPCI ayant élaboré le SDC pour coordonner l&amp;#039;aménagement des itinéraires. Un plafond de dépenses subventionnables de 300 000 €/km, porté à 500 000 € /km en secteur contraint, et 2 Md&amp;#039;€ pour les ouvrages d&amp;#039;art (passerelles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  – réalisation de schémas directeurs cyclables
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/politique-cyclable/</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction des Politiques Territoriales- Service des Relations avec les Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quentin DUVILLIER, Coordonnateur zone nord
+  – Tél. : 04 75 79 26 65 – 06 69 14 32 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel MORIN, Coordonnatrice zone sud  –
+  Tél. : 04 75 79 26 31 – 06 37 04 42 76
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aurore MERMET, Coordonnatrice zone centre
+  – Tél. : 04 75 79 82 29 – 06 99 27 31 25
+ &lt;/li&gt;
+ &lt;li&gt;
+  Laurence ROCHER, Chef de service, Coordonnatrice  zone ouest
+  – Tél. : 04 75 79 26 67 – 06 86 65 53 38
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6e1-politique-cyclable/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>162799</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’accès des jeunes à l’enseignement supérieur quel que soit leur milieu socio-culturel, en leur donnant les clés pour s’engager avec succès dans les filières d’excellence</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Cordées de la réussite</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif, initié par l’Education Nationale, vise à favoriser l’accès des jeunes à l’enseignement supérieur quel que soit leur milieu socio-culturel, en leur donnant les clés pour s’engager avec succès dans les filières d’excellence. Elles sont fondées sur des partenariats entre des établissements de l&amp;#039;enseignement supérieur et des lycées, ou collèges, situés majoritairement dans des quartiers prioritaires de la politique de la ville ou en zones rurales, et se traduisent par des actions d’aide à l’orientation, de tutorat, de préparation à l’entrée dans les filières sélectives et d’ouverture sociale et culturelle dans un objectif de réussite éducative.&lt;/p&gt;
+ &lt;p&gt;Les bénéficiaires éligibles à l’attribution d’une subvention régionale sont :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les établissements d’enseignement supérieur (universités, lycées ayant des formations post bac et grandes écoles) agissant en tant que tête de cordée ;&lt;/li&gt; 	&lt;li&gt; Les opérateurs (organismes de recherche, associations) délégataires agissant pour le compte d’une tête de cordée.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Une convention de partenariat (2023-2027) entre l’Etat (Préfecture de région pour le volet politique de la ville et les deux Rectorats pour le volet Education nationale) et la Région a été approuvée en mars 2023.&lt;br /&gt; Elle prévoit une possible participation de la Région ciblée sur des projets de « Cordées de la réussite » incluant des lycéens, avec une attention particulière sur les projets dont les thématiques répondent aux priorités régionales (diffusion de la culture scientifique et plan climat régional).&lt;br /&gt; &lt;br /&gt; Au préalable, conformément à la concertation Etat-Région, le projet de cordée doit passer en commission pédagogique et en commission financière.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide de la Région sera réservée aux projets incluant des lycéens parmi leur public cible.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Une attention particulière sera portée aux projets :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;destinés à être mis en œuvre dans les lycées installés sur des territoires fragiles (notamment les territoire ruraux),&lt;/li&gt; 	&lt;li&gt;portant des actions relevant des thématiques du plan climat régional,&lt;/li&gt; 	&lt;li&gt; de diffusion de la culture scientifique&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P181" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2024</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une convention de partenariat (2023-2027) entre l’Etat (Préfecture de région pour le volet politique de la ville et les deux Rectorats pour le volet Education nationale) et la Région a été approuvée en mars 2023.&lt;br /&gt; Elle prévoit une possible participation de la Région ciblée sur des projets de « Cordées de la réussite » incluant des lycéens, avec une attention particulière sur les projets dont les thématiques répondent aux priorités régionales (diffusion de la culture scientifique et plan climat régional).&lt;br /&gt; &lt;br /&gt; Au préalable, conformément à la concertation Etat-Région, le projet de cordée doit passer en commission pédagogique et en commission financière.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide de la Région sera réservée aux projets incluant des lycéens parmi leur public cible.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Une attention particulière sera portée aux projets :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;destinés à être mis en œuvre dans les lycées installés sur des territoires fragiles (notamment les territoire ruraux),&lt;/li&gt; 	&lt;li&gt;portant des actions relevant des thématiques du plan climat régional,&lt;/li&gt; 	&lt;li&gt; de diffusion de la culture scientifique&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Le projet de cordée doit faire l&amp;#039;objet d&amp;#039;une validation pédagogique en région académique.&lt;br /&gt; La sous commission se prononce sur la qualité et la cohérence du projet d&amp;#039;actions des cordées candidate à l&amp;#039;appel à projet de l&amp;#039;année en cours. La demande doit être adressée au Rectorat de la région académique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/cordees-de-la-reussite</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Laury TOMAS: &lt;a href="mailto:latomas&amp;#64;maregionsud.fr"&gt;latomas&amp;#64;maregionsud.fr&lt;/a&gt; &lt;/p&gt;
+&lt;p&gt;Sandrine Denis: &lt;a href="mailto:sadenis&amp;#64;maregionsud.fr"&gt;sadenis&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cordees-de-la-reussite/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>103569</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger des projets économiques au sein de sites patrimoniaux - Réinventer le Patrimoine</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Atout France
+Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
+        <is>
+          <t>Atout France</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Le programme « Réinventer le
+patrimoine » a pour ambition d’accompagner le développement d’activités
+économiques, touristiques et culturelles, au sein de bâtis remarquables, dans
+des perspectives de sauvegarde du patrimoine, d’attractivité et d’animation des
+territoires. &lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Lancé en 2020, Réinventer le patrimoine est un
+dispositif d&amp;#039;ingénierie piloté par la Banque des territoires, l’Agence
+nationale de la cohésion des territoires et Atout France avec le ministère de
+la Culture, pour faciliter l’émergence de projets économiques au sein de sites
+patrimoniaux, autour d&amp;#039;usages variés. &lt;/span&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les objectifs du programme sont de
+quatre ordres : &lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;Rénover
+     les sites patrimoniaux avec l’ambition de créer des lieux innovants de vie
+     et d’animation des territoires, en développant de nouveaux usages à
+     destination des populations locales et des touristes (culturel,
+     évènementiel, hébergement, …) ;  &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Accompagner
+     les propriétaires publics et privés dans la définition de leur projet de
+     valorisation, et définir les conditions de leur faisabilité, avec gestion
+     tout ou partie confiée à des exploitants privés ;  &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Favoriser
+     la rencontre entre propriétaires publics et opérateurs privés,
+     investisseurs et exploitants ;&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Proposer
+     des modèles économiques adaptés aux spécificités des bâtiments
+     patrimoniaux, innovants, équilibrés et pérennes, associant public et
+     privé, dans une perspective de minimisation des dépenses publiques : la
+     mise en tourisme des sites a pour but de créer de la valeur économique et
+     de la valeur d’usage participants à la sauvegarde de ces bâtis
+     remarquables.&lt;/span&gt;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Parallèlement au fonds d&amp;#039;ingénierie, Réinventer le
+patrimoine partage sur l&amp;#039;&lt;a href="https://www.reinventer-le-patrimoine.fr/ressources" target="_self"&gt;&lt;span&gt;espace Ressources de son site internet&lt;/span&gt;&lt;/a&gt; un
+riche éventail d&amp;#039;&lt;strong&gt;outils et documents&lt;/strong&gt; produits dans le cadre de ses
+différentes expérimentations auprès des projets, pour professionnaliser la
+filière et favoriser la réalisation de projets de reconversion patrimoniale
+partout en France. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Arial, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Deux des nombreuses ressources mises à disposition par le programme :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;L&amp;#039;outil de pré-diagnostic pour comparer les performances économiques d&amp;#039;un site patrimonial avec les moyennes observées de sites aux profils similaires partout en France : &lt;a href="https://www.reinventer-le-patrimoine.fr/ressources?cat%C3%A9gorie&amp;#61;Faire&amp;#43;son&amp;#43;pr%C3%A9-diagnostic" target="_self"&gt;Outils et leur mode d&amp;#039;emploi&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Une guide des 10 grandes étapes à suivre pour faciliter la mise en œuvre d&amp;#039;un projet durable et économiquement viable au sein de bâtiments patrimoniaux : &lt;a href="https://assets-global.website-files.com/62441f8b7a122a0d5064ce0b/657189adff5aa3c3c0bd28e2_Guide%20m%C3%A9thodologique%20pour%20les%20projets%20de%20reconversion%20patrimoniale.pdf" target="_self"&gt;Lien vers le Guide pour les projets de reconversion patrimoniale&lt;/a&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;phase 1&lt;/strong&gt; du programme, a permis le lancement d’un appel à projets national auprès des collectivités locales pour accompagner 12 projets sélectionnés à travers notamment la prise en charge de plusieurs études stratégiques. L’accompagnement de ces premiers lauréats a mis l’accent sur l’importance d’une gouvernance solide, d’une gestion de projet professionnelle dédiée, et de la nécessité de mener certaines études préalables à la bonne détermination du projet. &lt;br /&gt;&lt;br /&gt;Capitalisant sur l’expérience acquise durant la phase 1, le comité de pilotage a validé le déploiement d’une &lt;strong&gt;2e promotion&lt;/strong&gt; en l’orientant vers des projets économiques matures et en ouvrant le programme aux porteurs de projets privés. En 2022 et 2023, 10 nouveaux projets ont été progressivement intégrés.  &lt;/p&gt;&lt;p&gt;L’année 2024 marque le lancement de la &lt;strong&gt;3e promotion&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Plus d&amp;#039;informations sur les actualités du dispositif sur la &lt;a href="https://www.linkedin.com/company/77065434/admin/feed/posts/" target="_self"&gt;page LinkedIn&lt;/a&gt; du programme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Les projets lauréats doivent répondre à plusieurs prérequis :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Viser un modèle économique équilibré et pérenne, avec gestion confiée tout ou partie à un exploitant privé ;&lt;/li&gt;&lt;li&gt;Bénéficier d&amp;#039;une ambition régionale voire nationale et de la taille critique permettant l’accueil des usages souhaités ;&lt;/li&gt;&lt;li&gt;S&amp;#039;appuyer sur un soutien politique fort, un(e) chef(fe) de projet et des moyens financiers mobilisés pour piloter la réflexion ;&lt;/li&gt;&lt;li&gt;Avoir des premiers éléments de connaissance du bâti : diagnostic patrimonial / technique réalisé&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères optionnels :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser l&amp;#039;entrée en vivier : le porteur a déjà initié des études quant à l&amp;#039;opportunité du projet et à son modèle économique (diagnostic de territoire, étude du marché, démarche de concertation, business plan, etc.)&lt;/li&gt;&lt;li&gt;Avoir un projet engagé dans une démarche RSE de développement durable et d&amp;#039;évaluation (performance énergétique, réemplois, labellisation, création d&amp;#039;emplois, accessibilité, etc...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Un comité de pilotage sélectionne les projets susceptibles de bénéficier d&amp;#039;un accompagnement en ingénierie, à des moments clés de leur cycle de vie, afin de soutenir leur concrétisation.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reinventer-le-patrimoine.fr/le-programme</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;blockquote&gt;Valère ROUSSEAU - Département ingénierie, développement et prospective&lt;/blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="mailto:valere.rousseau&amp;#64;atout-france.fr" title="Envoyer un email vers valere.rousseau&amp;#64;atout-france.fr"&gt;&lt;span&gt;&lt;/span&gt;valere.rousseau&amp;#64;atout-france.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>valere.rousseau@atout-france.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ce0d-reinventer-le-patrimoine-mise-a-disposition-d/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>149130</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de modernisation de déchèterie</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Déchèteries exemplaires</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de modernisation de déchèterie ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 225 000 € :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une avance de trésorerie de 50% dès le démarrage de votre projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P183" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ une collectivité locales ou une Société Publique Locale ou un syndicat du territoire régional :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   ayant mis en œuvre la Tarification Incitative (TI) ou prévoyant de la mettre en œuvre dans les 2 ans (pour les Sociétés Publiques Locales et syndicats, 50% des habitants doivent être concernés par une Tarification Incitative. Le territoire de la ou des déchetteries concernées doit avoir mis en oeuvre la TI ou prévoit de la mettre en œuvre dans les 2 ans).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   prévoyant de mutualiser la collecte de l&amp;#039;amiante liée sur une de ses déchetteries suite à une réflexion concertée avec les collectivités voisines et dans le cadre d&amp;#039;un programme global.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et si votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;amélioration la prévention des déchets, par le réemploi et la mise en place de la tarification incitative notamment,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ ET
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;amélioration de la valorisation matière des déchets par la mise en place de nouvelles filières notamment le plastique,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ OU
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La création d&amp;#039;un réseau de déchèteries acceptant l&amp;#039;amiante pour que l&amp;#039;ensemble de la population puisse y avoir accès.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à l&amp;#039;un de ces deux critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appel-a-projets-decheteries-exemplaires/</t>
+        </is>
+      </c>
+      <c r="W183" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0073/depot/simple/</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact dès maintenant avec les services régionaux (CF rubrique « Contactez-nous ») . Vous bénéficierez d&amp;#039;un entretien personnalisé afin de vous aider dans l&amp;#039;élaboration de votre projet et de vous guider dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ ET
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne après votre entretien personnalisé et au plus tard avant le début des travaux. Il vous faudra un descriptif du projet, un budget prévisionnel et un calendrier de mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez Estelle PAILHES
+&lt;/p&gt;
+&lt;p&gt;
+ estelle.pailhes&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 87 33 67 16
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7f39-decheteries-exemplaires/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>30561</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet culturel : "Le Lauragais dans les arts"</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays Lauragais</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I184" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J184" s="1" t="inlineStr">
+        <is>
+          <t>Plafonnée à 2000€</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le « Lauragais dans les arts » est un programme éducatif et culturel qui vise à mettre en pratique sur le territoire du PETR du Pays Lauragais les trois grands principes ou « piliers » de l&amp;#039;Education Artistique et Culturelle : 1°pratique avec un professionnel, 2°rencontre avec les œuvres et les artistes, 3°fréquentation des lieux culturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Le « Lauragais dans les arts » vise à favoriser la connaissance, la compréhension et 
+ l&amp;#039;appropriation du patrimoine culturel du Lauragais par ses habitants, notamment les enfants et les 
+jeunes, à travers une lecture artistique originale de cet héritage commun
+ : transformer la vision que les publics ont du patrimoine grâce à une proposition artistique 
+immersive et participative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;action doit :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être portée par un établissement du périmètre du PETR du Pays Lauragais,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir lieu sur le territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  se dérouler au bénéfice de publics résidant de préférence sur le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les établissements bénéficiaires
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etablissements culturels structurants : musées et centres d&amp;#039;interprétation, 
+médiathèques et bibliothèques, écoles de musique et écoles des arts, salles de spectacle et de cinéma...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements scolaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement de l&amp;#039;animation et de l&amp;#039;éducation populaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements de la sphère sociale et médico-sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations soutenues 
+:
+ &lt;/strong&gt;
+ Les projets aidés doivent s&amp;#039;inscrire dans les domaines des arts visuels, des arts
+ vivants, des savoirs-faire et métiers d&amp;#039;art locaux. Ils doivent porter sur au moins un élément constitutif du 
+patrimoine culturel du Lauragais, à des fins de valorisation et de diffusion auprès des 
+habitants, particulier des jeunes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contenu du projet 
+:
+ &lt;/strong&gt;
+ Le projet donne lieu à une mise en valeur et à une meilleure compréhension 
+du patrimoine, culturel du Lauragais en se basant sur les trois piliers de l&amp;#039;Education Artistique et Culturelle 
+(1°pratique avec un professionnel, 2°rencontre avec les œuvres et les artistes, 3°fréquentation des 
+lieux culturels).
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet repose sur un partenariat avec un/des artistes ou compagnies artistiques exerçant 
+dans les domaines des arts vivants ou des arts visuels, ou 
+ un/des artisans d&amp;#039;art ou entreprises 
+artisanales détenteurs d&amp;#039;un savoir-faire représentatif du patrimoine culturel du Lauragais.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après l&amp;#039;édition 2018 qui a vu la concrétisation de 13 projets portés par des établissements scolaires ou des équipements culturels, l&amp;#039;Appel à Projet va permettre d&amp;#039;accompagner 16 projets d&amp;#039;ici la fin de l&amp;#039;année 2019 !
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Voici la liste de nos partenaires porteurs de projets pour cette année :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le Réseau Lecture Publique de la Communauté de Communes Castelnaudary Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;Ecole de Musique Intercommunale Castelnaudary Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Syndicat Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Lycées agricole Pierre-Paul Riquet de Castelnaudary (3 projets)
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;Ecole Jean Côme Noguès de Soupex
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Lycée des métiers du bois et de l&amp;#039;ameublement de Revel
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Réservoir, Espace découverte du canal du Midi (3 projets)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Réseau Lecture Publique de la Communauté de Communes Piège Lauragais Malepère
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Service Jeunesse de la Communauté de Communes Piège Lauragais Malepère
+  &lt;/li&gt;
+  &lt;li&gt;
+   La Médiathèque d&amp;#039;Avignonet-Lauragais
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Collège Nicolas de Condorcet de Nailloux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Service Enfance-Jeunesse de la Communauté de Communes des Terres du Lauragais
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit être en cohérence avec les objectifs et orientations d
+e la CGEAC du Pays Lauragais et s&amp;#039;appuyer sur au moins l&amp;#039;un d&amp;#039;entre eux
+:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Développer et soutenir la présence d&amp;#039;artistes sur le territoire grâce à la découverte et à la pratique sur le temps scolaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutenir et structurer les pratiques amateurs en dehors du temps scolaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Favoriser les actions visant un accès et une plus grande
+ implication de tous les publics
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit satisfaire des critères de qualité artistique, culturelle et éducative
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Compétences reconnues de la structure et professionnalisme des intervenant (agrément Education Nationale si sur le temps scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité de médiation, approche pluridisciplinaire et transversale en termes de 
+champs culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation par les services de l&amp;#039;Education Nationale si sur le temps scolaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit être élaboré et mis en œuvre en partenariat avec au moins un 
+établissement du territoire:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etablissements culturels structurants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Equipement ou  service éducatif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement de la sphère sociale et médico
+-sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit être construit pour 
+au moins un type de public (par ordre de priorité) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  publics cibles : enfants et jeunes de 3 à 18 ans en temps scolaire et hors temps
+ scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  publics spécifiques et éloignés : Zone Revitalisation Rurale, culture/justice, 
+culture/santé, culture/handicap, éducation prioritaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  public familial, notamment dans u
+ne relation parent/enfant
+ &lt;/li&gt;
+ &lt;li&gt;
+  les habitants du territoire, en privilégiant la mixité sociale et intergénérationnelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet fait l&amp;#039;objet d&amp;#039;une restitution.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet intègre une démarche de développement durable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet porte une attention particulière à la promotion de l&amp;#039;égalité fille
+-garçons / femmes-hommes et à la prévention et la lutte contre toutes formes de discriminations.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays Lauragais</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>http://www.payslauragais.com/le-pays-en-action/projet-artistique-pedagogique</t>
+        </is>
+      </c>
+      <c r="W184" s="1" t="inlineStr">
+        <is>
+          <t>http://www.payslauragais.com/sites/scot-lauragais/files/fichiers/aap_lauragais_dans_les_arts_2020_cahier_des_charges.pdf</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ PETR du Pays Lauragais
+&lt;/p&gt;
+&lt;p&gt;
+ 04 68 60 56 54
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission Culture : William Dupré
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : culture.payslauragais&amp;#64;orange.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>sylvie.forestier@payslauragais.com</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbd5-projet-culturel-le-lauragais-dans-les-arts/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>94942</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions de promotion des métiers</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux actions régionales et territoriales de promotion et meilleure connaissance des métiers</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide : soutien aux actions de promotion des métiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : d
+ ans le cadre des priorités arrêtées par le Service Public Régional de l&amp;#039;Orientation Grand Est, la Région peut apporter un soutien financier aux actions de promotion des métiers à dimension territoriale ou sectorielle.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les membres du Service Public Régional de l&amp;#039;Orientation Grand Est
+ &lt;/li&gt;
+ &lt;li&gt;
+  les professions du Grand Est
+ &lt;/li&gt;
+ &lt;li&gt;
+  les acteurs de l&amp;#039;accueil, de l&amp;#039;information et de l&amp;#039;orientation tout au long de la vie du Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Finalités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter l&amp;#039;accès à l&amp;#039;information sur les métiers grâce à une dynamique de réseau de partenaires de l&amp;#039;orientation, de l&amp;#039;emploi, de la formation et du monde économique et professionnel mettant en commun des compétences et des outils,
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;offre de services relevant du 1er niveau (accueil) en développant les actions d&amp;#039;information pour préparer le public aux choix d&amp;#039;orientation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  concourir au développement de l&amp;#039;autonomie pour les jeunes et s&amp;#039;agissant des adultes à l&amp;#039;évolution et à la sécurisation de leur parcours professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir et accompagner la formation tout au long de la vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner l&amp;#039;évolution professionnelle (validation des acquis de l&amp;#039;expérience, conseil en évolution professionnelle...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager l&amp;#039;innovation dans les actions entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Thématiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la découverte des métiers (connaissances, débouchés, évolutions...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;information sur l&amp;#039;offre de formations initiales et continues (contenus, filières, passerelles, dispositifs, nouvelles modalités,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la valorisation des mesures favorisant l&amp;#039;évolution professionnelle (VAE, conseil en évolution professionnelle, création d&amp;#039;activités, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Périmètre des actions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions territoriales des territoires suivants doivent s&amp;#039;inscrire dans le cadre de programmes territoriaux partagés dont la coordination est confiée aux Maisons de la Région :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mulhouse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saint-Dizier / Bar-le-Duc
+ &lt;/li&gt;
+ &lt;li&gt;
+  Troyes / Chaumont
+ &lt;/li&gt;
+ &lt;li&gt;
+  Thionville / Longwy
+ &lt;/li&gt;
+ &lt;li&gt;
+  Charleville-Mézières / Verdun
+ &lt;/li&gt;
+ &lt;li&gt;
+  Epinal
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les actions sectorielles doivent faire l&amp;#039;objet d&amp;#039;une concertation dans le cadre des travaux relatifs aux Contrats d&amp;#039;objectifs territoriaux (COT) pour les secteurs concernés.
+Pour toute autre action n&amp;#039;entrant pas dans ces périmètres, il appartient au porteur de projet de se mettre en relation avec les services de la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions soutenues :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des programmes d&amp;#039;actions concrètes : forums, salons, ateliers découvertes, opérations nouvelles collectives,... dans lesquels les acteurs locaux seront mobilisés selon leurs champs de compétences
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   des actions d&amp;#039;information sectorielles initiées dans le cadre notamment des Contrats d&amp;#039;objectifs territoriaux (COT) avec les branches professionnelles et les entreprises
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   des évènements à caractère multisectoriel et innovants qui mettent les publics en démarche d&amp;#039;orientation ou de réorientation en présence des acteurs socio-économiques liés à l&amp;#039;orientation, et la formation, la découverte de métiers, de secteurs d&amp;#039;activité...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P185" s="1" t="inlineStr">
+        <is>
+          <t>19/12/2018</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-actions-de-promotion-des-metiers/</t>
+        </is>
+      </c>
+      <c r="W185" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0114/depot/simple</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, les porteurs de projets peuvent envoyer un message à
+ &lt;a href="mailto:spro&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  spro&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4df6-soutien-aux-actions-de-promotion-des-metiers/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>163237</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement territorial sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 3</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H24" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="I186" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J186" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
-[...169 lines deleted...]
-      <c r="S24" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Artisanat
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P186" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="Q186" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...152 lines deleted...]
-      <c r="T25" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...442 lines deleted...]
-      <c r="G29" s="1" t="inlineStr">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>163227</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Financer mon projet de pratique artistique</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projet "publics et pratiques artistiques" : Financer mon projet de pratique artistique</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K29" s="1" t="inlineStr">
+      <c r="I187" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J187" s="1" t="inlineStr">
+        <is>
+          <t>Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
-[...2900 lines deleted...]
-      <c r="N43" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Objectif &lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet « Publics &amp;amp; pratiques artistiques » est destiné à :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;favoriser la rencontre entre des publics impliqués dans une pratique artistique en amateur et des équipes artistiques professionnelles et/ou&lt;/li&gt;    &lt;li&gt;faire découvrir et rendre accessible une pratique artistique à des publics éloignés de l’offre culturelle.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Opérations éligibles&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit d’élèves inscrits dans un établissement d’enseignement artistique ou de publics engagés dans une pratique artistique au sein d’un groupement d’amateurs (chorale, fanfare, troupe de théâtre amateur, etc.).&lt;br /&gt;Le projet doit permettre la rencontre entre amateurs et artistes professionnels (ayant une actualité de création/diffusion) par la pratique artistique.&lt;br /&gt;Les échanges interdisciplinaires et l’ouverture à de nouvelles esthétiques seront à privilégier, ainsi que la coopération de plusieurs établissements d’enseignement artistique ou structures de pratiques en amateur autour d’un projet commun.&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit des publics éloignés de l’offre culturelle, prioritairement les publics situés en zone très rurale (notamment communes en ZRR-Zone de Revitalisation Rurale- et EPCI de moins de 30 hbts/km²) et les publics cibles du Département (collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance), ainsi les publics ne fréquentant pas les établissements d’enseignement artistique.&lt;br /&gt;Le projet doit permettre de favoriser l’élargissement et la diversification des publics, ainsi que l’ancrage territorial des structures sur leur bassin de vie.&lt;br /&gt;Les projets faisant appels à des artistes professionnels (ayant une actualité de création/diffusion) seront à privilégier.&lt;br /&gt;Les partenariats développés avec des lieux culturels, compagnies artistiques mais aussi les acteurs du champ social, éducatif, socio-culturel, de la santé seront à privilégier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour l’ensemble des projets, une attention particulière sera portée aux projets conçus en partenariat avec :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;les équipements culturels du Département : médiathèques départementales et bibliothèques partenaires, Musée départemental de la Résistance du Vercors, les Châteaux de la Drôme, l’Auberge des Dauphins, les archives départementales.&lt;/li&gt;    &lt;li&gt;les structures et acteurs culturels (spectacle vivant, arts visuels, cinéma d’animation, …) soutenus par le Département dans le cadre de ses dispositifs&lt;/li&gt;    &lt;li&gt;des Centres Médico-Sociaux (CMS), les services de protection de l’enfance, les établissements et services sociaux et médico-sociaux (Maisons d’enfant à caractère social, EHPAD …) et les établissements médico-sociaux (IME, ITEP…)&lt;/li&gt;&lt;li&gt;les collèges de la Drôme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Par ailleurs, l’appel à projets vise à soutenir des projets de pratique artistique en amateur &lt;/span&gt;&lt;strong&gt;inscrits dans la durée&lt;/strong&gt;&lt;span&gt;. Ils doivent être pensés dans une logique de progression et s’articuler autour de plusieurs séquences (minimum 5 jours consécutifs ou non).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le projet doit impérativement bénéficier d’un &lt;/span&gt;&lt;strong&gt;co-financement &lt;/strong&gt;&lt;span&gt;et/ou d’une part de financement sur les fonds propres.&lt;/span&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur du projet doit avoir plus de 2 ans d’existence à la date du dépôt, et son siège social doit être domicilié dans la Drôme.&lt;/p&gt;&lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique&lt;/strong&gt; : les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les groupements de pratiquants amateurs (chorale, fanfare, troupe de théâtre amateur, etc. (association, collectivités territoriales et leurs regroupements)).&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique &lt;/strong&gt;: les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les acteurs culturels (associations, collectivités territoriales, …), à l’exclusion des structures culturelles soutenues dans le cadre des Conventions Pluriannuelles d’Objectifs (CPO) ou bénéficiant d’une autre aide financière de &amp;#43; de 15 000 € émanant de la Direction Culture et Patrimoine sur l’année N.&lt;/p&gt;&lt;p&gt;Un projet par an et par structure pourra être aidé. Pour les établissements d’enseignement artistique, il sera possible d’aider deux projets par structure et par an à condition que l’un des projets s’adresse à des publics non-inscrits au sein de la structure.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Type d’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet Publics et pratiques artistiques permet l’attribution d’une subvention de fonctionnement.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépenses subventionnables&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Les dépenses éligibles sont les dépenses artistiques, pédagogiques, logistiques (frais de transport, restauration, hébergement), de communication, techniques.&lt;/p&gt;&lt;p&gt;Sont exclues les dépenses de fonctionnement liées aux activités habituelles de la structure (notamment ateliers hebdomadaires conduits sur une année scolaire).&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Montant/taux de l’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’aide départementale est attribuée sous la forme d’une subvention qui ne peut excéder 50% du budget réalisé. Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Pièces constitutives du dossier&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Les éléments demandés sont notamment :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Description détaillée du projet et calendrier&lt;/li&gt;    &lt;li&gt;Budget prévisionnel du projet&lt;/li&gt;    &lt;li&gt;CV des artistes et professionnels impliqués&lt;/li&gt;    &lt;li&gt;Détails des structures partenaires impliquées&lt;/li&gt;    &lt;li&gt;Nombre et typologie des publics concernés&lt;/li&gt;    &lt;li&gt;Préciser si le projet est gratuit pour les participants, ou indiquer les conditions tarifaires&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Instruction des dossiers_Demande dématérialisée&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépôt des dossiers : &lt;/strong&gt;&lt;br /&gt;Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme : &lt;strong&gt;&lt;span&gt;&lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôme Démat’.&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;Téléservice &lt;/strong&gt;: Culture et Patrimoine&lt;br /&gt;&lt;strong&gt;Dispositif&lt;/strong&gt; : Publics et pratiques artistiques&lt;/p&gt;    &lt;p&gt;Le dossier réputé complet est instruit par les services de la Direction Culture &amp;amp; Patrimoine, ceux-ci peuvent solliciter un rendez-vous avec le porteur de projet.&lt;br /&gt;Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Cette commission rend un avis consultatif.&lt;br /&gt;L’avis de la commission est ensuite soumis à la délibération de la Commission permanente du Conseil départemental.&lt;br /&gt;En cas d’acceptation, une notification est alors adressée au porteur de projet.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Versement&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur de projet devra se conformer aux obligations départementales de communication qui seront précisés dans la notification.&lt;br /&gt;En cas de réajustement substantiel du budget, le bénéficiaire doit en informer le Département. Il s’engage également à informer le Département dans les plus brefs délais si une modification importante ou une annulation du projet intervient.&lt;br /&gt;Le porteur de projet aura jusqu’au 31 décembre de l’année suivant l’année du vote pour justifier de la réalisation du projet, en fournissant un bilan budgétaire et qualitatif.&lt;br /&gt;Plusieurs indicateurs seront également demandés à cette occasion : nombre de participants, typologie des publics concernés par les projets (publics cibles du Département – collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance, publics inscrits au sein d’un établissement d’enseignement artistique ou d’un groupement d’amateurs, publics ne fréquentant pas les établissements d’enseignement artistique, publics situés en zone très rurale), partenaires impliqués dans le projet (dans et hors Drôme), durée du projet (nombre de jours), conditions tarifaires pour les&lt;br /&gt;participants, plus-value du projet pour les bénéficiaires, nombre de spectateurs sur les restitutions le cas échéant, nombre de structures impliquées dans le cas d’un projet de coopération, ouverture à de nouvelles esthétiques, etc. &lt;br /&gt;Le Département se réserve la possibilité de proratiser l’aide dans le cas où le budget réalisé présenterait un écart supérieur à -25% du budget prévisionnel.&lt;br /&gt;Le Département se réserve le droit de demander toute pièce justificative.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bases réglementaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Délibération du 25 mars 2024&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
-Sports et loisirs
-[...247 lines deleted...]
-Sports et loisirs
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T187" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Direction CULTURE ET PATRIMOINE – Service Développement Culturel – &lt;/strong&gt;&lt;strong&gt;Tél : 04 75 79 26 01&lt;/strong&gt; – &lt;strong&gt;&lt;a href="mailto:culture&amp;#64;ladrome.fr" target="_self"&gt;culture&amp;#64;ladrome.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>94990</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Aider les salons et la prospection internationale</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux salons et prospection internationale</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les entreprises de moins de 5 000 salariés, immatriculées dans le Grand Est :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  n&amp;#039;appartenant pas à un groupe dont l&amp;#039;effectif total consolidé est supérieur à 5 000 personnes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en situation financière saine et à jour de leurs cotisations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposant une des activités suivantes : production, construction, services aux entreprises, services numériques, artisanat d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention et est plafonnée à 8 000 € par entreprise pour une même action.
+&lt;/p&gt;
+&lt;h3&gt;
+ Modalités
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute demande fait l&amp;#039;objet d&amp;#039;un dossier de candidature qui est adressé au Président de la Région, complété et annexé des pièces administratives sollicitées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Commerces et services
+International
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P188" s="1" t="inlineStr">
+        <is>
+          <t>08/08/2017</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Nature des projets
+&lt;/h3&gt;
+&lt;p&gt;
+ Sont éligibles les trois premières participations d&amp;#039;une entreprise à une même action collective à l&amp;#039;international.
+Les actions collectives éligibles peuvent revêtir les formes suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pavillons collectifs ou stands sur les salons professionnels à l&amp;#039;étranger et les salons professionnels organisés en France s&amp;#039;il s&amp;#039;agit d&amp;#039;opérations de référence mondiale dans le secteur concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  missions thématiques de prospection à l&amp;#039;étranger, pouvant comprendre un accompagnement en amont, l&amp;#039;organisation d&amp;#039;un programme de rendez-vous avec des prospects et le suivi de ces contacts commerciaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  organisation à l&amp;#039;étranger de rencontres d&amp;#039;affaires ou de rencontres d&amp;#039;acheteurs hors Europe.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Seules les opérations avec un minimum de trois entreprises régionales participantes sont éligibles.
+&lt;/p&gt;
+&lt;h3&gt;
+ Méthode de sélection
+&lt;/h3&gt;
+&lt;p&gt;
+ Les projets de développement à l&amp;#039;export sont sélectionnés dans le cadre d&amp;#039;une programmation annuelle concertée avec la Chambre Régionale de Commerce et d&amp;#039;Industrie et Business France.
+Les entreprises présentent un projet de développement à l&amp;#039;export en adéquation avec le territoire ciblé par l&amp;#039;action et l&amp;#039;objet de cette dernière, cohérent avec leur positionnement à l&amp;#039;international, ex : capacité financière, compétences internes dédiées à l&amp;#039;internationalisation, certifications ou agréments en rapport avec les marchés visés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-salons-prospection-internationale/</t>
+        </is>
+      </c>
+      <c r="W188" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0107/depot/simple</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
-[...110 lines deleted...]
- Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+ &lt;a href="mailto:export&amp;#64;grandest.fr"&gt;
+  export&amp;#64;grandest.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
-[...1555 lines deleted...]
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f50-aide-aux-salons-et-prospection-internationale/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>